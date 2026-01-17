--- v3 (2025-12-10)
+++ v4 (2026-01-17)
@@ -12,367 +12,463 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1010">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1039">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Fecha de transaccion</t>
   </si>
   <si>
     <t>Tipo de mercado</t>
   </si>
   <si>
     <t>Serial</t>
   </si>
   <si>
     <t>Emisor</t>
   </si>
   <si>
     <t>Receptor</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Activos</t>
   </si>
   <si>
     <t>Cantidad Transferida</t>
   </si>
   <si>
     <t>Disponibles</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>tax</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0963481-1023480</t>
+  </si>
+  <si>
+    <t>CO2 SOSTENIBLE SAS</t>
+  </si>
+  <si>
+    <t>Carbo Sostenible S.A.S.</t>
+  </si>
+  <si>
+    <t>Proyecto REDD+ MARENA ICHENA- NAG+MA ENOYE RAFUE</t>
+  </si>
+  <si>
+    <t>paid</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2101-2112-0015001-0020000</t>
+  </si>
+  <si>
+    <t>FUNDACION CATARUBEN</t>
+  </si>
+  <si>
+    <t>CATARUBEN</t>
+  </si>
+  <si>
+    <t>PARAMUNO Project 1</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0127601-0257600</t>
+  </si>
+  <si>
+    <t>Biotrade SAS</t>
+  </si>
+  <si>
+    <t>Jose David Roldan</t>
+  </si>
+  <si>
+    <t>REDD+ JIGRANTU Project</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2001-2012-0015001-0024910</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-2-2001-2012-0007682-0017681</t>
+  </si>
+  <si>
+    <t>ORINOCO2</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2101-2112-0010001-0015000</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>reserved</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2307-2312-0000001-0005515</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>BioCarbon Cert</t>
+  </si>
+  <si>
+    <t>El Tigre REDD+</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2401-2409-0000001-0008214</t>
+  </si>
+  <si>
+    <t>backup</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0297659-0299658</t>
+  </si>
+  <si>
+    <t>GESTION Y DESARROLLO SOSTENIBLE SAS</t>
+  </si>
+  <si>
+    <t>CRIMA Predio Putumayo y Andoque de Aduche REDD+ Project</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0086901-0136900</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000001-0001638</t>
+  </si>
+  <si>
+    <t>DABUCURY REDD+</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2401-2412-0000001-0102472</t>
+  </si>
+  <si>
+    <t>LATAM AIRLINES COLOMBIA</t>
+  </si>
+  <si>
+    <t>CO2Bio P2-2</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-2301-2312-0000001-0212560</t>
+  </si>
+  <si>
+    <t>CO2Bio Proyecto 2</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-2201-2212-0000001-0193385</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0297609-0297658</t>
+  </si>
+  <si>
+    <t>Gaia Servicios Ambientales S.A.S. B.I.C</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0963481-1093650</t>
+  </si>
+  <si>
+    <t>MAGUARES ZOMAC S.A.S</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0295506-0297538</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0117601-0127600</t>
+  </si>
+  <si>
+    <t>Carbon Trade Exchange Limited</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0076901-0086900</t>
+  </si>
+  <si>
     <t>2025-12-10</t>
   </si>
   <si>
-    <t>backup</t>
+    <t>BCR-CO-635-14-005-2-2201-2212-0000001-0056027</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2101-2112-0010001-0015000</t>
   </si>
   <si>
-    <t>FUNDACION CATARUBEN</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-12-09</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-1801-1812-0000001-0005000</t>
   </si>
   <si>
-    <t>CO2Bio P2-2</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-03</t>
   </si>
   <si>
-    <t>tax</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-635-14-004-2-1901-1912-0000001-0005260</t>
   </si>
   <si>
-    <t>Carbon Trade Exchange Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>CultivO2 Project 1</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-1801-1812-0003489-0008228</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1708-1712-0001001-0011000</t>
   </si>
   <si>
-    <t>PARAMUNO Project 1</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-02</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2001-2012-0001839-0007681</t>
   </si>
   <si>
-    <t>Jose David Roldan</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2101-2112-0005001-0010000</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0005001-0010000</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
-    <t>reserved</t>
-[...20 lines deleted...]
-    <t>REDD+ JIGRANTU Project</t>
+    <t>BCR-CO-635-14-005-R-2201-2212-0000001-0018889</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2301-2312-0000001-0015528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2401-2412-0000001-0015933</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1901-1912-0000001-0110000</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
-    <t>BCR-CO-296-14-001-2-2101-2112-0076901-0086900</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-17</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0000001-0010000</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0010001-0020000</t>
   </si>
   <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0000001-0001000</t>
+  </si>
+  <si>
+    <t>STEVENS GRISALES ROJAS</t>
+  </si>
+  <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0002082-0012081</t>
   </si>
   <si>
     <t>2025-11-03</t>
   </si>
   <si>
     <t>BCR-AR-763-13-001-2-1901-1912-0000001-0001427</t>
   </si>
   <si>
     <t>Polaris Network España SL</t>
   </si>
   <si>
     <t>Treatment of non-hazardous industrial waste to obtain Biocompost</t>
   </si>
   <si>
     <t>BCR-AR-763-13-001-2-1804-1812-0000001-0008573</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0015280</t>
   </si>
   <si>
-    <t>Terra Commodities S.A.S.</t>
-[...4 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-R-2201-2212-0000001-0061888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2301-2312-0000001-0090039</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2401-2408-0000001-0063008</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2310-2312-0000001-0003569</t>
   </si>
   <si>
     <t>Sociedad MAVALLE S.A.S.</t>
   </si>
   <si>
     <t>Proyecto Forestal MAVALLE en plantaciones de Caucho natural</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2401-2410-0000001-0011069</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0005001-0015000</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0258853-0259151</t>
   </si>
   <si>
-    <t>GESTION Y DESARROLLO SOSTENIBLE SAS</t>
-[...4 lines deleted...]
-  <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0164942-0165019</t>
   </si>
   <si>
     <t>2025-10-18</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-R-2303-2312-0000001-0004384</t>
   </si>
   <si>
     <t>Genneia S.A</t>
   </si>
   <si>
     <t>Solar parks in the cuyo region</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-R-2401-2410-0000001-0007962</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0161078-0291247</t>
   </si>
   <si>
-    <t>CO2 SOSTENIBLE SAS</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-07</t>
   </si>
   <si>
     <t>BCR-CO-173-14-002-2-1801-1812-0000001-0298870</t>
   </si>
   <si>
     <t>Asociación de Autoridades indígenas Tradicionales Yiriti del Vaupés - ASATRAIYUVA</t>
   </si>
   <si>
     <t>REDD Project of the indigenous peoples of Vaupés YUTUCU and Others</t>
   </si>
   <si>
     <t>BCR-CO-173-14-002-2-1701-1712-0000001-0173166</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0220461-0220850</t>
   </si>
   <si>
-    <t>Gaia Servicios Ambientales S.A.S. B.I.C</t>
-[...1 lines deleted...]
-  <si>
     <t>Proyecto Nuestro Aire de Vida “Kai KOMUYA JAG+Y+” REDD+ Puerto Zábalo y Los Monos</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2101-2112-0000001-0005000</t>
   </si>
   <si>
     <t>2025-09-19</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2103-2112-0040001-0074206</t>
   </si>
   <si>
     <t>Fundación FUNDAME COL.</t>
   </si>
   <si>
-    <t>MAGUARES ZOMAC S.A.S</t>
-[...1 lines deleted...]
-  <si>
     <t>Proyecto de compensación de emisiones Conservación del bosque Galilea-Amé</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-2101-2102-0000001-0003799</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2103-2112-0000041-0040000</t>
   </si>
   <si>
     <t>ECOCARBONO SAS. ZOMAC</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2103-2112-0000001-0000040</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-2001-2012-0002544-0014171</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0525503-0648447</t>
   </si>
   <si>
     <t>2025-09-09</t>
@@ -569,53 +665,50 @@
   <si>
     <t>BCR-CO-338-14-001-2-2001-2012-0989021-1302114</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2201-2212-0000001-0322512</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0000001-0322154</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1901-1912-0000001-0298510</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1801-1812-0000001-0315803</t>
   </si>
   <si>
     <t>2025-07-08</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0042900</t>
   </si>
   <si>
-    <t>STEVENS GRISALES ROJAS</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-2001-2012-0127388-0127394</t>
   </si>
   <si>
     <t>2025-06-26</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0224171-0225170</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0116633</t>
   </si>
   <si>
     <t>CO2NNECT, SA</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2001-2012-0910602-0989020</t>
   </si>
   <si>
     <t>2025-06-18</t>
@@ -1058,81 +1151,75 @@
   <si>
     <t>BCR-CO-635-14-006-R-2001-2012-0000001-0015408</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-R-2101-2112-0000001-0015647</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-R-2201-2212-0000001-0015832</t>
   </si>
   <si>
     <t>2024-12-21</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0151591-0156590</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-1901-1912-0156039-0160465</t>
   </si>
   <si>
     <t>2024-12-18</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0103195-0151590</t>
   </si>
   <si>
-    <t>LATAM AIRLINES COLOMBIA</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-635-14-005-2-2101-2112-0000001-0170146</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2201-2212-0011238-0079903</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>2024-12-13</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1708-1712-0012001-0017000</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0098195-0103194</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0209011-0212009</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-3-1806-1812-0001979-0006331</t>
-  </si>
-[...1 lines deleted...]
-    <t>El Tigre REDD+</t>
   </si>
   <si>
     <t>2024-12-09</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0206450-0209010</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0093195-0098194</t>
   </si>
   <si>
     <t>2024-12-02</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0840494-0840673</t>
   </si>
   <si>
     <t>2024-11-29</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-1801-1812-0143993-0147540</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2201-2210-0008435-0032806</t>
   </si>
@@ -3389,29289 +3476,30150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M715"/>
+  <dimension ref="A1:M736"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2">
-        <v>865</v>
+        <v>888</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
         <v>16</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2">
         <v>2021</v>
       </c>
       <c r="H2" t="s">
         <v>18</v>
       </c>
       <c r="I2">
-        <v>5000</v>
+        <v>60000</v>
       </c>
       <c r="J2">
-        <v>4842</v>
+        <v>0</v>
       </c>
       <c r="K2">
         <v>0</v>
       </c>
       <c r="L2">
-        <v>158</v>
+        <v>60000</v>
       </c>
       <c r="M2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3">
-        <v>864</v>
+        <v>887</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G3">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I3">
         <v>5000</v>
       </c>
       <c r="J3">
-        <v>4405</v>
+        <v>2072</v>
       </c>
       <c r="K3">
         <v>0</v>
       </c>
       <c r="L3">
-        <v>595</v>
+        <v>2928</v>
       </c>
       <c r="M3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4">
-        <v>863</v>
+        <v>886</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G4">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4">
-        <v>5260</v>
+        <v>130000</v>
       </c>
       <c r="J4">
-        <v>5260</v>
+        <v>0</v>
       </c>
       <c r="K4">
         <v>0</v>
       </c>
       <c r="L4">
-        <v>0</v>
+        <v>130000</v>
       </c>
       <c r="M4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5">
-        <v>862</v>
+        <v>885</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5">
+        <v>2020</v>
+      </c>
+      <c r="H5" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I5">
-        <v>4740</v>
+        <v>9910</v>
       </c>
       <c r="J5">
-        <v>4740</v>
+        <v>0</v>
       </c>
       <c r="K5">
         <v>0</v>
       </c>
       <c r="L5">
-        <v>0</v>
+        <v>9910</v>
       </c>
       <c r="M5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G6">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I6">
         <v>10000</v>
       </c>
       <c r="J6">
+        <v>0</v>
+      </c>
+      <c r="K6">
+        <v>0</v>
+      </c>
+      <c r="L6">
         <v>10000</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7">
+        <v>2021</v>
+      </c>
+      <c r="H7" t="s">
         <v>24</v>
       </c>
-      <c r="D7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I7">
-        <v>5843</v>
+        <v>5000</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="K7">
         <v>0</v>
       </c>
       <c r="L7">
-        <v>5843</v>
+        <v>4994</v>
       </c>
       <c r="M7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8">
-        <v>859</v>
+        <v>881</v>
       </c>
       <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G8">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I8">
-        <v>5000</v>
+        <v>5515</v>
       </c>
       <c r="J8">
-        <v>4</v>
+        <v>5515</v>
       </c>
       <c r="K8">
         <v>0</v>
       </c>
       <c r="L8">
-        <v>4996</v>
+        <v>0</v>
       </c>
       <c r="M8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9">
-        <v>858</v>
+        <v>882</v>
       </c>
       <c r="B9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
         <v>37</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="F9" t="s">
         <v>38</v>
       </c>
-      <c r="E9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H9" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I9">
-        <v>5000</v>
+        <v>8214</v>
       </c>
       <c r="J9">
-        <v>1053</v>
+        <v>8214</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
       <c r="L9">
-        <v>3947</v>
+        <v>0</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10">
-        <v>855</v>
+        <v>880</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G10">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I10">
-        <v>18889</v>
+        <v>2000</v>
       </c>
       <c r="J10">
-        <v>18889</v>
+        <v>1580</v>
       </c>
       <c r="K10">
         <v>0</v>
       </c>
       <c r="L10">
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="M10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11">
-        <v>856</v>
+        <v>879</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G11">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H11" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I11">
-        <v>15528</v>
+        <v>50000</v>
       </c>
       <c r="J11">
-        <v>15528</v>
+        <v>0</v>
       </c>
       <c r="K11">
         <v>0</v>
       </c>
       <c r="L11">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G12">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="H12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I12">
-        <v>15933</v>
+        <v>1638</v>
       </c>
       <c r="J12">
-        <v>15933</v>
+        <v>0</v>
       </c>
       <c r="K12">
         <v>0</v>
       </c>
       <c r="L12">
-        <v>0</v>
+        <v>1638</v>
       </c>
       <c r="M12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13">
-        <v>854</v>
+        <v>877</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G13">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H13" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="I13">
-        <v>10000</v>
+        <v>102472</v>
       </c>
       <c r="J13">
-        <v>10000</v>
+        <v>102472</v>
       </c>
       <c r="K13">
         <v>0</v>
       </c>
       <c r="L13">
         <v>0</v>
       </c>
       <c r="M13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14">
-        <v>853</v>
+        <v>876</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="G14">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="H14" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="I14">
-        <v>110000</v>
+        <v>212560</v>
       </c>
       <c r="J14">
-        <v>110000</v>
+        <v>212560</v>
       </c>
       <c r="K14">
         <v>0</v>
       </c>
       <c r="L14">
         <v>0</v>
       </c>
       <c r="M14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15">
-        <v>852</v>
+        <v>875</v>
       </c>
       <c r="B15" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" t="s">
         <v>51</v>
       </c>
-      <c r="E15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H15" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="I15">
-        <v>10000</v>
+        <v>193385</v>
       </c>
       <c r="J15">
-        <v>10000</v>
+        <v>193385</v>
       </c>
       <c r="K15">
         <v>0</v>
       </c>
       <c r="L15">
         <v>0</v>
       </c>
       <c r="M15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16">
-        <v>851</v>
+        <v>874</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F16" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="G16">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="I16">
-        <v>10000</v>
+        <v>50</v>
       </c>
       <c r="J16">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="M16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17">
-        <v>850</v>
+        <v>873</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G17">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H17" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="I17">
-        <v>10000</v>
+        <v>130170</v>
       </c>
       <c r="J17">
-        <v>10000</v>
+        <v>70170</v>
       </c>
       <c r="K17">
-        <v>0</v>
+        <v>60000</v>
       </c>
       <c r="L17">
         <v>0</v>
       </c>
       <c r="M17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18">
-        <v>849</v>
+        <v>872</v>
       </c>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C18" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F18" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="G18">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="I18">
-        <v>10000</v>
+        <v>2033</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L18">
-        <v>0</v>
+        <v>2033</v>
       </c>
       <c r="M18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19">
-        <v>847</v>
+        <v>871</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="F19" t="s">
         <v>26</v>
       </c>
       <c r="G19">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H19" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="I19">
         <v>10000</v>
       </c>
       <c r="J19">
         <v>10000</v>
       </c>
       <c r="K19">
         <v>0</v>
       </c>
       <c r="L19">
         <v>0</v>
       </c>
       <c r="M19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20">
-        <v>844</v>
+        <v>870</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E20" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F20" t="s">
         <v>26</v>
       </c>
       <c r="G20">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H20" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="I20">
-        <v>1427</v>
+        <v>10000</v>
       </c>
       <c r="J20">
-        <v>1427</v>
+        <v>10000</v>
       </c>
       <c r="K20">
         <v>0</v>
       </c>
       <c r="L20">
         <v>0</v>
       </c>
       <c r="M20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21">
-        <v>843</v>
+        <v>868</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G21">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H21" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="I21">
-        <v>8573</v>
+        <v>56027</v>
       </c>
       <c r="J21">
-        <v>8573</v>
+        <v>56027</v>
       </c>
       <c r="K21">
         <v>0</v>
       </c>
       <c r="L21">
         <v>0</v>
       </c>
       <c r="M21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22">
-        <v>834</v>
+        <v>865</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E22" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G22">
         <v>2021</v>
       </c>
       <c r="H22" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="I22">
-        <v>15280</v>
+        <v>5000</v>
       </c>
       <c r="J22">
-        <v>15280</v>
+        <v>4842</v>
       </c>
       <c r="K22">
         <v>0</v>
       </c>
       <c r="L22">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23">
-        <v>835</v>
+        <v>864</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E23" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G23">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H23" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="I23">
-        <v>61888</v>
+        <v>5000</v>
       </c>
       <c r="J23">
-        <v>61888</v>
+        <v>4405</v>
       </c>
       <c r="K23">
         <v>0</v>
       </c>
       <c r="L23">
-        <v>0</v>
+        <v>595</v>
       </c>
       <c r="M23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24">
-        <v>836</v>
+        <v>863</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C24" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="E24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G24">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="H24" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="I24">
-        <v>90039</v>
+        <v>5260</v>
       </c>
       <c r="J24">
-        <v>90039</v>
+        <v>5260</v>
       </c>
       <c r="K24">
         <v>0</v>
       </c>
       <c r="L24">
         <v>0</v>
       </c>
       <c r="M24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25">
-        <v>837</v>
+        <v>862</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G25">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="H25" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="I25">
-        <v>63008</v>
+        <v>4740</v>
       </c>
       <c r="J25">
-        <v>63008</v>
+        <v>4740</v>
       </c>
       <c r="K25">
         <v>0</v>
       </c>
       <c r="L25">
         <v>0</v>
       </c>
       <c r="M25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26">
-        <v>832</v>
+        <v>861</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E26" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G26">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="H26" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I26">
-        <v>3569</v>
+        <v>10000</v>
       </c>
       <c r="J26">
-        <v>3569</v>
+        <v>10000</v>
       </c>
       <c r="K26">
         <v>0</v>
       </c>
       <c r="L26">
         <v>0</v>
       </c>
       <c r="M26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27">
-        <v>833</v>
+        <v>860</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E27" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G27">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="H27" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="I27">
-        <v>11069</v>
+        <v>5843</v>
       </c>
       <c r="J27">
-        <v>11069</v>
+        <v>0</v>
       </c>
       <c r="K27">
         <v>0</v>
       </c>
       <c r="L27">
-        <v>0</v>
+        <v>5843</v>
       </c>
       <c r="M27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28">
-        <v>831</v>
+        <v>859</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D28" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E28" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F28" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G28">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H28" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I28">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="J28">
-        <v>604</v>
+        <v>4</v>
       </c>
       <c r="K28">
         <v>0</v>
       </c>
       <c r="L28">
-        <v>9396</v>
+        <v>4996</v>
       </c>
       <c r="M28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29">
-        <v>830</v>
+        <v>858</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>14</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E29" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="F29" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="G29">
         <v>2021</v>
       </c>
       <c r="H29" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I29">
-        <v>299</v>
+        <v>5000</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
         <v>0</v>
       </c>
       <c r="L29">
-        <v>299</v>
+        <v>5000</v>
       </c>
       <c r="M29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30">
-        <v>829</v>
+        <v>855</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="F30" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="G30">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H30" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I30">
-        <v>78</v>
+        <v>18889</v>
       </c>
       <c r="J30">
-        <v>0</v>
+        <v>18889</v>
       </c>
       <c r="K30">
         <v>0</v>
       </c>
       <c r="L30">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="M30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31">
-        <v>827</v>
+        <v>856</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="F31" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G31">
         <v>2023</v>
       </c>
       <c r="H31" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="I31">
-        <v>4384</v>
+        <v>15528</v>
       </c>
       <c r="J31">
-        <v>4384</v>
+        <v>15528</v>
       </c>
       <c r="K31">
         <v>0</v>
       </c>
       <c r="L31">
         <v>0</v>
       </c>
       <c r="M31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32">
-        <v>828</v>
+        <v>857</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G32">
         <v>2024</v>
       </c>
       <c r="H32" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="I32">
-        <v>7962</v>
+        <v>15933</v>
       </c>
       <c r="J32">
-        <v>7962</v>
+        <v>15933</v>
       </c>
       <c r="K32">
         <v>0</v>
       </c>
       <c r="L32">
         <v>0</v>
       </c>
       <c r="M32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33">
-        <v>826</v>
+        <v>854</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D33" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="E33" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="F33" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="G33">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H33" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="I33">
-        <v>130170</v>
+        <v>10000</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L33">
-        <v>130170</v>
+        <v>0</v>
       </c>
       <c r="M33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34">
-        <v>825</v>
+        <v>853</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C34" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E34" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G34">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H34" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="I34">
-        <v>298870</v>
+        <v>110000</v>
       </c>
       <c r="J34">
-        <v>298870</v>
+        <v>0</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34">
-        <v>0</v>
+        <v>110000</v>
       </c>
       <c r="M34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35">
-        <v>824</v>
+        <v>852</v>
       </c>
       <c r="B35" t="s">
         <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="E35" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G35">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H35" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="I35">
-        <v>173166</v>
+        <v>10000</v>
       </c>
       <c r="J35">
-        <v>173166</v>
+        <v>0</v>
       </c>
       <c r="K35">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L35">
         <v>0</v>
       </c>
       <c r="M35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36">
-        <v>823</v>
+        <v>851</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E36" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F36" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="G36">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H36" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="I36">
-        <v>390</v>
+        <v>10000</v>
       </c>
       <c r="J36">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="K36">
         <v>0</v>
       </c>
       <c r="L36">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="M36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37">
-        <v>822</v>
+        <v>850</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>14</v>
       </c>
       <c r="D37" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E37" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F37" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G37">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H37" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I37">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="J37">
-        <v>47</v>
+        <v>10000</v>
       </c>
       <c r="K37">
         <v>0</v>
       </c>
       <c r="L37">
-        <v>4953</v>
+        <v>0</v>
       </c>
       <c r="M37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38">
-        <v>821</v>
+        <v>849</v>
       </c>
       <c r="B38" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D38" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="E38" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="F38" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G38">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H38" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="I38">
-        <v>34206</v>
+        <v>10000</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L38">
-        <v>34206</v>
+        <v>0</v>
       </c>
       <c r="M38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39">
-        <v>820</v>
+        <v>848</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
         <v>14</v>
       </c>
       <c r="D39" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E39" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="F39" t="s">
-        <v>104</v>
+        <v>26</v>
       </c>
       <c r="G39">
         <v>2021</v>
       </c>
       <c r="H39" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="I39">
-        <v>3799</v>
+        <v>1000</v>
       </c>
       <c r="J39">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="K39">
         <v>0</v>
       </c>
       <c r="L39">
-        <v>3799</v>
+        <v>0</v>
       </c>
       <c r="M39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40">
-        <v>819</v>
+        <v>847</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C40" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D40" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="E40" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="F40" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G40">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H40" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="I40">
-        <v>39960</v>
+        <v>10000</v>
       </c>
       <c r="J40">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="K40">
         <v>0</v>
       </c>
       <c r="L40">
-        <v>39960</v>
+        <v>0</v>
       </c>
       <c r="M40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41">
-        <v>818</v>
+        <v>844</v>
       </c>
       <c r="B41" t="s">
+        <v>99</v>
+      </c>
+      <c r="C41" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" t="s">
+        <v>100</v>
+      </c>
+      <c r="E41" t="s">
         <v>101</v>
       </c>
-      <c r="C41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G41">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H41" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I41">
-        <v>40</v>
+        <v>1427</v>
       </c>
       <c r="J41">
-        <v>0</v>
+        <v>1427</v>
       </c>
       <c r="K41">
         <v>0</v>
       </c>
       <c r="L41">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="M41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42">
-        <v>817</v>
+        <v>843</v>
       </c>
       <c r="B42" t="s">
+        <v>99</v>
+      </c>
+      <c r="C42" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" t="s">
+        <v>103</v>
+      </c>
+      <c r="E42" t="s">
         <v>101</v>
       </c>
-      <c r="C42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="G42">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H42" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I42">
-        <v>11628</v>
+        <v>8573</v>
       </c>
       <c r="J42">
-        <v>0</v>
+        <v>8573</v>
       </c>
       <c r="K42">
         <v>0</v>
       </c>
       <c r="L42">
-        <v>11628</v>
+        <v>0</v>
       </c>
       <c r="M42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="C43" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D43" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E43" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="F43" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G43">
         <v>2021</v>
       </c>
       <c r="H43" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="I43">
-        <v>122945</v>
+        <v>15280</v>
       </c>
       <c r="J43">
-        <v>0</v>
+        <v>15280</v>
       </c>
       <c r="K43">
         <v>0</v>
       </c>
       <c r="L43">
-        <v>122945</v>
+        <v>0</v>
       </c>
       <c r="M43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44">
-        <v>815</v>
+        <v>835</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="C44" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D44" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E44" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F44" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H44" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="I44">
-        <v>25000</v>
+        <v>61888</v>
       </c>
       <c r="J44">
-        <v>0</v>
+        <v>61888</v>
       </c>
       <c r="K44">
         <v>0</v>
       </c>
       <c r="L44">
-        <v>25000</v>
+        <v>0</v>
       </c>
       <c r="M44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45">
-        <v>814</v>
+        <v>836</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="C45" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D45" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="E45" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F45" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G45">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H45" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="I45">
-        <v>31000</v>
+        <v>90039</v>
       </c>
       <c r="J45">
-        <v>601</v>
+        <v>90039</v>
       </c>
       <c r="K45">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="L45">
-        <v>30100</v>
+        <v>0</v>
       </c>
       <c r="M45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46">
-        <v>813</v>
+        <v>837</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="C46" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D46" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="E46" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="F46" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G46">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H46" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="I46">
-        <v>1561</v>
+        <v>63008</v>
       </c>
       <c r="J46">
-        <v>0</v>
+        <v>63008</v>
       </c>
       <c r="K46">
         <v>0</v>
       </c>
       <c r="L46">
-        <v>1561</v>
+        <v>0</v>
       </c>
       <c r="M46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="C47" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D47" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="E47" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G47">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H47" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="I47">
-        <v>320</v>
+        <v>3569</v>
       </c>
       <c r="J47">
-        <v>320</v>
+        <v>3569</v>
       </c>
       <c r="K47">
         <v>0</v>
       </c>
       <c r="L47">
         <v>0</v>
       </c>
       <c r="M47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48">
-        <v>811</v>
+        <v>833</v>
       </c>
       <c r="B48" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="C48" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="E48" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G48">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H48" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="I48">
-        <v>379</v>
+        <v>11069</v>
       </c>
       <c r="J48">
-        <v>379</v>
+        <v>11069</v>
       </c>
       <c r="K48">
         <v>0</v>
       </c>
       <c r="L48">
         <v>0</v>
       </c>
       <c r="M48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="B49" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="C49" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D49" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="E49" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G49">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="H49" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="I49">
-        <v>301</v>
+        <v>10000</v>
       </c>
       <c r="J49">
-        <v>301</v>
+        <v>604</v>
       </c>
       <c r="K49">
         <v>0</v>
       </c>
       <c r="L49">
-        <v>0</v>
+        <v>9396</v>
       </c>
       <c r="M49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50">
-        <v>809</v>
+        <v>830</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C50" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="E50" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="F50" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="G50">
         <v>2021</v>
       </c>
       <c r="H50" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="I50">
-        <v>167047</v>
+        <v>299</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
       <c r="K50">
         <v>0</v>
       </c>
       <c r="L50">
-        <v>167047</v>
+        <v>299</v>
       </c>
       <c r="M50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51">
-        <v>808</v>
+        <v>829</v>
       </c>
       <c r="B51" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C51" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D51" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E51" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="F51" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="G51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H51" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="I51">
-        <v>198737</v>
+        <v>78</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
       <c r="K51">
         <v>0</v>
       </c>
       <c r="L51">
-        <v>198737</v>
+        <v>78</v>
       </c>
       <c r="M51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52">
-        <v>804</v>
+        <v>827</v>
       </c>
       <c r="B52" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="C52" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="E52" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G52">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H52" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="I52">
-        <v>1637</v>
+        <v>4384</v>
       </c>
       <c r="J52">
-        <v>1637</v>
+        <v>4384</v>
       </c>
       <c r="K52">
         <v>0</v>
       </c>
       <c r="L52">
         <v>0</v>
       </c>
       <c r="M52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53">
-        <v>805</v>
+        <v>828</v>
       </c>
       <c r="B53" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="C53" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D53" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="E53" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="F53" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G53">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H53" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="I53">
-        <v>1637</v>
+        <v>7962</v>
       </c>
       <c r="J53">
-        <v>1637</v>
+        <v>7962</v>
       </c>
       <c r="K53">
         <v>0</v>
       </c>
       <c r="L53">
         <v>0</v>
       </c>
       <c r="M53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="B54" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C54" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D54" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="E54" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="F54" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G54">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H54" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="I54">
-        <v>1637</v>
+        <v>130170</v>
       </c>
       <c r="J54">
-        <v>1637</v>
+        <v>0</v>
       </c>
       <c r="K54">
         <v>0</v>
       </c>
       <c r="L54">
-        <v>0</v>
+        <v>130170</v>
       </c>
       <c r="M54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55">
-        <v>807</v>
+        <v>825</v>
       </c>
       <c r="B55" t="s">
+        <v>124</v>
+      </c>
+      <c r="C55" t="s">
+        <v>14</v>
+      </c>
+      <c r="D55" t="s">
+        <v>125</v>
+      </c>
+      <c r="E55" t="s">
+        <v>126</v>
+      </c>
+      <c r="F55" t="s">
+        <v>38</v>
+      </c>
+      <c r="G55">
+        <v>2018</v>
+      </c>
+      <c r="H55" t="s">
         <v>127</v>
       </c>
-      <c r="C55" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I55">
-        <v>546</v>
+        <v>298870</v>
       </c>
       <c r="J55">
-        <v>546</v>
+        <v>298870</v>
       </c>
       <c r="K55">
         <v>0</v>
       </c>
       <c r="L55">
         <v>0</v>
       </c>
       <c r="M55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56">
-        <v>798</v>
+        <v>824</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="C56" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D56" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="E56" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G56">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H56" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="I56">
-        <v>167928</v>
+        <v>173166</v>
       </c>
       <c r="J56">
-        <v>167928</v>
+        <v>173166</v>
       </c>
       <c r="K56">
         <v>0</v>
       </c>
       <c r="L56">
         <v>0</v>
       </c>
       <c r="M56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D57" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="E57" t="s">
-        <v>136</v>
+        <v>37</v>
       </c>
       <c r="F57" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="G57">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H57" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="I57">
-        <v>231116</v>
+        <v>390</v>
       </c>
       <c r="J57">
-        <v>231116</v>
+        <v>0</v>
       </c>
       <c r="K57">
         <v>0</v>
       </c>
       <c r="L57">
-        <v>0</v>
+        <v>390</v>
       </c>
       <c r="M57" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58">
-        <v>800</v>
+        <v>822</v>
       </c>
       <c r="B58" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C58" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D58" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="E58" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G58">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H58" t="s">
-        <v>137</v>
+        <v>54</v>
       </c>
       <c r="I58">
-        <v>245810</v>
+        <v>5000</v>
       </c>
       <c r="J58">
-        <v>245810</v>
+        <v>47</v>
       </c>
       <c r="K58">
         <v>0</v>
       </c>
       <c r="L58">
-        <v>0</v>
+        <v>4953</v>
       </c>
       <c r="M58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59">
-        <v>801</v>
+        <v>821</v>
       </c>
       <c r="B59" t="s">
         <v>134</v>
       </c>
       <c r="C59" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D59" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E59" t="s">
         <v>136</v>
       </c>
       <c r="F59" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="G59">
         <v>2021</v>
       </c>
       <c r="H59" t="s">
         <v>137</v>
       </c>
       <c r="I59">
-        <v>249153</v>
+        <v>34206</v>
       </c>
       <c r="J59">
-        <v>249153</v>
+        <v>0</v>
       </c>
       <c r="K59">
         <v>0</v>
       </c>
       <c r="L59">
-        <v>0</v>
+        <v>34206</v>
       </c>
       <c r="M59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60">
-        <v>802</v>
+        <v>820</v>
       </c>
       <c r="B60" t="s">
         <v>134</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E60" t="s">
         <v>136</v>
       </c>
       <c r="F60" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="G60">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H60" t="s">
         <v>137</v>
       </c>
       <c r="I60">
-        <v>244004</v>
+        <v>3799</v>
       </c>
       <c r="J60">
-        <v>244004</v>
+        <v>0</v>
       </c>
       <c r="K60">
         <v>0</v>
       </c>
       <c r="L60">
-        <v>0</v>
+        <v>3799</v>
       </c>
       <c r="M60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61">
-        <v>796</v>
+        <v>819</v>
       </c>
       <c r="B61" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C61" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D61" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="E61" t="s">
-        <v>16</v>
+        <v>140</v>
       </c>
       <c r="F61" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="G61">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>137</v>
       </c>
       <c r="I61">
-        <v>24172</v>
+        <v>39960</v>
       </c>
       <c r="J61">
-        <v>24172</v>
+        <v>0</v>
       </c>
       <c r="K61">
         <v>0</v>
       </c>
       <c r="L61">
-        <v>0</v>
+        <v>39960</v>
       </c>
       <c r="M61" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62">
-        <v>797</v>
+        <v>818</v>
       </c>
       <c r="B62" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C62" t="s">
+        <v>14</v>
+      </c>
+      <c r="D62" t="s">
+        <v>141</v>
+      </c>
+      <c r="E62" t="s">
+        <v>140</v>
+      </c>
+      <c r="F62" t="s">
+        <v>61</v>
+      </c>
+      <c r="G62">
+        <v>2021</v>
+      </c>
+      <c r="H62" t="s">
+        <v>137</v>
+      </c>
+      <c r="I62">
         <v>40</v>
       </c>
-      <c r="D62" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J62">
-        <v>26570</v>
+        <v>0</v>
       </c>
       <c r="K62">
         <v>0</v>
       </c>
       <c r="L62">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="M62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63">
-        <v>795</v>
+        <v>817</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="C63" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D63" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="E63" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="F63" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="G63">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H63" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="I63">
-        <v>56377</v>
+        <v>11628</v>
       </c>
       <c r="J63">
-        <v>56377</v>
+        <v>0</v>
       </c>
       <c r="K63">
         <v>0</v>
       </c>
       <c r="L63">
-        <v>0</v>
+        <v>11628</v>
       </c>
       <c r="M63" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64">
-        <v>794</v>
+        <v>816</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C64" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D64" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E64" t="s">
-        <v>147</v>
+        <v>61</v>
       </c>
       <c r="F64" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="G64">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H64" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I64">
-        <v>56440</v>
+        <v>122945</v>
       </c>
       <c r="J64">
-        <v>56440</v>
+        <v>0</v>
       </c>
       <c r="K64">
         <v>0</v>
       </c>
       <c r="L64">
-        <v>0</v>
+        <v>122945</v>
       </c>
       <c r="M64" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65">
-        <v>793</v>
+        <v>815</v>
       </c>
       <c r="B65" t="s">
         <v>145</v>
       </c>
       <c r="C65" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D65" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E65" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="F65" t="s">
-        <v>147</v>
+        <v>43</v>
       </c>
       <c r="G65">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H65" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="I65">
-        <v>56440</v>
+        <v>25000</v>
       </c>
       <c r="J65">
-        <v>56440</v>
+        <v>0</v>
       </c>
       <c r="K65">
         <v>0</v>
       </c>
       <c r="L65">
-        <v>0</v>
+        <v>25000</v>
       </c>
       <c r="M65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="B66" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C66" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D66" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E66" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="F66" t="s">
-        <v>147</v>
+        <v>43</v>
       </c>
       <c r="G66">
         <v>2021</v>
       </c>
       <c r="H66" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="I66">
-        <v>56377</v>
+        <v>31000</v>
       </c>
       <c r="J66">
-        <v>56377</v>
+        <v>0</v>
       </c>
       <c r="K66">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="L66">
-        <v>0</v>
+        <v>30701</v>
       </c>
       <c r="M66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67">
-        <v>791</v>
+        <v>813</v>
       </c>
       <c r="B67" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C67" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D67" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E67" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="F67" t="s">
         <v>17</v>
       </c>
       <c r="G67">
         <v>2021</v>
       </c>
       <c r="H67" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="I67">
-        <v>6485</v>
+        <v>1561</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>0</v>
       </c>
       <c r="L67">
-        <v>6485</v>
+        <v>1561</v>
       </c>
       <c r="M67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="B68" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" t="s">
+        <v>35</v>
+      </c>
+      <c r="D68" t="s">
+        <v>151</v>
+      </c>
+      <c r="E68" t="s">
+        <v>152</v>
+      </c>
+      <c r="F68" t="s">
+        <v>38</v>
+      </c>
+      <c r="G68">
+        <v>2022</v>
+      </c>
+      <c r="H68" t="s">
         <v>153</v>
       </c>
-      <c r="C68" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I68">
-        <v>18954</v>
+        <v>320</v>
       </c>
       <c r="J68">
-        <v>18954</v>
+        <v>320</v>
       </c>
       <c r="K68">
         <v>0</v>
       </c>
       <c r="L68">
         <v>0</v>
       </c>
       <c r="M68" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69">
-        <v>789</v>
+        <v>811</v>
       </c>
       <c r="B69" t="s">
+        <v>149</v>
+      </c>
+      <c r="C69" t="s">
+        <v>35</v>
+      </c>
+      <c r="D69" t="s">
+        <v>154</v>
+      </c>
+      <c r="E69" t="s">
+        <v>152</v>
+      </c>
+      <c r="F69" t="s">
+        <v>38</v>
+      </c>
+      <c r="G69">
+        <v>2023</v>
+      </c>
+      <c r="H69" t="s">
         <v>153</v>
       </c>
-      <c r="C69" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I69">
-        <v>18838</v>
+        <v>379</v>
       </c>
       <c r="J69">
-        <v>18838</v>
+        <v>379</v>
       </c>
       <c r="K69">
         <v>0</v>
       </c>
       <c r="L69">
         <v>0</v>
       </c>
       <c r="M69" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70">
-        <v>788</v>
+        <v>812</v>
       </c>
       <c r="B70" t="s">
+        <v>149</v>
+      </c>
+      <c r="C70" t="s">
+        <v>35</v>
+      </c>
+      <c r="D70" t="s">
+        <v>155</v>
+      </c>
+      <c r="E70" t="s">
+        <v>152</v>
+      </c>
+      <c r="F70" t="s">
+        <v>38</v>
+      </c>
+      <c r="G70">
+        <v>2024</v>
+      </c>
+      <c r="H70" t="s">
         <v>153</v>
       </c>
-      <c r="C70" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I70">
-        <v>18954</v>
+        <v>301</v>
       </c>
       <c r="J70">
-        <v>18954</v>
+        <v>301</v>
       </c>
       <c r="K70">
         <v>0</v>
       </c>
       <c r="L70">
         <v>0</v>
       </c>
       <c r="M70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71">
-        <v>787</v>
+        <v>809</v>
       </c>
       <c r="B71" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C71" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>157</v>
       </c>
       <c r="E71" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="F71" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G71">
         <v>2021</v>
       </c>
       <c r="H71" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I71">
-        <v>18838</v>
+        <v>167047</v>
       </c>
       <c r="J71">
-        <v>18838</v>
+        <v>0</v>
       </c>
       <c r="K71">
         <v>0</v>
       </c>
       <c r="L71">
-        <v>0</v>
+        <v>167047</v>
       </c>
       <c r="M71" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="B72" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C72" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D72" t="s">
         <v>158</v>
       </c>
       <c r="E72" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="F72" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G72">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H72" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I72">
-        <v>85862</v>
+        <v>198737</v>
       </c>
       <c r="J72">
-        <v>85862</v>
+        <v>0</v>
       </c>
       <c r="K72">
         <v>0</v>
       </c>
       <c r="L72">
-        <v>0</v>
+        <v>198737</v>
       </c>
       <c r="M72" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73">
-        <v>785</v>
+        <v>804</v>
       </c>
       <c r="B73" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C73" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D73" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E73" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="F73" t="s">
-        <v>147</v>
+        <v>38</v>
       </c>
       <c r="G73">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H73" t="s">
-        <v>89</v>
+        <v>162</v>
       </c>
       <c r="I73">
-        <v>85862</v>
+        <v>1637</v>
       </c>
       <c r="J73">
-        <v>85862</v>
+        <v>1637</v>
       </c>
       <c r="K73">
         <v>0</v>
       </c>
       <c r="L73">
         <v>0</v>
       </c>
       <c r="M73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C74" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D74" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E74" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="F74" t="s">
-        <v>147</v>
+        <v>38</v>
       </c>
       <c r="G74">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H74" t="s">
-        <v>89</v>
+        <v>162</v>
       </c>
       <c r="I74">
-        <v>103389</v>
+        <v>1637</v>
       </c>
       <c r="J74">
-        <v>103389</v>
+        <v>1637</v>
       </c>
       <c r="K74">
         <v>0</v>
       </c>
       <c r="L74">
         <v>0</v>
       </c>
       <c r="M74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75">
-        <v>783</v>
+        <v>806</v>
       </c>
       <c r="B75" t="s">
+        <v>159</v>
+      </c>
+      <c r="C75" t="s">
+        <v>35</v>
+      </c>
+      <c r="D75" t="s">
+        <v>164</v>
+      </c>
+      <c r="E75" t="s">
         <v>161</v>
       </c>
-      <c r="C75" t="s">
-[...2 lines deleted...]
-      <c r="D75" t="s">
+      <c r="F75" t="s">
+        <v>38</v>
+      </c>
+      <c r="G75">
+        <v>2022</v>
+      </c>
+      <c r="H75" t="s">
         <v>162</v>
       </c>
-      <c r="E75" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I75">
-        <v>40000</v>
+        <v>1637</v>
       </c>
       <c r="J75">
-        <v>0</v>
+        <v>1637</v>
       </c>
       <c r="K75">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="L75">
         <v>0</v>
       </c>
       <c r="M75" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76">
-        <v>782</v>
+        <v>807</v>
       </c>
       <c r="B76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" t="s">
+        <v>35</v>
+      </c>
+      <c r="D76" t="s">
+        <v>165</v>
+      </c>
+      <c r="E76" t="s">
         <v>161</v>
       </c>
-      <c r="C76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="G76">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="H76" t="s">
-        <v>105</v>
+        <v>162</v>
       </c>
       <c r="I76">
-        <v>25829</v>
+        <v>546</v>
       </c>
       <c r="J76">
-        <v>25829</v>
+        <v>546</v>
       </c>
       <c r="K76">
         <v>0</v>
       </c>
       <c r="L76">
         <v>0</v>
       </c>
       <c r="M76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="B77" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C77" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D77" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E77" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="F77" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G77">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H77" t="s">
-        <v>89</v>
+        <v>169</v>
       </c>
       <c r="I77">
-        <v>40000</v>
+        <v>167928</v>
       </c>
       <c r="J77">
-        <v>0</v>
+        <v>167928</v>
       </c>
       <c r="K77">
         <v>0</v>
       </c>
       <c r="L77">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="M77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78">
-        <v>780</v>
+        <v>799</v>
       </c>
       <c r="B78" t="s">
         <v>166</v>
       </c>
       <c r="C78" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D78" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E78" t="s">
-        <v>16</v>
+        <v>168</v>
       </c>
       <c r="F78" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G78">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H78" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="I78">
-        <v>5000</v>
+        <v>231116</v>
       </c>
       <c r="J78">
-        <v>0</v>
+        <v>231116</v>
       </c>
       <c r="K78">
         <v>0</v>
       </c>
       <c r="L78">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M78" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79">
-        <v>779</v>
+        <v>800</v>
       </c>
       <c r="B79" t="s">
         <v>166</v>
       </c>
       <c r="C79" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D79" t="s">
+        <v>171</v>
+      </c>
+      <c r="E79" t="s">
         <v>168</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G79">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H79" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="I79">
-        <v>5000</v>
+        <v>245810</v>
       </c>
       <c r="J79">
-        <v>0</v>
+        <v>245810</v>
       </c>
       <c r="K79">
         <v>0</v>
       </c>
       <c r="L79">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80">
-        <v>778</v>
+        <v>801</v>
       </c>
       <c r="B80" t="s">
         <v>166</v>
       </c>
       <c r="C80" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D80" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E80" t="s">
-        <v>16</v>
+        <v>168</v>
       </c>
       <c r="F80" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G80">
         <v>2021</v>
       </c>
       <c r="H80" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="I80">
-        <v>5000</v>
+        <v>249153</v>
       </c>
       <c r="J80">
-        <v>0</v>
+        <v>249153</v>
       </c>
       <c r="K80">
         <v>0</v>
       </c>
       <c r="L80">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M80" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81">
-        <v>777</v>
+        <v>802</v>
       </c>
       <c r="B81" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C81" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D81" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E81" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F81" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G81">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H81" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="I81">
-        <v>677</v>
+        <v>244004</v>
       </c>
       <c r="J81">
-        <v>0</v>
+        <v>244004</v>
       </c>
       <c r="K81">
         <v>0</v>
       </c>
       <c r="L81">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="M81" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="B82" t="s">
+        <v>174</v>
+      </c>
+      <c r="C82" t="s">
+        <v>35</v>
+      </c>
+      <c r="D82" t="s">
         <v>175</v>
       </c>
-      <c r="C82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="F82" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G82">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H82" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="I82">
-        <v>24618</v>
+        <v>24172</v>
       </c>
       <c r="J82">
-        <v>0</v>
+        <v>24172</v>
       </c>
       <c r="K82">
         <v>0</v>
       </c>
       <c r="L82">
-        <v>24618</v>
+        <v>0</v>
       </c>
       <c r="M82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="B83" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C83" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D83" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E83" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="F83" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G83">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H83" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="I83">
-        <v>313094</v>
+        <v>26570</v>
       </c>
       <c r="J83">
-        <v>0</v>
+        <v>26570</v>
       </c>
       <c r="K83">
         <v>0</v>
       </c>
       <c r="L83">
-        <v>313094</v>
+        <v>0</v>
       </c>
       <c r="M83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84">
-        <v>774</v>
+        <v>795</v>
       </c>
       <c r="B84" t="s">
+        <v>177</v>
+      </c>
+      <c r="C84" t="s">
+        <v>14</v>
+      </c>
+      <c r="D84" t="s">
         <v>178</v>
       </c>
-      <c r="C84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="F84" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="G84">
         <v>2019</v>
       </c>
       <c r="H84" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I84">
-        <v>103389</v>
+        <v>56377</v>
       </c>
       <c r="J84">
-        <v>0</v>
+        <v>56377</v>
       </c>
       <c r="K84">
-        <v>103389</v>
+        <v>0</v>
       </c>
       <c r="L84">
         <v>0</v>
       </c>
       <c r="M84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85">
-        <v>773</v>
+        <v>794</v>
       </c>
       <c r="B85" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C85" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D85" t="s">
+        <v>180</v>
+      </c>
+      <c r="E85" t="s">
         <v>179</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="G85">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H85" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I85">
-        <v>322512</v>
+        <v>56440</v>
       </c>
       <c r="J85">
-        <v>161256</v>
+        <v>56440</v>
       </c>
       <c r="K85">
-        <v>161256</v>
+        <v>0</v>
       </c>
       <c r="L85">
         <v>0</v>
       </c>
       <c r="M85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86">
-        <v>772</v>
+        <v>793</v>
       </c>
       <c r="B86" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C86" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D86" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E86" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="F86" t="s">
-        <v>87</v>
+        <v>179</v>
       </c>
       <c r="G86">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H86" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I86">
-        <v>322154</v>
+        <v>56440</v>
       </c>
       <c r="J86">
-        <v>30907</v>
+        <v>56440</v>
       </c>
       <c r="K86">
-        <v>291247</v>
+        <v>0</v>
       </c>
       <c r="L86">
         <v>0</v>
       </c>
       <c r="M86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87">
-        <v>771</v>
+        <v>792</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C87" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D87" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E87" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="F87" t="s">
-        <v>87</v>
+        <v>179</v>
       </c>
       <c r="G87">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H87" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I87">
-        <v>313094</v>
+        <v>56377</v>
       </c>
       <c r="J87">
-        <v>0</v>
+        <v>56377</v>
       </c>
       <c r="K87">
-        <v>313094</v>
+        <v>0</v>
       </c>
       <c r="L87">
         <v>0</v>
       </c>
       <c r="M87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88">
-        <v>770</v>
+        <v>791</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C88" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D88" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E88" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="F88" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="G88">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H88" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="I88">
-        <v>322512</v>
+        <v>6485</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
       <c r="K88">
-        <v>322512</v>
+        <v>0</v>
       </c>
       <c r="L88">
-        <v>0</v>
+        <v>6485</v>
       </c>
       <c r="M88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89">
-        <v>769</v>
+        <v>790</v>
       </c>
       <c r="B89" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C89" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D89" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="E89" t="s">
-        <v>104</v>
+        <v>179</v>
       </c>
       <c r="F89" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="G89">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H89" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I89">
-        <v>322154</v>
+        <v>18954</v>
       </c>
       <c r="J89">
-        <v>0</v>
+        <v>18954</v>
       </c>
       <c r="K89">
-        <v>322154</v>
+        <v>0</v>
       </c>
       <c r="L89">
         <v>0</v>
       </c>
       <c r="M89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90">
-        <v>768</v>
+        <v>789</v>
       </c>
       <c r="B90" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C90" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D90" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="E90" t="s">
-        <v>104</v>
+        <v>179</v>
       </c>
       <c r="F90" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="G90">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H90" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I90">
-        <v>313094</v>
+        <v>18838</v>
       </c>
       <c r="J90">
-        <v>0</v>
+        <v>18838</v>
       </c>
       <c r="K90">
-        <v>313094</v>
+        <v>0</v>
       </c>
       <c r="L90">
         <v>0</v>
       </c>
       <c r="M90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91">
-        <v>767</v>
+        <v>788</v>
       </c>
       <c r="B91" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C91" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D91" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="E91" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="F91" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="G91">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H91" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I91">
-        <v>298510</v>
+        <v>18954</v>
       </c>
       <c r="J91">
-        <v>119790</v>
+        <v>18954</v>
       </c>
       <c r="K91">
-        <v>178720</v>
+        <v>0</v>
       </c>
       <c r="L91">
         <v>0</v>
       </c>
       <c r="M91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92">
-        <v>766</v>
+        <v>787</v>
       </c>
       <c r="B92" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C92" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D92" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="E92" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="F92" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="G92">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H92" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I92">
-        <v>315803</v>
+        <v>18838</v>
       </c>
       <c r="J92">
-        <v>240525</v>
+        <v>18838</v>
       </c>
       <c r="K92">
-        <v>75278</v>
+        <v>0</v>
       </c>
       <c r="L92">
         <v>0</v>
       </c>
       <c r="M92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93">
-        <v>765</v>
+        <v>786</v>
       </c>
       <c r="B93" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C93" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D93" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="E93" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="F93" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G93">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H93" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="I93">
-        <v>42900</v>
+        <v>85862</v>
       </c>
       <c r="J93">
-        <v>42900</v>
+        <v>85862</v>
       </c>
       <c r="K93">
         <v>0</v>
       </c>
       <c r="L93">
         <v>0</v>
       </c>
       <c r="M93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94">
-        <v>764</v>
+        <v>785</v>
       </c>
       <c r="B94" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C94" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D94" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E94" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="F94" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="G94">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H94" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="I94">
-        <v>7</v>
+        <v>85862</v>
       </c>
       <c r="J94">
-        <v>0</v>
+        <v>85862</v>
       </c>
       <c r="K94">
         <v>0</v>
       </c>
       <c r="L94">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="M94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95">
-        <v>763</v>
+        <v>784</v>
       </c>
       <c r="B95" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C95" t="s">
         <v>14</v>
       </c>
       <c r="D95" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E95" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="F95" t="s">
-        <v>97</v>
+        <v>179</v>
       </c>
       <c r="G95">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H95" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="I95">
-        <v>1000</v>
+        <v>103389</v>
       </c>
       <c r="J95">
-        <v>0</v>
+        <v>103389</v>
       </c>
       <c r="K95">
         <v>0</v>
       </c>
       <c r="L95">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96">
-        <v>762</v>
+        <v>783</v>
       </c>
       <c r="B96" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C96" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D96" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E96" t="s">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="F96" t="s">
-        <v>191</v>
+        <v>140</v>
       </c>
       <c r="G96">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H96" t="s">
-        <v>47</v>
+        <v>137</v>
       </c>
       <c r="I96">
-        <v>116633</v>
+        <v>40000</v>
       </c>
       <c r="J96">
-        <v>116633</v>
+        <v>0</v>
       </c>
       <c r="K96">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L96">
         <v>0</v>
       </c>
       <c r="M96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="B97" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C97" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D97" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E97" t="s">
-        <v>104</v>
+        <v>195</v>
       </c>
       <c r="F97" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="G97">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H97" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="I97">
-        <v>78419</v>
+        <v>25829</v>
       </c>
       <c r="J97">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="K97">
         <v>0</v>
       </c>
       <c r="L97">
-        <v>78419</v>
+        <v>0</v>
       </c>
       <c r="M97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98">
-        <v>759</v>
+        <v>781</v>
       </c>
       <c r="B98" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C98" t="s">
         <v>14</v>
       </c>
       <c r="D98" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E98" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="F98" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G98">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H98" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="I98">
-        <v>1101</v>
+        <v>40000</v>
       </c>
       <c r="J98">
         <v>0</v>
       </c>
       <c r="K98">
         <v>0</v>
       </c>
       <c r="L98">
-        <v>1101</v>
+        <v>40000</v>
       </c>
       <c r="M98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99">
-        <v>758</v>
+        <v>780</v>
       </c>
       <c r="B99" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C99" t="s">
         <v>14</v>
       </c>
       <c r="D99" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E99" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F99" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
       <c r="G99">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H99" t="s">
-        <v>78</v>
+        <v>184</v>
       </c>
       <c r="I99">
-        <v>760</v>
+        <v>5000</v>
       </c>
       <c r="J99">
         <v>0</v>
       </c>
       <c r="K99">
         <v>0</v>
       </c>
       <c r="L99">
-        <v>760</v>
+        <v>5000</v>
       </c>
       <c r="M99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="B100" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C100" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D100" t="s">
         <v>200</v>
       </c>
       <c r="E100" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="F100" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="G100">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H100" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="I100">
-        <v>208</v>
+        <v>5000</v>
       </c>
       <c r="J100">
         <v>0</v>
       </c>
       <c r="K100">
         <v>0</v>
       </c>
       <c r="L100">
-        <v>208</v>
+        <v>5000</v>
       </c>
       <c r="M100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="B101" t="s">
+        <v>198</v>
+      </c>
+      <c r="C101" t="s">
+        <v>14</v>
+      </c>
+      <c r="D101" t="s">
         <v>201</v>
       </c>
-      <c r="C101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E101" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="F101" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="G101">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H101" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="I101">
-        <v>180</v>
+        <v>5000</v>
       </c>
       <c r="J101">
         <v>0</v>
       </c>
       <c r="K101">
         <v>0</v>
       </c>
       <c r="L101">
-        <v>180</v>
+        <v>5000</v>
       </c>
       <c r="M101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102">
-        <v>751</v>
+        <v>777</v>
       </c>
       <c r="B102" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C102" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D102" t="s">
         <v>203</v>
       </c>
       <c r="E102" t="s">
-        <v>60</v>
+        <v>204</v>
       </c>
       <c r="F102" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G102">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H102" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="I102">
-        <v>952</v>
+        <v>677</v>
       </c>
       <c r="J102">
-        <v>952</v>
+        <v>0</v>
       </c>
       <c r="K102">
         <v>0</v>
       </c>
       <c r="L102">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="M102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103">
-        <v>752</v>
+        <v>776</v>
       </c>
       <c r="B103" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C103" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D103" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E103" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F103" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G103">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H103" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="I103">
-        <v>1305</v>
+        <v>24618</v>
       </c>
       <c r="J103">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103">
-        <v>0</v>
+        <v>24618</v>
       </c>
       <c r="M103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104">
-        <v>753</v>
+        <v>775</v>
       </c>
       <c r="B104" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C104" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D104" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E104" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="F104" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G104">
         <v>2020</v>
       </c>
       <c r="H104" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="I104">
-        <v>1097</v>
+        <v>313094</v>
       </c>
       <c r="J104">
-        <v>1097</v>
+        <v>0</v>
       </c>
       <c r="K104">
         <v>0</v>
       </c>
       <c r="L104">
-        <v>0</v>
+        <v>313094</v>
       </c>
       <c r="M104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105">
-        <v>754</v>
+        <v>774</v>
       </c>
       <c r="B105" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="C105" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D105" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="E105" t="s">
-        <v>60</v>
+        <v>179</v>
       </c>
       <c r="F105" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G105">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H105" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="I105">
-        <v>1327</v>
+        <v>103389</v>
       </c>
       <c r="J105">
-        <v>1327</v>
+        <v>0</v>
       </c>
       <c r="K105">
-        <v>0</v>
+        <v>103389</v>
       </c>
       <c r="L105">
         <v>0</v>
       </c>
       <c r="M105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106">
-        <v>755</v>
+        <v>773</v>
       </c>
       <c r="B106" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="C106" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D106" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E106" t="s">
-        <v>60</v>
+        <v>179</v>
       </c>
       <c r="F106" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G106">
         <v>2022</v>
       </c>
       <c r="H106" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="I106">
-        <v>1274</v>
+        <v>322512</v>
       </c>
       <c r="J106">
-        <v>1274</v>
+        <v>161256</v>
       </c>
       <c r="K106">
-        <v>0</v>
+        <v>161256</v>
       </c>
       <c r="L106">
         <v>0</v>
       </c>
       <c r="M106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107">
-        <v>750</v>
+        <v>772</v>
       </c>
       <c r="B107" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C107" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D107" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="E107" t="s">
-        <v>104</v>
+        <v>179</v>
       </c>
       <c r="F107" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="G107">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H107" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I107">
-        <v>368745</v>
+        <v>322154</v>
       </c>
       <c r="J107">
-        <v>0</v>
+        <v>30907</v>
       </c>
       <c r="K107">
-        <v>0</v>
+        <v>291247</v>
       </c>
       <c r="L107">
-        <v>368745</v>
+        <v>0</v>
       </c>
       <c r="M107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108">
-        <v>749</v>
+        <v>771</v>
       </c>
       <c r="B108" t="s">
         <v>210</v>
       </c>
       <c r="C108" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D108" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E108" t="s">
-        <v>26</v>
+        <v>179</v>
       </c>
       <c r="F108" t="s">
-        <v>198</v>
+        <v>16</v>
       </c>
       <c r="G108">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H108" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="I108">
-        <v>100</v>
+        <v>313094</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
       <c r="K108">
-        <v>0</v>
+        <v>313094</v>
       </c>
       <c r="L108">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109">
-        <v>748</v>
+        <v>770</v>
       </c>
       <c r="B109" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C109" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D109" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E109" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F109" t="s">
-        <v>198</v>
+        <v>179</v>
       </c>
       <c r="G109">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="H109" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="I109">
-        <v>200</v>
+        <v>322512</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
       <c r="K109">
-        <v>0</v>
+        <v>322512</v>
       </c>
       <c r="L109">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110">
-        <v>740</v>
+        <v>769</v>
       </c>
       <c r="B110" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C110" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D110" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E110" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="F110" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="G110">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H110" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="I110">
-        <v>71</v>
+        <v>322154</v>
       </c>
       <c r="J110">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="K110">
-        <v>0</v>
+        <v>322154</v>
       </c>
       <c r="L110">
         <v>0</v>
       </c>
       <c r="M110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111">
-        <v>741</v>
+        <v>768</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C111" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D111" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="E111" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="F111" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="G111">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H111" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="I111">
-        <v>487</v>
+        <v>313094</v>
       </c>
       <c r="J111">
-        <v>487</v>
+        <v>0</v>
       </c>
       <c r="K111">
-        <v>0</v>
+        <v>313094</v>
       </c>
       <c r="L111">
         <v>0</v>
       </c>
       <c r="M111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112">
-        <v>742</v>
+        <v>767</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C112" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D112" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="E112" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="F112" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="G112">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H112" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="I112">
-        <v>1350</v>
+        <v>298510</v>
       </c>
       <c r="J112">
-        <v>1350</v>
+        <v>119790</v>
       </c>
       <c r="K112">
-        <v>0</v>
+        <v>178720</v>
       </c>
       <c r="L112">
         <v>0</v>
       </c>
       <c r="M112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113">
-        <v>743</v>
+        <v>766</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C113" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D113" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="E113" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="F113" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="G113">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H113" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="I113">
-        <v>2436</v>
+        <v>315803</v>
       </c>
       <c r="J113">
-        <v>2436</v>
+        <v>240525</v>
       </c>
       <c r="K113">
-        <v>0</v>
+        <v>75278</v>
       </c>
       <c r="L113">
         <v>0</v>
       </c>
       <c r="M113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114">
-        <v>744</v>
+        <v>765</v>
       </c>
       <c r="B114" t="s">
         <v>215</v>
       </c>
       <c r="C114" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D114" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E114" t="s">
-        <v>217</v>
+        <v>26</v>
       </c>
       <c r="F114" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G114">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H114" t="s">
-        <v>218</v>
+        <v>28</v>
       </c>
       <c r="I114">
-        <v>3500</v>
+        <v>42900</v>
       </c>
       <c r="J114">
-        <v>3500</v>
+        <v>21900</v>
       </c>
       <c r="K114">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="L114">
-        <v>0</v>
+        <v>20000</v>
       </c>
       <c r="M114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115">
-        <v>745</v>
+        <v>764</v>
       </c>
       <c r="B115" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C115" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D115" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E115" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="F115" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G115">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H115" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="I115">
-        <v>4410</v>
+        <v>7</v>
       </c>
       <c r="J115">
-        <v>4410</v>
+        <v>0</v>
       </c>
       <c r="K115">
         <v>0</v>
       </c>
       <c r="L115">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="M115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116">
-        <v>746</v>
+        <v>763</v>
       </c>
       <c r="B116" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C116" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D116" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="E116" t="s">
-        <v>217</v>
+        <v>37</v>
       </c>
       <c r="F116" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="G116">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H116" t="s">
-        <v>218</v>
+        <v>44</v>
       </c>
       <c r="I116">
-        <v>5110</v>
+        <v>1000</v>
       </c>
       <c r="J116">
-        <v>5110</v>
+        <v>0</v>
       </c>
       <c r="K116">
         <v>0</v>
       </c>
       <c r="L116">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C117" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D117" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E117" t="s">
-        <v>217</v>
+        <v>26</v>
       </c>
       <c r="F117" t="s">
-        <v>42</v>
+        <v>222</v>
       </c>
       <c r="G117">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H117" t="s">
-        <v>218</v>
+        <v>28</v>
       </c>
       <c r="I117">
-        <v>2031</v>
+        <v>116633</v>
       </c>
       <c r="J117">
-        <v>2031</v>
+        <v>116633</v>
       </c>
       <c r="K117">
         <v>0</v>
       </c>
       <c r="L117">
         <v>0</v>
       </c>
       <c r="M117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118">
-        <v>737</v>
+        <v>760</v>
       </c>
       <c r="B118" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C118" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D118" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E118" t="s">
-        <v>228</v>
+        <v>61</v>
       </c>
       <c r="F118" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G118">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H118" t="s">
-        <v>229</v>
+        <v>18</v>
       </c>
       <c r="I118">
-        <v>1104</v>
+        <v>78419</v>
       </c>
       <c r="J118">
-        <v>1104</v>
+        <v>0</v>
       </c>
       <c r="K118">
         <v>0</v>
       </c>
       <c r="L118">
-        <v>0</v>
+        <v>78419</v>
       </c>
       <c r="M118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119">
-        <v>738</v>
+        <v>759</v>
       </c>
       <c r="B119" t="s">
+        <v>225</v>
+      </c>
+      <c r="C119" t="s">
+        <v>41</v>
+      </c>
+      <c r="D119" t="s">
         <v>226</v>
       </c>
-      <c r="C119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>228</v>
+        <v>22</v>
       </c>
       <c r="F119" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G119">
         <v>2019</v>
       </c>
       <c r="H119" t="s">
-        <v>229</v>
+        <v>184</v>
       </c>
       <c r="I119">
-        <v>1846</v>
+        <v>1101</v>
       </c>
       <c r="J119">
-        <v>1846</v>
+        <v>0</v>
       </c>
       <c r="K119">
         <v>0</v>
       </c>
       <c r="L119">
-        <v>0</v>
+        <v>1101</v>
       </c>
       <c r="M119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120">
-        <v>736</v>
+        <v>758</v>
       </c>
       <c r="B120" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C120" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D120" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E120" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F120" t="s">
-        <v>97</v>
+        <v>229</v>
       </c>
       <c r="G120">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H120" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I120">
-        <v>1350</v>
+        <v>760</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
       <c r="K120">
         <v>0</v>
       </c>
       <c r="L120">
-        <v>1350</v>
+        <v>760</v>
       </c>
       <c r="M120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121">
-        <v>735</v>
+        <v>757</v>
       </c>
       <c r="B121" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C121" t="s">
         <v>14</v>
       </c>
       <c r="D121" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E121" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="F121" t="s">
-        <v>235</v>
+        <v>17</v>
       </c>
       <c r="G121">
         <v>2020</v>
       </c>
       <c r="H121" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="I121">
-        <v>2543</v>
+        <v>208</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
       <c r="K121">
         <v>0</v>
       </c>
       <c r="L121">
-        <v>2543</v>
+        <v>208</v>
       </c>
       <c r="M121" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122">
-        <v>734</v>
+        <v>756</v>
       </c>
       <c r="B122" t="s">
+        <v>232</v>
+      </c>
+      <c r="C122" t="s">
+        <v>14</v>
+      </c>
+      <c r="D122" t="s">
         <v>233</v>
       </c>
-      <c r="C122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="F122" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="G122">
         <v>2020</v>
       </c>
       <c r="H122" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="I122">
-        <v>14171</v>
+        <v>180</v>
       </c>
       <c r="J122">
         <v>0</v>
       </c>
       <c r="K122">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L122">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="M122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123">
-        <v>733</v>
+        <v>751</v>
       </c>
       <c r="B123" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C123" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D123" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E123" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F123" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G123">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H123" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="I123">
-        <v>1468</v>
+        <v>952</v>
       </c>
       <c r="J123">
-        <v>0</v>
+        <v>952</v>
       </c>
       <c r="K123">
         <v>0</v>
       </c>
       <c r="L123">
-        <v>1468</v>
+        <v>0</v>
       </c>
       <c r="M123" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124">
-        <v>732</v>
+        <v>752</v>
       </c>
       <c r="B124" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C124" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D124" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E124" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F124" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G124">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H124" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="I124">
-        <v>300000</v>
+        <v>1305</v>
       </c>
       <c r="J124">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="K124">
         <v>0</v>
       </c>
       <c r="L124">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="M124" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125">
-        <v>731</v>
+        <v>753</v>
       </c>
       <c r="B125" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="C125" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D125" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E125" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="F125" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G125">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H125" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I125">
-        <v>80000</v>
+        <v>1097</v>
       </c>
       <c r="J125">
-        <v>0</v>
+        <v>1097</v>
       </c>
       <c r="K125">
         <v>0</v>
       </c>
       <c r="L125">
-        <v>80000</v>
+        <v>0</v>
       </c>
       <c r="M125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126">
-        <v>730</v>
+        <v>754</v>
       </c>
       <c r="B126" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="C126" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D126" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="E126" t="s">
-        <v>26</v>
+        <v>101</v>
       </c>
       <c r="F126" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
       <c r="G126">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H126" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I126">
-        <v>219</v>
+        <v>1327</v>
       </c>
       <c r="J126">
-        <v>0</v>
+        <v>1327</v>
       </c>
       <c r="K126">
         <v>0</v>
       </c>
       <c r="L126">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="M126" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127">
-        <v>725</v>
+        <v>755</v>
       </c>
       <c r="B127" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="C127" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D127" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="E127" t="s">
-        <v>246</v>
+        <v>101</v>
       </c>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G127">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H127" t="s">
-        <v>214</v>
+        <v>102</v>
       </c>
       <c r="I127">
-        <v>5281</v>
+        <v>1274</v>
       </c>
       <c r="J127">
-        <v>5281</v>
+        <v>1274</v>
       </c>
       <c r="K127">
         <v>0</v>
       </c>
       <c r="L127">
         <v>0</v>
       </c>
       <c r="M127" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128">
-        <v>726</v>
+        <v>750</v>
       </c>
       <c r="B128" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C128" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D128" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="E128" t="s">
-        <v>246</v>
+        <v>61</v>
       </c>
       <c r="F128" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G128">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H128" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="I128">
-        <v>5281</v>
+        <v>368745</v>
       </c>
       <c r="J128">
-        <v>5281</v>
+        <v>0</v>
       </c>
       <c r="K128">
         <v>0</v>
       </c>
       <c r="L128">
-        <v>0</v>
+        <v>368745</v>
       </c>
       <c r="M128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129">
-        <v>727</v>
+        <v>749</v>
       </c>
       <c r="B129" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C129" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D129" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E129" t="s">
-        <v>246</v>
+        <v>66</v>
       </c>
       <c r="F129" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G129">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="H129" t="s">
-        <v>214</v>
+        <v>162</v>
       </c>
       <c r="I129">
-        <v>5281</v>
+        <v>100</v>
       </c>
       <c r="J129">
-        <v>5281</v>
+        <v>0</v>
       </c>
       <c r="K129">
         <v>0</v>
       </c>
       <c r="L129">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M129" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130">
-        <v>728</v>
+        <v>748</v>
       </c>
       <c r="B130" t="s">
+        <v>243</v>
+      </c>
+      <c r="C130" t="s">
+        <v>14</v>
+      </c>
+      <c r="D130" t="s">
         <v>244</v>
       </c>
-      <c r="C130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E130" t="s">
-        <v>246</v>
+        <v>66</v>
       </c>
       <c r="F130" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G130">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="H130" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="I130">
-        <v>1760</v>
+        <v>200</v>
       </c>
       <c r="J130">
-        <v>1760</v>
+        <v>0</v>
       </c>
       <c r="K130">
         <v>0</v>
       </c>
       <c r="L130">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M130" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131">
-        <v>724</v>
+        <v>740</v>
       </c>
       <c r="B131" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C131" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D131" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E131" t="s">
-        <v>65</v>
+        <v>248</v>
       </c>
       <c r="F131" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G131">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H131" t="s">
-        <v>98</v>
+        <v>249</v>
       </c>
       <c r="I131">
-        <v>41496</v>
+        <v>71</v>
       </c>
       <c r="J131">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="K131">
         <v>0</v>
       </c>
       <c r="L131">
-        <v>41496</v>
+        <v>0</v>
       </c>
       <c r="M131" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="B132" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C132" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D132" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E132" t="s">
-        <v>104</v>
+        <v>248</v>
       </c>
       <c r="F132" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G132">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H132" t="s">
-        <v>89</v>
+        <v>249</v>
       </c>
       <c r="I132">
-        <v>200000</v>
+        <v>487</v>
       </c>
       <c r="J132">
-        <v>0</v>
+        <v>487</v>
       </c>
       <c r="K132">
         <v>0</v>
       </c>
       <c r="L132">
-        <v>200000</v>
+        <v>0</v>
       </c>
       <c r="M132" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133">
-        <v>722</v>
+        <v>742</v>
       </c>
       <c r="B133" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C133" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D133" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E133" t="s">
-        <v>104</v>
+        <v>248</v>
       </c>
       <c r="F133" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G133">
         <v>2018</v>
       </c>
       <c r="H133" t="s">
-        <v>89</v>
+        <v>249</v>
       </c>
       <c r="I133">
-        <v>126321</v>
+        <v>1350</v>
       </c>
       <c r="J133">
-        <v>126321</v>
+        <v>1350</v>
       </c>
       <c r="K133">
         <v>0</v>
       </c>
       <c r="L133">
         <v>0</v>
       </c>
       <c r="M133" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134">
-        <v>721</v>
+        <v>743</v>
       </c>
       <c r="B134" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C134" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D134" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E134" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="F134" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G134">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H134" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="I134">
-        <v>14367</v>
+        <v>2436</v>
       </c>
       <c r="J134">
-        <v>0</v>
+        <v>2436</v>
       </c>
       <c r="K134">
         <v>0</v>
       </c>
       <c r="L134">
-        <v>14367</v>
+        <v>0</v>
       </c>
       <c r="M134" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135">
-        <v>720</v>
+        <v>744</v>
       </c>
       <c r="B135" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C135" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D135" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="E135" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="F135" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G135">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H135" t="s">
-        <v>98</v>
+        <v>249</v>
       </c>
       <c r="I135">
-        <v>633</v>
+        <v>3500</v>
       </c>
       <c r="J135">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="K135">
         <v>0</v>
       </c>
       <c r="L135">
-        <v>633</v>
+        <v>0</v>
       </c>
       <c r="M135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136">
-        <v>719</v>
+        <v>745</v>
       </c>
       <c r="B136" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C136" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D136" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="E136" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="F136" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="G136">
         <v>2021</v>
       </c>
       <c r="H136" t="s">
-        <v>98</v>
+        <v>249</v>
       </c>
       <c r="I136">
-        <v>5000</v>
+        <v>4410</v>
       </c>
       <c r="J136">
-        <v>0</v>
+        <v>4410</v>
       </c>
       <c r="K136">
         <v>0</v>
       </c>
       <c r="L136">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="B137" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
       <c r="C137" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D137" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E137" t="s">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="F137" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G137">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H137" t="s">
-        <v>174</v>
+        <v>249</v>
       </c>
       <c r="I137">
-        <v>50</v>
+        <v>5110</v>
       </c>
       <c r="J137">
-        <v>0</v>
+        <v>5110</v>
       </c>
       <c r="K137">
         <v>0</v>
       </c>
       <c r="L137">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="M137" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138">
-        <v>717</v>
+        <v>747</v>
       </c>
       <c r="B138" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="C138" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D138" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="E138" t="s">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="F138" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G138">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H138" t="s">
-        <v>174</v>
+        <v>249</v>
       </c>
       <c r="I138">
-        <v>56</v>
+        <v>2031</v>
       </c>
       <c r="J138">
-        <v>0</v>
+        <v>2031</v>
       </c>
       <c r="K138">
         <v>0</v>
       </c>
       <c r="L138">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="M138" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139">
-        <v>716</v>
+        <v>737</v>
       </c>
       <c r="B139" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C139" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D139" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="E139" t="s">
-        <v>172</v>
+        <v>259</v>
       </c>
       <c r="F139" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G139">
         <v>2018</v>
       </c>
       <c r="H139" t="s">
-        <v>174</v>
+        <v>260</v>
       </c>
       <c r="I139">
-        <v>532</v>
+        <v>1104</v>
       </c>
       <c r="J139">
-        <v>0</v>
+        <v>1104</v>
       </c>
       <c r="K139">
         <v>0</v>
       </c>
       <c r="L139">
-        <v>532</v>
+        <v>0</v>
       </c>
       <c r="M139" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140">
-        <v>715</v>
+        <v>738</v>
       </c>
       <c r="B140" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="C140" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D140" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="E140" t="s">
-        <v>46</v>
+        <v>259</v>
       </c>
       <c r="F140" t="s">
-        <v>268</v>
+        <v>38</v>
       </c>
       <c r="G140">
         <v>2019</v>
       </c>
       <c r="H140" t="s">
-        <v>47</v>
+        <v>260</v>
       </c>
       <c r="I140">
-        <v>2080</v>
+        <v>1846</v>
       </c>
       <c r="J140">
-        <v>0</v>
+        <v>1846</v>
       </c>
       <c r="K140">
         <v>0</v>
       </c>
       <c r="L140">
-        <v>2080</v>
+        <v>0</v>
       </c>
       <c r="M140" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141">
-        <v>714</v>
+        <v>736</v>
       </c>
       <c r="B141" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C141" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D141" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="E141" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F141" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G141">
         <v>2021</v>
       </c>
       <c r="H141" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I141">
-        <v>5000</v>
+        <v>1350</v>
       </c>
       <c r="J141">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="K141">
         <v>0</v>
       </c>
       <c r="L141">
-        <v>4979</v>
+        <v>1350</v>
       </c>
       <c r="M141" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142">
-        <v>713</v>
+        <v>735</v>
       </c>
       <c r="B142" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C142" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D142" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E142" t="s">
-        <v>272</v>
+        <v>140</v>
       </c>
       <c r="F142" t="s">
-        <v>33</v>
+        <v>266</v>
       </c>
       <c r="G142">
         <v>2020</v>
       </c>
       <c r="H142" t="s">
-        <v>273</v>
+        <v>137</v>
       </c>
       <c r="I142">
-        <v>3284</v>
+        <v>2543</v>
       </c>
       <c r="J142">
         <v>0</v>
       </c>
       <c r="K142">
         <v>0</v>
       </c>
       <c r="L142">
-        <v>3284</v>
+        <v>2543</v>
       </c>
       <c r="M142" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143">
-        <v>712</v>
+        <v>734</v>
       </c>
       <c r="B143" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C143" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D143" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="E143" t="s">
-        <v>272</v>
+        <v>195</v>
       </c>
       <c r="F143" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="G143">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H143" t="s">
-        <v>273</v>
+        <v>137</v>
       </c>
       <c r="I143">
-        <v>46716</v>
+        <v>14171</v>
       </c>
       <c r="J143">
         <v>0</v>
       </c>
       <c r="K143">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L143">
-        <v>46716</v>
+        <v>0</v>
       </c>
       <c r="M143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144">
-        <v>711</v>
+        <v>733</v>
       </c>
       <c r="B144" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C144" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D144" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="E144" t="s">
-        <v>272</v>
+        <v>61</v>
       </c>
       <c r="F144" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G144">
         <v>2020</v>
       </c>
       <c r="H144" t="s">
-        <v>273</v>
+        <v>18</v>
       </c>
       <c r="I144">
-        <v>29458</v>
+        <v>1468</v>
       </c>
       <c r="J144">
         <v>0</v>
       </c>
       <c r="K144">
         <v>0</v>
       </c>
       <c r="L144">
-        <v>29458</v>
+        <v>1468</v>
       </c>
       <c r="M144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145">
-        <v>710</v>
+        <v>732</v>
       </c>
       <c r="B145" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="C145" t="s">
         <v>14</v>
       </c>
       <c r="D145" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="E145" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F145" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G145">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H145" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="I145">
-        <v>260</v>
+        <v>300000</v>
       </c>
       <c r="J145">
         <v>0</v>
       </c>
       <c r="K145">
         <v>0</v>
       </c>
       <c r="L145">
-        <v>260</v>
+        <v>300000</v>
       </c>
       <c r="M145" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146">
-        <v>709</v>
+        <v>731</v>
       </c>
       <c r="B146" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="C146" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D146" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="E146" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F146" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
       <c r="G146">
         <v>2021</v>
       </c>
       <c r="H146" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I146">
-        <v>800</v>
+        <v>80000</v>
       </c>
       <c r="J146">
         <v>0</v>
       </c>
       <c r="K146">
         <v>0</v>
       </c>
       <c r="L146">
-        <v>800</v>
+        <v>80000</v>
       </c>
       <c r="M146" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147">
-        <v>705</v>
+        <v>730</v>
       </c>
       <c r="B147" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="C147" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D147" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E147" t="s">
-        <v>281</v>
+        <v>66</v>
       </c>
       <c r="F147" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G147">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H147" t="s">
-        <v>282</v>
+        <v>131</v>
       </c>
       <c r="I147">
-        <v>60</v>
+        <v>219</v>
       </c>
       <c r="J147">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="K147">
         <v>0</v>
       </c>
       <c r="L147">
-        <v>0</v>
+        <v>219</v>
       </c>
       <c r="M147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148">
-        <v>706</v>
+        <v>725</v>
       </c>
       <c r="B148" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C148" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D148" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="E148" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F148" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G148">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H148" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
       <c r="I148">
-        <v>502</v>
+        <v>5281</v>
       </c>
       <c r="J148">
-        <v>502</v>
+        <v>5281</v>
       </c>
       <c r="K148">
         <v>0</v>
       </c>
       <c r="L148">
         <v>0</v>
       </c>
       <c r="M148" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149">
-        <v>707</v>
+        <v>726</v>
       </c>
       <c r="B149" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C149" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D149" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="E149" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F149" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G149">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H149" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
       <c r="I149">
-        <v>404</v>
+        <v>5281</v>
       </c>
       <c r="J149">
-        <v>404</v>
+        <v>5281</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149">
         <v>0</v>
       </c>
       <c r="M149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150">
-        <v>708</v>
+        <v>727</v>
       </c>
       <c r="B150" t="s">
+        <v>275</v>
+      </c>
+      <c r="C150" t="s">
+        <v>35</v>
+      </c>
+      <c r="D150" t="s">
         <v>279</v>
       </c>
-      <c r="C150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E150" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F150" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G150">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H150" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
       <c r="I150">
-        <v>705</v>
+        <v>5281</v>
       </c>
       <c r="J150">
-        <v>705</v>
+        <v>5281</v>
       </c>
       <c r="K150">
         <v>0</v>
       </c>
       <c r="L150">
         <v>0</v>
       </c>
       <c r="M150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151">
-        <v>704</v>
+        <v>728</v>
       </c>
       <c r="B151" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C151" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D151" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="E151" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="F151" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="G151">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H151" t="s">
-        <v>66</v>
+        <v>245</v>
       </c>
       <c r="I151">
-        <v>79627</v>
+        <v>1760</v>
       </c>
       <c r="J151">
-        <v>0</v>
+        <v>1760</v>
       </c>
       <c r="K151">
         <v>0</v>
       </c>
       <c r="L151">
-        <v>79627</v>
+        <v>0</v>
       </c>
       <c r="M151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152">
-        <v>703</v>
+        <v>724</v>
       </c>
       <c r="B152" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C152" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D152" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="E152" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="F152" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="G152">
         <v>2021</v>
       </c>
       <c r="H152" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
       <c r="I152">
-        <v>15665</v>
+        <v>41496</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
       <c r="K152">
         <v>0</v>
       </c>
       <c r="L152">
-        <v>15665</v>
+        <v>41496</v>
       </c>
       <c r="M152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153">
-        <v>702</v>
+        <v>723</v>
       </c>
       <c r="B153" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C153" t="s">
         <v>14</v>
       </c>
       <c r="D153" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="E153" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F153" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G153">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H153" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="I153">
-        <v>925</v>
+        <v>200000</v>
       </c>
       <c r="J153">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K153">
         <v>0</v>
       </c>
       <c r="L153">
-        <v>880</v>
+        <v>200000</v>
       </c>
       <c r="M153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154">
-        <v>701</v>
+        <v>722</v>
       </c>
       <c r="B154" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C154" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D154" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="E154" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F154" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G154">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H154" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="I154">
-        <v>1000</v>
+        <v>126321</v>
       </c>
       <c r="J154">
-        <v>0</v>
+        <v>126321</v>
       </c>
       <c r="K154">
         <v>0</v>
       </c>
       <c r="L154">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155">
-        <v>700</v>
+        <v>721</v>
       </c>
       <c r="B155" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C155" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D155" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="E155" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="F155" t="s">
-        <v>173</v>
+        <v>17</v>
       </c>
       <c r="G155">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H155" t="s">
-        <v>174</v>
+        <v>289</v>
       </c>
       <c r="I155">
-        <v>159</v>
+        <v>14367</v>
       </c>
       <c r="J155">
         <v>0</v>
       </c>
       <c r="K155">
         <v>0</v>
       </c>
       <c r="L155">
-        <v>159</v>
+        <v>14367</v>
       </c>
       <c r="M155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156">
-        <v>699</v>
+        <v>720</v>
       </c>
       <c r="B156" t="s">
+        <v>286</v>
+      </c>
+      <c r="C156" t="s">
+        <v>41</v>
+      </c>
+      <c r="D156" t="s">
         <v>290</v>
       </c>
-      <c r="C156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E156" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="F156" t="s">
-        <v>173</v>
+        <v>17</v>
       </c>
       <c r="G156">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H156" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I156">
-        <v>3069</v>
+        <v>633</v>
       </c>
       <c r="J156">
         <v>0</v>
       </c>
       <c r="K156">
         <v>0</v>
       </c>
       <c r="L156">
-        <v>3069</v>
+        <v>633</v>
       </c>
       <c r="M156" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="B157" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C157" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D157" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="E157" t="s">
-        <v>71</v>
+        <v>288</v>
       </c>
       <c r="F157" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="G157">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H157" t="s">
-        <v>72</v>
+        <v>131</v>
       </c>
       <c r="I157">
-        <v>4050</v>
+        <v>5000</v>
       </c>
       <c r="J157">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="K157">
         <v>0</v>
       </c>
       <c r="L157">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="B158" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C158" t="s">
         <v>14</v>
       </c>
       <c r="D158" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="E158" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="F158" t="s">
-        <v>297</v>
+        <v>205</v>
       </c>
       <c r="G158">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H158" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I158">
-        <v>2755</v>
+        <v>50</v>
       </c>
       <c r="J158">
-        <v>2755</v>
+        <v>0</v>
       </c>
       <c r="K158">
         <v>0</v>
       </c>
       <c r="L158">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="M158" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="B159" t="s">
+        <v>294</v>
+      </c>
+      <c r="C159" t="s">
+        <v>14</v>
+      </c>
+      <c r="D159" t="s">
         <v>295</v>
       </c>
-      <c r="C159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E159" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="F159" t="s">
-        <v>297</v>
+        <v>205</v>
       </c>
       <c r="G159">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H159" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I159">
-        <v>1200</v>
+        <v>56</v>
       </c>
       <c r="J159">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="K159">
         <v>0</v>
       </c>
       <c r="L159">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="M159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160">
-        <v>695</v>
+        <v>716</v>
       </c>
       <c r="B160" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="C160" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D160" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="E160" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="F160" t="s">
-        <v>297</v>
+        <v>205</v>
       </c>
       <c r="G160">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H160" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I160">
-        <v>95</v>
+        <v>532</v>
       </c>
       <c r="J160">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="K160">
         <v>0</v>
       </c>
       <c r="L160">
-        <v>0</v>
+        <v>532</v>
       </c>
       <c r="M160" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161">
-        <v>694</v>
+        <v>715</v>
       </c>
       <c r="B161" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C161" t="s">
         <v>14</v>
       </c>
       <c r="D161" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E161" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F161" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="G161">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H161" t="s">
-        <v>152</v>
+        <v>28</v>
       </c>
       <c r="I161">
-        <v>1139</v>
+        <v>2080</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
       <c r="K161">
         <v>0</v>
       </c>
       <c r="L161">
-        <v>1139</v>
+        <v>2080</v>
       </c>
       <c r="M161" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="B162" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C162" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D162" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E162" t="s">
-        <v>272</v>
+        <v>22</v>
       </c>
       <c r="F162" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G162">
         <v>2021</v>
       </c>
       <c r="H162" t="s">
-        <v>273</v>
+        <v>24</v>
       </c>
       <c r="I162">
-        <v>11158</v>
+        <v>5000</v>
       </c>
       <c r="J162">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="K162">
         <v>0</v>
       </c>
       <c r="L162">
-        <v>11158</v>
+        <v>4979</v>
       </c>
       <c r="M162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163">
-        <v>692</v>
+        <v>713</v>
       </c>
       <c r="B163" t="s">
+        <v>301</v>
+      </c>
+      <c r="C163" t="s">
+        <v>14</v>
+      </c>
+      <c r="D163" t="s">
+        <v>302</v>
+      </c>
+      <c r="E163" t="s">
         <v>303</v>
       </c>
-      <c r="C163" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G163">
         <v>2020</v>
       </c>
       <c r="H163" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="I163">
-        <v>49103</v>
+        <v>3284</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
       <c r="K163">
         <v>0</v>
       </c>
       <c r="L163">
-        <v>49103</v>
+        <v>3284</v>
       </c>
       <c r="M163" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="B164" t="s">
+        <v>301</v>
+      </c>
+      <c r="C164" t="s">
+        <v>14</v>
+      </c>
+      <c r="D164" t="s">
+        <v>305</v>
+      </c>
+      <c r="E164" t="s">
         <v>303</v>
       </c>
-      <c r="C164" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F164" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G164">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H164" t="s">
-        <v>152</v>
+        <v>304</v>
       </c>
       <c r="I164">
-        <v>3672</v>
+        <v>46716</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
       <c r="K164">
         <v>0</v>
       </c>
       <c r="L164">
-        <v>3672</v>
+        <v>46716</v>
       </c>
       <c r="M164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165">
-        <v>690</v>
+        <v>711</v>
       </c>
       <c r="B165" t="s">
+        <v>301</v>
+      </c>
+      <c r="C165" t="s">
+        <v>14</v>
+      </c>
+      <c r="D165" t="s">
+        <v>306</v>
+      </c>
+      <c r="E165" t="s">
         <v>303</v>
       </c>
-      <c r="C165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F165" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G165">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H165" t="s">
-        <v>152</v>
+        <v>304</v>
       </c>
       <c r="I165">
-        <v>1110</v>
+        <v>29458</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
       <c r="K165">
         <v>0</v>
       </c>
       <c r="L165">
-        <v>1110</v>
+        <v>29458</v>
       </c>
       <c r="M165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166">
-        <v>689</v>
+        <v>710</v>
       </c>
       <c r="B166" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C166" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D166" t="s">
         <v>308</v>
       </c>
       <c r="E166" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F166" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G166">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H166" t="s">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="I166">
-        <v>1120</v>
+        <v>260</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
       <c r="K166">
         <v>0</v>
       </c>
       <c r="L166">
-        <v>1120</v>
+        <v>260</v>
       </c>
       <c r="M166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="B167" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C167" t="s">
         <v>14</v>
       </c>
       <c r="D167" t="s">
         <v>309</v>
       </c>
       <c r="E167" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F167" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G167">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H167" t="s">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="I167">
-        <v>1129</v>
+        <v>800</v>
       </c>
       <c r="J167">
         <v>0</v>
       </c>
       <c r="K167">
         <v>0</v>
       </c>
       <c r="L167">
-        <v>1129</v>
+        <v>800</v>
       </c>
       <c r="M167" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168">
-        <v>687</v>
+        <v>705</v>
       </c>
       <c r="B168" t="s">
         <v>310</v>
       </c>
       <c r="C168" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D168" t="s">
         <v>311</v>
       </c>
       <c r="E168" t="s">
-        <v>257</v>
+        <v>312</v>
       </c>
       <c r="F168" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G168">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H168" t="s">
-        <v>78</v>
+        <v>313</v>
       </c>
       <c r="I168">
-        <v>10713</v>
+        <v>60</v>
       </c>
       <c r="J168">
-        <v>9953</v>
+        <v>60</v>
       </c>
       <c r="K168">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="L168">
         <v>0</v>
       </c>
       <c r="M168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169">
-        <v>686</v>
+        <v>706</v>
       </c>
       <c r="B169" t="s">
         <v>310</v>
       </c>
       <c r="C169" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D169" t="s">
+        <v>314</v>
+      </c>
+      <c r="E169" t="s">
         <v>312</v>
       </c>
-      <c r="E169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G169">
         <v>2021</v>
       </c>
       <c r="H169" t="s">
-        <v>72</v>
+        <v>313</v>
       </c>
       <c r="I169">
-        <v>592</v>
+        <v>502</v>
       </c>
       <c r="J169">
-        <v>592</v>
+        <v>502</v>
       </c>
       <c r="K169">
         <v>0</v>
       </c>
       <c r="L169">
         <v>0</v>
       </c>
       <c r="M169" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170">
-        <v>683</v>
+        <v>707</v>
       </c>
       <c r="B170" t="s">
+        <v>310</v>
+      </c>
+      <c r="C170" t="s">
+        <v>35</v>
+      </c>
+      <c r="D170" t="s">
+        <v>315</v>
+      </c>
+      <c r="E170" t="s">
+        <v>312</v>
+      </c>
+      <c r="F170" t="s">
+        <v>38</v>
+      </c>
+      <c r="G170">
+        <v>2022</v>
+      </c>
+      <c r="H170" t="s">
         <v>313</v>
       </c>
-      <c r="C170" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I170">
-        <v>2686</v>
+        <v>404</v>
       </c>
       <c r="J170">
-        <v>2686</v>
+        <v>404</v>
       </c>
       <c r="K170">
         <v>0</v>
       </c>
       <c r="L170">
         <v>0</v>
       </c>
       <c r="M170" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171">
-        <v>684</v>
+        <v>708</v>
       </c>
       <c r="B171" t="s">
+        <v>310</v>
+      </c>
+      <c r="C171" t="s">
+        <v>35</v>
+      </c>
+      <c r="D171" t="s">
+        <v>316</v>
+      </c>
+      <c r="E171" t="s">
+        <v>312</v>
+      </c>
+      <c r="F171" t="s">
+        <v>38</v>
+      </c>
+      <c r="G171">
+        <v>2023</v>
+      </c>
+      <c r="H171" t="s">
         <v>313</v>
       </c>
-      <c r="C171" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I171">
-        <v>2729</v>
+        <v>705</v>
       </c>
       <c r="J171">
-        <v>2729</v>
+        <v>705</v>
       </c>
       <c r="K171">
         <v>0</v>
       </c>
       <c r="L171">
         <v>0</v>
       </c>
       <c r="M171" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172">
-        <v>685</v>
+        <v>704</v>
       </c>
       <c r="B172" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C172" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D172" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E172" t="s">
-        <v>16</v>
+        <v>319</v>
       </c>
       <c r="F172" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G172">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H172" t="s">
-        <v>152</v>
+        <v>49</v>
       </c>
       <c r="I172">
-        <v>2344</v>
+        <v>79627</v>
       </c>
       <c r="J172">
-        <v>2344</v>
+        <v>0</v>
       </c>
       <c r="K172">
         <v>0</v>
       </c>
       <c r="L172">
-        <v>0</v>
+        <v>79627</v>
       </c>
       <c r="M172" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173">
-        <v>682</v>
+        <v>703</v>
       </c>
       <c r="B173" t="s">
         <v>317</v>
       </c>
       <c r="C173" t="s">
         <v>14</v>
       </c>
       <c r="D173" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="E173" t="s">
-        <v>65</v>
+        <v>319</v>
       </c>
       <c r="F173" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="G173">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H173" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="I173">
-        <v>10713</v>
+        <v>15665</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
       <c r="K173">
-        <v>10713</v>
+        <v>0</v>
       </c>
       <c r="L173">
-        <v>0</v>
+        <v>15665</v>
       </c>
       <c r="M173" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174">
-        <v>680</v>
+        <v>702</v>
       </c>
       <c r="B174" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C174" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D174" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E174" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F174" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="G174">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H174" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I174">
-        <v>150</v>
+        <v>925</v>
       </c>
       <c r="J174">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="K174">
         <v>0</v>
       </c>
       <c r="L174">
-        <v>150</v>
+        <v>880</v>
       </c>
       <c r="M174" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175">
-        <v>677</v>
+        <v>701</v>
       </c>
       <c r="B175" t="s">
         <v>321</v>
       </c>
       <c r="C175" t="s">
         <v>14</v>
       </c>
       <c r="D175" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E175" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F175" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G175">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H175" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I175">
-        <v>4071</v>
+        <v>1000</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
       <c r="K175">
         <v>0</v>
       </c>
       <c r="L175">
-        <v>4071</v>
+        <v>1000</v>
       </c>
       <c r="M175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176">
-        <v>676</v>
+        <v>700</v>
       </c>
       <c r="B176" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C176" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D176" t="s">
         <v>324</v>
       </c>
       <c r="E176" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F176" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="G176">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H176" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I176">
-        <v>300</v>
+        <v>159</v>
       </c>
       <c r="J176">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K176">
         <v>0</v>
       </c>
       <c r="L176">
-        <v>250</v>
+        <v>159</v>
       </c>
       <c r="M176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177">
-        <v>675</v>
+        <v>699</v>
       </c>
       <c r="B177" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C177" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D177" t="s">
         <v>325</v>
       </c>
       <c r="E177" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F177" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="G177">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="H177" t="s">
-        <v>130</v>
+        <v>206</v>
       </c>
       <c r="I177">
-        <v>100</v>
+        <v>3069</v>
       </c>
       <c r="J177">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="K177">
         <v>0</v>
       </c>
       <c r="L177">
-        <v>0</v>
+        <v>3069</v>
       </c>
       <c r="M177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178">
-        <v>658</v>
+        <v>698</v>
       </c>
       <c r="B178" t="s">
         <v>326</v>
       </c>
       <c r="C178" t="s">
         <v>14</v>
       </c>
       <c r="D178" t="s">
         <v>327</v>
       </c>
       <c r="E178" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="F178" t="s">
-        <v>198</v>
+        <v>328</v>
       </c>
       <c r="G178">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H178" t="s">
-        <v>258</v>
+        <v>111</v>
       </c>
       <c r="I178">
-        <v>130</v>
+        <v>4050</v>
       </c>
       <c r="J178">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="K178">
         <v>0</v>
       </c>
       <c r="L178">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="M178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179">
-        <v>657</v>
+        <v>697</v>
       </c>
       <c r="B179" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C179" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D179" t="s">
         <v>329</v>
       </c>
       <c r="E179" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F179" t="s">
-        <v>17</v>
+        <v>328</v>
       </c>
       <c r="G179">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H179" t="s">
-        <v>27</v>
+        <v>111</v>
       </c>
       <c r="I179">
-        <v>5000</v>
+        <v>2755</v>
       </c>
       <c r="J179">
-        <v>3501</v>
+        <v>2755</v>
       </c>
       <c r="K179">
         <v>0</v>
       </c>
       <c r="L179">
-        <v>1499</v>
+        <v>0</v>
       </c>
       <c r="M179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180">
-        <v>656</v>
+        <v>696</v>
       </c>
       <c r="B180" t="s">
+        <v>326</v>
+      </c>
+      <c r="C180" t="s">
+        <v>41</v>
+      </c>
+      <c r="D180" t="s">
         <v>330</v>
       </c>
-      <c r="C180" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F180" t="s">
-        <v>17</v>
+        <v>328</v>
       </c>
       <c r="G180">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H180" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="I180">
-        <v>5000</v>
+        <v>1200</v>
       </c>
       <c r="J180">
-        <v>67</v>
+        <v>1200</v>
       </c>
       <c r="K180">
         <v>0</v>
       </c>
       <c r="L180">
-        <v>4933</v>
+        <v>0</v>
       </c>
       <c r="M180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181">
-        <v>655</v>
+        <v>695</v>
       </c>
       <c r="B181" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C181" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D181" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E181" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F181" t="s">
-        <v>17</v>
+        <v>328</v>
       </c>
       <c r="G181">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H181" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="I181">
-        <v>4220</v>
+        <v>95</v>
       </c>
       <c r="J181">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="K181">
         <v>0</v>
       </c>
       <c r="L181">
-        <v>4220</v>
+        <v>0</v>
       </c>
       <c r="M181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182">
-        <v>654</v>
+        <v>694</v>
       </c>
       <c r="B182" t="s">
         <v>332</v>
       </c>
       <c r="C182" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D182" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E182" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F182" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G182">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H182" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="I182">
-        <v>5000</v>
+        <v>1139</v>
       </c>
       <c r="J182">
         <v>0</v>
       </c>
       <c r="K182">
         <v>0</v>
       </c>
       <c r="L182">
-        <v>5000</v>
+        <v>1139</v>
       </c>
       <c r="M182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183">
-        <v>653</v>
+        <v>693</v>
       </c>
       <c r="B183" t="s">
+        <v>334</v>
+      </c>
+      <c r="C183" t="s">
+        <v>14</v>
+      </c>
+      <c r="D183" t="s">
         <v>335</v>
       </c>
-      <c r="C183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="F183" t="s">
-        <v>173</v>
+        <v>27</v>
       </c>
       <c r="G183">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H183" t="s">
-        <v>174</v>
+        <v>304</v>
       </c>
       <c r="I183">
-        <v>30</v>
+        <v>11158</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
       <c r="K183">
         <v>0</v>
       </c>
       <c r="L183">
-        <v>30</v>
+        <v>11158</v>
       </c>
       <c r="M183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184">
-        <v>648</v>
+        <v>692</v>
       </c>
       <c r="B184" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C184" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D184" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E184" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="F184" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G184">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H184" t="s">
-        <v>34</v>
+        <v>304</v>
       </c>
       <c r="I184">
-        <v>3699</v>
+        <v>49103</v>
       </c>
       <c r="J184">
-        <v>3699</v>
+        <v>0</v>
       </c>
       <c r="K184">
         <v>0</v>
       </c>
       <c r="L184">
-        <v>0</v>
+        <v>49103</v>
       </c>
       <c r="M184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185">
-        <v>649</v>
+        <v>691</v>
       </c>
       <c r="B185" t="s">
+        <v>334</v>
+      </c>
+      <c r="C185" t="s">
+        <v>41</v>
+      </c>
+      <c r="D185" t="s">
         <v>337</v>
       </c>
-      <c r="C185" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E185" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F185" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G185">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H185" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I185">
-        <v>15122</v>
+        <v>3672</v>
       </c>
       <c r="J185">
-        <v>15122</v>
+        <v>0</v>
       </c>
       <c r="K185">
         <v>0</v>
       </c>
       <c r="L185">
-        <v>0</v>
+        <v>3672</v>
       </c>
       <c r="M185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186">
-        <v>650</v>
+        <v>690</v>
       </c>
       <c r="B186" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C186" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D186" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="E186" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F186" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G186">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H186" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I186">
-        <v>15408</v>
+        <v>1110</v>
       </c>
       <c r="J186">
-        <v>15408</v>
+        <v>0</v>
       </c>
       <c r="K186">
         <v>0</v>
       </c>
       <c r="L186">
-        <v>0</v>
+        <v>1110</v>
       </c>
       <c r="M186" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187">
-        <v>651</v>
+        <v>689</v>
       </c>
       <c r="B187" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C187" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D187" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E187" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F187" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G187">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="H187" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I187">
-        <v>15647</v>
+        <v>1120</v>
       </c>
       <c r="J187">
-        <v>15647</v>
+        <v>0</v>
       </c>
       <c r="K187">
         <v>0</v>
       </c>
       <c r="L187">
-        <v>0</v>
+        <v>1120</v>
       </c>
       <c r="M187" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188">
-        <v>652</v>
+        <v>688</v>
       </c>
       <c r="B188" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C188" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D188" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E188" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F188" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G188">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H188" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="I188">
-        <v>15832</v>
+        <v>1129</v>
       </c>
       <c r="J188">
-        <v>15832</v>
+        <v>0</v>
       </c>
       <c r="K188">
         <v>0</v>
       </c>
       <c r="L188">
-        <v>0</v>
+        <v>1129</v>
       </c>
       <c r="M188" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189">
-        <v>647</v>
+        <v>687</v>
       </c>
       <c r="B189" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C189" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D189" t="s">
-        <v>162</v>
+        <v>342</v>
       </c>
       <c r="E189" t="s">
-        <v>103</v>
+        <v>288</v>
       </c>
       <c r="F189" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G189">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H189" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="I189">
-        <v>40000</v>
+        <v>10713</v>
       </c>
       <c r="J189">
-        <v>0</v>
+        <v>9953</v>
       </c>
       <c r="K189">
-        <v>40000</v>
+        <v>760</v>
       </c>
       <c r="L189">
         <v>0</v>
       </c>
       <c r="M189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190">
-        <v>646</v>
+        <v>686</v>
       </c>
       <c r="B190" t="s">
+        <v>341</v>
+      </c>
+      <c r="C190" t="s">
+        <v>41</v>
+      </c>
+      <c r="D190" t="s">
         <v>343</v>
       </c>
-      <c r="C190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E190" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F190" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G190">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H190" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="I190">
-        <v>5000</v>
+        <v>592</v>
       </c>
       <c r="J190">
-        <v>1</v>
+        <v>592</v>
       </c>
       <c r="K190">
         <v>0</v>
       </c>
       <c r="L190">
-        <v>4999</v>
+        <v>0</v>
       </c>
       <c r="M190" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191">
-        <v>645</v>
+        <v>683</v>
       </c>
       <c r="B191" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C191" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D191" t="s">
         <v>345</v>
       </c>
       <c r="E191" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F191" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G191">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H191" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="I191">
-        <v>4427</v>
+        <v>2686</v>
       </c>
       <c r="J191">
-        <v>0</v>
+        <v>2686</v>
       </c>
       <c r="K191">
         <v>0</v>
       </c>
       <c r="L191">
-        <v>4427</v>
+        <v>0</v>
       </c>
       <c r="M191" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192">
-        <v>644</v>
+        <v>684</v>
       </c>
       <c r="B192" t="s">
+        <v>344</v>
+      </c>
+      <c r="C192" t="s">
+        <v>35</v>
+      </c>
+      <c r="D192" t="s">
         <v>346</v>
       </c>
-      <c r="C192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E192" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F192" t="s">
-        <v>348</v>
+        <v>38</v>
       </c>
       <c r="G192">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H192" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="I192">
-        <v>48396</v>
+        <v>2729</v>
       </c>
       <c r="J192">
-        <v>0</v>
+        <v>2729</v>
       </c>
       <c r="K192">
         <v>0</v>
       </c>
       <c r="L192">
-        <v>48396</v>
+        <v>0</v>
       </c>
       <c r="M192" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193">
-        <v>643</v>
+        <v>685</v>
       </c>
       <c r="B193" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C193" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D193" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E193" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F193" t="s">
-        <v>348</v>
+        <v>38</v>
       </c>
       <c r="G193">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H193" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="I193">
-        <v>170146</v>
+        <v>2344</v>
       </c>
       <c r="J193">
-        <v>147455</v>
+        <v>2344</v>
       </c>
       <c r="K193">
         <v>0</v>
       </c>
       <c r="L193">
-        <v>22691</v>
+        <v>0</v>
       </c>
       <c r="M193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194">
-        <v>642</v>
+        <v>682</v>
       </c>
       <c r="B194" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C194" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D194" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="E194" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F194" t="s">
-        <v>348</v>
+        <v>288</v>
       </c>
       <c r="G194">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H194" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="I194">
-        <v>68666</v>
+        <v>10713</v>
       </c>
       <c r="J194">
-        <v>68666</v>
+        <v>0</v>
       </c>
       <c r="K194">
-        <v>0</v>
+        <v>10713</v>
       </c>
       <c r="L194">
         <v>0</v>
       </c>
       <c r="M194" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195">
-        <v>641</v>
+        <v>680</v>
       </c>
       <c r="B195" t="s">
+        <v>349</v>
+      </c>
+      <c r="C195" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" t="s">
+        <v>350</v>
+      </c>
+      <c r="E195" t="s">
+        <v>66</v>
+      </c>
+      <c r="F195" t="s">
+        <v>229</v>
+      </c>
+      <c r="G195">
+        <v>2016</v>
+      </c>
+      <c r="H195" t="s">
         <v>351</v>
       </c>
-      <c r="C195" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I195">
-        <v>25829</v>
+        <v>150</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
       <c r="K195">
-        <v>25829</v>
+        <v>0</v>
       </c>
       <c r="L195">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="M195" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196">
-        <v>640</v>
+        <v>677</v>
       </c>
       <c r="B196" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C196" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D196" t="s">
-        <v>236</v>
+        <v>353</v>
       </c>
       <c r="E196" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F196" t="s">
-        <v>163</v>
+        <v>58</v>
       </c>
       <c r="G196">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H196" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="I196">
-        <v>14171</v>
+        <v>4071</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
       <c r="K196">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L196">
-        <v>0</v>
+        <v>4071</v>
       </c>
       <c r="M196" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197">
-        <v>639</v>
+        <v>676</v>
       </c>
       <c r="B197" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C197" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D197" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E197" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F197" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="G197">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H197" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="I197">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="J197">
-        <v>2381</v>
+        <v>50</v>
       </c>
       <c r="K197">
         <v>0</v>
       </c>
       <c r="L197">
-        <v>2619</v>
+        <v>250</v>
       </c>
       <c r="M197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198">
-        <v>638</v>
+        <v>675</v>
       </c>
       <c r="B198" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C198" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D198" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E198" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F198" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="G198">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H198" t="s">
-        <v>22</v>
+        <v>162</v>
       </c>
       <c r="I198">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="J198">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="K198">
         <v>0</v>
       </c>
       <c r="L198">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M198" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199">
-        <v>637</v>
+        <v>658</v>
       </c>
       <c r="B199" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C199" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D199" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E199" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F199" t="s">
-        <v>77</v>
+        <v>229</v>
       </c>
       <c r="G199">
         <v>2018</v>
       </c>
       <c r="H199" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I199">
-        <v>2999</v>
+        <v>130</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
       <c r="K199">
         <v>0</v>
       </c>
       <c r="L199">
-        <v>2999</v>
+        <v>130</v>
       </c>
       <c r="M199" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200">
-        <v>636</v>
+        <v>657</v>
       </c>
       <c r="B200" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C200" t="s">
         <v>14</v>
       </c>
       <c r="D200" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="E200" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F200" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G200">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H200" t="s">
-        <v>358</v>
+        <v>75</v>
       </c>
       <c r="I200">
-        <v>4353</v>
+        <v>5000</v>
       </c>
       <c r="J200">
-        <v>0</v>
+        <v>3501</v>
       </c>
       <c r="K200">
         <v>0</v>
       </c>
       <c r="L200">
-        <v>4353</v>
+        <v>1499</v>
       </c>
       <c r="M200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201">
-        <v>635</v>
+        <v>656</v>
       </c>
       <c r="B201" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C201" t="s">
         <v>14</v>
       </c>
       <c r="D201" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E201" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F201" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="G201">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H201" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I201">
-        <v>2561</v>
+        <v>5000</v>
       </c>
       <c r="J201">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="K201">
         <v>0</v>
       </c>
       <c r="L201">
-        <v>2561</v>
+        <v>4939</v>
       </c>
       <c r="M201" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202">
-        <v>634</v>
+        <v>655</v>
       </c>
       <c r="B202" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C202" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D202" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="E202" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F202" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G202">
         <v>2020</v>
       </c>
       <c r="H202" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I202">
-        <v>5000</v>
+        <v>4220</v>
       </c>
       <c r="J202">
         <v>0</v>
       </c>
       <c r="K202">
         <v>0</v>
       </c>
       <c r="L202">
-        <v>5000</v>
+        <v>4220</v>
       </c>
       <c r="M202" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203">
-        <v>633</v>
+        <v>654</v>
       </c>
       <c r="B203" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C203" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D203" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E203" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F203" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="G203">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H203" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I203">
-        <v>180</v>
+        <v>5000</v>
       </c>
       <c r="J203">
         <v>0</v>
       </c>
       <c r="K203">
         <v>0</v>
       </c>
       <c r="L203">
-        <v>180</v>
+        <v>5000</v>
       </c>
       <c r="M203" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204">
-        <v>632</v>
+        <v>653</v>
       </c>
       <c r="B204" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C204" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D204" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E204" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="F204" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="G204">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H204" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="I204">
-        <v>3548</v>
+        <v>30</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204">
         <v>0</v>
       </c>
       <c r="L204">
-        <v>3548</v>
+        <v>30</v>
       </c>
       <c r="M204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="B205" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C205" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D205" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E205" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="F205" t="s">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="G205">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H205" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="I205">
-        <v>24372</v>
+        <v>3699</v>
       </c>
       <c r="J205">
-        <v>24372</v>
+        <v>3699</v>
       </c>
       <c r="K205">
         <v>0</v>
       </c>
       <c r="L205">
         <v>0</v>
       </c>
       <c r="M205" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206">
-        <v>630</v>
+        <v>649</v>
       </c>
       <c r="B206" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C206" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D206" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E206" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="F206" t="s">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="G206">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H206" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="I206">
-        <v>3347</v>
+        <v>15122</v>
       </c>
       <c r="J206">
-        <v>0</v>
+        <v>15122</v>
       </c>
       <c r="K206">
-        <v>3347</v>
+        <v>0</v>
       </c>
       <c r="L206">
         <v>0</v>
       </c>
       <c r="M206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207">
-        <v>629</v>
+        <v>650</v>
       </c>
       <c r="B207" t="s">
         <v>368</v>
       </c>
       <c r="C207" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D207" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E207" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F207" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G207">
         <v>2020</v>
       </c>
       <c r="H207" t="s">
-        <v>174</v>
+        <v>32</v>
       </c>
       <c r="I207">
-        <v>30</v>
+        <v>15408</v>
       </c>
       <c r="J207">
-        <v>0</v>
+        <v>15408</v>
       </c>
       <c r="K207">
         <v>0</v>
       </c>
       <c r="L207">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="M207" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208">
-        <v>628</v>
+        <v>651</v>
       </c>
       <c r="B208" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C208" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D208" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E208" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F208" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G208">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="H208" t="s">
-        <v>174</v>
+        <v>32</v>
       </c>
       <c r="I208">
-        <v>30</v>
+        <v>15647</v>
       </c>
       <c r="J208">
-        <v>0</v>
+        <v>15647</v>
       </c>
       <c r="K208">
         <v>0</v>
       </c>
       <c r="L208">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="M208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209">
-        <v>627</v>
+        <v>652</v>
       </c>
       <c r="B209" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C209" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D209" t="s">
         <v>373</v>
       </c>
       <c r="E209" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F209" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G209">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H209" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="I209">
-        <v>4324</v>
+        <v>15832</v>
       </c>
       <c r="J209">
-        <v>4324</v>
+        <v>15832</v>
       </c>
       <c r="K209">
         <v>0</v>
       </c>
       <c r="L209">
         <v>0</v>
       </c>
       <c r="M209" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210">
-        <v>626</v>
+        <v>647</v>
       </c>
       <c r="B210" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C210" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D210" t="s">
-        <v>374</v>
+        <v>194</v>
       </c>
       <c r="E210" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F210" t="s">
-        <v>257</v>
+        <v>195</v>
       </c>
       <c r="G210">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H210" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I210">
-        <v>36260</v>
+        <v>40000</v>
       </c>
       <c r="J210">
-        <v>36260</v>
+        <v>0</v>
       </c>
       <c r="K210">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L210">
         <v>0</v>
       </c>
       <c r="M210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211">
-        <v>625</v>
+        <v>646</v>
       </c>
       <c r="B211" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C211" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D211" t="s">
         <v>375</v>
       </c>
       <c r="E211" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F211" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="G211">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H211" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I211">
-        <v>60190</v>
+        <v>5000</v>
       </c>
       <c r="J211">
-        <v>2840</v>
+        <v>1</v>
       </c>
       <c r="K211">
         <v>0</v>
       </c>
       <c r="L211">
-        <v>57350</v>
+        <v>4999</v>
       </c>
       <c r="M211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212">
-        <v>624</v>
+        <v>645</v>
       </c>
       <c r="B212" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C212" t="s">
         <v>14</v>
       </c>
       <c r="D212" t="s">
         <v>376</v>
       </c>
       <c r="E212" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F212" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="G212">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H212" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I212">
-        <v>43442</v>
+        <v>4427</v>
       </c>
       <c r="J212">
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="K212">
         <v>0</v>
       </c>
       <c r="L212">
-        <v>42948</v>
+        <v>4427</v>
       </c>
       <c r="M212" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213">
-        <v>623</v>
+        <v>644</v>
       </c>
       <c r="B213" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C213" t="s">
         <v>14</v>
       </c>
       <c r="D213" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="E213" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F213" t="s">
-        <v>257</v>
+        <v>51</v>
       </c>
       <c r="G213">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H213" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I213">
-        <v>4324</v>
+        <v>48396</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
       <c r="K213">
-        <v>4324</v>
+        <v>0</v>
       </c>
       <c r="L213">
-        <v>0</v>
+        <v>48396</v>
       </c>
       <c r="M213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214">
-        <v>622</v>
+        <v>643</v>
       </c>
       <c r="B214" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C214" t="s">
         <v>14</v>
       </c>
       <c r="D214" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E214" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F214" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="G214">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H214" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="I214">
-        <v>14151</v>
+        <v>170146</v>
       </c>
       <c r="J214">
-        <v>0</v>
+        <v>147455</v>
       </c>
       <c r="K214">
         <v>0</v>
       </c>
       <c r="L214">
-        <v>14151</v>
+        <v>22691</v>
       </c>
       <c r="M214" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215">
-        <v>621</v>
+        <v>642</v>
       </c>
       <c r="B215" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C215" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D215" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E215" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F215" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="G215">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H215" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="I215">
-        <v>5000</v>
+        <v>68666</v>
       </c>
       <c r="J215">
-        <v>0</v>
+        <v>68666</v>
       </c>
       <c r="K215">
         <v>0</v>
       </c>
       <c r="L215">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="B216" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C216" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D216" t="s">
-        <v>380</v>
+        <v>196</v>
       </c>
       <c r="E216" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="F216" t="s">
-        <v>42</v>
+        <v>195</v>
       </c>
       <c r="G216">
         <v>2019</v>
       </c>
       <c r="H216" t="s">
-        <v>47</v>
+        <v>137</v>
       </c>
       <c r="I216">
-        <v>53279</v>
+        <v>25829</v>
       </c>
       <c r="J216">
-        <v>53279</v>
+        <v>0</v>
       </c>
       <c r="K216">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="L216">
         <v>0</v>
       </c>
       <c r="M216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217">
-        <v>618</v>
+        <v>640</v>
       </c>
       <c r="B217" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C217" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D217" t="s">
-        <v>381</v>
+        <v>267</v>
       </c>
       <c r="E217" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="F217" t="s">
-        <v>42</v>
+        <v>195</v>
       </c>
       <c r="G217">
         <v>2020</v>
       </c>
       <c r="H217" t="s">
-        <v>47</v>
+        <v>137</v>
       </c>
       <c r="I217">
-        <v>29173</v>
+        <v>14171</v>
       </c>
       <c r="J217">
-        <v>29173</v>
+        <v>0</v>
       </c>
       <c r="K217">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L217">
         <v>0</v>
       </c>
       <c r="M217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218">
-        <v>619</v>
+        <v>639</v>
       </c>
       <c r="B218" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C218" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D218" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E218" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F218" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G218">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="H218" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="I218">
-        <v>24711</v>
+        <v>5000</v>
       </c>
       <c r="J218">
-        <v>24711</v>
+        <v>2341</v>
       </c>
       <c r="K218">
         <v>0</v>
       </c>
       <c r="L218">
-        <v>0</v>
+        <v>2659</v>
       </c>
       <c r="M218" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219">
-        <v>620</v>
+        <v>638</v>
       </c>
       <c r="B219" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C219" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D219" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E219" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F219" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G219">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H219" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="I219">
-        <v>44845</v>
+        <v>5000</v>
       </c>
       <c r="J219">
-        <v>44845</v>
+        <v>0</v>
       </c>
       <c r="K219">
         <v>0</v>
       </c>
       <c r="L219">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220">
-        <v>616</v>
+        <v>637</v>
       </c>
       <c r="B220" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C220" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D220" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E220" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F220" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="G220">
         <v>2018</v>
       </c>
       <c r="H220" t="s">
-        <v>358</v>
+        <v>131</v>
       </c>
       <c r="I220">
-        <v>1088</v>
+        <v>2999</v>
       </c>
       <c r="J220">
         <v>0</v>
       </c>
       <c r="K220">
         <v>0</v>
       </c>
       <c r="L220">
-        <v>1088</v>
+        <v>2999</v>
       </c>
       <c r="M220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221">
-        <v>615</v>
+        <v>636</v>
       </c>
       <c r="B221" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C221" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D221" t="s">
         <v>387</v>
       </c>
       <c r="E221" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F221" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="G221">
         <v>2018</v>
       </c>
       <c r="H221" t="s">
-        <v>358</v>
+        <v>39</v>
       </c>
       <c r="I221">
-        <v>890</v>
+        <v>4353</v>
       </c>
       <c r="J221">
         <v>0</v>
       </c>
       <c r="K221">
         <v>0</v>
       </c>
       <c r="L221">
-        <v>890</v>
+        <v>4353</v>
       </c>
       <c r="M221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222">
-        <v>614</v>
+        <v>635</v>
       </c>
       <c r="B222" t="s">
         <v>388</v>
       </c>
       <c r="C222" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D222" t="s">
         <v>389</v>
       </c>
       <c r="E222" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F222" t="s">
-        <v>173</v>
+        <v>58</v>
       </c>
       <c r="G222">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="H222" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I222">
-        <v>61</v>
+        <v>2561</v>
       </c>
       <c r="J222">
         <v>0</v>
       </c>
       <c r="K222">
         <v>0</v>
       </c>
       <c r="L222">
-        <v>61</v>
+        <v>2561</v>
       </c>
       <c r="M222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="B223" t="s">
+        <v>388</v>
+      </c>
+      <c r="C223" t="s">
+        <v>14</v>
+      </c>
+      <c r="D223" t="s">
         <v>390</v>
       </c>
-      <c r="C223" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E223" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F223" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G223">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H223" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I223">
         <v>5000</v>
       </c>
       <c r="J223">
         <v>0</v>
       </c>
       <c r="K223">
         <v>0</v>
       </c>
       <c r="L223">
         <v>5000</v>
       </c>
       <c r="M223" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224">
-        <v>612</v>
+        <v>633</v>
       </c>
       <c r="B224" t="s">
+        <v>391</v>
+      </c>
+      <c r="C224" t="s">
+        <v>14</v>
+      </c>
+      <c r="D224" t="s">
         <v>392</v>
       </c>
-      <c r="C224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E224" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F224" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G224">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H224" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I224">
-        <v>1168</v>
+        <v>180</v>
       </c>
       <c r="J224">
         <v>0</v>
       </c>
       <c r="K224">
         <v>0</v>
       </c>
       <c r="L224">
-        <v>1168</v>
+        <v>180</v>
       </c>
       <c r="M224" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="B225" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C225" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D225" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="E225" t="s">
-        <v>394</v>
+        <v>22</v>
       </c>
       <c r="F225" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G225">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H225" t="s">
-        <v>320</v>
+        <v>52</v>
       </c>
       <c r="I225">
-        <v>13987</v>
+        <v>3548</v>
       </c>
       <c r="J225">
         <v>0</v>
       </c>
       <c r="K225">
         <v>0</v>
       </c>
       <c r="L225">
-        <v>13987</v>
+        <v>3548</v>
       </c>
       <c r="M225" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226">
-        <v>610</v>
+        <v>631</v>
       </c>
       <c r="B226" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C226" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D226" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="E226" t="s">
-        <v>394</v>
+        <v>110</v>
       </c>
       <c r="F226" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G226">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H226" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="I226">
-        <v>12789</v>
+        <v>24372</v>
       </c>
       <c r="J226">
-        <v>0</v>
+        <v>24372</v>
       </c>
       <c r="K226">
         <v>0</v>
       </c>
       <c r="L226">
-        <v>12789</v>
+        <v>0</v>
       </c>
       <c r="M226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227">
-        <v>609</v>
+        <v>630</v>
       </c>
       <c r="B227" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C227" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D227" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="E227" t="s">
-        <v>394</v>
+        <v>110</v>
       </c>
       <c r="F227" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G227">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H227" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="I227">
-        <v>2797</v>
+        <v>3347</v>
       </c>
       <c r="J227">
         <v>0</v>
       </c>
       <c r="K227">
-        <v>0</v>
+        <v>3347</v>
       </c>
       <c r="L227">
-        <v>2797</v>
+        <v>0</v>
       </c>
       <c r="M227" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228">
-        <v>608</v>
+        <v>629</v>
       </c>
       <c r="B228" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" t="s">
         <v>398</v>
       </c>
       <c r="E228" t="s">
-        <v>394</v>
+        <v>204</v>
       </c>
       <c r="F228" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="G228">
         <v>2020</v>
       </c>
       <c r="H228" t="s">
-        <v>320</v>
+        <v>206</v>
       </c>
       <c r="I228">
-        <v>6482</v>
+        <v>30</v>
       </c>
       <c r="J228">
         <v>0</v>
       </c>
       <c r="K228">
         <v>0</v>
       </c>
       <c r="L228">
-        <v>6482</v>
+        <v>30</v>
       </c>
       <c r="M228" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="B229" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="C229" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D229" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E229" t="s">
-        <v>394</v>
+        <v>204</v>
       </c>
       <c r="F229" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="G229">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="H229" t="s">
-        <v>320</v>
+        <v>206</v>
       </c>
       <c r="I229">
-        <v>2668</v>
+        <v>30</v>
       </c>
       <c r="J229">
         <v>0</v>
       </c>
       <c r="K229">
         <v>0</v>
       </c>
       <c r="L229">
-        <v>2668</v>
+        <v>30</v>
       </c>
       <c r="M229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230">
-        <v>606</v>
+        <v>627</v>
       </c>
       <c r="B230" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C230" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D230" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E230" t="s">
-        <v>394</v>
+        <v>288</v>
       </c>
       <c r="F230" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="G230">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H230" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I230">
-        <v>31948</v>
+        <v>4324</v>
       </c>
       <c r="J230">
-        <v>0</v>
+        <v>4324</v>
       </c>
       <c r="K230">
         <v>0</v>
       </c>
       <c r="L230">
-        <v>31948</v>
+        <v>0</v>
       </c>
       <c r="M230" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231">
-        <v>605</v>
+        <v>626</v>
       </c>
       <c r="B231" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C231" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D231" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="E231" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F231" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G231">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H231" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I231">
-        <v>29210</v>
+        <v>36260</v>
       </c>
       <c r="J231">
-        <v>0</v>
+        <v>36260</v>
       </c>
       <c r="K231">
         <v>0</v>
       </c>
       <c r="L231">
-        <v>29210</v>
+        <v>0</v>
       </c>
       <c r="M231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232">
-        <v>604</v>
+        <v>625</v>
       </c>
       <c r="B232" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C232" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D232" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E232" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F232" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G232">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H232" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I232">
-        <v>15119</v>
+        <v>60190</v>
       </c>
       <c r="J232">
-        <v>0</v>
+        <v>2840</v>
       </c>
       <c r="K232">
         <v>0</v>
       </c>
       <c r="L232">
-        <v>15119</v>
+        <v>57350</v>
       </c>
       <c r="M232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233">
-        <v>603</v>
+        <v>624</v>
       </c>
       <c r="B233" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C233" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D233" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E233" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F233" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G233">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H233" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I233">
-        <v>3310</v>
+        <v>43442</v>
       </c>
       <c r="J233">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="K233">
         <v>0</v>
       </c>
       <c r="L233">
-        <v>3310</v>
+        <v>42948</v>
       </c>
       <c r="M233" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="B234" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C234" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D234" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E234" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F234" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G234">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H234" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I234">
-        <v>39638</v>
+        <v>4324</v>
       </c>
       <c r="J234">
         <v>0</v>
       </c>
       <c r="K234">
-        <v>0</v>
+        <v>4324</v>
       </c>
       <c r="L234">
-        <v>39638</v>
+        <v>0</v>
       </c>
       <c r="M234" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235">
-        <v>601</v>
+        <v>622</v>
       </c>
       <c r="B235" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C235" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D235" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E235" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F235" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G235">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H235" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I235">
-        <v>36240</v>
+        <v>14151</v>
       </c>
       <c r="J235">
         <v>0</v>
       </c>
       <c r="K235">
         <v>0</v>
       </c>
       <c r="L235">
-        <v>36240</v>
+        <v>14151</v>
       </c>
       <c r="M235" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236">
-        <v>600</v>
+        <v>621</v>
       </c>
       <c r="B236" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="C236" t="s">
         <v>14</v>
       </c>
       <c r="D236" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E236" t="s">
-        <v>394</v>
+        <v>22</v>
       </c>
       <c r="F236" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G236">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H236" t="s">
-        <v>320</v>
+        <v>52</v>
       </c>
       <c r="I236">
-        <v>24150</v>
+        <v>5000</v>
       </c>
       <c r="J236">
         <v>0</v>
       </c>
       <c r="K236">
         <v>0</v>
       </c>
       <c r="L236">
-        <v>24150</v>
+        <v>5000</v>
       </c>
       <c r="M236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237">
-        <v>599</v>
+        <v>617</v>
       </c>
       <c r="B237" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="C237" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D237" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E237" t="s">
-        <v>394</v>
+        <v>26</v>
       </c>
       <c r="F237" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G237">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H237" t="s">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="I237">
-        <v>9875</v>
+        <v>53279</v>
       </c>
       <c r="J237">
-        <v>0</v>
+        <v>53279</v>
       </c>
       <c r="K237">
         <v>0</v>
       </c>
       <c r="L237">
-        <v>9875</v>
+        <v>0</v>
       </c>
       <c r="M237" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238">
-        <v>598</v>
+        <v>618</v>
       </c>
       <c r="B238" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="C238" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D238" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E238" t="s">
-        <v>394</v>
+        <v>26</v>
       </c>
       <c r="F238" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G238">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H238" t="s">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="I238">
-        <v>89387</v>
+        <v>29173</v>
       </c>
       <c r="J238">
-        <v>0</v>
+        <v>29173</v>
       </c>
       <c r="K238">
         <v>0</v>
       </c>
       <c r="L238">
-        <v>89387</v>
+        <v>0</v>
       </c>
       <c r="M238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239">
-        <v>597</v>
+        <v>619</v>
       </c>
       <c r="B239" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="C239" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D239" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E239" t="s">
-        <v>394</v>
+        <v>26</v>
       </c>
       <c r="F239" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G239">
         <v>2021</v>
       </c>
       <c r="H239" t="s">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="I239">
-        <v>81232</v>
+        <v>24711</v>
       </c>
       <c r="J239">
-        <v>0</v>
+        <v>24711</v>
       </c>
       <c r="K239">
         <v>0</v>
       </c>
       <c r="L239">
-        <v>81232</v>
+        <v>0</v>
       </c>
       <c r="M239" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240">
-        <v>596</v>
+        <v>620</v>
       </c>
       <c r="B240" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="C240" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D240" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E240" t="s">
-        <v>394</v>
+        <v>26</v>
       </c>
       <c r="F240" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G240">
         <v>2022</v>
       </c>
       <c r="H240" t="s">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="I240">
-        <v>4934</v>
+        <v>44845</v>
       </c>
       <c r="J240">
-        <v>0</v>
+        <v>44845</v>
       </c>
       <c r="K240">
         <v>0</v>
       </c>
       <c r="L240">
-        <v>4934</v>
+        <v>0</v>
       </c>
       <c r="M240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="B241" t="s">
-        <v>392</v>
+        <v>413</v>
       </c>
       <c r="C241" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D241" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="E241" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F241" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G241">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H241" t="s">
-        <v>320</v>
+        <v>39</v>
       </c>
       <c r="I241">
-        <v>50337</v>
+        <v>1088</v>
       </c>
       <c r="J241">
         <v>0</v>
       </c>
       <c r="K241">
         <v>0</v>
       </c>
       <c r="L241">
-        <v>50337</v>
+        <v>1088</v>
       </c>
       <c r="M241" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242">
-        <v>594</v>
+        <v>615</v>
       </c>
       <c r="B242" t="s">
-        <v>392</v>
+        <v>415</v>
       </c>
       <c r="C242" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D242" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E242" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F242" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G242">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H242" t="s">
-        <v>320</v>
+        <v>39</v>
       </c>
       <c r="I242">
-        <v>28868</v>
+        <v>890</v>
       </c>
       <c r="J242">
         <v>0</v>
       </c>
       <c r="K242">
         <v>0</v>
       </c>
       <c r="L242">
-        <v>28868</v>
+        <v>890</v>
       </c>
       <c r="M242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243">
-        <v>593</v>
+        <v>614</v>
       </c>
       <c r="B243" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="C243" t="s">
         <v>14</v>
       </c>
       <c r="D243" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="E243" t="s">
-        <v>394</v>
+        <v>204</v>
       </c>
       <c r="F243" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="G243">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H243" t="s">
-        <v>320</v>
+        <v>206</v>
       </c>
       <c r="I243">
-        <v>60795</v>
+        <v>61</v>
       </c>
       <c r="J243">
         <v>0</v>
       </c>
       <c r="K243">
         <v>0</v>
       </c>
       <c r="L243">
-        <v>60795</v>
+        <v>61</v>
       </c>
       <c r="M243" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244">
-        <v>592</v>
+        <v>613</v>
       </c>
       <c r="B244" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="C244" t="s">
         <v>14</v>
       </c>
       <c r="D244" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E244" t="s">
-        <v>414</v>
+        <v>22</v>
       </c>
       <c r="F244" t="s">
-        <v>394</v>
+        <v>23</v>
       </c>
       <c r="G244">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H244" t="s">
-        <v>320</v>
+        <v>52</v>
       </c>
       <c r="I244">
-        <v>60795</v>
+        <v>5000</v>
       </c>
       <c r="J244">
         <v>0</v>
       </c>
       <c r="K244">
-        <v>60795</v>
+        <v>0</v>
       </c>
       <c r="L244">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M244" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="B245" t="s">
-        <v>392</v>
+        <v>421</v>
       </c>
       <c r="C245" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D245" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="E245" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="F245" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="G245">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H245" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I245">
-        <v>28868</v>
+        <v>1168</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
       <c r="K245">
-        <v>28868</v>
+        <v>0</v>
       </c>
       <c r="L245">
-        <v>0</v>
+        <v>1168</v>
       </c>
       <c r="M245" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="B246" t="s">
-        <v>392</v>
+        <v>421</v>
       </c>
       <c r="C246" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D246" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="E246" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="F246" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="G246">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H246" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I246">
-        <v>50337</v>
+        <v>13987</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
       <c r="K246">
-        <v>50337</v>
+        <v>0</v>
       </c>
       <c r="L246">
-        <v>0</v>
+        <v>13987</v>
       </c>
       <c r="M246" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247">
-        <v>588</v>
+        <v>610</v>
       </c>
       <c r="B247" t="s">
-        <v>392</v>
+        <v>421</v>
       </c>
       <c r="C247" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D247" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="E247" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="F247" t="s">
-        <v>394</v>
+        <v>27</v>
       </c>
       <c r="G247">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H247" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I247">
-        <v>4934</v>
+        <v>12789</v>
       </c>
       <c r="J247">
         <v>0</v>
       </c>
       <c r="K247">
-        <v>4934</v>
+        <v>0</v>
       </c>
       <c r="L247">
-        <v>0</v>
+        <v>12789</v>
       </c>
       <c r="M247" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248">
-        <v>583</v>
+        <v>609</v>
       </c>
       <c r="B248" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="C248" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D248" t="s">
-        <v>410</v>
+        <v>426</v>
       </c>
       <c r="E248" t="s">
-        <v>394</v>
+        <v>423</v>
       </c>
       <c r="F248" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="G248">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H248" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I248">
-        <v>4934</v>
+        <v>2797</v>
       </c>
       <c r="J248">
         <v>0</v>
       </c>
       <c r="K248">
-        <v>4934</v>
+        <v>0</v>
       </c>
       <c r="L248">
-        <v>0</v>
+        <v>2797</v>
       </c>
       <c r="M248" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249">
-        <v>582</v>
+        <v>608</v>
       </c>
       <c r="B249" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="C249" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D249" t="s">
-        <v>411</v>
+        <v>427</v>
       </c>
       <c r="E249" t="s">
-        <v>394</v>
+        <v>423</v>
       </c>
       <c r="F249" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="G249">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H249" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I249">
-        <v>50337</v>
+        <v>6482</v>
       </c>
       <c r="J249">
         <v>0</v>
       </c>
       <c r="K249">
-        <v>50337</v>
+        <v>0</v>
       </c>
       <c r="L249">
-        <v>0</v>
+        <v>6482</v>
       </c>
       <c r="M249" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250">
-        <v>581</v>
+        <v>607</v>
       </c>
       <c r="B250" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="C250" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D250" t="s">
-        <v>412</v>
+        <v>428</v>
       </c>
       <c r="E250" t="s">
-        <v>394</v>
+        <v>423</v>
       </c>
       <c r="F250" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="G250">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H250" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I250">
-        <v>28868</v>
+        <v>2668</v>
       </c>
       <c r="J250">
         <v>0</v>
       </c>
       <c r="K250">
-        <v>28868</v>
+        <v>0</v>
       </c>
       <c r="L250">
-        <v>0</v>
+        <v>2668</v>
       </c>
       <c r="M250" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251">
-        <v>580</v>
+        <v>606</v>
       </c>
       <c r="B251" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="C251" t="s">
         <v>14</v>
       </c>
       <c r="D251" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="E251" t="s">
-        <v>394</v>
+        <v>423</v>
       </c>
       <c r="F251" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="G251">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H251" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I251">
-        <v>60795</v>
+        <v>31948</v>
       </c>
       <c r="J251">
         <v>0</v>
       </c>
       <c r="K251">
-        <v>60795</v>
+        <v>0</v>
       </c>
       <c r="L251">
-        <v>0</v>
+        <v>31948</v>
       </c>
       <c r="M251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252">
-        <v>579</v>
+        <v>605</v>
       </c>
       <c r="B252" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C252" t="s">
         <v>14</v>
       </c>
       <c r="D252" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="E252" t="s">
-        <v>65</v>
+        <v>423</v>
       </c>
       <c r="F252" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
       <c r="G252">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H252" t="s">
-        <v>98</v>
+        <v>351</v>
       </c>
       <c r="I252">
-        <v>5549</v>
+        <v>29210</v>
       </c>
       <c r="J252">
         <v>0</v>
       </c>
       <c r="K252">
         <v>0</v>
       </c>
       <c r="L252">
-        <v>5549</v>
+        <v>29210</v>
       </c>
       <c r="M252" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253">
-        <v>577</v>
+        <v>604</v>
       </c>
       <c r="B253" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C253" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D253" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="E253" t="s">
-        <v>65</v>
+        <v>423</v>
       </c>
       <c r="F253" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G253">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H253" t="s">
-        <v>78</v>
+        <v>351</v>
       </c>
       <c r="I253">
-        <v>237570</v>
+        <v>15119</v>
       </c>
       <c r="J253">
-        <v>237570</v>
+        <v>0</v>
       </c>
       <c r="K253">
         <v>0</v>
       </c>
       <c r="L253">
-        <v>0</v>
+        <v>15119</v>
       </c>
       <c r="M253" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254">
-        <v>578</v>
+        <v>603</v>
       </c>
       <c r="B254" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C254" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D254" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="E254" t="s">
-        <v>65</v>
+        <v>423</v>
       </c>
       <c r="F254" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G254">
         <v>2023</v>
       </c>
       <c r="H254" t="s">
-        <v>78</v>
+        <v>351</v>
       </c>
       <c r="I254">
-        <v>143120</v>
+        <v>3310</v>
       </c>
       <c r="J254">
-        <v>143120</v>
+        <v>0</v>
       </c>
       <c r="K254">
         <v>0</v>
       </c>
       <c r="L254">
-        <v>0</v>
+        <v>3310</v>
       </c>
       <c r="M254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255">
-        <v>576</v>
+        <v>602</v>
       </c>
       <c r="B255" t="s">
         <v>421</v>
       </c>
       <c r="C255" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D255" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="E255" t="s">
-        <v>172</v>
+        <v>423</v>
       </c>
       <c r="F255" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G255">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H255" t="s">
-        <v>174</v>
+        <v>351</v>
       </c>
       <c r="I255">
-        <v>50000</v>
+        <v>39638</v>
       </c>
       <c r="J255">
         <v>0</v>
       </c>
       <c r="K255">
         <v>0</v>
       </c>
       <c r="L255">
-        <v>50000</v>
+        <v>39638</v>
       </c>
       <c r="M255" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256">
-        <v>575</v>
+        <v>601</v>
       </c>
       <c r="B256" t="s">
+        <v>421</v>
+      </c>
+      <c r="C256" t="s">
+        <v>14</v>
+      </c>
+      <c r="D256" t="s">
+        <v>434</v>
+      </c>
+      <c r="E256" t="s">
         <v>423</v>
       </c>
-      <c r="C256" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F256" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G256">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H256" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I256">
-        <v>15000</v>
+        <v>36240</v>
       </c>
       <c r="J256">
         <v>0</v>
       </c>
       <c r="K256">
         <v>0</v>
       </c>
       <c r="L256">
-        <v>15000</v>
+        <v>36240</v>
       </c>
       <c r="M256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257">
-        <v>574</v>
+        <v>600</v>
       </c>
       <c r="B257" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C257" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D257" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="E257" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F257" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G257">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H257" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I257">
-        <v>5000</v>
+        <v>24150</v>
       </c>
       <c r="J257">
         <v>0</v>
       </c>
       <c r="K257">
         <v>0</v>
       </c>
       <c r="L257">
-        <v>5000</v>
+        <v>24150</v>
       </c>
       <c r="M257" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258">
-        <v>573</v>
+        <v>599</v>
       </c>
       <c r="B258" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C258" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D258" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="E258" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F258" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G258">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H258" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I258">
-        <v>10</v>
+        <v>9875</v>
       </c>
       <c r="J258">
         <v>0</v>
       </c>
       <c r="K258">
         <v>0</v>
       </c>
       <c r="L258">
-        <v>10</v>
+        <v>9875</v>
       </c>
       <c r="M258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259">
-        <v>572</v>
+        <v>598</v>
       </c>
       <c r="B259" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C259" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D259" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="E259" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F259" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G259">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H259" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I259">
-        <v>10</v>
+        <v>89387</v>
       </c>
       <c r="J259">
         <v>0</v>
       </c>
       <c r="K259">
         <v>0</v>
       </c>
       <c r="L259">
-        <v>10</v>
+        <v>89387</v>
       </c>
       <c r="M259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260">
-        <v>571</v>
+        <v>597</v>
       </c>
       <c r="B260" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C260" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D260" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="E260" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F260" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G260">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H260" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I260">
-        <v>10</v>
+        <v>81232</v>
       </c>
       <c r="J260">
         <v>0</v>
       </c>
       <c r="K260">
         <v>0</v>
       </c>
       <c r="L260">
-        <v>10</v>
+        <v>81232</v>
       </c>
       <c r="M260" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261">
-        <v>570</v>
+        <v>596</v>
       </c>
       <c r="B261" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C261" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D261" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="E261" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F261" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G261">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H261" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I261">
-        <v>10</v>
+        <v>4934</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
       <c r="K261">
         <v>0</v>
       </c>
       <c r="L261">
-        <v>10</v>
+        <v>4934</v>
       </c>
       <c r="M261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262">
-        <v>569</v>
+        <v>595</v>
       </c>
       <c r="B262" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C262" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D262" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="E262" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F262" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G262">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H262" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I262">
-        <v>10</v>
+        <v>50337</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
       <c r="K262">
         <v>0</v>
       </c>
       <c r="L262">
-        <v>10</v>
+        <v>50337</v>
       </c>
       <c r="M262" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263">
-        <v>568</v>
+        <v>594</v>
       </c>
       <c r="B263" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C263" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D263" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E263" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F263" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G263">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H263" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I263">
-        <v>10</v>
+        <v>28868</v>
       </c>
       <c r="J263">
         <v>0</v>
       </c>
       <c r="K263">
         <v>0</v>
       </c>
       <c r="L263">
-        <v>10</v>
+        <v>28868</v>
       </c>
       <c r="M263" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264">
-        <v>567</v>
+        <v>593</v>
       </c>
       <c r="B264" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C264" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D264" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E264" t="s">
-        <v>272</v>
+        <v>423</v>
       </c>
       <c r="F264" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="G264">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H264" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I264">
-        <v>10</v>
+        <v>60795</v>
       </c>
       <c r="J264">
         <v>0</v>
       </c>
       <c r="K264">
         <v>0</v>
       </c>
       <c r="L264">
-        <v>10</v>
+        <v>60795</v>
       </c>
       <c r="M264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265">
-        <v>566</v>
+        <v>592</v>
       </c>
       <c r="B265" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C265" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D265" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="E265" t="s">
-        <v>272</v>
+        <v>443</v>
       </c>
       <c r="F265" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="G265">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H265" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I265">
-        <v>10</v>
+        <v>60795</v>
       </c>
       <c r="J265">
         <v>0</v>
       </c>
       <c r="K265">
-        <v>0</v>
+        <v>60795</v>
       </c>
       <c r="L265">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M265" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266">
-        <v>565</v>
+        <v>590</v>
       </c>
       <c r="B266" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C266" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D266" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="E266" t="s">
-        <v>272</v>
+        <v>443</v>
       </c>
       <c r="F266" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="G266">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H266" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I266">
-        <v>10</v>
+        <v>28868</v>
       </c>
       <c r="J266">
         <v>0</v>
       </c>
       <c r="K266">
-        <v>0</v>
+        <v>28868</v>
       </c>
       <c r="L266">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M266" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267">
-        <v>564</v>
+        <v>589</v>
       </c>
       <c r="B267" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="C267" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D267" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E267" t="s">
-        <v>272</v>
+        <v>443</v>
       </c>
       <c r="F267" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="G267">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H267" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I267">
-        <v>10</v>
+        <v>50337</v>
       </c>
       <c r="J267">
         <v>0</v>
       </c>
       <c r="K267">
-        <v>0</v>
+        <v>50337</v>
       </c>
       <c r="L267">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="M267" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268">
-        <v>563</v>
+        <v>588</v>
       </c>
       <c r="B268" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="C268" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D268" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="E268" t="s">
-        <v>16</v>
+        <v>443</v>
       </c>
       <c r="F268" t="s">
-        <v>17</v>
+        <v>423</v>
       </c>
       <c r="G268">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H268" t="s">
-        <v>18</v>
+        <v>351</v>
       </c>
       <c r="I268">
-        <v>54</v>
+        <v>4934</v>
       </c>
       <c r="J268">
         <v>0</v>
       </c>
       <c r="K268">
-        <v>0</v>
+        <v>4934</v>
       </c>
       <c r="L268">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="M268" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269">
-        <v>562</v>
+        <v>583</v>
       </c>
       <c r="B269" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C269" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D269" t="s">
+        <v>439</v>
+      </c>
+      <c r="E269" t="s">
+        <v>423</v>
+      </c>
+      <c r="F269" t="s">
         <v>443</v>
       </c>
-      <c r="E269" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G269">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H269" t="s">
-        <v>30</v>
+        <v>351</v>
       </c>
       <c r="I269">
-        <v>1000</v>
+        <v>4934</v>
       </c>
       <c r="J269">
         <v>0</v>
       </c>
       <c r="K269">
-        <v>0</v>
+        <v>4934</v>
       </c>
       <c r="L269">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M269" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270">
-        <v>561</v>
+        <v>582</v>
       </c>
       <c r="B270" t="s">
         <v>444</v>
       </c>
       <c r="C270" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D270" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="E270" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F270" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G270">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H270" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I270">
-        <v>1000</v>
+        <v>50337</v>
       </c>
       <c r="J270">
         <v>0</v>
       </c>
       <c r="K270">
-        <v>0</v>
+        <v>50337</v>
       </c>
       <c r="L270">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M270" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271">
-        <v>560</v>
+        <v>581</v>
       </c>
       <c r="B271" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C271" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D271" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="E271" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F271" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G271">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H271" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I271">
-        <v>1000</v>
+        <v>28868</v>
       </c>
       <c r="J271">
         <v>0</v>
       </c>
       <c r="K271">
-        <v>0</v>
+        <v>28868</v>
       </c>
       <c r="L271">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M271" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272">
-        <v>559</v>
+        <v>580</v>
       </c>
       <c r="B272" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C272" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D272" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="E272" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F272" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G272">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H272" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I272">
-        <v>3000</v>
+        <v>60795</v>
       </c>
       <c r="J272">
         <v>0</v>
       </c>
       <c r="K272">
-        <v>0</v>
+        <v>60795</v>
       </c>
       <c r="L272">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="M272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273">
-        <v>558</v>
+        <v>579</v>
       </c>
       <c r="B273" t="s">
+        <v>445</v>
+      </c>
+      <c r="C273" t="s">
+        <v>41</v>
+      </c>
+      <c r="D273" t="s">
         <v>446</v>
       </c>
-      <c r="C273" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E273" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F273" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G273">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H273" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="I273">
-        <v>8615</v>
+        <v>5549</v>
       </c>
       <c r="J273">
         <v>0</v>
       </c>
       <c r="K273">
         <v>0</v>
       </c>
       <c r="L273">
-        <v>8615</v>
+        <v>5549</v>
       </c>
       <c r="M273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274">
-        <v>557</v>
+        <v>577</v>
       </c>
       <c r="B274" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C274" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D274" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E274" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F274" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G274">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H274" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I274">
-        <v>1000</v>
+        <v>237570</v>
       </c>
       <c r="J274">
-        <v>0</v>
+        <v>237570</v>
       </c>
       <c r="K274">
         <v>0</v>
       </c>
       <c r="L274">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="B275" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="C275" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D275" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="E275" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F275" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
       <c r="G275">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H275" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I275">
-        <v>1690</v>
+        <v>143120</v>
       </c>
       <c r="J275">
-        <v>0</v>
+        <v>143120</v>
       </c>
       <c r="K275">
         <v>0</v>
       </c>
       <c r="L275">
-        <v>1690</v>
+        <v>0</v>
       </c>
       <c r="M275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276">
-        <v>555</v>
+        <v>576</v>
       </c>
       <c r="B276" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C276" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D276" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="E276" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="F276" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G276">
         <v>2020</v>
       </c>
       <c r="H276" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="I276">
-        <v>45648</v>
+        <v>50000</v>
       </c>
       <c r="J276">
         <v>0</v>
       </c>
       <c r="K276">
         <v>0</v>
       </c>
       <c r="L276">
-        <v>45648</v>
+        <v>50000</v>
       </c>
       <c r="M276" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277">
-        <v>554</v>
+        <v>575</v>
       </c>
       <c r="B277" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C277" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D277" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E277" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F277" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G277">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H277" t="s">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="I277">
-        <v>4352</v>
+        <v>15000</v>
       </c>
       <c r="J277">
         <v>0</v>
       </c>
       <c r="K277">
         <v>0</v>
       </c>
       <c r="L277">
-        <v>4352</v>
+        <v>15000</v>
       </c>
       <c r="M277" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278">
-        <v>551</v>
+        <v>574</v>
       </c>
       <c r="B278" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C278" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D278" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E278" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F278" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G278">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H278" t="s">
-        <v>358</v>
+        <v>52</v>
       </c>
       <c r="I278">
-        <v>14408</v>
+        <v>5000</v>
       </c>
       <c r="J278">
-        <v>14408</v>
+        <v>0</v>
       </c>
       <c r="K278">
         <v>0</v>
       </c>
       <c r="L278">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M278" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279">
-        <v>552</v>
+        <v>573</v>
       </c>
       <c r="B279" t="s">
+        <v>456</v>
+      </c>
+      <c r="C279" t="s">
+        <v>14</v>
+      </c>
+      <c r="D279" t="s">
         <v>457</v>
       </c>
-      <c r="C279" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E279" t="s">
-        <v>65</v>
+        <v>303</v>
       </c>
       <c r="F279" t="s">
-        <v>42</v>
+        <v>458</v>
       </c>
       <c r="G279">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H279" t="s">
-        <v>358</v>
+        <v>304</v>
       </c>
       <c r="I279">
-        <v>15218</v>
+        <v>10</v>
       </c>
       <c r="J279">
-        <v>15218</v>
+        <v>0</v>
       </c>
       <c r="K279">
         <v>0</v>
       </c>
       <c r="L279">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M279" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="B280" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="C280" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D280" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="E280" t="s">
-        <v>65</v>
+        <v>303</v>
       </c>
       <c r="F280" t="s">
-        <v>42</v>
+        <v>458</v>
       </c>
       <c r="G280">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="H280" t="s">
-        <v>358</v>
+        <v>304</v>
       </c>
       <c r="I280">
-        <v>6592</v>
+        <v>10</v>
       </c>
       <c r="J280">
-        <v>6592</v>
+        <v>0</v>
       </c>
       <c r="K280">
         <v>0</v>
       </c>
       <c r="L280">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M280" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281">
-        <v>549</v>
+        <v>571</v>
       </c>
       <c r="B281" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="C281" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D281" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="E281" t="s">
-        <v>71</v>
+        <v>303</v>
       </c>
       <c r="F281" t="s">
-        <v>42</v>
+        <v>458</v>
       </c>
       <c r="G281">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H281" t="s">
-        <v>72</v>
+        <v>304</v>
       </c>
       <c r="I281">
-        <v>3975</v>
+        <v>10</v>
       </c>
       <c r="J281">
-        <v>3975</v>
+        <v>0</v>
       </c>
       <c r="K281">
         <v>0</v>
       </c>
       <c r="L281">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M281" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282">
-        <v>550</v>
+        <v>570</v>
       </c>
       <c r="B282" t="s">
+        <v>456</v>
+      </c>
+      <c r="C282" t="s">
+        <v>14</v>
+      </c>
+      <c r="D282" t="s">
         <v>461</v>
       </c>
-      <c r="C282" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E282" t="s">
-        <v>71</v>
+        <v>303</v>
       </c>
       <c r="F282" t="s">
-        <v>42</v>
+        <v>458</v>
       </c>
       <c r="G282">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="H282" t="s">
-        <v>72</v>
+        <v>304</v>
       </c>
       <c r="I282">
-        <v>12327</v>
+        <v>10</v>
       </c>
       <c r="J282">
-        <v>12327</v>
+        <v>0</v>
       </c>
       <c r="K282">
         <v>0</v>
       </c>
       <c r="L282">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M282" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283">
-        <v>548</v>
+        <v>569</v>
       </c>
       <c r="B283" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="C283" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D283" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E283" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F283" t="s">
-        <v>198</v>
+        <v>458</v>
       </c>
       <c r="G283">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H283" t="s">
-        <v>98</v>
+        <v>304</v>
       </c>
       <c r="I283">
-        <v>945</v>
+        <v>10</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
       <c r="K283">
         <v>0</v>
       </c>
       <c r="L283">
-        <v>945</v>
+        <v>10</v>
       </c>
       <c r="M283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="B284" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="C284" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D284" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="E284" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="F284" t="s">
-        <v>17</v>
+        <v>458</v>
       </c>
       <c r="G284">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H284" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="I284">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="J284">
         <v>0</v>
       </c>
       <c r="K284">
         <v>0</v>
       </c>
       <c r="L284">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="M284" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285">
-        <v>546</v>
+        <v>567</v>
       </c>
       <c r="B285" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="C285" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D285" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="E285" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F285" t="s">
-        <v>198</v>
+        <v>458</v>
       </c>
       <c r="G285">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H285" t="s">
-        <v>214</v>
+        <v>304</v>
       </c>
       <c r="I285">
-        <v>410</v>
+        <v>10</v>
       </c>
       <c r="J285">
         <v>0</v>
       </c>
       <c r="K285">
         <v>0</v>
       </c>
       <c r="L285">
-        <v>410</v>
+        <v>10</v>
       </c>
       <c r="M285" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286">
-        <v>545</v>
+        <v>566</v>
       </c>
       <c r="B286" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="C286" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D286" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="E286" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F286" t="s">
-        <v>198</v>
+        <v>458</v>
       </c>
       <c r="G286">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H286" t="s">
-        <v>98</v>
+        <v>304</v>
       </c>
       <c r="I286">
-        <v>1210</v>
+        <v>10</v>
       </c>
       <c r="J286">
         <v>0</v>
       </c>
       <c r="K286">
         <v>0</v>
       </c>
       <c r="L286">
-        <v>1210</v>
+        <v>10</v>
       </c>
       <c r="M286" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287">
-        <v>544</v>
+        <v>565</v>
       </c>
       <c r="B287" t="s">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="C287" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D287" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="E287" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F287" t="s">
-        <v>198</v>
+        <v>458</v>
       </c>
       <c r="G287">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H287" t="s">
-        <v>130</v>
+        <v>304</v>
       </c>
       <c r="I287">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="J287">
         <v>0</v>
       </c>
       <c r="K287">
         <v>0</v>
       </c>
       <c r="L287">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="M287" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288">
-        <v>543</v>
+        <v>564</v>
       </c>
       <c r="B288" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="C288" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D288" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="E288" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F288" t="s">
-        <v>198</v>
+        <v>458</v>
       </c>
       <c r="G288">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H288" t="s">
-        <v>98</v>
+        <v>304</v>
       </c>
       <c r="I288">
-        <v>1800</v>
+        <v>10</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
       <c r="K288">
         <v>0</v>
       </c>
       <c r="L288">
-        <v>1800</v>
+        <v>10</v>
       </c>
       <c r="M288" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289">
-        <v>542</v>
+        <v>563</v>
       </c>
       <c r="B289" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="C289" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D289" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="E289" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F289" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G289">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H289" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I289">
-        <v>1000</v>
+        <v>54</v>
       </c>
       <c r="J289">
-        <v>985</v>
+        <v>0</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="M289" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290">
-        <v>541</v>
+        <v>562</v>
       </c>
       <c r="B290" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="C290" t="s">
+        <v>14</v>
+      </c>
+      <c r="D290" t="s">
+        <v>472</v>
+      </c>
+      <c r="E290" t="s">
+        <v>22</v>
+      </c>
+      <c r="F290" t="s">
+        <v>23</v>
+      </c>
+      <c r="G290">
+        <v>2017</v>
+      </c>
+      <c r="H290" t="s">
         <v>24</v>
       </c>
-      <c r="D290" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I290">
-        <v>362</v>
+        <v>1000</v>
       </c>
       <c r="J290">
         <v>0</v>
       </c>
       <c r="K290">
         <v>0</v>
       </c>
       <c r="L290">
-        <v>362</v>
+        <v>1000</v>
       </c>
       <c r="M290" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="B291" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C291" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D291" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="E291" t="s">
-        <v>480</v>
+        <v>22</v>
       </c>
       <c r="F291" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="G291">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H291" t="s">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="I291">
-        <v>128769</v>
+        <v>1000</v>
       </c>
       <c r="J291">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="K291">
-        <v>96498</v>
+        <v>0</v>
       </c>
       <c r="L291">
-        <v>31786</v>
+        <v>1000</v>
       </c>
       <c r="M291" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="B292" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="C292" t="s">
         <v>14</v>
       </c>
       <c r="D292" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="E292" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F292" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
       <c r="G292">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H292" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="I292">
-        <v>199</v>
+        <v>1000</v>
       </c>
       <c r="J292">
         <v>0</v>
       </c>
       <c r="K292">
         <v>0</v>
       </c>
       <c r="L292">
-        <v>199</v>
+        <v>1000</v>
       </c>
       <c r="M292" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="B293" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="C293" t="s">
         <v>14</v>
       </c>
       <c r="D293" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="E293" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F293" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G293">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H293" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I293">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="J293">
         <v>0</v>
       </c>
       <c r="K293">
         <v>0</v>
       </c>
       <c r="L293">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="M293" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294">
-        <v>537</v>
+        <v>558</v>
       </c>
       <c r="B294" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="C294" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D294" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E294" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F294" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G294">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H294" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I294">
-        <v>1597</v>
+        <v>8615</v>
       </c>
       <c r="J294">
         <v>0</v>
       </c>
       <c r="K294">
         <v>0</v>
       </c>
       <c r="L294">
-        <v>1597</v>
+        <v>8615</v>
       </c>
       <c r="M294" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295">
-        <v>536</v>
+        <v>557</v>
       </c>
       <c r="B295" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="C295" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D295" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="E295" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F295" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="G295">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H295" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="I295">
         <v>1000</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
       <c r="K295">
         <v>0</v>
       </c>
       <c r="L295">
         <v>1000</v>
       </c>
       <c r="M295" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296">
-        <v>535</v>
+        <v>556</v>
       </c>
       <c r="B296" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C296" t="s">
         <v>14</v>
       </c>
       <c r="D296" t="s">
-        <v>164</v>
+        <v>482</v>
       </c>
       <c r="E296" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="F296" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G296">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H296" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="I296">
-        <v>25829</v>
+        <v>1690</v>
       </c>
       <c r="J296">
         <v>0</v>
       </c>
       <c r="K296">
-        <v>25829</v>
+        <v>0</v>
       </c>
       <c r="L296">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="M296" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="B297" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C297" t="s">
         <v>14</v>
       </c>
       <c r="D297" t="s">
-        <v>236</v>
+        <v>484</v>
       </c>
       <c r="E297" t="s">
-        <v>163</v>
+        <v>204</v>
       </c>
       <c r="F297" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G297">
         <v>2020</v>
       </c>
       <c r="H297" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I297">
-        <v>14171</v>
+        <v>45648</v>
       </c>
       <c r="J297">
         <v>0</v>
       </c>
       <c r="K297">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L297">
-        <v>0</v>
+        <v>45648</v>
       </c>
       <c r="M297" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B298" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="C298" t="s">
         <v>14</v>
       </c>
       <c r="D298" t="s">
-        <v>236</v>
+        <v>485</v>
       </c>
       <c r="E298" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F298" t="s">
-        <v>163</v>
+        <v>27</v>
       </c>
       <c r="G298">
         <v>2020</v>
       </c>
       <c r="H298" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I298">
-        <v>14171</v>
+        <v>4352</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
       <c r="K298">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L298">
-        <v>0</v>
+        <v>4352</v>
       </c>
       <c r="M298" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299">
-        <v>532</v>
+        <v>551</v>
       </c>
       <c r="B299" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="C299" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D299" t="s">
-        <v>164</v>
+        <v>487</v>
       </c>
       <c r="E299" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="F299" t="s">
-        <v>163</v>
+        <v>38</v>
       </c>
       <c r="G299">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H299" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="I299">
-        <v>25829</v>
+        <v>14408</v>
       </c>
       <c r="J299">
-        <v>0</v>
+        <v>14408</v>
       </c>
       <c r="K299">
-        <v>25829</v>
+        <v>0</v>
       </c>
       <c r="L299">
         <v>0</v>
       </c>
       <c r="M299" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300">
-        <v>531</v>
+        <v>552</v>
       </c>
       <c r="B300" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="C300" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D300" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="E300" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F300" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G300">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H300" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="I300">
-        <v>14000</v>
+        <v>15218</v>
       </c>
       <c r="J300">
-        <v>0</v>
+        <v>15218</v>
       </c>
       <c r="K300">
         <v>0</v>
       </c>
       <c r="L300">
-        <v>14000</v>
+        <v>0</v>
       </c>
       <c r="M300" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301">
-        <v>528</v>
+        <v>553</v>
       </c>
       <c r="B301" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C301" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D301" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E301" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="F301" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G301">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H301" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="I301">
-        <v>16624</v>
+        <v>6592</v>
       </c>
       <c r="J301">
-        <v>16624</v>
+        <v>6592</v>
       </c>
       <c r="K301">
         <v>0</v>
       </c>
       <c r="L301">
         <v>0</v>
       </c>
       <c r="M301" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302">
-        <v>529</v>
+        <v>549</v>
       </c>
       <c r="B302" t="s">
+        <v>490</v>
+      </c>
+      <c r="C302" t="s">
+        <v>35</v>
+      </c>
+      <c r="D302" t="s">
         <v>491</v>
       </c>
-      <c r="C302" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E302" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="F302" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G302">
         <v>2022</v>
       </c>
       <c r="H302" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I302">
-        <v>21153</v>
+        <v>3975</v>
       </c>
       <c r="J302">
-        <v>21153</v>
+        <v>3975</v>
       </c>
       <c r="K302">
         <v>0</v>
       </c>
       <c r="L302">
         <v>0</v>
       </c>
       <c r="M302" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303">
-        <v>530</v>
+        <v>550</v>
       </c>
       <c r="B303" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C303" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D303" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E303" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="F303" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G303">
         <v>2023</v>
       </c>
       <c r="H303" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I303">
-        <v>3084</v>
+        <v>12327</v>
       </c>
       <c r="J303">
-        <v>3084</v>
+        <v>12327</v>
       </c>
       <c r="K303">
         <v>0</v>
       </c>
       <c r="L303">
         <v>0</v>
       </c>
       <c r="M303" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="B304" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C304" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D304" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E304" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F304" t="s">
-        <v>497</v>
+        <v>229</v>
       </c>
       <c r="G304">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H304" t="s">
-        <v>498</v>
+        <v>131</v>
       </c>
       <c r="I304">
-        <v>5000</v>
+        <v>945</v>
       </c>
       <c r="J304">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="K304">
         <v>0</v>
       </c>
       <c r="L304">
-        <v>0</v>
+        <v>945</v>
       </c>
       <c r="M304" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="B305" t="s">
         <v>495</v>
       </c>
       <c r="C305" t="s">
         <v>14</v>
       </c>
       <c r="D305" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E305" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F305" t="s">
-        <v>497</v>
+        <v>23</v>
       </c>
       <c r="G305">
         <v>2019</v>
       </c>
       <c r="H305" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I305">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="J305">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="K305">
         <v>0</v>
       </c>
       <c r="L305">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M305" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306">
-        <v>525</v>
+        <v>546</v>
       </c>
       <c r="B306" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C306" t="s">
         <v>14</v>
       </c>
       <c r="D306" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="E306" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F306" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="G306">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="H306" t="s">
-        <v>18</v>
+        <v>245</v>
       </c>
       <c r="I306">
-        <v>4000</v>
+        <v>410</v>
       </c>
       <c r="J306">
         <v>0</v>
       </c>
       <c r="K306">
         <v>0</v>
       </c>
       <c r="L306">
-        <v>4000</v>
+        <v>410</v>
       </c>
       <c r="M306" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307">
-        <v>524</v>
+        <v>545</v>
       </c>
       <c r="B307" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="C307" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D307" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="E307" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F307" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="G307">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="H307" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I307">
-        <v>62</v>
+        <v>1210</v>
       </c>
       <c r="J307">
         <v>0</v>
       </c>
       <c r="K307">
         <v>0</v>
       </c>
       <c r="L307">
-        <v>62</v>
+        <v>1210</v>
       </c>
       <c r="M307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308">
-        <v>523</v>
+        <v>544</v>
       </c>
       <c r="B308" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="C308" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D308" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="E308" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F308" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G308">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H308" t="s">
-        <v>320</v>
+        <v>162</v>
       </c>
       <c r="I308">
         <v>100</v>
       </c>
       <c r="J308">
         <v>0</v>
       </c>
       <c r="K308">
         <v>0</v>
       </c>
       <c r="L308">
         <v>100</v>
       </c>
       <c r="M308" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309">
-        <v>522</v>
+        <v>543</v>
       </c>
       <c r="B309" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="C309" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D309" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="E309" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F309" t="s">
-        <v>33</v>
+        <v>229</v>
       </c>
       <c r="G309">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H309" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I309">
-        <v>40351</v>
+        <v>1800</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
       <c r="K309">
         <v>0</v>
       </c>
       <c r="L309">
-        <v>40351</v>
+        <v>1800</v>
       </c>
       <c r="M309" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310">
-        <v>521</v>
+        <v>542</v>
       </c>
       <c r="B310" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C310" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D310" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="E310" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F310" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G310">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H310" t="s">
-        <v>174</v>
+        <v>75</v>
       </c>
       <c r="I310">
-        <v>9649</v>
+        <v>1000</v>
       </c>
       <c r="J310">
-        <v>0</v>
+        <v>985</v>
       </c>
       <c r="K310">
         <v>0</v>
       </c>
       <c r="L310">
-        <v>9649</v>
+        <v>15</v>
       </c>
       <c r="M310" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311">
-        <v>520</v>
+        <v>541</v>
       </c>
       <c r="B311" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C311" t="s">
         <v>14</v>
       </c>
       <c r="D311" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E311" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F311" t="s">
-        <v>77</v>
+        <v>205</v>
       </c>
       <c r="G311">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="H311" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I311">
-        <v>253</v>
+        <v>362</v>
       </c>
       <c r="J311">
         <v>0</v>
       </c>
       <c r="K311">
         <v>0</v>
       </c>
       <c r="L311">
-        <v>253</v>
+        <v>362</v>
       </c>
       <c r="M311" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312">
-        <v>519</v>
+        <v>540</v>
       </c>
       <c r="B312" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C312" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D312" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="E312" t="s">
-        <v>65</v>
+        <v>509</v>
       </c>
       <c r="F312" t="s">
-        <v>77</v>
+        <v>204</v>
       </c>
       <c r="G312">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H312" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I312">
-        <v>200</v>
+        <v>128769</v>
       </c>
       <c r="J312">
-        <v>200</v>
+        <v>145</v>
       </c>
       <c r="K312">
-        <v>0</v>
+        <v>96498</v>
       </c>
       <c r="L312">
-        <v>0</v>
+        <v>32126</v>
       </c>
       <c r="M312" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313">
-        <v>518</v>
+        <v>539</v>
       </c>
       <c r="B313" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C313" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D313" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="E313" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F313" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="G313">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H313" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="I313">
-        <v>1000</v>
+        <v>199</v>
       </c>
       <c r="J313">
         <v>0</v>
       </c>
       <c r="K313">
         <v>0</v>
       </c>
       <c r="L313">
-        <v>1000</v>
+        <v>199</v>
       </c>
       <c r="M313" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314">
-        <v>516</v>
+        <v>538</v>
       </c>
       <c r="B314" t="s">
+        <v>512</v>
+      </c>
+      <c r="C314" t="s">
+        <v>41</v>
+      </c>
+      <c r="D314" t="s">
         <v>513</v>
       </c>
-      <c r="C314" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E314" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F314" t="s">
-        <v>88</v>
+        <v>23</v>
+      </c>
+      <c r="G314">
+        <v>2017</v>
       </c>
       <c r="H314" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="I314">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="J314">
         <v>0</v>
       </c>
       <c r="K314">
         <v>0</v>
       </c>
       <c r="L314">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="M314" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315">
-        <v>515</v>
+        <v>537</v>
       </c>
       <c r="B315" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C315" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D315" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="E315" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F315" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="G315">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H315" t="s">
-        <v>258</v>
+        <v>54</v>
       </c>
       <c r="I315">
-        <v>6031</v>
+        <v>1597</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
       <c r="K315">
         <v>0</v>
       </c>
       <c r="L315">
-        <v>6031</v>
+        <v>1597</v>
       </c>
       <c r="M315" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316">
-        <v>514</v>
+        <v>536</v>
       </c>
       <c r="B316" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C316" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D316" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="E316" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F316" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="G316">
         <v>2019</v>
       </c>
       <c r="H316" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="I316">
-        <v>427</v>
+        <v>1000</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
       <c r="K316">
         <v>0</v>
       </c>
       <c r="L316">
-        <v>427</v>
+        <v>1000</v>
       </c>
       <c r="M316" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317">
-        <v>513</v>
+        <v>535</v>
       </c>
       <c r="B317" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C317" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D317" t="s">
-        <v>518</v>
+        <v>196</v>
       </c>
       <c r="E317" t="s">
-        <v>257</v>
+        <v>195</v>
       </c>
       <c r="F317" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="G317">
         <v>2019</v>
       </c>
       <c r="H317" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="I317">
-        <v>2938</v>
+        <v>25829</v>
       </c>
       <c r="J317">
         <v>0</v>
       </c>
       <c r="K317">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="L317">
-        <v>2938</v>
+        <v>0</v>
       </c>
       <c r="M317" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318">
-        <v>512</v>
+        <v>534</v>
       </c>
       <c r="B318" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C318" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D318" t="s">
-        <v>520</v>
+        <v>267</v>
       </c>
       <c r="E318" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="F318" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="G318">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H318" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I318">
-        <v>244</v>
+        <v>14171</v>
       </c>
       <c r="J318">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="K318">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L318">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="M318" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319">
-        <v>511</v>
+        <v>533</v>
       </c>
       <c r="B319" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C319" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D319" t="s">
-        <v>522</v>
+        <v>267</v>
       </c>
       <c r="E319" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F319" t="s">
-        <v>97</v>
+        <v>195</v>
       </c>
       <c r="G319">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H319" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I319">
-        <v>540</v>
+        <v>14171</v>
       </c>
       <c r="J319">
         <v>0</v>
       </c>
       <c r="K319">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L319">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="M319" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320">
-        <v>510</v>
+        <v>532</v>
       </c>
       <c r="B320" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="C320" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D320" t="s">
-        <v>524</v>
+        <v>196</v>
       </c>
       <c r="E320" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="F320" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="G320">
         <v>2019</v>
       </c>
       <c r="H320" t="s">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="I320">
-        <v>1000</v>
+        <v>25829</v>
       </c>
       <c r="J320">
-        <v>464</v>
+        <v>0</v>
       </c>
       <c r="K320">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="L320">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="M320" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="B321" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="C321" t="s">
         <v>14</v>
       </c>
       <c r="D321" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="E321" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F321" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G321">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H321" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I321">
-        <v>1000</v>
+        <v>14000</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321">
         <v>0</v>
       </c>
       <c r="L321">
-        <v>1000</v>
+        <v>14000</v>
       </c>
       <c r="M321" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322">
-        <v>508</v>
+        <v>528</v>
       </c>
       <c r="B322" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C322" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D322" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="E322" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="F322" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
       <c r="G322">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H322" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="I322">
-        <v>357</v>
+        <v>16624</v>
       </c>
       <c r="J322">
-        <v>0</v>
+        <v>16624</v>
       </c>
       <c r="K322">
         <v>0</v>
       </c>
       <c r="L322">
-        <v>357</v>
+        <v>0</v>
       </c>
       <c r="M322" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323">
-        <v>506</v>
+        <v>529</v>
       </c>
       <c r="B323" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="C323" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D323" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="E323" t="s">
-        <v>529</v>
+        <v>136</v>
       </c>
       <c r="F323" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G323">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H323" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="I323">
-        <v>49862</v>
+        <v>21153</v>
       </c>
       <c r="J323">
-        <v>49862</v>
+        <v>21153</v>
       </c>
       <c r="K323">
         <v>0</v>
       </c>
       <c r="L323">
         <v>0</v>
       </c>
       <c r="M323" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324">
-        <v>507</v>
+        <v>530</v>
       </c>
       <c r="B324" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="C324" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D324" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="E324" t="s">
-        <v>529</v>
+        <v>136</v>
       </c>
       <c r="F324" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G324">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H324" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="I324">
-        <v>72688</v>
+        <v>3084</v>
       </c>
       <c r="J324">
-        <v>72688</v>
+        <v>3084</v>
       </c>
       <c r="K324">
         <v>0</v>
       </c>
       <c r="L324">
         <v>0</v>
       </c>
       <c r="M324" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325">
-        <v>505</v>
+        <v>527</v>
       </c>
       <c r="B325" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="C325" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D325" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="E325" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="F325" t="s">
-        <v>173</v>
+        <v>526</v>
       </c>
       <c r="G325">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="H325" t="s">
-        <v>174</v>
+        <v>527</v>
       </c>
       <c r="I325">
-        <v>30</v>
+        <v>5000</v>
       </c>
       <c r="J325">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="K325">
         <v>0</v>
       </c>
       <c r="L325">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="M325" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326">
-        <v>504</v>
+        <v>526</v>
       </c>
       <c r="B326" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="C326" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D326" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E326" t="s">
-        <v>535</v>
+        <v>204</v>
       </c>
       <c r="F326" t="s">
-        <v>65</v>
+        <v>526</v>
       </c>
       <c r="G326">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H326" t="s">
-        <v>98</v>
+        <v>529</v>
       </c>
       <c r="I326">
-        <v>25241</v>
+        <v>10000</v>
       </c>
       <c r="J326">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326">
-        <v>25241</v>
+        <v>0</v>
       </c>
       <c r="M326" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327">
-        <v>503</v>
+        <v>525</v>
       </c>
       <c r="B327" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C327" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D327" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="E327" t="s">
-        <v>535</v>
+        <v>22</v>
       </c>
       <c r="F327" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="G327">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H327" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="I327">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
       <c r="K327">
         <v>0</v>
       </c>
       <c r="L327">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="M327" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328">
-        <v>502</v>
+        <v>524</v>
       </c>
       <c r="B328" t="s">
+        <v>532</v>
+      </c>
+      <c r="C328" t="s">
+        <v>14</v>
+      </c>
+      <c r="D328" t="s">
         <v>533</v>
       </c>
-      <c r="C328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E328" t="s">
-        <v>297</v>
+        <v>204</v>
       </c>
       <c r="F328" t="s">
-        <v>535</v>
+        <v>205</v>
       </c>
       <c r="G328">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H328" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I328">
-        <v>25241</v>
+        <v>62</v>
       </c>
       <c r="J328">
         <v>0</v>
       </c>
       <c r="K328">
-        <v>25241</v>
+        <v>0</v>
       </c>
       <c r="L328">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="M328" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329">
-        <v>501</v>
+        <v>523</v>
       </c>
       <c r="B329" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C329" t="s">
         <v>14</v>
       </c>
       <c r="D329" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="E329" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="F329" t="s">
-        <v>535</v>
+        <v>229</v>
       </c>
       <c r="G329">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H329" t="s">
-        <v>98</v>
+        <v>351</v>
       </c>
       <c r="I329">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
       <c r="K329">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L329">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M329" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330">
-        <v>500</v>
+        <v>522</v>
       </c>
       <c r="B330" t="s">
+        <v>536</v>
+      </c>
+      <c r="C330" t="s">
+        <v>14</v>
+      </c>
+      <c r="D330" t="s">
         <v>537</v>
       </c>
-      <c r="C330" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E330" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="F330" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="G330">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H330" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I330">
-        <v>10000</v>
+        <v>40351</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
       <c r="K330">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L330">
-        <v>0</v>
+        <v>40351</v>
       </c>
       <c r="M330" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331">
-        <v>499</v>
+        <v>521</v>
       </c>
       <c r="B331" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C331" t="s">
         <v>14</v>
       </c>
       <c r="D331" t="s">
         <v>538</v>
       </c>
       <c r="E331" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F331" t="s">
-        <v>257</v>
+        <v>27</v>
       </c>
       <c r="G331">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H331" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I331">
-        <v>12938</v>
+        <v>9649</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
       <c r="K331">
-        <v>12938</v>
+        <v>0</v>
       </c>
       <c r="L331">
-        <v>0</v>
+        <v>9649</v>
       </c>
       <c r="M331" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332">
-        <v>498</v>
+        <v>520</v>
       </c>
       <c r="B332" t="s">
         <v>539</v>
       </c>
       <c r="C332" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D332" t="s">
         <v>540</v>
       </c>
       <c r="E332" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
       <c r="F332" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="G332">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H332" t="s">
-        <v>541</v>
+        <v>137</v>
       </c>
       <c r="I332">
-        <v>34713</v>
+        <v>253</v>
       </c>
       <c r="J332">
-        <v>11096</v>
+        <v>0</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332">
-        <v>23617</v>
+        <v>253</v>
       </c>
       <c r="M332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333">
-        <v>497</v>
+        <v>519</v>
       </c>
       <c r="B333" t="s">
         <v>539</v>
       </c>
       <c r="C333" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D333" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="E333" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
       <c r="F333" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="G333">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H333" t="s">
-        <v>541</v>
+        <v>131</v>
       </c>
       <c r="I333">
-        <v>1687</v>
+        <v>200</v>
       </c>
       <c r="J333">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333">
-        <v>1687</v>
+        <v>0</v>
       </c>
       <c r="M333" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334">
-        <v>496</v>
+        <v>518</v>
       </c>
       <c r="B334" t="s">
+        <v>542</v>
+      </c>
+      <c r="C334" t="s">
+        <v>14</v>
+      </c>
+      <c r="D334" t="s">
         <v>543</v>
       </c>
-      <c r="C334" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E334" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F334" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G334">
         <v>2019</v>
       </c>
       <c r="H334" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I334">
         <v>1000</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
       <c r="K334">
         <v>0</v>
       </c>
       <c r="L334">
         <v>1000</v>
       </c>
       <c r="M334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="B335" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C335" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D335" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E335" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="F335" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>17</v>
       </c>
       <c r="H335" t="s">
-        <v>174</v>
+        <v>111</v>
       </c>
       <c r="I335">
-        <v>1812</v>
+        <v>50</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
       <c r="K335">
         <v>0</v>
       </c>
       <c r="L335">
-        <v>1812</v>
+        <v>50</v>
       </c>
       <c r="M335" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="B336" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C336" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D336" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="E336" t="s">
-        <v>414</v>
+        <v>288</v>
       </c>
       <c r="F336" t="s">
-        <v>549</v>
+        <v>17</v>
       </c>
       <c r="G336">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H336" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I336">
-        <v>7541</v>
+        <v>6031</v>
       </c>
       <c r="J336">
         <v>0</v>
       </c>
       <c r="K336">
         <v>0</v>
       </c>
       <c r="L336">
-        <v>7541</v>
+        <v>6031</v>
       </c>
       <c r="M336" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="B337" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C337" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D337" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E337" t="s">
-        <v>414</v>
+        <v>288</v>
       </c>
       <c r="F337" t="s">
-        <v>549</v>
+        <v>17</v>
       </c>
       <c r="G337">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H337" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I337">
-        <v>23381</v>
+        <v>427</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337">
         <v>0</v>
       </c>
       <c r="L337">
-        <v>23381</v>
+        <v>427</v>
       </c>
       <c r="M337" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338">
-        <v>492</v>
+        <v>513</v>
       </c>
       <c r="B338" t="s">
+        <v>542</v>
+      </c>
+      <c r="C338" t="s">
+        <v>41</v>
+      </c>
+      <c r="D338" t="s">
         <v>547</v>
       </c>
-      <c r="C338" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E338" t="s">
-        <v>414</v>
+        <v>288</v>
       </c>
       <c r="F338" t="s">
-        <v>549</v>
+        <v>17</v>
       </c>
       <c r="G338">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H338" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I338">
-        <v>2110</v>
+        <v>2938</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
       <c r="K338">
         <v>0</v>
       </c>
       <c r="L338">
-        <v>2110</v>
+        <v>2938</v>
       </c>
       <c r="M338" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339">
-        <v>491</v>
+        <v>512</v>
       </c>
       <c r="B339" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C339" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D339" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E339" t="s">
-        <v>414</v>
+        <v>37</v>
       </c>
       <c r="F339" t="s">
-        <v>549</v>
+        <v>58</v>
       </c>
       <c r="G339">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H339" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="I339">
-        <v>31520</v>
+        <v>244</v>
       </c>
       <c r="J339">
-        <v>0</v>
+        <v>182</v>
       </c>
       <c r="K339">
         <v>0</v>
       </c>
       <c r="L339">
-        <v>31520</v>
+        <v>62</v>
       </c>
       <c r="M339" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340">
-        <v>490</v>
+        <v>511</v>
       </c>
       <c r="B340" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C340" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D340" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="E340" t="s">
-        <v>414</v>
+        <v>37</v>
       </c>
       <c r="F340" t="s">
-        <v>549</v>
+        <v>58</v>
       </c>
       <c r="G340">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H340" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="I340">
-        <v>6340</v>
+        <v>540</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340">
-        <v>6340</v>
+        <v>540</v>
       </c>
       <c r="M340" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341">
-        <v>489</v>
+        <v>510</v>
       </c>
       <c r="B341" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C341" t="s">
+        <v>14</v>
+      </c>
+      <c r="D341" t="s">
+        <v>553</v>
+      </c>
+      <c r="E341" t="s">
+        <v>22</v>
+      </c>
+      <c r="F341" t="s">
+        <v>23</v>
+      </c>
+      <c r="G341">
+        <v>2019</v>
+      </c>
+      <c r="H341" t="s">
         <v>24</v>
       </c>
-      <c r="D341" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I341">
-        <v>972</v>
+        <v>1000</v>
       </c>
       <c r="J341">
-        <v>0</v>
+        <v>464</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341">
-        <v>972</v>
+        <v>536</v>
       </c>
       <c r="M341" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342">
-        <v>488</v>
+        <v>509</v>
       </c>
       <c r="B342" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C342" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D342" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="E342" t="s">
-        <v>414</v>
+        <v>22</v>
       </c>
       <c r="F342" t="s">
-        <v>549</v>
+        <v>23</v>
       </c>
       <c r="G342">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H342" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="I342">
-        <v>40000</v>
+        <v>1000</v>
       </c>
       <c r="J342">
         <v>0</v>
       </c>
       <c r="K342">
         <v>0</v>
       </c>
       <c r="L342">
-        <v>40000</v>
+        <v>1000</v>
       </c>
       <c r="M342" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343">
-        <v>487</v>
+        <v>508</v>
       </c>
       <c r="B343" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C343" t="s">
         <v>14</v>
       </c>
       <c r="D343" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="E343" t="s">
-        <v>414</v>
+        <v>66</v>
       </c>
       <c r="F343" t="s">
-        <v>549</v>
+        <v>229</v>
       </c>
       <c r="G343">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H343" t="s">
-        <v>98</v>
+        <v>162</v>
       </c>
       <c r="I343">
-        <v>12155</v>
+        <v>357</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343">
-        <v>12155</v>
+        <v>357</v>
       </c>
       <c r="M343" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344">
-        <v>486</v>
+        <v>506</v>
       </c>
       <c r="B344" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="C344" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D344" t="s">
         <v>557</v>
       </c>
       <c r="E344" t="s">
-        <v>414</v>
+        <v>558</v>
       </c>
       <c r="F344" t="s">
-        <v>549</v>
+        <v>38</v>
       </c>
       <c r="G344">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H344" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="I344">
-        <v>18127</v>
+        <v>49862</v>
       </c>
       <c r="J344">
-        <v>0</v>
+        <v>49862</v>
       </c>
       <c r="K344">
         <v>0</v>
       </c>
       <c r="L344">
-        <v>18127</v>
+        <v>0</v>
       </c>
       <c r="M344" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345">
-        <v>485</v>
+        <v>507</v>
       </c>
       <c r="B345" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="C345" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D345" t="s">
+        <v>559</v>
+      </c>
+      <c r="E345" t="s">
         <v>558</v>
       </c>
-      <c r="E345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F345" t="s">
-        <v>549</v>
+        <v>38</v>
       </c>
       <c r="G345">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H345" t="s">
-        <v>258</v>
+        <v>127</v>
       </c>
       <c r="I345">
-        <v>46286</v>
+        <v>72688</v>
       </c>
       <c r="J345">
-        <v>0</v>
+        <v>72688</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345">
-        <v>46286</v>
+        <v>0</v>
       </c>
       <c r="M345" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346">
-        <v>484</v>
+        <v>505</v>
       </c>
       <c r="B346" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="C346" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D346" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E346" t="s">
-        <v>414</v>
+        <v>204</v>
       </c>
       <c r="F346" t="s">
-        <v>549</v>
+        <v>205</v>
       </c>
       <c r="G346">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H346" t="s">
-        <v>258</v>
+        <v>206</v>
       </c>
       <c r="I346">
-        <v>1321</v>
+        <v>30</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
       <c r="K346">
         <v>0</v>
       </c>
       <c r="L346">
-        <v>1321</v>
+        <v>30</v>
       </c>
       <c r="M346" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347">
-        <v>483</v>
+        <v>504</v>
       </c>
       <c r="B347" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="C347" t="s">
         <v>14</v>
       </c>
       <c r="D347" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E347" t="s">
-        <v>414</v>
+        <v>564</v>
       </c>
       <c r="F347" t="s">
-        <v>549</v>
+        <v>37</v>
       </c>
       <c r="G347">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H347" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I347">
-        <v>3247</v>
+        <v>25241</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
       <c r="K347">
         <v>0</v>
       </c>
       <c r="L347">
-        <v>3247</v>
+        <v>25241</v>
       </c>
       <c r="M347" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="B348" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="C348" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D348" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="E348" t="s">
-        <v>414</v>
+        <v>564</v>
       </c>
       <c r="F348" t="s">
-        <v>549</v>
+        <v>37</v>
       </c>
       <c r="G348">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H348" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I348">
-        <v>7000</v>
+        <v>10000</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
       <c r="K348">
         <v>0</v>
       </c>
       <c r="L348">
-        <v>7000</v>
+        <v>10000</v>
       </c>
       <c r="M348" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349">
-        <v>481</v>
+        <v>502</v>
       </c>
       <c r="B349" t="s">
         <v>562</v>
       </c>
       <c r="C349" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D349" t="s">
         <v>563</v>
       </c>
       <c r="E349" t="s">
-        <v>65</v>
+        <v>328</v>
       </c>
       <c r="F349" t="s">
-        <v>257</v>
+        <v>564</v>
       </c>
       <c r="G349">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H349" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I349">
-        <v>36006</v>
+        <v>25241</v>
       </c>
       <c r="J349">
-        <v>4955</v>
+        <v>0</v>
       </c>
       <c r="K349">
-        <v>0</v>
+        <v>25241</v>
       </c>
       <c r="L349">
-        <v>31051</v>
+        <v>0</v>
       </c>
       <c r="M349" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="B350" t="s">
         <v>562</v>
       </c>
       <c r="C350" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D350" t="s">
+        <v>565</v>
+      </c>
+      <c r="E350" t="s">
+        <v>17</v>
+      </c>
+      <c r="F350" t="s">
         <v>564</v>
       </c>
-      <c r="E350" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G350">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H350" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I350">
-        <v>17518</v>
+        <v>10000</v>
       </c>
       <c r="J350">
         <v>0</v>
       </c>
       <c r="K350">
-        <v>14367</v>
+        <v>10000</v>
       </c>
       <c r="L350">
-        <v>3151</v>
+        <v>0</v>
       </c>
       <c r="M350" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351">
-        <v>479</v>
+        <v>500</v>
       </c>
       <c r="B351" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C351" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D351" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="E351" t="s">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="F351" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="G351">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H351" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I351">
-        <v>7000</v>
+        <v>10000</v>
       </c>
       <c r="J351">
         <v>0</v>
       </c>
       <c r="K351">
-        <v>7000</v>
+        <v>10000</v>
       </c>
       <c r="L351">
         <v>0</v>
       </c>
       <c r="M351" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352">
-        <v>478</v>
+        <v>499</v>
       </c>
       <c r="B352" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C352" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D352" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="E352" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="F352" t="s">
-        <v>414</v>
+        <v>288</v>
       </c>
       <c r="G352">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H352" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I352">
-        <v>3247</v>
+        <v>12938</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
       <c r="K352">
-        <v>3247</v>
+        <v>12938</v>
       </c>
       <c r="L352">
         <v>0</v>
       </c>
       <c r="M352" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353">
-        <v>477</v>
+        <v>498</v>
       </c>
       <c r="B353" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C353" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D353" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="E353" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="F353" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="G353">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H353" t="s">
-        <v>258</v>
+        <v>570</v>
       </c>
       <c r="I353">
-        <v>1321</v>
+        <v>34713</v>
       </c>
       <c r="J353">
-        <v>0</v>
+        <v>11096</v>
       </c>
       <c r="K353">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="L353">
-        <v>0</v>
+        <v>23617</v>
       </c>
       <c r="M353" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354">
-        <v>476</v>
+        <v>497</v>
       </c>
       <c r="B354" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C354" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D354" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="E354" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="F354" t="s">
-        <v>414</v>
+        <v>17</v>
       </c>
       <c r="G354">
         <v>2020</v>
       </c>
       <c r="H354" t="s">
-        <v>258</v>
+        <v>570</v>
       </c>
       <c r="I354">
-        <v>46286</v>
+        <v>1687</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
       <c r="K354">
-        <v>46286</v>
+        <v>0</v>
       </c>
       <c r="L354">
-        <v>0</v>
+        <v>1687</v>
       </c>
       <c r="M354" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355">
-        <v>475</v>
+        <v>496</v>
       </c>
       <c r="B355" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="C355" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D355" t="s">
-        <v>557</v>
+        <v>573</v>
       </c>
       <c r="E355" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F355" t="s">
-        <v>414</v>
+        <v>23</v>
       </c>
       <c r="G355">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H355" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="I355">
-        <v>18127</v>
+        <v>1000</v>
       </c>
       <c r="J355">
         <v>0</v>
       </c>
       <c r="K355">
-        <v>18127</v>
+        <v>0</v>
       </c>
       <c r="L355">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M355" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356">
-        <v>474</v>
+        <v>495</v>
       </c>
       <c r="B356" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="C356" t="s">
         <v>14</v>
       </c>
       <c r="D356" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="E356" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="F356" t="s">
-        <v>414</v>
+        <v>205</v>
       </c>
       <c r="G356">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H356" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I356">
-        <v>12155</v>
+        <v>1812</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
       <c r="K356">
-        <v>12155</v>
+        <v>0</v>
       </c>
       <c r="L356">
-        <v>0</v>
+        <v>1812</v>
       </c>
       <c r="M356" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357">
-        <v>473</v>
+        <v>494</v>
       </c>
       <c r="B357" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C357" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D357" t="s">
-        <v>555</v>
+        <v>577</v>
       </c>
       <c r="E357" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F357" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G357">
         <v>2020</v>
       </c>
       <c r="H357" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I357">
-        <v>40000</v>
+        <v>7541</v>
       </c>
       <c r="J357">
         <v>0</v>
       </c>
       <c r="K357">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="L357">
-        <v>0</v>
+        <v>7541</v>
       </c>
       <c r="M357" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358">
-        <v>472</v>
+        <v>493</v>
       </c>
       <c r="B358" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C358" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D358" t="s">
-        <v>554</v>
+        <v>579</v>
       </c>
       <c r="E358" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F358" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G358">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H358" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I358">
-        <v>972</v>
+        <v>23381</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
       <c r="K358">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="L358">
-        <v>0</v>
+        <v>23381</v>
       </c>
       <c r="M358" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="B359" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C359" t="s">
         <v>14</v>
       </c>
       <c r="D359" t="s">
-        <v>553</v>
+        <v>580</v>
       </c>
       <c r="E359" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F359" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G359">
         <v>2021</v>
       </c>
       <c r="H359" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I359">
-        <v>6340</v>
+        <v>2110</v>
       </c>
       <c r="J359">
         <v>0</v>
       </c>
       <c r="K359">
-        <v>6340</v>
+        <v>0</v>
       </c>
       <c r="L359">
-        <v>0</v>
+        <v>2110</v>
       </c>
       <c r="M359" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360">
-        <v>470</v>
+        <v>491</v>
       </c>
       <c r="B360" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C360" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D360" t="s">
-        <v>552</v>
+        <v>581</v>
       </c>
       <c r="E360" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F360" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G360">
         <v>2021</v>
       </c>
       <c r="H360" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="I360">
         <v>31520</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
       <c r="K360">
+        <v>0</v>
+      </c>
+      <c r="L360">
         <v>31520</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M360" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361">
-        <v>469</v>
+        <v>490</v>
       </c>
       <c r="B361" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C361" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D361" t="s">
-        <v>551</v>
+        <v>582</v>
       </c>
       <c r="E361" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F361" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G361">
         <v>2021</v>
       </c>
       <c r="H361" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I361">
-        <v>2110</v>
+        <v>6340</v>
       </c>
       <c r="J361">
         <v>0</v>
       </c>
       <c r="K361">
-        <v>2110</v>
+        <v>0</v>
       </c>
       <c r="L361">
-        <v>0</v>
+        <v>6340</v>
       </c>
       <c r="M361" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362">
-        <v>468</v>
+        <v>489</v>
       </c>
       <c r="B362" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C362" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D362" t="s">
-        <v>550</v>
+        <v>583</v>
       </c>
       <c r="E362" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F362" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G362">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H362" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I362">
-        <v>23381</v>
+        <v>972</v>
       </c>
       <c r="J362">
         <v>0</v>
       </c>
       <c r="K362">
-        <v>23381</v>
+        <v>0</v>
       </c>
       <c r="L362">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="M362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="B363" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="C363" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D363" t="s">
-        <v>548</v>
+        <v>584</v>
       </c>
       <c r="E363" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F363" t="s">
-        <v>414</v>
+        <v>578</v>
       </c>
       <c r="G363">
         <v>2020</v>
       </c>
       <c r="H363" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I363">
-        <v>7541</v>
+        <v>40000</v>
       </c>
       <c r="J363">
         <v>0</v>
       </c>
       <c r="K363">
-        <v>7541</v>
+        <v>0</v>
       </c>
       <c r="L363">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="M363" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B364" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="C364" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D364" t="s">
-        <v>538</v>
+        <v>585</v>
       </c>
       <c r="E364" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F364" t="s">
-        <v>26</v>
+        <v>578</v>
       </c>
       <c r="G364">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H364" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="I364">
-        <v>12938</v>
+        <v>12155</v>
       </c>
       <c r="J364">
         <v>0</v>
       </c>
       <c r="K364">
-        <v>12938</v>
+        <v>0</v>
       </c>
       <c r="L364">
-        <v>0</v>
+        <v>12155</v>
       </c>
       <c r="M364" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365">
-        <v>465</v>
+        <v>486</v>
       </c>
       <c r="B365" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="C365" t="s">
         <v>14</v>
       </c>
       <c r="D365" t="s">
-        <v>566</v>
+        <v>586</v>
       </c>
       <c r="E365" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F365" t="s">
-        <v>26</v>
+        <v>578</v>
       </c>
       <c r="G365">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H365" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="I365">
-        <v>11690</v>
+        <v>18127</v>
       </c>
       <c r="J365">
-        <v>11272</v>
+        <v>0</v>
       </c>
       <c r="K365">
-        <v>418</v>
+        <v>0</v>
       </c>
       <c r="L365">
-        <v>0</v>
+        <v>18127</v>
       </c>
       <c r="M365" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366">
-        <v>464</v>
+        <v>485</v>
       </c>
       <c r="B366" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="C366" t="s">
         <v>14</v>
       </c>
       <c r="D366" t="s">
-        <v>567</v>
+        <v>587</v>
       </c>
       <c r="E366" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="F366" t="s">
-        <v>198</v>
+        <v>578</v>
       </c>
       <c r="G366">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H366" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="I366">
-        <v>100</v>
+        <v>46286</v>
       </c>
       <c r="J366">
         <v>0</v>
       </c>
       <c r="K366">
         <v>0</v>
       </c>
       <c r="L366">
-        <v>100</v>
+        <v>46286</v>
       </c>
       <c r="M366" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367">
-        <v>463</v>
+        <v>484</v>
       </c>
       <c r="B367" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="C367" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D367" t="s">
-        <v>569</v>
+        <v>588</v>
       </c>
       <c r="E367" t="s">
-        <v>172</v>
+        <v>443</v>
       </c>
       <c r="F367" t="s">
-        <v>173</v>
+        <v>578</v>
       </c>
       <c r="G367">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H367" t="s">
-        <v>174</v>
+        <v>289</v>
       </c>
       <c r="I367">
-        <v>1545</v>
+        <v>1321</v>
       </c>
       <c r="J367">
         <v>0</v>
       </c>
       <c r="K367">
         <v>0</v>
       </c>
       <c r="L367">
-        <v>1545</v>
+        <v>1321</v>
       </c>
       <c r="M367" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368">
-        <v>462</v>
+        <v>483</v>
       </c>
       <c r="B368" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="C368" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D368" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
       <c r="E368" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F368" t="s">
-        <v>33</v>
+        <v>578</v>
       </c>
       <c r="G368">
         <v>2021</v>
       </c>
       <c r="H368" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I368">
-        <v>26892</v>
+        <v>3247</v>
       </c>
       <c r="J368">
         <v>0</v>
       </c>
       <c r="K368">
         <v>0</v>
       </c>
       <c r="L368">
-        <v>26892</v>
+        <v>3247</v>
       </c>
       <c r="M368" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369">
-        <v>461</v>
+        <v>482</v>
       </c>
       <c r="B369" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="C369" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D369" t="s">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="E369" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="F369" t="s">
-        <v>33</v>
+        <v>578</v>
       </c>
       <c r="G369">
         <v>2021</v>
       </c>
       <c r="H369" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I369">
-        <v>20890</v>
+        <v>7000</v>
       </c>
       <c r="J369">
         <v>0</v>
       </c>
       <c r="K369">
         <v>0</v>
       </c>
       <c r="L369">
-        <v>20890</v>
+        <v>7000</v>
       </c>
       <c r="M369" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370">
-        <v>460</v>
+        <v>481</v>
       </c>
       <c r="B370" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="C370" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D370" t="s">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="E370" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F370" t="s">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="G370">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H370" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="I370">
-        <v>1321</v>
+        <v>36006</v>
       </c>
       <c r="J370">
-        <v>0</v>
+        <v>4955</v>
       </c>
       <c r="K370">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="L370">
-        <v>0</v>
+        <v>31051</v>
       </c>
       <c r="M370" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371">
-        <v>459</v>
+        <v>480</v>
       </c>
       <c r="B371" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="C371" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D371" t="s">
-        <v>517</v>
+        <v>593</v>
       </c>
       <c r="E371" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F371" t="s">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="G371">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H371" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I371">
-        <v>427</v>
+        <v>17518</v>
       </c>
       <c r="J371">
         <v>0</v>
       </c>
       <c r="K371">
-        <v>427</v>
+        <v>14367</v>
       </c>
       <c r="L371">
-        <v>0</v>
+        <v>3151</v>
       </c>
       <c r="M371" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372">
-        <v>458</v>
+        <v>479</v>
       </c>
       <c r="B372" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="C372" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D372" t="s">
-        <v>554</v>
+        <v>590</v>
       </c>
       <c r="E372" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F372" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="G372">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H372" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I372">
-        <v>972</v>
+        <v>7000</v>
       </c>
       <c r="J372">
         <v>0</v>
       </c>
       <c r="K372">
-        <v>972</v>
+        <v>7000</v>
       </c>
       <c r="L372">
         <v>0</v>
       </c>
       <c r="M372" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373">
-        <v>457</v>
+        <v>478</v>
       </c>
       <c r="B373" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="C373" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D373" t="s">
-        <v>555</v>
+        <v>589</v>
       </c>
       <c r="E373" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F373" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="G373">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H373" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I373">
-        <v>40000</v>
+        <v>3247</v>
       </c>
       <c r="J373">
         <v>0</v>
       </c>
       <c r="K373">
-        <v>40000</v>
+        <v>3247</v>
       </c>
       <c r="L373">
         <v>0</v>
       </c>
       <c r="M373" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374">
-        <v>456</v>
+        <v>477</v>
       </c>
       <c r="B374" t="s">
-        <v>573</v>
+        <v>591</v>
       </c>
       <c r="C374" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D374" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E374" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F374" t="s">
-        <v>257</v>
+        <v>443</v>
       </c>
       <c r="G374">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H374" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I374">
-        <v>23000</v>
+        <v>1321</v>
       </c>
       <c r="J374">
         <v>0</v>
       </c>
       <c r="K374">
-        <v>23000</v>
+        <v>1321</v>
       </c>
       <c r="L374">
         <v>0</v>
       </c>
       <c r="M374" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375">
-        <v>455</v>
+        <v>476</v>
       </c>
       <c r="B375" t="s">
-        <v>575</v>
+        <v>591</v>
       </c>
       <c r="C375" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D375" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="E375" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F375" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G375">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H375" t="s">
-        <v>22</v>
+        <v>289</v>
       </c>
       <c r="I375">
-        <v>1000</v>
+        <v>46286</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
       <c r="K375">
-        <v>0</v>
+        <v>46286</v>
       </c>
       <c r="L375">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="B376" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="C376" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D376" t="s">
-        <v>25</v>
+        <v>586</v>
       </c>
       <c r="E376" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F376" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="G376">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H376" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="I376">
-        <v>5260</v>
+        <v>18127</v>
       </c>
       <c r="J376">
         <v>0</v>
       </c>
       <c r="K376">
-        <v>5260</v>
+        <v>18127</v>
       </c>
       <c r="L376">
         <v>0</v>
       </c>
       <c r="M376" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377">
-        <v>452</v>
+        <v>474</v>
       </c>
       <c r="B377" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="C377" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D377" t="s">
-        <v>28</v>
+        <v>585</v>
       </c>
       <c r="E377" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F377" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="G377">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H377" t="s">
-        <v>27</v>
+        <v>131</v>
       </c>
       <c r="I377">
-        <v>4740</v>
+        <v>12155</v>
       </c>
       <c r="J377">
         <v>0</v>
       </c>
       <c r="K377">
-        <v>4740</v>
+        <v>12155</v>
       </c>
       <c r="L377">
         <v>0</v>
       </c>
       <c r="M377" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378">
-        <v>451</v>
+        <v>473</v>
       </c>
       <c r="B378" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="C378" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D378" t="s">
-        <v>29</v>
+        <v>584</v>
       </c>
       <c r="E378" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F378" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="G378">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H378" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="I378">
-        <v>10000</v>
+        <v>40000</v>
       </c>
       <c r="J378">
         <v>0</v>
       </c>
       <c r="K378">
-        <v>10000</v>
+        <v>40000</v>
       </c>
       <c r="L378">
         <v>0</v>
       </c>
       <c r="M378" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379">
-        <v>450</v>
+        <v>472</v>
       </c>
       <c r="B379" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="C379" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D379" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="E379" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="F379" t="s">
-        <v>33</v>
+        <v>443</v>
       </c>
       <c r="G379">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H379" t="s">
-        <v>498</v>
+        <v>131</v>
       </c>
       <c r="I379">
-        <v>50000</v>
+        <v>972</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
       <c r="K379">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="L379">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="M379" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380">
-        <v>449</v>
+        <v>471</v>
       </c>
       <c r="B380" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="C380" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D380" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E380" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F380" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G380">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H380" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="I380">
-        <v>1000</v>
+        <v>6340</v>
       </c>
       <c r="J380">
         <v>0</v>
       </c>
       <c r="K380">
-        <v>0</v>
+        <v>6340</v>
       </c>
       <c r="L380">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M380" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381">
-        <v>448</v>
+        <v>470</v>
       </c>
       <c r="B381" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="C381" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D381" t="s">
         <v>581</v>
       </c>
       <c r="E381" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F381" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G381">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H381" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="I381">
-        <v>1000</v>
+        <v>31520</v>
       </c>
       <c r="J381">
         <v>0</v>
       </c>
       <c r="K381">
-        <v>0</v>
+        <v>31520</v>
       </c>
       <c r="L381">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M381" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382">
-        <v>447</v>
+        <v>469</v>
       </c>
       <c r="B382" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="C382" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D382" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E382" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F382" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="G382">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H382" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I382">
-        <v>1000</v>
+        <v>2110</v>
       </c>
       <c r="J382">
         <v>0</v>
       </c>
       <c r="K382">
-        <v>0</v>
+        <v>2110</v>
       </c>
       <c r="L382">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M382" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383">
-        <v>442</v>
+        <v>468</v>
       </c>
       <c r="B383" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="C383" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D383" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="E383" t="s">
-        <v>71</v>
+        <v>288</v>
       </c>
       <c r="F383" t="s">
-        <v>297</v>
+        <v>443</v>
       </c>
       <c r="G383">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H383" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="I383">
-        <v>4050</v>
+        <v>23381</v>
       </c>
       <c r="J383">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="K383">
-        <v>0</v>
+        <v>23381</v>
       </c>
       <c r="L383">
         <v>0</v>
       </c>
       <c r="M383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384">
-        <v>441</v>
+        <v>467</v>
       </c>
       <c r="B384" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="C384" t="s">
         <v>14</v>
       </c>
       <c r="D384" t="s">
-        <v>515</v>
+        <v>577</v>
       </c>
       <c r="E384" t="s">
-        <v>585</v>
+        <v>288</v>
       </c>
       <c r="F384" t="s">
-        <v>257</v>
+        <v>443</v>
+      </c>
+      <c r="G384">
+        <v>2020</v>
       </c>
       <c r="H384" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="I384">
-        <v>50</v>
+        <v>7541</v>
       </c>
       <c r="J384">
         <v>0</v>
       </c>
       <c r="K384">
-        <v>50</v>
+        <v>7541</v>
       </c>
       <c r="L384">
         <v>0</v>
       </c>
       <c r="M384" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385">
-        <v>440</v>
+        <v>466</v>
       </c>
       <c r="B385" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="C385" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D385" t="s">
-        <v>586</v>
+        <v>567</v>
       </c>
       <c r="E385" t="s">
-        <v>585</v>
+        <v>288</v>
       </c>
       <c r="F385" t="s">
-        <v>297</v>
+        <v>66</v>
+      </c>
+      <c r="G385">
+        <v>2019</v>
       </c>
       <c r="H385" t="s">
-        <v>72</v>
+        <v>131</v>
       </c>
       <c r="I385">
-        <v>4050</v>
+        <v>12938</v>
       </c>
       <c r="J385">
         <v>0</v>
       </c>
       <c r="K385">
-        <v>0</v>
+        <v>12938</v>
       </c>
       <c r="L385">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="M385" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386">
-        <v>439</v>
+        <v>465</v>
       </c>
       <c r="B386" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C386" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D386" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="E386" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F386" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G386">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H386" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="I386">
-        <v>1000</v>
+        <v>11690</v>
       </c>
       <c r="J386">
-        <v>0</v>
+        <v>11272</v>
       </c>
       <c r="K386">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="L386">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="B387" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="C387" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D387" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="E387" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F387" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G387">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H387" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="I387">
-        <v>41709</v>
+        <v>100</v>
       </c>
       <c r="J387">
-        <v>41709</v>
+        <v>0</v>
       </c>
       <c r="K387">
         <v>0</v>
       </c>
       <c r="L387">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M387" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="B388" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="C388" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D388" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="E388" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F388" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G388">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="H388" t="s">
-        <v>258</v>
+        <v>206</v>
       </c>
       <c r="I388">
-        <v>85728</v>
+        <v>1545</v>
       </c>
       <c r="J388">
-        <v>85728</v>
+        <v>0</v>
       </c>
       <c r="K388">
         <v>0</v>
       </c>
       <c r="L388">
-        <v>0</v>
+        <v>1545</v>
       </c>
       <c r="M388" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389">
-        <v>436</v>
+        <v>462</v>
       </c>
       <c r="B389" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="C389" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D389" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E389" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F389" t="s">
-        <v>198</v>
+        <v>27</v>
       </c>
       <c r="G389">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H389" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="I389">
-        <v>1204</v>
+        <v>26892</v>
       </c>
       <c r="J389">
         <v>0</v>
       </c>
       <c r="K389">
         <v>0</v>
       </c>
       <c r="L389">
-        <v>1204</v>
+        <v>26892</v>
       </c>
       <c r="M389" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="B390" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="C390" t="s">
         <v>14</v>
       </c>
       <c r="D390" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="E390" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="F390" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="G390">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H390" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I390">
-        <v>2000</v>
+        <v>20890</v>
       </c>
       <c r="J390">
         <v>0</v>
       </c>
       <c r="K390">
         <v>0</v>
       </c>
       <c r="L390">
-        <v>2000</v>
+        <v>20890</v>
       </c>
       <c r="M390" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="B391" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C391" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D391" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="E391" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F391" t="s">
-        <v>42</v>
+        <v>288</v>
       </c>
       <c r="G391">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H391" t="s">
-        <v>30</v>
+        <v>289</v>
       </c>
       <c r="I391">
-        <v>3177</v>
+        <v>1321</v>
       </c>
       <c r="J391">
-        <v>3177</v>
+        <v>0</v>
       </c>
       <c r="K391">
-        <v>0</v>
+        <v>1321</v>
       </c>
       <c r="L391">
         <v>0</v>
       </c>
       <c r="M391" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392">
-        <v>431</v>
+        <v>459</v>
       </c>
       <c r="B392" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C392" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D392" t="s">
-        <v>597</v>
+        <v>546</v>
       </c>
       <c r="E392" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F392" t="s">
-        <v>42</v>
+        <v>288</v>
       </c>
       <c r="G392">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H392" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I392">
-        <v>10668</v>
+        <v>427</v>
       </c>
       <c r="J392">
-        <v>10668</v>
+        <v>0</v>
       </c>
       <c r="K392">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="L392">
         <v>0</v>
       </c>
       <c r="M392" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393">
-        <v>432</v>
+        <v>458</v>
       </c>
       <c r="B393" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C393" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D393" t="s">
-        <v>598</v>
+        <v>583</v>
       </c>
       <c r="E393" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F393" t="s">
-        <v>42</v>
+        <v>288</v>
       </c>
       <c r="G393">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H393" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="I393">
-        <v>11093</v>
+        <v>972</v>
       </c>
       <c r="J393">
-        <v>11093</v>
+        <v>0</v>
       </c>
       <c r="K393">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="L393">
         <v>0</v>
       </c>
       <c r="M393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394">
-        <v>433</v>
+        <v>457</v>
       </c>
       <c r="B394" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C394" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D394" t="s">
-        <v>599</v>
+        <v>584</v>
       </c>
       <c r="E394" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F394" t="s">
-        <v>42</v>
+        <v>288</v>
       </c>
       <c r="G394">
         <v>2020</v>
       </c>
       <c r="H394" t="s">
-        <v>30</v>
+        <v>131</v>
       </c>
       <c r="I394">
-        <v>11347</v>
+        <v>40000</v>
       </c>
       <c r="J394">
-        <v>11347</v>
+        <v>0</v>
       </c>
       <c r="K394">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L394">
         <v>0</v>
       </c>
       <c r="M394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395">
-        <v>434</v>
+        <v>456</v>
       </c>
       <c r="B395" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C395" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D395" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="E395" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F395" t="s">
-        <v>42</v>
+        <v>288</v>
       </c>
       <c r="G395">
         <v>2021</v>
       </c>
       <c r="H395" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I395">
-        <v>11476</v>
+        <v>23000</v>
       </c>
       <c r="J395">
-        <v>11476</v>
+        <v>0</v>
       </c>
       <c r="K395">
-        <v>0</v>
+        <v>23000</v>
       </c>
       <c r="L395">
         <v>0</v>
       </c>
       <c r="M395" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396">
-        <v>429</v>
+        <v>455</v>
       </c>
       <c r="B396" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C396" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D396" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="E396" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F396" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="G396">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H396" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="I396">
-        <v>65215</v>
+        <v>1000</v>
       </c>
       <c r="J396">
-        <v>65215</v>
+        <v>0</v>
       </c>
       <c r="K396">
         <v>0</v>
       </c>
       <c r="L396">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M396" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397">
-        <v>428</v>
+        <v>453</v>
       </c>
       <c r="B397" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="C397" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D397" t="s">
-        <v>552</v>
+        <v>74</v>
       </c>
       <c r="E397" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F397" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="G397">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H397" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="I397">
-        <v>31520</v>
+        <v>5260</v>
       </c>
       <c r="J397">
         <v>0</v>
       </c>
       <c r="K397">
-        <v>31520</v>
+        <v>5260</v>
       </c>
       <c r="L397">
         <v>0</v>
       </c>
       <c r="M397" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398">
-        <v>427</v>
+        <v>452</v>
       </c>
       <c r="B398" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C398" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D398" t="s">
-        <v>604</v>
+        <v>76</v>
       </c>
       <c r="E398" t="s">
-        <v>497</v>
+        <v>22</v>
       </c>
       <c r="F398" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G398">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H398" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="I398">
-        <v>5000</v>
+        <v>4740</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
       <c r="K398">
-        <v>0</v>
+        <v>4740</v>
       </c>
       <c r="L398">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M398" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399">
-        <v>426</v>
+        <v>451</v>
       </c>
       <c r="B399" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C399" t="s">
+        <v>14</v>
+      </c>
+      <c r="D399" t="s">
+        <v>77</v>
+      </c>
+      <c r="E399" t="s">
+        <v>22</v>
+      </c>
+      <c r="F399" t="s">
+        <v>66</v>
+      </c>
+      <c r="G399">
+        <v>2017</v>
+      </c>
+      <c r="H399" t="s">
         <v>24</v>
       </c>
-      <c r="D399" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I399">
-        <v>210</v>
+        <v>10000</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
       <c r="K399">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L399">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M399" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400">
-        <v>422</v>
+        <v>450</v>
       </c>
       <c r="B400" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C400" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D400" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="E400" t="s">
-        <v>394</v>
+        <v>204</v>
       </c>
       <c r="F400" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G400">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H400" t="s">
-        <v>320</v>
+        <v>527</v>
       </c>
       <c r="I400">
-        <v>10831</v>
+        <v>50000</v>
       </c>
       <c r="J400">
-        <v>10831</v>
+        <v>0</v>
       </c>
       <c r="K400">
         <v>0</v>
       </c>
       <c r="L400">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M400" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401">
-        <v>423</v>
+        <v>449</v>
       </c>
       <c r="B401" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C401" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D401" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E401" t="s">
-        <v>394</v>
+        <v>22</v>
       </c>
       <c r="F401" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G401">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H401" t="s">
-        <v>320</v>
+        <v>54</v>
       </c>
       <c r="I401">
-        <v>49457</v>
+        <v>1000</v>
       </c>
       <c r="J401">
-        <v>49457</v>
+        <v>0</v>
       </c>
       <c r="K401">
         <v>0</v>
       </c>
       <c r="L401">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M401" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402">
-        <v>424</v>
+        <v>448</v>
       </c>
       <c r="B402" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C402" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D402" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E402" t="s">
-        <v>394</v>
+        <v>22</v>
       </c>
       <c r="F402" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G402">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="H402" t="s">
-        <v>320</v>
+        <v>24</v>
       </c>
       <c r="I402">
-        <v>54180</v>
+        <v>1000</v>
       </c>
       <c r="J402">
-        <v>54180</v>
+        <v>0</v>
       </c>
       <c r="K402">
         <v>0</v>
       </c>
       <c r="L402">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M402" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403">
-        <v>425</v>
+        <v>447</v>
       </c>
       <c r="B403" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C403" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D403" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E403" t="s">
-        <v>394</v>
+        <v>22</v>
       </c>
       <c r="F403" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G403">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H403" t="s">
-        <v>320</v>
+        <v>52</v>
       </c>
       <c r="I403">
-        <v>4538</v>
+        <v>1000</v>
       </c>
       <c r="J403">
-        <v>4538</v>
+        <v>0</v>
       </c>
       <c r="K403">
         <v>0</v>
       </c>
       <c r="L403">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M403" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404">
-        <v>421</v>
+        <v>442</v>
       </c>
       <c r="B404" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C404" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D404" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E404" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="F404" t="s">
-        <v>17</v>
+        <v>328</v>
       </c>
       <c r="G404">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H404" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="I404">
-        <v>1583</v>
+        <v>4050</v>
       </c>
       <c r="J404">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="K404">
         <v>0</v>
       </c>
       <c r="L404">
-        <v>1583</v>
+        <v>0</v>
       </c>
       <c r="M404" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405">
-        <v>420</v>
+        <v>441</v>
       </c>
       <c r="B405" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="C405" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D405" t="s">
+        <v>544</v>
+      </c>
+      <c r="E405" t="s">
         <v>614</v>
       </c>
-      <c r="E405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F405" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>288</v>
       </c>
       <c r="H405" t="s">
-        <v>498</v>
+        <v>111</v>
       </c>
       <c r="I405">
-        <v>50055</v>
+        <v>50</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
       <c r="K405">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="L405">
-        <v>50055</v>
+        <v>0</v>
       </c>
       <c r="M405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406">
-        <v>419</v>
+        <v>440</v>
       </c>
       <c r="B406" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="C406" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D406" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="E406" t="s">
-        <v>16</v>
+        <v>614</v>
       </c>
       <c r="F406" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>328</v>
       </c>
       <c r="H406" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="I406">
-        <v>1000</v>
+        <v>4050</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
       <c r="K406">
         <v>0</v>
       </c>
       <c r="L406">
-        <v>1000</v>
+        <v>4050</v>
       </c>
       <c r="M406" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407">
-        <v>418</v>
+        <v>439</v>
       </c>
       <c r="B407" t="s">
         <v>616</v>
       </c>
       <c r="C407" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D407" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="E407" t="s">
-        <v>480</v>
+        <v>22</v>
       </c>
       <c r="F407" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="G407">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H407" t="s">
-        <v>498</v>
+        <v>54</v>
       </c>
       <c r="I407">
-        <v>127050</v>
+        <v>1000</v>
       </c>
       <c r="J407">
-        <v>21863</v>
+        <v>0</v>
       </c>
       <c r="K407">
-        <v>55055</v>
+        <v>0</v>
       </c>
       <c r="L407">
-        <v>50132</v>
+        <v>1000</v>
       </c>
       <c r="M407" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408">
-        <v>417</v>
+        <v>437</v>
       </c>
       <c r="B408" t="s">
+        <v>618</v>
+      </c>
+      <c r="C408" t="s">
+        <v>35</v>
+      </c>
+      <c r="D408" t="s">
         <v>619</v>
       </c>
-      <c r="C408" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E408" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F408" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G408">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H408" t="s">
-        <v>152</v>
+        <v>289</v>
       </c>
       <c r="I408">
-        <v>22</v>
+        <v>41709</v>
       </c>
       <c r="J408">
-        <v>0</v>
+        <v>41709</v>
       </c>
       <c r="K408">
         <v>0</v>
       </c>
       <c r="L408">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="M408" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409">
-        <v>416</v>
+        <v>438</v>
       </c>
       <c r="B409" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="C409" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D409" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="E409" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F409" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G409">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="H409" t="s">
-        <v>152</v>
+        <v>289</v>
       </c>
       <c r="I409">
-        <v>2</v>
+        <v>85728</v>
       </c>
       <c r="J409">
-        <v>0</v>
+        <v>85728</v>
       </c>
       <c r="K409">
         <v>0</v>
       </c>
       <c r="L409">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="M409" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410">
-        <v>415</v>
+        <v>436</v>
       </c>
       <c r="B410" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="C410" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D410" t="s">
-        <v>579</v>
+        <v>621</v>
       </c>
       <c r="E410" t="s">
-        <v>480</v>
+        <v>66</v>
       </c>
       <c r="F410" t="s">
-        <v>172</v>
+        <v>229</v>
       </c>
       <c r="G410">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H410" t="s">
-        <v>498</v>
+        <v>162</v>
       </c>
       <c r="I410">
-        <v>50000</v>
+        <v>1204</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
       <c r="K410">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="L410">
-        <v>0</v>
+        <v>1204</v>
       </c>
       <c r="M410" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411">
-        <v>414</v>
+        <v>435</v>
       </c>
       <c r="B411" t="s">
+        <v>622</v>
+      </c>
+      <c r="C411" t="s">
+        <v>41</v>
+      </c>
+      <c r="D411" t="s">
         <v>623</v>
       </c>
-      <c r="C411" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E411" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F411" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="G411">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H411" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I411">
-        <v>450</v>
+        <v>2000</v>
       </c>
       <c r="J411">
         <v>0</v>
       </c>
       <c r="K411">
         <v>0</v>
       </c>
       <c r="L411">
-        <v>450</v>
+        <v>2000</v>
       </c>
       <c r="M411" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412">
-        <v>413</v>
+        <v>430</v>
       </c>
       <c r="B412" t="s">
+        <v>624</v>
+      </c>
+      <c r="C412" t="s">
+        <v>35</v>
+      </c>
+      <c r="D412" t="s">
         <v>625</v>
       </c>
-      <c r="C412" t="s">
+      <c r="E412" t="s">
+        <v>22</v>
+      </c>
+      <c r="F412" t="s">
+        <v>38</v>
+      </c>
+      <c r="G412">
+        <v>2017</v>
+      </c>
+      <c r="H412" t="s">
         <v>24</v>
       </c>
-      <c r="D412" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I412">
-        <v>1000</v>
+        <v>3177</v>
       </c>
       <c r="J412">
-        <v>0</v>
+        <v>3177</v>
       </c>
       <c r="K412">
         <v>0</v>
       </c>
       <c r="L412">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M412" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413">
-        <v>412</v>
+        <v>431</v>
       </c>
       <c r="B413" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="C413" t="s">
+        <v>35</v>
+      </c>
+      <c r="D413" t="s">
+        <v>626</v>
+      </c>
+      <c r="E413" t="s">
+        <v>22</v>
+      </c>
+      <c r="F413" t="s">
+        <v>38</v>
+      </c>
+      <c r="G413">
+        <v>2018</v>
+      </c>
+      <c r="H413" t="s">
         <v>24</v>
       </c>
-      <c r="D413" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I413">
-        <v>1000</v>
+        <v>10668</v>
       </c>
       <c r="J413">
-        <v>0</v>
+        <v>10668</v>
       </c>
       <c r="K413">
         <v>0</v>
       </c>
       <c r="L413">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M413" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414">
-        <v>411</v>
+        <v>432</v>
       </c>
       <c r="B414" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="C414" t="s">
+        <v>35</v>
+      </c>
+      <c r="D414" t="s">
+        <v>627</v>
+      </c>
+      <c r="E414" t="s">
+        <v>22</v>
+      </c>
+      <c r="F414" t="s">
+        <v>38</v>
+      </c>
+      <c r="G414">
+        <v>2019</v>
+      </c>
+      <c r="H414" t="s">
         <v>24</v>
       </c>
-      <c r="D414" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I414">
-        <v>2142</v>
+        <v>11093</v>
       </c>
       <c r="J414">
-        <v>0</v>
+        <v>11093</v>
       </c>
       <c r="K414">
         <v>0</v>
       </c>
       <c r="L414">
-        <v>2142</v>
+        <v>0</v>
       </c>
       <c r="M414" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415">
-        <v>410</v>
+        <v>433</v>
       </c>
       <c r="B415" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="C415" t="s">
+        <v>35</v>
+      </c>
+      <c r="D415" t="s">
+        <v>628</v>
+      </c>
+      <c r="E415" t="s">
+        <v>22</v>
+      </c>
+      <c r="F415" t="s">
+        <v>38</v>
+      </c>
+      <c r="G415">
+        <v>2020</v>
+      </c>
+      <c r="H415" t="s">
         <v>24</v>
       </c>
-      <c r="D415" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I415">
-        <v>115</v>
+        <v>11347</v>
       </c>
       <c r="J415">
-        <v>0</v>
+        <v>11347</v>
       </c>
       <c r="K415">
         <v>0</v>
       </c>
       <c r="L415">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="M415" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416">
-        <v>409</v>
+        <v>434</v>
       </c>
       <c r="B416" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="C416" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D416" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E416" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F416" t="s">
-        <v>632</v>
+        <v>38</v>
       </c>
       <c r="G416">
         <v>2021</v>
       </c>
       <c r="H416" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="I416">
-        <v>30085</v>
+        <v>11476</v>
       </c>
       <c r="J416">
-        <v>24592</v>
+        <v>11476</v>
       </c>
       <c r="K416">
         <v>0</v>
       </c>
       <c r="L416">
-        <v>5493</v>
+        <v>0</v>
       </c>
       <c r="M416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417">
-        <v>408</v>
+        <v>429</v>
       </c>
       <c r="B417" t="s">
         <v>630</v>
       </c>
       <c r="C417" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D417" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="E417" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F417" t="s">
-        <v>632</v>
+        <v>288</v>
       </c>
       <c r="G417">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H417" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
       <c r="I417">
-        <v>89915</v>
+        <v>65215</v>
       </c>
       <c r="J417">
-        <v>30417</v>
+        <v>65215</v>
       </c>
       <c r="K417">
         <v>0</v>
       </c>
       <c r="L417">
-        <v>59498</v>
+        <v>0</v>
       </c>
       <c r="M417" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418">
-        <v>407</v>
+        <v>428</v>
       </c>
       <c r="B418" t="s">
         <v>630</v>
       </c>
       <c r="C418" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D418" t="s">
-        <v>634</v>
+        <v>581</v>
       </c>
       <c r="E418" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F418" t="s">
-        <v>632</v>
+        <v>288</v>
       </c>
       <c r="G418">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H418" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I418">
-        <v>1918</v>
+        <v>31520</v>
       </c>
       <c r="J418">
         <v>0</v>
       </c>
       <c r="K418">
-        <v>0</v>
+        <v>31520</v>
       </c>
       <c r="L418">
-        <v>1918</v>
+        <v>0</v>
       </c>
       <c r="M418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419">
-        <v>406</v>
+        <v>427</v>
       </c>
       <c r="B419" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C419" t="s">
         <v>14</v>
       </c>
       <c r="D419" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="E419" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="F419" t="s">
-        <v>632</v>
+        <v>37</v>
       </c>
       <c r="G419">
         <v>2020</v>
       </c>
       <c r="H419" t="s">
-        <v>258</v>
+        <v>44</v>
       </c>
       <c r="I419">
-        <v>6286</v>
+        <v>5000</v>
       </c>
       <c r="J419">
         <v>0</v>
       </c>
       <c r="K419">
         <v>0</v>
       </c>
       <c r="L419">
-        <v>6286</v>
+        <v>5000</v>
       </c>
       <c r="M419" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420">
-        <v>405</v>
+        <v>426</v>
       </c>
       <c r="B420" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C420" t="s">
         <v>14</v>
       </c>
       <c r="D420" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E420" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F420" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="G420">
         <v>2019</v>
       </c>
       <c r="H420" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I420">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="J420">
         <v>0</v>
       </c>
       <c r="K420">
         <v>0</v>
       </c>
       <c r="L420">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="M420" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421">
-        <v>404</v>
+        <v>422</v>
       </c>
       <c r="B421" t="s">
+        <v>634</v>
+      </c>
+      <c r="C421" t="s">
+        <v>35</v>
+      </c>
+      <c r="D421" t="s">
         <v>636</v>
       </c>
-      <c r="C421" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E421" t="s">
-        <v>172</v>
+        <v>423</v>
       </c>
       <c r="F421" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G421">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H421" t="s">
-        <v>174</v>
+        <v>351</v>
       </c>
       <c r="I421">
-        <v>11</v>
+        <v>10831</v>
       </c>
       <c r="J421">
-        <v>3</v>
+        <v>10831</v>
       </c>
       <c r="K421">
         <v>0</v>
       </c>
       <c r="L421">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="M421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422">
-        <v>400</v>
+        <v>423</v>
       </c>
       <c r="B422" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="C422" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D422" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="E422" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F422" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G422">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H422" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I422">
-        <v>18443</v>
+        <v>49457</v>
       </c>
       <c r="J422">
-        <v>18443</v>
+        <v>49457</v>
       </c>
       <c r="K422">
         <v>0</v>
       </c>
       <c r="L422">
         <v>0</v>
       </c>
       <c r="M422" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423">
-        <v>401</v>
+        <v>424</v>
       </c>
       <c r="B423" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="C423" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D423" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="E423" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F423" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G423">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H423" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I423">
-        <v>20058</v>
+        <v>54180</v>
       </c>
       <c r="J423">
-        <v>20058</v>
+        <v>54180</v>
       </c>
       <c r="K423">
         <v>0</v>
       </c>
       <c r="L423">
         <v>0</v>
       </c>
       <c r="M423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424">
-        <v>402</v>
+        <v>425</v>
       </c>
       <c r="B424" t="s">
+        <v>634</v>
+      </c>
+      <c r="C424" t="s">
+        <v>35</v>
+      </c>
+      <c r="D424" t="s">
         <v>639</v>
       </c>
-      <c r="C424" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E424" t="s">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="F424" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G424">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H424" t="s">
-        <v>22</v>
+        <v>351</v>
       </c>
       <c r="I424">
-        <v>20726</v>
+        <v>4538</v>
       </c>
       <c r="J424">
-        <v>20726</v>
+        <v>4538</v>
       </c>
       <c r="K424">
         <v>0</v>
       </c>
       <c r="L424">
         <v>0</v>
       </c>
       <c r="M424" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="B425" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C425" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D425" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="E425" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F425" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G425">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H425" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="I425">
-        <v>21268</v>
+        <v>1583</v>
       </c>
       <c r="J425">
-        <v>21268</v>
+        <v>0</v>
       </c>
       <c r="K425">
         <v>0</v>
       </c>
       <c r="L425">
-        <v>0</v>
+        <v>1583</v>
       </c>
       <c r="M425" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="B426" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="C426" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D426" t="s">
+        <v>643</v>
+      </c>
+      <c r="E426" t="s">
+        <v>204</v>
+      </c>
+      <c r="F426" t="s">
         <v>644</v>
       </c>
-      <c r="E426" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G426">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H426" t="s">
-        <v>18</v>
+        <v>527</v>
       </c>
       <c r="I426">
-        <v>11237</v>
+        <v>50055</v>
       </c>
       <c r="J426">
-        <v>11237</v>
+        <v>0</v>
       </c>
       <c r="K426">
         <v>0</v>
       </c>
       <c r="L426">
-        <v>0</v>
+        <v>50055</v>
       </c>
       <c r="M426" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427">
-        <v>398</v>
+        <v>419</v>
       </c>
       <c r="B427" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C427" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D427" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E427" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F427" t="s">
-        <v>348</v>
+        <v>23</v>
       </c>
       <c r="G427">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H427" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I427">
-        <v>208889</v>
+        <v>1000</v>
       </c>
       <c r="J427">
-        <v>59985</v>
+        <v>0</v>
       </c>
       <c r="K427">
         <v>0</v>
       </c>
       <c r="L427">
-        <v>148904</v>
+        <v>1000</v>
       </c>
       <c r="M427" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428">
-        <v>397</v>
+        <v>418</v>
       </c>
       <c r="B428" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C428" t="s">
         <v>14</v>
       </c>
       <c r="D428" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E428" t="s">
-        <v>16</v>
+        <v>509</v>
       </c>
       <c r="F428" t="s">
-        <v>348</v>
+        <v>204</v>
       </c>
       <c r="G428">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H428" t="s">
-        <v>18</v>
+        <v>527</v>
       </c>
       <c r="I428">
-        <v>4058</v>
+        <v>127050</v>
       </c>
       <c r="J428">
-        <v>0</v>
+        <v>21863</v>
       </c>
       <c r="K428">
-        <v>0</v>
+        <v>55055</v>
       </c>
       <c r="L428">
-        <v>4058</v>
+        <v>50132</v>
       </c>
       <c r="M428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429">
-        <v>396</v>
+        <v>417</v>
       </c>
       <c r="B429" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C429" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D429" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E429" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="F429" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G429">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="H429" t="s">
-        <v>258</v>
+        <v>184</v>
       </c>
       <c r="I429">
-        <v>5468</v>
+        <v>22</v>
       </c>
       <c r="J429">
-        <v>5238</v>
+        <v>0</v>
       </c>
       <c r="K429">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="L429">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="M429" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430">
-        <v>395</v>
+        <v>416</v>
       </c>
       <c r="B430" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="C430" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D430" t="s">
         <v>650</v>
       </c>
       <c r="E430" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F430" t="s">
-        <v>615</v>
+        <v>23</v>
       </c>
       <c r="G430">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="H430" t="s">
-        <v>498</v>
+        <v>184</v>
       </c>
       <c r="I430">
-        <v>50000</v>
+        <v>2</v>
       </c>
       <c r="J430">
         <v>0</v>
       </c>
       <c r="K430">
         <v>0</v>
       </c>
       <c r="L430">
-        <v>50000</v>
+        <v>2</v>
       </c>
       <c r="M430" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431">
-        <v>394</v>
+        <v>415</v>
       </c>
       <c r="B431" t="s">
         <v>651</v>
       </c>
       <c r="C431" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D431" t="s">
-        <v>650</v>
+        <v>608</v>
       </c>
       <c r="E431" t="s">
-        <v>480</v>
+        <v>509</v>
       </c>
       <c r="F431" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G431">
         <v>2019</v>
       </c>
       <c r="H431" t="s">
-        <v>498</v>
+        <v>527</v>
       </c>
       <c r="I431">
         <v>50000</v>
       </c>
       <c r="J431">
         <v>0</v>
       </c>
       <c r="K431">
         <v>50000</v>
       </c>
       <c r="L431">
         <v>0</v>
       </c>
       <c r="M431" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="B432" t="s">
         <v>652</v>
       </c>
       <c r="C432" t="s">
         <v>14</v>
       </c>
       <c r="D432" t="s">
         <v>653</v>
       </c>
       <c r="E432" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F432" t="s">
-        <v>497</v>
+        <v>229</v>
       </c>
       <c r="G432">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H432" t="s">
-        <v>500</v>
+        <v>351</v>
       </c>
       <c r="I432">
-        <v>5000</v>
+        <v>450</v>
       </c>
       <c r="J432">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="K432">
         <v>0</v>
       </c>
       <c r="L432">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="M432" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433">
-        <v>392</v>
+        <v>413</v>
       </c>
       <c r="B433" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C433" t="s">
         <v>14</v>
       </c>
       <c r="D433" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E433" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F433" t="s">
-        <v>497</v>
+        <v>23</v>
       </c>
       <c r="G433">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H433" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I433">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="J433">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="K433">
         <v>0</v>
       </c>
       <c r="L433">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434">
-        <v>391</v>
+        <v>412</v>
       </c>
       <c r="B434" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C434" t="s">
         <v>14</v>
       </c>
       <c r="D434" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E434" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F434" t="s">
-        <v>497</v>
+        <v>23</v>
       </c>
       <c r="G434">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H434" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I434">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="J434">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="K434">
         <v>0</v>
       </c>
       <c r="L434">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M434" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435">
-        <v>390</v>
+        <v>411</v>
       </c>
       <c r="B435" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C435" t="s">
         <v>14</v>
       </c>
       <c r="D435" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E435" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F435" t="s">
-        <v>497</v>
+        <v>23</v>
       </c>
       <c r="G435">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H435" t="s">
-        <v>174</v>
+        <v>54</v>
       </c>
       <c r="I435">
-        <v>2000</v>
+        <v>2142</v>
       </c>
       <c r="J435">
-        <v>1739</v>
+        <v>0</v>
       </c>
       <c r="K435">
         <v>0</v>
       </c>
       <c r="L435">
-        <v>261</v>
+        <v>2142</v>
       </c>
       <c r="M435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436">
-        <v>385</v>
+        <v>410</v>
       </c>
       <c r="B436" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C436" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D436" t="s">
         <v>658</v>
       </c>
       <c r="E436" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="F436" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="G436">
         <v>2016</v>
       </c>
       <c r="H436" t="s">
-        <v>18</v>
+        <v>351</v>
       </c>
       <c r="I436">
-        <v>1000</v>
+        <v>115</v>
       </c>
       <c r="J436">
         <v>0</v>
       </c>
       <c r="K436">
         <v>0</v>
       </c>
       <c r="L436">
-        <v>1000</v>
+        <v>115</v>
       </c>
       <c r="M436" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437">
-        <v>384</v>
+        <v>409</v>
       </c>
       <c r="B437" t="s">
         <v>659</v>
       </c>
       <c r="C437" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D437" t="s">
         <v>660</v>
       </c>
       <c r="E437" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F437" t="s">
-        <v>17</v>
+        <v>661</v>
       </c>
       <c r="G437">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H437" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I437">
-        <v>1521</v>
+        <v>30085</v>
       </c>
       <c r="J437">
-        <v>0</v>
+        <v>18748</v>
       </c>
       <c r="K437">
         <v>0</v>
       </c>
       <c r="L437">
-        <v>1521</v>
+        <v>11337</v>
       </c>
       <c r="M437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="B438" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C438" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D438" t="s">
         <v>662</v>
       </c>
       <c r="E438" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F438" t="s">
-        <v>17</v>
+        <v>661</v>
       </c>
       <c r="G438">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H438" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I438">
-        <v>2000</v>
+        <v>89915</v>
       </c>
       <c r="J438">
-        <v>0</v>
+        <v>30417</v>
       </c>
       <c r="K438">
         <v>0</v>
       </c>
       <c r="L438">
-        <v>2000</v>
+        <v>59498</v>
       </c>
       <c r="M438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439">
-        <v>382</v>
+        <v>407</v>
       </c>
       <c r="B439" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C439" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D439" t="s">
         <v>663</v>
       </c>
       <c r="E439" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F439" t="s">
-        <v>17</v>
+        <v>661</v>
       </c>
       <c r="G439">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H439" t="s">
-        <v>27</v>
+        <v>289</v>
       </c>
       <c r="I439">
-        <v>2000</v>
+        <v>1918</v>
       </c>
       <c r="J439">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="K439">
         <v>0</v>
       </c>
       <c r="L439">
-        <v>1743</v>
+        <v>1918</v>
       </c>
       <c r="M439" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440">
-        <v>377</v>
+        <v>406</v>
       </c>
       <c r="B440" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C440" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D440" t="s">
         <v>664</v>
       </c>
       <c r="E440" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F440" t="s">
-        <v>42</v>
+        <v>661</v>
       </c>
       <c r="G440">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H440" t="s">
-        <v>27</v>
+        <v>289</v>
       </c>
       <c r="I440">
-        <v>561</v>
+        <v>6286</v>
       </c>
       <c r="J440">
-        <v>561</v>
+        <v>0</v>
       </c>
       <c r="K440">
         <v>0</v>
       </c>
       <c r="L440">
-        <v>0</v>
+        <v>6286</v>
       </c>
       <c r="M440" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B441" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C441" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D441" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E441" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="F441" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G441">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H441" t="s">
-        <v>27</v>
+        <v>529</v>
       </c>
       <c r="I441">
-        <v>1029</v>
+        <v>5</v>
       </c>
       <c r="J441">
-        <v>1029</v>
+        <v>0</v>
       </c>
       <c r="K441">
         <v>0</v>
       </c>
       <c r="L441">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="M441" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442">
-        <v>379</v>
+        <v>404</v>
       </c>
       <c r="B442" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C442" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D442" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E442" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="F442" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G442">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="H442" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="I442">
-        <v>1024</v>
+        <v>11</v>
       </c>
       <c r="J442">
-        <v>1024</v>
+        <v>3</v>
       </c>
       <c r="K442">
         <v>0</v>
       </c>
       <c r="L442">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="M442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443">
-        <v>380</v>
+        <v>400</v>
       </c>
       <c r="B443" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C443" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D443" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="E443" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F443" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G443">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H443" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="I443">
-        <v>1042</v>
+        <v>18443</v>
       </c>
       <c r="J443">
-        <v>1042</v>
+        <v>18443</v>
       </c>
       <c r="K443">
         <v>0</v>
       </c>
       <c r="L443">
         <v>0</v>
       </c>
       <c r="M443" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444">
-        <v>381</v>
+        <v>401</v>
       </c>
       <c r="B444" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C444" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D444" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="E444" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F444" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G444">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H444" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="I444">
-        <v>1054</v>
+        <v>20058</v>
       </c>
       <c r="J444">
-        <v>1054</v>
+        <v>20058</v>
       </c>
       <c r="K444">
         <v>0</v>
       </c>
       <c r="L444">
         <v>0</v>
       </c>
       <c r="M444" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445">
-        <v>376</v>
+        <v>402</v>
       </c>
       <c r="B445" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C445" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D445" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E445" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F445" t="s">
-        <v>172</v>
+        <v>38</v>
       </c>
       <c r="G445">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H445" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I445">
-        <v>86303</v>
+        <v>20726</v>
       </c>
       <c r="J445">
-        <v>76186</v>
+        <v>20726</v>
       </c>
       <c r="K445">
-        <v>10005</v>
+        <v>0</v>
       </c>
       <c r="L445">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="M445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="B446" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C446" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D446" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E446" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F446" t="s">
-        <v>172</v>
+        <v>38</v>
       </c>
       <c r="G446">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H446" t="s">
-        <v>500</v>
+        <v>52</v>
       </c>
       <c r="I446">
-        <v>86654</v>
+        <v>21268</v>
       </c>
       <c r="J446">
-        <v>86654</v>
+        <v>21268</v>
       </c>
       <c r="K446">
         <v>0</v>
       </c>
       <c r="L446">
         <v>0</v>
       </c>
       <c r="M446" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="B447" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C447" t="s">
         <v>14</v>
       </c>
       <c r="D447" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E447" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F447" t="s">
-        <v>172</v>
+        <v>51</v>
       </c>
       <c r="G447">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H447" t="s">
-        <v>500</v>
+        <v>54</v>
       </c>
       <c r="I447">
-        <v>87007</v>
+        <v>11237</v>
       </c>
       <c r="J447">
-        <v>82007</v>
+        <v>11237</v>
       </c>
       <c r="K447">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L447">
         <v>0</v>
       </c>
       <c r="M447" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="B448" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C448" t="s">
         <v>14</v>
       </c>
       <c r="D448" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E448" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F448" t="s">
-        <v>172</v>
+        <v>51</v>
       </c>
       <c r="G448">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H448" t="s">
-        <v>500</v>
+        <v>54</v>
       </c>
       <c r="I448">
-        <v>12227</v>
+        <v>208889</v>
       </c>
       <c r="J448">
-        <v>8227</v>
+        <v>23368</v>
       </c>
       <c r="K448">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="L448">
-        <v>0</v>
+        <v>185521</v>
       </c>
       <c r="M448" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449">
-        <v>372</v>
+        <v>397</v>
       </c>
       <c r="B449" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="C449" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D449" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E449" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="F449" t="s">
-        <v>172</v>
+        <v>51</v>
       </c>
       <c r="G449">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H449" t="s">
-        <v>500</v>
+        <v>54</v>
       </c>
       <c r="I449">
-        <v>12226</v>
+        <v>4058</v>
       </c>
       <c r="J449">
-        <v>8226</v>
+        <v>0</v>
       </c>
       <c r="K449">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="L449">
-        <v>0</v>
+        <v>4058</v>
       </c>
       <c r="M449" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450">
-        <v>371</v>
+        <v>396</v>
       </c>
       <c r="B450" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C450" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D450" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E450" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="F450" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G450">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H450" t="s">
-        <v>18</v>
+        <v>289</v>
       </c>
       <c r="I450">
-        <v>1000</v>
+        <v>5468</v>
       </c>
       <c r="J450">
-        <v>0</v>
+        <v>5238</v>
       </c>
       <c r="K450">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="L450">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M450" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="B451" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C451" t="s">
         <v>14</v>
       </c>
       <c r="D451" t="s">
-        <v>560</v>
+        <v>679</v>
       </c>
       <c r="E451" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F451" t="s">
-        <v>257</v>
+        <v>644</v>
       </c>
       <c r="G451">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H451" t="s">
-        <v>258</v>
+        <v>527</v>
       </c>
       <c r="I451">
-        <v>3247</v>
+        <v>50000</v>
       </c>
       <c r="J451">
         <v>0</v>
       </c>
       <c r="K451">
-        <v>3247</v>
+        <v>0</v>
       </c>
       <c r="L451">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452">
-        <v>369</v>
+        <v>394</v>
       </c>
       <c r="B452" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="C452" t="s">
         <v>14</v>
       </c>
       <c r="D452" t="s">
-        <v>635</v>
+        <v>679</v>
       </c>
       <c r="E452" t="s">
-        <v>65</v>
+        <v>509</v>
       </c>
       <c r="F452" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="G452">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H452" t="s">
-        <v>258</v>
+        <v>527</v>
       </c>
       <c r="I452">
-        <v>6286</v>
+        <v>50000</v>
       </c>
       <c r="J452">
         <v>0</v>
       </c>
       <c r="K452">
-        <v>6286</v>
+        <v>50000</v>
       </c>
       <c r="L452">
         <v>0</v>
       </c>
       <c r="M452" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453">
-        <v>368</v>
+        <v>393</v>
       </c>
       <c r="B453" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C453" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D453" t="s">
-        <v>516</v>
+        <v>682</v>
       </c>
       <c r="E453" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F453" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G453">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="H453" t="s">
-        <v>258</v>
+        <v>529</v>
       </c>
       <c r="I453">
-        <v>6031</v>
+        <v>5000</v>
       </c>
       <c r="J453">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="K453">
-        <v>6031</v>
+        <v>0</v>
       </c>
       <c r="L453">
         <v>0</v>
       </c>
       <c r="M453" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454">
-        <v>367</v>
+        <v>392</v>
       </c>
       <c r="B454" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C454" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D454" t="s">
-        <v>648</v>
+        <v>683</v>
       </c>
       <c r="E454" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F454" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G454">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H454" t="s">
-        <v>258</v>
+        <v>529</v>
       </c>
       <c r="I454">
-        <v>5468</v>
+        <v>4000</v>
       </c>
       <c r="J454">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="K454">
-        <v>5468</v>
+        <v>0</v>
       </c>
       <c r="L454">
         <v>0</v>
       </c>
       <c r="M454" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455">
-        <v>366</v>
+        <v>391</v>
       </c>
       <c r="B455" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C455" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D455" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="E455" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F455" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G455">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H455" t="s">
-        <v>98</v>
+        <v>529</v>
       </c>
       <c r="I455">
-        <v>6973</v>
+        <v>4000</v>
       </c>
       <c r="J455">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="K455">
-        <v>6973</v>
+        <v>0</v>
       </c>
       <c r="L455">
         <v>0</v>
       </c>
       <c r="M455" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456">
-        <v>365</v>
+        <v>390</v>
       </c>
       <c r="B456" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C456" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D456" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="E456" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F456" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G456">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H456" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I456">
-        <v>13495</v>
+        <v>2000</v>
       </c>
       <c r="J456">
-        <v>0</v>
+        <v>1739</v>
       </c>
       <c r="K456">
-        <v>12155</v>
+        <v>0</v>
       </c>
       <c r="L456">
-        <v>1340</v>
+        <v>261</v>
       </c>
       <c r="M456" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457">
-        <v>364</v>
+        <v>385</v>
       </c>
       <c r="B457" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C457" t="s">
         <v>14</v>
       </c>
       <c r="D457" t="s">
-        <v>538</v>
+        <v>687</v>
       </c>
       <c r="E457" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F457" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="G457">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H457" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="I457">
-        <v>12938</v>
+        <v>1000</v>
       </c>
       <c r="J457">
         <v>0</v>
       </c>
       <c r="K457">
-        <v>12938</v>
+        <v>0</v>
       </c>
       <c r="L457">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M457" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458">
-        <v>363</v>
+        <v>384</v>
       </c>
       <c r="B458" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="C458" t="s">
         <v>14</v>
       </c>
       <c r="D458" t="s">
-        <v>566</v>
+        <v>689</v>
       </c>
       <c r="E458" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F458" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="G458">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H458" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="I458">
-        <v>11690</v>
+        <v>1521</v>
       </c>
       <c r="J458">
         <v>0</v>
       </c>
       <c r="K458">
-        <v>11690</v>
+        <v>0</v>
       </c>
       <c r="L458">
-        <v>0</v>
+        <v>1521</v>
       </c>
       <c r="M458" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c r="B459" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="C459" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D459" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="E459" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F459" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G459">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H459" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="I459">
-        <v>75047</v>
+        <v>2000</v>
       </c>
       <c r="J459">
-        <v>75047</v>
+        <v>0</v>
       </c>
       <c r="K459">
         <v>0</v>
       </c>
       <c r="L459">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="M459" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="B460" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="C460" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D460" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="E460" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F460" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G460">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="H460" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="I460">
-        <v>155275</v>
+        <v>2000</v>
       </c>
       <c r="J460">
-        <v>155275</v>
+        <v>97</v>
       </c>
       <c r="K460">
         <v>0</v>
       </c>
       <c r="L460">
-        <v>0</v>
+        <v>1903</v>
       </c>
       <c r="M460" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461">
-        <v>360</v>
+        <v>377</v>
       </c>
       <c r="B461" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="C461" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D461" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="E461" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F461" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
       <c r="G461">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="H461" t="s">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="I461">
-        <v>200</v>
+        <v>561</v>
       </c>
       <c r="J461">
-        <v>0</v>
+        <v>561</v>
       </c>
       <c r="K461">
         <v>0</v>
       </c>
       <c r="L461">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M461" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462">
-        <v>359</v>
+        <v>378</v>
       </c>
       <c r="B462" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C462" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D462" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="E462" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F462" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G462">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H462" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="I462">
-        <v>500</v>
+        <v>1029</v>
       </c>
       <c r="J462">
-        <v>0</v>
+        <v>1029</v>
       </c>
       <c r="K462">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="L462">
-        <v>422</v>
+        <v>0</v>
       </c>
       <c r="M462" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463">
-        <v>358</v>
+        <v>379</v>
       </c>
       <c r="B463" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C463" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D463" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="E463" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F463" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G463">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H463" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I463">
-        <v>500</v>
+        <v>1024</v>
       </c>
       <c r="J463">
-        <v>0</v>
+        <v>1024</v>
       </c>
       <c r="K463">
         <v>0</v>
       </c>
       <c r="L463">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="M463" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464">
-        <v>357</v>
+        <v>380</v>
       </c>
       <c r="B464" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C464" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D464" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="E464" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F464" t="s">
-        <v>689</v>
+        <v>38</v>
       </c>
       <c r="G464">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H464" t="s">
-        <v>320</v>
+        <v>75</v>
       </c>
       <c r="I464">
-        <v>69685</v>
+        <v>1042</v>
       </c>
       <c r="J464">
-        <v>69685</v>
+        <v>1042</v>
       </c>
       <c r="K464">
         <v>0</v>
       </c>
       <c r="L464">
         <v>0</v>
       </c>
       <c r="M464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="B465" t="s">
         <v>690</v>
       </c>
       <c r="C465" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D465" t="s">
-        <v>289</v>
+        <v>697</v>
       </c>
       <c r="E465" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F465" t="s">
-        <v>288</v>
+        <v>38</v>
       </c>
       <c r="G465">
         <v>2021</v>
       </c>
       <c r="H465" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="I465">
-        <v>15665</v>
+        <v>1054</v>
       </c>
       <c r="J465">
-        <v>0</v>
+        <v>1054</v>
       </c>
       <c r="K465">
-        <v>15665</v>
+        <v>0</v>
       </c>
       <c r="L465">
         <v>0</v>
       </c>
       <c r="M465" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466">
-        <v>355</v>
+        <v>376</v>
       </c>
       <c r="B466" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C466" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D466" t="s">
-        <v>287</v>
+        <v>699</v>
       </c>
       <c r="E466" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F466" t="s">
-        <v>288</v>
+        <v>204</v>
       </c>
       <c r="G466">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H466" t="s">
-        <v>66</v>
+        <v>529</v>
       </c>
       <c r="I466">
-        <v>79627</v>
+        <v>86303</v>
       </c>
       <c r="J466">
-        <v>0</v>
+        <v>76186</v>
       </c>
       <c r="K466">
-        <v>79627</v>
+        <v>10005</v>
       </c>
       <c r="L466">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="M466" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467">
-        <v>351</v>
+        <v>375</v>
       </c>
       <c r="B467" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C467" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D467" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="E467" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F467" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="G467">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H467" t="s">
-        <v>66</v>
+        <v>529</v>
       </c>
       <c r="I467">
-        <v>18125</v>
+        <v>86654</v>
       </c>
       <c r="J467">
-        <v>18125</v>
+        <v>86654</v>
       </c>
       <c r="K467">
         <v>0</v>
       </c>
       <c r="L467">
         <v>0</v>
       </c>
       <c r="M467" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="B468" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C468" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D468" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="E468" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F468" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="G468">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H468" t="s">
-        <v>66</v>
+        <v>529</v>
       </c>
       <c r="I468">
-        <v>19157</v>
+        <v>87007</v>
       </c>
       <c r="J468">
-        <v>19157</v>
+        <v>82007</v>
       </c>
       <c r="K468">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L468">
         <v>0</v>
       </c>
       <c r="M468" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="B469" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C469" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D469" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="E469" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F469" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="G469">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H469" t="s">
-        <v>66</v>
+        <v>529</v>
       </c>
       <c r="I469">
-        <v>76194</v>
+        <v>12227</v>
       </c>
       <c r="J469">
-        <v>76194</v>
+        <v>8227</v>
       </c>
       <c r="K469">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="L469">
         <v>0</v>
       </c>
       <c r="M469" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470">
-        <v>354</v>
+        <v>372</v>
       </c>
       <c r="B470" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C470" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D470" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E470" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F470" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="G470">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="H470" t="s">
-        <v>66</v>
+        <v>529</v>
       </c>
       <c r="I470">
-        <v>38957</v>
+        <v>12226</v>
       </c>
       <c r="J470">
-        <v>38957</v>
+        <v>8226</v>
       </c>
       <c r="K470">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="L470">
         <v>0</v>
       </c>
       <c r="M470" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="B471" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C471" t="s">
         <v>14</v>
       </c>
       <c r="D471" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="E471" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F471" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="G471">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H471" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="I471">
-        <v>2149</v>
+        <v>1000</v>
       </c>
       <c r="J471">
         <v>0</v>
       </c>
       <c r="K471">
         <v>0</v>
       </c>
       <c r="L471">
-        <v>2149</v>
+        <v>1000</v>
       </c>
       <c r="M471" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472">
-        <v>349</v>
+        <v>370</v>
       </c>
       <c r="B472" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C472" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D472" t="s">
-        <v>698</v>
+        <v>589</v>
       </c>
       <c r="E472" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="F472" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="G472">
         <v>2021</v>
       </c>
       <c r="H472" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="I472">
-        <v>2394</v>
+        <v>3247</v>
       </c>
       <c r="J472">
         <v>0</v>
       </c>
       <c r="K472">
-        <v>0</v>
+        <v>3247</v>
       </c>
       <c r="L472">
-        <v>2394</v>
+        <v>0</v>
       </c>
       <c r="M472" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473">
-        <v>348</v>
+        <v>369</v>
       </c>
       <c r="B473" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C473" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D473" t="s">
-        <v>699</v>
+        <v>664</v>
       </c>
       <c r="E473" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="F473" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="G473">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H473" t="s">
-        <v>258</v>
+        <v>289</v>
       </c>
       <c r="I473">
-        <v>2406</v>
+        <v>6286</v>
       </c>
       <c r="J473">
         <v>0</v>
       </c>
       <c r="K473">
-        <v>0</v>
+        <v>6286</v>
       </c>
       <c r="L473">
-        <v>2406</v>
+        <v>0</v>
       </c>
       <c r="M473" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474">
-        <v>347</v>
+        <v>368</v>
       </c>
       <c r="B474" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C474" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D474" t="s">
-        <v>700</v>
+        <v>545</v>
       </c>
       <c r="E474" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="F474" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="G474">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H474" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I474">
-        <v>2598</v>
+        <v>6031</v>
       </c>
       <c r="J474">
-        <v>1058</v>
+        <v>0</v>
       </c>
       <c r="K474">
-        <v>0</v>
+        <v>6031</v>
       </c>
       <c r="L474">
-        <v>1540</v>
+        <v>0</v>
       </c>
       <c r="M474" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475">
-        <v>346</v>
+        <v>367</v>
       </c>
       <c r="B475" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C475" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D475" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
       <c r="E475" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="F475" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="G475">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H475" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I475">
-        <v>2402</v>
+        <v>5468</v>
       </c>
       <c r="J475">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="K475">
-        <v>0</v>
+        <v>5468</v>
       </c>
       <c r="L475">
-        <v>2112</v>
+        <v>0</v>
       </c>
       <c r="M475" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476">
-        <v>345</v>
+        <v>366</v>
       </c>
       <c r="B476" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C476" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D476" t="s">
-        <v>574</v>
+        <v>706</v>
       </c>
       <c r="E476" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F476" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="G476">
         <v>2021</v>
       </c>
       <c r="H476" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="I476">
-        <v>23000</v>
+        <v>6973</v>
       </c>
       <c r="J476">
         <v>0</v>
       </c>
       <c r="K476">
-        <v>23000</v>
+        <v>6973</v>
       </c>
       <c r="L476">
         <v>0</v>
       </c>
       <c r="M476" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477">
-        <v>344</v>
+        <v>365</v>
       </c>
       <c r="B477" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C477" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D477" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="E477" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F477" t="s">
-        <v>173</v>
+        <v>288</v>
       </c>
       <c r="G477">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H477" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I477">
-        <v>48</v>
+        <v>13495</v>
       </c>
       <c r="J477">
         <v>0</v>
       </c>
       <c r="K477">
-        <v>0</v>
+        <v>12155</v>
       </c>
       <c r="L477">
-        <v>48</v>
+        <v>1340</v>
       </c>
       <c r="M477" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478">
-        <v>343</v>
+        <v>364</v>
       </c>
       <c r="B478" t="s">
         <v>705</v>
       </c>
       <c r="C478" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D478" t="s">
-        <v>706</v>
+        <v>567</v>
       </c>
       <c r="E478" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F478" t="s">
-        <v>497</v>
+        <v>288</v>
       </c>
       <c r="G478">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H478" t="s">
-        <v>214</v>
+        <v>131</v>
       </c>
       <c r="I478">
-        <v>1460</v>
+        <v>12938</v>
       </c>
       <c r="J478">
-        <v>1460</v>
+        <v>0</v>
       </c>
       <c r="K478">
-        <v>0</v>
+        <v>12938</v>
       </c>
       <c r="L478">
         <v>0</v>
       </c>
       <c r="M478" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479">
-        <v>342</v>
+        <v>363</v>
       </c>
       <c r="B479" t="s">
         <v>705</v>
       </c>
       <c r="C479" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D479" t="s">
-        <v>708</v>
+        <v>595</v>
       </c>
       <c r="E479" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F479" t="s">
-        <v>497</v>
+        <v>288</v>
       </c>
       <c r="G479">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="H479" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I479">
-        <v>5498</v>
+        <v>11690</v>
       </c>
       <c r="J479">
-        <v>5419</v>
+        <v>0</v>
       </c>
       <c r="K479">
-        <v>0</v>
+        <v>11690</v>
       </c>
       <c r="L479">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="M479" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480">
-        <v>341</v>
+        <v>361</v>
       </c>
       <c r="B480" t="s">
+        <v>708</v>
+      </c>
+      <c r="C480" t="s">
+        <v>35</v>
+      </c>
+      <c r="D480" t="s">
         <v>709</v>
       </c>
-      <c r="C480" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E480" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F480" t="s">
-        <v>707</v>
+        <v>38</v>
       </c>
       <c r="G480">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H480" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I480">
-        <v>5498</v>
+        <v>75047</v>
       </c>
       <c r="J480">
-        <v>0</v>
+        <v>75047</v>
       </c>
       <c r="K480">
-        <v>5498</v>
+        <v>0</v>
       </c>
       <c r="L480">
         <v>0</v>
       </c>
       <c r="M480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481">
-        <v>340</v>
+        <v>362</v>
       </c>
       <c r="B481" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="C481" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D481" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="E481" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F481" t="s">
-        <v>707</v>
+        <v>38</v>
       </c>
       <c r="G481">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="H481" t="s">
-        <v>214</v>
+        <v>131</v>
       </c>
       <c r="I481">
-        <v>1460</v>
+        <v>155275</v>
       </c>
       <c r="J481">
-        <v>0</v>
+        <v>155275</v>
       </c>
       <c r="K481">
-        <v>1460</v>
+        <v>0</v>
       </c>
       <c r="L481">
         <v>0</v>
       </c>
       <c r="M481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="B482" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C482" t="s">
         <v>14</v>
       </c>
       <c r="D482" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E482" t="s">
-        <v>497</v>
+        <v>66</v>
       </c>
       <c r="F482" t="s">
-        <v>65</v>
+        <v>229</v>
       </c>
       <c r="G482">
         <v>2015</v>
       </c>
       <c r="H482" t="s">
-        <v>105</v>
+        <v>245</v>
       </c>
       <c r="I482">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="J482">
         <v>0</v>
       </c>
       <c r="K482">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="L482">
-        <v>4460</v>
+        <v>200</v>
       </c>
       <c r="M482" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="B483" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C483" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D483" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E483" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F483" t="s">
-        <v>497</v>
+        <v>43</v>
       </c>
       <c r="G483">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H483" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I483">
-        <v>10084</v>
+        <v>500</v>
       </c>
       <c r="J483">
-        <v>9657</v>
+        <v>0</v>
       </c>
       <c r="K483">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="L483">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="M483" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484">
-        <v>337</v>
+        <v>358</v>
       </c>
       <c r="B484" t="s">
         <v>713</v>
       </c>
       <c r="C484" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D484" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="E484" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F484" t="s">
-        <v>707</v>
+        <v>43</v>
       </c>
       <c r="G484">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H484" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I484">
-        <v>10084</v>
+        <v>500</v>
       </c>
       <c r="J484">
         <v>0</v>
       </c>
       <c r="K484">
-        <v>10084</v>
+        <v>0</v>
       </c>
       <c r="L484">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="M484" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485">
-        <v>336</v>
+        <v>357</v>
       </c>
       <c r="B485" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="C485" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D485" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="E485" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F485" t="s">
-        <v>198</v>
+        <v>718</v>
       </c>
       <c r="G485">
         <v>2016</v>
       </c>
       <c r="H485" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I485">
-        <v>300</v>
+        <v>69685</v>
       </c>
       <c r="J485">
-        <v>0</v>
+        <v>69685</v>
       </c>
       <c r="K485">
         <v>0</v>
       </c>
       <c r="L485">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="M485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486">
-        <v>335</v>
+        <v>356</v>
       </c>
       <c r="B486" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="C486" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D486" t="s">
-        <v>555</v>
+        <v>320</v>
       </c>
       <c r="E486" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F486" t="s">
-        <v>26</v>
+        <v>319</v>
       </c>
       <c r="G486">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H486" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="I486">
-        <v>40000</v>
+        <v>15665</v>
       </c>
       <c r="J486">
         <v>0</v>
       </c>
       <c r="K486">
-        <v>40000</v>
+        <v>15665</v>
       </c>
       <c r="L486">
         <v>0</v>
       </c>
       <c r="M486" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487">
-        <v>334</v>
+        <v>355</v>
       </c>
       <c r="B487" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C487" t="s">
         <v>14</v>
       </c>
       <c r="D487" t="s">
-        <v>717</v>
+        <v>318</v>
       </c>
       <c r="E487" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F487" t="s">
-        <v>172</v>
+        <v>319</v>
       </c>
       <c r="G487">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="H487" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="I487">
-        <v>6939</v>
+        <v>79627</v>
       </c>
       <c r="J487">
-        <v>6939</v>
+        <v>0</v>
       </c>
       <c r="K487">
-        <v>0</v>
+        <v>79627</v>
       </c>
       <c r="L487">
         <v>0</v>
       </c>
       <c r="M487" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488">
-        <v>333</v>
+        <v>351</v>
       </c>
       <c r="B488" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C488" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D488" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E488" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F488" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="G488">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H488" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="I488">
-        <v>12251</v>
+        <v>18125</v>
       </c>
       <c r="J488">
-        <v>0</v>
+        <v>18125</v>
       </c>
       <c r="K488">
         <v>0</v>
       </c>
       <c r="L488">
-        <v>12251</v>
+        <v>0</v>
       </c>
       <c r="M488" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="B489" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="C489" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D489" t="s">
         <v>721</v>
       </c>
       <c r="E489" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F489" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G489">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H489" t="s">
-        <v>258</v>
+        <v>49</v>
       </c>
       <c r="I489">
-        <v>5000</v>
+        <v>19157</v>
       </c>
       <c r="J489">
-        <v>2532</v>
+        <v>19157</v>
       </c>
       <c r="K489">
-        <v>2394</v>
+        <v>0</v>
       </c>
       <c r="L489">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="M489" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="B490" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="C490" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D490" t="s">
         <v>722</v>
       </c>
       <c r="E490" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F490" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G490">
         <v>2021</v>
       </c>
       <c r="H490" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="I490">
-        <v>5000</v>
+        <v>76194</v>
       </c>
       <c r="J490">
-        <v>2371</v>
+        <v>76194</v>
       </c>
       <c r="K490">
-        <v>2598</v>
+        <v>0</v>
       </c>
       <c r="L490">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="M490" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491">
-        <v>330</v>
+        <v>354</v>
       </c>
       <c r="B491" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="C491" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D491" t="s">
-        <v>604</v>
+        <v>723</v>
       </c>
       <c r="E491" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F491" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G491">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H491" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="I491">
-        <v>5000</v>
+        <v>38957</v>
       </c>
       <c r="J491">
-        <v>0</v>
+        <v>38957</v>
       </c>
       <c r="K491">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L491">
         <v>0</v>
       </c>
       <c r="M491" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492">
-        <v>329</v>
+        <v>350</v>
       </c>
       <c r="B492" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="C492" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D492" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="E492" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F492" t="s">
-        <v>497</v>
+        <v>58</v>
       </c>
       <c r="G492">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="H492" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I492">
-        <v>5000</v>
+        <v>2149</v>
       </c>
       <c r="J492">
         <v>0</v>
       </c>
       <c r="K492">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L492">
-        <v>0</v>
+        <v>2149</v>
       </c>
       <c r="M492" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493">
-        <v>328</v>
+        <v>349</v>
       </c>
       <c r="B493" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C493" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D493" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="E493" t="s">
-        <v>65</v>
+        <v>526</v>
       </c>
       <c r="F493" t="s">
-        <v>725</v>
+        <v>37</v>
       </c>
       <c r="G493">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H493" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I493">
-        <v>200000</v>
+        <v>2394</v>
       </c>
       <c r="J493">
         <v>0</v>
       </c>
       <c r="K493">
         <v>0</v>
       </c>
       <c r="L493">
-        <v>200000</v>
+        <v>2394</v>
       </c>
       <c r="M493" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494">
-        <v>327</v>
+        <v>348</v>
       </c>
       <c r="B494" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C494" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D494" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="E494" t="s">
-        <v>272</v>
+        <v>526</v>
       </c>
       <c r="F494" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="G494">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H494" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="I494">
-        <v>5000</v>
+        <v>2406</v>
       </c>
       <c r="J494">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="K494">
         <v>0</v>
       </c>
       <c r="L494">
-        <v>0</v>
+        <v>2406</v>
       </c>
       <c r="M494" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495">
-        <v>326</v>
+        <v>347</v>
       </c>
       <c r="B495" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="C495" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D495" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E495" t="s">
-        <v>172</v>
+        <v>526</v>
       </c>
       <c r="F495" t="s">
-        <v>725</v>
+        <v>37</v>
       </c>
       <c r="G495">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H495" t="s">
-        <v>729</v>
+        <v>131</v>
       </c>
       <c r="I495">
-        <v>28900</v>
+        <v>2598</v>
       </c>
       <c r="J495">
-        <v>0</v>
+        <v>1058</v>
       </c>
       <c r="K495">
         <v>0</v>
       </c>
       <c r="L495">
-        <v>28900</v>
+        <v>1540</v>
       </c>
       <c r="M495" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496">
-        <v>325</v>
+        <v>346</v>
       </c>
       <c r="B496" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="C496" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D496" t="s">
         <v>730</v>
       </c>
       <c r="E496" t="s">
-        <v>172</v>
+        <v>526</v>
       </c>
       <c r="F496" t="s">
-        <v>725</v>
+        <v>37</v>
       </c>
       <c r="G496">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H496" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I496">
-        <v>132485</v>
+        <v>2402</v>
       </c>
       <c r="J496">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="K496">
         <v>0</v>
       </c>
       <c r="L496">
-        <v>132485</v>
+        <v>2112</v>
       </c>
       <c r="M496" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497">
-        <v>324</v>
+        <v>345</v>
       </c>
       <c r="B497" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="C497" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D497" t="s">
-        <v>731</v>
+        <v>603</v>
       </c>
       <c r="E497" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="F497" t="s">
-        <v>725</v>
+        <v>66</v>
       </c>
       <c r="G497">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H497" t="s">
-        <v>174</v>
+        <v>44</v>
       </c>
       <c r="I497">
-        <v>71070</v>
+        <v>23000</v>
       </c>
       <c r="J497">
         <v>0</v>
       </c>
       <c r="K497">
-        <v>0</v>
+        <v>23000</v>
       </c>
       <c r="L497">
-        <v>71070</v>
+        <v>0</v>
       </c>
       <c r="M497" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498">
-        <v>323</v>
+        <v>344</v>
       </c>
       <c r="B498" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C498" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D498" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E498" t="s">
-        <v>480</v>
+        <v>204</v>
       </c>
       <c r="F498" t="s">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="G498">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="H498" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="I498">
-        <v>132485</v>
+        <v>48</v>
       </c>
       <c r="J498">
         <v>0</v>
       </c>
       <c r="K498">
-        <v>132485</v>
+        <v>0</v>
       </c>
       <c r="L498">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="M498" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499">
-        <v>322</v>
+        <v>343</v>
       </c>
       <c r="B499" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C499" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D499" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E499" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="F499" t="s">
-        <v>198</v>
+        <v>526</v>
       </c>
       <c r="G499">
         <v>2014</v>
       </c>
       <c r="H499" t="s">
-        <v>130</v>
+        <v>245</v>
       </c>
       <c r="I499">
-        <v>100</v>
+        <v>1460</v>
       </c>
       <c r="J499">
-        <v>0</v>
+        <v>1460</v>
       </c>
       <c r="K499">
         <v>0</v>
       </c>
       <c r="L499">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M499" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="B500" t="s">
         <v>734</v>
       </c>
       <c r="C500" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D500" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="E500" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F500" t="s">
-        <v>497</v>
+        <v>526</v>
       </c>
       <c r="G500">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H500" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="I500">
-        <v>105</v>
+        <v>5498</v>
       </c>
       <c r="J500">
-        <v>0</v>
+        <v>5419</v>
       </c>
       <c r="K500">
         <v>0</v>
       </c>
       <c r="L500">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="M500" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="B501" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C501" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D501" t="s">
         <v>737</v>
       </c>
       <c r="E501" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F501" t="s">
-        <v>198</v>
+        <v>736</v>
       </c>
       <c r="G501">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="H501" t="s">
-        <v>214</v>
+        <v>162</v>
       </c>
       <c r="I501">
-        <v>291</v>
+        <v>5498</v>
       </c>
       <c r="J501">
         <v>0</v>
       </c>
       <c r="K501">
-        <v>0</v>
+        <v>5498</v>
       </c>
       <c r="L501">
-        <v>291</v>
+        <v>0</v>
       </c>
       <c r="M501" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="B502" t="s">
         <v>738</v>
       </c>
       <c r="C502" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D502" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="E502" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F502" t="s">
-        <v>198</v>
+        <v>736</v>
       </c>
       <c r="G502">
         <v>2014</v>
       </c>
       <c r="H502" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="I502">
-        <v>1835</v>
+        <v>1460</v>
       </c>
       <c r="J502">
         <v>0</v>
       </c>
       <c r="K502">
-        <v>0</v>
+        <v>1460</v>
       </c>
       <c r="L502">
-        <v>1835</v>
+        <v>0</v>
       </c>
       <c r="M502" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="B503" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C503" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D503" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="E503" t="s">
-        <v>172</v>
+        <v>526</v>
       </c>
       <c r="F503" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="G503">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="H503" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I503">
-        <v>780</v>
+        <v>5000</v>
       </c>
       <c r="J503">
         <v>0</v>
       </c>
       <c r="K503">
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L503">
-        <v>780</v>
+        <v>4460</v>
       </c>
       <c r="M503" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="B504" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C504" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D504" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="E504" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F504" t="s">
-        <v>725</v>
+        <v>526</v>
       </c>
       <c r="G504">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H504" t="s">
-        <v>78</v>
+        <v>351</v>
       </c>
       <c r="I504">
-        <v>200000</v>
+        <v>10084</v>
       </c>
       <c r="J504">
-        <v>0</v>
+        <v>9657</v>
       </c>
       <c r="K504">
         <v>0</v>
       </c>
       <c r="L504">
-        <v>200000</v>
+        <v>427</v>
       </c>
       <c r="M504" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505">
-        <v>316</v>
+        <v>337</v>
       </c>
       <c r="B505" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C505" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D505" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="E505" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F505" t="s">
-        <v>497</v>
+        <v>736</v>
       </c>
       <c r="G505">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H505" t="s">
-        <v>729</v>
+        <v>351</v>
       </c>
       <c r="I505">
-        <v>100</v>
+        <v>10084</v>
       </c>
       <c r="J505">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="K505">
-        <v>0</v>
+        <v>10084</v>
       </c>
       <c r="L505">
         <v>0</v>
       </c>
       <c r="M505" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506">
-        <v>315</v>
+        <v>336</v>
       </c>
       <c r="B506" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C506" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D506" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="E506" t="s">
-        <v>272</v>
+        <v>66</v>
       </c>
       <c r="F506" t="s">
-        <v>497</v>
+        <v>229</v>
       </c>
       <c r="G506">
         <v>2016</v>
       </c>
       <c r="H506" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="I506">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="J506">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="K506">
         <v>0</v>
       </c>
       <c r="L506">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="M506" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507">
-        <v>314</v>
+        <v>335</v>
       </c>
       <c r="B507" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="C507" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D507" t="s">
-        <v>749</v>
+        <v>584</v>
       </c>
       <c r="E507" t="s">
-        <v>480</v>
+        <v>288</v>
       </c>
       <c r="F507" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="G507">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="H507" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="I507">
-        <v>8850</v>
+        <v>40000</v>
       </c>
       <c r="J507">
-        <v>5043</v>
+        <v>0</v>
       </c>
       <c r="K507">
-        <v>780</v>
+        <v>40000</v>
       </c>
       <c r="L507">
-        <v>3027</v>
+        <v>0</v>
       </c>
       <c r="M507" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="B508" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C508" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D508" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="E508" t="s">
-        <v>480</v>
+        <v>204</v>
       </c>
       <c r="F508" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G508">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="H508" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="I508">
-        <v>9590</v>
+        <v>6939</v>
       </c>
       <c r="J508">
-        <v>3652</v>
+        <v>6939</v>
       </c>
       <c r="K508">
-        <v>3961</v>
+        <v>0</v>
       </c>
       <c r="L508">
-        <v>1977</v>
+        <v>0</v>
       </c>
       <c r="M508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509">
-        <v>311</v>
+        <v>333</v>
       </c>
       <c r="B509" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="C509" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D509" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="E509" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
       <c r="F509" t="s">
-        <v>535</v>
+        <v>37</v>
       </c>
       <c r="G509">
         <v>2020</v>
       </c>
       <c r="H509" t="s">
-        <v>541</v>
+        <v>44</v>
       </c>
       <c r="I509">
-        <v>50000</v>
+        <v>12251</v>
       </c>
       <c r="J509">
         <v>0</v>
       </c>
       <c r="K509">
         <v>0</v>
       </c>
       <c r="L509">
-        <v>50000</v>
+        <v>12251</v>
       </c>
       <c r="M509" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="B510" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C510" t="s">
         <v>14</v>
       </c>
       <c r="D510" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="E510" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F510" t="s">
-        <v>97</v>
+        <v>526</v>
       </c>
       <c r="G510">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H510" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="I510">
-        <v>636</v>
+        <v>5000</v>
       </c>
       <c r="J510">
-        <v>0</v>
+        <v>2532</v>
       </c>
       <c r="K510">
-        <v>0</v>
+        <v>2394</v>
       </c>
       <c r="L510">
-        <v>636</v>
+        <v>74</v>
       </c>
       <c r="M510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="B511" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="C511" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D511" t="s">
-        <v>688</v>
+        <v>751</v>
       </c>
       <c r="E511" t="s">
-        <v>689</v>
+        <v>37</v>
       </c>
       <c r="F511" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G511">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H511" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I511">
-        <v>69685</v>
+        <v>5000</v>
       </c>
       <c r="J511">
-        <v>0</v>
+        <v>2371</v>
       </c>
       <c r="K511">
-        <v>69685</v>
+        <v>2598</v>
       </c>
       <c r="L511">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="M511" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512">
-        <v>307</v>
+        <v>330</v>
       </c>
       <c r="B512" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="C512" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D512" t="s">
-        <v>757</v>
+        <v>633</v>
       </c>
       <c r="E512" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F512" t="s">
-        <v>725</v>
+        <v>526</v>
       </c>
       <c r="G512">
         <v>2020</v>
       </c>
       <c r="H512" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I512">
-        <v>250000</v>
+        <v>5000</v>
       </c>
       <c r="J512">
         <v>0</v>
       </c>
       <c r="K512">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L512">
-        <v>250000</v>
+        <v>0</v>
       </c>
       <c r="M512" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="B513" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="C513" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D513" t="s">
-        <v>759</v>
+        <v>739</v>
       </c>
       <c r="E513" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F513" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G513">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="H513" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I513">
-        <v>50000</v>
+        <v>5000</v>
       </c>
       <c r="J513">
         <v>0</v>
       </c>
       <c r="K513">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L513">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="M513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514">
-        <v>304</v>
+        <v>328</v>
       </c>
       <c r="B514" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="C514" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D514" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="E514" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F514" t="s">
-        <v>42</v>
+        <v>754</v>
       </c>
       <c r="G514">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H514" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="I514">
-        <v>34557</v>
+        <v>200000</v>
       </c>
       <c r="J514">
-        <v>34557</v>
+        <v>0</v>
       </c>
       <c r="K514">
         <v>0</v>
       </c>
       <c r="L514">
-        <v>0</v>
+        <v>200000</v>
       </c>
       <c r="M514" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515">
-        <v>305</v>
+        <v>327</v>
       </c>
       <c r="B515" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="C515" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D515" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="E515" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="F515" t="s">
-        <v>42</v>
+        <v>526</v>
       </c>
       <c r="G515">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H515" t="s">
-        <v>18</v>
+        <v>304</v>
       </c>
       <c r="I515">
-        <v>9988</v>
+        <v>5000</v>
       </c>
       <c r="J515">
-        <v>9988</v>
+        <v>5000</v>
       </c>
       <c r="K515">
         <v>0</v>
       </c>
       <c r="L515">
         <v>0</v>
       </c>
       <c r="M515" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516">
-        <v>303</v>
+        <v>326</v>
       </c>
       <c r="B516" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
       <c r="C516" t="s">
         <v>14</v>
       </c>
       <c r="D516" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
       <c r="E516" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F516" t="s">
-        <v>97</v>
+        <v>754</v>
       </c>
       <c r="G516">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H516" t="s">
-        <v>105</v>
+        <v>758</v>
       </c>
       <c r="I516">
-        <v>1160</v>
+        <v>28900</v>
       </c>
       <c r="J516">
         <v>0</v>
       </c>
       <c r="K516">
         <v>0</v>
       </c>
       <c r="L516">
-        <v>1160</v>
+        <v>28900</v>
       </c>
       <c r="M516" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="B517" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="C517" t="s">
         <v>14</v>
       </c>
       <c r="D517" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
       <c r="E517" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F517" t="s">
-        <v>97</v>
+        <v>754</v>
       </c>
       <c r="G517">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H517" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I517">
-        <v>7090</v>
+        <v>132485</v>
       </c>
       <c r="J517">
         <v>0</v>
       </c>
       <c r="K517">
         <v>0</v>
       </c>
       <c r="L517">
-        <v>7090</v>
+        <v>132485</v>
       </c>
       <c r="M517" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518">
-        <v>301</v>
+        <v>324</v>
       </c>
       <c r="B518" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="C518" t="s">
         <v>14</v>
       </c>
       <c r="D518" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="E518" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F518" t="s">
-        <v>97</v>
+        <v>754</v>
       </c>
       <c r="G518">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="H518" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I518">
-        <v>3140</v>
+        <v>71070</v>
       </c>
       <c r="J518">
         <v>0</v>
       </c>
       <c r="K518">
         <v>0</v>
       </c>
       <c r="L518">
-        <v>3140</v>
+        <v>71070</v>
       </c>
       <c r="M518" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519">
-        <v>299</v>
+        <v>323</v>
       </c>
       <c r="B519" t="s">
-        <v>767</v>
+        <v>756</v>
       </c>
       <c r="C519" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D519" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="E519" t="s">
-        <v>297</v>
+        <v>509</v>
       </c>
       <c r="F519" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="G519">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H519" t="s">
-        <v>541</v>
+        <v>206</v>
       </c>
       <c r="I519">
-        <v>10411</v>
+        <v>132485</v>
       </c>
       <c r="J519">
-        <v>10411</v>
+        <v>0</v>
       </c>
       <c r="K519">
-        <v>0</v>
+        <v>132485</v>
       </c>
       <c r="L519">
         <v>0</v>
       </c>
       <c r="M519" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520">
-        <v>300</v>
+        <v>322</v>
       </c>
       <c r="B520" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="C520" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D520" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="E520" t="s">
-        <v>297</v>
+        <v>66</v>
       </c>
       <c r="F520" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G520">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H520" t="s">
-        <v>541</v>
+        <v>162</v>
       </c>
       <c r="I520">
-        <v>10650</v>
+        <v>100</v>
       </c>
       <c r="J520">
-        <v>10650</v>
+        <v>0</v>
       </c>
       <c r="K520">
         <v>0</v>
       </c>
       <c r="L520">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M520" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B521" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="C521" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D521" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="E521" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F521" t="s">
-        <v>725</v>
+        <v>526</v>
       </c>
       <c r="G521">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H521" t="s">
-        <v>78</v>
+        <v>289</v>
       </c>
       <c r="I521">
-        <v>350000</v>
+        <v>105</v>
       </c>
       <c r="J521">
         <v>0</v>
       </c>
       <c r="K521">
         <v>0</v>
       </c>
       <c r="L521">
-        <v>350000</v>
+        <v>105</v>
       </c>
       <c r="M521" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="B522" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="C522" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D522" t="s">
-        <v>688</v>
+        <v>766</v>
       </c>
       <c r="E522" t="s">
-        <v>394</v>
+        <v>66</v>
       </c>
       <c r="F522" t="s">
-        <v>689</v>
+        <v>229</v>
       </c>
       <c r="G522">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H522" t="s">
-        <v>320</v>
+        <v>245</v>
       </c>
       <c r="I522">
-        <v>69685</v>
+        <v>291</v>
       </c>
       <c r="J522">
         <v>0</v>
       </c>
       <c r="K522">
-        <v>69685</v>
+        <v>0</v>
       </c>
       <c r="L522">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="M522" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523">
-        <v>296</v>
+        <v>319</v>
       </c>
       <c r="B523" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="C523" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D523" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="E523" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F523" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G523">
         <v>2014</v>
       </c>
       <c r="H523" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="I523">
-        <v>100</v>
+        <v>1835</v>
       </c>
       <c r="J523">
         <v>0</v>
       </c>
       <c r="K523">
         <v>0</v>
       </c>
       <c r="L523">
-        <v>100</v>
+        <v>1835</v>
       </c>
       <c r="M523" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524">
-        <v>295</v>
+        <v>318</v>
       </c>
       <c r="B524" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="C524" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D524" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="E524" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F524" t="s">
-        <v>777</v>
+        <v>205</v>
       </c>
       <c r="G524">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="H524" t="s">
-        <v>78</v>
+        <v>206</v>
       </c>
       <c r="I524">
-        <v>250000</v>
+        <v>780</v>
       </c>
       <c r="J524">
         <v>0</v>
       </c>
       <c r="K524">
         <v>0</v>
       </c>
       <c r="L524">
-        <v>250000</v>
+        <v>780</v>
       </c>
       <c r="M524" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="B525" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="C525" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D525" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="E525" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F525" t="s">
-        <v>198</v>
+        <v>754</v>
       </c>
       <c r="G525">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H525" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I525">
-        <v>120</v>
+        <v>200000</v>
       </c>
       <c r="J525">
         <v>0</v>
       </c>
       <c r="K525">
         <v>0</v>
       </c>
       <c r="L525">
-        <v>120</v>
+        <v>200000</v>
       </c>
       <c r="M525" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="B526" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="C526" t="s">
         <v>14</v>
       </c>
       <c r="D526" t="s">
-        <v>299</v>
+        <v>774</v>
       </c>
       <c r="E526" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
       <c r="F526" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G526">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H526" t="s">
-        <v>72</v>
+        <v>758</v>
       </c>
       <c r="I526">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="J526">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="K526">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="L526">
         <v>0</v>
       </c>
       <c r="M526" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527">
-        <v>288</v>
+        <v>315</v>
       </c>
       <c r="B527" t="s">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="C527" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D527" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="E527" t="s">
-        <v>65</v>
+        <v>303</v>
       </c>
       <c r="F527" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G527">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H527" t="s">
-        <v>78</v>
+        <v>304</v>
       </c>
       <c r="I527">
-        <v>18351</v>
+        <v>1000</v>
       </c>
       <c r="J527">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="K527">
         <v>0</v>
       </c>
       <c r="L527">
-        <v>18351</v>
+        <v>0</v>
       </c>
       <c r="M527" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="B528" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="C528" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D528" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="E528" t="s">
-        <v>71</v>
+        <v>509</v>
       </c>
       <c r="F528" t="s">
-        <v>297</v>
+        <v>204</v>
       </c>
       <c r="G528">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="H528" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I528">
-        <v>4050</v>
+        <v>8850</v>
       </c>
       <c r="J528">
-        <v>4050</v>
+        <v>5043</v>
       </c>
       <c r="K528">
-        <v>0</v>
+        <v>780</v>
       </c>
       <c r="L528">
-        <v>0</v>
+        <v>3027</v>
       </c>
       <c r="M528" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="B529" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="C529" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D529" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="E529" t="s">
-        <v>257</v>
+        <v>509</v>
       </c>
       <c r="F529" t="s">
-        <v>297</v>
+        <v>204</v>
       </c>
       <c r="G529">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="H529" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I529">
-        <v>2563</v>
+        <v>9590</v>
       </c>
       <c r="J529">
-        <v>2563</v>
+        <v>3652</v>
       </c>
       <c r="K529">
-        <v>0</v>
+        <v>3961</v>
       </c>
       <c r="L529">
-        <v>0</v>
+        <v>1977</v>
       </c>
       <c r="M529" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="B530" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="C530" t="s">
         <v>14</v>
       </c>
       <c r="D530" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="E530" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="F530" t="s">
-        <v>297</v>
+        <v>564</v>
+      </c>
+      <c r="G530">
+        <v>2020</v>
       </c>
       <c r="H530" t="s">
-        <v>72</v>
+        <v>570</v>
       </c>
       <c r="I530">
-        <v>1487</v>
+        <v>50000</v>
       </c>
       <c r="J530">
         <v>0</v>
       </c>
       <c r="K530">
         <v>0</v>
       </c>
       <c r="L530">
-        <v>1487</v>
+        <v>50000</v>
       </c>
       <c r="M530" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531">
-        <v>284</v>
+        <v>309</v>
       </c>
       <c r="B531" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="C531" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D531" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="E531" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F531" t="s">
-        <v>257</v>
+        <v>58</v>
+      </c>
+      <c r="G531">
+        <v>2014</v>
       </c>
       <c r="H531" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I531">
-        <v>1487</v>
+        <v>636</v>
       </c>
       <c r="J531">
         <v>0</v>
       </c>
       <c r="K531">
-        <v>1487</v>
+        <v>0</v>
       </c>
       <c r="L531">
-        <v>0</v>
+        <v>636</v>
       </c>
       <c r="M531" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532">
-        <v>283</v>
+        <v>308</v>
       </c>
       <c r="B532" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="C532" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D532" t="s">
-        <v>789</v>
+        <v>717</v>
       </c>
       <c r="E532" t="s">
-        <v>65</v>
+        <v>718</v>
       </c>
       <c r="F532" t="s">
-        <v>549</v>
+        <v>66</v>
       </c>
       <c r="G532">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H532" t="s">
-        <v>78</v>
+        <v>351</v>
       </c>
       <c r="I532">
-        <v>300000</v>
+        <v>69685</v>
       </c>
       <c r="J532">
         <v>0</v>
       </c>
       <c r="K532">
-        <v>0</v>
+        <v>69685</v>
       </c>
       <c r="L532">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="M532" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="B533" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="C533" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D533" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="E533" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F533" t="s">
-        <v>497</v>
+        <v>754</v>
       </c>
       <c r="G533">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H533" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I533">
-        <v>2491</v>
+        <v>250000</v>
       </c>
       <c r="J533">
-        <v>2098</v>
+        <v>0</v>
       </c>
       <c r="K533">
         <v>0</v>
       </c>
       <c r="L533">
-        <v>393</v>
+        <v>250000</v>
       </c>
       <c r="M533" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534">
-        <v>281</v>
+        <v>306</v>
       </c>
       <c r="B534" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C534" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D534" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="E534" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F534" t="s">
-        <v>497</v>
+        <v>564</v>
       </c>
       <c r="G534">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H534" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="I534">
-        <v>3196</v>
+        <v>50000</v>
       </c>
       <c r="J534">
-        <v>2872</v>
+        <v>0</v>
       </c>
       <c r="K534">
         <v>0</v>
       </c>
       <c r="L534">
-        <v>324</v>
+        <v>50000</v>
       </c>
       <c r="M534" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535">
-        <v>280</v>
+        <v>304</v>
       </c>
       <c r="B535" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C535" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D535" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="E535" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F535" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G535">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H535" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="I535">
-        <v>2196</v>
+        <v>34557</v>
       </c>
       <c r="J535">
-        <v>2120</v>
+        <v>34557</v>
       </c>
       <c r="K535">
         <v>0</v>
       </c>
       <c r="L535">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="M535" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536">
-        <v>279</v>
+        <v>305</v>
       </c>
       <c r="B536" t="s">
+        <v>787</v>
+      </c>
+      <c r="C536" t="s">
+        <v>35</v>
+      </c>
+      <c r="D536" t="s">
         <v>790</v>
       </c>
-      <c r="C536" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E536" t="s">
-        <v>235</v>
+        <v>22</v>
       </c>
       <c r="F536" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G536">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H536" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="I536">
-        <v>2543</v>
+        <v>9988</v>
       </c>
       <c r="J536">
-        <v>2501</v>
+        <v>9988</v>
       </c>
       <c r="K536">
         <v>0</v>
       </c>
       <c r="L536">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="M536" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537">
-        <v>278</v>
+        <v>303</v>
       </c>
       <c r="B537" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="C537" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D537" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="E537" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F537" t="s">
-        <v>497</v>
+        <v>58</v>
       </c>
       <c r="G537">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H537" t="s">
-        <v>258</v>
+        <v>137</v>
       </c>
       <c r="I537">
-        <v>2416</v>
+        <v>1160</v>
       </c>
       <c r="J537">
         <v>0</v>
       </c>
       <c r="K537">
-        <v>2406</v>
+        <v>0</v>
       </c>
       <c r="L537">
-        <v>10</v>
+        <v>1160</v>
       </c>
       <c r="M537" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538">
-        <v>277</v>
+        <v>302</v>
       </c>
       <c r="B538" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="C538" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D538" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="E538" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F538" t="s">
-        <v>497</v>
+        <v>58</v>
       </c>
       <c r="G538">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H538" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="I538">
-        <v>2416</v>
+        <v>7090</v>
       </c>
       <c r="J538">
         <v>0</v>
       </c>
       <c r="K538">
-        <v>2402</v>
+        <v>0</v>
       </c>
       <c r="L538">
-        <v>14</v>
+        <v>7090</v>
       </c>
       <c r="M538" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539">
-        <v>276</v>
+        <v>301</v>
       </c>
       <c r="B539" t="s">
+        <v>793</v>
+      </c>
+      <c r="C539" t="s">
+        <v>41</v>
+      </c>
+      <c r="D539" t="s">
         <v>795</v>
       </c>
-      <c r="C539" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E539" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F539" t="s">
-        <v>497</v>
+        <v>58</v>
       </c>
       <c r="G539">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="H539" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I539">
-        <v>1980</v>
+        <v>3140</v>
       </c>
       <c r="J539">
-        <v>1932</v>
+        <v>0</v>
       </c>
       <c r="K539">
         <v>0</v>
       </c>
       <c r="L539">
-        <v>48</v>
+        <v>3140</v>
       </c>
       <c r="M539" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540">
-        <v>275</v>
+        <v>299</v>
       </c>
       <c r="B540" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C540" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D540" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="E540" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="F540" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G540">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H540" t="s">
-        <v>72</v>
+        <v>570</v>
       </c>
       <c r="I540">
-        <v>2809</v>
+        <v>10411</v>
       </c>
       <c r="J540">
-        <v>2709</v>
+        <v>10411</v>
       </c>
       <c r="K540">
         <v>0</v>
       </c>
       <c r="L540">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M540" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541">
-        <v>274</v>
+        <v>300</v>
       </c>
       <c r="B541" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="C541" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D541" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="E541" t="s">
-        <v>480</v>
+        <v>328</v>
       </c>
       <c r="F541" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="G541">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H541" t="s">
-        <v>174</v>
+        <v>570</v>
       </c>
       <c r="I541">
-        <v>1343</v>
+        <v>10650</v>
       </c>
       <c r="J541">
-        <v>1328</v>
+        <v>10650</v>
       </c>
       <c r="K541">
         <v>0</v>
       </c>
       <c r="L541">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="M541" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542">
-        <v>273</v>
+        <v>298</v>
       </c>
       <c r="B542" t="s">
+        <v>799</v>
+      </c>
+      <c r="C542" t="s">
+        <v>14</v>
+      </c>
+      <c r="D542" t="s">
         <v>800</v>
       </c>
-      <c r="C542" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E542" t="s">
-        <v>480</v>
+        <v>37</v>
       </c>
       <c r="F542" t="s">
-        <v>497</v>
+        <v>754</v>
       </c>
       <c r="G542">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H542" t="s">
-        <v>174</v>
+        <v>44</v>
       </c>
       <c r="I542">
-        <v>240</v>
+        <v>350000</v>
       </c>
       <c r="J542">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="K542">
         <v>0</v>
       </c>
       <c r="L542">
-        <v>170</v>
+        <v>350000</v>
       </c>
       <c r="M542" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543">
-        <v>272</v>
+        <v>297</v>
       </c>
       <c r="B543" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C543" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D543" t="s">
-        <v>803</v>
+        <v>717</v>
       </c>
       <c r="E543" t="s">
-        <v>480</v>
+        <v>423</v>
       </c>
       <c r="F543" t="s">
-        <v>497</v>
+        <v>718</v>
       </c>
       <c r="G543">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H543" t="s">
-        <v>498</v>
+        <v>351</v>
       </c>
       <c r="I543">
-        <v>1343</v>
+        <v>69685</v>
       </c>
       <c r="J543">
-        <v>1338</v>
+        <v>0</v>
       </c>
       <c r="K543">
-        <v>0</v>
+        <v>69685</v>
       </c>
       <c r="L543">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="M543" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544">
-        <v>271</v>
+        <v>296</v>
       </c>
       <c r="B544" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C544" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D544" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="E544" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F544" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G544">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H544" t="s">
-        <v>320</v>
+        <v>245</v>
       </c>
       <c r="I544">
-        <v>1236</v>
+        <v>100</v>
       </c>
       <c r="J544">
-        <v>871</v>
+        <v>0</v>
       </c>
       <c r="K544">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="L544">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M544" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="B545" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C545" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D545" t="s">
         <v>805</v>
       </c>
       <c r="E545" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F545" t="s">
-        <v>26</v>
+        <v>806</v>
       </c>
       <c r="G545">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H545" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="I545">
-        <v>3686</v>
+        <v>250000</v>
       </c>
       <c r="J545">
         <v>0</v>
       </c>
       <c r="K545">
-        <v>3686</v>
+        <v>0</v>
       </c>
       <c r="L545">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="M545" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="B546" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C546" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D546" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="E546" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F546" t="s">
-        <v>707</v>
+        <v>229</v>
       </c>
       <c r="G546">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H546" t="s">
-        <v>214</v>
+        <v>351</v>
       </c>
       <c r="I546">
-        <v>6882</v>
+        <v>120</v>
       </c>
       <c r="J546">
         <v>0</v>
       </c>
       <c r="K546">
-        <v>6882</v>
+        <v>0</v>
       </c>
       <c r="L546">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M546" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547">
-        <v>268</v>
+        <v>293</v>
       </c>
       <c r="B547" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="C547" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D547" t="s">
-        <v>807</v>
+        <v>330</v>
       </c>
       <c r="E547" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="F547" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="G547">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H547" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="I547">
-        <v>3727</v>
+        <v>1200</v>
       </c>
       <c r="J547">
         <v>0</v>
       </c>
       <c r="K547">
-        <v>3727</v>
+        <v>1200</v>
       </c>
       <c r="L547">
         <v>0</v>
       </c>
       <c r="M547" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="B548" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C548" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D548" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="E548" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F548" t="s">
-        <v>198</v>
+        <v>564</v>
       </c>
       <c r="G548">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H548" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="I548">
-        <v>162</v>
+        <v>18351</v>
       </c>
       <c r="J548">
         <v>0</v>
       </c>
       <c r="K548">
         <v>0</v>
       </c>
       <c r="L548">
-        <v>162</v>
+        <v>18351</v>
       </c>
       <c r="M548" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="B549" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C549" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D549" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="E549" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="F549" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="G549">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H549" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I549">
-        <v>5467</v>
+        <v>4050</v>
       </c>
       <c r="J549">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="K549">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L549">
         <v>0</v>
       </c>
       <c r="M549" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="B550" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C550" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D550" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="E550" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F550" t="s">
-        <v>198</v>
+        <v>328</v>
       </c>
       <c r="G550">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H550" t="s">
-        <v>214</v>
+        <v>111</v>
       </c>
       <c r="I550">
-        <v>100</v>
+        <v>2563</v>
       </c>
       <c r="J550">
-        <v>58</v>
+        <v>2563</v>
       </c>
       <c r="K550">
         <v>0</v>
       </c>
       <c r="L550">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="M550" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B551" t="s">
         <v>814</v>
       </c>
       <c r="C551" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D551" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="E551" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="F551" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>328</v>
       </c>
       <c r="H551" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I551">
-        <v>3000</v>
+        <v>1487</v>
       </c>
       <c r="J551">
         <v>0</v>
       </c>
       <c r="K551">
         <v>0</v>
       </c>
       <c r="L551">
-        <v>3000</v>
+        <v>1487</v>
       </c>
       <c r="M551" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="B552" t="s">
+        <v>814</v>
+      </c>
+      <c r="C552" t="s">
+        <v>41</v>
+      </c>
+      <c r="D552" t="s">
         <v>816</v>
       </c>
-      <c r="C552" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E552" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F552" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>288</v>
       </c>
       <c r="H552" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="I552">
-        <v>300000</v>
+        <v>1487</v>
       </c>
       <c r="J552">
         <v>0</v>
       </c>
       <c r="K552">
-        <v>0</v>
+        <v>1487</v>
       </c>
       <c r="L552">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="M552" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="B553" t="s">
+        <v>817</v>
+      </c>
+      <c r="C553" t="s">
+        <v>14</v>
+      </c>
+      <c r="D553" t="s">
         <v>818</v>
       </c>
-      <c r="C553" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E553" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F553" t="s">
-        <v>26</v>
+        <v>578</v>
       </c>
       <c r="G553">
         <v>2019</v>
       </c>
       <c r="H553" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I553">
-        <v>427</v>
+        <v>300000</v>
       </c>
       <c r="J553">
         <v>0</v>
       </c>
       <c r="K553">
-        <v>427</v>
+        <v>0</v>
       </c>
       <c r="L553">
-        <v>0</v>
+        <v>300000</v>
       </c>
       <c r="M553" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="B554" t="s">
         <v>819</v>
       </c>
       <c r="C554" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D554" t="s">
         <v>820</v>
       </c>
       <c r="E554" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F554" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G554">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H554" t="s">
-        <v>78</v>
+        <v>351</v>
       </c>
       <c r="I554">
-        <v>73273</v>
+        <v>2491</v>
       </c>
       <c r="J554">
-        <v>0</v>
+        <v>2098</v>
       </c>
       <c r="K554">
-        <v>73273</v>
+        <v>0</v>
       </c>
       <c r="L554">
-        <v>0</v>
+        <v>393</v>
       </c>
       <c r="M554" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555">
-        <v>260</v>
+        <v>281</v>
       </c>
       <c r="B555" t="s">
         <v>819</v>
       </c>
       <c r="C555" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D555" t="s">
         <v>821</v>
       </c>
       <c r="E555" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F555" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G555">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H555" t="s">
-        <v>78</v>
+        <v>245</v>
       </c>
       <c r="I555">
-        <v>71091</v>
+        <v>3196</v>
       </c>
       <c r="J555">
-        <v>0</v>
+        <v>2872</v>
       </c>
       <c r="K555">
-        <v>7541</v>
+        <v>0</v>
       </c>
       <c r="L555">
-        <v>63550</v>
+        <v>324</v>
       </c>
       <c r="M555" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="B556" t="s">
         <v>819</v>
       </c>
       <c r="C556" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D556" t="s">
         <v>822</v>
       </c>
       <c r="E556" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F556" t="s">
-        <v>257</v>
+        <v>526</v>
       </c>
       <c r="G556">
         <v>2019</v>
       </c>
       <c r="H556" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I556">
-        <v>68427</v>
+        <v>2196</v>
       </c>
       <c r="J556">
-        <v>0</v>
+        <v>2120</v>
       </c>
       <c r="K556">
-        <v>2407</v>
+        <v>0</v>
       </c>
       <c r="L556">
-        <v>66020</v>
+        <v>76</v>
       </c>
       <c r="M556" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="B557" t="s">
+        <v>819</v>
+      </c>
+      <c r="C557" t="s">
+        <v>14</v>
+      </c>
+      <c r="D557" t="s">
         <v>823</v>
       </c>
-      <c r="C557" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E557" t="s">
-        <v>65</v>
+        <v>266</v>
       </c>
       <c r="F557" t="s">
-        <v>97</v>
+        <v>526</v>
       </c>
       <c r="G557">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H557" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I557">
-        <v>160</v>
+        <v>2543</v>
       </c>
       <c r="J557">
-        <v>0</v>
+        <v>2501</v>
       </c>
       <c r="K557">
         <v>0</v>
       </c>
       <c r="L557">
-        <v>160</v>
+        <v>42</v>
       </c>
       <c r="M557" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="B558" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C558" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D558" t="s">
         <v>825</v>
       </c>
       <c r="E558" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F558" t="s">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="G558">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H558" t="s">
-        <v>498</v>
+        <v>289</v>
       </c>
       <c r="I558">
-        <v>228393</v>
+        <v>2416</v>
       </c>
       <c r="J558">
         <v>0</v>
       </c>
       <c r="K558">
-        <v>228393</v>
+        <v>2406</v>
       </c>
       <c r="L558">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M558" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="B559" t="s">
+        <v>824</v>
+      </c>
+      <c r="C559" t="s">
+        <v>14</v>
+      </c>
+      <c r="D559" t="s">
         <v>826</v>
       </c>
-      <c r="C559" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E559" t="s">
-        <v>257</v>
+        <v>37</v>
       </c>
       <c r="F559" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G559">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H559" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I559">
-        <v>1321</v>
+        <v>2416</v>
       </c>
       <c r="J559">
         <v>0</v>
       </c>
       <c r="K559">
-        <v>1321</v>
+        <v>2402</v>
       </c>
       <c r="L559">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="M559" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560">
-        <v>254</v>
+        <v>276</v>
       </c>
       <c r="B560" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C560" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D560" t="s">
-        <v>554</v>
+        <v>827</v>
       </c>
       <c r="E560" t="s">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="F560" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G560">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H560" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I560">
-        <v>972</v>
+        <v>1980</v>
       </c>
       <c r="J560">
-        <v>0</v>
+        <v>1932</v>
       </c>
       <c r="K560">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="L560">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="M560" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="B561" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C561" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D561" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="E561" t="s">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="F561" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G561">
         <v>2021</v>
       </c>
       <c r="H561" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="I561">
-        <v>821</v>
+        <v>2809</v>
       </c>
       <c r="J561">
-        <v>821</v>
+        <v>2709</v>
       </c>
       <c r="K561">
         <v>0</v>
       </c>
       <c r="L561">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M561" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="B562" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C562" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D562" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="E562" t="s">
-        <v>26</v>
+        <v>509</v>
       </c>
       <c r="F562" t="s">
-        <v>829</v>
+        <v>526</v>
       </c>
       <c r="G562">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H562" t="s">
-        <v>258</v>
+        <v>206</v>
       </c>
       <c r="I562">
-        <v>369</v>
+        <v>1343</v>
       </c>
       <c r="J562">
-        <v>369</v>
+        <v>1328</v>
       </c>
       <c r="K562">
         <v>0</v>
       </c>
       <c r="L562">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="M562" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="B563" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C563" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D563" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="E563" t="s">
-        <v>26</v>
+        <v>509</v>
       </c>
       <c r="F563" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G563">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H563" t="s">
-        <v>98</v>
+        <v>206</v>
       </c>
       <c r="I563">
-        <v>26225</v>
+        <v>240</v>
       </c>
       <c r="J563">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="K563">
         <v>0</v>
       </c>
       <c r="L563">
-        <v>26225</v>
+        <v>170</v>
       </c>
       <c r="M563" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="B564" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C564" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D564" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="E564" t="s">
-        <v>26</v>
+        <v>509</v>
       </c>
       <c r="F564" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G564">
         <v>2019</v>
       </c>
       <c r="H564" t="s">
-        <v>258</v>
+        <v>527</v>
       </c>
       <c r="I564">
-        <v>13424</v>
+        <v>1343</v>
       </c>
       <c r="J564">
-        <v>0</v>
+        <v>1338</v>
       </c>
       <c r="K564">
         <v>0</v>
       </c>
       <c r="L564">
-        <v>13424</v>
+        <v>5</v>
       </c>
       <c r="M564" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565">
-        <v>249</v>
+        <v>271</v>
       </c>
       <c r="B565" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C565" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D565" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="E565" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="F565" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G565">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H565" t="s">
-        <v>258</v>
+        <v>351</v>
       </c>
       <c r="I565">
-        <v>369</v>
+        <v>1236</v>
       </c>
       <c r="J565">
-        <v>0</v>
+        <v>871</v>
       </c>
       <c r="K565">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="L565">
         <v>0</v>
       </c>
       <c r="M565" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="B566" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="C566" t="s">
         <v>14</v>
       </c>
       <c r="D566" t="s">
         <v>834</v>
       </c>
       <c r="E566" t="s">
-        <v>172</v>
+        <v>736</v>
       </c>
       <c r="F566" t="s">
-        <v>173</v>
+        <v>66</v>
       </c>
       <c r="G566">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="H566" t="s">
-        <v>105</v>
+        <v>245</v>
       </c>
       <c r="I566">
-        <v>2439</v>
+        <v>3686</v>
       </c>
       <c r="J566">
         <v>0</v>
       </c>
       <c r="K566">
-        <v>0</v>
+        <v>3686</v>
       </c>
       <c r="L566">
-        <v>2439</v>
+        <v>0</v>
       </c>
       <c r="M566" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="B567" t="s">
+        <v>829</v>
+      </c>
+      <c r="C567" t="s">
+        <v>14</v>
+      </c>
+      <c r="D567" t="s">
         <v>835</v>
       </c>
-      <c r="C567" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E567" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="F567" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="G567">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H567" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="I567">
-        <v>10000</v>
+        <v>6882</v>
       </c>
       <c r="J567">
-        <v>4055</v>
+        <v>0</v>
       </c>
       <c r="K567">
-        <v>5945</v>
+        <v>6882</v>
       </c>
       <c r="L567">
         <v>0</v>
       </c>
       <c r="M567" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568">
-        <v>246</v>
+        <v>268</v>
       </c>
       <c r="B568" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="C568" t="s">
         <v>14</v>
       </c>
       <c r="D568" t="s">
-        <v>787</v>
+        <v>836</v>
       </c>
       <c r="E568" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="F568" t="s">
-        <v>26</v>
+        <v>736</v>
+      </c>
+      <c r="G568">
+        <v>2016</v>
       </c>
       <c r="H568" t="s">
-        <v>72</v>
+        <v>351</v>
       </c>
       <c r="I568">
-        <v>1487</v>
+        <v>3727</v>
       </c>
       <c r="J568">
         <v>0</v>
       </c>
       <c r="K568">
-        <v>1487</v>
+        <v>3727</v>
       </c>
       <c r="L568">
         <v>0</v>
       </c>
       <c r="M568" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569">
-        <v>245</v>
+        <v>267</v>
       </c>
       <c r="B569" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C569" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D569" t="s">
-        <v>811</v>
+        <v>838</v>
       </c>
       <c r="E569" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="F569" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G569">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H569" t="s">
-        <v>72</v>
+        <v>162</v>
       </c>
       <c r="I569">
-        <v>5467</v>
+        <v>162</v>
       </c>
       <c r="J569">
         <v>0</v>
       </c>
       <c r="K569">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L569">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="M569" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570">
-        <v>244</v>
+        <v>266</v>
       </c>
       <c r="B570" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C570" t="s">
         <v>14</v>
       </c>
       <c r="D570" t="s">
-        <v>787</v>
+        <v>840</v>
       </c>
       <c r="E570" t="s">
-        <v>585</v>
+        <v>66</v>
       </c>
       <c r="F570" t="s">
-        <v>257</v>
+        <v>288</v>
+      </c>
+      <c r="G570">
+        <v>2021</v>
       </c>
       <c r="H570" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I570">
-        <v>1487</v>
+        <v>5467</v>
       </c>
       <c r="J570">
         <v>0</v>
       </c>
       <c r="K570">
-        <v>1487</v>
+        <v>5467</v>
       </c>
       <c r="L570">
         <v>0</v>
       </c>
       <c r="M570" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571">
-        <v>243</v>
+        <v>265</v>
       </c>
       <c r="B571" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="C571" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D571" t="s">
-        <v>811</v>
+        <v>842</v>
       </c>
       <c r="E571" t="s">
-        <v>585</v>
+        <v>66</v>
       </c>
       <c r="F571" t="s">
-        <v>257</v>
+        <v>229</v>
       </c>
       <c r="G571">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H571" t="s">
-        <v>72</v>
+        <v>245</v>
       </c>
       <c r="I571">
-        <v>5467</v>
+        <v>100</v>
       </c>
       <c r="J571">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="K571">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L571">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="M571" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="B572" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="C572" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D572" t="s">
-        <v>811</v>
+        <v>844</v>
       </c>
       <c r="E572" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="F572" t="s">
-        <v>585</v>
+        <v>58</v>
       </c>
       <c r="G572">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H572" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I572">
-        <v>5467</v>
+        <v>3000</v>
       </c>
       <c r="J572">
         <v>0</v>
       </c>
       <c r="K572">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L572">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="M572" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573">
-        <v>241</v>
+        <v>263</v>
       </c>
       <c r="B573" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="C573" t="s">
         <v>14</v>
       </c>
       <c r="D573" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="E573" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="F573" t="s">
-        <v>585</v>
+        <v>578</v>
+      </c>
+      <c r="G573">
+        <v>2019</v>
       </c>
       <c r="H573" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="I573">
-        <v>5587</v>
+        <v>300000</v>
       </c>
       <c r="J573">
         <v>0</v>
       </c>
       <c r="K573">
-        <v>5587</v>
+        <v>0</v>
       </c>
       <c r="L573">
-        <v>0</v>
+        <v>300000</v>
       </c>
       <c r="M573" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574">
-        <v>240</v>
+        <v>262</v>
       </c>
       <c r="B574" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C574" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D574" t="s">
-        <v>840</v>
+        <v>546</v>
       </c>
       <c r="E574" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F574" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
       <c r="G574">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="H574" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="I574">
-        <v>855</v>
+        <v>427</v>
       </c>
       <c r="J574">
         <v>0</v>
       </c>
       <c r="K574">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="L574">
-        <v>855</v>
+        <v>0</v>
       </c>
       <c r="M574" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575">
-        <v>239</v>
+        <v>261</v>
       </c>
       <c r="B575" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C575" t="s">
         <v>14</v>
       </c>
       <c r="D575" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="E575" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F575" t="s">
-        <v>97</v>
+        <v>288</v>
       </c>
       <c r="G575">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="H575" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="I575">
-        <v>3416</v>
+        <v>73273</v>
       </c>
       <c r="J575">
         <v>0</v>
       </c>
       <c r="K575">
-        <v>0</v>
+        <v>73273</v>
       </c>
       <c r="L575">
-        <v>3416</v>
+        <v>0</v>
       </c>
       <c r="M575" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576">
-        <v>238</v>
+        <v>260</v>
       </c>
       <c r="B576" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="C576" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D576" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="E576" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F576" t="s">
-        <v>198</v>
+        <v>288</v>
       </c>
       <c r="G576">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H576" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="I576">
-        <v>2205</v>
+        <v>71091</v>
       </c>
       <c r="J576">
         <v>0</v>
       </c>
       <c r="K576">
-        <v>0</v>
+        <v>7541</v>
       </c>
       <c r="L576">
-        <v>2205</v>
+        <v>63550</v>
       </c>
       <c r="M576" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="B577" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C577" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D577" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="E577" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F577" t="s">
-        <v>198</v>
+        <v>288</v>
       </c>
       <c r="G577">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="H577" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="I577">
-        <v>333</v>
+        <v>68427</v>
       </c>
       <c r="J577">
         <v>0</v>
       </c>
       <c r="K577">
-        <v>0</v>
+        <v>2407</v>
       </c>
       <c r="L577">
-        <v>333</v>
+        <v>66020</v>
       </c>
       <c r="M577" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578">
-        <v>236</v>
+        <v>258</v>
       </c>
       <c r="B578" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="C578" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D578" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="E578" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F578" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="G578">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="H578" t="s">
-        <v>214</v>
+        <v>137</v>
       </c>
       <c r="I578">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="J578">
         <v>0</v>
       </c>
       <c r="K578">
         <v>0</v>
       </c>
       <c r="L578">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="M578" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="B579" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="C579" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D579" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="E579" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F579" t="s">
-        <v>198</v>
+        <v>509</v>
       </c>
       <c r="G579">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H579" t="s">
-        <v>320</v>
+        <v>527</v>
       </c>
       <c r="I579">
-        <v>193</v>
+        <v>228393</v>
       </c>
       <c r="J579">
         <v>0</v>
       </c>
       <c r="K579">
-        <v>0</v>
+        <v>228393</v>
       </c>
       <c r="L579">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="M579" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="B580" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C580" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D580" t="s">
-        <v>852</v>
+        <v>588</v>
       </c>
       <c r="E580" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F580" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G580">
         <v>2020</v>
       </c>
       <c r="H580" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I580">
-        <v>500</v>
+        <v>1321</v>
       </c>
       <c r="J580">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K580">
-        <v>0</v>
+        <v>1321</v>
       </c>
       <c r="L580">
         <v>0</v>
       </c>
       <c r="M580" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="B581" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C581" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D581" t="s">
-        <v>853</v>
+        <v>583</v>
       </c>
       <c r="E581" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F581" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G581">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H581" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I581">
-        <v>500</v>
+        <v>972</v>
       </c>
       <c r="J581">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K581">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="L581">
         <v>0</v>
       </c>
       <c r="M581" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="B582" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C582" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D582" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="E582" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="F582" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
       <c r="G582">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H582" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I582">
-        <v>200</v>
+        <v>821</v>
       </c>
       <c r="J582">
-        <v>0</v>
+        <v>821</v>
       </c>
       <c r="K582">
         <v>0</v>
       </c>
       <c r="L582">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M582" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583">
-        <v>231</v>
+        <v>252</v>
       </c>
       <c r="B583" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C583" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D583" t="s">
         <v>857</v>
       </c>
       <c r="E583" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F583" t="s">
-        <v>26</v>
+        <v>858</v>
       </c>
       <c r="G583">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H583" t="s">
-        <v>214</v>
+        <v>289</v>
       </c>
       <c r="I583">
-        <v>15896</v>
+        <v>369</v>
       </c>
       <c r="J583">
-        <v>14886</v>
+        <v>369</v>
       </c>
       <c r="K583">
-        <v>1010</v>
+        <v>0</v>
       </c>
       <c r="L583">
         <v>0</v>
       </c>
       <c r="M583" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="B584" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C584" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D584" t="s">
-        <v>708</v>
+        <v>859</v>
       </c>
       <c r="E584" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F584" t="s">
-        <v>26</v>
+        <v>564</v>
       </c>
       <c r="G584">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H584" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I584">
-        <v>5498</v>
+        <v>26225</v>
       </c>
       <c r="J584">
         <v>0</v>
       </c>
       <c r="K584">
-        <v>5498</v>
+        <v>0</v>
       </c>
       <c r="L584">
-        <v>0</v>
+        <v>26225</v>
       </c>
       <c r="M584" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="B585" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C585" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D585" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E585" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F585" t="s">
-        <v>26</v>
+        <v>564</v>
       </c>
       <c r="G585">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H585" t="s">
-        <v>214</v>
+        <v>289</v>
       </c>
       <c r="I585">
-        <v>6982</v>
+        <v>13424</v>
       </c>
       <c r="J585">
         <v>0</v>
       </c>
       <c r="K585">
-        <v>6982</v>
+        <v>0</v>
       </c>
       <c r="L585">
-        <v>0</v>
+        <v>13424</v>
       </c>
       <c r="M585" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="B586" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="C586" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D586" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="E586" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="F586" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G586">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H586" t="s">
-        <v>130</v>
+        <v>289</v>
       </c>
       <c r="I586">
-        <v>2387</v>
+        <v>369</v>
       </c>
       <c r="J586">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="K586">
-        <v>2123</v>
+        <v>369</v>
       </c>
       <c r="L586">
         <v>0</v>
       </c>
       <c r="M586" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="B587" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="C587" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D587" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="E587" t="s">
-        <v>707</v>
+        <v>204</v>
       </c>
       <c r="F587" t="s">
-        <v>26</v>
+        <v>205</v>
       </c>
       <c r="G587">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="H587" t="s">
-        <v>214</v>
+        <v>137</v>
       </c>
       <c r="I587">
-        <v>1188</v>
+        <v>2439</v>
       </c>
       <c r="J587">
         <v>0</v>
       </c>
       <c r="K587">
-        <v>1188</v>
+        <v>0</v>
       </c>
       <c r="L587">
-        <v>0</v>
+        <v>2439</v>
       </c>
       <c r="M587" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588">
-        <v>226</v>
+        <v>247</v>
       </c>
       <c r="B588" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C588" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D588" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="E588" t="s">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="F588" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="G588">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H588" t="s">
-        <v>214</v>
+        <v>131</v>
       </c>
       <c r="I588">
-        <v>15896</v>
+        <v>10000</v>
       </c>
       <c r="J588">
-        <v>0</v>
+        <v>4055</v>
       </c>
       <c r="K588">
-        <v>15896</v>
+        <v>5945</v>
       </c>
       <c r="L588">
         <v>0</v>
       </c>
       <c r="M588" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589">
-        <v>225</v>
+        <v>246</v>
       </c>
       <c r="B589" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C589" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D589" t="s">
-        <v>708</v>
+        <v>816</v>
       </c>
       <c r="E589" t="s">
-        <v>129</v>
+        <v>288</v>
       </c>
       <c r="F589" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>66</v>
       </c>
       <c r="H589" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="I589">
-        <v>5498</v>
+        <v>1487</v>
       </c>
       <c r="J589">
         <v>0</v>
       </c>
       <c r="K589">
-        <v>5498</v>
+        <v>1487</v>
       </c>
       <c r="L589">
         <v>0</v>
       </c>
       <c r="M589" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590">
-        <v>224</v>
+        <v>245</v>
       </c>
       <c r="B590" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C590" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D590" t="s">
-        <v>858</v>
+        <v>840</v>
       </c>
       <c r="E590" t="s">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="F590" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="G590">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H590" t="s">
-        <v>214</v>
+        <v>111</v>
       </c>
       <c r="I590">
-        <v>6982</v>
+        <v>5467</v>
       </c>
       <c r="J590">
         <v>0</v>
       </c>
       <c r="K590">
-        <v>6982</v>
+        <v>5467</v>
       </c>
       <c r="L590">
         <v>0</v>
       </c>
       <c r="M590" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591">
-        <v>223</v>
+        <v>244</v>
       </c>
       <c r="B591" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C591" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D591" t="s">
-        <v>859</v>
+        <v>816</v>
       </c>
       <c r="E591" t="s">
-        <v>129</v>
+        <v>614</v>
       </c>
       <c r="F591" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>288</v>
       </c>
       <c r="H591" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="I591">
-        <v>2387</v>
+        <v>1487</v>
       </c>
       <c r="J591">
         <v>0</v>
       </c>
       <c r="K591">
-        <v>2387</v>
+        <v>1487</v>
       </c>
       <c r="L591">
         <v>0</v>
       </c>
       <c r="M591" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="B592" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C592" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D592" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
       <c r="E592" t="s">
-        <v>246</v>
+        <v>614</v>
       </c>
       <c r="F592" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="G592">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="H592" t="s">
-        <v>214</v>
+        <v>111</v>
       </c>
       <c r="I592">
-        <v>1188</v>
+        <v>5467</v>
       </c>
       <c r="J592">
         <v>0</v>
       </c>
       <c r="K592">
-        <v>1188</v>
+        <v>5467</v>
       </c>
       <c r="L592">
         <v>0</v>
       </c>
       <c r="M592" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593">
-        <v>221</v>
+        <v>242</v>
       </c>
       <c r="B593" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C593" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D593" t="s">
-        <v>862</v>
+        <v>840</v>
       </c>
       <c r="E593" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="F593" t="s">
-        <v>198</v>
+        <v>614</v>
       </c>
       <c r="G593">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H593" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="I593">
-        <v>190</v>
+        <v>5467</v>
       </c>
       <c r="J593">
         <v>0</v>
       </c>
       <c r="K593">
-        <v>0</v>
+        <v>5467</v>
       </c>
       <c r="L593">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="M593" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594">
-        <v>220</v>
+        <v>241</v>
       </c>
       <c r="B594" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C594" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D594" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="E594" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="F594" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>614</v>
       </c>
       <c r="H594" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="I594">
-        <v>611</v>
+        <v>5587</v>
       </c>
       <c r="J594">
         <v>0</v>
       </c>
       <c r="K594">
-        <v>0</v>
+        <v>5587</v>
       </c>
       <c r="L594">
-        <v>611</v>
+        <v>0</v>
       </c>
       <c r="M594" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595">
-        <v>219</v>
+        <v>240</v>
       </c>
       <c r="B595" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C595" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D595" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="E595" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F595" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G595">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H595" t="s">
-        <v>320</v>
+        <v>245</v>
       </c>
       <c r="I595">
-        <v>115</v>
+        <v>855</v>
       </c>
       <c r="J595">
         <v>0</v>
       </c>
       <c r="K595">
         <v>0</v>
       </c>
       <c r="L595">
-        <v>115</v>
+        <v>855</v>
       </c>
       <c r="M595" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596">
-        <v>218</v>
+        <v>239</v>
       </c>
       <c r="B596" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C596" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D596" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="E596" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F596" t="s">
-        <v>173</v>
+        <v>58</v>
+      </c>
+      <c r="G596">
+        <v>2013</v>
       </c>
       <c r="H596" t="s">
-        <v>869</v>
+        <v>137</v>
       </c>
       <c r="I596">
-        <v>200</v>
+        <v>3416</v>
       </c>
       <c r="J596">
         <v>0</v>
       </c>
       <c r="K596">
         <v>0</v>
       </c>
       <c r="L596">
-        <v>200</v>
+        <v>3416</v>
       </c>
       <c r="M596" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="B597" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C597" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D597" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="E597" t="s">
-        <v>535</v>
+        <v>66</v>
       </c>
       <c r="F597" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G597">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H597" t="s">
-        <v>258</v>
+        <v>351</v>
       </c>
       <c r="I597">
-        <v>13924</v>
+        <v>2205</v>
       </c>
       <c r="J597">
         <v>0</v>
       </c>
       <c r="K597">
-        <v>13924</v>
+        <v>0</v>
       </c>
       <c r="L597">
-        <v>0</v>
+        <v>2205</v>
       </c>
       <c r="M597" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="B598" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="C598" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D598" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="E598" t="s">
-        <v>535</v>
+        <v>66</v>
       </c>
       <c r="F598" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G598">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="H598" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="I598">
-        <v>26725</v>
+        <v>333</v>
       </c>
       <c r="J598">
         <v>0</v>
       </c>
       <c r="K598">
-        <v>26725</v>
+        <v>0</v>
       </c>
       <c r="L598">
-        <v>0</v>
+        <v>333</v>
       </c>
       <c r="M598" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="B599" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="C599" t="s">
         <v>14</v>
       </c>
       <c r="D599" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E599" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F599" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="G599">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="H599" t="s">
-        <v>105</v>
+        <v>245</v>
       </c>
       <c r="I599">
-        <v>1404</v>
+        <v>200</v>
       </c>
       <c r="J599">
         <v>0</v>
       </c>
       <c r="K599">
         <v>0</v>
       </c>
       <c r="L599">
-        <v>1404</v>
+        <v>200</v>
       </c>
       <c r="M599" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600">
-        <v>206</v>
+        <v>235</v>
       </c>
       <c r="B600" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C600" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D600" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="E600" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F600" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="G600">
         <v>2016</v>
       </c>
       <c r="H600" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I600">
-        <v>240</v>
+        <v>193</v>
       </c>
       <c r="J600">
         <v>0</v>
       </c>
       <c r="K600">
         <v>0</v>
       </c>
       <c r="L600">
-        <v>240</v>
+        <v>193</v>
       </c>
       <c r="M600" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601">
-        <v>205</v>
+        <v>234</v>
       </c>
       <c r="B601" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="C601" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D601" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="E601" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F601" t="s">
-        <v>26</v>
+        <v>858</v>
       </c>
       <c r="G601">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H601" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I601">
-        <v>10504</v>
+        <v>500</v>
       </c>
       <c r="J601">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="K601">
-        <v>10504</v>
+        <v>0</v>
       </c>
       <c r="L601">
         <v>0</v>
       </c>
       <c r="M601" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602">
-        <v>204</v>
+        <v>233</v>
       </c>
       <c r="B602" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="C602" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D602" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="E602" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F602" t="s">
-        <v>26</v>
+        <v>858</v>
       </c>
       <c r="G602">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H602" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="I602">
-        <v>4496</v>
+        <v>500</v>
       </c>
       <c r="J602">
-        <v>1565</v>
+        <v>500</v>
       </c>
       <c r="K602">
-        <v>2931</v>
+        <v>0</v>
       </c>
       <c r="L602">
         <v>0</v>
       </c>
       <c r="M602" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603">
-        <v>203</v>
+        <v>232</v>
       </c>
       <c r="B603" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="C603" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D603" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="E603" t="s">
-        <v>394</v>
+        <v>66</v>
       </c>
       <c r="F603" t="s">
-        <v>707</v>
+        <v>229</v>
       </c>
       <c r="G603">
         <v>2016</v>
       </c>
       <c r="H603" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I603">
-        <v>10504</v>
+        <v>200</v>
       </c>
       <c r="J603">
         <v>0</v>
       </c>
       <c r="K603">
-        <v>10504</v>
+        <v>0</v>
       </c>
       <c r="L603">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M603" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604">
-        <v>202</v>
+        <v>231</v>
       </c>
       <c r="B604" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="C604" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D604" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="E604" t="s">
-        <v>394</v>
+        <v>736</v>
       </c>
       <c r="F604" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="G604">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="H604" t="s">
-        <v>320</v>
+        <v>245</v>
       </c>
       <c r="I604">
-        <v>4496</v>
+        <v>15896</v>
       </c>
       <c r="J604">
-        <v>0</v>
+        <v>14886</v>
       </c>
       <c r="K604">
-        <v>4496</v>
+        <v>1010</v>
       </c>
       <c r="L604">
         <v>0</v>
       </c>
       <c r="M604" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605">
-        <v>201</v>
+        <v>230</v>
       </c>
       <c r="B605" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="C605" t="s">
         <v>14</v>
       </c>
       <c r="D605" t="s">
-        <v>880</v>
+        <v>737</v>
       </c>
       <c r="E605" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F605" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="G605">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="H605" t="s">
-        <v>105</v>
+        <v>162</v>
       </c>
       <c r="I605">
-        <v>1762</v>
+        <v>5498</v>
       </c>
       <c r="J605">
         <v>0</v>
       </c>
       <c r="K605">
-        <v>0</v>
+        <v>5498</v>
       </c>
       <c r="L605">
-        <v>1762</v>
+        <v>0</v>
       </c>
       <c r="M605" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="B606" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="C606" t="s">
         <v>14</v>
       </c>
       <c r="D606" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="E606" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F606" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="G606">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="H606" t="s">
-        <v>105</v>
+        <v>245</v>
       </c>
       <c r="I606">
-        <v>5000</v>
+        <v>6982</v>
       </c>
       <c r="J606">
         <v>0</v>
       </c>
       <c r="K606">
-        <v>0</v>
+        <v>6982</v>
       </c>
       <c r="L606">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M606" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607">
-        <v>199</v>
+        <v>228</v>
       </c>
       <c r="B607" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C607" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D607" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="E607" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F607" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="G607">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H607" t="s">
-        <v>98</v>
+        <v>162</v>
       </c>
       <c r="I607">
-        <v>15821</v>
+        <v>2387</v>
       </c>
       <c r="J607">
-        <v>0</v>
+        <v>264</v>
       </c>
       <c r="K607">
-        <v>15821</v>
+        <v>2123</v>
       </c>
       <c r="L607">
         <v>0</v>
       </c>
       <c r="M607" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608">
-        <v>198</v>
+        <v>227</v>
       </c>
       <c r="B608" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C608" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D608" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="E608" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="F608" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="G608">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="H608" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="I608">
-        <v>142388</v>
+        <v>1188</v>
       </c>
       <c r="J608">
         <v>0</v>
       </c>
       <c r="K608">
-        <v>59099</v>
+        <v>1188</v>
       </c>
       <c r="L608">
-        <v>83289</v>
+        <v>0</v>
       </c>
       <c r="M608" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609">
-        <v>197</v>
+        <v>226</v>
       </c>
       <c r="B609" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C609" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D609" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E609" t="s">
-        <v>65</v>
+        <v>277</v>
       </c>
       <c r="F609" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="G609">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H609" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="I609">
-        <v>7369</v>
+        <v>15896</v>
       </c>
       <c r="J609">
         <v>0</v>
       </c>
       <c r="K609">
-        <v>7369</v>
+        <v>15896</v>
       </c>
       <c r="L609">
         <v>0</v>
       </c>
       <c r="M609" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610">
-        <v>196</v>
+        <v>225</v>
       </c>
       <c r="B610" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C610" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D610" t="s">
-        <v>886</v>
+        <v>737</v>
       </c>
       <c r="E610" t="s">
-        <v>65</v>
+        <v>161</v>
       </c>
       <c r="F610" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="G610">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H610" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="I610">
-        <v>66321</v>
+        <v>5498</v>
       </c>
       <c r="J610">
         <v>0</v>
       </c>
       <c r="K610">
-        <v>49525</v>
+        <v>5498</v>
       </c>
       <c r="L610">
-        <v>16796</v>
+        <v>0</v>
       </c>
       <c r="M610" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="B611" t="s">
+        <v>885</v>
+      </c>
+      <c r="C611" t="s">
+        <v>14</v>
+      </c>
+      <c r="D611" t="s">
         <v>887</v>
       </c>
-      <c r="C611" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E611" t="s">
-        <v>65</v>
+        <v>277</v>
       </c>
       <c r="F611" t="s">
-        <v>777</v>
+        <v>736</v>
       </c>
       <c r="G611">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H611" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="I611">
-        <v>6193</v>
+        <v>6982</v>
       </c>
       <c r="J611">
         <v>0</v>
       </c>
       <c r="K611">
-        <v>0</v>
+        <v>6982</v>
       </c>
       <c r="L611">
-        <v>6193</v>
+        <v>0</v>
       </c>
       <c r="M611" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612">
-        <v>193</v>
+        <v>223</v>
       </c>
       <c r="B612" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C612" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D612" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="E612" t="s">
-        <v>65</v>
+        <v>161</v>
       </c>
       <c r="F612" t="s">
-        <v>777</v>
+        <v>736</v>
       </c>
       <c r="G612">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H612" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="I612">
-        <v>134357</v>
+        <v>2387</v>
       </c>
       <c r="J612">
         <v>0</v>
       </c>
       <c r="K612">
-        <v>0</v>
+        <v>2387</v>
       </c>
       <c r="L612">
-        <v>134357</v>
+        <v>0</v>
       </c>
       <c r="M612" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613">
-        <v>192</v>
+        <v>222</v>
       </c>
       <c r="B613" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C613" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D613" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="E613" t="s">
-        <v>65</v>
+        <v>277</v>
       </c>
       <c r="F613" t="s">
-        <v>777</v>
+        <v>736</v>
       </c>
       <c r="G613">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H613" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="I613">
-        <v>140549</v>
+        <v>1188</v>
       </c>
       <c r="J613">
         <v>0</v>
       </c>
       <c r="K613">
-        <v>0</v>
+        <v>1188</v>
       </c>
       <c r="L613">
-        <v>140549</v>
+        <v>0</v>
       </c>
       <c r="M613" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="B614" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C614" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D614" t="s">
         <v>891</v>
       </c>
       <c r="E614" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F614" t="s">
-        <v>777</v>
+        <v>229</v>
       </c>
       <c r="G614">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H614" t="s">
-        <v>98</v>
+        <v>351</v>
       </c>
       <c r="I614">
-        <v>140549</v>
+        <v>190</v>
       </c>
       <c r="J614">
         <v>0</v>
       </c>
       <c r="K614">
         <v>0</v>
       </c>
       <c r="L614">
-        <v>140549</v>
+        <v>190</v>
       </c>
       <c r="M614" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="B615" t="s">
         <v>892</v>
       </c>
       <c r="C615" t="s">
         <v>14</v>
       </c>
       <c r="D615" t="s">
         <v>893</v>
       </c>
       <c r="E615" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F615" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="G615">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="H615" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I615">
-        <v>21</v>
+        <v>611</v>
       </c>
       <c r="J615">
         <v>0</v>
       </c>
       <c r="K615">
         <v>0</v>
       </c>
       <c r="L615">
-        <v>21</v>
+        <v>611</v>
       </c>
       <c r="M615" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616">
-        <v>189</v>
+        <v>219</v>
       </c>
       <c r="B616" t="s">
         <v>894</v>
       </c>
       <c r="C616" t="s">
         <v>14</v>
       </c>
       <c r="D616" t="s">
         <v>895</v>
       </c>
       <c r="E616" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F616" t="s">
-        <v>97</v>
+        <v>229</v>
       </c>
       <c r="G616">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H616" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I616">
-        <v>10000</v>
+        <v>115</v>
       </c>
       <c r="J616">
         <v>0</v>
       </c>
       <c r="K616">
         <v>0</v>
       </c>
       <c r="L616">
-        <v>10000</v>
+        <v>115</v>
       </c>
       <c r="M616" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617">
-        <v>188</v>
+        <v>218</v>
       </c>
       <c r="B617" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C617" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D617" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="E617" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F617" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>205</v>
       </c>
       <c r="H617" t="s">
-        <v>320</v>
+        <v>898</v>
       </c>
       <c r="I617">
-        <v>4000</v>
+        <v>200</v>
       </c>
       <c r="J617">
         <v>0</v>
       </c>
       <c r="K617">
         <v>0</v>
       </c>
       <c r="L617">
-        <v>4000</v>
+        <v>200</v>
       </c>
       <c r="M617" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618">
-        <v>187</v>
+        <v>217</v>
       </c>
       <c r="B618" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="C618" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D618" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="E618" t="s">
-        <v>26</v>
+        <v>564</v>
       </c>
       <c r="F618" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
       <c r="G618">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H618" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="I618">
-        <v>16000</v>
+        <v>13924</v>
       </c>
       <c r="J618">
         <v>0</v>
       </c>
       <c r="K618">
-        <v>0</v>
+        <v>13924</v>
       </c>
       <c r="L618">
-        <v>16000</v>
+        <v>0</v>
       </c>
       <c r="M618" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619">
-        <v>185</v>
+        <v>216</v>
       </c>
       <c r="B619" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C619" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D619" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="E619" t="s">
-        <v>707</v>
+        <v>564</v>
       </c>
       <c r="F619" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G619">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H619" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I619">
-        <v>7727</v>
+        <v>26725</v>
       </c>
       <c r="J619">
         <v>0</v>
       </c>
       <c r="K619">
-        <v>7727</v>
+        <v>26725</v>
       </c>
       <c r="L619">
         <v>0</v>
       </c>
       <c r="M619" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="B620" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C620" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D620" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="E620" t="s">
-        <v>707</v>
+        <v>204</v>
       </c>
       <c r="F620" t="s">
-        <v>26</v>
+        <v>205</v>
       </c>
       <c r="G620">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="H620" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I620">
-        <v>583</v>
+        <v>1404</v>
       </c>
       <c r="J620">
         <v>0</v>
       </c>
       <c r="K620">
-        <v>583</v>
+        <v>0</v>
       </c>
       <c r="L620">
-        <v>0</v>
+        <v>1404</v>
       </c>
       <c r="M620" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="B621" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C621" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D621" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="E621" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="F621" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G621">
         <v>2016</v>
       </c>
       <c r="H621" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I621">
-        <v>690</v>
+        <v>240</v>
       </c>
       <c r="J621">
         <v>0</v>
       </c>
       <c r="K621">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="L621">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="M621" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622">
-        <v>182</v>
+        <v>205</v>
       </c>
       <c r="B622" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C622" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D622" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="E622" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="F622" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="G622">
         <v>2016</v>
       </c>
       <c r="H622" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I622">
-        <v>7727</v>
+        <v>10504</v>
       </c>
       <c r="J622">
         <v>0</v>
       </c>
       <c r="K622">
-        <v>7727</v>
+        <v>10504</v>
       </c>
       <c r="L622">
         <v>0</v>
       </c>
       <c r="M622" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="B623" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C623" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D623" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="E623" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="F623" t="s">
-        <v>707</v>
+        <v>66</v>
       </c>
       <c r="G623">
         <v>2016</v>
       </c>
       <c r="H623" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I623">
-        <v>583</v>
+        <v>4496</v>
       </c>
       <c r="J623">
-        <v>0</v>
+        <v>1565</v>
       </c>
       <c r="K623">
-        <v>583</v>
+        <v>2931</v>
       </c>
       <c r="L623">
         <v>0</v>
       </c>
       <c r="M623" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="B624" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C624" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D624" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="E624" t="s">
-        <v>26</v>
+        <v>423</v>
       </c>
       <c r="F624" t="s">
-        <v>707</v>
+        <v>736</v>
       </c>
       <c r="G624">
         <v>2016</v>
       </c>
       <c r="H624" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I624">
-        <v>690</v>
+        <v>10504</v>
       </c>
       <c r="J624">
         <v>0</v>
       </c>
       <c r="K624">
-        <v>690</v>
+        <v>10504</v>
       </c>
       <c r="L624">
         <v>0</v>
       </c>
       <c r="M624" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="B625" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C625" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D625" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="E625" t="s">
-        <v>707</v>
+        <v>423</v>
       </c>
       <c r="F625" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="G625">
         <v>2016</v>
       </c>
       <c r="H625" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="I625">
-        <v>690</v>
+        <v>4496</v>
       </c>
       <c r="J625">
         <v>0</v>
       </c>
       <c r="K625">
-        <v>690</v>
+        <v>4496</v>
       </c>
       <c r="L625">
         <v>0</v>
       </c>
       <c r="M625" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="B626" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C626" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D626" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="E626" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F626" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G626">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H626" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I626">
-        <v>583</v>
+        <v>1762</v>
       </c>
       <c r="J626">
         <v>0</v>
       </c>
       <c r="K626">
-        <v>583</v>
+        <v>0</v>
       </c>
       <c r="L626">
-        <v>0</v>
+        <v>1762</v>
       </c>
       <c r="M626" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627">
-        <v>177</v>
+        <v>200</v>
       </c>
       <c r="B627" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C627" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D627" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="E627" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="F627" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G627">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H627" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I627">
-        <v>7727</v>
+        <v>5000</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
-        <v>7727</v>
+        <v>0</v>
       </c>
       <c r="L627">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M627" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628">
-        <v>170</v>
+        <v>199</v>
       </c>
       <c r="B628" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="C628" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D628" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="E628" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F628" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="G628">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H628" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I628">
-        <v>690</v>
+        <v>15821</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
-        <v>690</v>
+        <v>15821</v>
       </c>
       <c r="L628">
         <v>0</v>
       </c>
       <c r="M628" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629">
-        <v>169</v>
+        <v>198</v>
       </c>
       <c r="B629" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="C629" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D629" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="E629" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F629" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="G629">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H629" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I629">
-        <v>583</v>
+        <v>142388</v>
       </c>
       <c r="J629">
         <v>0</v>
       </c>
       <c r="K629">
-        <v>583</v>
+        <v>59099</v>
       </c>
       <c r="L629">
-        <v>0</v>
+        <v>83289</v>
       </c>
       <c r="M629" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630">
-        <v>168</v>
+        <v>197</v>
       </c>
       <c r="B630" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="C630" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D630" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="E630" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="F630" t="s">
-        <v>707</v>
+        <v>288</v>
       </c>
       <c r="G630">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H630" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="I630">
-        <v>7727</v>
+        <v>7369</v>
       </c>
       <c r="J630">
         <v>0</v>
       </c>
       <c r="K630">
-        <v>7727</v>
+        <v>7369</v>
       </c>
       <c r="L630">
         <v>0</v>
       </c>
       <c r="M630" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="B631" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="C631" t="s">
         <v>14</v>
       </c>
       <c r="D631" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="E631" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F631" t="s">
-        <v>97</v>
+        <v>288</v>
       </c>
       <c r="G631">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H631" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="I631">
-        <v>655</v>
+        <v>66321</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
-        <v>0</v>
+        <v>49525</v>
       </c>
       <c r="L631">
-        <v>655</v>
+        <v>16796</v>
       </c>
       <c r="M631" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632">
-        <v>166</v>
+        <v>195</v>
       </c>
       <c r="B632" t="s">
-        <v>905</v>
+        <v>916</v>
       </c>
       <c r="C632" t="s">
         <v>14</v>
       </c>
       <c r="D632" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="E632" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F632" t="s">
-        <v>97</v>
+        <v>806</v>
+      </c>
+      <c r="G632">
+        <v>2021</v>
       </c>
       <c r="H632" t="s">
-        <v>869</v>
+        <v>131</v>
       </c>
       <c r="I632">
-        <v>650</v>
+        <v>6193</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0</v>
       </c>
       <c r="L632">
-        <v>650</v>
+        <v>6193</v>
       </c>
       <c r="M632" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633">
-        <v>165</v>
+        <v>193</v>
       </c>
       <c r="B633" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="C633" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D633" t="s">
-        <v>534</v>
+        <v>918</v>
       </c>
       <c r="E633" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F633" t="s">
-        <v>297</v>
+        <v>806</v>
       </c>
       <c r="G633">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H633" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I633">
-        <v>25241</v>
+        <v>134357</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
-        <v>25241</v>
+        <v>0</v>
       </c>
       <c r="L633">
-        <v>0</v>
+        <v>134357</v>
       </c>
       <c r="M633" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634">
-        <v>164</v>
+        <v>192</v>
       </c>
       <c r="B634" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="C634" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D634" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="E634" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F634" t="s">
-        <v>297</v>
+        <v>806</v>
       </c>
       <c r="G634">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H634" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I634">
-        <v>11759</v>
+        <v>140549</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0</v>
       </c>
       <c r="L634">
-        <v>11759</v>
+        <v>140549</v>
       </c>
       <c r="M634" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635">
-        <v>163</v>
+        <v>191</v>
       </c>
       <c r="B635" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="C635" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D635" t="s">
-        <v>872</v>
+        <v>920</v>
       </c>
       <c r="E635" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F635" t="s">
-        <v>535</v>
+        <v>806</v>
       </c>
       <c r="G635">
         <v>2020</v>
       </c>
       <c r="H635" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="I635">
-        <v>26725</v>
+        <v>140549</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
-        <v>26725</v>
+        <v>0</v>
       </c>
       <c r="L635">
-        <v>0</v>
+        <v>140549</v>
       </c>
       <c r="M635" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="B636" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
       <c r="C636" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D636" t="s">
-        <v>871</v>
+        <v>922</v>
       </c>
       <c r="E636" t="s">
-        <v>65</v>
+        <v>204</v>
       </c>
       <c r="F636" t="s">
-        <v>535</v>
+        <v>205</v>
       </c>
       <c r="G636">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="H636" t="s">
-        <v>258</v>
+        <v>137</v>
       </c>
       <c r="I636">
-        <v>13924</v>
+        <v>21</v>
       </c>
       <c r="J636">
         <v>0</v>
       </c>
       <c r="K636">
-        <v>13924</v>
+        <v>0</v>
       </c>
       <c r="L636">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="M636" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637">
-        <v>159</v>
+        <v>189</v>
       </c>
       <c r="B637" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="C637" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D637" t="s">
-        <v>911</v>
+        <v>924</v>
       </c>
       <c r="E637" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F637" t="s">
-        <v>173</v>
+        <v>58</v>
       </c>
       <c r="G637">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="H637" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I637">
-        <v>1029</v>
+        <v>10000</v>
       </c>
       <c r="J637">
         <v>0</v>
       </c>
       <c r="K637">
         <v>0</v>
       </c>
       <c r="L637">
-        <v>1029</v>
+        <v>10000</v>
       </c>
       <c r="M637" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638">
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="B638" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="C638" t="s">
         <v>14</v>
       </c>
       <c r="D638" t="s">
-        <v>912</v>
+        <v>925</v>
       </c>
       <c r="E638" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F638" t="s">
-        <v>173</v>
+        <v>229</v>
+      </c>
+      <c r="G638">
+        <v>2016</v>
       </c>
       <c r="H638" t="s">
-        <v>869</v>
+        <v>351</v>
       </c>
       <c r="I638">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="J638">
         <v>0</v>
       </c>
       <c r="K638">
         <v>0</v>
       </c>
       <c r="L638">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="M638" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639">
-        <v>157</v>
+        <v>187</v>
       </c>
       <c r="B639" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="C639" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D639" t="s">
-        <v>913</v>
+        <v>926</v>
       </c>
       <c r="E639" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F639" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="G639">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="H639" t="s">
-        <v>174</v>
+        <v>351</v>
       </c>
       <c r="I639">
-        <v>1000</v>
+        <v>16000</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
         <v>0</v>
       </c>
       <c r="L639">
-        <v>1000</v>
+        <v>16000</v>
       </c>
       <c r="M639" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640">
-        <v>156</v>
+        <v>185</v>
       </c>
       <c r="B640" t="s">
-        <v>914</v>
+        <v>927</v>
       </c>
       <c r="C640" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D640" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="E640" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="F640" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G640">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H640" t="s">
-        <v>98</v>
+        <v>351</v>
       </c>
       <c r="I640">
-        <v>200000</v>
+        <v>7727</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>0</v>
+        <v>7727</v>
       </c>
       <c r="L640">
-        <v>200000</v>
+        <v>0</v>
       </c>
       <c r="M640" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641">
-        <v>155</v>
+        <v>184</v>
       </c>
       <c r="B641" t="s">
-        <v>914</v>
+        <v>927</v>
       </c>
       <c r="C641" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D641" t="s">
-        <v>916</v>
+        <v>929</v>
       </c>
       <c r="E641" t="s">
-        <v>26</v>
+        <v>736</v>
       </c>
       <c r="F641" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G641">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H641" t="s">
-        <v>258</v>
+        <v>351</v>
       </c>
       <c r="I641">
-        <v>100000</v>
+        <v>583</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>0</v>
+        <v>583</v>
       </c>
       <c r="L641">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="M641" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642">
-        <v>154</v>
+        <v>183</v>
       </c>
       <c r="B642" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="C642" t="s">
         <v>14</v>
       </c>
       <c r="D642" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="E642" t="s">
-        <v>103</v>
+        <v>736</v>
       </c>
       <c r="F642" t="s">
-        <v>235</v>
+        <v>66</v>
+      </c>
+      <c r="G642">
+        <v>2016</v>
       </c>
       <c r="H642" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I642">
-        <v>49183</v>
+        <v>690</v>
       </c>
       <c r="J642">
-        <v>49183</v>
+        <v>0</v>
       </c>
       <c r="K642">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="L642">
         <v>0</v>
       </c>
       <c r="M642" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="B643" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="C643" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D643" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="E643" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="F643" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G643">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H643" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I643">
-        <v>21527</v>
+        <v>7727</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0</v>
+        <v>7727</v>
       </c>
       <c r="L643">
-        <v>21527</v>
+        <v>0</v>
       </c>
       <c r="M643" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="B644" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="C644" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D644" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="E644" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="F644" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G644">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H644" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I644">
-        <v>90074</v>
+        <v>583</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
-        <v>2543</v>
+        <v>583</v>
       </c>
       <c r="L644">
-        <v>87531</v>
+        <v>0</v>
       </c>
       <c r="M644" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="B645" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="C645" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D645" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="E645" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="F645" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G645">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H645" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I645">
-        <v>146362</v>
+        <v>690</v>
       </c>
       <c r="J645">
-        <v>146362</v>
+        <v>0</v>
       </c>
       <c r="K645">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="L645">
         <v>0</v>
       </c>
       <c r="M645" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="B646" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="C646" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D646" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="E646" t="s">
-        <v>103</v>
+        <v>736</v>
       </c>
       <c r="F646" t="s">
-        <v>235</v>
+        <v>66</v>
       </c>
       <c r="G646">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H646" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I646">
-        <v>31778</v>
+        <v>690</v>
       </c>
       <c r="J646">
-        <v>31778</v>
+        <v>0</v>
       </c>
       <c r="K646">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="L646">
         <v>0</v>
       </c>
       <c r="M646" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647">
-        <v>149</v>
+        <v>178</v>
       </c>
       <c r="B647" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="C647" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D647" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="E647" t="s">
-        <v>103</v>
+        <v>736</v>
       </c>
       <c r="F647" t="s">
-        <v>235</v>
+        <v>66</v>
       </c>
       <c r="G647">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H647" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I647">
-        <v>32754</v>
+        <v>583</v>
       </c>
       <c r="J647">
-        <v>32754</v>
+        <v>0</v>
       </c>
       <c r="K647">
-        <v>0</v>
+        <v>583</v>
       </c>
       <c r="L647">
         <v>0</v>
       </c>
       <c r="M647" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B648" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="C648" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D648" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E648" t="s">
-        <v>103</v>
+        <v>736</v>
       </c>
       <c r="F648" t="s">
-        <v>235</v>
+        <v>66</v>
       </c>
       <c r="G648">
         <v>2016</v>
       </c>
       <c r="H648" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I648">
-        <v>33368</v>
+        <v>7727</v>
       </c>
       <c r="J648">
-        <v>33368</v>
+        <v>0</v>
       </c>
       <c r="K648">
-        <v>0</v>
+        <v>7727</v>
       </c>
       <c r="L648">
         <v>0</v>
       </c>
       <c r="M648" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649">
-        <v>147</v>
+        <v>170</v>
       </c>
       <c r="B649" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="C649" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D649" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="E649" t="s">
-        <v>103</v>
+        <v>423</v>
       </c>
       <c r="F649" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G649">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H649" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I649">
-        <v>35768</v>
+        <v>690</v>
       </c>
       <c r="J649">
-        <v>35768</v>
+        <v>0</v>
       </c>
       <c r="K649">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="L649">
         <v>0</v>
       </c>
       <c r="M649" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650">
-        <v>146</v>
+        <v>169</v>
       </c>
       <c r="B650" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="C650" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D650" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="E650" t="s">
-        <v>103</v>
+        <v>423</v>
       </c>
       <c r="F650" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G650">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H650" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I650">
-        <v>36103</v>
+        <v>583</v>
       </c>
       <c r="J650">
-        <v>36103</v>
+        <v>0</v>
       </c>
       <c r="K650">
-        <v>0</v>
+        <v>583</v>
       </c>
       <c r="L650">
         <v>0</v>
       </c>
       <c r="M650" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="B651" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="C651" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D651" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E651" t="s">
-        <v>103</v>
+        <v>423</v>
       </c>
       <c r="F651" t="s">
-        <v>235</v>
+        <v>736</v>
       </c>
       <c r="G651">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H651" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I651">
-        <v>35372</v>
+        <v>7727</v>
       </c>
       <c r="J651">
-        <v>35372</v>
+        <v>0</v>
       </c>
       <c r="K651">
-        <v>0</v>
+        <v>7727</v>
       </c>
       <c r="L651">
         <v>0</v>
       </c>
       <c r="M651" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652">
-        <v>144</v>
+        <v>167</v>
       </c>
       <c r="B652" t="s">
-        <v>917</v>
+        <v>934</v>
       </c>
       <c r="C652" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D652" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="E652" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F652" t="s">
-        <v>235</v>
+        <v>58</v>
       </c>
       <c r="G652">
         <v>2012</v>
       </c>
       <c r="H652" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I652">
-        <v>36349</v>
+        <v>655</v>
       </c>
       <c r="J652">
-        <v>36349</v>
+        <v>0</v>
       </c>
       <c r="K652">
         <v>0</v>
       </c>
       <c r="L652">
-        <v>0</v>
+        <v>655</v>
       </c>
       <c r="M652" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653">
-        <v>143</v>
+        <v>166</v>
       </c>
       <c r="B653" t="s">
-        <v>917</v>
+        <v>934</v>
       </c>
       <c r="C653" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D653" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="E653" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F653" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>58</v>
       </c>
       <c r="H653" t="s">
-        <v>105</v>
+        <v>898</v>
       </c>
       <c r="I653">
-        <v>11831</v>
+        <v>650</v>
       </c>
       <c r="J653">
-        <v>11831</v>
+        <v>0</v>
       </c>
       <c r="K653">
         <v>0</v>
       </c>
       <c r="L653">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="M653" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654">
-        <v>142</v>
+        <v>165</v>
       </c>
       <c r="B654" t="s">
-        <v>917</v>
+        <v>937</v>
       </c>
       <c r="C654" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D654" t="s">
-        <v>930</v>
+        <v>563</v>
       </c>
       <c r="E654" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="F654" t="s">
-        <v>235</v>
+        <v>328</v>
       </c>
       <c r="G654">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H654" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="I654">
-        <v>5918</v>
+        <v>25241</v>
       </c>
       <c r="J654">
-        <v>5918</v>
+        <v>0</v>
       </c>
       <c r="K654">
-        <v>0</v>
+        <v>25241</v>
       </c>
       <c r="L654">
         <v>0</v>
       </c>
       <c r="M654" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="B655" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C655" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D655" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="E655" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="F655" t="s">
-        <v>235</v>
+        <v>328</v>
       </c>
       <c r="G655">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H655" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="I655">
-        <v>1</v>
+        <v>11759</v>
       </c>
       <c r="J655">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K655">
         <v>0</v>
       </c>
       <c r="L655">
-        <v>0</v>
+        <v>11759</v>
       </c>
       <c r="M655" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="B656" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C656" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D656" t="s">
-        <v>934</v>
+        <v>901</v>
       </c>
       <c r="E656" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F656" t="s">
-        <v>198</v>
+        <v>564</v>
       </c>
       <c r="G656">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H656" t="s">
-        <v>320</v>
+        <v>131</v>
       </c>
       <c r="I656">
-        <v>237</v>
+        <v>26725</v>
       </c>
       <c r="J656">
         <v>0</v>
       </c>
       <c r="K656">
-        <v>0</v>
+        <v>26725</v>
       </c>
       <c r="L656">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="M656" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="B657" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C657" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D657" t="s">
-        <v>936</v>
+        <v>900</v>
       </c>
       <c r="E657" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F657" t="s">
-        <v>198</v>
+        <v>564</v>
       </c>
       <c r="G657">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H657" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="I657">
-        <v>100</v>
+        <v>13924</v>
       </c>
       <c r="J657">
         <v>0</v>
       </c>
       <c r="K657">
-        <v>0</v>
+        <v>13924</v>
       </c>
       <c r="L657">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M657" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658">
+        <v>159</v>
+      </c>
+      <c r="B658" t="s">
+        <v>939</v>
+      </c>
+      <c r="C658" t="s">
+        <v>41</v>
+      </c>
+      <c r="D658" t="s">
+        <v>940</v>
+      </c>
+      <c r="E658" t="s">
+        <v>204</v>
+      </c>
+      <c r="F658" t="s">
+        <v>205</v>
+      </c>
+      <c r="G658">
+        <v>2012</v>
+      </c>
+      <c r="H658" t="s">
         <v>137</v>
       </c>
-      <c r="B658" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I658">
-        <v>3000</v>
+        <v>1029</v>
       </c>
       <c r="J658">
-        <v>2612</v>
+        <v>0</v>
       </c>
       <c r="K658">
         <v>0</v>
       </c>
       <c r="L658">
-        <v>388</v>
+        <v>1029</v>
       </c>
       <c r="M658" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="B659" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C659" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D659" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E659" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F659" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>205</v>
       </c>
       <c r="H659" t="s">
-        <v>358</v>
+        <v>898</v>
       </c>
       <c r="I659">
-        <v>4578</v>
+        <v>1000</v>
       </c>
       <c r="J659">
         <v>0</v>
       </c>
       <c r="K659">
         <v>0</v>
       </c>
       <c r="L659">
-        <v>4578</v>
+        <v>1000</v>
       </c>
       <c r="M659" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="B660" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C660" t="s">
         <v>14</v>
       </c>
       <c r="D660" t="s">
-        <v>881</v>
+        <v>942</v>
       </c>
       <c r="E660" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="F660" t="s">
-        <v>65</v>
+        <v>205</v>
       </c>
       <c r="G660">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H660" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I660">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="J660">
         <v>0</v>
       </c>
       <c r="K660">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L660">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M660" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="B661" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C661" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D661" t="s">
-        <v>916</v>
+        <v>944</v>
       </c>
       <c r="E661" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F661" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G661">
         <v>2019</v>
       </c>
       <c r="H661" t="s">
-        <v>258</v>
+        <v>131</v>
       </c>
       <c r="I661">
-        <v>100000</v>
+        <v>200000</v>
       </c>
       <c r="J661">
         <v>0</v>
       </c>
       <c r="K661">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="L661">
-        <v>0</v>
+        <v>200000</v>
       </c>
       <c r="M661" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="B662" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C662" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D662" t="s">
-        <v>915</v>
+        <v>945</v>
       </c>
       <c r="E662" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F662" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G662">
         <v>2019</v>
       </c>
       <c r="H662" t="s">
-        <v>98</v>
+        <v>289</v>
       </c>
       <c r="I662">
-        <v>200000</v>
+        <v>100000</v>
       </c>
       <c r="J662">
         <v>0</v>
       </c>
       <c r="K662">
-        <v>200000</v>
+        <v>0</v>
       </c>
       <c r="L662">
-        <v>0</v>
+        <v>100000</v>
       </c>
       <c r="M662" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663">
-        <v>132</v>
+        <v>154</v>
       </c>
       <c r="B663" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="C663" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D663" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="E663" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F663" t="s">
-        <v>173</v>
+        <v>266</v>
       </c>
       <c r="H663" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I663">
-        <v>469</v>
+        <v>49183</v>
       </c>
       <c r="J663">
-        <v>0</v>
+        <v>49183</v>
       </c>
       <c r="K663">
         <v>0</v>
       </c>
       <c r="L663">
-        <v>469</v>
+        <v>0</v>
       </c>
       <c r="M663" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="B664" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C664" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D664" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="E664" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F664" t="s">
-        <v>945</v>
+        <v>266</v>
       </c>
       <c r="G664">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H664" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="I664">
-        <v>170550</v>
+        <v>21527</v>
       </c>
       <c r="J664">
         <v>0</v>
       </c>
       <c r="K664">
         <v>0</v>
       </c>
       <c r="L664">
-        <v>170550</v>
+        <v>21527</v>
       </c>
       <c r="M664" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="B665" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C665" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D665" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="E665" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F665" t="s">
-        <v>945</v>
+        <v>266</v>
       </c>
       <c r="G665">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H665" t="s">
-        <v>258</v>
+        <v>137</v>
       </c>
       <c r="I665">
-        <v>79450</v>
+        <v>90074</v>
       </c>
       <c r="J665">
         <v>0</v>
       </c>
       <c r="K665">
-        <v>0</v>
+        <v>2543</v>
       </c>
       <c r="L665">
-        <v>79450</v>
+        <v>87531</v>
       </c>
       <c r="M665" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="B666" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="C666" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D666" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="E666" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F666" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="G666">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H666" t="s">
-        <v>358</v>
+        <v>137</v>
       </c>
       <c r="I666">
-        <v>4578</v>
+        <v>146362</v>
       </c>
       <c r="J666">
-        <v>0</v>
+        <v>146362</v>
       </c>
       <c r="K666">
-        <v>4578</v>
+        <v>0</v>
       </c>
       <c r="L666">
         <v>0</v>
       </c>
       <c r="M666" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="B667" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="C667" t="s">
         <v>14</v>
       </c>
       <c r="D667" t="s">
-        <v>881</v>
+        <v>951</v>
       </c>
       <c r="E667" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="F667" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="G667">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="H667" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I667">
-        <v>5000</v>
+        <v>31778</v>
       </c>
       <c r="J667">
-        <v>0</v>
+        <v>31778</v>
       </c>
       <c r="K667">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L667">
         <v>0</v>
       </c>
       <c r="M667" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="B668" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C668" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D668" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="E668" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F668" t="s">
-        <v>950</v>
+        <v>266</v>
       </c>
       <c r="G668">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H668" t="s">
-        <v>498</v>
+        <v>137</v>
       </c>
       <c r="I668">
-        <v>40824</v>
+        <v>32754</v>
       </c>
       <c r="J668">
-        <v>0</v>
+        <v>32754</v>
       </c>
       <c r="K668">
         <v>0</v>
       </c>
       <c r="L668">
-        <v>40824</v>
+        <v>0</v>
       </c>
       <c r="M668" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="B669" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="C669" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D669" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="E669" t="s">
-        <v>707</v>
+        <v>136</v>
       </c>
       <c r="F669" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="G669">
         <v>2016</v>
       </c>
       <c r="H669" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I669">
-        <v>16690</v>
+        <v>33368</v>
       </c>
       <c r="J669">
-        <v>253</v>
+        <v>33368</v>
       </c>
       <c r="K669">
-        <v>16337</v>
+        <v>0</v>
       </c>
       <c r="L669">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M669" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670">
-        <v>121</v>
+        <v>147</v>
       </c>
       <c r="B670" t="s">
-        <v>953</v>
+        <v>946</v>
       </c>
       <c r="C670" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D670" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="E670" t="s">
-        <v>394</v>
+        <v>136</v>
       </c>
       <c r="F670" t="s">
-        <v>707</v>
+        <v>266</v>
       </c>
       <c r="G670">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="H670" t="s">
-        <v>320</v>
+        <v>137</v>
       </c>
       <c r="I670">
-        <v>16690</v>
+        <v>35768</v>
       </c>
       <c r="J670">
-        <v>0</v>
+        <v>35768</v>
       </c>
       <c r="K670">
-        <v>16690</v>
+        <v>0</v>
       </c>
       <c r="L670">
         <v>0</v>
       </c>
       <c r="M670" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="B671" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C671" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D671" t="s">
-        <v>479</v>
+        <v>955</v>
       </c>
       <c r="E671" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F671" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G671">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H671" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I671">
-        <v>128769</v>
+        <v>36103</v>
       </c>
       <c r="J671">
-        <v>0</v>
+        <v>36103</v>
       </c>
       <c r="K671">
-        <v>128769</v>
+        <v>0</v>
       </c>
       <c r="L671">
         <v>0</v>
       </c>
       <c r="M671" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672">
-        <v>119</v>
+        <v>145</v>
       </c>
       <c r="B672" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C672" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D672" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="E672" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F672" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G672">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="H672" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I672">
-        <v>133828</v>
+        <v>35372</v>
       </c>
       <c r="J672">
-        <v>0</v>
+        <v>35372</v>
       </c>
       <c r="K672">
-        <v>133828</v>
+        <v>0</v>
       </c>
       <c r="L672">
         <v>0</v>
       </c>
       <c r="M672" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="B673" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C673" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D673" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E673" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F673" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G673">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="H673" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I673">
-        <v>8658</v>
+        <v>36349</v>
       </c>
       <c r="J673">
-        <v>8658</v>
+        <v>36349</v>
       </c>
       <c r="K673">
         <v>0</v>
       </c>
       <c r="L673">
         <v>0</v>
       </c>
       <c r="M673" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="B674" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C674" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D674" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="E674" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F674" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G674">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="H674" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I674">
-        <v>8658</v>
+        <v>11831</v>
       </c>
       <c r="J674">
-        <v>8658</v>
+        <v>11831</v>
       </c>
       <c r="K674">
         <v>0</v>
       </c>
       <c r="L674">
         <v>0</v>
       </c>
       <c r="M674" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="B675" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="C675" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D675" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="E675" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F675" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G675">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="H675" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I675">
-        <v>8658</v>
+        <v>5918</v>
       </c>
       <c r="J675">
-        <v>8418</v>
+        <v>5918</v>
       </c>
       <c r="K675">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="L675">
         <v>0</v>
       </c>
       <c r="M675" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="B676" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="C676" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D676" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="E676" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F676" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="G676">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H676" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="I676">
-        <v>8658</v>
+        <v>1</v>
       </c>
       <c r="J676">
-        <v>8658</v>
+        <v>1</v>
       </c>
       <c r="K676">
         <v>0</v>
       </c>
       <c r="L676">
         <v>0</v>
       </c>
       <c r="M676" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="B677" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="C677" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D677" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="E677" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F677" t="s">
-        <v>480</v>
+        <v>229</v>
       </c>
       <c r="G677">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="H677" t="s">
-        <v>174</v>
+        <v>351</v>
       </c>
       <c r="I677">
-        <v>8658</v>
+        <v>237</v>
       </c>
       <c r="J677">
-        <v>8658</v>
+        <v>0</v>
       </c>
       <c r="K677">
         <v>0</v>
       </c>
       <c r="L677">
-        <v>0</v>
+        <v>237</v>
       </c>
       <c r="M677" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="B678" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="C678" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D678" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="E678" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F678" t="s">
-        <v>480</v>
+        <v>229</v>
       </c>
       <c r="G678">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="H678" t="s">
-        <v>174</v>
+        <v>351</v>
       </c>
       <c r="I678">
-        <v>10707</v>
+        <v>100</v>
       </c>
       <c r="J678">
-        <v>1857</v>
+        <v>0</v>
       </c>
       <c r="K678">
-        <v>8850</v>
+        <v>0</v>
       </c>
       <c r="L678">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M678" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="B679" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="C679" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D679" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="E679" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="F679" t="s">
-        <v>480</v>
+        <v>968</v>
       </c>
       <c r="G679">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="H679" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="I679">
-        <v>11617</v>
+        <v>3000</v>
       </c>
       <c r="J679">
-        <v>0</v>
+        <v>2612</v>
       </c>
       <c r="K679">
-        <v>9590</v>
+        <v>0</v>
       </c>
       <c r="L679">
-        <v>2027</v>
+        <v>388</v>
       </c>
       <c r="M679" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="B680" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="C680" t="s">
         <v>14</v>
       </c>
       <c r="D680" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="E680" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="F680" t="s">
-        <v>480</v>
+        <v>37</v>
       </c>
       <c r="G680">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H680" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="I680">
-        <v>58448</v>
+        <v>4578</v>
       </c>
       <c r="J680">
-        <v>58448</v>
+        <v>0</v>
       </c>
       <c r="K680">
         <v>0</v>
       </c>
       <c r="L680">
-        <v>0</v>
+        <v>4578</v>
       </c>
       <c r="M680" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="B681" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C681" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D681" t="s">
-        <v>965</v>
+        <v>910</v>
       </c>
       <c r="E681" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="F681" t="s">
-        <v>529</v>
+        <v>37</v>
+      </c>
+      <c r="G681">
+        <v>2013</v>
       </c>
       <c r="H681" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I681">
-        <v>7866</v>
+        <v>5000</v>
       </c>
       <c r="J681">
         <v>0</v>
       </c>
       <c r="K681">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L681">
-        <v>7866</v>
+        <v>0</v>
       </c>
       <c r="M681" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="B682" t="s">
         <v>966</v>
       </c>
       <c r="C682" t="s">
         <v>14</v>
       </c>
       <c r="D682" t="s">
-        <v>967</v>
+        <v>945</v>
       </c>
       <c r="E682" t="s">
-        <v>297</v>
+        <v>37</v>
       </c>
       <c r="F682" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G682">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H682" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="I682">
-        <v>31095</v>
+        <v>100000</v>
       </c>
       <c r="J682">
         <v>0</v>
       </c>
       <c r="K682">
-        <v>0</v>
+        <v>100000</v>
       </c>
       <c r="L682">
-        <v>31095</v>
+        <v>0</v>
       </c>
       <c r="M682" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683">
-        <v>102</v>
+        <v>133</v>
       </c>
       <c r="B683" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="C683" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D683" t="s">
-        <v>969</v>
+        <v>944</v>
       </c>
       <c r="E683" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="F683" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="G683">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H683" t="s">
-        <v>500</v>
+        <v>131</v>
       </c>
       <c r="I683">
-        <v>5725</v>
+        <v>200000</v>
       </c>
       <c r="J683">
         <v>0</v>
       </c>
       <c r="K683">
-        <v>0</v>
+        <v>200000</v>
       </c>
       <c r="L683">
-        <v>5725</v>
+        <v>0</v>
       </c>
       <c r="M683" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="B684" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C684" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D684" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="E684" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="F684" t="s">
-        <v>97</v>
+        <v>205</v>
       </c>
       <c r="H684" t="s">
-        <v>869</v>
+        <v>206</v>
       </c>
       <c r="I684">
-        <v>6773</v>
+        <v>469</v>
       </c>
       <c r="J684">
         <v>0</v>
       </c>
       <c r="K684">
         <v>0</v>
       </c>
       <c r="L684">
-        <v>6773</v>
+        <v>469</v>
       </c>
       <c r="M684" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="B685" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C685" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D685" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E685" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="F685" t="s">
-        <v>65</v>
+        <v>974</v>
       </c>
       <c r="G685">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H685" t="s">
-        <v>72</v>
+        <v>131</v>
       </c>
       <c r="I685">
-        <v>66080</v>
+        <v>170550</v>
       </c>
       <c r="J685">
         <v>0</v>
       </c>
       <c r="K685">
         <v>0</v>
       </c>
       <c r="L685">
-        <v>66080</v>
+        <v>170550</v>
       </c>
       <c r="M685" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="B686" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C686" t="s">
         <v>14</v>
       </c>
       <c r="D686" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E686" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="F686" t="s">
-        <v>65</v>
+        <v>974</v>
+      </c>
+      <c r="G686">
+        <v>2019</v>
       </c>
       <c r="H686" t="s">
-        <v>72</v>
+        <v>289</v>
       </c>
       <c r="I686">
-        <v>22346</v>
+        <v>79450</v>
       </c>
       <c r="J686">
         <v>0</v>
       </c>
       <c r="K686">
         <v>0</v>
       </c>
       <c r="L686">
-        <v>22346</v>
+        <v>79450</v>
       </c>
       <c r="M686" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="B687" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C687" t="s">
         <v>14</v>
       </c>
       <c r="D687" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="E687" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="F687" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="G687">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H687" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="I687">
-        <v>26810</v>
+        <v>4578</v>
       </c>
       <c r="J687">
         <v>0</v>
       </c>
       <c r="K687">
-        <v>5548</v>
+        <v>4578</v>
       </c>
       <c r="L687">
-        <v>21262</v>
+        <v>0</v>
       </c>
       <c r="M687" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="B688" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C688" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D688" t="s">
-        <v>976</v>
+        <v>910</v>
       </c>
       <c r="E688" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="F688" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="G688">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="H688" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I688">
-        <v>25953</v>
+        <v>5000</v>
       </c>
       <c r="J688">
         <v>0</v>
       </c>
       <c r="K688">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L688">
-        <v>25953</v>
+        <v>0</v>
       </c>
       <c r="M688" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="B689" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="C689" t="s">
         <v>14</v>
       </c>
       <c r="D689" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E689" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
       <c r="F689" t="s">
-        <v>172</v>
+        <v>979</v>
       </c>
       <c r="G689">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="H689" t="s">
-        <v>105</v>
+        <v>527</v>
       </c>
       <c r="I689">
-        <v>25096</v>
+        <v>40824</v>
       </c>
       <c r="J689">
         <v>0</v>
       </c>
       <c r="K689">
         <v>0</v>
       </c>
       <c r="L689">
-        <v>25096</v>
+        <v>40824</v>
       </c>
       <c r="M689" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="B690" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C690" t="s">
         <v>14</v>
       </c>
       <c r="D690" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="E690" t="s">
-        <v>108</v>
+        <v>736</v>
       </c>
       <c r="F690" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G690">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H690" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I690">
-        <v>29381</v>
+        <v>16690</v>
       </c>
       <c r="J690">
-        <v>0</v>
+        <v>253</v>
       </c>
       <c r="K690">
-        <v>5000</v>
+        <v>16337</v>
       </c>
       <c r="L690">
-        <v>24381</v>
+        <v>100</v>
       </c>
       <c r="M690" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B691" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="C691" t="s">
         <v>14</v>
       </c>
       <c r="D691" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E691" t="s">
-        <v>108</v>
+        <v>423</v>
       </c>
       <c r="F691" t="s">
-        <v>65</v>
+        <v>736</v>
       </c>
       <c r="G691">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H691" t="s">
-        <v>105</v>
+        <v>351</v>
       </c>
       <c r="I691">
-        <v>28524</v>
+        <v>16690</v>
       </c>
       <c r="J691">
         <v>0</v>
       </c>
       <c r="K691">
-        <v>12032</v>
+        <v>16690</v>
       </c>
       <c r="L691">
-        <v>16492</v>
+        <v>0</v>
       </c>
       <c r="M691" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="B692" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="C692" t="s">
         <v>14</v>
       </c>
       <c r="D692" t="s">
-        <v>981</v>
+        <v>508</v>
       </c>
       <c r="E692" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
       <c r="F692" t="s">
-        <v>65</v>
+        <v>509</v>
       </c>
       <c r="G692">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H692" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I692">
-        <v>27667</v>
+        <v>128769</v>
       </c>
       <c r="J692">
         <v>0</v>
       </c>
       <c r="K692">
-        <v>26478</v>
+        <v>128769</v>
       </c>
       <c r="L692">
-        <v>1189</v>
+        <v>0</v>
       </c>
       <c r="M692" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B693" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C693" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D693" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E693" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
       <c r="F693" t="s">
-        <v>65</v>
+        <v>509</v>
       </c>
       <c r="G693">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H693" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I693">
-        <v>100000</v>
+        <v>133828</v>
       </c>
       <c r="J693">
         <v>0</v>
       </c>
       <c r="K693">
-        <v>0</v>
+        <v>133828</v>
       </c>
       <c r="L693">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="M693" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694">
-        <v>91</v>
+        <v>118</v>
       </c>
       <c r="B694" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="C694" t="s">
         <v>14</v>
       </c>
       <c r="D694" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="E694" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
       <c r="F694" t="s">
-        <v>297</v>
+        <v>509</v>
       </c>
       <c r="G694">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H694" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I694">
-        <v>31095</v>
+        <v>8658</v>
       </c>
       <c r="J694">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K694">
-        <v>31095</v>
+        <v>0</v>
       </c>
       <c r="L694">
         <v>0</v>
       </c>
       <c r="M694" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="B695" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C695" t="s">
         <v>14</v>
       </c>
       <c r="D695" t="s">
-        <v>967</v>
+        <v>986</v>
       </c>
       <c r="E695" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F695" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G695">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="H695" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I695">
-        <v>31095</v>
+        <v>8658</v>
       </c>
       <c r="J695">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K695">
-        <v>31095</v>
+        <v>0</v>
       </c>
       <c r="L695">
         <v>0</v>
       </c>
       <c r="M695" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="B696" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C696" t="s">
         <v>14</v>
       </c>
       <c r="D696" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E696" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F696" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G696">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H696" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I696">
-        <v>30238</v>
+        <v>8658</v>
       </c>
       <c r="J696">
-        <v>0</v>
+        <v>8418</v>
       </c>
       <c r="K696">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="L696">
-        <v>30238</v>
+        <v>0</v>
       </c>
       <c r="M696" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="B697" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C697" t="s">
         <v>14</v>
       </c>
       <c r="D697" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="E697" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F697" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G697">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="H697" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I697">
-        <v>29381</v>
+        <v>8658</v>
       </c>
       <c r="J697">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K697">
-        <v>29381</v>
+        <v>0</v>
       </c>
       <c r="L697">
         <v>0</v>
       </c>
       <c r="M697" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="B698" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C698" t="s">
         <v>14</v>
       </c>
       <c r="D698" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="E698" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F698" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G698">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="H698" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I698">
-        <v>28524</v>
+        <v>8658</v>
       </c>
       <c r="J698">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K698">
-        <v>28524</v>
+        <v>0</v>
       </c>
       <c r="L698">
         <v>0</v>
       </c>
       <c r="M698" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="B699" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C699" t="s">
         <v>14</v>
       </c>
       <c r="D699" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="E699" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F699" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G699">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="H699" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I699">
-        <v>27667</v>
+        <v>10707</v>
       </c>
       <c r="J699">
-        <v>0</v>
+        <v>1857</v>
       </c>
       <c r="K699">
-        <v>27667</v>
+        <v>8850</v>
       </c>
       <c r="L699">
         <v>0</v>
       </c>
       <c r="M699" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="B700" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C700" t="s">
         <v>14</v>
       </c>
       <c r="D700" t="s">
-        <v>975</v>
+        <v>991</v>
       </c>
       <c r="E700" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F700" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G700">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="H700" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I700">
-        <v>26810</v>
+        <v>11617</v>
       </c>
       <c r="J700">
         <v>0</v>
       </c>
       <c r="K700">
-        <v>26810</v>
+        <v>9590</v>
       </c>
       <c r="L700">
-        <v>0</v>
+        <v>2027</v>
       </c>
       <c r="M700" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="B701" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C701" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D701" t="s">
-        <v>976</v>
+        <v>992</v>
       </c>
       <c r="E701" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="F701" t="s">
-        <v>108</v>
+        <v>509</v>
       </c>
       <c r="G701">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="H701" t="s">
-        <v>105</v>
+        <v>206</v>
       </c>
       <c r="I701">
-        <v>25953</v>
+        <v>58448</v>
       </c>
       <c r="J701">
-        <v>0</v>
+        <v>58448</v>
       </c>
       <c r="K701">
-        <v>25953</v>
+        <v>0</v>
       </c>
       <c r="L701">
         <v>0</v>
       </c>
       <c r="M701" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="B702" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="C702" t="s">
         <v>14</v>
       </c>
       <c r="D702" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="E702" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="F702" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>558</v>
       </c>
       <c r="H702" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="I702">
-        <v>25096</v>
+        <v>7866</v>
       </c>
       <c r="J702">
         <v>0</v>
       </c>
       <c r="K702">
-        <v>25096</v>
+        <v>0</v>
       </c>
       <c r="L702">
-        <v>0</v>
+        <v>7866</v>
       </c>
       <c r="M702" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="B703" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="C703" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D703" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="E703" t="s">
-        <v>71</v>
+        <v>328</v>
       </c>
       <c r="F703" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G703">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H703" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I703">
-        <v>8057</v>
+        <v>31095</v>
       </c>
       <c r="J703">
         <v>0</v>
       </c>
       <c r="K703">
         <v>0</v>
       </c>
       <c r="L703">
-        <v>8057</v>
+        <v>31095</v>
       </c>
       <c r="M703" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="B704" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="C704" t="s">
         <v>14</v>
       </c>
       <c r="D704" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="E704" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
       <c r="F704" t="s">
-        <v>65</v>
+        <v>58</v>
+      </c>
+      <c r="G704">
+        <v>2018</v>
       </c>
       <c r="H704" t="s">
-        <v>72</v>
+        <v>529</v>
       </c>
       <c r="I704">
-        <v>4000</v>
+        <v>5725</v>
       </c>
       <c r="J704">
         <v>0</v>
       </c>
       <c r="K704">
         <v>0</v>
       </c>
       <c r="L704">
-        <v>4000</v>
+        <v>5725</v>
       </c>
       <c r="M704" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="B705" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="C705" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D705" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="E705" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
       <c r="F705" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>58</v>
       </c>
       <c r="H705" t="s">
-        <v>72</v>
+        <v>898</v>
       </c>
       <c r="I705">
-        <v>17726</v>
+        <v>6773</v>
       </c>
       <c r="J705">
         <v>0</v>
       </c>
       <c r="K705">
         <v>0</v>
       </c>
       <c r="L705">
-        <v>17726</v>
+        <v>6773</v>
       </c>
       <c r="M705" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="B706" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="C706" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D706" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="E706" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="F706" t="s">
-        <v>65</v>
+        <v>37</v>
+      </c>
+      <c r="G706">
+        <v>2021</v>
       </c>
       <c r="H706" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I706">
-        <v>2230</v>
+        <v>66080</v>
       </c>
       <c r="J706">
         <v>0</v>
       </c>
       <c r="K706">
         <v>0</v>
       </c>
       <c r="L706">
-        <v>2230</v>
+        <v>66080</v>
       </c>
       <c r="M706" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707">
-        <v>50</v>
+        <v>99</v>
       </c>
       <c r="B707" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="C707" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D707" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="E707" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="F707" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="H707" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I707">
-        <v>9481</v>
+        <v>22346</v>
       </c>
       <c r="J707">
         <v>0</v>
       </c>
       <c r="K707">
         <v>0</v>
       </c>
       <c r="L707">
-        <v>9481</v>
+        <v>22346</v>
       </c>
       <c r="M707" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="B708" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="C708" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D708" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="E708" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F708" t="s">
-        <v>65</v>
+        <v>204</v>
+      </c>
+      <c r="G708">
+        <v>2012</v>
       </c>
       <c r="H708" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I708">
-        <v>1761</v>
+        <v>26810</v>
       </c>
       <c r="J708">
         <v>0</v>
       </c>
       <c r="K708">
-        <v>0</v>
+        <v>5548</v>
       </c>
       <c r="L708">
-        <v>1761</v>
+        <v>21262</v>
       </c>
       <c r="M708" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="B709" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="C709" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D709" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="E709" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F709" t="s">
-        <v>65</v>
+        <v>204</v>
+      </c>
+      <c r="G709">
+        <v>2011</v>
       </c>
       <c r="H709" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I709">
-        <v>13239</v>
+        <v>25953</v>
       </c>
       <c r="J709">
         <v>0</v>
       </c>
       <c r="K709">
         <v>0</v>
       </c>
       <c r="L709">
-        <v>13239</v>
+        <v>25953</v>
       </c>
       <c r="M709" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710">
-        <v>47</v>
+        <v>96</v>
       </c>
       <c r="B710" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C710" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D710" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="E710" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F710" t="s">
-        <v>1001</v>
+        <v>204</v>
+      </c>
+      <c r="G710">
+        <v>2010</v>
       </c>
       <c r="H710" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I710">
-        <v>60480</v>
+        <v>25096</v>
       </c>
       <c r="J710">
         <v>0</v>
       </c>
       <c r="K710">
         <v>0</v>
       </c>
       <c r="L710">
-        <v>60480</v>
+        <v>25096</v>
       </c>
       <c r="M710" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="B711" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="C711" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D711" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="E711" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F711" t="s">
-        <v>1001</v>
+        <v>37</v>
+      </c>
+      <c r="G711">
+        <v>2015</v>
       </c>
       <c r="H711" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I711">
-        <v>36972</v>
+        <v>29381</v>
       </c>
       <c r="J711">
         <v>0</v>
       </c>
       <c r="K711">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L711">
-        <v>36972</v>
+        <v>24381</v>
       </c>
       <c r="M711" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712">
-        <v>45</v>
+        <v>94</v>
       </c>
       <c r="B712" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C712" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D712" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="E712" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F712" t="s">
-        <v>65</v>
+        <v>37</v>
+      </c>
+      <c r="G712">
+        <v>2014</v>
       </c>
       <c r="H712" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I712">
-        <v>14719</v>
+        <v>28524</v>
       </c>
       <c r="J712">
         <v>0</v>
       </c>
       <c r="K712">
-        <v>0</v>
+        <v>12032</v>
       </c>
       <c r="L712">
-        <v>14719</v>
+        <v>16492</v>
       </c>
       <c r="M712" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="B713" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C713" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D713" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="E713" t="s">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="F713" t="s">
-        <v>65</v>
+        <v>37</v>
+      </c>
+      <c r="G713">
+        <v>2013</v>
       </c>
       <c r="H713" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="I713">
-        <v>13225</v>
+        <v>27667</v>
       </c>
       <c r="J713">
         <v>0</v>
       </c>
       <c r="K713">
-        <v>0</v>
+        <v>26478</v>
       </c>
       <c r="L713">
-        <v>13225</v>
+        <v>1189</v>
       </c>
       <c r="M713" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="B714" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="C714" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D714" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="E714" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="F714" t="s">
-        <v>65</v>
+        <v>37</v>
+      </c>
+      <c r="G714">
+        <v>2020</v>
       </c>
       <c r="H714" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I714">
-        <v>1422</v>
+        <v>100000</v>
       </c>
       <c r="J714">
         <v>0</v>
       </c>
       <c r="K714">
         <v>0</v>
       </c>
       <c r="L714">
-        <v>1422</v>
+        <v>100000</v>
       </c>
       <c r="M714" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715">
+        <v>91</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C715" t="s">
+        <v>41</v>
+      </c>
+      <c r="D715" t="s">
+        <v>996</v>
+      </c>
+      <c r="E715" t="s">
+        <v>140</v>
+      </c>
+      <c r="F715" t="s">
+        <v>328</v>
+      </c>
+      <c r="G715">
+        <v>2017</v>
+      </c>
+      <c r="H715" t="s">
+        <v>137</v>
+      </c>
+      <c r="I715">
+        <v>31095</v>
+      </c>
+      <c r="J715">
+        <v>0</v>
+      </c>
+      <c r="K715">
+        <v>31095</v>
+      </c>
+      <c r="L715">
+        <v>0</v>
+      </c>
+      <c r="M715" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13">
+      <c r="A716">
+        <v>90</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C716" t="s">
+        <v>41</v>
+      </c>
+      <c r="D716" t="s">
+        <v>996</v>
+      </c>
+      <c r="E716" t="s">
+        <v>136</v>
+      </c>
+      <c r="F716" t="s">
+        <v>140</v>
+      </c>
+      <c r="G716">
+        <v>2017</v>
+      </c>
+      <c r="H716" t="s">
+        <v>137</v>
+      </c>
+      <c r="I716">
+        <v>31095</v>
+      </c>
+      <c r="J716">
+        <v>0</v>
+      </c>
+      <c r="K716">
+        <v>31095</v>
+      </c>
+      <c r="L716">
+        <v>0</v>
+      </c>
+      <c r="M716" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13">
+      <c r="A717">
+        <v>89</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C717" t="s">
+        <v>41</v>
+      </c>
+      <c r="D717" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E717" t="s">
+        <v>136</v>
+      </c>
+      <c r="F717" t="s">
+        <v>140</v>
+      </c>
+      <c r="G717">
+        <v>2016</v>
+      </c>
+      <c r="H717" t="s">
+        <v>137</v>
+      </c>
+      <c r="I717">
+        <v>30238</v>
+      </c>
+      <c r="J717">
+        <v>0</v>
+      </c>
+      <c r="K717">
+        <v>0</v>
+      </c>
+      <c r="L717">
+        <v>30238</v>
+      </c>
+      <c r="M717" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13">
+      <c r="A718">
+        <v>88</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C718" t="s">
+        <v>41</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E718" t="s">
+        <v>136</v>
+      </c>
+      <c r="F718" t="s">
+        <v>140</v>
+      </c>
+      <c r="G718">
+        <v>2015</v>
+      </c>
+      <c r="H718" t="s">
+        <v>137</v>
+      </c>
+      <c r="I718">
+        <v>29381</v>
+      </c>
+      <c r="J718">
+        <v>0</v>
+      </c>
+      <c r="K718">
+        <v>29381</v>
+      </c>
+      <c r="L718">
+        <v>0</v>
+      </c>
+      <c r="M718" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13">
+      <c r="A719">
+        <v>87</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C719" t="s">
+        <v>41</v>
+      </c>
+      <c r="D719" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E719" t="s">
+        <v>136</v>
+      </c>
+      <c r="F719" t="s">
+        <v>140</v>
+      </c>
+      <c r="G719">
+        <v>2014</v>
+      </c>
+      <c r="H719" t="s">
+        <v>137</v>
+      </c>
+      <c r="I719">
+        <v>28524</v>
+      </c>
+      <c r="J719">
+        <v>0</v>
+      </c>
+      <c r="K719">
+        <v>28524</v>
+      </c>
+      <c r="L719">
+        <v>0</v>
+      </c>
+      <c r="M719" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13">
+      <c r="A720">
+        <v>86</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C720" t="s">
+        <v>41</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E720" t="s">
+        <v>136</v>
+      </c>
+      <c r="F720" t="s">
+        <v>140</v>
+      </c>
+      <c r="G720">
+        <v>2013</v>
+      </c>
+      <c r="H720" t="s">
+        <v>137</v>
+      </c>
+      <c r="I720">
+        <v>27667</v>
+      </c>
+      <c r="J720">
+        <v>0</v>
+      </c>
+      <c r="K720">
+        <v>27667</v>
+      </c>
+      <c r="L720">
+        <v>0</v>
+      </c>
+      <c r="M720" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13">
+      <c r="A721">
+        <v>85</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C721" t="s">
+        <v>41</v>
+      </c>
+      <c r="D721" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E721" t="s">
+        <v>136</v>
+      </c>
+      <c r="F721" t="s">
+        <v>140</v>
+      </c>
+      <c r="G721">
+        <v>2012</v>
+      </c>
+      <c r="H721" t="s">
+        <v>137</v>
+      </c>
+      <c r="I721">
+        <v>26810</v>
+      </c>
+      <c r="J721">
+        <v>0</v>
+      </c>
+      <c r="K721">
+        <v>26810</v>
+      </c>
+      <c r="L721">
+        <v>0</v>
+      </c>
+      <c r="M721" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13">
+      <c r="A722">
+        <v>84</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C722" t="s">
+        <v>41</v>
+      </c>
+      <c r="D722" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E722" t="s">
+        <v>136</v>
+      </c>
+      <c r="F722" t="s">
+        <v>140</v>
+      </c>
+      <c r="G722">
+        <v>2011</v>
+      </c>
+      <c r="H722" t="s">
+        <v>137</v>
+      </c>
+      <c r="I722">
+        <v>25953</v>
+      </c>
+      <c r="J722">
+        <v>0</v>
+      </c>
+      <c r="K722">
+        <v>25953</v>
+      </c>
+      <c r="L722">
+        <v>0</v>
+      </c>
+      <c r="M722" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13">
+      <c r="A723">
+        <v>83</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C723" t="s">
+        <v>41</v>
+      </c>
+      <c r="D723" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E723" t="s">
+        <v>136</v>
+      </c>
+      <c r="F723" t="s">
+        <v>140</v>
+      </c>
+      <c r="G723">
+        <v>2010</v>
+      </c>
+      <c r="H723" t="s">
+        <v>137</v>
+      </c>
+      <c r="I723">
+        <v>25096</v>
+      </c>
+      <c r="J723">
+        <v>0</v>
+      </c>
+      <c r="K723">
+        <v>25096</v>
+      </c>
+      <c r="L723">
+        <v>0</v>
+      </c>
+      <c r="M723" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13">
+      <c r="A724">
+        <v>82</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C724" t="s">
+        <v>14</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E724" t="s">
+        <v>110</v>
+      </c>
+      <c r="F724" t="s">
+        <v>37</v>
+      </c>
+      <c r="G724">
+        <v>2020</v>
+      </c>
+      <c r="H724" t="s">
+        <v>111</v>
+      </c>
+      <c r="I724">
+        <v>8057</v>
+      </c>
+      <c r="J724">
+        <v>0</v>
+      </c>
+      <c r="K724">
+        <v>0</v>
+      </c>
+      <c r="L724">
+        <v>8057</v>
+      </c>
+      <c r="M724" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13">
+      <c r="A725">
+        <v>81</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C725" t="s">
+        <v>41</v>
+      </c>
+      <c r="D725" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E725" t="s">
+        <v>110</v>
+      </c>
+      <c r="F725" t="s">
+        <v>37</v>
+      </c>
+      <c r="H725" t="s">
+        <v>111</v>
+      </c>
+      <c r="I725">
+        <v>4000</v>
+      </c>
+      <c r="J725">
+        <v>0</v>
+      </c>
+      <c r="K725">
+        <v>0</v>
+      </c>
+      <c r="L725">
+        <v>4000</v>
+      </c>
+      <c r="M725" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13">
+      <c r="A726">
+        <v>71</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C726" t="s">
+        <v>14</v>
+      </c>
+      <c r="D726" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E726" t="s">
+        <v>110</v>
+      </c>
+      <c r="F726" t="s">
+        <v>37</v>
+      </c>
+      <c r="G726">
+        <v>2019</v>
+      </c>
+      <c r="H726" t="s">
+        <v>111</v>
+      </c>
+      <c r="I726">
+        <v>17726</v>
+      </c>
+      <c r="J726">
+        <v>0</v>
+      </c>
+      <c r="K726">
+        <v>0</v>
+      </c>
+      <c r="L726">
+        <v>17726</v>
+      </c>
+      <c r="M726" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13">
+      <c r="A727">
+        <v>51</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C727" t="s">
+        <v>14</v>
+      </c>
+      <c r="D727" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E727" t="s">
+        <v>110</v>
+      </c>
+      <c r="F727" t="s">
+        <v>37</v>
+      </c>
+      <c r="H727" t="s">
+        <v>111</v>
+      </c>
+      <c r="I727">
+        <v>2230</v>
+      </c>
+      <c r="J727">
+        <v>0</v>
+      </c>
+      <c r="K727">
+        <v>0</v>
+      </c>
+      <c r="L727">
+        <v>2230</v>
+      </c>
+      <c r="M727" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13">
+      <c r="A728">
+        <v>50</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C728" t="s">
+        <v>14</v>
+      </c>
+      <c r="D728" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E728" t="s">
+        <v>110</v>
+      </c>
+      <c r="F728" t="s">
+        <v>37</v>
+      </c>
+      <c r="H728" t="s">
+        <v>111</v>
+      </c>
+      <c r="I728">
+        <v>9481</v>
+      </c>
+      <c r="J728">
+        <v>0</v>
+      </c>
+      <c r="K728">
+        <v>0</v>
+      </c>
+      <c r="L728">
+        <v>9481</v>
+      </c>
+      <c r="M728" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13">
+      <c r="A729">
+        <v>49</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C729" t="s">
+        <v>14</v>
+      </c>
+      <c r="D729" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E729" t="s">
+        <v>110</v>
+      </c>
+      <c r="F729" t="s">
+        <v>37</v>
+      </c>
+      <c r="H729" t="s">
+        <v>111</v>
+      </c>
+      <c r="I729">
+        <v>1761</v>
+      </c>
+      <c r="J729">
+        <v>0</v>
+      </c>
+      <c r="K729">
+        <v>0</v>
+      </c>
+      <c r="L729">
+        <v>1761</v>
+      </c>
+      <c r="M729" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13">
+      <c r="A730">
+        <v>48</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C730" t="s">
+        <v>14</v>
+      </c>
+      <c r="D730" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E730" t="s">
+        <v>110</v>
+      </c>
+      <c r="F730" t="s">
+        <v>37</v>
+      </c>
+      <c r="H730" t="s">
+        <v>111</v>
+      </c>
+      <c r="I730">
+        <v>13239</v>
+      </c>
+      <c r="J730">
+        <v>0</v>
+      </c>
+      <c r="K730">
+        <v>0</v>
+      </c>
+      <c r="L730">
+        <v>13239</v>
+      </c>
+      <c r="M730" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13">
+      <c r="A731">
+        <v>47</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C731" t="s">
+        <v>14</v>
+      </c>
+      <c r="D731" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E731" t="s">
+        <v>110</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H731" t="s">
+        <v>111</v>
+      </c>
+      <c r="I731">
+        <v>60480</v>
+      </c>
+      <c r="J731">
+        <v>0</v>
+      </c>
+      <c r="K731">
+        <v>0</v>
+      </c>
+      <c r="L731">
+        <v>60480</v>
+      </c>
+      <c r="M731" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13">
+      <c r="A732">
+        <v>46</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C732" t="s">
+        <v>14</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E732" t="s">
+        <v>110</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H732" t="s">
+        <v>111</v>
+      </c>
+      <c r="I732">
+        <v>36972</v>
+      </c>
+      <c r="J732">
+        <v>0</v>
+      </c>
+      <c r="K732">
+        <v>0</v>
+      </c>
+      <c r="L732">
+        <v>36972</v>
+      </c>
+      <c r="M732" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13">
+      <c r="A733">
+        <v>45</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C733" t="s">
+        <v>14</v>
+      </c>
+      <c r="D733" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E733" t="s">
+        <v>110</v>
+      </c>
+      <c r="F733" t="s">
+        <v>37</v>
+      </c>
+      <c r="H733" t="s">
+        <v>111</v>
+      </c>
+      <c r="I733">
+        <v>14719</v>
+      </c>
+      <c r="J733">
+        <v>0</v>
+      </c>
+      <c r="K733">
+        <v>0</v>
+      </c>
+      <c r="L733">
+        <v>14719</v>
+      </c>
+      <c r="M733" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13">
+      <c r="A734">
+        <v>44</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C734" t="s">
+        <v>14</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E734" t="s">
+        <v>110</v>
+      </c>
+      <c r="F734" t="s">
+        <v>37</v>
+      </c>
+      <c r="H734" t="s">
+        <v>111</v>
+      </c>
+      <c r="I734">
+        <v>13225</v>
+      </c>
+      <c r="J734">
+        <v>0</v>
+      </c>
+      <c r="K734">
+        <v>0</v>
+      </c>
+      <c r="L734">
+        <v>13225</v>
+      </c>
+      <c r="M734" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13">
+      <c r="A735">
+        <v>43</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C735" t="s">
+        <v>14</v>
+      </c>
+      <c r="D735" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E735" t="s">
+        <v>110</v>
+      </c>
+      <c r="F735" t="s">
+        <v>37</v>
+      </c>
+      <c r="H735" t="s">
+        <v>111</v>
+      </c>
+      <c r="I735">
+        <v>1422</v>
+      </c>
+      <c r="J735">
+        <v>0</v>
+      </c>
+      <c r="K735">
+        <v>0</v>
+      </c>
+      <c r="L735">
+        <v>1422</v>
+      </c>
+      <c r="M735" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13">
+      <c r="A736">
         <v>42</v>
       </c>
-      <c r="B715" t="s">
-[...17 lines deleted...]
-      <c r="I715">
+      <c r="B736" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C736" t="s">
+        <v>14</v>
+      </c>
+      <c r="D736" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E736" t="s">
+        <v>110</v>
+      </c>
+      <c r="F736" t="s">
+        <v>37</v>
+      </c>
+      <c r="H736" t="s">
+        <v>111</v>
+      </c>
+      <c r="I736">
         <v>20000</v>
       </c>
-      <c r="J715">
-[...5 lines deleted...]
-      <c r="L715">
+      <c r="J736">
+        <v>0</v>
+      </c>
+      <c r="K736">
+        <v>0</v>
+      </c>
+      <c r="L736">
         <v>20000</v>
       </c>
-      <c r="M715" t="s">
+      <c r="M736" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>