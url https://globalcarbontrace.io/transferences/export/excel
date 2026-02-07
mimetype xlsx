--- v4 (2026-01-17)
+++ v5 (2026-02-07)
@@ -12,2038 +12,2065 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1039">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1043">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Fecha de transaccion</t>
   </si>
   <si>
     <t>Tipo de mercado</t>
   </si>
   <si>
     <t>Serial</t>
   </si>
   <si>
     <t>Emisor</t>
   </si>
   <si>
     <t>Receptor</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Activos</t>
   </si>
   <si>
     <t>Cantidad Transferida</t>
   </si>
   <si>
     <t>Disponibles</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>tax</t>
+  </si>
+  <si>
+    <t>BCR-CO-665-14-001-2-2101-2112-0023618-0034713</t>
+  </si>
+  <si>
+    <t>Carbo Sostenible S.A.S.</t>
+  </si>
+  <si>
+    <t>Fondo FORE</t>
+  </si>
+  <si>
+    <t>Putumayo REDD+</t>
+  </si>
+  <si>
+    <t>paid</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>backup</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-2001-2012-0000001-0010000</t>
+  </si>
+  <si>
+    <t>FUNDACION CATARUBEN</t>
+  </si>
+  <si>
+    <t>CO2Bio P2-2</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2101-2112-0020001-0025000</t>
+  </si>
+  <si>
+    <t>PARAMUNO Project 1</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1801-1812-0018839-0018839</t>
+  </si>
+  <si>
+    <t>CO2 SOSTENIBLE SAS</t>
+  </si>
+  <si>
+    <t>Africa Natural Group SL</t>
+  </si>
+  <si>
+    <t>Proyecto REDD+ MARENA ICHENA- NAG+MA ENOYE RAFUE</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-1801-1812-0005001-0010000</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0257601-0317600</t>
+  </si>
+  <si>
+    <t>Biotrade SAS</t>
+  </si>
+  <si>
+    <t>Jose David Roldan</t>
+  </si>
+  <si>
+    <t>REDD+ JIGRANTU Project</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0076901-0082473</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>reserved</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-1-003-R-2205-2212-0000001-0001838</t>
+  </si>
+  <si>
+    <t>South Pole Carbon Asset Management S.A.S.</t>
+  </si>
+  <si>
+    <t>BioCarbon Cert</t>
+  </si>
+  <si>
+    <t>Zeus Hydroelectric Power Plant</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-1-003-R-2301-2312-0000001-0002147</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-1-003-R-2401-2412-0000001-0002078</t>
+  </si>
+  <si>
     <t>2026-01-14</t>
   </si>
   <si>
-    <t>tax</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0963481-1023480</t>
   </si>
   <si>
-    <t>CO2 SOSTENIBLE SAS</t>
-[...10 lines deleted...]
-  <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0015001-0020000</t>
   </si>
   <si>
-    <t>FUNDACION CATARUBEN</t>
-[...7 lines deleted...]
-  <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0127601-0257600</t>
   </si>
   <si>
-    <t>Biotrade SAS</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0015001-0024910</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2001-2012-0007682-0017681</t>
   </si>
   <si>
     <t>ORINOCO2</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0010001-0015000</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
-    <t>reserved</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-259-14-002-R-2307-2312-0000001-0005515</t>
   </si>
   <si>
     <t>Terra Commodities S.A.S.</t>
   </si>
   <si>
-    <t>BioCarbon Cert</t>
-[...1 lines deleted...]
-  <si>
     <t>El Tigre REDD+</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-R-2401-2409-0000001-0008214</t>
   </si>
   <si>
-    <t>backup</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0297659-0299658</t>
   </si>
   <si>
     <t>GESTION Y DESARROLLO SOSTENIBLE SAS</t>
   </si>
   <si>
     <t>CRIMA Predio Putumayo y Andoque de Aduche REDD+ Project</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0086901-0136900</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
-    <t>PCR-CO-319-141-001-3-1901-1912-0000001-0001638</t>
+    <t>BCR-CO-635-14-005-2-2401-2412-0000001-0102472</t>
+  </si>
+  <si>
+    <t>LATAM AIRLINES COLOMBIA</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-2301-2312-0000001-0212560</t>
+  </si>
+  <si>
+    <t>CO2Bio Proyecto 2</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-2201-2212-0000001-0193385</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0297609-0297658</t>
+  </si>
+  <si>
+    <t>Gaia Servicios Ambientales S.A.S. B.I.C</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0963481-1093650</t>
+  </si>
+  <si>
+    <t>MAGUARES ZOMAC S.A.S</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0295506-0297538</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0117601-0127600</t>
+  </si>
+  <si>
+    <t>Carbon Trade Exchange Limited</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0076901-0086900</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2201-2212-0000001-0056027</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-2101-2112-0010001-0015000</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-1801-1812-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-004-2-1901-1912-0000001-0005260</t>
+  </si>
+  <si>
+    <t>CultivO2 Project 1</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-004-2-1801-1812-0003489-0008228</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-1708-1712-0001001-0011000</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-2-2001-2012-0001839-0007681</t>
+  </si>
+  <si>
+    <t>2025-11-29</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-2101-2112-0005001-0010000</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2101-2112-0005001-0010000</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2201-2212-0000001-0018889</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2301-2312-0000001-0015528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2401-2412-0000001-0015933</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-2-1901-1912-0000001-0110000</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2001-2012-0000001-0010000</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2001-2012-0010001-0020000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0000001-0001000</t>
+  </si>
+  <si>
+    <t>STEVENS GRISALES ROJAS</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-1901-1912-0002082-0012081</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-2-1901-1912-0000001-0001427</t>
+  </si>
+  <si>
+    <t>Polaris Network España SL</t>
+  </si>
+  <si>
+    <t>Treatment of non-hazardous industrial waste to obtain Biocompost</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-2-1804-1812-0000001-0008573</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2310-2312-0000001-0003569</t>
+  </si>
+  <si>
+    <t>Sociedad MAVALLE S.A.S.</t>
+  </si>
+  <si>
+    <t>Proyecto Forestal MAVALLE en plantaciones de Caucho natural</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2401-2410-0000001-0011069</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2001-2012-0005001-0015000</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0258853-0259151</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0164942-0165019</t>
+  </si>
+  <si>
+    <t>2025-10-18</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-R-2303-2312-0000001-0004384</t>
+  </si>
+  <si>
+    <t>Genneia S.A</t>
+  </si>
+  <si>
+    <t>Solar parks in the cuyo region</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-R-2401-2410-0000001-0007962</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0161078-0291247</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-14-002-2-1801-1812-0000001-0298870</t>
+  </si>
+  <si>
+    <t>Asociación de Autoridades indígenas Tradicionales Yiriti del Vaupés - ASATRAIYUVA</t>
+  </si>
+  <si>
+    <t>REDD Project of the indigenous peoples of Vaupés YUTUCU and Others</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-14-002-2-1701-1712-0000001-0173166</t>
+  </si>
+  <si>
+    <t>2025-09-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0220461-0220850</t>
+  </si>
+  <si>
+    <t>Proyecto Nuestro Aire de Vida “Kai KOMUYA JAG+Y+” REDD+ Puerto Zábalo y Los Monos</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-2101-2112-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-2-2103-2112-0040001-0074206</t>
+  </si>
+  <si>
+    <t>Fundación FUNDAME COL.</t>
+  </si>
+  <si>
+    <t>Proyecto de compensación de emisiones Conservación del bosque Galilea-Amé</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-2101-2102-0000001-0003799</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-2-2103-2112-0000041-0040000</t>
+  </si>
+  <si>
+    <t>ECOCARBONO SAS. ZOMAC</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-2-2103-2112-0000001-0000040</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-2001-2012-0002544-0014171</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0525503-0648447</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0263281-0288280</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0228853-0259852</t>
+  </si>
+  <si>
+    <t>2025-08-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0489202-0490762</t>
+  </si>
+  <si>
+    <t>BCR-AR-211-1-001-R-2204-2212-0000001-0000320</t>
+  </si>
+  <si>
+    <t>Tassaroli S.A.</t>
+  </si>
+  <si>
+    <t>Helios Santa Rosa Solar PV Plant</t>
+  </si>
+  <si>
+    <t>BCR-AR-211-1-001-R-2301-2312-0000001-0000379</t>
+  </si>
+  <si>
+    <t>BCR-AR-211-1-001-R-2401-2408-0000001-0000301</t>
+  </si>
+  <si>
+    <t>2025-08-13</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0322155-0489201</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-1366733-1565469</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-R-2001-2012-0000001-0001637</t>
+  </si>
+  <si>
+    <t>ORGANIZACION LA PRIMAVERA SA</t>
+  </si>
+  <si>
+    <t>PROYECTO DE CARBONO FORESTAL ORGANIZACIÓN LA PRIMAVERA</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-R-2101-2112-0000001-0001637</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-R-2201-2212-0000001-0001637</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-R-2301-2304-0000001-0000546</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>BCR-PA-22-14-001-R-1804-1812-0000001-0167928</t>
+  </si>
+  <si>
+    <t>B-Terra Corp.</t>
+  </si>
+  <si>
+    <t>REDD+ Emberá Wounaan</t>
+  </si>
+  <si>
+    <t>BCR-PA-22-14-001-R-1901-1912-0000001-0231116</t>
+  </si>
+  <si>
+    <t>BCR-PA-22-14-001-R-2001-2012-0000001-0245810</t>
+  </si>
+  <si>
+    <t>BCR-PA-22-14-001-R-2101-2112-0000001-0249153</t>
+  </si>
+  <si>
+    <t>BCR-PA-22-14-001-R-2201-2212-0000001-0244004</t>
+  </si>
+  <si>
+    <t>2025-07-24</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-R-2201-2212-0000001-0024172</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-R-2301-2312-0000001-0026570</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1901-1912-0122344-0178720</t>
+  </si>
+  <si>
+    <t>YAUTO SAS</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1801-1812-0018839-0075278</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2201-2212-0104817-0161256</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0104701-0161077</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-2-2101-2112-0015001-0021485</t>
+  </si>
+  <si>
+    <t>CO2Bio</t>
+  </si>
+  <si>
+    <t>2025-07-22</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1901-1912-0103390-0122343</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1801-1812-0000001-0018838</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2201-2212-0085863-0104816</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0085863-0104700</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2201-2212-0000001-0085862</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0000001-0085862</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1901-1912-0000001-0103389</t>
+  </si>
+  <si>
+    <t>2025-07-21</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-2-2103-2112-0000001-0040000</t>
+  </si>
+  <si>
+    <t>co2carbon S.A.</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-1901-1912-0000001-0025829</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-1326733-1366732</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-2-2101-2112-0010001-0015000</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-2-2101-2112-0005001-0010000</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-2-2101-2112-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127395-0128071</t>
+  </si>
+  <si>
+    <t>Biofix Consultoría S.A.S.</t>
+  </si>
+  <si>
+    <t>BUFETE PARA EL DESARROLLO SOSTENIBLE S.A.S. BIC</t>
+  </si>
+  <si>
+    <t>Proyecto de Conservación Delfines Cupica REDD+</t>
+  </si>
+  <si>
+    <t>2025-07-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-1302115-1326732</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0989021-1302114</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2201-2212-0000001-0322512</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2101-2112-0000001-0322154</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1901-1912-0000001-0298510</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-1801-1812-0000001-0315803</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0000001-0042900</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127388-0127394</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0224171-0225170</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0000001-0116633</t>
+  </si>
+  <si>
+    <t>CO2NNECT, SA</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0910602-0989020</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1902-1912-0000001-0001101</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-1801-1812-0000161-0000920</t>
+  </si>
+  <si>
+    <t>CTX_BCR_Retire</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0910394-0910601</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0910214-0910393</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-R-1804-1812-0000001-0000952</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-R-1901-1912-0000001-0001305</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-R-2001-2012-0000001-0001097</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-R-2101-2112-0000001-0001327</t>
+  </si>
+  <si>
+    <t>BCR-AR-763-13-001-R-2201-2203-0000001-0001274</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0541469-0910213</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-2-1401-1412-0002100-0002199</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-2-1501-1512-0000811-0001010</t>
+  </si>
+  <si>
+    <t>Proyecto Forestal Fundación Obra Social Redentorista Señor de los Milagros</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-1601-1612-0000001-0000071</t>
+  </si>
+  <si>
+    <t>Reforestadora El Dorado SAS</t>
+  </si>
+  <si>
+    <t>Proyecto Forestal El Dorado</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-1701-1712-0000001-0000487</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-1801-1812-0000001-0001350</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-1901-1912-0000001-0002436</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-2001-2012-0000001-0003500</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-2101-2112-0000001-0004410</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-2201-2212-0000001-0005110</t>
+  </si>
+  <si>
+    <t>BCR-CO-956-14-001-R-2301-2304-0000001-0002031</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>BCR-CO-139-14-001-R-1801-1812-0000001-0001104</t>
+  </si>
+  <si>
+    <t>Alianza Fiduciaria SA - Fideicomiso</t>
+  </si>
+  <si>
+    <t>Proyecto de Carbono Forestal Vichada Alianza Fiduciaria S.A.</t>
+  </si>
+  <si>
+    <t>BCR-CO-139-14-001-R-1901-1912-0000001-0001846</t>
+  </si>
+  <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0109598-0110947</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-2001-2012-0000001-0002543</t>
+  </si>
+  <si>
+    <t>CFP Energy Limited</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-2001-2012-0000001-0014171</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0540001-0541468</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0240001-0540000</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2107-2112-0213634-0293633</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0000200-0000418</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-R-2001-2012-0000001-0005281</t>
+  </si>
+  <si>
+    <t>Fundación Obra Social Redentorista Señor de los Milagros</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-R-2101-2112-0000001-0005281</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-R-2201-2212-0000001-0005281</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-R-2301-2304-0000001-0001760</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2107-2112-0112138-0153633</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-2-2001-2012-0000001-0200000</t>
+  </si>
+  <si>
+    <t>BCR-CO-338-14-001-R-1801-1812-0000001-0126321</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2107-2112-0000001-0014367</t>
+  </si>
+  <si>
+    <t>Visso LLC</t>
+  </si>
+  <si>
+    <t>Aire de Vida “FIIVO JAAGAVA KOMUYA JAG+Y+” Monochoa REDD+</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-2101-2106-0006341-0006973</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0157564-0162563</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127338-0127387</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127282-0127337</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1801-1812-0012272-0012803</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-1901-1912-0000001-0002080</t>
+  </si>
+  <si>
+    <t>MINERA COBRE COLOMBIA S.A.S.</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2101-2112-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2001-2012-0078562-0081845</t>
+  </si>
+  <si>
+    <t>ONF INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Commercial reforestation on lands dedicated to extensive cattle grazing activities in the region of Magdalena Bajo Seco</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2101-2109-0011159-0057874</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2001-2012-0049104-0078561</t>
+  </si>
+  <si>
+    <t>2025-03-15</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-1801-1812-0014142-0014401</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-1623977-1624776</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>BCR-PY-451-14-001-R-2001-2012-0000001-0000060</t>
+  </si>
+  <si>
+    <t>Desarrollos Madereros S.A.</t>
+  </si>
+  <si>
+    <t>Mixed planting of native and non-native species in Paraguay-I</t>
+  </si>
+  <si>
+    <t>BCR-PY-451-14-001-R-2101-2112-0000001-0000502</t>
+  </si>
+  <si>
+    <t>BCR-PY-451-14-001-R-2201-2212-0000001-0000404</t>
+  </si>
+  <si>
+    <t>BCR-PY-451-14-001-R-2301-2305-0000001-0000705</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-1801-1812-0013217-0014141</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-1448283-1449282</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1801-1812-0012113-0012271</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-3-1001-1812-0510840-0513908</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2201-2210-0032807-0036856</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2101-2110-0011823-0014577</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2101-2110-0000001-0001200</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2101-2110-0082507-0082601</t>
+  </si>
+  <si>
+    <t>2025-02-25</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1502-1512-0000001-0001139</t>
+  </si>
+  <si>
+    <t>2025-02-24</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2101-2109-0000001-0011158</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2001-2012-0000001-0049103</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-2002-2012-0000001-0003672</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1802-1812-0000001-0001110</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1702-1712-0000001-0001120</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1602-1612-0000001-0001129</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-1801-1812-0000161-0010873</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2101-2110-0011231-0011822</t>
+  </si>
+  <si>
+    <t>2025-02-17</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-R-2101-2112-0000001-0002686</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-R-2201-2212-0000001-0002729</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-R-2301-2312-0000001-0002344</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0020906-0021055</t>
+  </si>
+  <si>
+    <t>Project for Forestry Restoration in Productive and Biological Corridors in the Eastern Plains of Colombia</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0212010-0216080</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0152388-0152687</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-2-1401-1412-0002000-0002099</t>
+  </si>
+  <si>
+    <t>2025-01-17</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-3-1801-1812-0000101-0000230</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-004-2-2001-2012-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-2001-2012-0000001-0005000</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0161591-0165810</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0156591-0161590</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127252-0127281</t>
+  </si>
+  <si>
+    <t>2024-12-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-R-1810-1812-0000001-0003699</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-R-1901-1912-0000001-0015122</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-R-2001-2012-0000001-0015408</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-R-2101-2112-0000001-0015647</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-006-R-2201-2212-0000001-0015832</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0151591-0156590</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0156039-0160465</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0103195-0151590</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2101-2112-0000001-0170146</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-2201-2212-0011238-0079903</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-1708-1712-0012001-0017000</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0098195-0103194</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0209011-0212009</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-3-1806-1812-0001979-0006331</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0206450-0209010</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-2001-2012-0093195-0098194</t>
+  </si>
+  <si>
+    <t>2024-12-02</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0840494-0840673</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0143993-0147540</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2201-2210-0008435-0032806</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2101-2110-0011231-0014577</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0127222-0127251</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0007903-0007932</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-1901-1912-0295935-0300258</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2301-2306-0000001-0036260</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2201-2212-0000001-0060190</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-3-2101-2112-0063165-0106606</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0192299-0206449</t>
+  </si>
+  <si>
+    <t>2024-11-08</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0138993-0143992</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-R-1901-1912-0000001-0053279</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-R-2001-2012-0000001-0029173</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-R-2101-2112-0000001-0024711</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-R-2201-2212-0000001-0044845</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-3-1806-1812-0000891-0001978</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-3-1806-1812-0000001-0000890</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0007842-0007902</t>
+  </si>
+  <si>
+    <t>2024-10-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0151039-0156038</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2301-2301-0010431-0011598</t>
+  </si>
+  <si>
+    <t>Bosques de la Primavera S.A</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2201-2212-0219223-0233209</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2101-2112-0245765-0258553</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2010-2012-0053863-0056659</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-3-2001-2010-0112856-0119337</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2301-2301-0007763-0010430</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2201-2212-0187275-0219222</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2101-2112-0216555-0245764</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2010-2012-0038744-0053862</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2301-2301-0004453-0007762</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2201-2212-0147637-0187274</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2101-2112-0180315-0216554</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-3-2001-2010-0088706-0112855</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2010-2012-0028869-0038743</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2201-2212-0058250-0147636</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2101-2112-0099083-0180314</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2201-2212-0053316-0058249</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2101-2112-0048746-0099082</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-2010-2012-0000001-0028868</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-3-2001-2010-0027911-0088705</t>
+  </si>
+  <si>
+    <t>ECOPETROL S.A.</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0186750-0192298</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-R-2201-2212-0000001-0237570</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-R-2301-2306-0000001-0143120</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0075660-0125659</t>
+  </si>
+  <si>
+    <t>2024-08-29</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0118268-0133267</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0113268-0118267</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011541-0011550</t>
+  </si>
+  <si>
+    <t>BRINKMAN COLOMBIA SAS</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011531-0011540</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011521-0011530</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011511-0011520</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011501-0011510</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011491-0011500</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011481-0011490</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011471-0011480</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011461-0011470</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-1603-1612-0011451-0011460</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0069849-0069902</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-1708-1712-0011001-0012000</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0102194-0103193</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0150039-0151038</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0084825-0087824</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-1701-1712-0009843-0018457</t>
+  </si>
+  <si>
+    <t>2024-07-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0185750-0186749</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0150698-0152387</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0030012-0075659</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0198781-0203132</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2101-2112-0000001-0014408</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2201-2212-0000001-0015218</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2301-2306-0000001-0006592</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2210-2212-0000001-0003975</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2301-2310-0000001-0012327</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0149753-0150697</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0149039-0150038</t>
+  </si>
+  <si>
+    <t>PCR-CO-630-142-001-2-1501-1512-0000401-0000810</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0148543-0149752</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-2-1401-1412-0001900-0001999</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2101-2106-0146743-0148542</t>
+  </si>
+  <si>
+    <t>2024-06-27</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-004-2-2101-2112-0000001-0001000</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0007220-0007581</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0000012-0128780</t>
+  </si>
+  <si>
+    <t>BIOFIX CORP</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0000001-0000199</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-1701-1712-0008843-0009842</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-1605-1612-0010740-0012336</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0148039-0149038</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0052115-0066114</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-R-2103-2112-0000001-0016624</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-R-2201-2212-0000001-0021153</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-R-2301-2302-0000001-0003084</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-004-2-1901-1912-0845412-0850411</t>
+  </si>
+  <si>
+    <t>Thallo Ltd</t>
+  </si>
+  <si>
+    <t>Proyecto de Conservación Kaliawiri REDD+</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-141-005-3-1501-1912-0198232-0208231</t>
+  </si>
+  <si>
+    <t>Proyecto de Conservación YAAWI IIPANA REDD+</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-1605-1612-0003803-0007802</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0007158-0007219</t>
+  </si>
+  <si>
+    <t>2024-05-23</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0020806-0020905</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0128781-0169131</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-2001-2012-0128781-0138429</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-1401-1412-0013302-0013554</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2107-2112-0031521-0031720</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0106672-0107671</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-1910-2010-0023834-0023883</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-3-1901-1912-0000001-0006031</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-1901-1912-0080221-0080647</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1901-1912-0010001-0012938</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-1401-1412-0013058-0013301</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>PCR-CO-FU-14-001-3-1501-1512-0000001-0000540</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-1901-1912-0000001-0001000</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-3-1605-1612-0002803-0003802</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-2-1401-1412-0001543-0001899</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-14-002-R-1701-1712-0000001-0049862</t>
+  </si>
+  <si>
+    <t>BCR-CO-173-14-002-R-1801-1812-0000001-0072688</t>
+  </si>
+  <si>
+    <t>2024-04-18</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0007028-0007057</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2001-2012-1070125-1095365</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A. (Panama)</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1901-1912-0000001-0010000</t>
+  </si>
+  <si>
+    <t>2024-04-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1901-1912-0000001-0012938</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-665-14-001-2-2101-2112-0000001-0034713</t>
+  </si>
+  <si>
+    <t>BCR-CO-665-14-001-2-2010-2012-0081601-0083287</t>
+  </si>
+  <si>
+    <t>2024-04-10</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0052640-0053639</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0005216-0007027</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2001-2012-0063551-0071091</t>
+  </si>
+  <si>
+    <t>Puma Energy Colombia Combustibles SAS</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0049893-0073273</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0020891-0023000</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2107-2112-0000001-0031520</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-2101-2106-0000001-0006340</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2001-2012-1280599-1281570</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2001-2012-1331571-1371570</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-2001-2012-0001341-0013495</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2001-2012-1404860-1422986</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2001-2012-0601499-0647784</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2001-2012-0581464-0582784</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-3-2101-2106-0000001-0003247</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2101-2106-0134727-0141726</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2201-2212-0000001-0036006</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2107-2112-0000001-0017518</t>
+  </si>
+  <si>
+    <t>2024-03-21</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0000001-0011690</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-3-1801-1812-0000001-0000100</t>
+  </si>
+  <si>
+    <t>2024-03-20</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-002-2-1001-1012-0003671-0005215</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0023001-0049892</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0000001-0020890</t>
+  </si>
+  <si>
+    <t>2024-03-19</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2101-2112-0000001-0023000</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0037687-0038686</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-004-2-1901-1912-0695357-0745356</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0068849-0069848</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-2-1708-1712-0000001-0001000</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0001001-0002000</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2201-2210-0004051-0008100</t>
+  </si>
+  <si>
+    <t>Visso Consultores SAS</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-1910-2010-0023834-0027883</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0058547-0059546</t>
+  </si>
+  <si>
+    <t>2024-02-16</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-R-2107-2112-0000001-0041709</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-R-2201-2212-0000001-0085728</t>
+  </si>
+  <si>
+    <t>PCR-CO-697-142-001-2-1401-1412-0000339-0001542</t>
+  </si>
+  <si>
+    <t>2024-02-12</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0011691-0013690</t>
+  </si>
+  <si>
+    <t>2024-02-09</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-R-1708-1712-0000001-0003177</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-R-1801-1812-0000001-0010668</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-R-1901-1912-0000001-0011093</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-R-2001-2012-0000001-0011347</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-003-R-2101-2112-0000001-0011476</t>
+  </si>
+  <si>
+    <t>2024-01-29</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-2-2201-2212-0000001-0065215</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-005-2-2001-2012-1448166-1453165</t>
+  </si>
+  <si>
+    <t>2024-01-24</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0037477-0037686</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-R-2010-2012-0000001-0010831</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-R-2101-2112-0000001-0049457</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-R-2201-2212-0000001-0054180</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-R-2301-2301-0000001-0004538</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0056964-0058546</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-004-2-1901-1912-0745357-0795411</t>
+  </si>
+  <si>
+    <t>Diana Paola Doncel</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0055964-0056963</t>
+  </si>
+  <si>
+    <t>PCR-CO-BFX-14-004-2-1901-1912-0745357-0872406</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-3-1501-1512-0007903-0007924</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-001-2-1501-1512-0044901-0044902</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-01-04</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0025241-0025690</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1801-1812-0000001-0001000</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-1901-1912-0000001-0001000</t>
+  </si>
+  <si>
+    <t>PCR-CO-635-141-002-2-1605-1612-0053822-0055963</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0020691-0020805</t>
+  </si>
+  <si>
+    <t>2023-12-29</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0015666-0045750</t>
+  </si>
+  <si>
+    <t>KSAVAL ENERGY SAS</t>
   </si>
   <si>
     <t>DABUCURY REDD+</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005-2-2401-2412-0000001-0102472</t>
-[...1834 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0063345-0153259</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0599581-0601498</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-3-2001-2012-0000001-0006286</t>
   </si>
   <si>
     <t>2023-12-26</t>
   </si>
   <si>
     <t>PCR-CO-BFX-141-005-3-1501-1912-0198115-0198119</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1001-1012-0003660-0003670</t>
   </si>
   <si>
     <t>2023-12-22</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-1801-1812-0000001-0018443</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-1901-1912-0000001-0020058</t>
@@ -2169,65 +2196,50 @@
     <t>BCR-CO-259-14-004-R-2201-2212-0000001-0155275</t>
   </si>
   <si>
     <t>2023-11-21</t>
   </si>
   <si>
     <t>PCR-CO-630-142-001-2-1501-1512-0000201-0000400</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0164520-0165019</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1401-1412-0011336-0011835</t>
   </si>
   <si>
     <t>2023-11-07</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0045344-0115028</t>
   </si>
   <si>
     <t>REFORESTADORA GUACAMAYAS S.A.</t>
-  </si>
-[...13 lines deleted...]
-    <t>PCR-CO-319-141-001-R-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>2023-10-31</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1401-1412-0009187-0011335</t>
   </si>
   <si>
     <t>2023-10-26</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2101-2106-0205386-0207779</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2101-2106-0201638-0204043</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2101-2106-0407410-0410007</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2101-2106-0404340-0406741</t>
   </si>
   <si>
     <t>2023-10-23</t>
   </si>
@@ -3476,30150 +3488,30027 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M736"/>
+  <dimension ref="A1:M733"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
         <v>16</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2">
         <v>2021</v>
       </c>
       <c r="H2" t="s">
         <v>18</v>
       </c>
       <c r="I2">
-        <v>60000</v>
+        <v>11096</v>
       </c>
       <c r="J2">
-        <v>0</v>
+        <v>11096</v>
       </c>
       <c r="K2">
         <v>0</v>
       </c>
       <c r="L2">
-        <v>60000</v>
+        <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>23</v>
       </c>
       <c r="G3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="J3">
-        <v>2072</v>
+        <v>2782</v>
       </c>
       <c r="K3">
         <v>0</v>
       </c>
       <c r="L3">
-        <v>2928</v>
+        <v>7218</v>
       </c>
       <c r="M3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4">
+        <v>2021</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="G4">
-[...4 lines deleted...]
-      </c>
       <c r="I4">
-        <v>130000</v>
+        <v>5000</v>
       </c>
       <c r="J4">
-        <v>0</v>
+        <v>1208</v>
       </c>
       <c r="K4">
         <v>0</v>
       </c>
       <c r="L4">
-        <v>130000</v>
+        <v>3792</v>
       </c>
       <c r="M4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G5">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I5">
-        <v>9910</v>
+        <v>1</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K5">
         <v>0</v>
       </c>
       <c r="L5">
-        <v>9910</v>
+        <v>0</v>
       </c>
       <c r="M5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G6">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I6">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="K6">
         <v>0</v>
       </c>
       <c r="L6">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="M6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G7">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I7">
-        <v>5000</v>
+        <v>60000</v>
       </c>
       <c r="J7">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="K7">
         <v>0</v>
       </c>
       <c r="L7">
-        <v>4994</v>
+        <v>60000</v>
       </c>
       <c r="M7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
       <c r="I8">
-        <v>5515</v>
+        <v>5573</v>
       </c>
       <c r="J8">
-        <v>5515</v>
+        <v>0</v>
       </c>
       <c r="K8">
         <v>0</v>
       </c>
       <c r="L8">
-        <v>0</v>
+        <v>5573</v>
       </c>
       <c r="M8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I9">
-        <v>8214</v>
+        <v>1838</v>
       </c>
       <c r="J9">
-        <v>8214</v>
+        <v>1838</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
       <c r="L9">
         <v>0</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G10">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I10">
-        <v>2000</v>
+        <v>2147</v>
       </c>
       <c r="J10">
-        <v>1580</v>
+        <v>2147</v>
       </c>
       <c r="K10">
         <v>0</v>
       </c>
       <c r="L10">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="M10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
         <v>45</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="G11">
+        <v>2024</v>
+      </c>
+      <c r="H11" t="s">
         <v>46</v>
       </c>
-      <c r="E11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I11">
-        <v>50000</v>
+        <v>2078</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>2078</v>
       </c>
       <c r="K11">
         <v>0</v>
       </c>
       <c r="L11">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="M11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G12">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H12" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="I12">
-        <v>1638</v>
+        <v>60000</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>0</v>
       </c>
       <c r="L12">
-        <v>1638</v>
+        <v>60000</v>
       </c>
       <c r="M12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C13" t="s">
         <v>14</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F13" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G13">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="H13" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I13">
-        <v>102472</v>
+        <v>5000</v>
       </c>
       <c r="J13">
-        <v>102472</v>
+        <v>213</v>
       </c>
       <c r="K13">
         <v>0</v>
       </c>
       <c r="L13">
-        <v>0</v>
+        <v>4787</v>
       </c>
       <c r="M13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C14" t="s">
         <v>14</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G14">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H14" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I14">
-        <v>212560</v>
+        <v>130000</v>
       </c>
       <c r="J14">
-        <v>212560</v>
+        <v>0</v>
       </c>
       <c r="K14">
         <v>0</v>
       </c>
       <c r="L14">
-        <v>0</v>
+        <v>130000</v>
       </c>
       <c r="M14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>14</v>
       </c>
       <c r="D15" t="s">
         <v>55</v>
       </c>
       <c r="E15" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G15">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H15" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="I15">
-        <v>193385</v>
+        <v>9910</v>
       </c>
       <c r="J15">
-        <v>193385</v>
+        <v>0</v>
       </c>
       <c r="K15">
         <v>0</v>
       </c>
       <c r="L15">
-        <v>0</v>
+        <v>9910</v>
       </c>
       <c r="M15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="B16" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" t="s">
         <v>56</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16">
+        <v>2020</v>
+      </c>
+      <c r="H16" t="s">
         <v>57</v>
       </c>
-      <c r="E16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I16">
-        <v>50</v>
+        <v>10000</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16">
-        <v>50</v>
+        <v>10000</v>
       </c>
       <c r="M16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="B17" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C17" t="s">
         <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E17" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G17">
         <v>2021</v>
       </c>
       <c r="H17" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I17">
-        <v>130170</v>
+        <v>5000</v>
       </c>
       <c r="J17">
-        <v>70170</v>
+        <v>6</v>
       </c>
       <c r="K17">
-        <v>60000</v>
+        <v>0</v>
       </c>
       <c r="L17">
-        <v>0</v>
+        <v>4994</v>
       </c>
       <c r="M17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="B18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18">
+        <v>2023</v>
+      </c>
+      <c r="H18" t="s">
         <v>62</v>
       </c>
-      <c r="C18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I18">
-        <v>2033</v>
+        <v>5515</v>
       </c>
       <c r="J18">
-        <v>0</v>
+        <v>5515</v>
       </c>
       <c r="K18">
         <v>0</v>
       </c>
       <c r="L18">
-        <v>2033</v>
+        <v>0</v>
       </c>
       <c r="M18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="B19" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F19" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="G19">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H19" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I19">
-        <v>10000</v>
+        <v>8214</v>
       </c>
       <c r="J19">
-        <v>10000</v>
+        <v>8214</v>
       </c>
       <c r="K19">
         <v>0</v>
       </c>
       <c r="L19">
         <v>0</v>
       </c>
       <c r="M19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="B20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" t="s">
         <v>64</v>
       </c>
-      <c r="C20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="G20">
         <v>2021</v>
       </c>
       <c r="H20" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="I20">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="J20">
-        <v>10000</v>
+        <v>1540</v>
       </c>
       <c r="K20">
         <v>0</v>
       </c>
       <c r="L20">
-        <v>0</v>
+        <v>460</v>
       </c>
       <c r="M20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="B21" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" t="s">
         <v>68</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F21" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G21">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H21" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="I21">
-        <v>56027</v>
+        <v>50000</v>
       </c>
       <c r="J21">
-        <v>56027</v>
+        <v>0</v>
       </c>
       <c r="K21">
         <v>0</v>
       </c>
       <c r="L21">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G22">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H22" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I22">
-        <v>5000</v>
+        <v>102472</v>
       </c>
       <c r="J22">
-        <v>4842</v>
+        <v>102472</v>
       </c>
       <c r="K22">
         <v>0</v>
       </c>
       <c r="L22">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="M22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="B23" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D23" t="s">
         <v>72</v>
       </c>
       <c r="E23" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G23">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H23" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I23">
-        <v>5000</v>
+        <v>212560</v>
       </c>
       <c r="J23">
-        <v>4405</v>
+        <v>212560</v>
       </c>
       <c r="K23">
         <v>0</v>
       </c>
       <c r="L23">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="M23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>14</v>
       </c>
       <c r="D24" t="s">
         <v>74</v>
       </c>
       <c r="E24" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="G24">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H24" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I24">
-        <v>5260</v>
+        <v>193385</v>
       </c>
       <c r="J24">
-        <v>5260</v>
+        <v>193385</v>
       </c>
       <c r="K24">
         <v>0</v>
       </c>
       <c r="L24">
         <v>0</v>
       </c>
       <c r="M24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
       <c r="E25" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25">
+        <v>2021</v>
+      </c>
+      <c r="H25" t="s">
         <v>66</v>
       </c>
-      <c r="F25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I25">
-        <v>4740</v>
+        <v>50</v>
       </c>
       <c r="J25">
-        <v>4740</v>
+        <v>0</v>
       </c>
       <c r="K25">
         <v>0</v>
       </c>
       <c r="L25">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="M25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C26" t="s">
         <v>14</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="G26">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H26" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I26">
-        <v>10000</v>
+        <v>130170</v>
       </c>
       <c r="J26">
-        <v>10000</v>
+        <v>70170</v>
       </c>
       <c r="K26">
-        <v>0</v>
+        <v>60000</v>
       </c>
       <c r="L26">
         <v>0</v>
       </c>
       <c r="M26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27">
-        <v>860</v>
+        <v>872</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="G27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H27" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="I27">
-        <v>5843</v>
+        <v>2033</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27">
         <v>0</v>
       </c>
       <c r="L27">
-        <v>5843</v>
+        <v>2033</v>
       </c>
       <c r="M27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G28">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H28" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I28">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="J28">
-        <v>4</v>
+        <v>10000</v>
       </c>
       <c r="K28">
         <v>0</v>
       </c>
       <c r="L28">
-        <v>4996</v>
+        <v>0</v>
       </c>
       <c r="M28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>14</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E29" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G29">
         <v>2021</v>
       </c>
       <c r="H29" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I29">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="J29">
-        <v>0</v>
+        <v>4427</v>
       </c>
       <c r="K29">
-        <v>0</v>
+        <v>5573</v>
       </c>
       <c r="L29">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30">
-        <v>855</v>
+        <v>868</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E30" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F30" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="G30">
         <v>2022</v>
       </c>
       <c r="H30" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="I30">
-        <v>18889</v>
+        <v>56027</v>
       </c>
       <c r="J30">
-        <v>18889</v>
+        <v>56027</v>
       </c>
       <c r="K30">
         <v>0</v>
       </c>
       <c r="L30">
         <v>0</v>
       </c>
       <c r="M30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F31" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G31">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H31" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I31">
-        <v>15528</v>
+        <v>5000</v>
       </c>
       <c r="J31">
-        <v>15528</v>
+        <v>4842</v>
       </c>
       <c r="K31">
         <v>0</v>
       </c>
       <c r="L31">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="M31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E32" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F32" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G32">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="H32" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="I32">
-        <v>15933</v>
+        <v>5000</v>
       </c>
       <c r="J32">
-        <v>15933</v>
+        <v>3924</v>
       </c>
       <c r="K32">
         <v>0</v>
       </c>
       <c r="L32">
-        <v>0</v>
+        <v>1076</v>
       </c>
       <c r="M32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="B33" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>14</v>
       </c>
       <c r="D33" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G33">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H33" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="I33">
-        <v>10000</v>
+        <v>5260</v>
       </c>
       <c r="J33">
-        <v>0</v>
+        <v>5260</v>
       </c>
       <c r="K33">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L33">
         <v>0</v>
       </c>
       <c r="M33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C34" t="s">
         <v>14</v>
       </c>
       <c r="D34" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F34" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G34">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H34" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="I34">
-        <v>110000</v>
+        <v>4740</v>
       </c>
       <c r="J34">
-        <v>0</v>
+        <v>4740</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34">
-        <v>110000</v>
+        <v>0</v>
       </c>
       <c r="M34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="B35" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C35" t="s">
         <v>14</v>
       </c>
       <c r="D35" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="E35" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="F35" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G35">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="H35" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I35">
         <v>10000</v>
       </c>
       <c r="J35">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="K35">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L35">
         <v>0</v>
       </c>
       <c r="M35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36">
-        <v>851</v>
+        <v>860</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="E36" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F36" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G36">
         <v>2020</v>
       </c>
       <c r="H36" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="I36">
-        <v>10000</v>
+        <v>5843</v>
       </c>
       <c r="J36">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="K36">
         <v>0</v>
       </c>
       <c r="L36">
-        <v>0</v>
+        <v>5843</v>
       </c>
       <c r="M36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C37" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D37" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E37" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F37" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G37">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H37" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="I37">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="J37">
-        <v>10000</v>
+        <v>4</v>
       </c>
       <c r="K37">
         <v>0</v>
       </c>
       <c r="L37">
-        <v>0</v>
+        <v>4996</v>
       </c>
       <c r="M37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C38" t="s">
         <v>14</v>
       </c>
       <c r="D38" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="E38" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F38" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G38">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H38" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I38">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L38">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="C39" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D39" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="E39" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="F39" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="G39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H39" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I39">
-        <v>1000</v>
+        <v>18889</v>
       </c>
       <c r="J39">
-        <v>1000</v>
+        <v>18889</v>
       </c>
       <c r="K39">
         <v>0</v>
       </c>
       <c r="L39">
         <v>0</v>
       </c>
       <c r="M39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C40" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D40" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="E40" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F40" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G40">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="H40" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I40">
-        <v>10000</v>
+        <v>15528</v>
       </c>
       <c r="J40">
-        <v>10000</v>
+        <v>15528</v>
       </c>
       <c r="K40">
         <v>0</v>
       </c>
       <c r="L40">
         <v>0</v>
       </c>
       <c r="M40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41">
-        <v>844</v>
+        <v>857</v>
       </c>
       <c r="B41" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D41" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E41" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G41">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="H41" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="I41">
-        <v>1427</v>
+        <v>15933</v>
       </c>
       <c r="J41">
-        <v>1427</v>
+        <v>15933</v>
       </c>
       <c r="K41">
         <v>0</v>
       </c>
       <c r="L41">
         <v>0</v>
       </c>
       <c r="M41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C42" t="s">
         <v>14</v>
       </c>
       <c r="D42" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="E42" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="F42" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G42">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H42" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="I42">
-        <v>8573</v>
+        <v>10000</v>
       </c>
       <c r="J42">
-        <v>8573</v>
+        <v>0</v>
       </c>
       <c r="K42">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L42">
         <v>0</v>
       </c>
       <c r="M42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43">
-        <v>834</v>
+        <v>853</v>
       </c>
       <c r="B43" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D43" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E43" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F43" t="s">
         <v>38</v>
       </c>
       <c r="G43">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H43" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="I43">
-        <v>15280</v>
+        <v>110000</v>
       </c>
       <c r="J43">
-        <v>15280</v>
+        <v>0</v>
       </c>
       <c r="K43">
         <v>0</v>
       </c>
       <c r="L43">
-        <v>0</v>
+        <v>110000</v>
       </c>
       <c r="M43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44">
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C44" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D44" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="E44" t="s">
         <v>37</v>
       </c>
       <c r="F44" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G44">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H44" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="I44">
-        <v>61888</v>
+        <v>10000</v>
       </c>
       <c r="J44">
-        <v>61888</v>
+        <v>0</v>
       </c>
       <c r="K44">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L44">
         <v>0</v>
       </c>
       <c r="M44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="B45" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D45" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E45" t="s">
+        <v>85</v>
+      </c>
+      <c r="F45" t="s">
         <v>37</v>
       </c>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H45" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="I45">
-        <v>90039</v>
+        <v>10000</v>
       </c>
       <c r="J45">
-        <v>90039</v>
+        <v>10000</v>
       </c>
       <c r="K45">
         <v>0</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46">
-        <v>837</v>
+        <v>850</v>
       </c>
       <c r="B46" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C46" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D46" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="E46" t="s">
         <v>37</v>
       </c>
       <c r="F46" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G46">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="H46" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="I46">
-        <v>63008</v>
+        <v>10000</v>
       </c>
       <c r="J46">
-        <v>63008</v>
+        <v>10000</v>
       </c>
       <c r="K46">
         <v>0</v>
       </c>
       <c r="L46">
         <v>0</v>
       </c>
       <c r="M46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C47" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D47" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E47" t="s">
-        <v>110</v>
+        <v>37</v>
       </c>
       <c r="F47" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G47">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H47" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="I47">
-        <v>3569</v>
+        <v>10000</v>
       </c>
       <c r="J47">
-        <v>3569</v>
+        <v>0</v>
       </c>
       <c r="K47">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L47">
         <v>0</v>
       </c>
       <c r="M47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="B48" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C48" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D48" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E48" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G48">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="H48" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="I48">
-        <v>11069</v>
+        <v>1000</v>
       </c>
       <c r="J48">
-        <v>11069</v>
+        <v>1000</v>
       </c>
       <c r="K48">
         <v>0</v>
       </c>
       <c r="L48">
         <v>0</v>
       </c>
       <c r="M48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49">
-        <v>831</v>
+        <v>847</v>
       </c>
       <c r="B49" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F49" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G49">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H49" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I49">
         <v>10000</v>
       </c>
       <c r="J49">
-        <v>604</v>
+        <v>10000</v>
       </c>
       <c r="K49">
         <v>0</v>
       </c>
       <c r="L49">
-        <v>9396</v>
+        <v>0</v>
       </c>
       <c r="M49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="B50" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C50" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D50" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E50" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="F50" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="G50">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H50" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="I50">
-        <v>299</v>
+        <v>1427</v>
       </c>
       <c r="J50">
-        <v>0</v>
+        <v>1427</v>
       </c>
       <c r="K50">
         <v>0</v>
       </c>
       <c r="L50">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="M50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="B51" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C51" t="s">
         <v>14</v>
       </c>
       <c r="D51" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="F51" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="G51">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H51" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="I51">
-        <v>78</v>
+        <v>8573</v>
       </c>
       <c r="J51">
-        <v>0</v>
+        <v>8573</v>
       </c>
       <c r="K51">
         <v>0</v>
       </c>
       <c r="L51">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="M51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B52" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D52" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="E52" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F52" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G52">
         <v>2023</v>
       </c>
       <c r="H52" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="I52">
-        <v>4384</v>
+        <v>3569</v>
       </c>
       <c r="J52">
-        <v>4384</v>
+        <v>3569</v>
       </c>
       <c r="K52">
         <v>0</v>
       </c>
       <c r="L52">
         <v>0</v>
       </c>
       <c r="M52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="B53" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C53" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D53" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="E53" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="F53" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G53">
         <v>2024</v>
       </c>
       <c r="H53" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="I53">
-        <v>7962</v>
+        <v>11069</v>
       </c>
       <c r="J53">
-        <v>7962</v>
+        <v>11069</v>
       </c>
       <c r="K53">
         <v>0</v>
       </c>
       <c r="L53">
         <v>0</v>
       </c>
       <c r="M53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C54" t="s">
         <v>14</v>
       </c>
       <c r="D54" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="E54" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F54" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G54">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H54" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I54">
-        <v>130170</v>
+        <v>10000</v>
       </c>
       <c r="J54">
-        <v>0</v>
+        <v>604</v>
       </c>
       <c r="K54">
         <v>0</v>
       </c>
       <c r="L54">
-        <v>130170</v>
+        <v>9396</v>
       </c>
       <c r="M54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="B55" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="E55" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="F55" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G55">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H55" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="I55">
-        <v>298870</v>
+        <v>299</v>
       </c>
       <c r="J55">
-        <v>298870</v>
+        <v>0</v>
       </c>
       <c r="K55">
         <v>0</v>
       </c>
       <c r="L55">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="M55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="B56" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E56" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="F56" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G56">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H56" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="I56">
-        <v>173166</v>
+        <v>78</v>
       </c>
       <c r="J56">
-        <v>173166</v>
+        <v>0</v>
       </c>
       <c r="K56">
         <v>0</v>
       </c>
       <c r="L56">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="M56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B57" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C57" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E57" t="s">
-        <v>37</v>
+        <v>134</v>
       </c>
       <c r="F57" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G57">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H57" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I57">
-        <v>390</v>
+        <v>4384</v>
       </c>
       <c r="J57">
-        <v>0</v>
+        <v>4384</v>
       </c>
       <c r="K57">
         <v>0</v>
       </c>
       <c r="L57">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="M57" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B58" t="s">
         <v>132</v>
       </c>
       <c r="C58" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D58" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E58" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="F58" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G58">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H58" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="I58">
-        <v>5000</v>
+        <v>7962</v>
       </c>
       <c r="J58">
-        <v>47</v>
+        <v>7962</v>
       </c>
       <c r="K58">
         <v>0</v>
       </c>
       <c r="L58">
-        <v>4953</v>
+        <v>0</v>
       </c>
       <c r="M58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E59" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="F59" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="G59">
         <v>2021</v>
       </c>
       <c r="H59" t="s">
-        <v>137</v>
+        <v>32</v>
       </c>
       <c r="I59">
-        <v>34206</v>
+        <v>130170</v>
       </c>
       <c r="J59">
         <v>0</v>
       </c>
       <c r="K59">
         <v>0</v>
       </c>
       <c r="L59">
-        <v>34206</v>
+        <v>130170</v>
       </c>
       <c r="M59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B60" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C60" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D60" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E60" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F60" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="G60">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H60" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="I60">
-        <v>3799</v>
+        <v>298870</v>
       </c>
       <c r="J60">
-        <v>0</v>
+        <v>298870</v>
       </c>
       <c r="K60">
         <v>0</v>
       </c>
       <c r="L60">
-        <v>3799</v>
+        <v>0</v>
       </c>
       <c r="M60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B61" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C61" t="s">
         <v>14</v>
       </c>
       <c r="D61" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E61" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F61" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="G61">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="H61" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="I61">
-        <v>39960</v>
+        <v>173166</v>
       </c>
       <c r="J61">
-        <v>0</v>
+        <v>173166</v>
       </c>
       <c r="K61">
         <v>0</v>
       </c>
       <c r="L61">
-        <v>39960</v>
+        <v>0</v>
       </c>
       <c r="M61" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="B62" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D62" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E62" t="s">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="F62" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="G62">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H62" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I62">
-        <v>40</v>
+        <v>390</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
       <c r="K62">
         <v>0</v>
       </c>
       <c r="L62">
-        <v>40</v>
+        <v>390</v>
       </c>
       <c r="M62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="B63" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="C63" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="E63" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F63" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G63">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H63" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="I63">
-        <v>11628</v>
+        <v>5000</v>
       </c>
       <c r="J63">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="K63">
         <v>0</v>
       </c>
       <c r="L63">
-        <v>11628</v>
+        <v>4953</v>
       </c>
       <c r="M63" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B64" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="E64" t="s">
-        <v>61</v>
+        <v>151</v>
       </c>
       <c r="F64" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="G64">
         <v>2021</v>
       </c>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>152</v>
       </c>
       <c r="I64">
-        <v>122945</v>
+        <v>34206</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64">
         <v>0</v>
       </c>
       <c r="L64">
-        <v>122945</v>
+        <v>34206</v>
       </c>
       <c r="M64" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="B65" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C65" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D65" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="E65" t="s">
-        <v>37</v>
+        <v>151</v>
       </c>
       <c r="F65" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="G65">
         <v>2021</v>
       </c>
       <c r="H65" t="s">
-        <v>44</v>
+        <v>152</v>
       </c>
       <c r="I65">
-        <v>25000</v>
+        <v>3799</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
       <c r="K65">
         <v>0</v>
       </c>
       <c r="L65">
-        <v>25000</v>
+        <v>3799</v>
       </c>
       <c r="M65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B66" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C66" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D66" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E66" t="s">
-        <v>37</v>
+        <v>155</v>
       </c>
       <c r="F66" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="G66">
         <v>2021</v>
       </c>
       <c r="H66" t="s">
-        <v>44</v>
+        <v>152</v>
       </c>
       <c r="I66">
-        <v>31000</v>
+        <v>39960</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
       <c r="K66">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="L66">
-        <v>30701</v>
+        <v>39960</v>
       </c>
       <c r="M66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="B67" t="s">
         <v>149</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="E67" t="s">
-        <v>61</v>
+        <v>155</v>
       </c>
       <c r="F67" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="G67">
         <v>2021</v>
       </c>
       <c r="H67" t="s">
-        <v>18</v>
+        <v>152</v>
       </c>
       <c r="I67">
-        <v>1561</v>
+        <v>40</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>0</v>
       </c>
       <c r="L67">
-        <v>1561</v>
+        <v>40</v>
       </c>
       <c r="M67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="B68" t="s">
         <v>149</v>
       </c>
       <c r="C68" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D68" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E68" t="s">
+        <v>155</v>
+      </c>
+      <c r="F68" t="s">
+        <v>80</v>
+      </c>
+      <c r="G68">
+        <v>2020</v>
+      </c>
+      <c r="H68" t="s">
         <v>152</v>
       </c>
-      <c r="F68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I68">
-        <v>320</v>
+        <v>11628</v>
       </c>
       <c r="J68">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="K68">
         <v>0</v>
       </c>
       <c r="L68">
-        <v>0</v>
+        <v>11628</v>
       </c>
       <c r="M68" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="B69" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="C69" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D69" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="E69" t="s">
-        <v>152</v>
+        <v>80</v>
       </c>
       <c r="F69" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G69">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H69" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="I69">
-        <v>379</v>
+        <v>122945</v>
       </c>
       <c r="J69">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="K69">
         <v>0</v>
       </c>
       <c r="L69">
-        <v>0</v>
+        <v>122945</v>
       </c>
       <c r="M69" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B70" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="C70" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E70" t="s">
-        <v>152</v>
+        <v>61</v>
       </c>
       <c r="F70" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="G70">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="H70" t="s">
-        <v>153</v>
+        <v>66</v>
       </c>
       <c r="I70">
-        <v>301</v>
+        <v>25000</v>
       </c>
       <c r="J70">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="K70">
         <v>0</v>
       </c>
       <c r="L70">
-        <v>0</v>
+        <v>25000</v>
       </c>
       <c r="M70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B71" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C71" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="E71" t="s">
         <v>61</v>
       </c>
       <c r="F71" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G71">
         <v>2021</v>
       </c>
       <c r="H71" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="I71">
-        <v>167047</v>
+        <v>31000</v>
       </c>
       <c r="J71">
         <v>0</v>
       </c>
       <c r="K71">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="L71">
-        <v>167047</v>
+        <v>30701</v>
       </c>
       <c r="M71" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="B72" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="E72" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F72" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G72">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H72" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I72">
-        <v>198737</v>
+        <v>1561</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72">
         <v>0</v>
       </c>
       <c r="L72">
-        <v>198737</v>
+        <v>1561</v>
       </c>
       <c r="M72" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="B73" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C73" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D73" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E73" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F73" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G73">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H73" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="I73">
-        <v>1637</v>
+        <v>320</v>
       </c>
       <c r="J73">
-        <v>1637</v>
+        <v>320</v>
       </c>
       <c r="K73">
         <v>0</v>
       </c>
       <c r="L73">
         <v>0</v>
       </c>
       <c r="M73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="B74" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C74" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D74" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E74" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F74" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G74">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H74" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="I74">
-        <v>1637</v>
+        <v>379</v>
       </c>
       <c r="J74">
-        <v>1637</v>
+        <v>379</v>
       </c>
       <c r="K74">
         <v>0</v>
       </c>
       <c r="L74">
         <v>0</v>
       </c>
       <c r="M74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="B75" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C75" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D75" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E75" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F75" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G75">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H75" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="I75">
-        <v>1637</v>
+        <v>301</v>
       </c>
       <c r="J75">
-        <v>1637</v>
+        <v>301</v>
       </c>
       <c r="K75">
         <v>0</v>
       </c>
       <c r="L75">
         <v>0</v>
       </c>
       <c r="M75" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B76" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="C76" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D76" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="E76" t="s">
-        <v>161</v>
+        <v>80</v>
       </c>
       <c r="F76" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G76">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H76" t="s">
-        <v>162</v>
+        <v>32</v>
       </c>
       <c r="I76">
-        <v>546</v>
+        <v>167047</v>
       </c>
       <c r="J76">
-        <v>546</v>
+        <v>0</v>
       </c>
       <c r="K76">
         <v>0</v>
       </c>
       <c r="L76">
-        <v>0</v>
+        <v>167047</v>
       </c>
       <c r="M76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="B77" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C77" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E77" t="s">
-        <v>168</v>
+        <v>80</v>
       </c>
       <c r="F77" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G77">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H77" t="s">
-        <v>169</v>
+        <v>32</v>
       </c>
       <c r="I77">
-        <v>167928</v>
+        <v>198737</v>
       </c>
       <c r="J77">
-        <v>167928</v>
+        <v>0</v>
       </c>
       <c r="K77">
         <v>0</v>
       </c>
       <c r="L77">
-        <v>0</v>
+        <v>198737</v>
       </c>
       <c r="M77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B78" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C78" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D78" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E78" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F78" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G78">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H78" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="I78">
-        <v>231116</v>
+        <v>1637</v>
       </c>
       <c r="J78">
-        <v>231116</v>
+        <v>1637</v>
       </c>
       <c r="K78">
         <v>0</v>
       </c>
       <c r="L78">
         <v>0</v>
       </c>
       <c r="M78" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="B79" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C79" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D79" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="E79" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F79" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G79">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H79" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="I79">
-        <v>245810</v>
+        <v>1637</v>
       </c>
       <c r="J79">
-        <v>245810</v>
+        <v>1637</v>
       </c>
       <c r="K79">
         <v>0</v>
       </c>
       <c r="L79">
         <v>0</v>
       </c>
       <c r="M79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="B80" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C80" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D80" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="E80" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F80" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G80">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H80" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="I80">
-        <v>249153</v>
+        <v>1637</v>
       </c>
       <c r="J80">
-        <v>249153</v>
+        <v>1637</v>
       </c>
       <c r="K80">
         <v>0</v>
       </c>
       <c r="L80">
         <v>0</v>
       </c>
       <c r="M80" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C81" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D81" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="E81" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G81">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H81" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="I81">
-        <v>244004</v>
+        <v>546</v>
       </c>
       <c r="J81">
-        <v>244004</v>
+        <v>546</v>
       </c>
       <c r="K81">
         <v>0</v>
       </c>
       <c r="L81">
         <v>0</v>
       </c>
       <c r="M81" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B82" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C82" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D82" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="E82" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="F82" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G82">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H82" t="s">
-        <v>54</v>
+        <v>184</v>
       </c>
       <c r="I82">
-        <v>24172</v>
+        <v>167928</v>
       </c>
       <c r="J82">
-        <v>24172</v>
+        <v>167928</v>
       </c>
       <c r="K82">
         <v>0</v>
       </c>
       <c r="L82">
         <v>0</v>
       </c>
       <c r="M82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B83" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D83" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="E83" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="F83" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G83">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="H83" t="s">
-        <v>54</v>
+        <v>184</v>
       </c>
       <c r="I83">
-        <v>26570</v>
+        <v>231116</v>
       </c>
       <c r="J83">
-        <v>26570</v>
+        <v>231116</v>
       </c>
       <c r="K83">
         <v>0</v>
       </c>
       <c r="L83">
         <v>0</v>
       </c>
       <c r="M83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="B84" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C84" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D84" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="E84" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F84" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="G84">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H84" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I84">
-        <v>56377</v>
+        <v>245810</v>
       </c>
       <c r="J84">
-        <v>56377</v>
+        <v>245810</v>
       </c>
       <c r="K84">
         <v>0</v>
       </c>
       <c r="L84">
         <v>0</v>
       </c>
       <c r="M84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B85" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C85" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D85" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="E85" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F85" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="G85">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H85" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I85">
-        <v>56440</v>
+        <v>249153</v>
       </c>
       <c r="J85">
-        <v>56440</v>
+        <v>249153</v>
       </c>
       <c r="K85">
         <v>0</v>
       </c>
       <c r="L85">
         <v>0</v>
       </c>
       <c r="M85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C86" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D86" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="E86" t="s">
-        <v>16</v>
+        <v>183</v>
       </c>
       <c r="F86" t="s">
-        <v>179</v>
+        <v>45</v>
       </c>
       <c r="G86">
         <v>2022</v>
       </c>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I86">
-        <v>56440</v>
+        <v>244004</v>
       </c>
       <c r="J86">
-        <v>56440</v>
+        <v>244004</v>
       </c>
       <c r="K86">
         <v>0</v>
       </c>
       <c r="L86">
         <v>0</v>
       </c>
       <c r="M86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C87" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D87" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="E87" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F87" t="s">
-        <v>179</v>
+        <v>45</v>
       </c>
       <c r="G87">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H87" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="I87">
-        <v>56377</v>
+        <v>24172</v>
       </c>
       <c r="J87">
-        <v>56377</v>
+        <v>24172</v>
       </c>
       <c r="K87">
         <v>0</v>
       </c>
       <c r="L87">
         <v>0</v>
       </c>
       <c r="M87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="B88" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C88" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D88" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="E88" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F88" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G88">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H88" t="s">
-        <v>184</v>
+        <v>73</v>
       </c>
       <c r="I88">
-        <v>6485</v>
+        <v>26570</v>
       </c>
       <c r="J88">
-        <v>0</v>
+        <v>26570</v>
       </c>
       <c r="K88">
         <v>0</v>
       </c>
       <c r="L88">
-        <v>6485</v>
+        <v>0</v>
       </c>
       <c r="M88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="B89" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C89" t="s">
         <v>14</v>
       </c>
       <c r="D89" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E89" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="F89" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G89">
         <v>2019</v>
       </c>
       <c r="H89" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I89">
-        <v>18954</v>
+        <v>56377</v>
       </c>
       <c r="J89">
-        <v>18954</v>
+        <v>56377</v>
       </c>
       <c r="K89">
         <v>0</v>
       </c>
       <c r="L89">
         <v>0</v>
       </c>
       <c r="M89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="B90" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C90" t="s">
         <v>14</v>
       </c>
       <c r="D90" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="E90" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="F90" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G90">
         <v>2018</v>
       </c>
       <c r="H90" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I90">
-        <v>18838</v>
+        <v>56440</v>
       </c>
       <c r="J90">
-        <v>18838</v>
+        <v>56439</v>
       </c>
       <c r="K90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L90">
         <v>0</v>
       </c>
       <c r="M90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C91" t="s">
         <v>14</v>
       </c>
       <c r="D91" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E91" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F91" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="G91">
         <v>2022</v>
       </c>
       <c r="H91" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I91">
-        <v>18954</v>
+        <v>56440</v>
       </c>
       <c r="J91">
-        <v>18954</v>
+        <v>56440</v>
       </c>
       <c r="K91">
         <v>0</v>
       </c>
       <c r="L91">
         <v>0</v>
       </c>
       <c r="M91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="B92" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C92" t="s">
         <v>14</v>
       </c>
       <c r="D92" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E92" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F92" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="G92">
         <v>2021</v>
       </c>
       <c r="H92" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I92">
-        <v>18838</v>
+        <v>56377</v>
       </c>
       <c r="J92">
-        <v>18838</v>
+        <v>56377</v>
       </c>
       <c r="K92">
         <v>0</v>
       </c>
       <c r="L92">
         <v>0</v>
       </c>
       <c r="M92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="B93" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C93" t="s">
         <v>14</v>
       </c>
       <c r="D93" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="E93" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F93" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="G93">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H93" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I93">
-        <v>85862</v>
+        <v>6485</v>
       </c>
       <c r="J93">
-        <v>85862</v>
+        <v>0</v>
       </c>
       <c r="K93">
         <v>0</v>
       </c>
       <c r="L93">
-        <v>0</v>
+        <v>6485</v>
       </c>
       <c r="M93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="B94" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C94" t="s">
         <v>14</v>
       </c>
       <c r="D94" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="E94" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="F94" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G94">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H94" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I94">
-        <v>85862</v>
+        <v>18954</v>
       </c>
       <c r="J94">
-        <v>85862</v>
+        <v>18954</v>
       </c>
       <c r="K94">
         <v>0</v>
       </c>
       <c r="L94">
         <v>0</v>
       </c>
       <c r="M94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="B95" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C95" t="s">
         <v>14</v>
       </c>
       <c r="D95" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="E95" t="s">
-        <v>16</v>
+        <v>194</v>
       </c>
       <c r="F95" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G95">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H95" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I95">
-        <v>103389</v>
+        <v>18838</v>
       </c>
       <c r="J95">
-        <v>103389</v>
+        <v>18838</v>
       </c>
       <c r="K95">
         <v>0</v>
       </c>
       <c r="L95">
         <v>0</v>
       </c>
       <c r="M95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B96" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C96" t="s">
         <v>14</v>
       </c>
       <c r="D96" t="s">
+        <v>203</v>
+      </c>
+      <c r="E96" t="s">
+        <v>30</v>
+      </c>
+      <c r="F96" t="s">
         <v>194</v>
       </c>
-      <c r="E96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G96">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H96" t="s">
-        <v>137</v>
+        <v>32</v>
       </c>
       <c r="I96">
-        <v>40000</v>
+        <v>18954</v>
       </c>
       <c r="J96">
-        <v>0</v>
+        <v>18954</v>
       </c>
       <c r="K96">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="L96">
         <v>0</v>
       </c>
       <c r="M96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="B97" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D97" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="E97" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="F97" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="G97">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H97" t="s">
-        <v>137</v>
+        <v>32</v>
       </c>
       <c r="I97">
-        <v>25829</v>
+        <v>18838</v>
       </c>
       <c r="J97">
-        <v>25829</v>
+        <v>18838</v>
       </c>
       <c r="K97">
         <v>0</v>
       </c>
       <c r="L97">
         <v>0</v>
       </c>
       <c r="M97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="B98" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C98" t="s">
         <v>14</v>
       </c>
       <c r="D98" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="E98" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="F98" t="s">
-        <v>27</v>
+        <v>194</v>
       </c>
       <c r="G98">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H98" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I98">
-        <v>40000</v>
+        <v>85862</v>
       </c>
       <c r="J98">
-        <v>0</v>
+        <v>85862</v>
       </c>
       <c r="K98">
         <v>0</v>
       </c>
       <c r="L98">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="M98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="B99" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C99" t="s">
         <v>14</v>
       </c>
       <c r="D99" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E99" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F99" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="G99">
         <v>2021</v>
       </c>
       <c r="H99" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="I99">
-        <v>5000</v>
+        <v>85862</v>
       </c>
       <c r="J99">
-        <v>0</v>
+        <v>85862</v>
       </c>
       <c r="K99">
         <v>0</v>
       </c>
       <c r="L99">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="B100" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C100" t="s">
         <v>14</v>
       </c>
       <c r="D100" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E100" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F100" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="G100">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H100" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="I100">
-        <v>5000</v>
+        <v>103389</v>
       </c>
       <c r="J100">
-        <v>0</v>
+        <v>103389</v>
       </c>
       <c r="K100">
         <v>0</v>
       </c>
       <c r="L100">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="B101" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C101" t="s">
         <v>14</v>
       </c>
       <c r="D101" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="E101" t="s">
-        <v>22</v>
+        <v>210</v>
       </c>
       <c r="F101" t="s">
-        <v>23</v>
+        <v>155</v>
       </c>
       <c r="G101">
         <v>2021</v>
       </c>
       <c r="H101" t="s">
-        <v>184</v>
+        <v>152</v>
       </c>
       <c r="I101">
-        <v>5000</v>
+        <v>40000</v>
       </c>
       <c r="J101">
         <v>0</v>
       </c>
       <c r="K101">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L101">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="B102" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C102" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="E102" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F102" t="s">
-        <v>205</v>
+        <v>155</v>
       </c>
       <c r="G102">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H102" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="I102">
-        <v>677</v>
+        <v>25829</v>
       </c>
       <c r="J102">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="K102">
         <v>0</v>
       </c>
       <c r="L102">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="M102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="B103" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C103" t="s">
         <v>14</v>
       </c>
       <c r="D103" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E103" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F103" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G103">
         <v>2020</v>
       </c>
       <c r="H103" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I103">
-        <v>24618</v>
+        <v>40000</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103">
-        <v>24618</v>
+        <v>40000</v>
       </c>
       <c r="M103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="B104" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C104" t="s">
         <v>14</v>
       </c>
       <c r="D104" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E104" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F104" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G104">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H104" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I104">
-        <v>313094</v>
+        <v>5000</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
       <c r="K104">
         <v>0</v>
       </c>
       <c r="L104">
-        <v>313094</v>
+        <v>5000</v>
       </c>
       <c r="M104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B105" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C105" t="s">
         <v>14</v>
       </c>
       <c r="D105" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
       <c r="E105" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G105">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H105" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I105">
-        <v>103389</v>
+        <v>5000</v>
       </c>
       <c r="J105">
         <v>0</v>
       </c>
       <c r="K105">
-        <v>103389</v>
+        <v>0</v>
       </c>
       <c r="L105">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="B106" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C106" t="s">
         <v>14</v>
       </c>
       <c r="D106" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E106" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="F106" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G106">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H106" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I106">
-        <v>322512</v>
+        <v>5000</v>
       </c>
       <c r="J106">
-        <v>161256</v>
+        <v>0</v>
       </c>
       <c r="K106">
-        <v>161256</v>
+        <v>0</v>
       </c>
       <c r="L106">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B107" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C107" t="s">
         <v>14</v>
       </c>
       <c r="D107" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E107" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="F107" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="G107">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H107" t="s">
-        <v>18</v>
+        <v>221</v>
       </c>
       <c r="I107">
-        <v>322154</v>
+        <v>677</v>
       </c>
       <c r="J107">
-        <v>30907</v>
+        <v>0</v>
       </c>
       <c r="K107">
-        <v>291247</v>
+        <v>0</v>
       </c>
       <c r="L107">
-        <v>0</v>
+        <v>677</v>
       </c>
       <c r="M107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="B108" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="C108" t="s">
         <v>14</v>
       </c>
       <c r="D108" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="E108" t="s">
-        <v>179</v>
+        <v>80</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108">
         <v>2020</v>
       </c>
       <c r="H108" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I108">
-        <v>313094</v>
+        <v>24618</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
       <c r="K108">
-        <v>313094</v>
+        <v>0</v>
       </c>
       <c r="L108">
-        <v>0</v>
+        <v>24618</v>
       </c>
       <c r="M108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="B109" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="C109" t="s">
         <v>14</v>
       </c>
       <c r="D109" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="E109" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="F109" t="s">
-        <v>179</v>
+        <v>16</v>
       </c>
       <c r="G109">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H109" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I109">
-        <v>322512</v>
+        <v>313094</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
       <c r="K109">
-        <v>322512</v>
+        <v>0</v>
       </c>
       <c r="L109">
-        <v>0</v>
+        <v>313094</v>
       </c>
       <c r="M109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B110" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="C110" t="s">
         <v>14</v>
       </c>
       <c r="D110" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="E110" t="s">
-        <v>61</v>
+        <v>194</v>
       </c>
       <c r="F110" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G110">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H110" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I110">
-        <v>322154</v>
+        <v>103389</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110">
-        <v>322154</v>
+        <v>103389</v>
       </c>
       <c r="L110">
         <v>0</v>
       </c>
       <c r="M110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B111" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="C111" t="s">
         <v>14</v>
       </c>
       <c r="D111" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="E111" t="s">
-        <v>61</v>
+        <v>194</v>
       </c>
       <c r="F111" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G111">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H111" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I111">
-        <v>313094</v>
+        <v>322512</v>
       </c>
       <c r="J111">
-        <v>0</v>
+        <v>161256</v>
       </c>
       <c r="K111">
-        <v>313094</v>
+        <v>161256</v>
       </c>
       <c r="L111">
         <v>0</v>
       </c>
       <c r="M111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="B112" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="C112" t="s">
         <v>14</v>
       </c>
       <c r="D112" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="E112" t="s">
-        <v>61</v>
+        <v>194</v>
       </c>
       <c r="F112" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G112">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H112" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I112">
-        <v>298510</v>
+        <v>322154</v>
       </c>
       <c r="J112">
-        <v>119790</v>
+        <v>30907</v>
       </c>
       <c r="K112">
-        <v>178720</v>
+        <v>291247</v>
       </c>
       <c r="L112">
         <v>0</v>
       </c>
       <c r="M112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B113" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="C113" t="s">
         <v>14</v>
       </c>
       <c r="D113" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="E113" t="s">
-        <v>61</v>
+        <v>194</v>
       </c>
       <c r="F113" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G113">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H113" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I113">
-        <v>315803</v>
+        <v>313094</v>
       </c>
       <c r="J113">
-        <v>240525</v>
+        <v>0</v>
       </c>
       <c r="K113">
-        <v>75278</v>
+        <v>313094</v>
       </c>
       <c r="L113">
         <v>0</v>
       </c>
       <c r="M113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="B114" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="C114" t="s">
         <v>14</v>
       </c>
       <c r="D114" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="E114" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="F114" t="s">
-        <v>96</v>
+        <v>194</v>
       </c>
       <c r="G114">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H114" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I114">
-        <v>42900</v>
+        <v>322512</v>
       </c>
       <c r="J114">
-        <v>21900</v>
+        <v>0</v>
       </c>
       <c r="K114">
-        <v>1000</v>
+        <v>322512</v>
       </c>
       <c r="L114">
-        <v>20000</v>
+        <v>0</v>
       </c>
       <c r="M114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B115" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="C115" t="s">
         <v>14</v>
       </c>
       <c r="D115" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="E115" t="s">
-        <v>204</v>
+        <v>80</v>
       </c>
       <c r="F115" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="G115">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H115" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="I115">
-        <v>7</v>
+        <v>322154</v>
       </c>
       <c r="J115">
         <v>0</v>
       </c>
       <c r="K115">
-        <v>0</v>
+        <v>322154</v>
       </c>
       <c r="L115">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="M115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="B116" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C116" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D116" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="E116" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="F116" t="s">
-        <v>58</v>
+        <v>194</v>
       </c>
       <c r="G116">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H116" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="I116">
-        <v>1000</v>
+        <v>313094</v>
       </c>
       <c r="J116">
         <v>0</v>
       </c>
       <c r="K116">
-        <v>0</v>
+        <v>313094</v>
       </c>
       <c r="L116">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="B117" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C117" t="s">
         <v>14</v>
       </c>
       <c r="D117" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E117" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="F117" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="G117">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H117" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I117">
-        <v>116633</v>
+        <v>298510</v>
       </c>
       <c r="J117">
-        <v>116633</v>
+        <v>119790</v>
       </c>
       <c r="K117">
-        <v>0</v>
+        <v>178720</v>
       </c>
       <c r="L117">
         <v>0</v>
       </c>
       <c r="M117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="B118" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C118" t="s">
         <v>14</v>
       </c>
       <c r="D118" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E118" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F118" t="s">
-        <v>27</v>
+        <v>194</v>
       </c>
       <c r="G118">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H118" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I118">
-        <v>78419</v>
+        <v>315803</v>
       </c>
       <c r="J118">
-        <v>0</v>
+        <v>240525</v>
       </c>
       <c r="K118">
-        <v>0</v>
+        <v>75278</v>
       </c>
       <c r="L118">
-        <v>78419</v>
+        <v>0</v>
       </c>
       <c r="M118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="B119" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C119" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D119" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E119" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F119" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="G119">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H119" t="s">
-        <v>184</v>
+        <v>39</v>
       </c>
       <c r="I119">
-        <v>1101</v>
+        <v>42900</v>
       </c>
       <c r="J119">
-        <v>0</v>
+        <v>21900</v>
       </c>
       <c r="K119">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="L119">
-        <v>1101</v>
+        <v>20000</v>
       </c>
       <c r="M119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="B120" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C120" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D120" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E120" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F120" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="G120">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H120" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I120">
-        <v>760</v>
+        <v>7</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
       <c r="K120">
         <v>0</v>
       </c>
       <c r="L120">
-        <v>760</v>
+        <v>7</v>
       </c>
       <c r="M120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="B121" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C121" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D121" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E121" t="s">
         <v>61</v>
       </c>
       <c r="F121" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="G121">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H121" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="I121">
-        <v>208</v>
+        <v>1000</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
       <c r="K121">
         <v>0</v>
       </c>
       <c r="L121">
-        <v>208</v>
+        <v>1000</v>
       </c>
       <c r="M121" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B122" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C122" t="s">
         <v>14</v>
       </c>
       <c r="D122" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E122" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="F122" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="G122">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H122" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I122">
-        <v>180</v>
+        <v>116633</v>
       </c>
       <c r="J122">
-        <v>0</v>
+        <v>116633</v>
       </c>
       <c r="K122">
         <v>0</v>
       </c>
       <c r="L122">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="M122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B123" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C123" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D123" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="E123" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="F123" t="s">
         <v>38</v>
       </c>
       <c r="G123">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H123" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="I123">
-        <v>952</v>
+        <v>78419</v>
       </c>
       <c r="J123">
-        <v>952</v>
+        <v>0</v>
       </c>
       <c r="K123">
         <v>0</v>
       </c>
       <c r="L123">
-        <v>0</v>
+        <v>78419</v>
       </c>
       <c r="M123" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="B124" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C124" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D124" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E124" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="F124" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G124">
         <v>2019</v>
       </c>
       <c r="H124" t="s">
-        <v>102</v>
+        <v>199</v>
       </c>
       <c r="I124">
-        <v>1305</v>
+        <v>1101</v>
       </c>
       <c r="J124">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="K124">
         <v>0</v>
       </c>
       <c r="L124">
-        <v>0</v>
+        <v>1101</v>
       </c>
       <c r="M124" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="B125" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="C125" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D125" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="E125" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="F125" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G125">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H125" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="I125">
-        <v>1097</v>
+        <v>760</v>
       </c>
       <c r="J125">
-        <v>1097</v>
+        <v>0</v>
       </c>
       <c r="K125">
         <v>0</v>
       </c>
       <c r="L125">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="M125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B126" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="C126" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D126" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="E126" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="F126" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G126">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H126" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="I126">
-        <v>1327</v>
+        <v>208</v>
       </c>
       <c r="J126">
-        <v>1327</v>
+        <v>0</v>
       </c>
       <c r="K126">
         <v>0</v>
       </c>
       <c r="L126">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="M126" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B127" t="s">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="C127" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D127" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="E127" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="F127" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G127">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H127" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="I127">
-        <v>1274</v>
+        <v>180</v>
       </c>
       <c r="J127">
-        <v>1274</v>
+        <v>0</v>
       </c>
       <c r="K127">
         <v>0</v>
       </c>
       <c r="L127">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="M127" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B128" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C128" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D128" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="E128" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="F128" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G128">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H128" t="s">
-        <v>18</v>
+        <v>121</v>
       </c>
       <c r="I128">
-        <v>368745</v>
+        <v>952</v>
       </c>
       <c r="J128">
-        <v>0</v>
+        <v>952</v>
       </c>
       <c r="K128">
         <v>0</v>
       </c>
       <c r="L128">
-        <v>368745</v>
+        <v>0</v>
       </c>
       <c r="M128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B129" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C129" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D129" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="E129" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="F129" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="G129">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H129" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="I129">
-        <v>100</v>
+        <v>1305</v>
       </c>
       <c r="J129">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="K129">
         <v>0</v>
       </c>
       <c r="L129">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M129" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="B130" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C130" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D130" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E130" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="F130" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="G130">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H130" t="s">
-        <v>245</v>
+        <v>121</v>
       </c>
       <c r="I130">
-        <v>200</v>
+        <v>1097</v>
       </c>
       <c r="J130">
-        <v>0</v>
+        <v>1097</v>
       </c>
       <c r="K130">
         <v>0</v>
       </c>
       <c r="L130">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M130" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131">
-        <v>740</v>
+        <v>754</v>
       </c>
       <c r="B131" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C131" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D131" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E131" t="s">
-        <v>248</v>
+        <v>120</v>
       </c>
       <c r="F131" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G131">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H131" t="s">
-        <v>249</v>
+        <v>121</v>
       </c>
       <c r="I131">
-        <v>71</v>
+        <v>1327</v>
       </c>
       <c r="J131">
-        <v>71</v>
+        <v>1327</v>
       </c>
       <c r="K131">
         <v>0</v>
       </c>
       <c r="L131">
         <v>0</v>
       </c>
       <c r="M131" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132">
-        <v>741</v>
+        <v>755</v>
       </c>
       <c r="B132" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C132" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D132" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E132" t="s">
-        <v>248</v>
+        <v>120</v>
       </c>
       <c r="F132" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G132">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H132" t="s">
-        <v>249</v>
+        <v>121</v>
       </c>
       <c r="I132">
-        <v>487</v>
+        <v>1274</v>
       </c>
       <c r="J132">
-        <v>487</v>
+        <v>1274</v>
       </c>
       <c r="K132">
         <v>0</v>
       </c>
       <c r="L132">
         <v>0</v>
       </c>
       <c r="M132" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B133" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="C133" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D133" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E133" t="s">
-        <v>248</v>
+        <v>80</v>
       </c>
       <c r="F133" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G133">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H133" t="s">
-        <v>249</v>
+        <v>32</v>
       </c>
       <c r="I133">
-        <v>1350</v>
+        <v>368745</v>
       </c>
       <c r="J133">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="K133">
         <v>0</v>
       </c>
       <c r="L133">
-        <v>0</v>
+        <v>368745</v>
       </c>
       <c r="M133" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="B134" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="C134" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D134" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E134" t="s">
-        <v>248</v>
+        <v>85</v>
       </c>
       <c r="F134" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G134">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H134" t="s">
-        <v>249</v>
+        <v>177</v>
       </c>
       <c r="I134">
-        <v>2436</v>
+        <v>100</v>
       </c>
       <c r="J134">
-        <v>2436</v>
+        <v>0</v>
       </c>
       <c r="K134">
         <v>0</v>
       </c>
       <c r="L134">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M134" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B135" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="C135" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D135" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="E135" t="s">
-        <v>248</v>
+        <v>85</v>
       </c>
       <c r="F135" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G135">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H135" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="I135">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="J135">
-        <v>3500</v>
+        <v>0</v>
       </c>
       <c r="K135">
         <v>0</v>
       </c>
       <c r="L135">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="B136" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="C136" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D136" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="E136" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="F136" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G136">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H136" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="I136">
-        <v>4410</v>
+        <v>71</v>
       </c>
       <c r="J136">
-        <v>4410</v>
+        <v>71</v>
       </c>
       <c r="K136">
         <v>0</v>
       </c>
       <c r="L136">
         <v>0</v>
       </c>
       <c r="M136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="B137" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="C137" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D137" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="E137" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="F137" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G137">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="H137" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="I137">
-        <v>5110</v>
+        <v>487</v>
       </c>
       <c r="J137">
-        <v>5110</v>
+        <v>487</v>
       </c>
       <c r="K137">
         <v>0</v>
       </c>
       <c r="L137">
         <v>0</v>
       </c>
       <c r="M137" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="B138" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="C138" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D138" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="E138" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="F138" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G138">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H138" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="I138">
-        <v>2031</v>
+        <v>1350</v>
       </c>
       <c r="J138">
-        <v>2031</v>
+        <v>1350</v>
       </c>
       <c r="K138">
         <v>0</v>
       </c>
       <c r="L138">
         <v>0</v>
       </c>
       <c r="M138" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="B139" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C139" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D139" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="E139" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F139" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G139">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H139" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="I139">
-        <v>1104</v>
+        <v>2436</v>
       </c>
       <c r="J139">
-        <v>1104</v>
+        <v>2436</v>
       </c>
       <c r="K139">
         <v>0</v>
       </c>
       <c r="L139">
         <v>0</v>
       </c>
       <c r="M139" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="B140" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C140" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D140" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="E140" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F140" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G140">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H140" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="I140">
-        <v>1846</v>
+        <v>3500</v>
       </c>
       <c r="J140">
-        <v>1846</v>
+        <v>3500</v>
       </c>
       <c r="K140">
         <v>0</v>
       </c>
       <c r="L140">
         <v>0</v>
       </c>
       <c r="M140" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B141" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C141" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D141" t="s">
+        <v>269</v>
+      </c>
+      <c r="E141" t="s">
         <v>263</v>
       </c>
-      <c r="E141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G141">
         <v>2021</v>
       </c>
       <c r="H141" t="s">
-        <v>44</v>
+        <v>264</v>
       </c>
       <c r="I141">
-        <v>1350</v>
+        <v>4410</v>
       </c>
       <c r="J141">
-        <v>0</v>
+        <v>4410</v>
       </c>
       <c r="K141">
         <v>0</v>
       </c>
       <c r="L141">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="M141" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="B142" t="s">
+        <v>261</v>
+      </c>
+      <c r="C142" t="s">
+        <v>42</v>
+      </c>
+      <c r="D142" t="s">
+        <v>270</v>
+      </c>
+      <c r="E142" t="s">
+        <v>263</v>
+      </c>
+      <c r="F142" t="s">
+        <v>45</v>
+      </c>
+      <c r="G142">
+        <v>2022</v>
+      </c>
+      <c r="H142" t="s">
         <v>264</v>
       </c>
-      <c r="C142" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I142">
-        <v>2543</v>
+        <v>5110</v>
       </c>
       <c r="J142">
-        <v>0</v>
+        <v>5110</v>
       </c>
       <c r="K142">
         <v>0</v>
       </c>
       <c r="L142">
-        <v>2543</v>
+        <v>0</v>
       </c>
       <c r="M142" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143">
-        <v>734</v>
+        <v>747</v>
       </c>
       <c r="B143" t="s">
+        <v>261</v>
+      </c>
+      <c r="C143" t="s">
+        <v>42</v>
+      </c>
+      <c r="D143" t="s">
+        <v>271</v>
+      </c>
+      <c r="E143" t="s">
+        <v>263</v>
+      </c>
+      <c r="F143" t="s">
+        <v>45</v>
+      </c>
+      <c r="G143">
+        <v>2023</v>
+      </c>
+      <c r="H143" t="s">
         <v>264</v>
       </c>
-      <c r="C143" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I143">
-        <v>14171</v>
+        <v>2031</v>
       </c>
       <c r="J143">
-        <v>0</v>
+        <v>2031</v>
       </c>
       <c r="K143">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L143">
         <v>0</v>
       </c>
       <c r="M143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="B144" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="C144" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D144" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E144" t="s">
-        <v>61</v>
+        <v>274</v>
       </c>
       <c r="F144" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G144">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H144" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="I144">
-        <v>1468</v>
+        <v>1104</v>
       </c>
       <c r="J144">
-        <v>0</v>
+        <v>1104</v>
       </c>
       <c r="K144">
         <v>0</v>
       </c>
       <c r="L144">
-        <v>1468</v>
+        <v>0</v>
       </c>
       <c r="M144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="B145" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C145" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D145" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="E145" t="s">
-        <v>61</v>
+        <v>274</v>
       </c>
       <c r="F145" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G145">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H145" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="I145">
-        <v>300000</v>
+        <v>1846</v>
       </c>
       <c r="J145">
-        <v>0</v>
+        <v>1846</v>
       </c>
       <c r="K145">
         <v>0</v>
       </c>
       <c r="L145">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="M145" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="B146" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C146" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D146" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="E146" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F146" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G146">
         <v>2021</v>
       </c>
       <c r="H146" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I146">
-        <v>80000</v>
+        <v>1350</v>
       </c>
       <c r="J146">
         <v>0</v>
       </c>
       <c r="K146">
         <v>0</v>
       </c>
       <c r="L146">
-        <v>80000</v>
+        <v>1350</v>
       </c>
       <c r="M146" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="B147" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C147" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D147" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E147" t="s">
-        <v>66</v>
+        <v>155</v>
       </c>
       <c r="F147" t="s">
-        <v>229</v>
+        <v>281</v>
       </c>
       <c r="G147">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H147" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I147">
-        <v>219</v>
+        <v>2543</v>
       </c>
       <c r="J147">
         <v>0</v>
       </c>
       <c r="K147">
         <v>0</v>
       </c>
       <c r="L147">
-        <v>219</v>
+        <v>2543</v>
       </c>
       <c r="M147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B148" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C148" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D148" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E148" t="s">
-        <v>277</v>
+        <v>210</v>
       </c>
       <c r="F148" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="G148">
         <v>2020</v>
       </c>
       <c r="H148" t="s">
-        <v>245</v>
+        <v>152</v>
       </c>
       <c r="I148">
-        <v>5281</v>
+        <v>14171</v>
       </c>
       <c r="J148">
-        <v>5281</v>
+        <v>0</v>
       </c>
       <c r="K148">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L148">
         <v>0</v>
       </c>
       <c r="M148" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="B149" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C149" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D149" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="E149" t="s">
-        <v>277</v>
+        <v>80</v>
       </c>
       <c r="F149" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G149">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H149" t="s">
-        <v>245</v>
+        <v>32</v>
       </c>
       <c r="I149">
-        <v>5281</v>
+        <v>1468</v>
       </c>
       <c r="J149">
-        <v>5281</v>
+        <v>0</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149">
-        <v>0</v>
+        <v>1468</v>
       </c>
       <c r="M149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="B150" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="C150" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D150" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="E150" t="s">
-        <v>277</v>
+        <v>80</v>
       </c>
       <c r="F150" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G150">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H150" t="s">
-        <v>245</v>
+        <v>32</v>
       </c>
       <c r="I150">
-        <v>5281</v>
+        <v>300000</v>
       </c>
       <c r="J150">
-        <v>5281</v>
+        <v>0</v>
       </c>
       <c r="K150">
         <v>0</v>
       </c>
       <c r="L150">
-        <v>0</v>
+        <v>300000</v>
       </c>
       <c r="M150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B151" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="C151" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D151" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="E151" t="s">
-        <v>277</v>
+        <v>61</v>
       </c>
       <c r="F151" t="s">
         <v>38</v>
       </c>
       <c r="G151">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H151" t="s">
-        <v>245</v>
+        <v>146</v>
       </c>
       <c r="I151">
-        <v>1760</v>
+        <v>80000</v>
       </c>
       <c r="J151">
-        <v>1760</v>
+        <v>0</v>
       </c>
       <c r="K151">
         <v>0</v>
       </c>
       <c r="L151">
-        <v>0</v>
+        <v>80000</v>
       </c>
       <c r="M151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="B152" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C152" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D152" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="E152" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F152" t="s">
-        <v>27</v>
+        <v>244</v>
       </c>
       <c r="G152">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H152" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I152">
-        <v>41496</v>
+        <v>219</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
       <c r="K152">
         <v>0</v>
       </c>
       <c r="L152">
-        <v>41496</v>
+        <v>219</v>
       </c>
       <c r="M152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B153" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C153" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D153" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="E153" t="s">
-        <v>61</v>
+        <v>292</v>
       </c>
       <c r="F153" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G153">
         <v>2020</v>
       </c>
       <c r="H153" t="s">
-        <v>18</v>
+        <v>260</v>
       </c>
       <c r="I153">
-        <v>200000</v>
+        <v>5281</v>
       </c>
       <c r="J153">
-        <v>0</v>
+        <v>5281</v>
       </c>
       <c r="K153">
         <v>0</v>
       </c>
       <c r="L153">
-        <v>200000</v>
+        <v>0</v>
       </c>
       <c r="M153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B154" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C154" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D154" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="E154" t="s">
-        <v>61</v>
+        <v>292</v>
       </c>
       <c r="F154" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G154">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H154" t="s">
-        <v>18</v>
+        <v>260</v>
       </c>
       <c r="I154">
-        <v>126321</v>
+        <v>5281</v>
       </c>
       <c r="J154">
-        <v>126321</v>
+        <v>5281</v>
       </c>
       <c r="K154">
         <v>0</v>
       </c>
       <c r="L154">
         <v>0</v>
       </c>
       <c r="M154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="B155" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C155" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D155" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="E155" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F155" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G155">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H155" t="s">
-        <v>289</v>
+        <v>260</v>
       </c>
       <c r="I155">
-        <v>14367</v>
+        <v>5281</v>
       </c>
       <c r="J155">
-        <v>0</v>
+        <v>5281</v>
       </c>
       <c r="K155">
         <v>0</v>
       </c>
       <c r="L155">
-        <v>14367</v>
+        <v>0</v>
       </c>
       <c r="M155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="B156" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C156" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D156" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="E156" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F156" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G156">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H156" t="s">
-        <v>131</v>
+        <v>260</v>
       </c>
       <c r="I156">
-        <v>633</v>
+        <v>1760</v>
       </c>
       <c r="J156">
-        <v>0</v>
+        <v>1760</v>
       </c>
       <c r="K156">
         <v>0</v>
       </c>
       <c r="L156">
-        <v>633</v>
+        <v>0</v>
       </c>
       <c r="M156" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B157" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="C157" t="s">
         <v>14</v>
       </c>
       <c r="D157" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E157" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F157" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G157">
         <v>2021</v>
       </c>
       <c r="H157" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I157">
-        <v>5000</v>
+        <v>41496</v>
       </c>
       <c r="J157">
         <v>0</v>
       </c>
       <c r="K157">
         <v>0</v>
       </c>
       <c r="L157">
-        <v>5000</v>
+        <v>41496</v>
       </c>
       <c r="M157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B158" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C158" t="s">
         <v>14</v>
       </c>
       <c r="D158" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E158" t="s">
-        <v>204</v>
+        <v>80</v>
       </c>
       <c r="F158" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="G158">
         <v>2020</v>
       </c>
       <c r="H158" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="I158">
-        <v>50</v>
+        <v>200000</v>
       </c>
       <c r="J158">
         <v>0</v>
       </c>
       <c r="K158">
         <v>0</v>
       </c>
       <c r="L158">
-        <v>50</v>
+        <v>200000</v>
       </c>
       <c r="M158" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="B159" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C159" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D159" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="E159" t="s">
-        <v>204</v>
+        <v>80</v>
       </c>
       <c r="F159" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="G159">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H159" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="I159">
-        <v>56</v>
+        <v>126321</v>
       </c>
       <c r="J159">
-        <v>0</v>
+        <v>126321</v>
       </c>
       <c r="K159">
         <v>0</v>
       </c>
       <c r="L159">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="M159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="B160" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="C160" t="s">
         <v>14</v>
       </c>
       <c r="D160" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="E160" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F160" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="G160">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H160" t="s">
-        <v>206</v>
+        <v>304</v>
       </c>
       <c r="I160">
-        <v>532</v>
+        <v>14367</v>
       </c>
       <c r="J160">
         <v>0</v>
       </c>
       <c r="K160">
         <v>0</v>
       </c>
       <c r="L160">
-        <v>532</v>
+        <v>14367</v>
       </c>
       <c r="M160" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B161" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C161" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D161" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="E161" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="F161" t="s">
-        <v>299</v>
+        <v>16</v>
       </c>
       <c r="G161">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H161" t="s">
-        <v>28</v>
+        <v>146</v>
       </c>
       <c r="I161">
-        <v>2080</v>
+        <v>633</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
       <c r="K161">
         <v>0</v>
       </c>
       <c r="L161">
-        <v>2080</v>
+        <v>633</v>
       </c>
       <c r="M161" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="B162" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C162" t="s">
         <v>14</v>
       </c>
       <c r="D162" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="E162" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="F162" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="G162">
         <v>2021</v>
       </c>
       <c r="H162" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="I162">
         <v>5000</v>
       </c>
       <c r="J162">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="K162">
         <v>0</v>
       </c>
       <c r="L162">
-        <v>4979</v>
+        <v>5000</v>
       </c>
       <c r="M162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B163" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C163" t="s">
         <v>14</v>
       </c>
       <c r="D163" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="E163" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="F163" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="G163">
         <v>2020</v>
       </c>
       <c r="H163" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="I163">
-        <v>3284</v>
+        <v>50</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
       <c r="K163">
         <v>0</v>
       </c>
       <c r="L163">
-        <v>3284</v>
+        <v>50</v>
       </c>
       <c r="M163" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="B164" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="C164" t="s">
         <v>14</v>
       </c>
       <c r="D164" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="E164" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="F164" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="G164">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H164" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="I164">
-        <v>46716</v>
+        <v>56</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
       <c r="K164">
         <v>0</v>
       </c>
       <c r="L164">
-        <v>46716</v>
+        <v>56</v>
       </c>
       <c r="M164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B165" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="C165" t="s">
         <v>14</v>
       </c>
       <c r="D165" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="E165" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="F165" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="G165">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H165" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="I165">
-        <v>29458</v>
+        <v>532</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
       <c r="K165">
         <v>0</v>
       </c>
       <c r="L165">
-        <v>29458</v>
+        <v>532</v>
       </c>
       <c r="M165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="B166" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C166" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D166" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="E166" t="s">
         <v>37</v>
       </c>
       <c r="F166" t="s">
-        <v>58</v>
+        <v>314</v>
       </c>
       <c r="G166">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H166" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="I166">
-        <v>260</v>
+        <v>2080</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
       <c r="K166">
         <v>0</v>
       </c>
       <c r="L166">
-        <v>260</v>
+        <v>2080</v>
       </c>
       <c r="M166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="B167" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C167" t="s">
         <v>14</v>
       </c>
       <c r="D167" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E167" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F167" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G167">
         <v>2021</v>
       </c>
       <c r="H167" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="I167">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="J167">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K167">
         <v>0</v>
       </c>
       <c r="L167">
-        <v>800</v>
+        <v>4990</v>
       </c>
       <c r="M167" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="B168" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C168" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D168" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="E168" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F168" t="s">
         <v>38</v>
       </c>
       <c r="G168">
         <v>2020</v>
       </c>
       <c r="H168" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="I168">
-        <v>60</v>
+        <v>3284</v>
       </c>
       <c r="J168">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="K168">
         <v>0</v>
       </c>
       <c r="L168">
-        <v>0</v>
+        <v>3284</v>
       </c>
       <c r="M168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="B169" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C169" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D169" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="E169" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F169" t="s">
         <v>38</v>
       </c>
       <c r="G169">
         <v>2021</v>
       </c>
       <c r="H169" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="I169">
-        <v>502</v>
+        <v>46716</v>
       </c>
       <c r="J169">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="K169">
         <v>0</v>
       </c>
       <c r="L169">
-        <v>0</v>
+        <v>46716</v>
       </c>
       <c r="M169" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B170" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C170" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D170" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="E170" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F170" t="s">
         <v>38</v>
       </c>
       <c r="G170">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H170" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="I170">
-        <v>404</v>
+        <v>29458</v>
       </c>
       <c r="J170">
-        <v>404</v>
+        <v>0</v>
       </c>
       <c r="K170">
         <v>0</v>
       </c>
       <c r="L170">
-        <v>0</v>
+        <v>29458</v>
       </c>
       <c r="M170" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="B171" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="C171" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D171" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="E171" t="s">
-        <v>312</v>
+        <v>61</v>
       </c>
       <c r="F171" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G171">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H171" t="s">
-        <v>313</v>
+        <v>66</v>
       </c>
       <c r="I171">
-        <v>705</v>
+        <v>260</v>
       </c>
       <c r="J171">
-        <v>705</v>
+        <v>0</v>
       </c>
       <c r="K171">
         <v>0</v>
       </c>
       <c r="L171">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="M171" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="B172" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C172" t="s">
         <v>14</v>
       </c>
       <c r="D172" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="E172" t="s">
-        <v>319</v>
+        <v>61</v>
       </c>
       <c r="F172" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="G172">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H172" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="I172">
-        <v>79627</v>
+        <v>800</v>
       </c>
       <c r="J172">
         <v>0</v>
       </c>
       <c r="K172">
         <v>0</v>
       </c>
       <c r="L172">
-        <v>79627</v>
+        <v>800</v>
       </c>
       <c r="M172" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B173" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C173" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D173" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="E173" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="F173" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G173">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H173" t="s">
-        <v>49</v>
+        <v>328</v>
       </c>
       <c r="I173">
-        <v>15665</v>
+        <v>60</v>
       </c>
       <c r="J173">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="K173">
         <v>0</v>
       </c>
       <c r="L173">
-        <v>15665</v>
+        <v>0</v>
       </c>
       <c r="M173" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B174" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C174" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D174" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="E174" t="s">
-        <v>37</v>
+        <v>327</v>
       </c>
       <c r="F174" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G174">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H174" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="I174">
-        <v>925</v>
+        <v>502</v>
       </c>
       <c r="J174">
-        <v>45</v>
+        <v>502</v>
       </c>
       <c r="K174">
         <v>0</v>
       </c>
       <c r="L174">
-        <v>880</v>
+        <v>0</v>
       </c>
       <c r="M174" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="B175" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C175" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D175" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="E175" t="s">
-        <v>37</v>
+        <v>327</v>
       </c>
       <c r="F175" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G175">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H175" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="I175">
-        <v>1000</v>
+        <v>404</v>
       </c>
       <c r="J175">
-        <v>0</v>
+        <v>404</v>
       </c>
       <c r="K175">
         <v>0</v>
       </c>
       <c r="L175">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="B176" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C176" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D176" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="E176" t="s">
-        <v>204</v>
+        <v>327</v>
       </c>
       <c r="F176" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="G176">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H176" t="s">
-        <v>206</v>
+        <v>328</v>
       </c>
       <c r="I176">
-        <v>159</v>
+        <v>705</v>
       </c>
       <c r="J176">
-        <v>0</v>
+        <v>705</v>
       </c>
       <c r="K176">
         <v>0</v>
       </c>
       <c r="L176">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="M176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B177" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="C177" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D177" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="E177" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F177" t="s">
-        <v>205</v>
+        <v>77</v>
       </c>
       <c r="G177">
         <v>2018</v>
       </c>
       <c r="H177" t="s">
-        <v>206</v>
+        <v>66</v>
       </c>
       <c r="I177">
-        <v>3069</v>
+        <v>925</v>
       </c>
       <c r="J177">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="K177">
         <v>0</v>
       </c>
       <c r="L177">
-        <v>3069</v>
+        <v>880</v>
       </c>
       <c r="M177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B178" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C178" t="s">
         <v>14</v>
       </c>
       <c r="D178" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="E178" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F178" t="s">
-        <v>328</v>
+        <v>77</v>
       </c>
       <c r="G178">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H178" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="I178">
-        <v>4050</v>
+        <v>1000</v>
       </c>
       <c r="J178">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="K178">
         <v>0</v>
       </c>
       <c r="L178">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B179" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C179" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D179" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E179" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="F179" t="s">
-        <v>328</v>
+        <v>220</v>
       </c>
       <c r="G179">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H179" t="s">
-        <v>111</v>
+        <v>221</v>
       </c>
       <c r="I179">
-        <v>2755</v>
+        <v>159</v>
       </c>
       <c r="J179">
-        <v>2755</v>
+        <v>0</v>
       </c>
       <c r="K179">
         <v>0</v>
       </c>
       <c r="L179">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="M179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B180" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C180" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D180" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E180" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="F180" t="s">
-        <v>328</v>
+        <v>220</v>
       </c>
       <c r="G180">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H180" t="s">
-        <v>111</v>
+        <v>221</v>
       </c>
       <c r="I180">
-        <v>1200</v>
+        <v>3069</v>
       </c>
       <c r="J180">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="K180">
         <v>0</v>
       </c>
       <c r="L180">
-        <v>0</v>
+        <v>3069</v>
       </c>
       <c r="M180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B181" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="C181" t="s">
         <v>14</v>
       </c>
       <c r="D181" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="E181" t="s">
-        <v>288</v>
+        <v>125</v>
       </c>
       <c r="F181" t="s">
-        <v>328</v>
+        <v>17</v>
       </c>
       <c r="G181">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H181" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I181">
-        <v>95</v>
+        <v>4050</v>
       </c>
       <c r="J181">
-        <v>95</v>
+        <v>4050</v>
       </c>
       <c r="K181">
         <v>0</v>
       </c>
       <c r="L181">
         <v>0</v>
       </c>
       <c r="M181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B182" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C182" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D182" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="E182" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="F182" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G182">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="H182" t="s">
-        <v>184</v>
+        <v>126</v>
       </c>
       <c r="I182">
-        <v>1139</v>
+        <v>2755</v>
       </c>
       <c r="J182">
-        <v>0</v>
+        <v>2755</v>
       </c>
       <c r="K182">
         <v>0</v>
       </c>
       <c r="L182">
-        <v>1139</v>
+        <v>0</v>
       </c>
       <c r="M182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B183" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C183" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D183" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="E183" t="s">
         <v>303</v>
       </c>
       <c r="F183" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G183">
         <v>2021</v>
       </c>
       <c r="H183" t="s">
-        <v>304</v>
+        <v>126</v>
       </c>
       <c r="I183">
-        <v>11158</v>
+        <v>1200</v>
       </c>
       <c r="J183">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="K183">
         <v>0</v>
       </c>
       <c r="L183">
-        <v>11158</v>
+        <v>0</v>
       </c>
       <c r="M183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B184" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C184" t="s">
         <v>14</v>
       </c>
       <c r="D184" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E184" t="s">
         <v>303</v>
       </c>
       <c r="F184" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G184">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H184" t="s">
-        <v>304</v>
+        <v>126</v>
       </c>
       <c r="I184">
-        <v>49103</v>
+        <v>95</v>
       </c>
       <c r="J184">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="K184">
         <v>0</v>
       </c>
       <c r="L184">
-        <v>49103</v>
+        <v>0</v>
       </c>
       <c r="M184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B185" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="C185" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D185" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="E185" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F185" t="s">
         <v>23</v>
       </c>
       <c r="G185">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H185" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="I185">
-        <v>3672</v>
+        <v>1139</v>
       </c>
       <c r="J185">
         <v>0</v>
       </c>
       <c r="K185">
         <v>0</v>
       </c>
       <c r="L185">
-        <v>3672</v>
+        <v>1139</v>
       </c>
       <c r="M185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B186" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="C186" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D186" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="E186" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="F186" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G186">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H186" t="s">
-        <v>184</v>
+        <v>319</v>
       </c>
       <c r="I186">
-        <v>1110</v>
+        <v>11158</v>
       </c>
       <c r="J186">
         <v>0</v>
       </c>
       <c r="K186">
         <v>0</v>
       </c>
       <c r="L186">
-        <v>1110</v>
+        <v>11158</v>
       </c>
       <c r="M186" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B187" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="C187" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D187" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="E187" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="F187" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G187">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H187" t="s">
-        <v>184</v>
+        <v>319</v>
       </c>
       <c r="I187">
-        <v>1120</v>
+        <v>49103</v>
       </c>
       <c r="J187">
         <v>0</v>
       </c>
       <c r="K187">
         <v>0</v>
       </c>
       <c r="L187">
-        <v>1120</v>
+        <v>49103</v>
       </c>
       <c r="M187" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B188" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="C188" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D188" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="E188" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F188" t="s">
         <v>23</v>
       </c>
       <c r="G188">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H188" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="I188">
-        <v>1129</v>
+        <v>3672</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
       <c r="K188">
         <v>0</v>
       </c>
       <c r="L188">
-        <v>1129</v>
+        <v>3672</v>
       </c>
       <c r="M188" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B189" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C189" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D189" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="E189" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="F189" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G189">
         <v>2018</v>
       </c>
       <c r="H189" t="s">
-        <v>44</v>
+        <v>199</v>
       </c>
       <c r="I189">
-        <v>10713</v>
+        <v>1110</v>
       </c>
       <c r="J189">
-        <v>9953</v>
+        <v>0</v>
       </c>
       <c r="K189">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="L189">
-        <v>0</v>
+        <v>1110</v>
       </c>
       <c r="M189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B190" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C190" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D190" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="E190" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="F190" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G190">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="H190" t="s">
-        <v>111</v>
+        <v>199</v>
       </c>
       <c r="I190">
-        <v>592</v>
+        <v>1120</v>
       </c>
       <c r="J190">
-        <v>592</v>
+        <v>0</v>
       </c>
       <c r="K190">
         <v>0</v>
       </c>
       <c r="L190">
-        <v>0</v>
+        <v>1120</v>
       </c>
       <c r="M190" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B191" t="s">
         <v>344</v>
       </c>
       <c r="C191" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D191" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="E191" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F191" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G191">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H191" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="I191">
-        <v>2686</v>
+        <v>1129</v>
       </c>
       <c r="J191">
-        <v>2686</v>
+        <v>0</v>
       </c>
       <c r="K191">
         <v>0</v>
       </c>
       <c r="L191">
-        <v>0</v>
+        <v>1129</v>
       </c>
       <c r="M191" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B192" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="C192" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D192" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E192" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="F192" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G192">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H192" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
       <c r="I192">
-        <v>2729</v>
+        <v>10713</v>
       </c>
       <c r="J192">
-        <v>2729</v>
+        <v>9953</v>
       </c>
       <c r="K192">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="L192">
         <v>0</v>
       </c>
       <c r="M192" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B193" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="C193" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D193" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="E193" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="F193" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G193">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H193" t="s">
-        <v>184</v>
+        <v>126</v>
       </c>
       <c r="I193">
-        <v>2344</v>
+        <v>592</v>
       </c>
       <c r="J193">
-        <v>2344</v>
+        <v>592</v>
       </c>
       <c r="K193">
         <v>0</v>
       </c>
       <c r="L193">
         <v>0</v>
       </c>
       <c r="M193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="C194" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D194" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="E194" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F194" t="s">
-        <v>288</v>
+        <v>45</v>
       </c>
       <c r="G194">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H194" t="s">
-        <v>44</v>
+        <v>199</v>
       </c>
       <c r="I194">
-        <v>10713</v>
+        <v>2686</v>
       </c>
       <c r="J194">
-        <v>0</v>
+        <v>2686</v>
       </c>
       <c r="K194">
-        <v>10713</v>
+        <v>0</v>
       </c>
       <c r="L194">
         <v>0</v>
       </c>
       <c r="M194" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B195" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C195" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D195" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="E195" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F195" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="G195">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H195" t="s">
-        <v>351</v>
+        <v>199</v>
       </c>
       <c r="I195">
-        <v>150</v>
+        <v>2729</v>
       </c>
       <c r="J195">
-        <v>0</v>
+        <v>2729</v>
       </c>
       <c r="K195">
         <v>0</v>
       </c>
       <c r="L195">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="M195" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B196" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C196" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D196" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E196" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F196" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G196">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H196" t="s">
-        <v>131</v>
+        <v>199</v>
       </c>
       <c r="I196">
-        <v>4071</v>
+        <v>2344</v>
       </c>
       <c r="J196">
-        <v>0</v>
+        <v>2344</v>
       </c>
       <c r="K196">
         <v>0</v>
       </c>
       <c r="L196">
-        <v>4071</v>
+        <v>0</v>
       </c>
       <c r="M196" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="B197" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C197" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D197" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E197" t="s">
+        <v>61</v>
+      </c>
+      <c r="F197" t="s">
+        <v>303</v>
+      </c>
+      <c r="G197">
+        <v>2018</v>
+      </c>
+      <c r="H197" t="s">
         <v>66</v>
       </c>
-      <c r="F197" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I197">
-        <v>300</v>
+        <v>10713</v>
       </c>
       <c r="J197">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K197">
-        <v>0</v>
+        <v>10713</v>
       </c>
       <c r="L197">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="M197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B198" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C198" t="s">
         <v>14</v>
       </c>
       <c r="D198" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E198" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F198" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G198">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H198" t="s">
-        <v>162</v>
+        <v>361</v>
       </c>
       <c r="I198">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J198">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="K198">
         <v>0</v>
       </c>
       <c r="L198">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="M198" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199">
-        <v>658</v>
+        <v>677</v>
       </c>
       <c r="B199" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C199" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D199" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="E199" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F199" t="s">
-        <v>229</v>
+        <v>77</v>
       </c>
       <c r="G199">
         <v>2018</v>
       </c>
       <c r="H199" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I199">
-        <v>130</v>
+        <v>4071</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
       <c r="K199">
         <v>0</v>
       </c>
       <c r="L199">
-        <v>130</v>
+        <v>4071</v>
       </c>
       <c r="M199" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200">
-        <v>657</v>
+        <v>676</v>
       </c>
       <c r="B200" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C200" t="s">
         <v>14</v>
       </c>
       <c r="D200" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="E200" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F200" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G200">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H200" t="s">
-        <v>75</v>
+        <v>146</v>
       </c>
       <c r="I200">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="J200">
-        <v>3501</v>
+        <v>50</v>
       </c>
       <c r="K200">
         <v>0</v>
       </c>
       <c r="L200">
-        <v>1499</v>
+        <v>250</v>
       </c>
       <c r="M200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201">
-        <v>656</v>
+        <v>675</v>
       </c>
       <c r="B201" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C201" t="s">
         <v>14</v>
       </c>
       <c r="D201" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="E201" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F201" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G201">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H201" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="I201">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="J201">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="K201">
         <v>0</v>
       </c>
       <c r="L201">
-        <v>4939</v>
+        <v>0</v>
       </c>
       <c r="M201" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="B202" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C202" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D202" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E202" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F202" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G202">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H202" t="s">
-        <v>52</v>
+        <v>304</v>
       </c>
       <c r="I202">
-        <v>4220</v>
+        <v>130</v>
       </c>
       <c r="J202">
         <v>0</v>
       </c>
       <c r="K202">
         <v>0</v>
       </c>
       <c r="L202">
-        <v>4220</v>
+        <v>130</v>
       </c>
       <c r="M202" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B203" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C203" t="s">
         <v>14</v>
       </c>
       <c r="D203" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="E203" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F203" t="s">
         <v>23</v>
       </c>
       <c r="G203">
         <v>2020</v>
       </c>
       <c r="H203" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="I203">
         <v>5000</v>
       </c>
       <c r="J203">
-        <v>0</v>
+        <v>3501</v>
       </c>
       <c r="K203">
         <v>0</v>
       </c>
       <c r="L203">
-        <v>5000</v>
+        <v>1499</v>
       </c>
       <c r="M203" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B204" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C204" t="s">
         <v>14</v>
       </c>
       <c r="D204" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="E204" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F204" t="s">
-        <v>205</v>
+        <v>23</v>
       </c>
       <c r="G204">
         <v>2020</v>
       </c>
       <c r="H204" t="s">
-        <v>206</v>
+        <v>27</v>
       </c>
       <c r="I204">
-        <v>30</v>
+        <v>5000</v>
       </c>
       <c r="J204">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="K204">
         <v>0</v>
       </c>
       <c r="L204">
-        <v>30</v>
+        <v>4939</v>
       </c>
       <c r="M204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B205" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C205" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D205" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E205" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F205" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G205">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H205" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I205">
-        <v>3699</v>
+        <v>4220</v>
       </c>
       <c r="J205">
-        <v>3699</v>
+        <v>0</v>
       </c>
       <c r="K205">
         <v>0</v>
       </c>
       <c r="L205">
-        <v>0</v>
+        <v>4220</v>
       </c>
       <c r="M205" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="B206" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C206" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D206" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="E206" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F206" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G206">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H206" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I206">
-        <v>15122</v>
+        <v>5000</v>
       </c>
       <c r="J206">
-        <v>15122</v>
+        <v>0</v>
       </c>
       <c r="K206">
         <v>0</v>
       </c>
       <c r="L206">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B207" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="C207" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D207" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="E207" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F207" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="G207">
         <v>2020</v>
       </c>
       <c r="H207" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="I207">
-        <v>15408</v>
+        <v>30</v>
       </c>
       <c r="J207">
-        <v>15408</v>
+        <v>0</v>
       </c>
       <c r="K207">
         <v>0</v>
       </c>
       <c r="L207">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="M207" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B208" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="C208" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D208" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E208" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F208" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G208">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H208" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I208">
-        <v>15647</v>
+        <v>3699</v>
       </c>
       <c r="J208">
-        <v>15647</v>
+        <v>3699</v>
       </c>
       <c r="K208">
         <v>0</v>
       </c>
       <c r="L208">
         <v>0</v>
       </c>
       <c r="M208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="B209" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="C209" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D209" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="E209" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F209" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G209">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H209" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I209">
-        <v>15832</v>
+        <v>15122</v>
       </c>
       <c r="J209">
-        <v>15832</v>
+        <v>15122</v>
       </c>
       <c r="K209">
         <v>0</v>
       </c>
       <c r="L209">
         <v>0</v>
       </c>
       <c r="M209" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B210" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="C210" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D210" t="s">
-        <v>194</v>
+        <v>381</v>
       </c>
       <c r="E210" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="F210" t="s">
-        <v>195</v>
+        <v>45</v>
       </c>
       <c r="G210">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H210" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="I210">
-        <v>40000</v>
+        <v>15408</v>
       </c>
       <c r="J210">
-        <v>0</v>
+        <v>15408</v>
       </c>
       <c r="K210">
-        <v>40000</v>
+        <v>0</v>
       </c>
       <c r="L210">
         <v>0</v>
       </c>
       <c r="M210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="B211" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C211" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D211" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="E211" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F211" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G211">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H211" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I211">
-        <v>5000</v>
+        <v>15647</v>
       </c>
       <c r="J211">
-        <v>1</v>
+        <v>15647</v>
       </c>
       <c r="K211">
         <v>0</v>
       </c>
       <c r="L211">
-        <v>4999</v>
+        <v>0</v>
       </c>
       <c r="M211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="B212" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C212" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D212" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E212" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F212" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G212">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H212" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I212">
-        <v>4427</v>
+        <v>15832</v>
       </c>
       <c r="J212">
-        <v>0</v>
+        <v>15832</v>
       </c>
       <c r="K212">
         <v>0</v>
       </c>
       <c r="L212">
-        <v>4427</v>
+        <v>0</v>
       </c>
       <c r="M212" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B213" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C213" t="s">
         <v>14</v>
       </c>
       <c r="D213" t="s">
-        <v>378</v>
+        <v>209</v>
       </c>
       <c r="E213" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="F213" t="s">
-        <v>51</v>
+        <v>210</v>
       </c>
       <c r="G213">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H213" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="I213">
-        <v>48396</v>
+        <v>40000</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
       <c r="K213">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L213">
-        <v>48396</v>
+        <v>0</v>
       </c>
       <c r="M213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B214" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C214" t="s">
         <v>14</v>
       </c>
       <c r="D214" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="E214" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F214" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G214">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H214" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="I214">
-        <v>170146</v>
+        <v>5000</v>
       </c>
       <c r="J214">
-        <v>147455</v>
+        <v>1</v>
       </c>
       <c r="K214">
         <v>0</v>
       </c>
       <c r="L214">
-        <v>22691</v>
+        <v>4999</v>
       </c>
       <c r="M214" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B215" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C215" t="s">
         <v>14</v>
       </c>
       <c r="D215" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="E215" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F215" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G215">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H215" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I215">
-        <v>68666</v>
+        <v>4427</v>
       </c>
       <c r="J215">
-        <v>68666</v>
+        <v>0</v>
       </c>
       <c r="K215">
         <v>0</v>
       </c>
       <c r="L215">
-        <v>0</v>
+        <v>4427</v>
       </c>
       <c r="M215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B216" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C216" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D216" t="s">
-        <v>196</v>
+        <v>388</v>
       </c>
       <c r="E216" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F216" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
       <c r="G216">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H216" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="I216">
-        <v>25829</v>
+        <v>48396</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
       <c r="K216">
-        <v>25829</v>
+        <v>0</v>
       </c>
       <c r="L216">
-        <v>0</v>
+        <v>48396</v>
       </c>
       <c r="M216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B217" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C217" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D217" t="s">
-        <v>267</v>
+        <v>389</v>
       </c>
       <c r="E217" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F217" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
       <c r="G217">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H217" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="I217">
-        <v>14171</v>
+        <v>170146</v>
       </c>
       <c r="J217">
-        <v>0</v>
+        <v>147455</v>
       </c>
       <c r="K217">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L217">
-        <v>0</v>
+        <v>22691</v>
       </c>
       <c r="M217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B218" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C218" t="s">
         <v>14</v>
       </c>
       <c r="D218" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="E218" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F218" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G218">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H218" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="I218">
-        <v>5000</v>
+        <v>68666</v>
       </c>
       <c r="J218">
-        <v>2341</v>
+        <v>68666</v>
       </c>
       <c r="K218">
         <v>0</v>
       </c>
       <c r="L218">
-        <v>2659</v>
+        <v>0</v>
       </c>
       <c r="M218" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B219" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="C219" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D219" t="s">
-        <v>384</v>
+        <v>211</v>
       </c>
       <c r="E219" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F219" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="G219">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H219" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="I219">
-        <v>5000</v>
+        <v>25829</v>
       </c>
       <c r="J219">
         <v>0</v>
       </c>
       <c r="K219">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="L219">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B220" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="C220" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D220" t="s">
-        <v>386</v>
+        <v>282</v>
       </c>
       <c r="E220" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F220" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
       <c r="G220">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H220" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I220">
-        <v>2999</v>
+        <v>14171</v>
       </c>
       <c r="J220">
         <v>0</v>
       </c>
       <c r="K220">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L220">
-        <v>2999</v>
+        <v>0</v>
       </c>
       <c r="M220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B221" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="C221" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D221" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="E221" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F221" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G221">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H221" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="I221">
-        <v>4353</v>
+        <v>5000</v>
       </c>
       <c r="J221">
-        <v>0</v>
+        <v>2166</v>
       </c>
       <c r="K221">
         <v>0</v>
       </c>
       <c r="L221">
-        <v>4353</v>
+        <v>2834</v>
       </c>
       <c r="M221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B222" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C222" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D222" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="E222" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F222" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G222">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H222" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="I222">
-        <v>2561</v>
+        <v>5000</v>
       </c>
       <c r="J222">
         <v>0</v>
       </c>
       <c r="K222">
         <v>0</v>
       </c>
       <c r="L222">
-        <v>2561</v>
+        <v>5000</v>
       </c>
       <c r="M222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B223" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C223" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D223" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="E223" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F223" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="G223">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H223" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I223">
-        <v>5000</v>
+        <v>2999</v>
       </c>
       <c r="J223">
         <v>0</v>
       </c>
       <c r="K223">
         <v>0</v>
       </c>
       <c r="L223">
-        <v>5000</v>
+        <v>2999</v>
       </c>
       <c r="M223" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B224" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C224" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D224" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="E224" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F224" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G224">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H224" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="I224">
-        <v>180</v>
+        <v>4353</v>
       </c>
       <c r="J224">
         <v>0</v>
       </c>
       <c r="K224">
         <v>0</v>
       </c>
       <c r="L224">
-        <v>180</v>
+        <v>4353</v>
       </c>
       <c r="M224" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B225" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C225" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D225" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="E225" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F225" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="G225">
         <v>2018</v>
       </c>
       <c r="H225" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I225">
-        <v>3548</v>
+        <v>2561</v>
       </c>
       <c r="J225">
         <v>0</v>
       </c>
       <c r="K225">
         <v>0</v>
       </c>
       <c r="L225">
-        <v>3548</v>
+        <v>2561</v>
       </c>
       <c r="M225" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B226" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C226" t="s">
         <v>14</v>
       </c>
       <c r="D226" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="E226" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="F226" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="G226">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H226" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="I226">
-        <v>24372</v>
+        <v>5000</v>
       </c>
       <c r="J226">
-        <v>24372</v>
+        <v>0</v>
       </c>
       <c r="K226">
         <v>0</v>
       </c>
       <c r="L226">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B227" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C227" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D227" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="E227" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F227" t="s">
-        <v>288</v>
+        <v>77</v>
       </c>
       <c r="G227">
         <v>2021</v>
       </c>
       <c r="H227" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="I227">
-        <v>3347</v>
+        <v>180</v>
       </c>
       <c r="J227">
         <v>0</v>
       </c>
       <c r="K227">
-        <v>3347</v>
+        <v>0</v>
       </c>
       <c r="L227">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="M227" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B228" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="E228" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F228" t="s">
-        <v>205</v>
+        <v>23</v>
       </c>
       <c r="G228">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H228" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="I228">
-        <v>30</v>
+        <v>3548</v>
       </c>
       <c r="J228">
         <v>0</v>
       </c>
       <c r="K228">
         <v>0</v>
       </c>
       <c r="L228">
-        <v>30</v>
+        <v>3548</v>
       </c>
       <c r="M228" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B229" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C229" t="s">
         <v>14</v>
       </c>
       <c r="D229" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="E229" t="s">
-        <v>204</v>
+        <v>125</v>
       </c>
       <c r="F229" t="s">
-        <v>205</v>
+        <v>303</v>
       </c>
       <c r="G229">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="H229" t="s">
-        <v>206</v>
+        <v>126</v>
       </c>
       <c r="I229">
-        <v>30</v>
+        <v>24372</v>
       </c>
       <c r="J229">
-        <v>0</v>
+        <v>24372</v>
       </c>
       <c r="K229">
         <v>0</v>
       </c>
       <c r="L229">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="M229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B230" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C230" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D230" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="E230" t="s">
-        <v>288</v>
+        <v>125</v>
       </c>
       <c r="F230" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="G230">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H230" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="I230">
-        <v>4324</v>
+        <v>3347</v>
       </c>
       <c r="J230">
-        <v>4324</v>
+        <v>0</v>
       </c>
       <c r="K230">
-        <v>0</v>
+        <v>3347</v>
       </c>
       <c r="L230">
         <v>0</v>
       </c>
       <c r="M230" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B231" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C231" t="s">
         <v>14</v>
       </c>
       <c r="D231" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="E231" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F231" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="G231">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H231" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I231">
-        <v>36260</v>
+        <v>30</v>
       </c>
       <c r="J231">
-        <v>36260</v>
+        <v>0</v>
       </c>
       <c r="K231">
         <v>0</v>
       </c>
       <c r="L231">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="M231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B232" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="C232" t="s">
         <v>14</v>
       </c>
       <c r="D232" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="E232" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F232" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="G232">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="H232" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I232">
-        <v>60190</v>
+        <v>30</v>
       </c>
       <c r="J232">
-        <v>2840</v>
+        <v>0</v>
       </c>
       <c r="K232">
         <v>0</v>
       </c>
       <c r="L232">
-        <v>57350</v>
+        <v>30</v>
       </c>
       <c r="M232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B233" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C233" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D233" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="E233" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F233" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G233">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H233" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I233">
-        <v>43442</v>
+        <v>4324</v>
       </c>
       <c r="J233">
-        <v>494</v>
+        <v>4324</v>
       </c>
       <c r="K233">
         <v>0</v>
       </c>
       <c r="L233">
-        <v>42948</v>
+        <v>0</v>
       </c>
       <c r="M233" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B234" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C234" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D234" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="E234" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F234" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G234">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="H234" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I234">
-        <v>4324</v>
+        <v>36260</v>
       </c>
       <c r="J234">
-        <v>0</v>
+        <v>36260</v>
       </c>
       <c r="K234">
-        <v>4324</v>
+        <v>0</v>
       </c>
       <c r="L234">
         <v>0</v>
       </c>
       <c r="M234" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B235" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C235" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D235" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="E235" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F235" t="s">
-        <v>58</v>
+        <v>303</v>
       </c>
       <c r="G235">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H235" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I235">
-        <v>14151</v>
+        <v>60190</v>
       </c>
       <c r="J235">
-        <v>0</v>
+        <v>2840</v>
       </c>
       <c r="K235">
         <v>0</v>
       </c>
       <c r="L235">
-        <v>14151</v>
+        <v>57350</v>
       </c>
       <c r="M235" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B236" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C236" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D236" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E236" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F236" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="G236">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H236" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I236">
-        <v>5000</v>
+        <v>43442</v>
       </c>
       <c r="J236">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="K236">
         <v>0</v>
       </c>
       <c r="L236">
-        <v>5000</v>
+        <v>42948</v>
       </c>
       <c r="M236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B237" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C237" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D237" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="E237" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F237" t="s">
-        <v>38</v>
+        <v>303</v>
       </c>
       <c r="G237">
         <v>2019</v>
       </c>
       <c r="H237" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="I237">
-        <v>53279</v>
+        <v>4324</v>
       </c>
       <c r="J237">
-        <v>53279</v>
+        <v>0</v>
       </c>
       <c r="K237">
-        <v>0</v>
+        <v>4324</v>
       </c>
       <c r="L237">
         <v>0</v>
       </c>
       <c r="M237" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B238" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C238" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D238" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="E238" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F238" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G238">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H238" t="s">
-        <v>28</v>
+        <v>146</v>
       </c>
       <c r="I238">
-        <v>29173</v>
+        <v>14151</v>
       </c>
       <c r="J238">
-        <v>29173</v>
+        <v>0</v>
       </c>
       <c r="K238">
         <v>0</v>
       </c>
       <c r="L238">
-        <v>0</v>
+        <v>14151</v>
       </c>
       <c r="M238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B239" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="C239" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D239" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="E239" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F239" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G239">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H239" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I239">
-        <v>24711</v>
+        <v>5000</v>
       </c>
       <c r="J239">
-        <v>24711</v>
+        <v>0</v>
       </c>
       <c r="K239">
         <v>0</v>
       </c>
       <c r="L239">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M239" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B240" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="C240" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D240" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E240" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F240" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G240">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H240" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="I240">
-        <v>44845</v>
+        <v>53279</v>
       </c>
       <c r="J240">
-        <v>44845</v>
+        <v>53279</v>
       </c>
       <c r="K240">
         <v>0</v>
       </c>
       <c r="L240">
         <v>0</v>
       </c>
       <c r="M240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B241" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C241" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D241" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="E241" t="s">
         <v>37</v>
       </c>
       <c r="F241" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G241">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H241" t="s">
         <v>39</v>
       </c>
       <c r="I241">
-        <v>1088</v>
+        <v>29173</v>
       </c>
       <c r="J241">
-        <v>0</v>
+        <v>29173</v>
       </c>
       <c r="K241">
         <v>0</v>
       </c>
       <c r="L241">
-        <v>1088</v>
+        <v>0</v>
       </c>
       <c r="M241" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B242" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C242" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D242" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="E242" t="s">
         <v>37</v>
       </c>
       <c r="F242" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G242">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H242" t="s">
         <v>39</v>
       </c>
       <c r="I242">
-        <v>890</v>
+        <v>24711</v>
       </c>
       <c r="J242">
-        <v>0</v>
+        <v>24711</v>
       </c>
       <c r="K242">
         <v>0</v>
       </c>
       <c r="L242">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="M242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B243" t="s">
         <v>417</v>
       </c>
       <c r="C243" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D243" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="E243" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
       <c r="F243" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="G243">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="H243" t="s">
-        <v>206</v>
+        <v>39</v>
       </c>
       <c r="I243">
-        <v>61</v>
+        <v>44845</v>
       </c>
       <c r="J243">
-        <v>0</v>
+        <v>44845</v>
       </c>
       <c r="K243">
         <v>0</v>
       </c>
       <c r="L243">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="M243" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B244" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C244" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D244" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E244" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F244" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="G244">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H244" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="I244">
-        <v>5000</v>
+        <v>1088</v>
       </c>
       <c r="J244">
         <v>0</v>
       </c>
       <c r="K244">
         <v>0</v>
       </c>
       <c r="L244">
-        <v>5000</v>
+        <v>1088</v>
       </c>
       <c r="M244" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B245" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C245" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D245" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="E245" t="s">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="F245" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G245">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H245" t="s">
-        <v>351</v>
+        <v>62</v>
       </c>
       <c r="I245">
-        <v>1168</v>
+        <v>890</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
       <c r="K245">
         <v>0</v>
       </c>
       <c r="L245">
-        <v>1168</v>
+        <v>890</v>
       </c>
       <c r="M245" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B246" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C246" t="s">
         <v>14</v>
       </c>
       <c r="D246" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="E246" t="s">
-        <v>423</v>
+        <v>219</v>
       </c>
       <c r="F246" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="G246">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="H246" t="s">
-        <v>351</v>
+        <v>221</v>
       </c>
       <c r="I246">
-        <v>13987</v>
+        <v>61</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
       <c r="K246">
         <v>0</v>
       </c>
       <c r="L246">
-        <v>13987</v>
+        <v>61</v>
       </c>
       <c r="M246" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B247" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="C247" t="s">
         <v>14</v>
       </c>
       <c r="D247" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="E247" t="s">
-        <v>423</v>
+        <v>23</v>
       </c>
       <c r="F247" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G247">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H247" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="I247">
-        <v>12789</v>
+        <v>5000</v>
       </c>
       <c r="J247">
         <v>0</v>
       </c>
       <c r="K247">
         <v>0</v>
       </c>
       <c r="L247">
-        <v>12789</v>
+        <v>5000</v>
       </c>
       <c r="M247" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B248" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C248" t="s">
         <v>14</v>
       </c>
       <c r="D248" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="E248" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F248" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G248">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H248" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I248">
-        <v>2797</v>
+        <v>1168</v>
       </c>
       <c r="J248">
         <v>0</v>
       </c>
       <c r="K248">
         <v>0</v>
       </c>
       <c r="L248">
-        <v>2797</v>
+        <v>1168</v>
       </c>
       <c r="M248" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B249" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C249" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D249" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="E249" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F249" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G249">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H249" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I249">
-        <v>6482</v>
+        <v>13987</v>
       </c>
       <c r="J249">
         <v>0</v>
       </c>
       <c r="K249">
         <v>0</v>
       </c>
       <c r="L249">
-        <v>6482</v>
+        <v>13987</v>
       </c>
       <c r="M249" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B250" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C250" t="s">
         <v>14</v>
       </c>
       <c r="D250" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="E250" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F250" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G250">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H250" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I250">
-        <v>2668</v>
+        <v>12789</v>
       </c>
       <c r="J250">
         <v>0</v>
       </c>
       <c r="K250">
         <v>0</v>
       </c>
       <c r="L250">
-        <v>2668</v>
+        <v>12789</v>
       </c>
       <c r="M250" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B251" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C251" t="s">
         <v>14</v>
       </c>
       <c r="D251" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="E251" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F251" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G251">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H251" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I251">
-        <v>31948</v>
+        <v>2797</v>
       </c>
       <c r="J251">
         <v>0</v>
       </c>
       <c r="K251">
         <v>0</v>
       </c>
       <c r="L251">
-        <v>31948</v>
+        <v>2797</v>
       </c>
       <c r="M251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B252" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C252" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D252" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="E252" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F252" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G252">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H252" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I252">
-        <v>29210</v>
+        <v>6482</v>
       </c>
       <c r="J252">
         <v>0</v>
       </c>
       <c r="K252">
         <v>0</v>
       </c>
       <c r="L252">
-        <v>29210</v>
+        <v>6482</v>
       </c>
       <c r="M252" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B253" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C253" t="s">
         <v>14</v>
       </c>
       <c r="D253" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="E253" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F253" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G253">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H253" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I253">
-        <v>15119</v>
+        <v>2668</v>
       </c>
       <c r="J253">
         <v>0</v>
       </c>
       <c r="K253">
         <v>0</v>
       </c>
       <c r="L253">
-        <v>15119</v>
+        <v>2668</v>
       </c>
       <c r="M253" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B254" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C254" t="s">
         <v>14</v>
       </c>
       <c r="D254" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="E254" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F254" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G254">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H254" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I254">
-        <v>3310</v>
+        <v>31948</v>
       </c>
       <c r="J254">
         <v>0</v>
       </c>
       <c r="K254">
         <v>0</v>
       </c>
       <c r="L254">
-        <v>3310</v>
+        <v>31948</v>
       </c>
       <c r="M254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B255" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C255" t="s">
         <v>14</v>
       </c>
       <c r="D255" t="s">
+        <v>440</v>
+      </c>
+      <c r="E255" t="s">
         <v>433</v>
       </c>
-      <c r="E255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F255" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G255">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H255" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I255">
-        <v>39638</v>
+        <v>29210</v>
       </c>
       <c r="J255">
         <v>0</v>
       </c>
       <c r="K255">
         <v>0</v>
       </c>
       <c r="L255">
-        <v>39638</v>
+        <v>29210</v>
       </c>
       <c r="M255" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B256" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C256" t="s">
         <v>14</v>
       </c>
       <c r="D256" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E256" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F256" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G256">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H256" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I256">
-        <v>36240</v>
+        <v>15119</v>
       </c>
       <c r="J256">
         <v>0</v>
       </c>
       <c r="K256">
         <v>0</v>
       </c>
       <c r="L256">
-        <v>36240</v>
+        <v>15119</v>
       </c>
       <c r="M256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B257" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C257" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D257" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E257" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F257" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G257">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="H257" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I257">
-        <v>24150</v>
+        <v>3310</v>
       </c>
       <c r="J257">
         <v>0</v>
       </c>
       <c r="K257">
         <v>0</v>
       </c>
       <c r="L257">
-        <v>24150</v>
+        <v>3310</v>
       </c>
       <c r="M257" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B258" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C258" t="s">
         <v>14</v>
       </c>
       <c r="D258" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="E258" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F258" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G258">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H258" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I258">
-        <v>9875</v>
+        <v>39638</v>
       </c>
       <c r="J258">
         <v>0</v>
       </c>
       <c r="K258">
         <v>0</v>
       </c>
       <c r="L258">
-        <v>9875</v>
+        <v>39638</v>
       </c>
       <c r="M258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B259" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C259" t="s">
         <v>14</v>
       </c>
       <c r="D259" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E259" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F259" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G259">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H259" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I259">
-        <v>89387</v>
+        <v>36240</v>
       </c>
       <c r="J259">
         <v>0</v>
       </c>
       <c r="K259">
         <v>0</v>
       </c>
       <c r="L259">
-        <v>89387</v>
+        <v>36240</v>
       </c>
       <c r="M259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B260" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C260" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D260" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="E260" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F260" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G260">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H260" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I260">
-        <v>81232</v>
+        <v>24150</v>
       </c>
       <c r="J260">
         <v>0</v>
       </c>
       <c r="K260">
         <v>0</v>
       </c>
       <c r="L260">
-        <v>81232</v>
+        <v>24150</v>
       </c>
       <c r="M260" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B261" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C261" t="s">
         <v>14</v>
       </c>
       <c r="D261" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="E261" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F261" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G261">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H261" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I261">
-        <v>4934</v>
+        <v>9875</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
       <c r="K261">
         <v>0</v>
       </c>
       <c r="L261">
-        <v>4934</v>
+        <v>9875</v>
       </c>
       <c r="M261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B262" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C262" t="s">
         <v>14</v>
       </c>
       <c r="D262" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="E262" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F262" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G262">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H262" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I262">
-        <v>50337</v>
+        <v>89387</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
       <c r="K262">
         <v>0</v>
       </c>
       <c r="L262">
-        <v>50337</v>
+        <v>89387</v>
       </c>
       <c r="M262" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B263" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C263" t="s">
         <v>14</v>
       </c>
       <c r="D263" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="E263" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F263" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G263">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H263" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I263">
-        <v>28868</v>
+        <v>81232</v>
       </c>
       <c r="J263">
         <v>0</v>
       </c>
       <c r="K263">
         <v>0</v>
       </c>
       <c r="L263">
-        <v>28868</v>
+        <v>81232</v>
       </c>
       <c r="M263" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B264" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C264" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D264" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="E264" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F264" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G264">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H264" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I264">
-        <v>60795</v>
+        <v>4934</v>
       </c>
       <c r="J264">
         <v>0</v>
       </c>
       <c r="K264">
         <v>0</v>
       </c>
       <c r="L264">
-        <v>60795</v>
+        <v>4934</v>
       </c>
       <c r="M264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B265" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C265" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D265" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="E265" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="F265" t="s">
-        <v>423</v>
+        <v>38</v>
       </c>
       <c r="G265">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H265" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I265">
-        <v>60795</v>
+        <v>50337</v>
       </c>
       <c r="J265">
         <v>0</v>
       </c>
       <c r="K265">
-        <v>60795</v>
+        <v>0</v>
       </c>
       <c r="L265">
-        <v>0</v>
+        <v>50337</v>
       </c>
       <c r="M265" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="B266" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C266" t="s">
         <v>14</v>
       </c>
       <c r="D266" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="E266" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="F266" t="s">
-        <v>423</v>
+        <v>38</v>
       </c>
       <c r="G266">
         <v>2020</v>
       </c>
       <c r="H266" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I266">
         <v>28868</v>
       </c>
       <c r="J266">
         <v>0</v>
       </c>
       <c r="K266">
+        <v>0</v>
+      </c>
+      <c r="L266">
         <v>28868</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M266" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B267" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C267" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D267" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="E267" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="F267" t="s">
-        <v>423</v>
+        <v>38</v>
       </c>
       <c r="G267">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H267" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I267">
-        <v>50337</v>
+        <v>60795</v>
       </c>
       <c r="J267">
         <v>0</v>
       </c>
       <c r="K267">
-        <v>50337</v>
+        <v>0</v>
       </c>
       <c r="L267">
-        <v>0</v>
+        <v>60795</v>
       </c>
       <c r="M267" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B268" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="C268" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D268" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="E268" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F268" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="G268">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H268" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I268">
-        <v>4934</v>
+        <v>60795</v>
       </c>
       <c r="J268">
         <v>0</v>
       </c>
       <c r="K268">
-        <v>4934</v>
+        <v>60795</v>
       </c>
       <c r="L268">
         <v>0</v>
       </c>
       <c r="M268" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B269" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="C269" t="s">
         <v>14</v>
       </c>
       <c r="D269" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="E269" t="s">
-        <v>423</v>
+        <v>453</v>
       </c>
       <c r="F269" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="G269">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H269" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I269">
-        <v>4934</v>
+        <v>28868</v>
       </c>
       <c r="J269">
         <v>0</v>
       </c>
       <c r="K269">
-        <v>4934</v>
+        <v>28868</v>
       </c>
       <c r="L269">
         <v>0</v>
       </c>
       <c r="M269" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B270" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="C270" t="s">
         <v>14</v>
       </c>
       <c r="D270" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="E270" t="s">
-        <v>423</v>
+        <v>453</v>
       </c>
       <c r="F270" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="G270">
         <v>2021</v>
       </c>
       <c r="H270" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I270">
         <v>50337</v>
       </c>
       <c r="J270">
         <v>0</v>
       </c>
       <c r="K270">
         <v>50337</v>
       </c>
       <c r="L270">
         <v>0</v>
       </c>
       <c r="M270" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="B271" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="C271" t="s">
         <v>14</v>
       </c>
       <c r="D271" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="E271" t="s">
-        <v>423</v>
+        <v>453</v>
       </c>
       <c r="F271" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="G271">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H271" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I271">
-        <v>28868</v>
+        <v>4934</v>
       </c>
       <c r="J271">
         <v>0</v>
       </c>
       <c r="K271">
-        <v>28868</v>
+        <v>4934</v>
       </c>
       <c r="L271">
         <v>0</v>
       </c>
       <c r="M271" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B272" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="C272" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D272" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="E272" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F272" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G272">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H272" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I272">
-        <v>60795</v>
+        <v>4934</v>
       </c>
       <c r="J272">
         <v>0</v>
       </c>
       <c r="K272">
-        <v>60795</v>
+        <v>4934</v>
       </c>
       <c r="L272">
         <v>0</v>
       </c>
       <c r="M272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B273" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C273" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D273" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="E273" t="s">
-        <v>37</v>
+        <v>433</v>
       </c>
       <c r="F273" t="s">
-        <v>58</v>
+        <v>453</v>
       </c>
       <c r="G273">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H273" t="s">
-        <v>131</v>
+        <v>361</v>
       </c>
       <c r="I273">
-        <v>5549</v>
+        <v>50337</v>
       </c>
       <c r="J273">
         <v>0</v>
       </c>
       <c r="K273">
-        <v>0</v>
+        <v>50337</v>
       </c>
       <c r="L273">
-        <v>5549</v>
+        <v>0</v>
       </c>
       <c r="M273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B274" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="C274" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D274" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="E274" t="s">
-        <v>37</v>
+        <v>433</v>
       </c>
       <c r="F274" t="s">
-        <v>38</v>
+        <v>453</v>
       </c>
       <c r="G274">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H274" t="s">
-        <v>44</v>
+        <v>361</v>
       </c>
       <c r="I274">
-        <v>237570</v>
+        <v>28868</v>
       </c>
       <c r="J274">
-        <v>237570</v>
+        <v>0</v>
       </c>
       <c r="K274">
-        <v>0</v>
+        <v>28868</v>
       </c>
       <c r="L274">
         <v>0</v>
       </c>
       <c r="M274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B275" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="C275" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D275" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E275" t="s">
-        <v>37</v>
+        <v>433</v>
       </c>
       <c r="F275" t="s">
-        <v>38</v>
+        <v>453</v>
       </c>
       <c r="G275">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H275" t="s">
-        <v>44</v>
+        <v>361</v>
       </c>
       <c r="I275">
-        <v>143120</v>
+        <v>60795</v>
       </c>
       <c r="J275">
-        <v>143120</v>
+        <v>0</v>
       </c>
       <c r="K275">
-        <v>0</v>
+        <v>60795</v>
       </c>
       <c r="L275">
         <v>0</v>
       </c>
       <c r="M275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B276" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C276" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D276" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="E276" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F276" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G276">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H276" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I276">
-        <v>50000</v>
+        <v>5549</v>
       </c>
       <c r="J276">
         <v>0</v>
       </c>
       <c r="K276">
         <v>0</v>
       </c>
       <c r="L276">
-        <v>50000</v>
+        <v>5549</v>
       </c>
       <c r="M276" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B277" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C277" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D277" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="E277" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F277" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G277">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H277" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I277">
-        <v>15000</v>
+        <v>237570</v>
       </c>
       <c r="J277">
-        <v>0</v>
+        <v>237570</v>
       </c>
       <c r="K277">
         <v>0</v>
       </c>
       <c r="L277">
-        <v>15000</v>
+        <v>0</v>
       </c>
       <c r="M277" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="B278" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C278" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D278" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="E278" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F278" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G278">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H278" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I278">
-        <v>5000</v>
+        <v>143120</v>
       </c>
       <c r="J278">
-        <v>0</v>
+        <v>143120</v>
       </c>
       <c r="K278">
         <v>0</v>
       </c>
       <c r="L278">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M278" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B279" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C279" t="s">
         <v>14</v>
       </c>
       <c r="D279" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="E279" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="F279" t="s">
-        <v>458</v>
+        <v>38</v>
       </c>
       <c r="G279">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H279" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="I279">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="J279">
         <v>0</v>
       </c>
       <c r="K279">
         <v>0</v>
       </c>
       <c r="L279">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="M279" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B280" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="C280" t="s">
         <v>14</v>
       </c>
       <c r="D280" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="E280" t="s">
-        <v>303</v>
+        <v>23</v>
       </c>
       <c r="F280" t="s">
-        <v>458</v>
+        <v>23</v>
       </c>
       <c r="G280">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H280" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="I280">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="J280">
         <v>0</v>
       </c>
       <c r="K280">
         <v>0</v>
       </c>
       <c r="L280">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="M280" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B281" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C281" t="s">
         <v>14</v>
       </c>
       <c r="D281" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="E281" t="s">
-        <v>303</v>
+        <v>23</v>
       </c>
       <c r="F281" t="s">
-        <v>458</v>
+        <v>23</v>
       </c>
       <c r="G281">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H281" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="I281">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="J281">
         <v>0</v>
       </c>
       <c r="K281">
         <v>0</v>
       </c>
       <c r="L281">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="M281" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B282" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C282" t="s">
         <v>14</v>
       </c>
       <c r="D282" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="E282" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F282" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G282">
         <v>2016</v>
       </c>
       <c r="H282" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I282">
         <v>10</v>
       </c>
       <c r="J282">
         <v>0</v>
       </c>
       <c r="K282">
         <v>0</v>
       </c>
       <c r="L282">
         <v>10</v>
       </c>
       <c r="M282" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B283" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C283" t="s">
         <v>14</v>
       </c>
       <c r="D283" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="E283" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F283" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G283">
         <v>2016</v>
       </c>
       <c r="H283" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I283">
         <v>10</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
       <c r="K283">
         <v>0</v>
       </c>
       <c r="L283">
         <v>10</v>
       </c>
       <c r="M283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B284" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C284" t="s">
         <v>14</v>
       </c>
       <c r="D284" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="E284" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F284" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G284">
         <v>2016</v>
       </c>
       <c r="H284" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I284">
         <v>10</v>
       </c>
       <c r="J284">
         <v>0</v>
       </c>
       <c r="K284">
         <v>0</v>
       </c>
       <c r="L284">
         <v>10</v>
       </c>
       <c r="M284" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B285" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C285" t="s">
         <v>14</v>
       </c>
       <c r="D285" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="E285" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F285" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G285">
         <v>2016</v>
       </c>
       <c r="H285" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I285">
         <v>10</v>
       </c>
       <c r="J285">
         <v>0</v>
       </c>
       <c r="K285">
         <v>0</v>
       </c>
       <c r="L285">
         <v>10</v>
       </c>
       <c r="M285" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B286" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C286" t="s">
         <v>14</v>
       </c>
       <c r="D286" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="E286" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F286" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G286">
         <v>2016</v>
       </c>
       <c r="H286" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I286">
         <v>10</v>
       </c>
       <c r="J286">
         <v>0</v>
       </c>
       <c r="K286">
         <v>0</v>
       </c>
       <c r="L286">
         <v>10</v>
       </c>
       <c r="M286" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B287" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C287" t="s">
         <v>14</v>
       </c>
       <c r="D287" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="E287" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="F287" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="G287">
         <v>2016</v>
       </c>
       <c r="H287" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I287">
         <v>10</v>
       </c>
       <c r="J287">
         <v>0</v>
       </c>
       <c r="K287">
         <v>0</v>
       </c>
       <c r="L287">
         <v>10</v>
       </c>
       <c r="M287" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B288" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C288" t="s">
         <v>14</v>
       </c>
       <c r="D288" t="s">
+        <v>474</v>
+      </c>
+      <c r="E288" t="s">
+        <v>318</v>
+      </c>
+      <c r="F288" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>458</v>
       </c>
       <c r="G288">
         <v>2016</v>
       </c>
       <c r="H288" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="I288">
         <v>10</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
       <c r="K288">
         <v>0</v>
       </c>
       <c r="L288">
         <v>10</v>
       </c>
       <c r="M288" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B289" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C289" t="s">
         <v>14</v>
       </c>
       <c r="D289" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="E289" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="F289" t="s">
-        <v>23</v>
+        <v>468</v>
       </c>
       <c r="G289">
         <v>2016</v>
       </c>
       <c r="H289" t="s">
-        <v>54</v>
+        <v>319</v>
       </c>
       <c r="I289">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="M289" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B290" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="C290" t="s">
         <v>14</v>
       </c>
       <c r="D290" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="E290" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="F290" t="s">
-        <v>23</v>
+        <v>468</v>
       </c>
       <c r="G290">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H290" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="I290">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="J290">
         <v>0</v>
       </c>
       <c r="K290">
         <v>0</v>
       </c>
       <c r="L290">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="M290" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B291" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C291" t="s">
         <v>14</v>
       </c>
       <c r="D291" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="E291" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="F291" t="s">
-        <v>23</v>
+        <v>468</v>
       </c>
       <c r="G291">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H291" t="s">
-        <v>52</v>
+        <v>319</v>
       </c>
       <c r="I291">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="J291">
         <v>0</v>
       </c>
       <c r="K291">
         <v>0</v>
       </c>
       <c r="L291">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="M291" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B292" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C292" t="s">
         <v>14</v>
       </c>
       <c r="D292" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="E292" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F292" t="s">
         <v>23</v>
       </c>
       <c r="G292">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H292" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I292">
-        <v>1000</v>
+        <v>54</v>
       </c>
       <c r="J292">
         <v>0</v>
       </c>
       <c r="K292">
         <v>0</v>
       </c>
       <c r="L292">
-        <v>1000</v>
+        <v>54</v>
       </c>
       <c r="M292" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B293" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C293" t="s">
         <v>14</v>
       </c>
       <c r="D293" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="E293" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F293" t="s">
         <v>23</v>
       </c>
       <c r="G293">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H293" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I293">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="J293">
         <v>0</v>
       </c>
       <c r="K293">
         <v>0</v>
       </c>
       <c r="L293">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="M293" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B294" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="C294" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D294" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="E294" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F294" t="s">
         <v>23</v>
       </c>
       <c r="G294">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H294" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I294">
-        <v>8615</v>
+        <v>1000</v>
       </c>
       <c r="J294">
         <v>0</v>
       </c>
       <c r="K294">
         <v>0</v>
       </c>
       <c r="L294">
-        <v>8615</v>
+        <v>1000</v>
       </c>
       <c r="M294" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B295" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="C295" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D295" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="E295" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F295" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G295">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H295" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="I295">
         <v>1000</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
       <c r="K295">
         <v>0</v>
       </c>
       <c r="L295">
         <v>1000</v>
       </c>
       <c r="M295" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B296" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C296" t="s">
         <v>14</v>
       </c>
       <c r="D296" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E296" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F296" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G296">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H296" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="I296">
-        <v>1690</v>
+        <v>3000</v>
       </c>
       <c r="J296">
         <v>0</v>
       </c>
       <c r="K296">
         <v>0</v>
       </c>
       <c r="L296">
-        <v>1690</v>
+        <v>3000</v>
       </c>
       <c r="M296" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B297" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C297" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D297" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E297" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F297" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G297">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H297" t="s">
-        <v>206</v>
+        <v>73</v>
       </c>
       <c r="I297">
-        <v>45648</v>
+        <v>8615</v>
       </c>
       <c r="J297">
         <v>0</v>
       </c>
       <c r="K297">
         <v>0</v>
       </c>
       <c r="L297">
-        <v>45648</v>
+        <v>8615</v>
       </c>
       <c r="M297" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B298" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="C298" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D298" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="E298" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F298" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="G298">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="H298" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I298">
-        <v>4352</v>
+        <v>1000</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
       <c r="K298">
         <v>0</v>
       </c>
       <c r="L298">
-        <v>4352</v>
+        <v>1000</v>
       </c>
       <c r="M298" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="B299" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C299" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D299" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="E299" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F299" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G299">
         <v>2021</v>
       </c>
       <c r="H299" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="I299">
-        <v>14408</v>
+        <v>1690</v>
       </c>
       <c r="J299">
-        <v>14408</v>
+        <v>0</v>
       </c>
       <c r="K299">
         <v>0</v>
       </c>
       <c r="L299">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="M299" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B300" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C300" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D300" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="E300" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F300" t="s">
         <v>38</v>
       </c>
       <c r="G300">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H300" t="s">
-        <v>39</v>
+        <v>221</v>
       </c>
       <c r="I300">
-        <v>15218</v>
+        <v>45648</v>
       </c>
       <c r="J300">
-        <v>15218</v>
+        <v>0</v>
       </c>
       <c r="K300">
         <v>0</v>
       </c>
       <c r="L300">
-        <v>0</v>
+        <v>45648</v>
       </c>
       <c r="M300" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B301" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C301" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D301" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="E301" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F301" t="s">
         <v>38</v>
       </c>
       <c r="G301">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H301" t="s">
-        <v>39</v>
+        <v>221</v>
       </c>
       <c r="I301">
-        <v>6592</v>
+        <v>4352</v>
       </c>
       <c r="J301">
-        <v>6592</v>
+        <v>0</v>
       </c>
       <c r="K301">
         <v>0</v>
       </c>
       <c r="L301">
-        <v>0</v>
+        <v>4352</v>
       </c>
       <c r="M301" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B302" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C302" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D302" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="E302" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F302" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G302">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H302" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="I302">
-        <v>3975</v>
+        <v>14408</v>
       </c>
       <c r="J302">
-        <v>3975</v>
+        <v>14408</v>
       </c>
       <c r="K302">
         <v>0</v>
       </c>
       <c r="L302">
         <v>0</v>
       </c>
       <c r="M302" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B303" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C303" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D303" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="E303" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F303" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G303">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H303" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="I303">
-        <v>12327</v>
+        <v>15218</v>
       </c>
       <c r="J303">
-        <v>12327</v>
+        <v>15218</v>
       </c>
       <c r="K303">
         <v>0</v>
       </c>
       <c r="L303">
         <v>0</v>
       </c>
       <c r="M303" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="B304" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C304" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D304" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E304" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F304" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="G304">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H304" t="s">
-        <v>131</v>
+        <v>62</v>
       </c>
       <c r="I304">
-        <v>945</v>
+        <v>6592</v>
       </c>
       <c r="J304">
-        <v>0</v>
+        <v>6592</v>
       </c>
       <c r="K304">
         <v>0</v>
       </c>
       <c r="L304">
-        <v>945</v>
+        <v>0</v>
       </c>
       <c r="M304" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B305" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C305" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D305" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="E305" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="F305" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G305">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H305" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="I305">
-        <v>1000</v>
+        <v>3975</v>
       </c>
       <c r="J305">
-        <v>0</v>
+        <v>3975</v>
       </c>
       <c r="K305">
         <v>0</v>
       </c>
       <c r="L305">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M305" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B306" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C306" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D306" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="E306" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="F306" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="G306">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="H306" t="s">
-        <v>245</v>
+        <v>126</v>
       </c>
       <c r="I306">
-        <v>410</v>
+        <v>12327</v>
       </c>
       <c r="J306">
-        <v>0</v>
+        <v>12327</v>
       </c>
       <c r="K306">
         <v>0</v>
       </c>
       <c r="L306">
-        <v>410</v>
+        <v>0</v>
       </c>
       <c r="M306" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B307" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C307" t="s">
         <v>14</v>
       </c>
       <c r="D307" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="E307" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F307" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G307">
         <v>2021</v>
       </c>
       <c r="H307" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I307">
-        <v>1210</v>
+        <v>945</v>
       </c>
       <c r="J307">
         <v>0</v>
       </c>
       <c r="K307">
         <v>0</v>
       </c>
       <c r="L307">
-        <v>1210</v>
+        <v>945</v>
       </c>
       <c r="M307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B308" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="C308" t="s">
         <v>14</v>
       </c>
       <c r="D308" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="E308" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F308" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G308">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H308" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="I308">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="J308">
         <v>0</v>
       </c>
       <c r="K308">
         <v>0</v>
       </c>
       <c r="L308">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="M308" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B309" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C309" t="s">
         <v>14</v>
       </c>
       <c r="D309" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="E309" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F309" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G309">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H309" t="s">
-        <v>131</v>
+        <v>260</v>
       </c>
       <c r="I309">
-        <v>1800</v>
+        <v>410</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
       <c r="K309">
         <v>0</v>
       </c>
       <c r="L309">
-        <v>1800</v>
+        <v>410</v>
       </c>
       <c r="M309" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B310" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C310" t="s">
         <v>14</v>
       </c>
       <c r="D310" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="E310" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F310" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G310">
         <v>2021</v>
       </c>
       <c r="H310" t="s">
-        <v>75</v>
+        <v>146</v>
       </c>
       <c r="I310">
-        <v>1000</v>
+        <v>1210</v>
       </c>
       <c r="J310">
-        <v>985</v>
+        <v>0</v>
       </c>
       <c r="K310">
         <v>0</v>
       </c>
       <c r="L310">
-        <v>15</v>
+        <v>1210</v>
       </c>
       <c r="M310" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B311" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C311" t="s">
         <v>14</v>
       </c>
       <c r="D311" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="E311" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F311" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="G311">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="H311" t="s">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="I311">
-        <v>362</v>
+        <v>100</v>
       </c>
       <c r="J311">
         <v>0</v>
       </c>
       <c r="K311">
         <v>0</v>
       </c>
       <c r="L311">
-        <v>362</v>
+        <v>100</v>
       </c>
       <c r="M311" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B312" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C312" t="s">
         <v>14</v>
       </c>
       <c r="D312" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="E312" t="s">
-        <v>509</v>
+        <v>85</v>
       </c>
       <c r="F312" t="s">
-        <v>204</v>
+        <v>244</v>
       </c>
       <c r="G312">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H312" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I312">
-        <v>128769</v>
+        <v>1800</v>
       </c>
       <c r="J312">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="K312">
-        <v>96498</v>
+        <v>0</v>
       </c>
       <c r="L312">
-        <v>32126</v>
+        <v>1800</v>
       </c>
       <c r="M312" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B313" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="C313" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D313" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="E313" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F313" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G313">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H313" t="s">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="I313">
-        <v>199</v>
+        <v>1000</v>
       </c>
       <c r="J313">
-        <v>0</v>
+        <v>985</v>
       </c>
       <c r="K313">
         <v>0</v>
       </c>
       <c r="L313">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="M313" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B314" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C314" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D314" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="E314" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F314" t="s">
-        <v>23</v>
+        <v>220</v>
       </c>
       <c r="G314">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="H314" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="I314">
-        <v>1000</v>
+        <v>362</v>
       </c>
       <c r="J314">
         <v>0</v>
       </c>
       <c r="K314">
         <v>0</v>
       </c>
       <c r="L314">
-        <v>1000</v>
+        <v>362</v>
       </c>
       <c r="M314" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B315" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C315" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D315" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="E315" t="s">
-        <v>22</v>
+        <v>519</v>
       </c>
       <c r="F315" t="s">
-        <v>23</v>
+        <v>219</v>
       </c>
       <c r="G315">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H315" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="I315">
-        <v>1597</v>
+        <v>128769</v>
       </c>
       <c r="J315">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="K315">
-        <v>0</v>
+        <v>96498</v>
       </c>
       <c r="L315">
-        <v>1597</v>
+        <v>32237</v>
       </c>
       <c r="M315" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B316" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C316" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D316" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="E316" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F316" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G316">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H316" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I316">
-        <v>1000</v>
+        <v>199</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
       <c r="K316">
         <v>0</v>
       </c>
       <c r="L316">
-        <v>1000</v>
+        <v>199</v>
       </c>
       <c r="M316" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B317" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C317" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D317" t="s">
-        <v>196</v>
+        <v>523</v>
       </c>
       <c r="E317" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="F317" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G317">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="H317" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="I317">
-        <v>25829</v>
+        <v>1000</v>
       </c>
       <c r="J317">
         <v>0</v>
       </c>
       <c r="K317">
-        <v>25829</v>
+        <v>0</v>
       </c>
       <c r="L317">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M317" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B318" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C318" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D318" t="s">
-        <v>267</v>
+        <v>524</v>
       </c>
       <c r="E318" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="F318" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G318">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H318" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="I318">
-        <v>14171</v>
+        <v>1597</v>
       </c>
       <c r="J318">
         <v>0</v>
       </c>
       <c r="K318">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L318">
-        <v>0</v>
+        <v>1597</v>
       </c>
       <c r="M318" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B319" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="C319" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D319" t="s">
-        <v>267</v>
+        <v>526</v>
       </c>
       <c r="E319" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="F319" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="G319">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H319" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="I319">
-        <v>14171</v>
+        <v>1000</v>
       </c>
       <c r="J319">
         <v>0</v>
       </c>
       <c r="K319">
-        <v>14171</v>
+        <v>0</v>
       </c>
       <c r="L319">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M319" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B320" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="C320" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D320" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="E320" t="s">
-        <v>136</v>
+        <v>210</v>
       </c>
       <c r="F320" t="s">
-        <v>195</v>
+        <v>85</v>
       </c>
       <c r="G320">
         <v>2019</v>
       </c>
       <c r="H320" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I320">
         <v>25829</v>
       </c>
       <c r="J320">
         <v>0</v>
       </c>
       <c r="K320">
         <v>25829</v>
       </c>
       <c r="L320">
         <v>0</v>
       </c>
       <c r="M320" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B321" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="C321" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D321" t="s">
-        <v>519</v>
+        <v>282</v>
       </c>
       <c r="E321" t="s">
-        <v>22</v>
+        <v>210</v>
       </c>
       <c r="F321" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G321">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H321" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="I321">
-        <v>14000</v>
+        <v>14171</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L321">
-        <v>14000</v>
+        <v>0</v>
       </c>
       <c r="M321" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322">
+        <v>533</v>
+      </c>
+      <c r="B322" t="s">
         <v>528</v>
       </c>
-      <c r="B322" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D322" t="s">
-        <v>521</v>
+        <v>282</v>
       </c>
       <c r="E322" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F322" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="G322">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H322" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I322">
-        <v>16624</v>
+        <v>14171</v>
       </c>
       <c r="J322">
-        <v>16624</v>
+        <v>0</v>
       </c>
       <c r="K322">
-        <v>0</v>
+        <v>14171</v>
       </c>
       <c r="L322">
         <v>0</v>
       </c>
       <c r="M322" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B323" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="C323" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D323" t="s">
-        <v>522</v>
+        <v>211</v>
       </c>
       <c r="E323" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F323" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="G323">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H323" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I323">
-        <v>21153</v>
+        <v>25829</v>
       </c>
       <c r="J323">
-        <v>21153</v>
+        <v>0</v>
       </c>
       <c r="K323">
-        <v>0</v>
+        <v>25829</v>
       </c>
       <c r="L323">
         <v>0</v>
       </c>
       <c r="M323" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B324" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="C324" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D324" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="E324" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="F324" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G324">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H324" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="I324">
-        <v>3084</v>
+        <v>14000</v>
       </c>
       <c r="J324">
-        <v>3084</v>
+        <v>0</v>
       </c>
       <c r="K324">
         <v>0</v>
       </c>
       <c r="L324">
-        <v>0</v>
+        <v>14000</v>
       </c>
       <c r="M324" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B325" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="C325" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D325" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="E325" t="s">
-        <v>204</v>
+        <v>151</v>
       </c>
       <c r="F325" t="s">
-        <v>526</v>
+        <v>45</v>
       </c>
       <c r="G325">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H325" t="s">
-        <v>527</v>
+        <v>152</v>
       </c>
       <c r="I325">
-        <v>5000</v>
+        <v>16624</v>
       </c>
       <c r="J325">
-        <v>5000</v>
+        <v>16624</v>
       </c>
       <c r="K325">
         <v>0</v>
       </c>
       <c r="L325">
         <v>0</v>
       </c>
       <c r="M325" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B326" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="C326" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D326" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="E326" t="s">
-        <v>204</v>
+        <v>151</v>
       </c>
       <c r="F326" t="s">
-        <v>526</v>
+        <v>45</v>
       </c>
       <c r="G326">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H326" t="s">
-        <v>529</v>
+        <v>152</v>
       </c>
       <c r="I326">
-        <v>10000</v>
+        <v>21153</v>
       </c>
       <c r="J326">
-        <v>10000</v>
+        <v>21153</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326">
         <v>0</v>
       </c>
       <c r="M326" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="B327" t="s">
         <v>530</v>
       </c>
       <c r="C327" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D327" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E327" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="F327" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G327">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="H327" t="s">
-        <v>54</v>
+        <v>152</v>
       </c>
       <c r="I327">
-        <v>4000</v>
+        <v>3084</v>
       </c>
       <c r="J327">
-        <v>0</v>
+        <v>3084</v>
       </c>
       <c r="K327">
         <v>0</v>
       </c>
       <c r="L327">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="M327" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B328" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C328" t="s">
         <v>14</v>
       </c>
       <c r="D328" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E328" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F328" t="s">
-        <v>205</v>
+        <v>536</v>
       </c>
       <c r="G328">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="H328" t="s">
-        <v>206</v>
+        <v>537</v>
       </c>
       <c r="I328">
-        <v>62</v>
+        <v>5000</v>
       </c>
       <c r="J328">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="K328">
         <v>0</v>
       </c>
       <c r="L328">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="M328" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B329" t="s">
         <v>534</v>
       </c>
       <c r="C329" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D329" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="E329" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F329" t="s">
-        <v>229</v>
+        <v>536</v>
       </c>
       <c r="G329">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H329" t="s">
-        <v>351</v>
+        <v>539</v>
       </c>
       <c r="I329">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="J329">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="K329">
         <v>0</v>
       </c>
       <c r="L329">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M329" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B330" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C330" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D330" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="E330" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F330" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G330">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H330" t="s">
-        <v>206</v>
+        <v>73</v>
       </c>
       <c r="I330">
-        <v>40351</v>
+        <v>4000</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330">
-        <v>40351</v>
+        <v>4000</v>
       </c>
       <c r="M330" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B331" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C331" t="s">
         <v>14</v>
       </c>
       <c r="D331" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="E331" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F331" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="G331">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H331" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I331">
-        <v>9649</v>
+        <v>62</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
       <c r="K331">
         <v>0</v>
       </c>
       <c r="L331">
-        <v>9649</v>
+        <v>62</v>
       </c>
       <c r="M331" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B332" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C332" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D332" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E332" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F332" t="s">
-        <v>43</v>
+        <v>244</v>
       </c>
       <c r="G332">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H332" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I332">
-        <v>253</v>
+        <v>100</v>
       </c>
       <c r="J332">
         <v>0</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332">
-        <v>253</v>
+        <v>100</v>
       </c>
       <c r="M332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B333" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C333" t="s">
         <v>14</v>
       </c>
       <c r="D333" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="E333" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F333" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G333">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H333" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="I333">
-        <v>200</v>
+        <v>40351</v>
       </c>
       <c r="J333">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333">
-        <v>0</v>
+        <v>40351</v>
       </c>
       <c r="M333" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B334" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C334" t="s">
         <v>14</v>
       </c>
       <c r="D334" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="E334" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F334" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G334">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H334" t="s">
-        <v>52</v>
+        <v>221</v>
       </c>
       <c r="I334">
-        <v>1000</v>
+        <v>9649</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
       <c r="K334">
         <v>0</v>
       </c>
       <c r="L334">
-        <v>1000</v>
+        <v>9649</v>
       </c>
       <c r="M334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B335" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C335" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D335" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="E335" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F335" t="s">
-        <v>17</v>
+        <v>65</v>
+      </c>
+      <c r="G335">
+        <v>2014</v>
       </c>
       <c r="H335" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="I335">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
       <c r="K335">
         <v>0</v>
       </c>
       <c r="L335">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="M335" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B336" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C336" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D336" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="E336" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F336" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G336">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H336" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I336">
-        <v>6031</v>
+        <v>200</v>
       </c>
       <c r="J336">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="K336">
         <v>0</v>
       </c>
       <c r="L336">
-        <v>6031</v>
+        <v>0</v>
       </c>
       <c r="M336" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B337" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="C337" t="s">
         <v>14</v>
       </c>
       <c r="D337" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="E337" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="F337" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G337">
         <v>2019</v>
       </c>
       <c r="H337" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I337">
-        <v>427</v>
+        <v>1000</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337">
         <v>0</v>
       </c>
       <c r="L337">
-        <v>427</v>
+        <v>1000</v>
       </c>
       <c r="M337" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B338" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="C338" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D338" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="E338" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F338" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I338">
-        <v>2938</v>
+        <v>50</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
       <c r="K338">
         <v>0</v>
       </c>
       <c r="L338">
-        <v>2938</v>
+        <v>50</v>
       </c>
       <c r="M338" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B339" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C339" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D339" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E339" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F339" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G339">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H339" t="s">
-        <v>137</v>
+        <v>304</v>
       </c>
       <c r="I339">
-        <v>244</v>
+        <v>6031</v>
       </c>
       <c r="J339">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="K339">
         <v>0</v>
       </c>
       <c r="L339">
-        <v>62</v>
+        <v>6031</v>
       </c>
       <c r="M339" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B340" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C340" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D340" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="E340" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F340" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G340">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H340" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="I340">
-        <v>540</v>
+        <v>427</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340">
-        <v>540</v>
+        <v>427</v>
       </c>
       <c r="M340" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B341" t="s">
         <v>552</v>
       </c>
       <c r="C341" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D341" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="E341" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="F341" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="G341">
         <v>2019</v>
       </c>
       <c r="H341" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="I341">
-        <v>1000</v>
+        <v>2938</v>
       </c>
       <c r="J341">
-        <v>464</v>
+        <v>0</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341">
-        <v>536</v>
+        <v>2938</v>
       </c>
       <c r="M341" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B342" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="C342" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D342" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="E342" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F342" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="G342">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H342" t="s">
-        <v>54</v>
+        <v>152</v>
       </c>
       <c r="I342">
-        <v>1000</v>
+        <v>244</v>
       </c>
       <c r="J342">
-        <v>0</v>
+        <v>182</v>
       </c>
       <c r="K342">
         <v>0</v>
       </c>
       <c r="L342">
-        <v>1000</v>
+        <v>62</v>
       </c>
       <c r="M342" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="B343" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="C343" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D343" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="E343" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F343" t="s">
-        <v>229</v>
+        <v>77</v>
       </c>
       <c r="G343">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="H343" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="I343">
-        <v>357</v>
+        <v>540</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343">
-        <v>357</v>
+        <v>540</v>
       </c>
       <c r="M343" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B344" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C344" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D344" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="E344" t="s">
-        <v>558</v>
+        <v>23</v>
       </c>
       <c r="F344" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G344">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H344" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="I344">
-        <v>49862</v>
+        <v>1000</v>
       </c>
       <c r="J344">
-        <v>49862</v>
+        <v>464</v>
       </c>
       <c r="K344">
         <v>0</v>
       </c>
       <c r="L344">
-        <v>0</v>
+        <v>536</v>
       </c>
       <c r="M344" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B345" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C345" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D345" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E345" t="s">
-        <v>558</v>
+        <v>23</v>
       </c>
       <c r="F345" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G345">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H345" t="s">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="I345">
-        <v>72688</v>
+        <v>1000</v>
       </c>
       <c r="J345">
-        <v>72688</v>
+        <v>0</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M345" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B346" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C346" t="s">
         <v>14</v>
       </c>
       <c r="D346" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="E346" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F346" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="G346">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="H346" t="s">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="I346">
-        <v>30</v>
+        <v>357</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
       <c r="K346">
         <v>0</v>
       </c>
       <c r="L346">
-        <v>30</v>
+        <v>357</v>
       </c>
       <c r="M346" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B347" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C347" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D347" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="E347" t="s">
-        <v>564</v>
+        <v>44</v>
       </c>
       <c r="F347" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G347">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H347" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="I347">
-        <v>25241</v>
+        <v>49862</v>
       </c>
       <c r="J347">
-        <v>0</v>
+        <v>49862</v>
       </c>
       <c r="K347">
         <v>0</v>
       </c>
       <c r="L347">
-        <v>25241</v>
+        <v>0</v>
       </c>
       <c r="M347" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B348" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C348" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D348" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="E348" t="s">
-        <v>564</v>
+        <v>44</v>
       </c>
       <c r="F348" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G348">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H348" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="I348">
-        <v>10000</v>
+        <v>72688</v>
       </c>
       <c r="J348">
-        <v>0</v>
+        <v>72688</v>
       </c>
       <c r="K348">
         <v>0</v>
       </c>
       <c r="L348">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="M348" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B349" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="C349" t="s">
         <v>14</v>
       </c>
       <c r="D349" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="E349" t="s">
-        <v>328</v>
+        <v>219</v>
       </c>
       <c r="F349" t="s">
-        <v>564</v>
+        <v>220</v>
       </c>
       <c r="G349">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H349" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="I349">
-        <v>25241</v>
+        <v>30</v>
       </c>
       <c r="J349">
         <v>0</v>
       </c>
       <c r="K349">
-        <v>25241</v>
+        <v>0</v>
       </c>
       <c r="L349">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="M349" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B350" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C350" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D350" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="E350" t="s">
-        <v>17</v>
+        <v>573</v>
       </c>
       <c r="F350" t="s">
-        <v>564</v>
+        <v>61</v>
       </c>
       <c r="G350">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H350" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I350">
-        <v>10000</v>
+        <v>25241</v>
       </c>
       <c r="J350">
         <v>0</v>
       </c>
       <c r="K350">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L350">
-        <v>0</v>
+        <v>25241</v>
       </c>
       <c r="M350" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B351" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C351" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D351" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="E351" t="s">
-        <v>288</v>
+        <v>573</v>
       </c>
       <c r="F351" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="G351">
         <v>2019</v>
       </c>
       <c r="H351" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I351">
         <v>10000</v>
       </c>
       <c r="J351">
         <v>0</v>
       </c>
       <c r="K351">
+        <v>0</v>
+      </c>
+      <c r="L351">
         <v>10000</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M351" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B352" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C352" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D352" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="E352" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="F352" t="s">
-        <v>288</v>
+        <v>573</v>
       </c>
       <c r="G352">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H352" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I352">
-        <v>12938</v>
+        <v>25241</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
       <c r="K352">
-        <v>12938</v>
+        <v>25241</v>
       </c>
       <c r="L352">
         <v>0</v>
       </c>
       <c r="M352" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B353" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C353" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D353" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="E353" t="s">
-        <v>328</v>
+        <v>16</v>
       </c>
       <c r="F353" t="s">
-        <v>17</v>
+        <v>573</v>
       </c>
       <c r="G353">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H353" t="s">
-        <v>570</v>
+        <v>146</v>
       </c>
       <c r="I353">
-        <v>34713</v>
+        <v>10000</v>
       </c>
       <c r="J353">
-        <v>11096</v>
+        <v>0</v>
       </c>
       <c r="K353">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L353">
-        <v>23617</v>
+        <v>0</v>
       </c>
       <c r="M353" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B354" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="C354" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D354" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E354" t="s">
-        <v>328</v>
+        <v>303</v>
       </c>
       <c r="F354" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G354">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H354" t="s">
-        <v>570</v>
+        <v>146</v>
       </c>
       <c r="I354">
-        <v>1687</v>
+        <v>10000</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
       <c r="K354">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L354">
-        <v>1687</v>
+        <v>0</v>
       </c>
       <c r="M354" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B355" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C355" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D355" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="E355" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F355" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="G355">
         <v>2019</v>
       </c>
       <c r="H355" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I355">
-        <v>1000</v>
+        <v>12938</v>
       </c>
       <c r="J355">
         <v>0</v>
       </c>
       <c r="K355">
-        <v>0</v>
+        <v>12938</v>
       </c>
       <c r="L355">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M355" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B356" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C356" t="s">
         <v>14</v>
       </c>
       <c r="D356" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="E356" t="s">
-        <v>204</v>
+        <v>17</v>
       </c>
       <c r="F356" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="G356">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="H356" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="I356">
-        <v>1812</v>
+        <v>34713</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
       <c r="K356">
-        <v>0</v>
+        <v>11096</v>
       </c>
       <c r="L356">
-        <v>1812</v>
+        <v>23617</v>
       </c>
       <c r="M356" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B357" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C357" t="s">
         <v>14</v>
       </c>
       <c r="D357" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E357" t="s">
-        <v>443</v>
+        <v>17</v>
       </c>
       <c r="F357" t="s">
-        <v>578</v>
+        <v>16</v>
       </c>
       <c r="G357">
         <v>2020</v>
       </c>
       <c r="H357" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="I357">
-        <v>7541</v>
+        <v>1687</v>
       </c>
       <c r="J357">
         <v>0</v>
       </c>
       <c r="K357">
         <v>0</v>
       </c>
       <c r="L357">
-        <v>7541</v>
+        <v>1687</v>
       </c>
       <c r="M357" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B358" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C358" t="s">
         <v>14</v>
       </c>
       <c r="D358" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E358" t="s">
-        <v>443</v>
+        <v>23</v>
       </c>
       <c r="F358" t="s">
-        <v>578</v>
+        <v>23</v>
       </c>
       <c r="G358">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H358" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I358">
-        <v>23381</v>
+        <v>1000</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
       <c r="K358">
         <v>0</v>
       </c>
       <c r="L358">
-        <v>23381</v>
+        <v>1000</v>
       </c>
       <c r="M358" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B359" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C359" t="s">
         <v>14</v>
       </c>
       <c r="D359" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="E359" t="s">
-        <v>443</v>
+        <v>219</v>
       </c>
       <c r="F359" t="s">
-        <v>578</v>
+        <v>220</v>
       </c>
       <c r="G359">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="H359" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I359">
-        <v>2110</v>
+        <v>1812</v>
       </c>
       <c r="J359">
         <v>0</v>
       </c>
       <c r="K359">
         <v>0</v>
       </c>
       <c r="L359">
-        <v>2110</v>
+        <v>1812</v>
       </c>
       <c r="M359" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B360" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C360" t="s">
         <v>14</v>
       </c>
       <c r="D360" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="E360" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F360" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G360">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H360" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I360">
-        <v>31520</v>
+        <v>7541</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
       <c r="K360">
         <v>0</v>
       </c>
       <c r="L360">
-        <v>31520</v>
+        <v>7541</v>
       </c>
       <c r="M360" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B361" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C361" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D361" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="E361" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F361" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G361">
         <v>2021</v>
       </c>
       <c r="H361" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I361">
-        <v>6340</v>
+        <v>23381</v>
       </c>
       <c r="J361">
         <v>0</v>
       </c>
       <c r="K361">
         <v>0</v>
       </c>
       <c r="L361">
-        <v>6340</v>
+        <v>23381</v>
       </c>
       <c r="M361" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B362" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C362" t="s">
         <v>14</v>
       </c>
       <c r="D362" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E362" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F362" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G362">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H362" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I362">
-        <v>972</v>
+        <v>2110</v>
       </c>
       <c r="J362">
         <v>0</v>
       </c>
       <c r="K362">
         <v>0</v>
       </c>
       <c r="L362">
-        <v>972</v>
+        <v>2110</v>
       </c>
       <c r="M362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B363" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C363" t="s">
         <v>14</v>
       </c>
       <c r="D363" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E363" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F363" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G363">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H363" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I363">
-        <v>40000</v>
+        <v>31520</v>
       </c>
       <c r="J363">
         <v>0</v>
       </c>
       <c r="K363">
         <v>0</v>
       </c>
       <c r="L363">
-        <v>40000</v>
+        <v>31520</v>
       </c>
       <c r="M363" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B364" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C364" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D364" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="E364" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F364" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G364">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H364" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I364">
-        <v>12155</v>
+        <v>6340</v>
       </c>
       <c r="J364">
         <v>0</v>
       </c>
       <c r="K364">
         <v>0</v>
       </c>
       <c r="L364">
-        <v>12155</v>
+        <v>6340</v>
       </c>
       <c r="M364" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B365" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C365" t="s">
         <v>14</v>
       </c>
       <c r="D365" t="s">
+        <v>591</v>
+      </c>
+      <c r="E365" t="s">
+        <v>453</v>
+      </c>
+      <c r="F365" t="s">
         <v>586</v>
-      </c>
-[...4 lines deleted...]
-        <v>578</v>
       </c>
       <c r="G365">
         <v>2020</v>
       </c>
       <c r="H365" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I365">
-        <v>18127</v>
+        <v>972</v>
       </c>
       <c r="J365">
         <v>0</v>
       </c>
       <c r="K365">
         <v>0</v>
       </c>
       <c r="L365">
-        <v>18127</v>
+        <v>972</v>
       </c>
       <c r="M365" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B366" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C366" t="s">
         <v>14</v>
       </c>
       <c r="D366" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="E366" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F366" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G366">
         <v>2020</v>
       </c>
       <c r="H366" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I366">
-        <v>46286</v>
+        <v>40000</v>
       </c>
       <c r="J366">
         <v>0</v>
       </c>
       <c r="K366">
         <v>0</v>
       </c>
       <c r="L366">
-        <v>46286</v>
+        <v>40000</v>
       </c>
       <c r="M366" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B367" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C367" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D367" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="E367" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F367" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G367">
         <v>2020</v>
       </c>
       <c r="H367" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I367">
-        <v>1321</v>
+        <v>12155</v>
       </c>
       <c r="J367">
         <v>0</v>
       </c>
       <c r="K367">
         <v>0</v>
       </c>
       <c r="L367">
-        <v>1321</v>
+        <v>12155</v>
       </c>
       <c r="M367" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B368" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C368" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D368" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E368" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F368" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G368">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H368" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I368">
-        <v>3247</v>
+        <v>18127</v>
       </c>
       <c r="J368">
         <v>0</v>
       </c>
       <c r="K368">
         <v>0</v>
       </c>
       <c r="L368">
-        <v>3247</v>
+        <v>18127</v>
       </c>
       <c r="M368" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B369" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="C369" t="s">
         <v>14</v>
       </c>
       <c r="D369" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="E369" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F369" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="G369">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H369" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I369">
-        <v>7000</v>
+        <v>46286</v>
       </c>
       <c r="J369">
         <v>0</v>
       </c>
       <c r="K369">
         <v>0</v>
       </c>
       <c r="L369">
-        <v>7000</v>
+        <v>46286</v>
       </c>
       <c r="M369" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B370" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C370" t="s">
         <v>14</v>
       </c>
       <c r="D370" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="E370" t="s">
-        <v>37</v>
+        <v>453</v>
       </c>
       <c r="F370" t="s">
-        <v>288</v>
+        <v>586</v>
       </c>
       <c r="G370">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H370" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I370">
-        <v>36006</v>
+        <v>1321</v>
       </c>
       <c r="J370">
-        <v>4955</v>
+        <v>0</v>
       </c>
       <c r="K370">
         <v>0</v>
       </c>
       <c r="L370">
-        <v>31051</v>
+        <v>1321</v>
       </c>
       <c r="M370" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B371" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C371" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D371" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="E371" t="s">
-        <v>37</v>
+        <v>453</v>
       </c>
       <c r="F371" t="s">
-        <v>288</v>
+        <v>586</v>
       </c>
       <c r="G371">
         <v>2021</v>
       </c>
       <c r="H371" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I371">
-        <v>17518</v>
+        <v>3247</v>
       </c>
       <c r="J371">
         <v>0</v>
       </c>
       <c r="K371">
-        <v>14367</v>
+        <v>0</v>
       </c>
       <c r="L371">
-        <v>3151</v>
+        <v>3247</v>
       </c>
       <c r="M371" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B372" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C372" t="s">
         <v>14</v>
       </c>
       <c r="D372" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E372" t="s">
-        <v>288</v>
+        <v>453</v>
       </c>
       <c r="F372" t="s">
-        <v>443</v>
+        <v>586</v>
       </c>
       <c r="G372">
         <v>2021</v>
       </c>
       <c r="H372" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I372">
         <v>7000</v>
       </c>
       <c r="J372">
         <v>0</v>
       </c>
       <c r="K372">
+        <v>0</v>
+      </c>
+      <c r="L372">
         <v>7000</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M372" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B373" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C373" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D373" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="E373" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F373" t="s">
-        <v>443</v>
+        <v>303</v>
       </c>
       <c r="G373">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H373" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I373">
-        <v>3247</v>
+        <v>36006</v>
       </c>
       <c r="J373">
-        <v>0</v>
+        <v>4955</v>
       </c>
       <c r="K373">
-        <v>3247</v>
+        <v>0</v>
       </c>
       <c r="L373">
-        <v>0</v>
+        <v>31051</v>
       </c>
       <c r="M373" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B374" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C374" t="s">
         <v>14</v>
       </c>
       <c r="D374" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
       <c r="E374" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F374" t="s">
-        <v>443</v>
+        <v>303</v>
       </c>
       <c r="G374">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H374" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I374">
-        <v>1321</v>
+        <v>17518</v>
       </c>
       <c r="J374">
         <v>0</v>
       </c>
       <c r="K374">
-        <v>1321</v>
+        <v>14367</v>
       </c>
       <c r="L374">
-        <v>0</v>
+        <v>3151</v>
       </c>
       <c r="M374" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B375" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C375" t="s">
         <v>14</v>
       </c>
       <c r="D375" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="E375" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F375" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G375">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H375" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I375">
-        <v>46286</v>
+        <v>7000</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
       <c r="K375">
-        <v>46286</v>
+        <v>7000</v>
       </c>
       <c r="L375">
         <v>0</v>
       </c>
       <c r="M375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B376" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C376" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D376" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="E376" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F376" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G376">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H376" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I376">
-        <v>18127</v>
+        <v>3247</v>
       </c>
       <c r="J376">
         <v>0</v>
       </c>
       <c r="K376">
-        <v>18127</v>
+        <v>3247</v>
       </c>
       <c r="L376">
         <v>0</v>
       </c>
       <c r="M376" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B377" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C377" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D377" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="E377" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F377" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G377">
         <v>2020</v>
       </c>
       <c r="H377" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I377">
-        <v>12155</v>
+        <v>1321</v>
       </c>
       <c r="J377">
         <v>0</v>
       </c>
       <c r="K377">
-        <v>12155</v>
+        <v>1321</v>
       </c>
       <c r="L377">
         <v>0</v>
       </c>
       <c r="M377" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B378" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C378" t="s">
         <v>14</v>
       </c>
       <c r="D378" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="E378" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F378" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G378">
         <v>2020</v>
       </c>
       <c r="H378" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I378">
-        <v>40000</v>
+        <v>46286</v>
       </c>
       <c r="J378">
         <v>0</v>
       </c>
       <c r="K378">
-        <v>40000</v>
+        <v>46286</v>
       </c>
       <c r="L378">
         <v>0</v>
       </c>
       <c r="M378" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B379" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C379" t="s">
         <v>14</v>
       </c>
       <c r="D379" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="E379" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F379" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G379">
         <v>2020</v>
       </c>
       <c r="H379" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I379">
-        <v>972</v>
+        <v>18127</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
       <c r="K379">
-        <v>972</v>
+        <v>18127</v>
       </c>
       <c r="L379">
         <v>0</v>
       </c>
       <c r="M379" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B380" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C380" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D380" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="E380" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F380" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G380">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H380" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I380">
-        <v>6340</v>
+        <v>12155</v>
       </c>
       <c r="J380">
         <v>0</v>
       </c>
       <c r="K380">
-        <v>6340</v>
+        <v>12155</v>
       </c>
       <c r="L380">
         <v>0</v>
       </c>
       <c r="M380" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B381" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C381" t="s">
         <v>14</v>
       </c>
       <c r="D381" t="s">
-        <v>581</v>
+        <v>592</v>
       </c>
       <c r="E381" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F381" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G381">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H381" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I381">
-        <v>31520</v>
+        <v>40000</v>
       </c>
       <c r="J381">
         <v>0</v>
       </c>
       <c r="K381">
-        <v>31520</v>
+        <v>40000</v>
       </c>
       <c r="L381">
         <v>0</v>
       </c>
       <c r="M381" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B382" t="s">
+        <v>599</v>
+      </c>
+      <c r="C382" t="s">
+        <v>14</v>
+      </c>
+      <c r="D382" t="s">
         <v>591</v>
       </c>
-      <c r="C382" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E382" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F382" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G382">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H382" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I382">
-        <v>2110</v>
+        <v>972</v>
       </c>
       <c r="J382">
         <v>0</v>
       </c>
       <c r="K382">
-        <v>2110</v>
+        <v>972</v>
       </c>
       <c r="L382">
         <v>0</v>
       </c>
       <c r="M382" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B383" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C383" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D383" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="E383" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F383" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G383">
         <v>2021</v>
       </c>
       <c r="H383" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I383">
-        <v>23381</v>
+        <v>6340</v>
       </c>
       <c r="J383">
         <v>0</v>
       </c>
       <c r="K383">
-        <v>23381</v>
+        <v>6340</v>
       </c>
       <c r="L383">
         <v>0</v>
       </c>
       <c r="M383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B384" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C384" t="s">
         <v>14</v>
       </c>
       <c r="D384" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="E384" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F384" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="G384">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H384" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I384">
-        <v>7541</v>
+        <v>31520</v>
       </c>
       <c r="J384">
         <v>0</v>
       </c>
       <c r="K384">
-        <v>7541</v>
+        <v>31520</v>
       </c>
       <c r="L384">
         <v>0</v>
       </c>
       <c r="M384" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B385" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C385" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D385" t="s">
-        <v>567</v>
+        <v>588</v>
       </c>
       <c r="E385" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F385" t="s">
+        <v>453</v>
+      </c>
+      <c r="G385">
+        <v>2021</v>
+      </c>
+      <c r="H385" t="s">
         <v>66</v>
       </c>
-      <c r="G385">
-[...4 lines deleted...]
-      </c>
       <c r="I385">
-        <v>12938</v>
+        <v>2110</v>
       </c>
       <c r="J385">
         <v>0</v>
       </c>
       <c r="K385">
-        <v>12938</v>
+        <v>2110</v>
       </c>
       <c r="L385">
         <v>0</v>
       </c>
       <c r="M385" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B386" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C386" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D386" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="E386" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F386" t="s">
+        <v>453</v>
+      </c>
+      <c r="G386">
+        <v>2021</v>
+      </c>
+      <c r="H386" t="s">
         <v>66</v>
       </c>
-      <c r="G386">
-[...4 lines deleted...]
-      </c>
       <c r="I386">
-        <v>11690</v>
+        <v>23381</v>
       </c>
       <c r="J386">
-        <v>11272</v>
+        <v>0</v>
       </c>
       <c r="K386">
-        <v>418</v>
+        <v>23381</v>
       </c>
       <c r="L386">
         <v>0</v>
       </c>
       <c r="M386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B387" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C387" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D387" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="E387" t="s">
+        <v>303</v>
+      </c>
+      <c r="F387" t="s">
+        <v>453</v>
+      </c>
+      <c r="G387">
+        <v>2020</v>
+      </c>
+      <c r="H387" t="s">
         <v>66</v>
       </c>
-      <c r="F387" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I387">
-        <v>100</v>
+        <v>7541</v>
       </c>
       <c r="J387">
         <v>0</v>
       </c>
       <c r="K387">
-        <v>0</v>
+        <v>7541</v>
       </c>
       <c r="L387">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M387" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B388" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C388" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D388" t="s">
-        <v>598</v>
+        <v>576</v>
       </c>
       <c r="E388" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F388" t="s">
-        <v>205</v>
+        <v>85</v>
       </c>
       <c r="G388">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="H388" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I388">
-        <v>1545</v>
+        <v>12938</v>
       </c>
       <c r="J388">
         <v>0</v>
       </c>
       <c r="K388">
-        <v>0</v>
+        <v>12938</v>
       </c>
       <c r="L388">
-        <v>1545</v>
+        <v>0</v>
       </c>
       <c r="M388" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B389" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C389" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D389" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="E389" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F389" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G389">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H389" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I389">
-        <v>26892</v>
+        <v>11690</v>
       </c>
       <c r="J389">
-        <v>0</v>
+        <v>11272</v>
       </c>
       <c r="K389">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="L389">
-        <v>26892</v>
+        <v>0</v>
       </c>
       <c r="M389" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B390" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C390" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D390" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E390" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="F390" t="s">
-        <v>27</v>
+        <v>244</v>
       </c>
       <c r="G390">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H390" t="s">
-        <v>44</v>
+        <v>304</v>
       </c>
       <c r="I390">
-        <v>20890</v>
+        <v>100</v>
       </c>
       <c r="J390">
         <v>0</v>
       </c>
       <c r="K390">
         <v>0</v>
       </c>
       <c r="L390">
-        <v>20890</v>
+        <v>100</v>
       </c>
       <c r="M390" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B391" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C391" t="s">
         <v>14</v>
       </c>
       <c r="D391" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="E391" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F391" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="G391">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H391" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="I391">
-        <v>1321</v>
+        <v>1545</v>
       </c>
       <c r="J391">
         <v>0</v>
       </c>
       <c r="K391">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="L391">
-        <v>0</v>
+        <v>1545</v>
       </c>
       <c r="M391" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B392" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C392" t="s">
         <v>14</v>
       </c>
       <c r="D392" t="s">
-        <v>546</v>
+        <v>607</v>
       </c>
       <c r="E392" t="s">
+        <v>303</v>
+      </c>
+      <c r="F392" t="s">
+        <v>38</v>
+      </c>
+      <c r="G392">
+        <v>2021</v>
+      </c>
+      <c r="H392" t="s">
         <v>66</v>
       </c>
-      <c r="F392" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I392">
-        <v>427</v>
+        <v>26892</v>
       </c>
       <c r="J392">
         <v>0</v>
       </c>
       <c r="K392">
-        <v>427</v>
+        <v>0</v>
       </c>
       <c r="L392">
-        <v>0</v>
+        <v>26892</v>
       </c>
       <c r="M392" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B393" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C393" t="s">
         <v>14</v>
       </c>
       <c r="D393" t="s">
-        <v>583</v>
+        <v>608</v>
       </c>
       <c r="E393" t="s">
+        <v>303</v>
+      </c>
+      <c r="F393" t="s">
+        <v>38</v>
+      </c>
+      <c r="G393">
+        <v>2021</v>
+      </c>
+      <c r="H393" t="s">
         <v>66</v>
       </c>
-      <c r="F393" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I393">
-        <v>972</v>
+        <v>20890</v>
       </c>
       <c r="J393">
         <v>0</v>
       </c>
       <c r="K393">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="L393">
-        <v>0</v>
+        <v>20890</v>
       </c>
       <c r="M393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B394" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="C394" t="s">
         <v>14</v>
       </c>
       <c r="D394" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="E394" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F394" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G394">
         <v>2020</v>
       </c>
       <c r="H394" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I394">
-        <v>40000</v>
+        <v>1321</v>
       </c>
       <c r="J394">
         <v>0</v>
       </c>
       <c r="K394">
-        <v>40000</v>
+        <v>1321</v>
       </c>
       <c r="L394">
         <v>0</v>
       </c>
       <c r="M394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B395" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="C395" t="s">
         <v>14</v>
       </c>
       <c r="D395" t="s">
-        <v>603</v>
+        <v>556</v>
       </c>
       <c r="E395" t="s">
+        <v>85</v>
+      </c>
+      <c r="F395" t="s">
+        <v>303</v>
+      </c>
+      <c r="G395">
+        <v>2019</v>
+      </c>
+      <c r="H395" t="s">
         <v>66</v>
       </c>
-      <c r="F395" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I395">
-        <v>23000</v>
+        <v>427</v>
       </c>
       <c r="J395">
         <v>0</v>
       </c>
       <c r="K395">
-        <v>23000</v>
+        <v>427</v>
       </c>
       <c r="L395">
         <v>0</v>
       </c>
       <c r="M395" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B396" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C396" t="s">
         <v>14</v>
       </c>
       <c r="D396" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="E396" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F396" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="G396">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H396" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I396">
-        <v>1000</v>
+        <v>972</v>
       </c>
       <c r="J396">
         <v>0</v>
       </c>
       <c r="K396">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="L396">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M396" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="B397" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C397" t="s">
         <v>14</v>
       </c>
       <c r="D397" t="s">
-        <v>74</v>
+        <v>592</v>
       </c>
       <c r="E397" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F397" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="G397">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H397" t="s">
-        <v>75</v>
+        <v>146</v>
       </c>
       <c r="I397">
-        <v>5260</v>
+        <v>40000</v>
       </c>
       <c r="J397">
         <v>0</v>
       </c>
       <c r="K397">
-        <v>5260</v>
+        <v>40000</v>
       </c>
       <c r="L397">
         <v>0</v>
       </c>
       <c r="M397" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B398" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C398" t="s">
         <v>14</v>
       </c>
       <c r="D398" t="s">
-        <v>76</v>
+        <v>611</v>
       </c>
       <c r="E398" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F398" t="s">
+        <v>303</v>
+      </c>
+      <c r="G398">
+        <v>2021</v>
+      </c>
+      <c r="H398" t="s">
         <v>66</v>
       </c>
-      <c r="G398">
-[...4 lines deleted...]
-      </c>
       <c r="I398">
-        <v>4740</v>
+        <v>23000</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
       <c r="K398">
-        <v>4740</v>
+        <v>23000</v>
       </c>
       <c r="L398">
         <v>0</v>
       </c>
       <c r="M398" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B399" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C399" t="s">
         <v>14</v>
       </c>
       <c r="D399" t="s">
-        <v>77</v>
+        <v>613</v>
       </c>
       <c r="E399" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F399" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G399">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H399" t="s">
         <v>24</v>
       </c>
       <c r="I399">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
       <c r="K399">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="L399">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M399" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B400" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C400" t="s">
         <v>14</v>
       </c>
       <c r="D400" t="s">
-        <v>608</v>
+        <v>93</v>
       </c>
       <c r="E400" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F400" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G400">
         <v>2019</v>
       </c>
       <c r="H400" t="s">
-        <v>527</v>
+        <v>94</v>
       </c>
       <c r="I400">
-        <v>50000</v>
+        <v>5260</v>
       </c>
       <c r="J400">
         <v>0</v>
       </c>
       <c r="K400">
-        <v>0</v>
+        <v>5260</v>
       </c>
       <c r="L400">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="M400" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B401" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C401" t="s">
         <v>14</v>
       </c>
       <c r="D401" t="s">
-        <v>609</v>
+        <v>95</v>
       </c>
       <c r="E401" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F401" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G401">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H401" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="I401">
-        <v>1000</v>
+        <v>4740</v>
       </c>
       <c r="J401">
         <v>0</v>
       </c>
       <c r="K401">
-        <v>0</v>
+        <v>4740</v>
       </c>
       <c r="L401">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M401" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B402" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C402" t="s">
         <v>14</v>
       </c>
       <c r="D402" t="s">
-        <v>610</v>
+        <v>96</v>
       </c>
       <c r="E402" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F402" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="G402">
         <v>2017</v>
       </c>
       <c r="H402" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I402">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="J402">
         <v>0</v>
       </c>
       <c r="K402">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="L402">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M402" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B403" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="C403" t="s">
         <v>14</v>
       </c>
       <c r="D403" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="E403" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F403" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G403">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H403" t="s">
-        <v>52</v>
+        <v>537</v>
       </c>
       <c r="I403">
-        <v>1000</v>
+        <v>50000</v>
       </c>
       <c r="J403">
         <v>0</v>
       </c>
       <c r="K403">
         <v>0</v>
       </c>
       <c r="L403">
-        <v>1000</v>
+        <v>50000</v>
       </c>
       <c r="M403" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="B404" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C404" t="s">
         <v>14</v>
       </c>
       <c r="D404" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="E404" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="F404" t="s">
-        <v>328</v>
+        <v>23</v>
       </c>
       <c r="G404">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="H404" t="s">
-        <v>111</v>
+        <v>73</v>
       </c>
       <c r="I404">
-        <v>4050</v>
+        <v>1000</v>
       </c>
       <c r="J404">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="K404">
         <v>0</v>
       </c>
       <c r="L404">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M404" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B405" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C405" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D405" t="s">
-        <v>544</v>
+        <v>618</v>
       </c>
       <c r="E405" t="s">
-        <v>614</v>
+        <v>23</v>
       </c>
       <c r="F405" t="s">
-        <v>288</v>
+        <v>23</v>
+      </c>
+      <c r="G405">
+        <v>2017</v>
       </c>
       <c r="H405" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="I405">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
       <c r="K405">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="L405">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="B406" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C406" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D406" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="E406" t="s">
-        <v>614</v>
+        <v>23</v>
       </c>
       <c r="F406" t="s">
-        <v>328</v>
+        <v>23</v>
+      </c>
+      <c r="G406">
+        <v>2018</v>
       </c>
       <c r="H406" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="I406">
-        <v>4050</v>
+        <v>1000</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
       <c r="K406">
         <v>0</v>
       </c>
       <c r="L406">
-        <v>4050</v>
+        <v>1000</v>
       </c>
       <c r="M406" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B407" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C407" t="s">
         <v>14</v>
       </c>
       <c r="D407" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="E407" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="F407" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G407">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H407" t="s">
-        <v>54</v>
+        <v>126</v>
       </c>
       <c r="I407">
-        <v>1000</v>
+        <v>4050</v>
       </c>
       <c r="J407">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="K407">
         <v>0</v>
       </c>
       <c r="L407">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M407" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B408" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C408" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D408" t="s">
-        <v>619</v>
+        <v>554</v>
       </c>
       <c r="E408" t="s">
-        <v>37</v>
+        <v>622</v>
       </c>
       <c r="F408" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>303</v>
       </c>
       <c r="H408" t="s">
-        <v>289</v>
+        <v>126</v>
       </c>
       <c r="I408">
-        <v>41709</v>
+        <v>50</v>
       </c>
       <c r="J408">
-        <v>41709</v>
+        <v>0</v>
       </c>
       <c r="K408">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="L408">
         <v>0</v>
       </c>
       <c r="M408" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B409" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C409" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D409" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="E409" t="s">
-        <v>37</v>
+        <v>622</v>
       </c>
       <c r="F409" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>17</v>
       </c>
       <c r="H409" t="s">
-        <v>289</v>
+        <v>126</v>
       </c>
       <c r="I409">
-        <v>85728</v>
+        <v>4050</v>
       </c>
       <c r="J409">
-        <v>85728</v>
+        <v>0</v>
       </c>
       <c r="K409">
         <v>0</v>
       </c>
       <c r="L409">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="M409" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B410" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C410" t="s">
         <v>14</v>
       </c>
       <c r="D410" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="E410" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F410" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G410">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H410" t="s">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="I410">
-        <v>1204</v>
+        <v>1000</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
       <c r="K410">
         <v>0</v>
       </c>
       <c r="L410">
-        <v>1204</v>
+        <v>1000</v>
       </c>
       <c r="M410" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B411" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C411" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D411" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="E411" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F411" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G411">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H411" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I411">
-        <v>2000</v>
+        <v>41709</v>
       </c>
       <c r="J411">
-        <v>0</v>
+        <v>41709</v>
       </c>
       <c r="K411">
         <v>0</v>
       </c>
       <c r="L411">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="M411" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="B412" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C412" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D412" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="E412" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F412" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G412">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="H412" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="I412">
-        <v>3177</v>
+        <v>85728</v>
       </c>
       <c r="J412">
-        <v>3177</v>
+        <v>85728</v>
       </c>
       <c r="K412">
         <v>0</v>
       </c>
       <c r="L412">
         <v>0</v>
       </c>
       <c r="M412" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B413" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C413" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D413" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="E413" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F413" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G413">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="H413" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="I413">
-        <v>10668</v>
+        <v>1204</v>
       </c>
       <c r="J413">
-        <v>10668</v>
+        <v>0</v>
       </c>
       <c r="K413">
         <v>0</v>
       </c>
       <c r="L413">
-        <v>0</v>
+        <v>1204</v>
       </c>
       <c r="M413" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B414" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C414" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D414" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="E414" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F414" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="G414">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H414" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="I414">
-        <v>11093</v>
+        <v>2000</v>
       </c>
       <c r="J414">
-        <v>11093</v>
+        <v>0</v>
       </c>
       <c r="K414">
         <v>0</v>
       </c>
       <c r="L414">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="M414" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B415" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C415" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D415" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="E415" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F415" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G415">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H415" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I415">
-        <v>11347</v>
+        <v>3177</v>
       </c>
       <c r="J415">
-        <v>11347</v>
+        <v>3177</v>
       </c>
       <c r="K415">
         <v>0</v>
       </c>
       <c r="L415">
         <v>0</v>
       </c>
       <c r="M415" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B416" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C416" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D416" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="E416" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F416" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G416">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H416" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I416">
-        <v>11476</v>
+        <v>10668</v>
       </c>
       <c r="J416">
-        <v>11476</v>
+        <v>10668</v>
       </c>
       <c r="K416">
         <v>0</v>
       </c>
       <c r="L416">
         <v>0</v>
       </c>
       <c r="M416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B417" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C417" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D417" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="E417" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F417" t="s">
-        <v>288</v>
+        <v>45</v>
       </c>
       <c r="G417">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H417" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="I417">
-        <v>65215</v>
+        <v>11093</v>
       </c>
       <c r="J417">
-        <v>65215</v>
+        <v>11093</v>
       </c>
       <c r="K417">
         <v>0</v>
       </c>
       <c r="L417">
         <v>0</v>
       </c>
       <c r="M417" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B418" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C418" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D418" t="s">
-        <v>581</v>
+        <v>636</v>
       </c>
       <c r="E418" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F418" t="s">
-        <v>288</v>
+        <v>45</v>
       </c>
       <c r="G418">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H418" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="I418">
-        <v>31520</v>
+        <v>11347</v>
       </c>
       <c r="J418">
-        <v>0</v>
+        <v>11347</v>
       </c>
       <c r="K418">
-        <v>31520</v>
+        <v>0</v>
       </c>
       <c r="L418">
         <v>0</v>
       </c>
       <c r="M418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B419" t="s">
         <v>632</v>
       </c>
       <c r="C419" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D419" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="E419" t="s">
-        <v>526</v>
+        <v>23</v>
       </c>
       <c r="F419" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G419">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H419" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="I419">
-        <v>5000</v>
+        <v>11476</v>
       </c>
       <c r="J419">
-        <v>0</v>
+        <v>11476</v>
       </c>
       <c r="K419">
         <v>0</v>
       </c>
       <c r="L419">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M419" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B420" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C420" t="s">
         <v>14</v>
       </c>
       <c r="D420" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="E420" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F420" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="G420">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H420" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="I420">
-        <v>210</v>
+        <v>65215</v>
       </c>
       <c r="J420">
-        <v>0</v>
+        <v>65215</v>
       </c>
       <c r="K420">
         <v>0</v>
       </c>
       <c r="L420">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="M420" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="B421" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C421" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D421" t="s">
-        <v>636</v>
+        <v>589</v>
       </c>
       <c r="E421" t="s">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="F421" t="s">
-        <v>38</v>
+        <v>303</v>
       </c>
       <c r="G421">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H421" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="I421">
-        <v>10831</v>
+        <v>31520</v>
       </c>
       <c r="J421">
-        <v>10831</v>
+        <v>0</v>
       </c>
       <c r="K421">
-        <v>0</v>
+        <v>31520</v>
       </c>
       <c r="L421">
         <v>0</v>
       </c>
       <c r="M421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B422" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C422" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D422" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="E422" t="s">
-        <v>423</v>
+        <v>536</v>
       </c>
       <c r="F422" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G422">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H422" t="s">
-        <v>351</v>
+        <v>66</v>
       </c>
       <c r="I422">
-        <v>49457</v>
+        <v>5000</v>
       </c>
       <c r="J422">
-        <v>49457</v>
+        <v>0</v>
       </c>
       <c r="K422">
         <v>0</v>
       </c>
       <c r="L422">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M422" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B423" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="C423" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D423" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="E423" t="s">
-        <v>423</v>
+        <v>23</v>
       </c>
       <c r="F423" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G423">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H423" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="I423">
-        <v>54180</v>
+        <v>210</v>
       </c>
       <c r="J423">
-        <v>54180</v>
+        <v>0</v>
       </c>
       <c r="K423">
         <v>0</v>
       </c>
       <c r="L423">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="M423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B424" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="C424" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D424" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="E424" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F424" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G424">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H424" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I424">
-        <v>4538</v>
+        <v>10831</v>
       </c>
       <c r="J424">
-        <v>4538</v>
+        <v>10831</v>
       </c>
       <c r="K424">
         <v>0</v>
       </c>
       <c r="L424">
         <v>0</v>
       </c>
       <c r="M424" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B425" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C425" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D425" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="E425" t="s">
-        <v>22</v>
+        <v>433</v>
       </c>
       <c r="F425" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G425">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H425" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="I425">
-        <v>1583</v>
+        <v>49457</v>
       </c>
       <c r="J425">
-        <v>0</v>
+        <v>49457</v>
       </c>
       <c r="K425">
         <v>0</v>
       </c>
       <c r="L425">
-        <v>1583</v>
+        <v>0</v>
       </c>
       <c r="M425" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B426" t="s">
         <v>642</v>
       </c>
       <c r="C426" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D426" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="E426" t="s">
-        <v>204</v>
+        <v>433</v>
       </c>
       <c r="F426" t="s">
-        <v>644</v>
+        <v>45</v>
       </c>
       <c r="G426">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H426" t="s">
-        <v>527</v>
+        <v>361</v>
       </c>
       <c r="I426">
-        <v>50055</v>
+        <v>54180</v>
       </c>
       <c r="J426">
-        <v>0</v>
+        <v>54180</v>
       </c>
       <c r="K426">
         <v>0</v>
       </c>
       <c r="L426">
-        <v>50055</v>
+        <v>0</v>
       </c>
       <c r="M426" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B427" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C427" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D427" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E427" t="s">
-        <v>22</v>
+        <v>433</v>
       </c>
       <c r="F427" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G427">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="H427" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="I427">
-        <v>1000</v>
+        <v>4538</v>
       </c>
       <c r="J427">
-        <v>0</v>
+        <v>4538</v>
       </c>
       <c r="K427">
         <v>0</v>
       </c>
       <c r="L427">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M427" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B428" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C428" t="s">
         <v>14</v>
       </c>
       <c r="D428" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E428" t="s">
-        <v>509</v>
+        <v>23</v>
       </c>
       <c r="F428" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="G428">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H428" t="s">
-        <v>527</v>
+        <v>73</v>
       </c>
       <c r="I428">
-        <v>127050</v>
+        <v>1583</v>
       </c>
       <c r="J428">
-        <v>21863</v>
+        <v>0</v>
       </c>
       <c r="K428">
-        <v>55055</v>
+        <v>0</v>
       </c>
       <c r="L428">
-        <v>50132</v>
+        <v>1583</v>
       </c>
       <c r="M428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B429" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C429" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D429" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="E429" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F429" t="s">
-        <v>23</v>
+        <v>652</v>
       </c>
       <c r="G429">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H429" t="s">
-        <v>184</v>
+        <v>537</v>
       </c>
       <c r="I429">
-        <v>22</v>
+        <v>50055</v>
       </c>
       <c r="J429">
         <v>0</v>
       </c>
       <c r="K429">
         <v>0</v>
       </c>
       <c r="L429">
-        <v>22</v>
+        <v>50055</v>
       </c>
       <c r="M429" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B430" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C430" t="s">
         <v>14</v>
       </c>
       <c r="D430" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="E430" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F430" t="s">
         <v>23</v>
       </c>
       <c r="G430">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H430" t="s">
-        <v>184</v>
+        <v>73</v>
       </c>
       <c r="I430">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="J430">
         <v>0</v>
       </c>
       <c r="K430">
         <v>0</v>
       </c>
       <c r="L430">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="M430" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B431" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C431" t="s">
         <v>14</v>
       </c>
       <c r="D431" t="s">
-        <v>608</v>
+        <v>655</v>
       </c>
       <c r="E431" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="F431" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="G431">
         <v>2019</v>
       </c>
       <c r="H431" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="I431">
-        <v>50000</v>
+        <v>127050</v>
       </c>
       <c r="J431">
-        <v>0</v>
+        <v>21863</v>
       </c>
       <c r="K431">
-        <v>50000</v>
+        <v>55055</v>
       </c>
       <c r="L431">
-        <v>0</v>
+        <v>50132</v>
       </c>
       <c r="M431" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B432" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C432" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D432" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="E432" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F432" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G432">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="H432" t="s">
-        <v>351</v>
+        <v>199</v>
       </c>
       <c r="I432">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="J432">
         <v>0</v>
       </c>
       <c r="K432">
         <v>0</v>
       </c>
       <c r="L432">
-        <v>450</v>
+        <v>22</v>
       </c>
       <c r="M432" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B433" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C433" t="s">
         <v>14</v>
       </c>
       <c r="D433" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="E433" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F433" t="s">
         <v>23</v>
       </c>
       <c r="G433">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="H433" t="s">
-        <v>52</v>
+        <v>199</v>
       </c>
       <c r="I433">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="J433">
         <v>0</v>
       </c>
       <c r="K433">
         <v>0</v>
       </c>
       <c r="L433">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="M433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B434" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C434" t="s">
         <v>14</v>
       </c>
       <c r="D434" t="s">
-        <v>656</v>
+        <v>616</v>
       </c>
       <c r="E434" t="s">
-        <v>22</v>
+        <v>519</v>
       </c>
       <c r="F434" t="s">
-        <v>23</v>
+        <v>219</v>
       </c>
       <c r="G434">
         <v>2019</v>
       </c>
       <c r="H434" t="s">
-        <v>52</v>
+        <v>537</v>
       </c>
       <c r="I434">
-        <v>1000</v>
+        <v>50000</v>
       </c>
       <c r="J434">
         <v>0</v>
       </c>
       <c r="K434">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="L434">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M434" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B435" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C435" t="s">
         <v>14</v>
       </c>
       <c r="D435" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="E435" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F435" t="s">
-        <v>23</v>
+        <v>244</v>
       </c>
       <c r="G435">
         <v>2016</v>
       </c>
       <c r="H435" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="I435">
-        <v>2142</v>
+        <v>450</v>
       </c>
       <c r="J435">
         <v>0</v>
       </c>
       <c r="K435">
         <v>0</v>
       </c>
       <c r="L435">
-        <v>2142</v>
+        <v>450</v>
       </c>
       <c r="M435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B436" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="C436" t="s">
         <v>14</v>
       </c>
       <c r="D436" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="E436" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="F436" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="G436">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H436" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="I436">
-        <v>115</v>
+        <v>1000</v>
       </c>
       <c r="J436">
         <v>0</v>
       </c>
       <c r="K436">
         <v>0</v>
       </c>
       <c r="L436">
-        <v>115</v>
+        <v>1000</v>
       </c>
       <c r="M436" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B437" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C437" t="s">
         <v>14</v>
       </c>
       <c r="D437" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="E437" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F437" t="s">
-        <v>661</v>
+        <v>23</v>
       </c>
       <c r="G437">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H437" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="I437">
-        <v>30085</v>
+        <v>1000</v>
       </c>
       <c r="J437">
-        <v>18748</v>
+        <v>0</v>
       </c>
       <c r="K437">
         <v>0</v>
       </c>
       <c r="L437">
-        <v>11337</v>
+        <v>1000</v>
       </c>
       <c r="M437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B438" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C438" t="s">
         <v>14</v>
       </c>
       <c r="D438" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="E438" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F438" t="s">
-        <v>661</v>
+        <v>23</v>
       </c>
       <c r="G438">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H438" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="I438">
-        <v>89915</v>
+        <v>2142</v>
       </c>
       <c r="J438">
-        <v>30417</v>
+        <v>0</v>
       </c>
       <c r="K438">
         <v>0</v>
       </c>
       <c r="L438">
-        <v>59498</v>
+        <v>2142</v>
       </c>
       <c r="M438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B439" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C439" t="s">
         <v>14</v>
       </c>
       <c r="D439" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E439" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="F439" t="s">
-        <v>661</v>
+        <v>244</v>
       </c>
       <c r="G439">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H439" t="s">
-        <v>289</v>
+        <v>361</v>
       </c>
       <c r="I439">
-        <v>1918</v>
+        <v>115</v>
       </c>
       <c r="J439">
         <v>0</v>
       </c>
       <c r="K439">
         <v>0</v>
       </c>
       <c r="L439">
-        <v>1918</v>
+        <v>115</v>
       </c>
       <c r="M439" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B440" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="C440" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D440" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="E440" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F440" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="G440">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H440" t="s">
-        <v>289</v>
+        <v>670</v>
       </c>
       <c r="I440">
-        <v>6286</v>
+        <v>30085</v>
       </c>
       <c r="J440">
-        <v>0</v>
+        <v>12596</v>
       </c>
       <c r="K440">
         <v>0</v>
       </c>
       <c r="L440">
-        <v>6286</v>
+        <v>17489</v>
       </c>
       <c r="M440" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B441" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C441" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D441" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="E441" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F441" t="s">
-        <v>205</v>
+        <v>669</v>
       </c>
       <c r="G441">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H441" t="s">
-        <v>529</v>
+        <v>670</v>
       </c>
       <c r="I441">
-        <v>5</v>
+        <v>89915</v>
       </c>
       <c r="J441">
-        <v>0</v>
+        <v>30417</v>
       </c>
       <c r="K441">
         <v>0</v>
       </c>
       <c r="L441">
-        <v>5</v>
+        <v>59498</v>
       </c>
       <c r="M441" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B442" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C442" t="s">
         <v>14</v>
       </c>
       <c r="D442" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="E442" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F442" t="s">
-        <v>205</v>
+        <v>669</v>
       </c>
       <c r="G442">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="H442" t="s">
-        <v>206</v>
+        <v>304</v>
       </c>
       <c r="I442">
-        <v>11</v>
+        <v>1918</v>
       </c>
       <c r="J442">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="K442">
         <v>0</v>
       </c>
       <c r="L442">
-        <v>8</v>
+        <v>1918</v>
       </c>
       <c r="M442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="B443" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="C443" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D443" t="s">
+        <v>673</v>
+      </c>
+      <c r="E443" t="s">
+        <v>303</v>
+      </c>
+      <c r="F443" t="s">
         <v>669</v>
       </c>
-      <c r="E443" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G443">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H443" t="s">
-        <v>52</v>
+        <v>304</v>
       </c>
       <c r="I443">
-        <v>18443</v>
+        <v>6286</v>
       </c>
       <c r="J443">
-        <v>18443</v>
+        <v>0</v>
       </c>
       <c r="K443">
         <v>0</v>
       </c>
       <c r="L443">
-        <v>0</v>
+        <v>6286</v>
       </c>
       <c r="M443" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B444" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="C444" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D444" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="E444" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F444" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="G444">
         <v>2019</v>
       </c>
       <c r="H444" t="s">
-        <v>52</v>
+        <v>539</v>
       </c>
       <c r="I444">
-        <v>20058</v>
+        <v>5</v>
       </c>
       <c r="J444">
-        <v>20058</v>
+        <v>0</v>
       </c>
       <c r="K444">
         <v>0</v>
       </c>
       <c r="L444">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="M444" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B445" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="C445" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D445" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="E445" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F445" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="G445">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H445" t="s">
-        <v>52</v>
+        <v>221</v>
       </c>
       <c r="I445">
-        <v>20726</v>
+        <v>11</v>
       </c>
       <c r="J445">
-        <v>20726</v>
+        <v>3</v>
       </c>
       <c r="K445">
         <v>0</v>
       </c>
       <c r="L445">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="M445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B446" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="C446" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D446" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="E446" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F446" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G446">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H446" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="I446">
-        <v>21268</v>
+        <v>18443</v>
       </c>
       <c r="J446">
-        <v>21268</v>
+        <v>18443</v>
       </c>
       <c r="K446">
         <v>0</v>
       </c>
       <c r="L446">
         <v>0</v>
       </c>
       <c r="M446" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B447" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="C447" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D447" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="E447" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F447" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="G447">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H447" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I447">
-        <v>11237</v>
+        <v>20058</v>
       </c>
       <c r="J447">
-        <v>11237</v>
+        <v>20058</v>
       </c>
       <c r="K447">
         <v>0</v>
       </c>
       <c r="L447">
         <v>0</v>
       </c>
       <c r="M447" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B448" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="C448" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D448" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="E448" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F448" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="G448">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H448" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I448">
-        <v>208889</v>
+        <v>20726</v>
       </c>
       <c r="J448">
-        <v>23368</v>
+        <v>20726</v>
       </c>
       <c r="K448">
         <v>0</v>
       </c>
       <c r="L448">
-        <v>185521</v>
+        <v>0</v>
       </c>
       <c r="M448" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B449" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="C449" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D449" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="E449" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F449" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="G449">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H449" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I449">
-        <v>4058</v>
+        <v>21268</v>
       </c>
       <c r="J449">
-        <v>0</v>
+        <v>21268</v>
       </c>
       <c r="K449">
         <v>0</v>
       </c>
       <c r="L449">
-        <v>4058</v>
+        <v>0</v>
       </c>
       <c r="M449" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B450" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C450" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D450" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="E450" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="F450" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G450">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="H450" t="s">
-        <v>289</v>
+        <v>73</v>
       </c>
       <c r="I450">
-        <v>5468</v>
+        <v>11237</v>
       </c>
       <c r="J450">
-        <v>5238</v>
+        <v>11237</v>
       </c>
       <c r="K450">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="L450">
         <v>0</v>
       </c>
       <c r="M450" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B451" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C451" t="s">
         <v>14</v>
       </c>
       <c r="D451" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="E451" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F451" t="s">
-        <v>644</v>
+        <v>71</v>
       </c>
       <c r="G451">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H451" t="s">
-        <v>527</v>
+        <v>73</v>
       </c>
       <c r="I451">
-        <v>50000</v>
+        <v>208889</v>
       </c>
       <c r="J451">
-        <v>0</v>
+        <v>23368</v>
       </c>
       <c r="K451">
         <v>0</v>
       </c>
       <c r="L451">
-        <v>50000</v>
+        <v>185521</v>
       </c>
       <c r="M451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B452" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C452" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D452" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="E452" t="s">
-        <v>509</v>
+        <v>23</v>
       </c>
       <c r="F452" t="s">
-        <v>204</v>
+        <v>71</v>
       </c>
       <c r="G452">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H452" t="s">
-        <v>527</v>
+        <v>73</v>
       </c>
       <c r="I452">
-        <v>50000</v>
+        <v>4058</v>
       </c>
       <c r="J452">
         <v>0</v>
       </c>
       <c r="K452">
-        <v>50000</v>
+        <v>0</v>
       </c>
       <c r="L452">
-        <v>0</v>
+        <v>4058</v>
       </c>
       <c r="M452" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B453" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C453" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D453" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="E453" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F453" t="s">
-        <v>526</v>
+        <v>85</v>
       </c>
       <c r="G453">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H453" t="s">
-        <v>529</v>
+        <v>304</v>
       </c>
       <c r="I453">
-        <v>5000</v>
+        <v>5468</v>
       </c>
       <c r="J453">
-        <v>5000</v>
+        <v>5238</v>
       </c>
       <c r="K453">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="L453">
         <v>0</v>
       </c>
       <c r="M453" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B454" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="C454" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D454" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="E454" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F454" t="s">
-        <v>526</v>
+        <v>652</v>
       </c>
       <c r="G454">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H454" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="I454">
-        <v>4000</v>
+        <v>50000</v>
       </c>
       <c r="J454">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="K454">
         <v>0</v>
       </c>
       <c r="L454">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M454" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B455" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="C455" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D455" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="E455" t="s">
-        <v>204</v>
+        <v>519</v>
       </c>
       <c r="F455" t="s">
-        <v>526</v>
+        <v>219</v>
       </c>
       <c r="G455">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H455" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="I455">
-        <v>4000</v>
+        <v>50000</v>
       </c>
       <c r="J455">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="K455">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="L455">
         <v>0</v>
       </c>
       <c r="M455" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B456" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="C456" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D456" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="E456" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F456" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G456">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H456" t="s">
-        <v>206</v>
+        <v>539</v>
       </c>
       <c r="I456">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="J456">
-        <v>1739</v>
+        <v>5000</v>
       </c>
       <c r="K456">
         <v>0</v>
       </c>
       <c r="L456">
-        <v>261</v>
+        <v>0</v>
       </c>
       <c r="M456" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B457" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C457" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D457" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="E457" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F457" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="G457">
         <v>2016</v>
       </c>
       <c r="H457" t="s">
-        <v>54</v>
+        <v>539</v>
       </c>
       <c r="I457">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="J457">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="K457">
         <v>0</v>
       </c>
       <c r="L457">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M457" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B458" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C458" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D458" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="E458" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F458" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="G458">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H458" t="s">
-        <v>54</v>
+        <v>539</v>
       </c>
       <c r="I458">
-        <v>1521</v>
+        <v>4000</v>
       </c>
       <c r="J458">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="K458">
         <v>0</v>
       </c>
       <c r="L458">
-        <v>1521</v>
+        <v>0</v>
       </c>
       <c r="M458" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B459" t="s">
         <v>690</v>
       </c>
       <c r="C459" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D459" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="E459" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F459" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="G459">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H459" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="I459">
         <v>2000</v>
       </c>
       <c r="J459">
-        <v>0</v>
+        <v>1739</v>
       </c>
       <c r="K459">
         <v>0</v>
       </c>
       <c r="L459">
-        <v>2000</v>
+        <v>261</v>
       </c>
       <c r="M459" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B460" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C460" t="s">
         <v>14</v>
       </c>
       <c r="D460" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="E460" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F460" t="s">
         <v>23</v>
       </c>
       <c r="G460">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H460" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I460">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="J460">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="K460">
         <v>0</v>
       </c>
       <c r="L460">
-        <v>1903</v>
+        <v>1000</v>
       </c>
       <c r="M460" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B461" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C461" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D461" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="E461" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F461" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G461">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="H461" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I461">
-        <v>561</v>
+        <v>1521</v>
       </c>
       <c r="J461">
-        <v>561</v>
+        <v>0</v>
       </c>
       <c r="K461">
         <v>0</v>
       </c>
       <c r="L461">
-        <v>0</v>
+        <v>1521</v>
       </c>
       <c r="M461" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B462" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C462" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D462" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="E462" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F462" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G462">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="H462" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I462">
-        <v>1029</v>
+        <v>2000</v>
       </c>
       <c r="J462">
-        <v>1029</v>
+        <v>0</v>
       </c>
       <c r="K462">
         <v>0</v>
       </c>
       <c r="L462">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="M462" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B463" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C463" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D463" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="E463" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F463" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G463">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="H463" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="I463">
-        <v>1024</v>
+        <v>2000</v>
       </c>
       <c r="J463">
-        <v>1024</v>
+        <v>97</v>
       </c>
       <c r="K463">
         <v>0</v>
       </c>
       <c r="L463">
-        <v>0</v>
+        <v>1903</v>
       </c>
       <c r="M463" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B464" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C464" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D464" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="E464" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F464" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G464">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="H464" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="I464">
-        <v>1042</v>
+        <v>561</v>
       </c>
       <c r="J464">
-        <v>1042</v>
+        <v>561</v>
       </c>
       <c r="K464">
         <v>0</v>
       </c>
       <c r="L464">
         <v>0</v>
       </c>
       <c r="M464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B465" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C465" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D465" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="E465" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F465" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="G465">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H465" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="I465">
-        <v>1054</v>
+        <v>1029</v>
       </c>
       <c r="J465">
-        <v>1054</v>
+        <v>1029</v>
       </c>
       <c r="K465">
         <v>0</v>
       </c>
       <c r="L465">
         <v>0</v>
       </c>
       <c r="M465" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B466" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C466" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D466" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="E466" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F466" t="s">
-        <v>204</v>
+        <v>45</v>
       </c>
       <c r="G466">
         <v>2019</v>
       </c>
       <c r="H466" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="I466">
-        <v>86303</v>
+        <v>1024</v>
       </c>
       <c r="J466">
-        <v>76186</v>
+        <v>1024</v>
       </c>
       <c r="K466">
-        <v>10005</v>
+        <v>0</v>
       </c>
       <c r="L466">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="M466" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B467" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C467" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D467" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="E467" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F467" t="s">
-        <v>204</v>
+        <v>45</v>
       </c>
       <c r="G467">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H467" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="I467">
-        <v>86654</v>
+        <v>1042</v>
       </c>
       <c r="J467">
-        <v>86654</v>
+        <v>1042</v>
       </c>
       <c r="K467">
         <v>0</v>
       </c>
       <c r="L467">
         <v>0</v>
       </c>
       <c r="M467" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="B468" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C468" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D468" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="E468" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="F468" t="s">
-        <v>204</v>
+        <v>45</v>
       </c>
       <c r="G468">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H468" t="s">
-        <v>529</v>
+        <v>94</v>
       </c>
       <c r="I468">
-        <v>87007</v>
+        <v>1054</v>
       </c>
       <c r="J468">
-        <v>82007</v>
+        <v>1054</v>
       </c>
       <c r="K468">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L468">
         <v>0</v>
       </c>
       <c r="M468" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B469" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="C469" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D469" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="E469" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F469" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="G469">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H469" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="I469">
-        <v>12227</v>
+        <v>86303</v>
       </c>
       <c r="J469">
-        <v>8227</v>
+        <v>76186</v>
       </c>
       <c r="K469">
-        <v>4000</v>
+        <v>10005</v>
       </c>
       <c r="L469">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="M469" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B470" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="C470" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D470" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="E470" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F470" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="G470">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="H470" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="I470">
-        <v>12226</v>
+        <v>86654</v>
       </c>
       <c r="J470">
-        <v>8226</v>
+        <v>86654</v>
       </c>
       <c r="K470">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="L470">
         <v>0</v>
       </c>
       <c r="M470" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B471" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="C471" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D471" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="E471" t="s">
-        <v>22</v>
+        <v>219</v>
       </c>
       <c r="F471" t="s">
-        <v>23</v>
+        <v>219</v>
       </c>
       <c r="G471">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H471" t="s">
-        <v>54</v>
+        <v>539</v>
       </c>
       <c r="I471">
-        <v>1000</v>
+        <v>87007</v>
       </c>
       <c r="J471">
-        <v>0</v>
+        <v>82007</v>
       </c>
       <c r="K471">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L471">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M471" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B472" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C472" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D472" t="s">
-        <v>589</v>
+        <v>711</v>
       </c>
       <c r="E472" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F472" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="G472">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="H472" t="s">
-        <v>289</v>
+        <v>539</v>
       </c>
       <c r="I472">
-        <v>3247</v>
+        <v>12227</v>
       </c>
       <c r="J472">
-        <v>0</v>
+        <v>8227</v>
       </c>
       <c r="K472">
-        <v>3247</v>
+        <v>4000</v>
       </c>
       <c r="L472">
         <v>0</v>
       </c>
       <c r="M472" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B473" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C473" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D473" t="s">
-        <v>664</v>
+        <v>712</v>
       </c>
       <c r="E473" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F473" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="G473">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H473" t="s">
-        <v>289</v>
+        <v>539</v>
       </c>
       <c r="I473">
-        <v>6286</v>
+        <v>12226</v>
       </c>
       <c r="J473">
-        <v>0</v>
+        <v>8226</v>
       </c>
       <c r="K473">
-        <v>6286</v>
+        <v>4000</v>
       </c>
       <c r="L473">
         <v>0</v>
       </c>
       <c r="M473" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B474" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C474" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D474" t="s">
-        <v>545</v>
+        <v>713</v>
       </c>
       <c r="E474" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F474" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="G474">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H474" t="s">
-        <v>289</v>
+        <v>73</v>
       </c>
       <c r="I474">
-        <v>6031</v>
+        <v>1000</v>
       </c>
       <c r="J474">
         <v>0</v>
       </c>
       <c r="K474">
-        <v>6031</v>
+        <v>0</v>
       </c>
       <c r="L474">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M474" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B475" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="C475" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D475" t="s">
-        <v>677</v>
+        <v>597</v>
       </c>
       <c r="E475" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F475" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G475">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H475" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I475">
-        <v>5468</v>
+        <v>3247</v>
       </c>
       <c r="J475">
         <v>0</v>
       </c>
       <c r="K475">
-        <v>5468</v>
+        <v>3247</v>
       </c>
       <c r="L475">
         <v>0</v>
       </c>
       <c r="M475" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B476" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="C476" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D476" t="s">
-        <v>706</v>
+        <v>673</v>
       </c>
       <c r="E476" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F476" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G476">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H476" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I476">
-        <v>6973</v>
+        <v>6286</v>
       </c>
       <c r="J476">
         <v>0</v>
       </c>
       <c r="K476">
-        <v>6973</v>
+        <v>6286</v>
       </c>
       <c r="L476">
         <v>0</v>
       </c>
       <c r="M476" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B477" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="C477" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D477" t="s">
-        <v>707</v>
+        <v>555</v>
       </c>
       <c r="E477" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F477" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G477">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H477" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I477">
-        <v>13495</v>
+        <v>6031</v>
       </c>
       <c r="J477">
         <v>0</v>
       </c>
       <c r="K477">
-        <v>12155</v>
+        <v>6031</v>
       </c>
       <c r="L477">
-        <v>1340</v>
+        <v>0</v>
       </c>
       <c r="M477" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B478" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="C478" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D478" t="s">
-        <v>567</v>
+        <v>686</v>
       </c>
       <c r="E478" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F478" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G478">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H478" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I478">
-        <v>12938</v>
+        <v>5468</v>
       </c>
       <c r="J478">
         <v>0</v>
       </c>
       <c r="K478">
-        <v>12938</v>
+        <v>5468</v>
       </c>
       <c r="L478">
         <v>0</v>
       </c>
       <c r="M478" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B479" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="C479" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D479" t="s">
-        <v>595</v>
+        <v>715</v>
       </c>
       <c r="E479" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F479" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G479">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="H479" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I479">
-        <v>11690</v>
+        <v>6973</v>
       </c>
       <c r="J479">
         <v>0</v>
       </c>
       <c r="K479">
-        <v>11690</v>
+        <v>6973</v>
       </c>
       <c r="L479">
         <v>0</v>
       </c>
       <c r="M479" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B480" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C480" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D480" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="E480" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F480" t="s">
-        <v>38</v>
+        <v>303</v>
       </c>
       <c r="G480">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H480" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I480">
-        <v>75047</v>
+        <v>13495</v>
       </c>
       <c r="J480">
-        <v>75047</v>
+        <v>0</v>
       </c>
       <c r="K480">
-        <v>0</v>
+        <v>12155</v>
       </c>
       <c r="L480">
-        <v>0</v>
+        <v>1340</v>
       </c>
       <c r="M480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B481" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C481" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D481" t="s">
-        <v>710</v>
+        <v>576</v>
       </c>
       <c r="E481" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F481" t="s">
-        <v>38</v>
+        <v>303</v>
       </c>
       <c r="G481">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="H481" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I481">
-        <v>155275</v>
+        <v>12938</v>
       </c>
       <c r="J481">
-        <v>155275</v>
+        <v>0</v>
       </c>
       <c r="K481">
-        <v>0</v>
+        <v>12938</v>
       </c>
       <c r="L481">
         <v>0</v>
       </c>
       <c r="M481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B482" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C482" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D482" t="s">
-        <v>712</v>
+        <v>603</v>
       </c>
       <c r="E482" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F482" t="s">
-        <v>229</v>
+        <v>303</v>
       </c>
       <c r="G482">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="H482" t="s">
-        <v>245</v>
+        <v>146</v>
       </c>
       <c r="I482">
-        <v>200</v>
+        <v>11690</v>
       </c>
       <c r="J482">
         <v>0</v>
       </c>
       <c r="K482">
-        <v>0</v>
+        <v>11690</v>
       </c>
       <c r="L482">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M482" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B483" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C483" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D483" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="E483" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F483" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G483">
         <v>2021</v>
       </c>
       <c r="H483" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I483">
-        <v>500</v>
+        <v>75047</v>
       </c>
       <c r="J483">
-        <v>0</v>
+        <v>75047</v>
       </c>
       <c r="K483">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="L483">
-        <v>422</v>
+        <v>0</v>
       </c>
       <c r="M483" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B484" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C484" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D484" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="E484" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F484" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G484">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="H484" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I484">
-        <v>500</v>
+        <v>155275</v>
       </c>
       <c r="J484">
-        <v>0</v>
+        <v>155275</v>
       </c>
       <c r="K484">
         <v>0</v>
       </c>
       <c r="L484">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="M484" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B485" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C485" t="s">
         <v>14</v>
       </c>
       <c r="D485" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="E485" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F485" t="s">
-        <v>718</v>
+        <v>244</v>
       </c>
       <c r="G485">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="H485" t="s">
-        <v>351</v>
+        <v>260</v>
       </c>
       <c r="I485">
-        <v>69685</v>
+        <v>200</v>
       </c>
       <c r="J485">
-        <v>69685</v>
+        <v>0</v>
       </c>
       <c r="K485">
         <v>0</v>
       </c>
       <c r="L485">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="M485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B486" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C486" t="s">
         <v>14</v>
       </c>
       <c r="D486" t="s">
-        <v>320</v>
+        <v>723</v>
       </c>
       <c r="E486" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F486" t="s">
-        <v>319</v>
+        <v>65</v>
       </c>
       <c r="G486">
         <v>2021</v>
       </c>
       <c r="H486" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="I486">
-        <v>15665</v>
+        <v>500</v>
       </c>
       <c r="J486">
         <v>0</v>
       </c>
       <c r="K486">
-        <v>15665</v>
+        <v>78</v>
       </c>
       <c r="L486">
-        <v>0</v>
+        <v>422</v>
       </c>
       <c r="M486" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B487" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C487" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D487" t="s">
-        <v>318</v>
+        <v>724</v>
       </c>
       <c r="E487" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F487" t="s">
-        <v>319</v>
+        <v>65</v>
       </c>
       <c r="G487">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="H487" t="s">
-        <v>49</v>
+        <v>152</v>
       </c>
       <c r="I487">
-        <v>79627</v>
+        <v>500</v>
       </c>
       <c r="J487">
         <v>0</v>
       </c>
       <c r="K487">
-        <v>79627</v>
+        <v>0</v>
       </c>
       <c r="L487">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="M487" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B488" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="C488" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D488" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E488" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F488" t="s">
-        <v>38</v>
+        <v>727</v>
       </c>
       <c r="G488">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H488" t="s">
-        <v>49</v>
+        <v>361</v>
       </c>
       <c r="I488">
-        <v>18125</v>
+        <v>69685</v>
       </c>
       <c r="J488">
-        <v>18125</v>
+        <v>69685</v>
       </c>
       <c r="K488">
         <v>0</v>
       </c>
       <c r="L488">
         <v>0</v>
       </c>
       <c r="M488" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B489" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="C489" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D489" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="E489" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F489" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G489">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="H489" t="s">
-        <v>49</v>
+        <v>152</v>
       </c>
       <c r="I489">
-        <v>19157</v>
+        <v>2149</v>
       </c>
       <c r="J489">
-        <v>19157</v>
+        <v>0</v>
       </c>
       <c r="K489">
         <v>0</v>
       </c>
       <c r="L489">
-        <v>0</v>
+        <v>2149</v>
       </c>
       <c r="M489" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B490" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="C490" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D490" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="E490" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F490" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G490">
         <v>2021</v>
       </c>
       <c r="H490" t="s">
-        <v>49</v>
+        <v>304</v>
       </c>
       <c r="I490">
-        <v>76194</v>
+        <v>2394</v>
       </c>
       <c r="J490">
-        <v>76194</v>
+        <v>0</v>
       </c>
       <c r="K490">
         <v>0</v>
       </c>
       <c r="L490">
-        <v>0</v>
+        <v>2394</v>
       </c>
       <c r="M490" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="B491" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="C491" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D491" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="E491" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F491" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G491">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H491" t="s">
-        <v>49</v>
+        <v>304</v>
       </c>
       <c r="I491">
-        <v>38957</v>
+        <v>2406</v>
       </c>
       <c r="J491">
-        <v>38957</v>
+        <v>0</v>
       </c>
       <c r="K491">
         <v>0</v>
       </c>
       <c r="L491">
-        <v>0</v>
+        <v>2406</v>
       </c>
       <c r="M491" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B492" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="C492" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D492" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="E492" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F492" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G492">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H492" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I492">
-        <v>2149</v>
+        <v>2598</v>
       </c>
       <c r="J492">
-        <v>0</v>
+        <v>1058</v>
       </c>
       <c r="K492">
         <v>0</v>
       </c>
       <c r="L492">
-        <v>2149</v>
+        <v>1540</v>
       </c>
       <c r="M492" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B493" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C493" t="s">
         <v>14</v>
       </c>
       <c r="D493" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="E493" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="F493" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="G493">
         <v>2021</v>
       </c>
       <c r="H493" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I493">
-        <v>2394</v>
+        <v>2402</v>
       </c>
       <c r="J493">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="K493">
         <v>0</v>
       </c>
       <c r="L493">
-        <v>2394</v>
+        <v>2112</v>
       </c>
       <c r="M493" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B494" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C494" t="s">
         <v>14</v>
       </c>
       <c r="D494" t="s">
-        <v>728</v>
+        <v>611</v>
       </c>
       <c r="E494" t="s">
-        <v>526</v>
+        <v>303</v>
       </c>
       <c r="F494" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="G494">
         <v>2021</v>
       </c>
       <c r="H494" t="s">
-        <v>289</v>
+        <v>66</v>
       </c>
       <c r="I494">
-        <v>2406</v>
+        <v>23000</v>
       </c>
       <c r="J494">
         <v>0</v>
       </c>
       <c r="K494">
-        <v>0</v>
+        <v>23000</v>
       </c>
       <c r="L494">
-        <v>2406</v>
+        <v>0</v>
       </c>
       <c r="M494" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B495" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="C495" t="s">
         <v>14</v>
       </c>
       <c r="D495" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="E495" t="s">
-        <v>526</v>
+        <v>219</v>
       </c>
       <c r="F495" t="s">
-        <v>37</v>
+        <v>220</v>
       </c>
       <c r="G495">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="H495" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="I495">
-        <v>2598</v>
+        <v>48</v>
       </c>
       <c r="J495">
-        <v>1058</v>
+        <v>0</v>
       </c>
       <c r="K495">
         <v>0</v>
       </c>
       <c r="L495">
-        <v>1540</v>
+        <v>48</v>
       </c>
       <c r="M495" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B496" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="C496" t="s">
         <v>14</v>
       </c>
       <c r="D496" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="E496" t="s">
-        <v>526</v>
+        <v>740</v>
       </c>
       <c r="F496" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="G496">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H496" t="s">
-        <v>131</v>
+        <v>260</v>
       </c>
       <c r="I496">
-        <v>2402</v>
+        <v>1460</v>
       </c>
       <c r="J496">
-        <v>290</v>
+        <v>1460</v>
       </c>
       <c r="K496">
         <v>0</v>
       </c>
       <c r="L496">
-        <v>2112</v>
+        <v>0</v>
       </c>
       <c r="M496" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B497" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="C497" t="s">
         <v>14</v>
       </c>
       <c r="D497" t="s">
-        <v>603</v>
+        <v>741</v>
       </c>
       <c r="E497" t="s">
-        <v>288</v>
+        <v>740</v>
       </c>
       <c r="F497" t="s">
-        <v>66</v>
+        <v>536</v>
       </c>
       <c r="G497">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H497" t="s">
-        <v>44</v>
+        <v>177</v>
       </c>
       <c r="I497">
-        <v>23000</v>
+        <v>5498</v>
       </c>
       <c r="J497">
-        <v>0</v>
+        <v>5419</v>
       </c>
       <c r="K497">
-        <v>23000</v>
+        <v>0</v>
       </c>
       <c r="L497">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="M497" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B498" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="C498" t="s">
         <v>14</v>
       </c>
       <c r="D498" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="E498" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F498" t="s">
-        <v>205</v>
+        <v>740</v>
       </c>
       <c r="G498">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="H498" t="s">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="I498">
-        <v>48</v>
+        <v>5498</v>
       </c>
       <c r="J498">
         <v>0</v>
       </c>
       <c r="K498">
-        <v>0</v>
+        <v>5498</v>
       </c>
       <c r="L498">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="M498" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B499" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="C499" t="s">
         <v>14</v>
       </c>
       <c r="D499" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="E499" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F499" t="s">
-        <v>526</v>
+        <v>740</v>
       </c>
       <c r="G499">
         <v>2014</v>
       </c>
       <c r="H499" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="I499">
         <v>1460</v>
       </c>
       <c r="J499">
+        <v>0</v>
+      </c>
+      <c r="K499">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="L499">
         <v>0</v>
       </c>
       <c r="M499" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B500" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="C500" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D500" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="E500" t="s">
-        <v>736</v>
+        <v>536</v>
       </c>
       <c r="F500" t="s">
-        <v>526</v>
+        <v>61</v>
       </c>
       <c r="G500">
         <v>2015</v>
       </c>
       <c r="H500" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="I500">
-        <v>5498</v>
+        <v>5000</v>
       </c>
       <c r="J500">
-        <v>5419</v>
+        <v>0</v>
       </c>
       <c r="K500">
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L500">
-        <v>79</v>
+        <v>4460</v>
       </c>
       <c r="M500" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B501" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="C501" t="s">
         <v>14</v>
       </c>
       <c r="D501" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E501" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F501" t="s">
-        <v>736</v>
+        <v>536</v>
       </c>
       <c r="G501">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H501" t="s">
-        <v>162</v>
+        <v>361</v>
       </c>
       <c r="I501">
-        <v>5498</v>
+        <v>10084</v>
       </c>
       <c r="J501">
-        <v>0</v>
+        <v>9657</v>
       </c>
       <c r="K501">
-        <v>5498</v>
+        <v>0</v>
       </c>
       <c r="L501">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="M501" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B502" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="C502" t="s">
         <v>14</v>
       </c>
       <c r="D502" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="E502" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F502" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="G502">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H502" t="s">
-        <v>245</v>
+        <v>361</v>
       </c>
       <c r="I502">
-        <v>1460</v>
+        <v>10084</v>
       </c>
       <c r="J502">
         <v>0</v>
       </c>
       <c r="K502">
-        <v>1460</v>
+        <v>10084</v>
       </c>
       <c r="L502">
         <v>0</v>
       </c>
       <c r="M502" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B503" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="C503" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D503" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="E503" t="s">
-        <v>526</v>
+        <v>85</v>
       </c>
       <c r="F503" t="s">
-        <v>37</v>
+        <v>244</v>
       </c>
       <c r="G503">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H503" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I503">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="J503">
         <v>0</v>
       </c>
       <c r="K503">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="L503">
-        <v>4460</v>
+        <v>300</v>
       </c>
       <c r="M503" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B504" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="C504" t="s">
         <v>14</v>
       </c>
       <c r="D504" t="s">
-        <v>741</v>
+        <v>592</v>
       </c>
       <c r="E504" t="s">
-        <v>736</v>
+        <v>303</v>
       </c>
       <c r="F504" t="s">
-        <v>526</v>
+        <v>85</v>
       </c>
       <c r="G504">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H504" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="I504">
-        <v>10084</v>
+        <v>40000</v>
       </c>
       <c r="J504">
-        <v>9657</v>
+        <v>0</v>
       </c>
       <c r="K504">
-        <v>0</v>
+        <v>40000</v>
       </c>
       <c r="L504">
-        <v>427</v>
+        <v>0</v>
       </c>
       <c r="M504" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B505" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C505" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D505" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="E505" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F505" t="s">
-        <v>736</v>
+        <v>219</v>
       </c>
       <c r="G505">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H505" t="s">
-        <v>351</v>
+        <v>221</v>
       </c>
       <c r="I505">
-        <v>10084</v>
+        <v>6939</v>
       </c>
       <c r="J505">
-        <v>0</v>
+        <v>6939</v>
       </c>
       <c r="K505">
-        <v>10084</v>
+        <v>0</v>
       </c>
       <c r="L505">
         <v>0</v>
       </c>
       <c r="M505" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B506" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="C506" t="s">
         <v>14</v>
       </c>
       <c r="D506" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="E506" t="s">
+        <v>61</v>
+      </c>
+      <c r="F506" t="s">
+        <v>61</v>
+      </c>
+      <c r="G506">
+        <v>2020</v>
+      </c>
+      <c r="H506" t="s">
         <v>66</v>
       </c>
-      <c r="F506" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I506">
-        <v>300</v>
+        <v>12251</v>
       </c>
       <c r="J506">
         <v>0</v>
       </c>
       <c r="K506">
         <v>0</v>
       </c>
       <c r="L506">
-        <v>300</v>
+        <v>12251</v>
       </c>
       <c r="M506" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B507" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C507" t="s">
         <v>14</v>
       </c>
       <c r="D507" t="s">
-        <v>584</v>
+        <v>754</v>
       </c>
       <c r="E507" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F507" t="s">
-        <v>66</v>
+        <v>536</v>
       </c>
       <c r="G507">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H507" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I507">
-        <v>40000</v>
+        <v>5000</v>
       </c>
       <c r="J507">
-        <v>0</v>
+        <v>2532</v>
       </c>
       <c r="K507">
-        <v>40000</v>
+        <v>2394</v>
       </c>
       <c r="L507">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="M507" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B508" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="C508" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D508" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="E508" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F508" t="s">
-        <v>204</v>
+        <v>536</v>
       </c>
       <c r="G508">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H508" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I508">
-        <v>6939</v>
+        <v>5000</v>
       </c>
       <c r="J508">
-        <v>6939</v>
+        <v>2371</v>
       </c>
       <c r="K508">
-        <v>0</v>
+        <v>2598</v>
       </c>
       <c r="L508">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="M508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B509" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="C509" t="s">
         <v>14</v>
       </c>
       <c r="D509" t="s">
-        <v>748</v>
+        <v>641</v>
       </c>
       <c r="E509" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F509" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="G509">
         <v>2020</v>
       </c>
       <c r="H509" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I509">
-        <v>12251</v>
+        <v>5000</v>
       </c>
       <c r="J509">
         <v>0</v>
       </c>
       <c r="K509">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L509">
-        <v>12251</v>
+        <v>0</v>
       </c>
       <c r="M509" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B510" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C510" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D510" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="E510" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F510" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G510">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H510" t="s">
-        <v>289</v>
+        <v>152</v>
       </c>
       <c r="I510">
         <v>5000</v>
       </c>
       <c r="J510">
-        <v>2532</v>
+        <v>0</v>
       </c>
       <c r="K510">
-        <v>2394</v>
+        <v>5000</v>
       </c>
       <c r="L510">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="M510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B511" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="C511" t="s">
         <v>14</v>
       </c>
       <c r="D511" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="E511" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F511" t="s">
-        <v>526</v>
+        <v>758</v>
       </c>
       <c r="G511">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H511" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
       <c r="I511">
-        <v>5000</v>
+        <v>200000</v>
       </c>
       <c r="J511">
-        <v>2371</v>
+        <v>0</v>
       </c>
       <c r="K511">
-        <v>2598</v>
+        <v>0</v>
       </c>
       <c r="L511">
-        <v>31</v>
+        <v>200000</v>
       </c>
       <c r="M511" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B512" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="C512" t="s">
         <v>14</v>
       </c>
       <c r="D512" t="s">
-        <v>633</v>
+        <v>759</v>
       </c>
       <c r="E512" t="s">
-        <v>37</v>
+        <v>318</v>
       </c>
       <c r="F512" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G512">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H512" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="I512">
         <v>5000</v>
       </c>
       <c r="J512">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="K512">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L512">
         <v>0</v>
       </c>
       <c r="M512" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B513" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="C513" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D513" t="s">
-        <v>739</v>
+        <v>761</v>
       </c>
       <c r="E513" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F513" t="s">
-        <v>526</v>
+        <v>758</v>
       </c>
       <c r="G513">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H513" t="s">
-        <v>137</v>
+        <v>762</v>
       </c>
       <c r="I513">
-        <v>5000</v>
+        <v>28900</v>
       </c>
       <c r="J513">
         <v>0</v>
       </c>
       <c r="K513">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L513">
-        <v>0</v>
+        <v>28900</v>
       </c>
       <c r="M513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B514" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="C514" t="s">
         <v>14</v>
       </c>
       <c r="D514" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="E514" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F514" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="G514">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H514" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I514">
-        <v>200000</v>
+        <v>132485</v>
       </c>
       <c r="J514">
         <v>0</v>
       </c>
       <c r="K514">
         <v>0</v>
       </c>
       <c r="L514">
-        <v>200000</v>
+        <v>132485</v>
       </c>
       <c r="M514" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B515" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="C515" t="s">
         <v>14</v>
       </c>
       <c r="D515" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="E515" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="F515" t="s">
-        <v>526</v>
+        <v>758</v>
       </c>
       <c r="G515">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H515" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="I515">
-        <v>5000</v>
+        <v>71070</v>
       </c>
       <c r="J515">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="K515">
         <v>0</v>
       </c>
       <c r="L515">
-        <v>0</v>
+        <v>71070</v>
       </c>
       <c r="M515" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B516" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C516" t="s">
         <v>14</v>
       </c>
       <c r="D516" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="E516" t="s">
-        <v>204</v>
+        <v>519</v>
       </c>
       <c r="F516" t="s">
-        <v>754</v>
+        <v>219</v>
       </c>
       <c r="G516">
         <v>2019</v>
       </c>
       <c r="H516" t="s">
-        <v>758</v>
+        <v>221</v>
       </c>
       <c r="I516">
-        <v>28900</v>
+        <v>132485</v>
       </c>
       <c r="J516">
         <v>0</v>
       </c>
       <c r="K516">
-        <v>0</v>
+        <v>132485</v>
       </c>
       <c r="L516">
-        <v>28900</v>
+        <v>0</v>
       </c>
       <c r="M516" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B517" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="C517" t="s">
         <v>14</v>
       </c>
       <c r="D517" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="E517" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F517" t="s">
-        <v>754</v>
+        <v>244</v>
       </c>
       <c r="G517">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H517" t="s">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="I517">
-        <v>132485</v>
+        <v>100</v>
       </c>
       <c r="J517">
         <v>0</v>
       </c>
       <c r="K517">
         <v>0</v>
       </c>
       <c r="L517">
-        <v>132485</v>
+        <v>100</v>
       </c>
       <c r="M517" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B518" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="C518" t="s">
         <v>14</v>
       </c>
       <c r="D518" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="E518" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F518" t="s">
-        <v>754</v>
+        <v>536</v>
       </c>
       <c r="G518">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H518" t="s">
-        <v>206</v>
+        <v>304</v>
       </c>
       <c r="I518">
-        <v>71070</v>
+        <v>105</v>
       </c>
       <c r="J518">
         <v>0</v>
       </c>
       <c r="K518">
         <v>0</v>
       </c>
       <c r="L518">
-        <v>71070</v>
+        <v>105</v>
       </c>
       <c r="M518" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B519" t="s">
-        <v>756</v>
+        <v>769</v>
       </c>
       <c r="C519" t="s">
         <v>14</v>
       </c>
       <c r="D519" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="E519" t="s">
-        <v>509</v>
+        <v>85</v>
       </c>
       <c r="F519" t="s">
-        <v>204</v>
+        <v>244</v>
       </c>
       <c r="G519">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H519" t="s">
-        <v>206</v>
+        <v>260</v>
       </c>
       <c r="I519">
-        <v>132485</v>
+        <v>291</v>
       </c>
       <c r="J519">
         <v>0</v>
       </c>
       <c r="K519">
-        <v>132485</v>
+        <v>0</v>
       </c>
       <c r="L519">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="M519" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B520" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="C520" t="s">
         <v>14</v>
       </c>
       <c r="D520" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="E520" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F520" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G520">
         <v>2014</v>
       </c>
       <c r="H520" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
       <c r="I520">
-        <v>100</v>
+        <v>1835</v>
       </c>
       <c r="J520">
         <v>0</v>
       </c>
       <c r="K520">
         <v>0</v>
       </c>
       <c r="L520">
-        <v>100</v>
+        <v>1835</v>
       </c>
       <c r="M520" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B521" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="C521" t="s">
         <v>14</v>
       </c>
       <c r="D521" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="E521" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F521" t="s">
-        <v>526</v>
+        <v>220</v>
       </c>
       <c r="G521">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="H521" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="I521">
-        <v>105</v>
+        <v>780</v>
       </c>
       <c r="J521">
         <v>0</v>
       </c>
       <c r="K521">
         <v>0</v>
       </c>
       <c r="L521">
-        <v>105</v>
+        <v>780</v>
       </c>
       <c r="M521" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B522" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="C522" t="s">
         <v>14</v>
       </c>
       <c r="D522" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="E522" t="s">
+        <v>61</v>
+      </c>
+      <c r="F522" t="s">
+        <v>758</v>
+      </c>
+      <c r="G522">
+        <v>2020</v>
+      </c>
+      <c r="H522" t="s">
         <v>66</v>
       </c>
-      <c r="F522" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I522">
-        <v>291</v>
+        <v>200000</v>
       </c>
       <c r="J522">
         <v>0</v>
       </c>
       <c r="K522">
         <v>0</v>
       </c>
       <c r="L522">
-        <v>291</v>
+        <v>200000</v>
       </c>
       <c r="M522" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B523" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="C523" t="s">
         <v>14</v>
       </c>
       <c r="D523" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="E523" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F523" t="s">
-        <v>229</v>
+        <v>536</v>
       </c>
       <c r="G523">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H523" t="s">
-        <v>245</v>
+        <v>762</v>
       </c>
       <c r="I523">
-        <v>1835</v>
+        <v>100</v>
       </c>
       <c r="J523">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="K523">
         <v>0</v>
       </c>
       <c r="L523">
-        <v>1835</v>
+        <v>0</v>
       </c>
       <c r="M523" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524">
+        <v>315</v>
+      </c>
+      <c r="B524" t="s">
+        <v>779</v>
+      </c>
+      <c r="C524" t="s">
+        <v>14</v>
+      </c>
+      <c r="D524" t="s">
+        <v>780</v>
+      </c>
+      <c r="E524" t="s">
         <v>318</v>
       </c>
-      <c r="B524" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F524" t="s">
-        <v>205</v>
+        <v>536</v>
       </c>
       <c r="G524">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="H524" t="s">
-        <v>206</v>
+        <v>319</v>
       </c>
       <c r="I524">
-        <v>780</v>
+        <v>1000</v>
       </c>
       <c r="J524">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="K524">
         <v>0</v>
       </c>
       <c r="L524">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="M524" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B525" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="C525" t="s">
         <v>14</v>
       </c>
       <c r="D525" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="E525" t="s">
-        <v>37</v>
+        <v>519</v>
       </c>
       <c r="F525" t="s">
-        <v>754</v>
+        <v>219</v>
       </c>
       <c r="G525">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="H525" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I525">
-        <v>200000</v>
+        <v>8850</v>
       </c>
       <c r="J525">
-        <v>0</v>
+        <v>5043</v>
       </c>
       <c r="K525">
-        <v>0</v>
+        <v>780</v>
       </c>
       <c r="L525">
-        <v>200000</v>
+        <v>3027</v>
       </c>
       <c r="M525" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B526" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C526" t="s">
         <v>14</v>
       </c>
       <c r="D526" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="E526" t="s">
-        <v>204</v>
+        <v>519</v>
       </c>
       <c r="F526" t="s">
-        <v>526</v>
+        <v>219</v>
       </c>
       <c r="G526">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="H526" t="s">
-        <v>758</v>
+        <v>221</v>
       </c>
       <c r="I526">
-        <v>100</v>
+        <v>9590</v>
       </c>
       <c r="J526">
-        <v>100</v>
+        <v>3652</v>
       </c>
       <c r="K526">
-        <v>0</v>
+        <v>3961</v>
       </c>
       <c r="L526">
-        <v>0</v>
+        <v>1977</v>
       </c>
       <c r="M526" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B527" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="C527" t="s">
         <v>14</v>
       </c>
       <c r="D527" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="E527" t="s">
-        <v>303</v>
+        <v>17</v>
       </c>
       <c r="F527" t="s">
-        <v>526</v>
+        <v>573</v>
       </c>
       <c r="G527">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H527" t="s">
-        <v>304</v>
+        <v>18</v>
       </c>
       <c r="I527">
-        <v>1000</v>
+        <v>50000</v>
       </c>
       <c r="J527">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="K527">
         <v>0</v>
       </c>
       <c r="L527">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="M527" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B528" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="C528" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D528" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="E528" t="s">
-        <v>509</v>
+        <v>61</v>
       </c>
       <c r="F528" t="s">
-        <v>204</v>
+        <v>77</v>
       </c>
       <c r="G528">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="H528" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="I528">
-        <v>8850</v>
+        <v>636</v>
       </c>
       <c r="J528">
-        <v>5043</v>
+        <v>0</v>
       </c>
       <c r="K528">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="L528">
-        <v>3027</v>
+        <v>636</v>
       </c>
       <c r="M528" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B529" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="C529" t="s">
         <v>14</v>
       </c>
       <c r="D529" t="s">
-        <v>779</v>
+        <v>726</v>
       </c>
       <c r="E529" t="s">
-        <v>509</v>
+        <v>727</v>
       </c>
       <c r="F529" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="G529">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="H529" t="s">
-        <v>206</v>
+        <v>361</v>
       </c>
       <c r="I529">
-        <v>9590</v>
+        <v>69685</v>
       </c>
       <c r="J529">
-        <v>3652</v>
+        <v>0</v>
       </c>
       <c r="K529">
-        <v>3961</v>
+        <v>69685</v>
       </c>
       <c r="L529">
-        <v>1977</v>
+        <v>0</v>
       </c>
       <c r="M529" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B530" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="C530" t="s">
         <v>14</v>
       </c>
       <c r="D530" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="E530" t="s">
-        <v>328</v>
+        <v>61</v>
       </c>
       <c r="F530" t="s">
-        <v>564</v>
+        <v>758</v>
       </c>
       <c r="G530">
         <v>2020</v>
       </c>
       <c r="H530" t="s">
-        <v>570</v>
+        <v>66</v>
       </c>
       <c r="I530">
-        <v>50000</v>
+        <v>250000</v>
       </c>
       <c r="J530">
         <v>0</v>
       </c>
       <c r="K530">
         <v>0</v>
       </c>
       <c r="L530">
-        <v>50000</v>
+        <v>250000</v>
       </c>
       <c r="M530" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B531" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="C531" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D531" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="E531" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F531" t="s">
-        <v>58</v>
+        <v>573</v>
       </c>
       <c r="G531">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="H531" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="I531">
-        <v>636</v>
+        <v>50000</v>
       </c>
       <c r="J531">
         <v>0</v>
       </c>
       <c r="K531">
         <v>0</v>
       </c>
       <c r="L531">
-        <v>636</v>
+        <v>50000</v>
       </c>
       <c r="M531" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B532" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C532" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D532" t="s">
-        <v>717</v>
+        <v>793</v>
       </c>
       <c r="E532" t="s">
-        <v>718</v>
+        <v>23</v>
       </c>
       <c r="F532" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G532">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H532" t="s">
-        <v>351</v>
+        <v>73</v>
       </c>
       <c r="I532">
-        <v>69685</v>
+        <v>34557</v>
       </c>
       <c r="J532">
-        <v>0</v>
+        <v>34557</v>
       </c>
       <c r="K532">
-        <v>69685</v>
+        <v>0</v>
       </c>
       <c r="L532">
         <v>0</v>
       </c>
       <c r="M532" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B533" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C533" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="D533" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="E533" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F533" t="s">
-        <v>754</v>
+        <v>45</v>
       </c>
       <c r="G533">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H533" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="I533">
-        <v>250000</v>
+        <v>9988</v>
       </c>
       <c r="J533">
-        <v>0</v>
+        <v>9988</v>
       </c>
       <c r="K533">
         <v>0</v>
       </c>
       <c r="L533">
-        <v>250000</v>
+        <v>0</v>
       </c>
       <c r="M533" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B534" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="C534" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D534" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="E534" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F534" t="s">
-        <v>564</v>
+        <v>77</v>
       </c>
       <c r="G534">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H534" t="s">
-        <v>44</v>
+        <v>152</v>
       </c>
       <c r="I534">
-        <v>50000</v>
+        <v>1160</v>
       </c>
       <c r="J534">
         <v>0</v>
       </c>
       <c r="K534">
         <v>0</v>
       </c>
       <c r="L534">
-        <v>50000</v>
+        <v>1160</v>
       </c>
       <c r="M534" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B535" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="C535" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D535" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="E535" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F535" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G535">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H535" t="s">
-        <v>54</v>
+        <v>152</v>
       </c>
       <c r="I535">
-        <v>34557</v>
+        <v>7090</v>
       </c>
       <c r="J535">
-        <v>34557</v>
+        <v>0</v>
       </c>
       <c r="K535">
         <v>0</v>
       </c>
       <c r="L535">
-        <v>0</v>
+        <v>7090</v>
       </c>
       <c r="M535" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B536" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="C536" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D536" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="E536" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="F536" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G536">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="H536" t="s">
-        <v>54</v>
+        <v>152</v>
       </c>
       <c r="I536">
-        <v>9988</v>
+        <v>3140</v>
       </c>
       <c r="J536">
-        <v>9988</v>
+        <v>0</v>
       </c>
       <c r="K536">
         <v>0</v>
       </c>
       <c r="L536">
-        <v>0</v>
+        <v>3140</v>
       </c>
       <c r="M536" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B537" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="C537" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D537" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="E537" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F537" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G537">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H537" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="I537">
-        <v>1160</v>
+        <v>10411</v>
       </c>
       <c r="J537">
-        <v>0</v>
+        <v>10411</v>
       </c>
       <c r="K537">
         <v>0</v>
       </c>
       <c r="L537">
-        <v>1160</v>
+        <v>0</v>
       </c>
       <c r="M537" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B538" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="C538" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D538" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="E538" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F538" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G538">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H538" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="I538">
-        <v>7090</v>
+        <v>10650</v>
       </c>
       <c r="J538">
-        <v>0</v>
+        <v>10650</v>
       </c>
       <c r="K538">
         <v>0</v>
       </c>
       <c r="L538">
-        <v>7090</v>
+        <v>0</v>
       </c>
       <c r="M538" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B539" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C539" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D539" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="E539" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F539" t="s">
-        <v>58</v>
+        <v>758</v>
       </c>
       <c r="G539">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H539" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="I539">
-        <v>3140</v>
+        <v>350000</v>
       </c>
       <c r="J539">
         <v>0</v>
       </c>
       <c r="K539">
         <v>0</v>
       </c>
       <c r="L539">
-        <v>3140</v>
+        <v>350000</v>
       </c>
       <c r="M539" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B540" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="C540" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D540" t="s">
-        <v>797</v>
+        <v>726</v>
       </c>
       <c r="E540" t="s">
-        <v>328</v>
+        <v>433</v>
       </c>
       <c r="F540" t="s">
-        <v>38</v>
+        <v>727</v>
       </c>
       <c r="G540">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H540" t="s">
-        <v>570</v>
+        <v>361</v>
       </c>
       <c r="I540">
-        <v>10411</v>
+        <v>69685</v>
       </c>
       <c r="J540">
-        <v>10411</v>
+        <v>0</v>
       </c>
       <c r="K540">
-        <v>0</v>
+        <v>69685</v>
       </c>
       <c r="L540">
         <v>0</v>
       </c>
       <c r="M540" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B541" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="C541" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D541" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E541" t="s">
-        <v>328</v>
+        <v>85</v>
       </c>
       <c r="F541" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G541">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H541" t="s">
-        <v>570</v>
+        <v>260</v>
       </c>
       <c r="I541">
-        <v>10650</v>
+        <v>100</v>
       </c>
       <c r="J541">
-        <v>10650</v>
+        <v>0</v>
       </c>
       <c r="K541">
         <v>0</v>
       </c>
       <c r="L541">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M541" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B542" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="C542" t="s">
         <v>14</v>
       </c>
       <c r="D542" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="E542" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F542" t="s">
-        <v>754</v>
+        <v>810</v>
       </c>
       <c r="G542">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H542" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I542">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="J542">
         <v>0</v>
       </c>
       <c r="K542">
         <v>0</v>
       </c>
       <c r="L542">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="M542" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B543" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="C543" t="s">
         <v>14</v>
       </c>
       <c r="D543" t="s">
-        <v>717</v>
+        <v>812</v>
       </c>
       <c r="E543" t="s">
-        <v>423</v>
+        <v>85</v>
       </c>
       <c r="F543" t="s">
-        <v>718</v>
+        <v>244</v>
       </c>
       <c r="G543">
         <v>2016</v>
       </c>
       <c r="H543" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I543">
-        <v>69685</v>
+        <v>120</v>
       </c>
       <c r="J543">
         <v>0</v>
       </c>
       <c r="K543">
-        <v>69685</v>
+        <v>0</v>
       </c>
       <c r="L543">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="M543" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B544" t="s">
-        <v>802</v>
+        <v>813</v>
       </c>
       <c r="C544" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D544" t="s">
-        <v>803</v>
+        <v>340</v>
       </c>
       <c r="E544" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="F544" t="s">
-        <v>229</v>
+        <v>303</v>
       </c>
       <c r="G544">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H544" t="s">
-        <v>245</v>
+        <v>126</v>
       </c>
       <c r="I544">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="J544">
         <v>0</v>
       </c>
       <c r="K544">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="L544">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M544" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="B545" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="C545" t="s">
         <v>14</v>
       </c>
       <c r="D545" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="E545" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F545" t="s">
-        <v>806</v>
+        <v>573</v>
       </c>
       <c r="G545">
         <v>2019</v>
       </c>
       <c r="H545" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I545">
-        <v>250000</v>
+        <v>18351</v>
       </c>
       <c r="J545">
         <v>0</v>
       </c>
       <c r="K545">
         <v>0</v>
       </c>
       <c r="L545">
-        <v>250000</v>
+        <v>18351</v>
       </c>
       <c r="M545" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B546" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="C546" t="s">
         <v>14</v>
       </c>
       <c r="D546" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="E546" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="F546" t="s">
-        <v>229</v>
+        <v>17</v>
       </c>
       <c r="G546">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H546" t="s">
-        <v>351</v>
+        <v>126</v>
       </c>
       <c r="I546">
-        <v>120</v>
+        <v>4050</v>
       </c>
       <c r="J546">
-        <v>0</v>
+        <v>4050</v>
       </c>
       <c r="K546">
         <v>0</v>
       </c>
       <c r="L546">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="M546" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B547" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C547" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D547" t="s">
-        <v>330</v>
+        <v>819</v>
       </c>
       <c r="E547" t="s">
-        <v>110</v>
+        <v>303</v>
       </c>
       <c r="F547" t="s">
-        <v>288</v>
+        <v>17</v>
       </c>
       <c r="G547">
         <v>2021</v>
       </c>
       <c r="H547" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I547">
-        <v>1200</v>
+        <v>2563</v>
       </c>
       <c r="J547">
-        <v>0</v>
+        <v>2563</v>
       </c>
       <c r="K547">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="L547">
         <v>0</v>
       </c>
       <c r="M547" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B548" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="C548" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D548" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="E548" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F548" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>17</v>
       </c>
       <c r="H548" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="I548">
-        <v>18351</v>
+        <v>1487</v>
       </c>
       <c r="J548">
         <v>0</v>
       </c>
       <c r="K548">
         <v>0</v>
       </c>
       <c r="L548">
-        <v>18351</v>
+        <v>1487</v>
       </c>
       <c r="M548" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B549" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="C549" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D549" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="E549" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="F549" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>303</v>
       </c>
       <c r="H549" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I549">
-        <v>4050</v>
+        <v>1487</v>
       </c>
       <c r="J549">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="K549">
-        <v>0</v>
+        <v>1487</v>
       </c>
       <c r="L549">
         <v>0</v>
       </c>
       <c r="M549" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B550" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="C550" t="s">
         <v>14</v>
       </c>
       <c r="D550" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="E550" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F550" t="s">
-        <v>328</v>
+        <v>586</v>
       </c>
       <c r="G550">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H550" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="I550">
-        <v>2563</v>
+        <v>300000</v>
       </c>
       <c r="J550">
-        <v>2563</v>
+        <v>0</v>
       </c>
       <c r="K550">
         <v>0</v>
       </c>
       <c r="L550">
-        <v>0</v>
+        <v>300000</v>
       </c>
       <c r="M550" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B551" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="C551" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D551" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="E551" t="s">
-        <v>288</v>
+        <v>740</v>
       </c>
       <c r="F551" t="s">
-        <v>328</v>
+        <v>536</v>
+      </c>
+      <c r="G551">
+        <v>2016</v>
       </c>
       <c r="H551" t="s">
-        <v>111</v>
+        <v>361</v>
       </c>
       <c r="I551">
-        <v>1487</v>
+        <v>2491</v>
       </c>
       <c r="J551">
-        <v>0</v>
+        <v>2098</v>
       </c>
       <c r="K551">
         <v>0</v>
       </c>
       <c r="L551">
-        <v>1487</v>
+        <v>393</v>
       </c>
       <c r="M551" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B552" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="C552" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D552" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="E552" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F552" t="s">
-        <v>288</v>
+        <v>536</v>
+      </c>
+      <c r="G552">
+        <v>2014</v>
       </c>
       <c r="H552" t="s">
-        <v>111</v>
+        <v>260</v>
       </c>
       <c r="I552">
-        <v>1487</v>
+        <v>3196</v>
       </c>
       <c r="J552">
-        <v>0</v>
+        <v>2872</v>
       </c>
       <c r="K552">
-        <v>1487</v>
+        <v>0</v>
       </c>
       <c r="L552">
-        <v>0</v>
+        <v>324</v>
       </c>
       <c r="M552" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B553" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="C553" t="s">
         <v>14</v>
       </c>
       <c r="D553" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="E553" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F553" t="s">
-        <v>578</v>
+        <v>536</v>
       </c>
       <c r="G553">
         <v>2019</v>
       </c>
       <c r="H553" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I553">
-        <v>300000</v>
+        <v>2196</v>
       </c>
       <c r="J553">
-        <v>0</v>
+        <v>2120</v>
       </c>
       <c r="K553">
         <v>0</v>
       </c>
       <c r="L553">
-        <v>300000</v>
+        <v>76</v>
       </c>
       <c r="M553" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B554" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C554" t="s">
         <v>14</v>
       </c>
       <c r="D554" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="E554" t="s">
-        <v>736</v>
+        <v>281</v>
       </c>
       <c r="F554" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G554">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H554" t="s">
-        <v>351</v>
+        <v>152</v>
       </c>
       <c r="I554">
-        <v>2491</v>
+        <v>2543</v>
       </c>
       <c r="J554">
-        <v>2098</v>
+        <v>2501</v>
       </c>
       <c r="K554">
         <v>0</v>
       </c>
       <c r="L554">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="M554" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B555" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C555" t="s">
         <v>14</v>
       </c>
       <c r="D555" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="E555" t="s">
-        <v>736</v>
+        <v>61</v>
       </c>
       <c r="F555" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G555">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H555" t="s">
-        <v>245</v>
+        <v>304</v>
       </c>
       <c r="I555">
-        <v>3196</v>
+        <v>2416</v>
       </c>
       <c r="J555">
-        <v>2872</v>
+        <v>0</v>
       </c>
       <c r="K555">
-        <v>0</v>
+        <v>2406</v>
       </c>
       <c r="L555">
-        <v>324</v>
+        <v>10</v>
       </c>
       <c r="M555" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B556" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C556" t="s">
         <v>14</v>
       </c>
       <c r="D556" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="E556" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F556" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G556">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H556" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="I556">
-        <v>2196</v>
+        <v>2416</v>
       </c>
       <c r="J556">
-        <v>2120</v>
+        <v>0</v>
       </c>
       <c r="K556">
-        <v>0</v>
+        <v>2402</v>
       </c>
       <c r="L556">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="M556" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B557" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C557" t="s">
         <v>14</v>
       </c>
       <c r="D557" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="E557" t="s">
-        <v>266</v>
+        <v>303</v>
       </c>
       <c r="F557" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G557">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H557" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="I557">
-        <v>2543</v>
+        <v>1980</v>
       </c>
       <c r="J557">
-        <v>2501</v>
+        <v>1932</v>
       </c>
       <c r="K557">
         <v>0</v>
       </c>
       <c r="L557">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="M557" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B558" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C558" t="s">
         <v>14</v>
       </c>
       <c r="D558" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="E558" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F558" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G558">
         <v>2021</v>
       </c>
       <c r="H558" t="s">
-        <v>289</v>
+        <v>126</v>
       </c>
       <c r="I558">
-        <v>2416</v>
+        <v>2809</v>
       </c>
       <c r="J558">
-        <v>0</v>
+        <v>2709</v>
       </c>
       <c r="K558">
-        <v>2406</v>
+        <v>0</v>
       </c>
       <c r="L558">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="M558" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B559" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="C559" t="s">
         <v>14</v>
       </c>
       <c r="D559" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="E559" t="s">
-        <v>37</v>
+        <v>519</v>
       </c>
       <c r="F559" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G559">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H559" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="I559">
-        <v>2416</v>
+        <v>1343</v>
       </c>
       <c r="J559">
-        <v>0</v>
+        <v>1328</v>
       </c>
       <c r="K559">
-        <v>2402</v>
+        <v>0</v>
       </c>
       <c r="L559">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M559" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B560" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="C560" t="s">
         <v>14</v>
       </c>
       <c r="D560" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="E560" t="s">
-        <v>288</v>
+        <v>519</v>
       </c>
       <c r="F560" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G560">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H560" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="I560">
-        <v>1980</v>
+        <v>240</v>
       </c>
       <c r="J560">
-        <v>1932</v>
+        <v>70</v>
       </c>
       <c r="K560">
         <v>0</v>
       </c>
       <c r="L560">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="M560" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B561" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="C561" t="s">
         <v>14</v>
       </c>
       <c r="D561" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E561" t="s">
-        <v>288</v>
+        <v>519</v>
       </c>
       <c r="F561" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="G561">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H561" t="s">
-        <v>111</v>
+        <v>537</v>
       </c>
       <c r="I561">
-        <v>2809</v>
+        <v>1343</v>
       </c>
       <c r="J561">
-        <v>2709</v>
+        <v>1338</v>
       </c>
       <c r="K561">
         <v>0</v>
       </c>
       <c r="L561">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="M561" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B562" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C562" t="s">
         <v>14</v>
       </c>
       <c r="D562" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="E562" t="s">
-        <v>509</v>
+        <v>740</v>
       </c>
       <c r="F562" t="s">
-        <v>526</v>
+        <v>85</v>
       </c>
       <c r="G562">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H562" t="s">
-        <v>206</v>
+        <v>361</v>
       </c>
       <c r="I562">
-        <v>1343</v>
+        <v>1236</v>
       </c>
       <c r="J562">
-        <v>1328</v>
+        <v>871</v>
       </c>
       <c r="K562">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="L562">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="M562" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B563" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C563" t="s">
         <v>14</v>
       </c>
       <c r="D563" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="E563" t="s">
-        <v>509</v>
+        <v>740</v>
       </c>
       <c r="F563" t="s">
-        <v>526</v>
+        <v>85</v>
       </c>
       <c r="G563">
         <v>2014</v>
       </c>
       <c r="H563" t="s">
-        <v>206</v>
+        <v>260</v>
       </c>
       <c r="I563">
-        <v>240</v>
+        <v>3686</v>
       </c>
       <c r="J563">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="K563">
-        <v>0</v>
+        <v>3686</v>
       </c>
       <c r="L563">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="M563" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B564" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C564" t="s">
         <v>14</v>
       </c>
       <c r="D564" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="E564" t="s">
-        <v>509</v>
+        <v>85</v>
       </c>
       <c r="F564" t="s">
-        <v>526</v>
+        <v>740</v>
       </c>
       <c r="G564">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H564" t="s">
-        <v>527</v>
+        <v>260</v>
       </c>
       <c r="I564">
-        <v>1343</v>
+        <v>6882</v>
       </c>
       <c r="J564">
-        <v>1338</v>
+        <v>0</v>
       </c>
       <c r="K564">
-        <v>0</v>
+        <v>6882</v>
       </c>
       <c r="L564">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="M564" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B565" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C565" t="s">
         <v>14</v>
       </c>
       <c r="D565" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="E565" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F565" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G565">
         <v>2016</v>
       </c>
       <c r="H565" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I565">
-        <v>1236</v>
+        <v>3727</v>
       </c>
       <c r="J565">
-        <v>871</v>
+        <v>0</v>
       </c>
       <c r="K565">
-        <v>365</v>
+        <v>3727</v>
       </c>
       <c r="L565">
         <v>0</v>
       </c>
       <c r="M565" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B566" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="C566" t="s">
         <v>14</v>
       </c>
       <c r="D566" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="E566" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F566" t="s">
-        <v>66</v>
+        <v>244</v>
       </c>
       <c r="G566">
         <v>2014</v>
       </c>
       <c r="H566" t="s">
-        <v>245</v>
+        <v>177</v>
       </c>
       <c r="I566">
-        <v>3686</v>
+        <v>162</v>
       </c>
       <c r="J566">
         <v>0</v>
       </c>
       <c r="K566">
-        <v>3686</v>
+        <v>0</v>
       </c>
       <c r="L566">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="M566" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B567" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="C567" t="s">
         <v>14</v>
       </c>
       <c r="D567" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="E567" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F567" t="s">
-        <v>736</v>
+        <v>303</v>
       </c>
       <c r="G567">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="H567" t="s">
-        <v>245</v>
+        <v>126</v>
       </c>
       <c r="I567">
-        <v>6882</v>
+        <v>5467</v>
       </c>
       <c r="J567">
         <v>0</v>
       </c>
       <c r="K567">
-        <v>6882</v>
+        <v>5467</v>
       </c>
       <c r="L567">
         <v>0</v>
       </c>
       <c r="M567" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B568" t="s">
-        <v>829</v>
+        <v>845</v>
       </c>
       <c r="C568" t="s">
         <v>14</v>
       </c>
       <c r="D568" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="E568" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F568" t="s">
-        <v>736</v>
+        <v>244</v>
       </c>
       <c r="G568">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H568" t="s">
-        <v>351</v>
+        <v>260</v>
       </c>
       <c r="I568">
-        <v>3727</v>
+        <v>100</v>
       </c>
       <c r="J568">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="K568">
-        <v>3727</v>
+        <v>0</v>
       </c>
       <c r="L568">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="M568" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B569" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="C569" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D569" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="E569" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F569" t="s">
-        <v>229</v>
+        <v>77</v>
       </c>
       <c r="G569">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="H569" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="I569">
-        <v>162</v>
+        <v>3000</v>
       </c>
       <c r="J569">
         <v>0</v>
       </c>
       <c r="K569">
         <v>0</v>
       </c>
       <c r="L569">
-        <v>162</v>
+        <v>3000</v>
       </c>
       <c r="M569" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B570" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="C570" t="s">
         <v>14</v>
       </c>
       <c r="D570" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="E570" t="s">
+        <v>61</v>
+      </c>
+      <c r="F570" t="s">
+        <v>586</v>
+      </c>
+      <c r="G570">
+        <v>2019</v>
+      </c>
+      <c r="H570" t="s">
         <v>66</v>
       </c>
-      <c r="F570" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I570">
-        <v>5467</v>
+        <v>300000</v>
       </c>
       <c r="J570">
         <v>0</v>
       </c>
       <c r="K570">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L570">
-        <v>0</v>
+        <v>300000</v>
       </c>
       <c r="M570" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B571" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="C571" t="s">
         <v>14</v>
       </c>
       <c r="D571" t="s">
-        <v>842</v>
+        <v>556</v>
       </c>
       <c r="E571" t="s">
+        <v>303</v>
+      </c>
+      <c r="F571" t="s">
+        <v>85</v>
+      </c>
+      <c r="G571">
+        <v>2019</v>
+      </c>
+      <c r="H571" t="s">
         <v>66</v>
       </c>
-      <c r="F571" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I571">
-        <v>100</v>
+        <v>427</v>
       </c>
       <c r="J571">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="K571">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="L571">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="M571" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B572" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="C572" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D572" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="E572" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F572" t="s">
-        <v>58</v>
+        <v>303</v>
       </c>
       <c r="G572">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="H572" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
       <c r="I572">
-        <v>3000</v>
+        <v>73273</v>
       </c>
       <c r="J572">
         <v>0</v>
       </c>
       <c r="K572">
-        <v>0</v>
+        <v>73273</v>
       </c>
       <c r="L572">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="M572" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B573" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="C573" t="s">
         <v>14</v>
       </c>
       <c r="D573" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="E573" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F573" t="s">
-        <v>578</v>
+        <v>303</v>
       </c>
       <c r="G573">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H573" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I573">
-        <v>300000</v>
+        <v>71091</v>
       </c>
       <c r="J573">
         <v>0</v>
       </c>
       <c r="K573">
-        <v>0</v>
+        <v>7541</v>
       </c>
       <c r="L573">
-        <v>300000</v>
+        <v>63550</v>
       </c>
       <c r="M573" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B574" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="C574" t="s">
         <v>14</v>
       </c>
       <c r="D574" t="s">
-        <v>546</v>
+        <v>855</v>
       </c>
       <c r="E574" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="F574" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="G574">
         <v>2019</v>
       </c>
       <c r="H574" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I574">
-        <v>427</v>
+        <v>68427</v>
       </c>
       <c r="J574">
         <v>0</v>
       </c>
       <c r="K574">
-        <v>427</v>
+        <v>2407</v>
       </c>
       <c r="L574">
-        <v>0</v>
+        <v>66020</v>
       </c>
       <c r="M574" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B575" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="C575" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D575" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="E575" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F575" t="s">
-        <v>288</v>
+        <v>77</v>
       </c>
       <c r="G575">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H575" t="s">
-        <v>44</v>
+        <v>152</v>
       </c>
       <c r="I575">
-        <v>73273</v>
+        <v>160</v>
       </c>
       <c r="J575">
         <v>0</v>
       </c>
       <c r="K575">
-        <v>73273</v>
+        <v>0</v>
       </c>
       <c r="L575">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="M575" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B576" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="C576" t="s">
         <v>14</v>
       </c>
       <c r="D576" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E576" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F576" t="s">
-        <v>288</v>
+        <v>519</v>
       </c>
       <c r="G576">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H576" t="s">
-        <v>44</v>
+        <v>537</v>
       </c>
       <c r="I576">
-        <v>71091</v>
+        <v>228393</v>
       </c>
       <c r="J576">
         <v>0</v>
       </c>
       <c r="K576">
-        <v>7541</v>
+        <v>228393</v>
       </c>
       <c r="L576">
-        <v>63550</v>
+        <v>0</v>
       </c>
       <c r="M576" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B577" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="C577" t="s">
         <v>14</v>
       </c>
       <c r="D577" t="s">
-        <v>851</v>
+        <v>596</v>
       </c>
       <c r="E577" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F577" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G577">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H577" t="s">
-        <v>44</v>
+        <v>304</v>
       </c>
       <c r="I577">
-        <v>68427</v>
+        <v>1321</v>
       </c>
       <c r="J577">
         <v>0</v>
       </c>
       <c r="K577">
-        <v>2407</v>
+        <v>1321</v>
       </c>
       <c r="L577">
-        <v>66020</v>
+        <v>0</v>
       </c>
       <c r="M577" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B578" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="C578" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D578" t="s">
-        <v>853</v>
+        <v>591</v>
       </c>
       <c r="E578" t="s">
-        <v>37</v>
+        <v>303</v>
       </c>
       <c r="F578" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="G578">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H578" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I578">
-        <v>160</v>
+        <v>972</v>
       </c>
       <c r="J578">
         <v>0</v>
       </c>
       <c r="K578">
-        <v>0</v>
+        <v>972</v>
       </c>
       <c r="L578">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="M578" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B579" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="C579" t="s">
         <v>14</v>
       </c>
       <c r="D579" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="E579" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F579" t="s">
-        <v>509</v>
+        <v>85</v>
       </c>
       <c r="G579">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H579" t="s">
-        <v>527</v>
+        <v>146</v>
       </c>
       <c r="I579">
-        <v>228393</v>
+        <v>821</v>
       </c>
       <c r="J579">
-        <v>0</v>
+        <v>821</v>
       </c>
       <c r="K579">
-        <v>228393</v>
+        <v>0</v>
       </c>
       <c r="L579">
         <v>0</v>
       </c>
       <c r="M579" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B580" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C580" t="s">
         <v>14</v>
       </c>
       <c r="D580" t="s">
-        <v>588</v>
+        <v>861</v>
       </c>
       <c r="E580" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="F580" t="s">
-        <v>66</v>
+        <v>862</v>
       </c>
       <c r="G580">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H580" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I580">
-        <v>1321</v>
+        <v>369</v>
       </c>
       <c r="J580">
-        <v>0</v>
+        <v>369</v>
       </c>
       <c r="K580">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="L580">
         <v>0</v>
       </c>
       <c r="M580" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B581" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C581" t="s">
         <v>14</v>
       </c>
       <c r="D581" t="s">
-        <v>583</v>
+        <v>863</v>
       </c>
       <c r="E581" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="F581" t="s">
-        <v>66</v>
+        <v>573</v>
       </c>
       <c r="G581">
         <v>2020</v>
       </c>
       <c r="H581" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I581">
-        <v>972</v>
+        <v>26225</v>
       </c>
       <c r="J581">
         <v>0</v>
       </c>
       <c r="K581">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="L581">
-        <v>0</v>
+        <v>26225</v>
       </c>
       <c r="M581" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B582" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C582" t="s">
         <v>14</v>
       </c>
       <c r="D582" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="E582" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="F582" t="s">
-        <v>66</v>
+        <v>573</v>
       </c>
       <c r="G582">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H582" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I582">
-        <v>821</v>
+        <v>13424</v>
       </c>
       <c r="J582">
-        <v>821</v>
+        <v>0</v>
       </c>
       <c r="K582">
         <v>0</v>
       </c>
       <c r="L582">
-        <v>0</v>
+        <v>13424</v>
       </c>
       <c r="M582" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B583" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="C583" t="s">
         <v>14</v>
       </c>
       <c r="D583" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E583" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="F583" t="s">
-        <v>858</v>
+        <v>85</v>
       </c>
       <c r="G583">
         <v>2021</v>
       </c>
       <c r="H583" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I583">
         <v>369</v>
       </c>
       <c r="J583">
+        <v>0</v>
+      </c>
+      <c r="K583">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="L583">
         <v>0</v>
       </c>
       <c r="M583" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B584" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="C584" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D584" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="E584" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F584" t="s">
-        <v>564</v>
+        <v>220</v>
       </c>
       <c r="G584">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="H584" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I584">
-        <v>26225</v>
+        <v>2439</v>
       </c>
       <c r="J584">
         <v>0</v>
       </c>
       <c r="K584">
         <v>0</v>
       </c>
       <c r="L584">
-        <v>26225</v>
+        <v>2439</v>
       </c>
       <c r="M584" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B585" t="s">
-        <v>855</v>
+        <v>868</v>
       </c>
       <c r="C585" t="s">
         <v>14</v>
       </c>
       <c r="D585" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="E585" t="s">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="F585" t="s">
-        <v>564</v>
+        <v>85</v>
       </c>
       <c r="G585">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H585" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I585">
-        <v>13424</v>
+        <v>10000</v>
       </c>
       <c r="J585">
-        <v>0</v>
+        <v>4055</v>
       </c>
       <c r="K585">
-        <v>0</v>
+        <v>5945</v>
       </c>
       <c r="L585">
-        <v>13424</v>
+        <v>0</v>
       </c>
       <c r="M585" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B586" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="C586" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D586" t="s">
-        <v>857</v>
+        <v>820</v>
       </c>
       <c r="E586" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="F586" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>85</v>
       </c>
       <c r="H586" t="s">
-        <v>289</v>
+        <v>126</v>
       </c>
       <c r="I586">
-        <v>369</v>
+        <v>1487</v>
       </c>
       <c r="J586">
         <v>0</v>
       </c>
       <c r="K586">
-        <v>369</v>
+        <v>1487</v>
       </c>
       <c r="L586">
         <v>0</v>
       </c>
       <c r="M586" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B587" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C587" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D587" t="s">
-        <v>863</v>
+        <v>844</v>
       </c>
       <c r="E587" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="F587" t="s">
-        <v>205</v>
+        <v>85</v>
       </c>
       <c r="G587">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="H587" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I587">
-        <v>2439</v>
+        <v>5467</v>
       </c>
       <c r="J587">
         <v>0</v>
       </c>
       <c r="K587">
-        <v>0</v>
+        <v>5467</v>
       </c>
       <c r="L587">
-        <v>2439</v>
+        <v>0</v>
       </c>
       <c r="M587" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B588" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="C588" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D588" t="s">
-        <v>865</v>
+        <v>820</v>
       </c>
       <c r="E588" t="s">
-        <v>288</v>
+        <v>622</v>
       </c>
       <c r="F588" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>303</v>
       </c>
       <c r="H588" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I588">
-        <v>10000</v>
+        <v>1487</v>
       </c>
       <c r="J588">
-        <v>4055</v>
+        <v>0</v>
       </c>
       <c r="K588">
-        <v>5945</v>
+        <v>1487</v>
       </c>
       <c r="L588">
         <v>0</v>
       </c>
       <c r="M588" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B589" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="C589" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D589" t="s">
-        <v>816</v>
+        <v>844</v>
       </c>
       <c r="E589" t="s">
-        <v>288</v>
+        <v>622</v>
       </c>
       <c r="F589" t="s">
-        <v>66</v>
+        <v>303</v>
+      </c>
+      <c r="G589">
+        <v>2021</v>
       </c>
       <c r="H589" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I589">
-        <v>1487</v>
+        <v>5467</v>
       </c>
       <c r="J589">
         <v>0</v>
       </c>
       <c r="K589">
-        <v>1487</v>
+        <v>5467</v>
       </c>
       <c r="L589">
         <v>0</v>
       </c>
       <c r="M589" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B590" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C590" t="s">
         <v>14</v>
       </c>
       <c r="D590" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="E590" t="s">
-        <v>288</v>
+        <v>125</v>
       </c>
       <c r="F590" t="s">
-        <v>66</v>
+        <v>622</v>
       </c>
       <c r="G590">
         <v>2021</v>
       </c>
       <c r="H590" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I590">
         <v>5467</v>
       </c>
       <c r="J590">
         <v>0</v>
       </c>
       <c r="K590">
         <v>5467</v>
       </c>
       <c r="L590">
         <v>0</v>
       </c>
       <c r="M590" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B591" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C591" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D591" t="s">
-        <v>816</v>
+        <v>871</v>
       </c>
       <c r="E591" t="s">
-        <v>614</v>
+        <v>125</v>
       </c>
       <c r="F591" t="s">
-        <v>288</v>
+        <v>622</v>
       </c>
       <c r="H591" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I591">
-        <v>1487</v>
+        <v>5587</v>
       </c>
       <c r="J591">
         <v>0</v>
       </c>
       <c r="K591">
-        <v>1487</v>
+        <v>5587</v>
       </c>
       <c r="L591">
         <v>0</v>
       </c>
       <c r="M591" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B592" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="C592" t="s">
         <v>14</v>
       </c>
       <c r="D592" t="s">
-        <v>840</v>
+        <v>873</v>
       </c>
       <c r="E592" t="s">
-        <v>614</v>
+        <v>85</v>
       </c>
       <c r="F592" t="s">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="G592">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H592" t="s">
-        <v>111</v>
+        <v>260</v>
       </c>
       <c r="I592">
-        <v>5467</v>
+        <v>855</v>
       </c>
       <c r="J592">
         <v>0</v>
       </c>
       <c r="K592">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L592">
-        <v>0</v>
+        <v>855</v>
       </c>
       <c r="M592" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B593" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="C593" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D593" t="s">
-        <v>840</v>
+        <v>875</v>
       </c>
       <c r="E593" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F593" t="s">
-        <v>614</v>
+        <v>77</v>
       </c>
       <c r="G593">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H593" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="I593">
-        <v>5467</v>
+        <v>3416</v>
       </c>
       <c r="J593">
         <v>0</v>
       </c>
       <c r="K593">
-        <v>5467</v>
+        <v>0</v>
       </c>
       <c r="L593">
-        <v>0</v>
+        <v>3416</v>
       </c>
       <c r="M593" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B594" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="C594" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D594" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="E594" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="F594" t="s">
-        <v>614</v>
+        <v>244</v>
+      </c>
+      <c r="G594">
+        <v>2016</v>
       </c>
       <c r="H594" t="s">
-        <v>111</v>
+        <v>361</v>
       </c>
       <c r="I594">
-        <v>5587</v>
+        <v>2205</v>
       </c>
       <c r="J594">
         <v>0</v>
       </c>
       <c r="K594">
-        <v>5587</v>
+        <v>0</v>
       </c>
       <c r="L594">
-        <v>0</v>
+        <v>2205</v>
       </c>
       <c r="M594" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B595" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="C595" t="s">
         <v>14</v>
       </c>
       <c r="D595" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="E595" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F595" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G595">
         <v>2013</v>
       </c>
       <c r="H595" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="I595">
-        <v>855</v>
+        <v>333</v>
       </c>
       <c r="J595">
         <v>0</v>
       </c>
       <c r="K595">
         <v>0</v>
       </c>
       <c r="L595">
-        <v>855</v>
+        <v>333</v>
       </c>
       <c r="M595" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B596" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="C596" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D596" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="E596" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F596" t="s">
-        <v>58</v>
+        <v>244</v>
       </c>
       <c r="G596">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="H596" t="s">
-        <v>137</v>
+        <v>260</v>
       </c>
       <c r="I596">
-        <v>3416</v>
+        <v>200</v>
       </c>
       <c r="J596">
         <v>0</v>
       </c>
       <c r="K596">
         <v>0</v>
       </c>
       <c r="L596">
-        <v>3416</v>
+        <v>200</v>
       </c>
       <c r="M596" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B597" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="C597" t="s">
         <v>14</v>
       </c>
       <c r="D597" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="E597" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F597" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G597">
         <v>2016</v>
       </c>
       <c r="H597" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I597">
-        <v>2205</v>
+        <v>193</v>
       </c>
       <c r="J597">
         <v>0</v>
       </c>
       <c r="K597">
         <v>0</v>
       </c>
       <c r="L597">
-        <v>2205</v>
+        <v>193</v>
       </c>
       <c r="M597" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B598" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="C598" t="s">
         <v>14</v>
       </c>
       <c r="D598" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="E598" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F598" t="s">
-        <v>229</v>
+        <v>862</v>
       </c>
       <c r="G598">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H598" t="s">
-        <v>245</v>
+        <v>146</v>
       </c>
       <c r="I598">
-        <v>333</v>
+        <v>500</v>
       </c>
       <c r="J598">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="K598">
         <v>0</v>
       </c>
       <c r="L598">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="M598" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B599" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="C599" t="s">
         <v>14</v>
       </c>
       <c r="D599" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="E599" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F599" t="s">
-        <v>229</v>
+        <v>862</v>
       </c>
       <c r="G599">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H599" t="s">
-        <v>245</v>
+        <v>304</v>
       </c>
       <c r="I599">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="J599">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="K599">
         <v>0</v>
       </c>
       <c r="L599">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M599" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B600" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="C600" t="s">
         <v>14</v>
       </c>
       <c r="D600" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="E600" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F600" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="G600">
         <v>2016</v>
       </c>
       <c r="H600" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I600">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="J600">
         <v>0</v>
       </c>
       <c r="K600">
         <v>0</v>
       </c>
       <c r="L600">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="M600" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B601" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="C601" t="s">
         <v>14</v>
       </c>
       <c r="D601" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="E601" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F601" t="s">
-        <v>858</v>
+        <v>85</v>
       </c>
       <c r="G601">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H601" t="s">
-        <v>131</v>
+        <v>260</v>
       </c>
       <c r="I601">
-        <v>500</v>
+        <v>15896</v>
       </c>
       <c r="J601">
-        <v>500</v>
+        <v>14886</v>
       </c>
       <c r="K601">
-        <v>0</v>
+        <v>1010</v>
       </c>
       <c r="L601">
         <v>0</v>
       </c>
       <c r="M601" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B602" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="C602" t="s">
         <v>14</v>
       </c>
       <c r="D602" t="s">
-        <v>882</v>
+        <v>741</v>
       </c>
       <c r="E602" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F602" t="s">
-        <v>858</v>
+        <v>85</v>
       </c>
       <c r="G602">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="H602" t="s">
-        <v>289</v>
+        <v>177</v>
       </c>
       <c r="I602">
-        <v>500</v>
+        <v>5498</v>
       </c>
       <c r="J602">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K602">
-        <v>0</v>
+        <v>5498</v>
       </c>
       <c r="L602">
         <v>0</v>
       </c>
       <c r="M602" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B603" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="C603" t="s">
         <v>14</v>
       </c>
       <c r="D603" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="E603" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F603" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="G603">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="H603" t="s">
-        <v>351</v>
+        <v>260</v>
       </c>
       <c r="I603">
-        <v>200</v>
+        <v>6982</v>
       </c>
       <c r="J603">
         <v>0</v>
       </c>
       <c r="K603">
-        <v>0</v>
+        <v>6982</v>
       </c>
       <c r="L603">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="M603" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B604" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C604" t="s">
         <v>14</v>
       </c>
       <c r="D604" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="E604" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="F604" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G604">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="H604" t="s">
-        <v>245</v>
+        <v>177</v>
       </c>
       <c r="I604">
-        <v>15896</v>
+        <v>2387</v>
       </c>
       <c r="J604">
-        <v>14886</v>
+        <v>264</v>
       </c>
       <c r="K604">
-        <v>1010</v>
+        <v>2123</v>
       </c>
       <c r="L604">
         <v>0</v>
       </c>
       <c r="M604" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B605" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C605" t="s">
         <v>14</v>
       </c>
       <c r="D605" t="s">
-        <v>737</v>
+        <v>893</v>
       </c>
       <c r="E605" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="F605" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G605">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="H605" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
       <c r="I605">
-        <v>5498</v>
+        <v>1188</v>
       </c>
       <c r="J605">
         <v>0</v>
       </c>
       <c r="K605">
-        <v>5498</v>
+        <v>1188</v>
       </c>
       <c r="L605">
         <v>0</v>
       </c>
       <c r="M605" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B606" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C606" t="s">
         <v>14</v>
       </c>
       <c r="D606" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="E606" t="s">
-        <v>736</v>
+        <v>292</v>
       </c>
       <c r="F606" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G606">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="H606" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="I606">
-        <v>6982</v>
+        <v>15896</v>
       </c>
       <c r="J606">
         <v>0</v>
       </c>
       <c r="K606">
-        <v>6982</v>
+        <v>15896</v>
       </c>
       <c r="L606">
         <v>0</v>
       </c>
       <c r="M606" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B607" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C607" t="s">
         <v>14</v>
       </c>
       <c r="D607" t="s">
-        <v>888</v>
+        <v>741</v>
       </c>
       <c r="E607" t="s">
-        <v>736</v>
+        <v>176</v>
       </c>
       <c r="F607" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G607">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="H607" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="I607">
-        <v>2387</v>
+        <v>5498</v>
       </c>
       <c r="J607">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="K607">
-        <v>2123</v>
+        <v>5498</v>
       </c>
       <c r="L607">
         <v>0</v>
       </c>
       <c r="M607" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B608" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C608" t="s">
         <v>14</v>
       </c>
       <c r="D608" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E608" t="s">
-        <v>736</v>
+        <v>292</v>
       </c>
       <c r="F608" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G608">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="H608" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="I608">
-        <v>1188</v>
+        <v>6982</v>
       </c>
       <c r="J608">
         <v>0</v>
       </c>
       <c r="K608">
-        <v>1188</v>
+        <v>6982</v>
       </c>
       <c r="L608">
         <v>0</v>
       </c>
       <c r="M608" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B609" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C609" t="s">
         <v>14</v>
       </c>
       <c r="D609" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="E609" t="s">
-        <v>277</v>
+        <v>176</v>
       </c>
       <c r="F609" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="G609">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="H609" t="s">
-        <v>245</v>
+        <v>177</v>
       </c>
       <c r="I609">
-        <v>15896</v>
+        <v>2387</v>
       </c>
       <c r="J609">
         <v>0</v>
       </c>
       <c r="K609">
-        <v>15896</v>
+        <v>2387</v>
       </c>
       <c r="L609">
         <v>0</v>
       </c>
       <c r="M609" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B610" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C610" t="s">
         <v>14</v>
       </c>
       <c r="D610" t="s">
-        <v>737</v>
+        <v>893</v>
       </c>
       <c r="E610" t="s">
-        <v>161</v>
+        <v>292</v>
       </c>
       <c r="F610" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="G610">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="H610" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
       <c r="I610">
-        <v>5498</v>
+        <v>1188</v>
       </c>
       <c r="J610">
         <v>0</v>
       </c>
       <c r="K610">
-        <v>5498</v>
+        <v>1188</v>
       </c>
       <c r="L610">
         <v>0</v>
       </c>
       <c r="M610" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B611" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="C611" t="s">
         <v>14</v>
       </c>
       <c r="D611" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="E611" t="s">
-        <v>277</v>
+        <v>85</v>
       </c>
       <c r="F611" t="s">
-        <v>736</v>
+        <v>244</v>
       </c>
       <c r="G611">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H611" t="s">
-        <v>245</v>
+        <v>361</v>
       </c>
       <c r="I611">
-        <v>6982</v>
+        <v>190</v>
       </c>
       <c r="J611">
         <v>0</v>
       </c>
       <c r="K611">
-        <v>6982</v>
+        <v>0</v>
       </c>
       <c r="L611">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="M611" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B612" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="C612" t="s">
         <v>14</v>
       </c>
       <c r="D612" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="E612" t="s">
-        <v>161</v>
+        <v>85</v>
       </c>
       <c r="F612" t="s">
-        <v>736</v>
+        <v>244</v>
       </c>
       <c r="G612">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H612" t="s">
-        <v>162</v>
+        <v>361</v>
       </c>
       <c r="I612">
-        <v>2387</v>
+        <v>611</v>
       </c>
       <c r="J612">
         <v>0</v>
       </c>
       <c r="K612">
-        <v>2387</v>
+        <v>0</v>
       </c>
       <c r="L612">
-        <v>0</v>
+        <v>611</v>
       </c>
       <c r="M612" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B613" t="s">
-        <v>885</v>
+        <v>898</v>
       </c>
       <c r="C613" t="s">
         <v>14</v>
       </c>
       <c r="D613" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="E613" t="s">
-        <v>277</v>
+        <v>85</v>
       </c>
       <c r="F613" t="s">
-        <v>736</v>
+        <v>244</v>
       </c>
       <c r="G613">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H613" t="s">
-        <v>245</v>
+        <v>361</v>
       </c>
       <c r="I613">
-        <v>1188</v>
+        <v>115</v>
       </c>
       <c r="J613">
         <v>0</v>
       </c>
       <c r="K613">
-        <v>1188</v>
+        <v>0</v>
       </c>
       <c r="L613">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="M613" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B614" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="C614" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D614" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="E614" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F614" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>220</v>
       </c>
       <c r="H614" t="s">
-        <v>351</v>
+        <v>902</v>
       </c>
       <c r="I614">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="J614">
         <v>0</v>
       </c>
       <c r="K614">
         <v>0</v>
       </c>
       <c r="L614">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="M614" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B615" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="C615" t="s">
         <v>14</v>
       </c>
       <c r="D615" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="E615" t="s">
-        <v>66</v>
+        <v>573</v>
       </c>
       <c r="F615" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="G615">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H615" t="s">
-        <v>351</v>
+        <v>304</v>
       </c>
       <c r="I615">
-        <v>611</v>
+        <v>13924</v>
       </c>
       <c r="J615">
         <v>0</v>
       </c>
       <c r="K615">
-        <v>0</v>
+        <v>13924</v>
       </c>
       <c r="L615">
-        <v>611</v>
+        <v>0</v>
       </c>
       <c r="M615" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B616" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="C616" t="s">
         <v>14</v>
       </c>
       <c r="D616" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="E616" t="s">
-        <v>66</v>
+        <v>573</v>
       </c>
       <c r="F616" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="G616">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H616" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="I616">
-        <v>115</v>
+        <v>26725</v>
       </c>
       <c r="J616">
         <v>0</v>
       </c>
       <c r="K616">
-        <v>0</v>
+        <v>26725</v>
       </c>
       <c r="L616">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="M616" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B617" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="C617" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D617" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="E617" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F617" t="s">
-        <v>205</v>
+        <v>220</v>
+      </c>
+      <c r="G617">
+        <v>2012</v>
       </c>
       <c r="H617" t="s">
-        <v>898</v>
+        <v>152</v>
       </c>
       <c r="I617">
-        <v>200</v>
+        <v>1404</v>
       </c>
       <c r="J617">
         <v>0</v>
       </c>
       <c r="K617">
         <v>0</v>
       </c>
       <c r="L617">
-        <v>200</v>
+        <v>1404</v>
       </c>
       <c r="M617" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B618" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="C618" t="s">
         <v>14</v>
       </c>
       <c r="D618" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="E618" t="s">
-        <v>564</v>
+        <v>85</v>
       </c>
       <c r="F618" t="s">
-        <v>66</v>
+        <v>244</v>
       </c>
       <c r="G618">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H618" t="s">
-        <v>289</v>
+        <v>361</v>
       </c>
       <c r="I618">
-        <v>13924</v>
+        <v>240</v>
       </c>
       <c r="J618">
         <v>0</v>
       </c>
       <c r="K618">
-        <v>13924</v>
+        <v>0</v>
       </c>
       <c r="L618">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="M618" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B619" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="C619" t="s">
         <v>14</v>
       </c>
       <c r="D619" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="E619" t="s">
-        <v>564</v>
+        <v>740</v>
       </c>
       <c r="F619" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G619">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H619" t="s">
-        <v>131</v>
+        <v>361</v>
       </c>
       <c r="I619">
-        <v>26725</v>
+        <v>10504</v>
       </c>
       <c r="J619">
         <v>0</v>
       </c>
       <c r="K619">
-        <v>26725</v>
+        <v>10504</v>
       </c>
       <c r="L619">
         <v>0</v>
       </c>
       <c r="M619" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B620" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C620" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D620" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="E620" t="s">
-        <v>204</v>
+        <v>740</v>
       </c>
       <c r="F620" t="s">
-        <v>205</v>
+        <v>85</v>
       </c>
       <c r="G620">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="H620" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I620">
-        <v>1404</v>
+        <v>4496</v>
       </c>
       <c r="J620">
-        <v>0</v>
+        <v>1565</v>
       </c>
       <c r="K620">
-        <v>0</v>
+        <v>2931</v>
       </c>
       <c r="L620">
-        <v>1404</v>
+        <v>0</v>
       </c>
       <c r="M620" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B621" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C621" t="s">
         <v>14</v>
       </c>
       <c r="D621" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="E621" t="s">
-        <v>66</v>
+        <v>433</v>
       </c>
       <c r="F621" t="s">
-        <v>229</v>
+        <v>740</v>
       </c>
       <c r="G621">
         <v>2016</v>
       </c>
       <c r="H621" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I621">
-        <v>240</v>
+        <v>10504</v>
       </c>
       <c r="J621">
         <v>0</v>
       </c>
       <c r="K621">
-        <v>0</v>
+        <v>10504</v>
       </c>
       <c r="L621">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="M621" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B622" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="C622" t="s">
         <v>14</v>
       </c>
       <c r="D622" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="E622" t="s">
-        <v>736</v>
+        <v>433</v>
       </c>
       <c r="F622" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G622">
         <v>2016</v>
       </c>
       <c r="H622" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I622">
-        <v>10504</v>
+        <v>4496</v>
       </c>
       <c r="J622">
         <v>0</v>
       </c>
       <c r="K622">
-        <v>10504</v>
+        <v>4496</v>
       </c>
       <c r="L622">
         <v>0</v>
       </c>
       <c r="M622" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B623" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="C623" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D623" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="E623" t="s">
-        <v>736</v>
+        <v>61</v>
       </c>
       <c r="F623" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="G623">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H623" t="s">
-        <v>351</v>
+        <v>152</v>
       </c>
       <c r="I623">
-        <v>4496</v>
+        <v>1762</v>
       </c>
       <c r="J623">
-        <v>1565</v>
+        <v>0</v>
       </c>
       <c r="K623">
-        <v>2931</v>
+        <v>0</v>
       </c>
       <c r="L623">
-        <v>0</v>
+        <v>1762</v>
       </c>
       <c r="M623" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B624" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="C624" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D624" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="E624" t="s">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="F624" t="s">
-        <v>736</v>
+        <v>77</v>
       </c>
       <c r="G624">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H624" t="s">
-        <v>351</v>
+        <v>152</v>
       </c>
       <c r="I624">
-        <v>10504</v>
+        <v>5000</v>
       </c>
       <c r="J624">
         <v>0</v>
       </c>
       <c r="K624">
-        <v>10504</v>
+        <v>0</v>
       </c>
       <c r="L624">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="M624" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B625" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="C625" t="s">
         <v>14</v>
       </c>
       <c r="D625" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="E625" t="s">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="F625" t="s">
-        <v>736</v>
+        <v>303</v>
       </c>
       <c r="G625">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="H625" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="I625">
-        <v>4496</v>
+        <v>15821</v>
       </c>
       <c r="J625">
         <v>0</v>
       </c>
       <c r="K625">
-        <v>4496</v>
+        <v>15821</v>
       </c>
       <c r="L625">
         <v>0</v>
       </c>
       <c r="M625" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B626" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C626" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D626" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="E626" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F626" t="s">
-        <v>58</v>
+        <v>303</v>
       </c>
       <c r="G626">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="H626" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I626">
-        <v>1762</v>
+        <v>142388</v>
       </c>
       <c r="J626">
         <v>0</v>
       </c>
       <c r="K626">
-        <v>0</v>
+        <v>59099</v>
       </c>
       <c r="L626">
-        <v>1762</v>
+        <v>83289</v>
       </c>
       <c r="M626" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B627" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C627" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D627" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="E627" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F627" t="s">
-        <v>58</v>
+        <v>303</v>
       </c>
       <c r="G627">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="H627" t="s">
-        <v>137</v>
+        <v>304</v>
       </c>
       <c r="I627">
-        <v>5000</v>
+        <v>7369</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
-        <v>0</v>
+        <v>7369</v>
       </c>
       <c r="L627">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="M627" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B628" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C628" t="s">
         <v>14</v>
       </c>
       <c r="D628" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="E628" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F628" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="G628">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H628" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I628">
-        <v>15821</v>
+        <v>66321</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
-        <v>15821</v>
+        <v>49525</v>
       </c>
       <c r="L628">
-        <v>0</v>
+        <v>16796</v>
       </c>
       <c r="M628" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B629" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="C629" t="s">
         <v>14</v>
       </c>
       <c r="D629" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="E629" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F629" t="s">
-        <v>288</v>
+        <v>810</v>
       </c>
       <c r="G629">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H629" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I629">
-        <v>142388</v>
+        <v>6193</v>
       </c>
       <c r="J629">
         <v>0</v>
       </c>
       <c r="K629">
-        <v>59099</v>
+        <v>0</v>
       </c>
       <c r="L629">
-        <v>83289</v>
+        <v>6193</v>
       </c>
       <c r="M629" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B630" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="C630" t="s">
         <v>14</v>
       </c>
       <c r="D630" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="E630" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F630" t="s">
-        <v>288</v>
+        <v>810</v>
       </c>
       <c r="G630">
         <v>2021</v>
       </c>
       <c r="H630" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="I630">
-        <v>7369</v>
+        <v>134357</v>
       </c>
       <c r="J630">
         <v>0</v>
       </c>
       <c r="K630">
-        <v>7369</v>
+        <v>0</v>
       </c>
       <c r="L630">
-        <v>0</v>
+        <v>134357</v>
       </c>
       <c r="M630" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B631" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="C631" t="s">
         <v>14</v>
       </c>
       <c r="D631" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="E631" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F631" t="s">
-        <v>288</v>
+        <v>810</v>
       </c>
       <c r="G631">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H631" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I631">
-        <v>66321</v>
+        <v>140549</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
-        <v>49525</v>
+        <v>0</v>
       </c>
       <c r="L631">
-        <v>16796</v>
+        <v>140549</v>
       </c>
       <c r="M631" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B632" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="C632" t="s">
         <v>14</v>
       </c>
       <c r="D632" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="E632" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F632" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="G632">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H632" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="I632">
-        <v>6193</v>
+        <v>140549</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0</v>
       </c>
       <c r="L632">
-        <v>6193</v>
+        <v>140549</v>
       </c>
       <c r="M632" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B633" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="C633" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D633" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="E633" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F633" t="s">
-        <v>806</v>
+        <v>220</v>
       </c>
       <c r="G633">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="H633" t="s">
-        <v>289</v>
+        <v>152</v>
       </c>
       <c r="I633">
-        <v>134357</v>
+        <v>21</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0</v>
       </c>
       <c r="L633">
-        <v>134357</v>
+        <v>21</v>
       </c>
       <c r="M633" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B634" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="C634" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D634" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="E634" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F634" t="s">
-        <v>806</v>
+        <v>77</v>
       </c>
       <c r="G634">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="H634" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I634">
-        <v>140549</v>
+        <v>10000</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0</v>
       </c>
       <c r="L634">
-        <v>140549</v>
+        <v>10000</v>
       </c>
       <c r="M634" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B635" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="C635" t="s">
         <v>14</v>
       </c>
       <c r="D635" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="E635" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="F635" t="s">
-        <v>806</v>
+        <v>244</v>
       </c>
       <c r="G635">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H635" t="s">
-        <v>131</v>
+        <v>361</v>
       </c>
       <c r="I635">
-        <v>140549</v>
+        <v>4000</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>0</v>
       </c>
       <c r="L635">
-        <v>140549</v>
+        <v>4000</v>
       </c>
       <c r="M635" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B636" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="C636" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D636" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="E636" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F636" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="G636">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="H636" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I636">
-        <v>21</v>
+        <v>16000</v>
       </c>
       <c r="J636">
         <v>0</v>
       </c>
       <c r="K636">
         <v>0</v>
       </c>
       <c r="L636">
-        <v>21</v>
+        <v>16000</v>
       </c>
       <c r="M636" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B637" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C637" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D637" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="E637" t="s">
-        <v>37</v>
+        <v>740</v>
       </c>
       <c r="F637" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="G637">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H637" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I637">
-        <v>10000</v>
+        <v>7727</v>
       </c>
       <c r="J637">
         <v>0</v>
       </c>
       <c r="K637">
-        <v>0</v>
+        <v>7727</v>
       </c>
       <c r="L637">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="M637" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B638" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C638" t="s">
         <v>14</v>
       </c>
       <c r="D638" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="E638" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F638" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="G638">
         <v>2016</v>
       </c>
       <c r="H638" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I638">
-        <v>4000</v>
+        <v>583</v>
       </c>
       <c r="J638">
         <v>0</v>
       </c>
       <c r="K638">
-        <v>0</v>
+        <v>583</v>
       </c>
       <c r="L638">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="M638" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B639" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C639" t="s">
         <v>14</v>
       </c>
       <c r="D639" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="E639" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F639" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="G639">
         <v>2016</v>
       </c>
       <c r="H639" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I639">
-        <v>16000</v>
+        <v>690</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="L639">
-        <v>16000</v>
+        <v>0</v>
       </c>
       <c r="M639" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B640" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="C640" t="s">
         <v>14</v>
       </c>
       <c r="D640" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="E640" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F640" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G640">
         <v>2016</v>
       </c>
       <c r="H640" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I640">
         <v>7727</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
         <v>7727</v>
       </c>
       <c r="L640">
         <v>0</v>
       </c>
       <c r="M640" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B641" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="C641" t="s">
         <v>14</v>
       </c>
       <c r="D641" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E641" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F641" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G641">
         <v>2016</v>
       </c>
       <c r="H641" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I641">
         <v>583</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
         <v>583</v>
       </c>
       <c r="L641">
         <v>0</v>
       </c>
       <c r="M641" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B642" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="C642" t="s">
         <v>14</v>
       </c>
       <c r="D642" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="E642" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="F642" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G642">
         <v>2016</v>
       </c>
       <c r="H642" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I642">
         <v>690</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
         <v>690</v>
       </c>
       <c r="L642">
         <v>0</v>
       </c>
       <c r="M642" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B643" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="C643" t="s">
         <v>14</v>
       </c>
       <c r="D643" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="E643" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F643" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="G643">
         <v>2016</v>
       </c>
       <c r="H643" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I643">
-        <v>7727</v>
+        <v>690</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>7727</v>
+        <v>690</v>
       </c>
       <c r="L643">
         <v>0</v>
       </c>
       <c r="M643" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B644" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="C644" t="s">
         <v>14</v>
       </c>
       <c r="D644" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E644" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F644" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="G644">
         <v>2016</v>
       </c>
       <c r="H644" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I644">
         <v>583</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
         <v>583</v>
       </c>
       <c r="L644">
         <v>0</v>
       </c>
       <c r="M644" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B645" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="C645" t="s">
         <v>14</v>
       </c>
       <c r="D645" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="E645" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="F645" t="s">
-        <v>736</v>
+        <v>85</v>
       </c>
       <c r="G645">
         <v>2016</v>
       </c>
       <c r="H645" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I645">
-        <v>690</v>
+        <v>7727</v>
       </c>
       <c r="J645">
         <v>0</v>
       </c>
       <c r="K645">
-        <v>690</v>
+        <v>7727</v>
       </c>
       <c r="L645">
         <v>0</v>
       </c>
       <c r="M645" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B646" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C646" t="s">
         <v>14</v>
       </c>
       <c r="D646" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="E646" t="s">
-        <v>736</v>
+        <v>433</v>
       </c>
       <c r="F646" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G646">
         <v>2016</v>
       </c>
       <c r="H646" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I646">
         <v>690</v>
       </c>
       <c r="J646">
         <v>0</v>
       </c>
       <c r="K646">
         <v>690</v>
       </c>
       <c r="L646">
         <v>0</v>
       </c>
       <c r="M646" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B647" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C647" t="s">
         <v>14</v>
       </c>
       <c r="D647" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E647" t="s">
-        <v>736</v>
+        <v>433</v>
       </c>
       <c r="F647" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G647">
         <v>2016</v>
       </c>
       <c r="H647" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I647">
         <v>583</v>
       </c>
       <c r="J647">
         <v>0</v>
       </c>
       <c r="K647">
         <v>583</v>
       </c>
       <c r="L647">
         <v>0</v>
       </c>
       <c r="M647" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B648" t="s">
+        <v>937</v>
+      </c>
+      <c r="C648" t="s">
+        <v>14</v>
+      </c>
+      <c r="D648" t="s">
         <v>932</v>
       </c>
-      <c r="C648" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E648" t="s">
-        <v>736</v>
+        <v>433</v>
       </c>
       <c r="F648" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G648">
         <v>2016</v>
       </c>
       <c r="H648" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="I648">
         <v>7727</v>
       </c>
       <c r="J648">
         <v>0</v>
       </c>
       <c r="K648">
         <v>7727</v>
       </c>
       <c r="L648">
         <v>0</v>
       </c>
       <c r="M648" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B649" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C649" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D649" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="E649" t="s">
-        <v>423</v>
+        <v>219</v>
       </c>
       <c r="F649" t="s">
-        <v>736</v>
+        <v>77</v>
       </c>
       <c r="G649">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="H649" t="s">
-        <v>351</v>
+        <v>152</v>
       </c>
       <c r="I649">
-        <v>690</v>
+        <v>655</v>
       </c>
       <c r="J649">
         <v>0</v>
       </c>
       <c r="K649">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="L649">
-        <v>0</v>
+        <v>655</v>
       </c>
       <c r="M649" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B650" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C650" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D650" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="E650" t="s">
-        <v>423</v>
+        <v>219</v>
       </c>
       <c r="F650" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>77</v>
       </c>
       <c r="H650" t="s">
-        <v>351</v>
+        <v>902</v>
       </c>
       <c r="I650">
-        <v>583</v>
+        <v>650</v>
       </c>
       <c r="J650">
         <v>0</v>
       </c>
       <c r="K650">
-        <v>583</v>
+        <v>0</v>
       </c>
       <c r="L650">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="M650" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B651" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="C651" t="s">
         <v>14</v>
       </c>
       <c r="D651" t="s">
-        <v>928</v>
+        <v>572</v>
       </c>
       <c r="E651" t="s">
-        <v>423</v>
+        <v>61</v>
       </c>
       <c r="F651" t="s">
-        <v>736</v>
+        <v>17</v>
       </c>
       <c r="G651">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H651" t="s">
-        <v>351</v>
+        <v>146</v>
       </c>
       <c r="I651">
-        <v>7727</v>
+        <v>25241</v>
       </c>
       <c r="J651">
         <v>0</v>
       </c>
       <c r="K651">
-        <v>7727</v>
+        <v>25241</v>
       </c>
       <c r="L651">
         <v>0</v>
       </c>
       <c r="M651" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B652" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="C652" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D652" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E652" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F652" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G652">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H652" t="s">
-        <v>137</v>
+        <v>304</v>
       </c>
       <c r="I652">
-        <v>655</v>
+        <v>11759</v>
       </c>
       <c r="J652">
         <v>0</v>
       </c>
       <c r="K652">
         <v>0</v>
       </c>
       <c r="L652">
-        <v>655</v>
+        <v>11759</v>
       </c>
       <c r="M652" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B653" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="C653" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D653" t="s">
-        <v>936</v>
+        <v>905</v>
       </c>
       <c r="E653" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F653" t="s">
-        <v>58</v>
+        <v>573</v>
+      </c>
+      <c r="G653">
+        <v>2020</v>
       </c>
       <c r="H653" t="s">
-        <v>898</v>
+        <v>146</v>
       </c>
       <c r="I653">
-        <v>650</v>
+        <v>26725</v>
       </c>
       <c r="J653">
         <v>0</v>
       </c>
       <c r="K653">
-        <v>0</v>
+        <v>26725</v>
       </c>
       <c r="L653">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="M653" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B654" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="C654" t="s">
         <v>14</v>
       </c>
       <c r="D654" t="s">
-        <v>563</v>
+        <v>904</v>
       </c>
       <c r="E654" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F654" t="s">
-        <v>328</v>
+        <v>573</v>
       </c>
       <c r="G654">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H654" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I654">
-        <v>25241</v>
+        <v>13924</v>
       </c>
       <c r="J654">
         <v>0</v>
       </c>
       <c r="K654">
-        <v>25241</v>
+        <v>13924</v>
       </c>
       <c r="L654">
         <v>0</v>
       </c>
       <c r="M654" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B655" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C655" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D655" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="E655" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F655" t="s">
-        <v>328</v>
+        <v>220</v>
       </c>
       <c r="G655">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="H655" t="s">
-        <v>289</v>
+        <v>152</v>
       </c>
       <c r="I655">
-        <v>11759</v>
+        <v>1029</v>
       </c>
       <c r="J655">
         <v>0</v>
       </c>
       <c r="K655">
         <v>0</v>
       </c>
       <c r="L655">
-        <v>11759</v>
+        <v>1029</v>
       </c>
       <c r="M655" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B656" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C656" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D656" t="s">
-        <v>901</v>
+        <v>945</v>
       </c>
       <c r="E656" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F656" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>220</v>
       </c>
       <c r="H656" t="s">
-        <v>131</v>
+        <v>902</v>
       </c>
       <c r="I656">
-        <v>26725</v>
+        <v>1000</v>
       </c>
       <c r="J656">
         <v>0</v>
       </c>
       <c r="K656">
-        <v>26725</v>
+        <v>0</v>
       </c>
       <c r="L656">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M656" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B657" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C657" t="s">
         <v>14</v>
       </c>
       <c r="D657" t="s">
-        <v>900</v>
+        <v>946</v>
       </c>
       <c r="E657" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F657" t="s">
-        <v>564</v>
+        <v>220</v>
       </c>
       <c r="G657">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="H657" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="I657">
-        <v>13924</v>
+        <v>1000</v>
       </c>
       <c r="J657">
         <v>0</v>
       </c>
       <c r="K657">
-        <v>13924</v>
+        <v>0</v>
       </c>
       <c r="L657">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="M657" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B658" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="C658" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D658" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="E658" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F658" t="s">
-        <v>205</v>
+        <v>61</v>
       </c>
       <c r="G658">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="H658" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="I658">
-        <v>1029</v>
+        <v>200000</v>
       </c>
       <c r="J658">
         <v>0</v>
       </c>
       <c r="K658">
         <v>0</v>
       </c>
       <c r="L658">
-        <v>1029</v>
+        <v>200000</v>
       </c>
       <c r="M658" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B659" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="C659" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D659" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="E659" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="F659" t="s">
-        <v>205</v>
+        <v>61</v>
+      </c>
+      <c r="G659">
+        <v>2019</v>
       </c>
       <c r="H659" t="s">
-        <v>898</v>
+        <v>304</v>
       </c>
       <c r="I659">
-        <v>1000</v>
+        <v>100000</v>
       </c>
       <c r="J659">
         <v>0</v>
       </c>
       <c r="K659">
         <v>0</v>
       </c>
       <c r="L659">
-        <v>1000</v>
+        <v>100000</v>
       </c>
       <c r="M659" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B660" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="C660" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D660" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="E660" t="s">
-        <v>204</v>
+        <v>151</v>
       </c>
       <c r="F660" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>281</v>
       </c>
       <c r="H660" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="I660">
-        <v>1000</v>
+        <v>49183</v>
       </c>
       <c r="J660">
-        <v>0</v>
+        <v>49183</v>
       </c>
       <c r="K660">
         <v>0</v>
       </c>
       <c r="L660">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="M660" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B661" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="C661" t="s">
         <v>14</v>
       </c>
       <c r="D661" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="E661" t="s">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="F661" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="G661">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H661" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I661">
-        <v>200000</v>
+        <v>21527</v>
       </c>
       <c r="J661">
         <v>0</v>
       </c>
       <c r="K661">
         <v>0</v>
       </c>
       <c r="L661">
-        <v>200000</v>
+        <v>21527</v>
       </c>
       <c r="M661" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B662" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="C662" t="s">
         <v>14</v>
       </c>
       <c r="D662" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="E662" t="s">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="F662" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="G662">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H662" t="s">
-        <v>289</v>
+        <v>152</v>
       </c>
       <c r="I662">
-        <v>100000</v>
+        <v>90074</v>
       </c>
       <c r="J662">
         <v>0</v>
       </c>
       <c r="K662">
-        <v>0</v>
+        <v>2543</v>
       </c>
       <c r="L662">
-        <v>100000</v>
+        <v>87531</v>
       </c>
       <c r="M662" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B663" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C663" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D663" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="E663" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F663" t="s">
-        <v>266</v>
+        <v>281</v>
+      </c>
+      <c r="G663">
+        <v>2019</v>
       </c>
       <c r="H663" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I663">
-        <v>49183</v>
+        <v>146362</v>
       </c>
       <c r="J663">
-        <v>49183</v>
+        <v>146362</v>
       </c>
       <c r="K663">
         <v>0</v>
       </c>
       <c r="L663">
         <v>0</v>
       </c>
       <c r="M663" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B664" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C664" t="s">
         <v>14</v>
       </c>
       <c r="D664" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="E664" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F664" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G664">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="H664" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I664">
-        <v>21527</v>
+        <v>31778</v>
       </c>
       <c r="J664">
-        <v>0</v>
+        <v>31778</v>
       </c>
       <c r="K664">
         <v>0</v>
       </c>
       <c r="L664">
-        <v>21527</v>
+        <v>0</v>
       </c>
       <c r="M664" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665">
+        <v>149</v>
+      </c>
+      <c r="B665" t="s">
+        <v>950</v>
+      </c>
+      <c r="C665" t="s">
+        <v>14</v>
+      </c>
+      <c r="D665" t="s">
+        <v>956</v>
+      </c>
+      <c r="E665" t="s">
+        <v>151</v>
+      </c>
+      <c r="F665" t="s">
+        <v>281</v>
+      </c>
+      <c r="G665">
+        <v>2017</v>
+      </c>
+      <c r="H665" t="s">
         <v>152</v>
       </c>
-      <c r="B665" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I665">
-        <v>90074</v>
+        <v>32754</v>
       </c>
       <c r="J665">
-        <v>0</v>
+        <v>32754</v>
       </c>
       <c r="K665">
-        <v>2543</v>
+        <v>0</v>
       </c>
       <c r="L665">
-        <v>87531</v>
+        <v>0</v>
       </c>
       <c r="M665" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666">
+        <v>148</v>
+      </c>
+      <c r="B666" t="s">
+        <v>950</v>
+      </c>
+      <c r="C666" t="s">
+        <v>14</v>
+      </c>
+      <c r="D666" t="s">
+        <v>957</v>
+      </c>
+      <c r="E666" t="s">
         <v>151</v>
       </c>
-      <c r="B666" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F666" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G666">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H666" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I666">
-        <v>146362</v>
+        <v>33368</v>
       </c>
       <c r="J666">
-        <v>146362</v>
+        <v>33368</v>
       </c>
       <c r="K666">
         <v>0</v>
       </c>
       <c r="L666">
         <v>0</v>
       </c>
       <c r="M666" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B667" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C667" t="s">
         <v>14</v>
       </c>
       <c r="D667" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="E667" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F667" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G667">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="H667" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I667">
-        <v>31778</v>
+        <v>35768</v>
       </c>
       <c r="J667">
-        <v>31778</v>
+        <v>35768</v>
       </c>
       <c r="K667">
         <v>0</v>
       </c>
       <c r="L667">
         <v>0</v>
       </c>
       <c r="M667" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B668" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C668" t="s">
         <v>14</v>
       </c>
       <c r="D668" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="E668" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F668" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G668">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="H668" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I668">
-        <v>32754</v>
+        <v>36103</v>
       </c>
       <c r="J668">
-        <v>32754</v>
+        <v>36103</v>
       </c>
       <c r="K668">
         <v>0</v>
       </c>
       <c r="L668">
         <v>0</v>
       </c>
       <c r="M668" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B669" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C669" t="s">
         <v>14</v>
       </c>
       <c r="D669" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="E669" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F669" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G669">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H669" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I669">
-        <v>33368</v>
+        <v>35372</v>
       </c>
       <c r="J669">
-        <v>33368</v>
+        <v>35372</v>
       </c>
       <c r="K669">
         <v>0</v>
       </c>
       <c r="L669">
         <v>0</v>
       </c>
       <c r="M669" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B670" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C670" t="s">
         <v>14</v>
       </c>
       <c r="D670" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="E670" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F670" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G670">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="H670" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I670">
-        <v>35768</v>
+        <v>36349</v>
       </c>
       <c r="J670">
-        <v>35768</v>
+        <v>36349</v>
       </c>
       <c r="K670">
         <v>0</v>
       </c>
       <c r="L670">
         <v>0</v>
       </c>
       <c r="M670" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B671" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C671" t="s">
         <v>14</v>
       </c>
       <c r="D671" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="E671" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F671" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G671">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="H671" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I671">
-        <v>36103</v>
+        <v>11831</v>
       </c>
       <c r="J671">
-        <v>36103</v>
+        <v>11831</v>
       </c>
       <c r="K671">
         <v>0</v>
       </c>
       <c r="L671">
         <v>0</v>
       </c>
       <c r="M671" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B672" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C672" t="s">
         <v>14</v>
       </c>
       <c r="D672" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="E672" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F672" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G672">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H672" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I672">
-        <v>35372</v>
+        <v>5918</v>
       </c>
       <c r="J672">
-        <v>35372</v>
+        <v>5918</v>
       </c>
       <c r="K672">
         <v>0</v>
       </c>
       <c r="L672">
         <v>0</v>
       </c>
       <c r="M672" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B673" t="s">
-        <v>946</v>
+        <v>964</v>
       </c>
       <c r="C673" t="s">
         <v>14</v>
       </c>
       <c r="D673" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="E673" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F673" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G673">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="H673" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I673">
-        <v>36349</v>
+        <v>1</v>
       </c>
       <c r="J673">
-        <v>36349</v>
+        <v>1</v>
       </c>
       <c r="K673">
         <v>0</v>
       </c>
       <c r="L673">
         <v>0</v>
       </c>
       <c r="M673" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B674" t="s">
-        <v>946</v>
+        <v>966</v>
       </c>
       <c r="C674" t="s">
         <v>14</v>
       </c>
       <c r="D674" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="E674" t="s">
-        <v>136</v>
+        <v>85</v>
       </c>
       <c r="F674" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="G674">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="H674" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I674">
-        <v>11831</v>
+        <v>237</v>
       </c>
       <c r="J674">
-        <v>11831</v>
+        <v>0</v>
       </c>
       <c r="K674">
         <v>0</v>
       </c>
       <c r="L674">
-        <v>0</v>
+        <v>237</v>
       </c>
       <c r="M674" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B675" t="s">
-        <v>946</v>
+        <v>968</v>
       </c>
       <c r="C675" t="s">
         <v>14</v>
       </c>
       <c r="D675" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="E675" t="s">
-        <v>136</v>
+        <v>85</v>
       </c>
       <c r="F675" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="G675">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="H675" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I675">
-        <v>5918</v>
+        <v>100</v>
       </c>
       <c r="J675">
-        <v>5918</v>
+        <v>0</v>
       </c>
       <c r="K675">
         <v>0</v>
       </c>
       <c r="L675">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M675" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B676" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="C676" t="s">
         <v>14</v>
       </c>
       <c r="D676" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="E676" t="s">
-        <v>136</v>
+        <v>219</v>
       </c>
       <c r="F676" t="s">
-        <v>266</v>
+        <v>972</v>
       </c>
       <c r="G676">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="H676" t="s">
-        <v>137</v>
+        <v>221</v>
       </c>
       <c r="I676">
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="J676">
-        <v>1</v>
+        <v>2612</v>
       </c>
       <c r="K676">
         <v>0</v>
       </c>
       <c r="L676">
-        <v>0</v>
+        <v>388</v>
       </c>
       <c r="M676" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B677" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="C677" t="s">
         <v>14</v>
       </c>
       <c r="D677" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="E677" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F677" t="s">
-        <v>229</v>
+        <v>61</v>
       </c>
       <c r="G677">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H677" t="s">
-        <v>351</v>
+        <v>62</v>
       </c>
       <c r="I677">
-        <v>237</v>
+        <v>4578</v>
       </c>
       <c r="J677">
         <v>0</v>
       </c>
       <c r="K677">
         <v>0</v>
       </c>
       <c r="L677">
-        <v>237</v>
+        <v>4578</v>
       </c>
       <c r="M677" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B678" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="C678" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D678" t="s">
-        <v>965</v>
+        <v>914</v>
       </c>
       <c r="E678" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="F678" t="s">
-        <v>229</v>
+        <v>61</v>
       </c>
       <c r="G678">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H678" t="s">
-        <v>351</v>
+        <v>152</v>
       </c>
       <c r="I678">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="J678">
         <v>0</v>
       </c>
       <c r="K678">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L678">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M678" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B679" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C679" t="s">
         <v>14</v>
       </c>
       <c r="D679" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="E679" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F679" t="s">
-        <v>968</v>
+        <v>85</v>
       </c>
       <c r="G679">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H679" t="s">
-        <v>206</v>
+        <v>304</v>
       </c>
       <c r="I679">
-        <v>3000</v>
+        <v>100000</v>
       </c>
       <c r="J679">
-        <v>2612</v>
+        <v>0</v>
       </c>
       <c r="K679">
-        <v>0</v>
+        <v>100000</v>
       </c>
       <c r="L679">
-        <v>388</v>
+        <v>0</v>
       </c>
       <c r="M679" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B680" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C680" t="s">
         <v>14</v>
       </c>
       <c r="D680" t="s">
-        <v>969</v>
+        <v>948</v>
       </c>
       <c r="E680" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F680" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="G680">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H680" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="I680">
-        <v>4578</v>
+        <v>200000</v>
       </c>
       <c r="J680">
         <v>0</v>
       </c>
       <c r="K680">
-        <v>0</v>
+        <v>200000</v>
       </c>
       <c r="L680">
-        <v>4578</v>
+        <v>0</v>
       </c>
       <c r="M680" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B681" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="C681" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D681" t="s">
-        <v>910</v>
+        <v>975</v>
       </c>
       <c r="E681" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F681" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>220</v>
       </c>
       <c r="H681" t="s">
-        <v>137</v>
+        <v>221</v>
       </c>
       <c r="I681">
-        <v>5000</v>
+        <v>469</v>
       </c>
       <c r="J681">
         <v>0</v>
       </c>
       <c r="K681">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L681">
-        <v>0</v>
+        <v>469</v>
       </c>
       <c r="M681" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B682" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="C682" t="s">
         <v>14</v>
       </c>
       <c r="D682" t="s">
-        <v>945</v>
+        <v>977</v>
       </c>
       <c r="E682" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F682" t="s">
-        <v>66</v>
+        <v>978</v>
       </c>
       <c r="G682">
         <v>2019</v>
       </c>
       <c r="H682" t="s">
-        <v>289</v>
+        <v>146</v>
       </c>
       <c r="I682">
-        <v>100000</v>
+        <v>170550</v>
       </c>
       <c r="J682">
         <v>0</v>
       </c>
       <c r="K682">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="L682">
-        <v>0</v>
+        <v>170550</v>
       </c>
       <c r="M682" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B683" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="C683" t="s">
         <v>14</v>
       </c>
       <c r="D683" t="s">
-        <v>944</v>
+        <v>979</v>
       </c>
       <c r="E683" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F683" t="s">
-        <v>66</v>
+        <v>978</v>
       </c>
       <c r="G683">
         <v>2019</v>
       </c>
       <c r="H683" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="I683">
-        <v>200000</v>
+        <v>79450</v>
       </c>
       <c r="J683">
         <v>0</v>
       </c>
       <c r="K683">
-        <v>200000</v>
+        <v>0</v>
       </c>
       <c r="L683">
-        <v>0</v>
+        <v>79450</v>
       </c>
       <c r="M683" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B684" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="C684" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D684" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="E684" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="F684" t="s">
-        <v>205</v>
+        <v>85</v>
+      </c>
+      <c r="G684">
+        <v>2020</v>
       </c>
       <c r="H684" t="s">
-        <v>206</v>
+        <v>62</v>
       </c>
       <c r="I684">
-        <v>469</v>
+        <v>4578</v>
       </c>
       <c r="J684">
         <v>0</v>
       </c>
       <c r="K684">
-        <v>0</v>
+        <v>4578</v>
       </c>
       <c r="L684">
-        <v>469</v>
+        <v>0</v>
       </c>
       <c r="M684" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B685" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="C685" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D685" t="s">
-        <v>973</v>
+        <v>914</v>
       </c>
       <c r="E685" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F685" t="s">
-        <v>974</v>
+        <v>85</v>
       </c>
       <c r="G685">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="H685" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I685">
-        <v>170550</v>
+        <v>5000</v>
       </c>
       <c r="J685">
         <v>0</v>
       </c>
       <c r="K685">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="L685">
-        <v>170550</v>
+        <v>0</v>
       </c>
       <c r="M685" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B686" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="C686" t="s">
         <v>14</v>
       </c>
       <c r="D686" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="E686" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="F686" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="G686">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H686" t="s">
-        <v>289</v>
+        <v>537</v>
       </c>
       <c r="I686">
-        <v>79450</v>
+        <v>40824</v>
       </c>
       <c r="J686">
         <v>0</v>
       </c>
       <c r="K686">
         <v>0</v>
       </c>
       <c r="L686">
-        <v>79450</v>
+        <v>40824</v>
       </c>
       <c r="M686" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B687" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="C687" t="s">
         <v>14</v>
       </c>
       <c r="D687" t="s">
-        <v>969</v>
+        <v>985</v>
       </c>
       <c r="E687" t="s">
-        <v>37</v>
+        <v>740</v>
       </c>
       <c r="F687" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="G687">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H687" t="s">
-        <v>39</v>
+        <v>361</v>
       </c>
       <c r="I687">
-        <v>4578</v>
+        <v>16690</v>
       </c>
       <c r="J687">
-        <v>0</v>
+        <v>253</v>
       </c>
       <c r="K687">
-        <v>4578</v>
+        <v>16337</v>
       </c>
       <c r="L687">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M687" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B688" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="C688" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D688" t="s">
-        <v>910</v>
+        <v>985</v>
       </c>
       <c r="E688" t="s">
-        <v>37</v>
+        <v>433</v>
       </c>
       <c r="F688" t="s">
-        <v>66</v>
+        <v>740</v>
       </c>
       <c r="G688">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="H688" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="I688">
-        <v>5000</v>
+        <v>16690</v>
       </c>
       <c r="J688">
         <v>0</v>
       </c>
       <c r="K688">
-        <v>5000</v>
+        <v>16690</v>
       </c>
       <c r="L688">
         <v>0</v>
       </c>
       <c r="M688" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B689" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="C689" t="s">
         <v>14</v>
       </c>
       <c r="D689" t="s">
-        <v>978</v>
+        <v>518</v>
       </c>
       <c r="E689" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F689" t="s">
-        <v>979</v>
+        <v>519</v>
       </c>
       <c r="G689">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="H689" t="s">
-        <v>527</v>
+        <v>221</v>
       </c>
       <c r="I689">
-        <v>40824</v>
+        <v>128769</v>
       </c>
       <c r="J689">
         <v>0</v>
       </c>
       <c r="K689">
-        <v>0</v>
+        <v>128769</v>
       </c>
       <c r="L689">
-        <v>40824</v>
+        <v>0</v>
       </c>
       <c r="M689" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B690" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="C690" t="s">
         <v>14</v>
       </c>
       <c r="D690" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
       <c r="E690" t="s">
-        <v>736</v>
+        <v>219</v>
       </c>
       <c r="F690" t="s">
-        <v>66</v>
+        <v>519</v>
       </c>
       <c r="G690">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="H690" t="s">
-        <v>351</v>
+        <v>221</v>
       </c>
       <c r="I690">
-        <v>16690</v>
+        <v>133828</v>
       </c>
       <c r="J690">
-        <v>253</v>
+        <v>0</v>
       </c>
       <c r="K690">
-        <v>16337</v>
+        <v>133828</v>
       </c>
       <c r="L690">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="M690" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B691" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="C691" t="s">
         <v>14</v>
       </c>
       <c r="D691" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="E691" t="s">
-        <v>423</v>
+        <v>219</v>
       </c>
       <c r="F691" t="s">
-        <v>736</v>
+        <v>519</v>
       </c>
       <c r="G691">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H691" t="s">
-        <v>351</v>
+        <v>221</v>
       </c>
       <c r="I691">
-        <v>16690</v>
+        <v>8658</v>
       </c>
       <c r="J691">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K691">
-        <v>16690</v>
+        <v>0</v>
       </c>
       <c r="L691">
         <v>0</v>
       </c>
       <c r="M691" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B692" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C692" t="s">
         <v>14</v>
       </c>
       <c r="D692" t="s">
-        <v>508</v>
+        <v>990</v>
       </c>
       <c r="E692" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F692" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G692">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="H692" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I692">
-        <v>128769</v>
+        <v>8658</v>
       </c>
       <c r="J692">
-        <v>0</v>
+        <v>8658</v>
       </c>
       <c r="K692">
-        <v>128769</v>
+        <v>0</v>
       </c>
       <c r="L692">
         <v>0</v>
       </c>
       <c r="M692" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B693" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C693" t="s">
         <v>14</v>
       </c>
       <c r="D693" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="E693" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F693" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G693">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H693" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I693">
-        <v>133828</v>
+        <v>8658</v>
       </c>
       <c r="J693">
-        <v>0</v>
+        <v>8418</v>
       </c>
       <c r="K693">
-        <v>133828</v>
+        <v>240</v>
       </c>
       <c r="L693">
         <v>0</v>
       </c>
       <c r="M693" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B694" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C694" t="s">
         <v>14</v>
       </c>
       <c r="D694" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="E694" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F694" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G694">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="H694" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I694">
         <v>8658</v>
       </c>
       <c r="J694">
         <v>8658</v>
       </c>
       <c r="K694">
         <v>0</v>
       </c>
       <c r="L694">
         <v>0</v>
       </c>
       <c r="M694" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B695" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C695" t="s">
         <v>14</v>
       </c>
       <c r="D695" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="E695" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F695" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G695">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="H695" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I695">
         <v>8658</v>
       </c>
       <c r="J695">
         <v>8658</v>
       </c>
       <c r="K695">
         <v>0</v>
       </c>
       <c r="L695">
         <v>0</v>
       </c>
       <c r="M695" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B696" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C696" t="s">
         <v>14</v>
       </c>
       <c r="D696" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="E696" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F696" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G696">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="H696" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I696">
-        <v>8658</v>
+        <v>10707</v>
       </c>
       <c r="J696">
-        <v>8418</v>
+        <v>1857</v>
       </c>
       <c r="K696">
-        <v>240</v>
+        <v>8850</v>
       </c>
       <c r="L696">
         <v>0</v>
       </c>
       <c r="M696" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B697" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C697" t="s">
         <v>14</v>
       </c>
       <c r="D697" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="E697" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F697" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G697">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H697" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I697">
-        <v>8658</v>
+        <v>11617</v>
       </c>
       <c r="J697">
-        <v>8658</v>
+        <v>0</v>
       </c>
       <c r="K697">
-        <v>0</v>
+        <v>9590</v>
       </c>
       <c r="L697">
-        <v>0</v>
+        <v>2027</v>
       </c>
       <c r="M697" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B698" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C698" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D698" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="E698" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F698" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="G698">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="H698" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="I698">
-        <v>8658</v>
+        <v>58448</v>
       </c>
       <c r="J698">
-        <v>8658</v>
+        <v>58448</v>
       </c>
       <c r="K698">
         <v>0</v>
       </c>
       <c r="L698">
         <v>0</v>
       </c>
       <c r="M698" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="B699" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="C699" t="s">
         <v>14</v>
       </c>
       <c r="D699" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="E699" t="s">
-        <v>204</v>
+        <v>151</v>
       </c>
       <c r="F699" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>44</v>
       </c>
       <c r="H699" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="I699">
-        <v>10707</v>
+        <v>7866</v>
       </c>
       <c r="J699">
-        <v>1857</v>
+        <v>0</v>
       </c>
       <c r="K699">
-        <v>8850</v>
+        <v>0</v>
       </c>
       <c r="L699">
-        <v>0</v>
+        <v>7866</v>
       </c>
       <c r="M699" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="B700" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="C700" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D700" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="E700" t="s">
-        <v>204</v>
+        <v>17</v>
       </c>
       <c r="F700" t="s">
-        <v>509</v>
+        <v>61</v>
       </c>
       <c r="G700">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="H700" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="I700">
-        <v>11617</v>
+        <v>31095</v>
       </c>
       <c r="J700">
         <v>0</v>
       </c>
       <c r="K700">
-        <v>9590</v>
+        <v>0</v>
       </c>
       <c r="L700">
-        <v>2027</v>
+        <v>31095</v>
       </c>
       <c r="M700" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B701" t="s">
-        <v>983</v>
+        <v>1001</v>
       </c>
       <c r="C701" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D701" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="E701" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F701" t="s">
-        <v>509</v>
+        <v>77</v>
       </c>
       <c r="G701">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="H701" t="s">
-        <v>206</v>
+        <v>539</v>
       </c>
       <c r="I701">
-        <v>58448</v>
+        <v>5725</v>
       </c>
       <c r="J701">
-        <v>58448</v>
+        <v>0</v>
       </c>
       <c r="K701">
         <v>0</v>
       </c>
       <c r="L701">
-        <v>0</v>
+        <v>5725</v>
       </c>
       <c r="M701" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B702" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="C702" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D702" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="E702" t="s">
-        <v>136</v>
+        <v>219</v>
       </c>
       <c r="F702" t="s">
-        <v>558</v>
+        <v>77</v>
       </c>
       <c r="H702" t="s">
-        <v>137</v>
+        <v>902</v>
       </c>
       <c r="I702">
-        <v>7866</v>
+        <v>6773</v>
       </c>
       <c r="J702">
         <v>0</v>
       </c>
       <c r="K702">
         <v>0</v>
       </c>
       <c r="L702">
-        <v>7866</v>
+        <v>6773</v>
       </c>
       <c r="M702" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B703" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="C703" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D703" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="E703" t="s">
-        <v>328</v>
+        <v>125</v>
       </c>
       <c r="F703" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="G703">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="H703" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I703">
-        <v>31095</v>
+        <v>66080</v>
       </c>
       <c r="J703">
         <v>0</v>
       </c>
       <c r="K703">
         <v>0</v>
       </c>
       <c r="L703">
-        <v>31095</v>
+        <v>66080</v>
       </c>
       <c r="M703" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B704" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="C704" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D704" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="E704" t="s">
-        <v>204</v>
+        <v>125</v>
       </c>
       <c r="F704" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>61</v>
       </c>
       <c r="H704" t="s">
-        <v>529</v>
+        <v>126</v>
       </c>
       <c r="I704">
-        <v>5725</v>
+        <v>22346</v>
       </c>
       <c r="J704">
         <v>0</v>
       </c>
       <c r="K704">
         <v>0</v>
       </c>
       <c r="L704">
-        <v>5725</v>
+        <v>22346</v>
       </c>
       <c r="M704" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B705" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="C705" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D705" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="E705" t="s">
-        <v>204</v>
+        <v>155</v>
       </c>
       <c r="F705" t="s">
-        <v>58</v>
+        <v>219</v>
+      </c>
+      <c r="G705">
+        <v>2012</v>
       </c>
       <c r="H705" t="s">
-        <v>898</v>
+        <v>152</v>
       </c>
       <c r="I705">
-        <v>6773</v>
+        <v>26810</v>
       </c>
       <c r="J705">
         <v>0</v>
       </c>
       <c r="K705">
-        <v>0</v>
+        <v>5548</v>
       </c>
       <c r="L705">
-        <v>6773</v>
+        <v>21262</v>
       </c>
       <c r="M705" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B706" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="C706" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D706" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="E706" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="F706" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="G706">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="H706" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="I706">
-        <v>66080</v>
+        <v>25953</v>
       </c>
       <c r="J706">
         <v>0</v>
       </c>
       <c r="K706">
         <v>0</v>
       </c>
       <c r="L706">
-        <v>66080</v>
+        <v>25953</v>
       </c>
       <c r="M706" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B707" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="C707" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D707" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="E707" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="F707" t="s">
-        <v>37</v>
+        <v>219</v>
+      </c>
+      <c r="G707">
+        <v>2010</v>
       </c>
       <c r="H707" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="I707">
-        <v>22346</v>
+        <v>25096</v>
       </c>
       <c r="J707">
         <v>0</v>
       </c>
       <c r="K707">
         <v>0</v>
       </c>
       <c r="L707">
-        <v>22346</v>
+        <v>25096</v>
       </c>
       <c r="M707" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B708" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="C708" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D708" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="E708" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="F708" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="G708">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="H708" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I708">
-        <v>26810</v>
+        <v>29381</v>
       </c>
       <c r="J708">
         <v>0</v>
       </c>
       <c r="K708">
-        <v>5548</v>
+        <v>5000</v>
       </c>
       <c r="L708">
-        <v>21262</v>
+        <v>24381</v>
       </c>
       <c r="M708" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B709" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="C709" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D709" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="E709" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="F709" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="G709">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="H709" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I709">
-        <v>25953</v>
+        <v>28524</v>
       </c>
       <c r="J709">
         <v>0</v>
       </c>
       <c r="K709">
-        <v>0</v>
+        <v>12032</v>
       </c>
       <c r="L709">
-        <v>25953</v>
+        <v>16492</v>
       </c>
       <c r="M709" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B710" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="C710" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D710" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="E710" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="F710" t="s">
-        <v>204</v>
+        <v>61</v>
       </c>
       <c r="G710">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H710" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I710">
-        <v>25096</v>
+        <v>27667</v>
       </c>
       <c r="J710">
         <v>0</v>
       </c>
       <c r="K710">
-        <v>0</v>
+        <v>26478</v>
       </c>
       <c r="L710">
-        <v>25096</v>
+        <v>1189</v>
       </c>
       <c r="M710" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B711" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="C711" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D711" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="E711" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="F711" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="G711">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H711" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I711">
-        <v>29381</v>
+        <v>100000</v>
       </c>
       <c r="J711">
         <v>0</v>
       </c>
       <c r="K711">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="L711">
-        <v>24381</v>
+        <v>100000</v>
       </c>
       <c r="M711" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B712" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="C712" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D712" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="E712" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="F712" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G712">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="H712" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I712">
-        <v>28524</v>
+        <v>31095</v>
       </c>
       <c r="J712">
         <v>0</v>
       </c>
       <c r="K712">
-        <v>12032</v>
+        <v>31095</v>
       </c>
       <c r="L712">
-        <v>16492</v>
+        <v>0</v>
       </c>
       <c r="M712" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B713" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="C713" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D713" t="s">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="E713" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="F713" t="s">
-        <v>37</v>
+        <v>155</v>
       </c>
       <c r="G713">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="H713" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I713">
-        <v>27667</v>
+        <v>31095</v>
       </c>
       <c r="J713">
         <v>0</v>
       </c>
       <c r="K713">
-        <v>26478</v>
+        <v>31095</v>
       </c>
       <c r="L713">
-        <v>1189</v>
+        <v>0</v>
       </c>
       <c r="M713" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B714" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="C714" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D714" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="E714" t="s">
-        <v>110</v>
+        <v>151</v>
       </c>
       <c r="F714" t="s">
-        <v>37</v>
+        <v>155</v>
       </c>
       <c r="G714">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H714" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="I714">
-        <v>100000</v>
+        <v>30238</v>
       </c>
       <c r="J714">
         <v>0</v>
       </c>
       <c r="K714">
         <v>0</v>
       </c>
       <c r="L714">
-        <v>100000</v>
+        <v>30238</v>
       </c>
       <c r="M714" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B715" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C715" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D715" t="s">
-        <v>996</v>
+        <v>1012</v>
       </c>
       <c r="E715" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="F715" t="s">
-        <v>328</v>
+        <v>155</v>
       </c>
       <c r="G715">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="H715" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I715">
-        <v>31095</v>
+        <v>29381</v>
       </c>
       <c r="J715">
         <v>0</v>
       </c>
       <c r="K715">
-        <v>31095</v>
+        <v>29381</v>
       </c>
       <c r="L715">
         <v>0</v>
       </c>
       <c r="M715" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B716" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C716" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D716" t="s">
-        <v>996</v>
+        <v>1013</v>
       </c>
       <c r="E716" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F716" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G716">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="H716" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I716">
-        <v>31095</v>
+        <v>28524</v>
       </c>
       <c r="J716">
         <v>0</v>
       </c>
       <c r="K716">
-        <v>31095</v>
+        <v>28524</v>
       </c>
       <c r="L716">
         <v>0</v>
       </c>
       <c r="M716" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B717" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C717" t="s">
+        <v>21</v>
+      </c>
+      <c r="D717" t="s">
         <v>1014</v>
       </c>
-      <c r="C717" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E717" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F717" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G717">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="H717" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I717">
-        <v>30238</v>
+        <v>27667</v>
       </c>
       <c r="J717">
         <v>0</v>
       </c>
       <c r="K717">
-        <v>0</v>
+        <v>27667</v>
       </c>
       <c r="L717">
-        <v>30238</v>
+        <v>0</v>
       </c>
       <c r="M717" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B718" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C718" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D718" t="s">
         <v>1008</v>
       </c>
       <c r="E718" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F718" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G718">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="H718" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I718">
-        <v>29381</v>
+        <v>26810</v>
       </c>
       <c r="J718">
         <v>0</v>
       </c>
       <c r="K718">
-        <v>29381</v>
+        <v>26810</v>
       </c>
       <c r="L718">
         <v>0</v>
       </c>
       <c r="M718" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B719" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C719" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D719" t="s">
         <v>1009</v>
       </c>
       <c r="E719" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F719" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G719">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="H719" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I719">
-        <v>28524</v>
+        <v>25953</v>
       </c>
       <c r="J719">
         <v>0</v>
       </c>
       <c r="K719">
-        <v>28524</v>
+        <v>25953</v>
       </c>
       <c r="L719">
         <v>0</v>
       </c>
       <c r="M719" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B720" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C720" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D720" t="s">
         <v>1010</v>
       </c>
       <c r="E720" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F720" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G720">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H720" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="I720">
-        <v>27667</v>
+        <v>25096</v>
       </c>
       <c r="J720">
         <v>0</v>
       </c>
       <c r="K720">
-        <v>27667</v>
+        <v>25096</v>
       </c>
       <c r="L720">
         <v>0</v>
       </c>
       <c r="M720" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B721" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="C721" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D721" t="s">
-        <v>1004</v>
+        <v>1021</v>
       </c>
       <c r="E721" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="F721" t="s">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="G721">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H721" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I721">
-        <v>26810</v>
+        <v>8057</v>
       </c>
       <c r="J721">
         <v>0</v>
       </c>
       <c r="K721">
-        <v>26810</v>
+        <v>0</v>
       </c>
       <c r="L721">
-        <v>0</v>
+        <v>8057</v>
       </c>
       <c r="M721" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B722" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="C722" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D722" t="s">
-        <v>1005</v>
+        <v>1023</v>
       </c>
       <c r="E722" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="F722" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>61</v>
       </c>
       <c r="H722" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I722">
-        <v>25953</v>
+        <v>4000</v>
       </c>
       <c r="J722">
         <v>0</v>
       </c>
       <c r="K722">
-        <v>25953</v>
+        <v>0</v>
       </c>
       <c r="L722">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="M722" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="B723" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="C723" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D723" t="s">
-        <v>1006</v>
+        <v>1025</v>
       </c>
       <c r="E723" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="F723" t="s">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="G723">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="H723" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="I723">
-        <v>25096</v>
+        <v>17726</v>
       </c>
       <c r="J723">
         <v>0</v>
       </c>
       <c r="K723">
-        <v>25096</v>
+        <v>0</v>
       </c>
       <c r="L723">
-        <v>0</v>
+        <v>17726</v>
       </c>
       <c r="M723" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="B724" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="C724" t="s">
         <v>14</v>
       </c>
       <c r="D724" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="E724" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F724" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>61</v>
       </c>
       <c r="H724" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I724">
-        <v>8057</v>
+        <v>2230</v>
       </c>
       <c r="J724">
         <v>0</v>
       </c>
       <c r="K724">
         <v>0</v>
       </c>
       <c r="L724">
-        <v>8057</v>
+        <v>2230</v>
       </c>
       <c r="M724" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="B725" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="C725" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D725" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="E725" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F725" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H725" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I725">
-        <v>4000</v>
+        <v>9481</v>
       </c>
       <c r="J725">
         <v>0</v>
       </c>
       <c r="K725">
         <v>0</v>
       </c>
       <c r="L725">
-        <v>4000</v>
+        <v>9481</v>
       </c>
       <c r="M725" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="B726" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="C726" t="s">
         <v>14</v>
       </c>
       <c r="D726" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="E726" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F726" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>61</v>
       </c>
       <c r="H726" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I726">
-        <v>17726</v>
+        <v>1761</v>
       </c>
       <c r="J726">
         <v>0</v>
       </c>
       <c r="K726">
         <v>0</v>
       </c>
       <c r="L726">
-        <v>17726</v>
+        <v>1761</v>
       </c>
       <c r="M726" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B727" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="C727" t="s">
         <v>14</v>
       </c>
       <c r="D727" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="E727" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F727" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H727" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I727">
-        <v>2230</v>
+        <v>13239</v>
       </c>
       <c r="J727">
         <v>0</v>
       </c>
       <c r="K727">
         <v>0</v>
       </c>
       <c r="L727">
-        <v>2230</v>
+        <v>13239</v>
       </c>
       <c r="M727" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B728" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="C728" t="s">
         <v>14</v>
       </c>
       <c r="D728" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="E728" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F728" t="s">
-        <v>37</v>
+        <v>1034</v>
       </c>
       <c r="H728" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I728">
-        <v>9481</v>
+        <v>60480</v>
       </c>
       <c r="J728">
         <v>0</v>
       </c>
       <c r="K728">
         <v>0</v>
       </c>
       <c r="L728">
-        <v>9481</v>
+        <v>60480</v>
       </c>
       <c r="M728" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B729" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="C729" t="s">
         <v>14</v>
       </c>
       <c r="D729" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="E729" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F729" t="s">
-        <v>37</v>
+        <v>1034</v>
       </c>
       <c r="H729" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I729">
-        <v>1761</v>
+        <v>36972</v>
       </c>
       <c r="J729">
         <v>0</v>
       </c>
       <c r="K729">
         <v>0</v>
       </c>
       <c r="L729">
-        <v>1761</v>
+        <v>36972</v>
       </c>
       <c r="M729" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B730" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
       <c r="C730" t="s">
         <v>14</v>
       </c>
       <c r="D730" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="E730" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F730" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H730" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I730">
-        <v>13239</v>
+        <v>14719</v>
       </c>
       <c r="J730">
         <v>0</v>
       </c>
       <c r="K730">
         <v>0</v>
       </c>
       <c r="L730">
-        <v>13239</v>
+        <v>14719</v>
       </c>
       <c r="M730" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B731" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="C731" t="s">
         <v>14</v>
       </c>
       <c r="D731" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="E731" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F731" t="s">
-        <v>1030</v>
+        <v>61</v>
       </c>
       <c r="H731" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I731">
-        <v>60480</v>
+        <v>13225</v>
       </c>
       <c r="J731">
         <v>0</v>
       </c>
       <c r="K731">
         <v>0</v>
       </c>
       <c r="L731">
-        <v>60480</v>
+        <v>13225</v>
       </c>
       <c r="M731" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B732" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="C732" t="s">
         <v>14</v>
       </c>
       <c r="D732" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="E732" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F732" t="s">
-        <v>1030</v>
+        <v>61</v>
       </c>
       <c r="H732" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I732">
-        <v>36972</v>
+        <v>1422</v>
       </c>
       <c r="J732">
         <v>0</v>
       </c>
       <c r="K732">
         <v>0</v>
       </c>
       <c r="L732">
-        <v>36972</v>
+        <v>1422</v>
       </c>
       <c r="M732" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="733" spans="1:13">
       <c r="A733">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B733" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="C733" t="s">
         <v>14</v>
       </c>
       <c r="D733" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="E733" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F733" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H733" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="I733">
-        <v>14719</v>
+        <v>20000</v>
       </c>
       <c r="J733">
         <v>0</v>
       </c>
       <c r="K733">
         <v>0</v>
       </c>
       <c r="L733">
-        <v>14719</v>
+        <v>20000</v>
       </c>
       <c r="M733" t="s">
-        <v>19</v>
-[...112 lines deleted...]
-      <c r="M736" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>