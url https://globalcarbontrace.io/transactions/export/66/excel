--- v0 (2025-10-22)
+++ v1 (2025-12-24)
@@ -12,89 +12,221 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>REDD+ JIGRANTU Project</t>
+  </si>
+  <si>
+    <t>REFINERIA DE CARTAGENA S.A.S.</t>
+  </si>
+  <si>
+    <t>Jose David Roldan</t>
+  </si>
+  <si>
+    <t>50,000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0086901-0136900</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>C.I. EMPRESA COLOMBIANA DE SERVICIOS PETROLEROS S.A</t>
+  </si>
+  <si>
+    <t>STEVENS GRISALES ROJAS</t>
+  </si>
+  <si>
+    <t>10,000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0001001-0011000</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>PETROLEOS DEL MILENIO S.A.S</t>
+  </si>
+  <si>
+    <t>Biotrade SAS</t>
+  </si>
+  <si>
+    <t>17,000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2001-2012-0020001-0037000</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>Presente</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0117591-0117600</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>Presente Bought</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0117581-0117590</t>
+  </si>
+  <si>
+    <t>ACHE MARKETING, S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-1901-1912-0012082-0012148</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0059901-0076900</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>Conference Care Ltd</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116681-0117580</t>
+  </si>
+  <si>
+    <t>Cubicup Design Home sl</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116674-0116680</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116668-0116673</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116660-0116667</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116655-0116659</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116648-0116654</t>
+  </si>
+  <si>
+    <t>Ignacio Ignacio Palomo</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116642-0116647</t>
+  </si>
+  <si>
+    <t>Leondate SRL</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116637-0116641</t>
+  </si>
+  <si>
+    <t>International Cert INM (Global Cert Academy)</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0116634-0116636</t>
+  </si>
+  <si>
+    <t>Victor Jose Manrique</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-1901-1912-0002081-0002081</t>
+  </si>
+  <si>
     <t>2025-10-17</t>
   </si>
   <si>
-    <t>REDD+ JIGRANTU Project</t>
-[...1 lines deleted...]
-  <si>
     <t>Petróleos del Milenio S.A.S. - Sigla Petromil S.A.S.</t>
-  </si>
-[...4 lines deleted...]
-    <t>17,000</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0042901-0059900</t>
   </si>
   <si>
     <t>2025-04-01</t>
   </si>
   <si>
     <t>MINERA COBRE COLOMBIA S.A.S</t>
   </si>
   <si>
     <t>MINERA COBRE COLOMBIA S.A.S.</t>
   </si>
   <si>
     <t>1,967</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000114-0002080</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0000113</t>
   </si>
 </sst>
 </file>
 
@@ -419,160 +551,728 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H4" sqref="H4"/>
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2">
+        <v>86901</v>
+      </c>
+      <c r="I2">
+        <v>136900</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>1001</v>
+      </c>
+      <c r="I3">
+        <v>11000</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4">
+        <v>20001</v>
+      </c>
+      <c r="I4">
+        <v>37000</v>
+      </c>
+      <c r="J4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5">
+        <v>10</v>
+      </c>
+      <c r="H5">
+        <v>117591</v>
+      </c>
+      <c r="I5">
+        <v>117600</v>
+      </c>
+      <c r="J5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6">
+        <v>10</v>
+      </c>
+      <c r="H6">
+        <v>117581</v>
+      </c>
+      <c r="I6">
+        <v>117590</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7">
+        <v>67</v>
+      </c>
+      <c r="H7">
+        <v>12082</v>
+      </c>
+      <c r="I7">
+        <v>12148</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8">
+        <v>59901</v>
+      </c>
+      <c r="I8">
+        <v>76900</v>
+      </c>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9">
+        <v>900</v>
+      </c>
+      <c r="H9">
+        <v>116681</v>
+      </c>
+      <c r="I9">
+        <v>117580</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10">
+        <v>7</v>
+      </c>
+      <c r="H10">
+        <v>116674</v>
+      </c>
+      <c r="I10">
+        <v>116680</v>
+      </c>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11">
+        <v>6</v>
+      </c>
+      <c r="H11">
+        <v>116668</v>
+      </c>
+      <c r="I11">
+        <v>116673</v>
+      </c>
+      <c r="J11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12">
         <v>8</v>
       </c>
-      <c r="B2" t="s">
-[...11 lines deleted...]
-      <c r="F2">
+      <c r="H12">
+        <v>116660</v>
+      </c>
+      <c r="I12">
+        <v>116667</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13">
+        <v>5</v>
+      </c>
+      <c r="H13">
+        <v>116655</v>
+      </c>
+      <c r="I13">
+        <v>116659</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14">
+        <v>7</v>
+      </c>
+      <c r="H14">
+        <v>116648</v>
+      </c>
+      <c r="I14">
+        <v>116654</v>
+      </c>
+      <c r="J14" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15">
+        <v>6</v>
+      </c>
+      <c r="H15">
+        <v>116642</v>
+      </c>
+      <c r="I15">
+        <v>116647</v>
+      </c>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16">
+        <v>5</v>
+      </c>
+      <c r="H16">
+        <v>116637</v>
+      </c>
+      <c r="I16">
+        <v>116641</v>
+      </c>
+      <c r="J16" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17">
+        <v>3</v>
+      </c>
+      <c r="H17">
+        <v>116634</v>
+      </c>
+      <c r="I17">
+        <v>116636</v>
+      </c>
+      <c r="J17" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="H18">
+        <v>2081</v>
+      </c>
+      <c r="I18">
+        <v>2081</v>
+      </c>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" t="s">
+        <v>26</v>
+      </c>
+      <c r="H19">
         <v>42901</v>
       </c>
-      <c r="G2">
+      <c r="I19">
         <v>59900</v>
       </c>
-      <c r="H2" t="s">
-[...19 lines deleted...]
-      <c r="F3">
+      <c r="J19" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>59</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20">
         <v>114</v>
       </c>
-      <c r="G3">
+      <c r="I20">
         <v>2080</v>
       </c>
-      <c r="H3" t="s">
-[...16 lines deleted...]
-      <c r="E4">
+      <c r="J20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21">
         <v>113</v>
       </c>
-      <c r="F4">
+      <c r="H21">
         <v>1</v>
       </c>
-      <c r="G4">
+      <c r="I21">
         <v>113</v>
       </c>
-      <c r="H4" t="s">
-        <v>19</v>
+      <c r="J21" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">