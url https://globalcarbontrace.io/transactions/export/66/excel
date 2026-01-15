--- v1 (2025-12-24)
+++ v2 (2026-01-15)
@@ -12,131 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Name of Program</t>
   </si>
   <si>
     <t>Unit type</t>
   </si>
   <si>
     <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Name of</t>
   </si>
   <si>
     <t>Account Holder</t>
   </si>
   <si>
     <t>Quantity of emission units cancelled</t>
   </si>
   <si>
     <t>Start of serial numbers</t>
   </si>
   <si>
     <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>BioCarbon Standard</t>
   </si>
   <si>
     <t>VCC</t>
   </si>
   <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>REDD+ JIGRANTU Project</t>
+  </si>
+  <si>
+    <t>PETROLEOS DEL MILENIO S.A.S</t>
+  </si>
+  <si>
+    <t>Biotrade SAS</t>
+  </si>
+  <si>
+    <t>17,000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2101-2112-0136901-0153900</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>TERMOTASAJERO DOS S.A. E.S.P.</t>
+  </si>
+  <si>
+    <t>Jose David Roldan</t>
+  </si>
+  <si>
+    <t>65,000</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0192601-0257600</t>
+  </si>
+  <si>
+    <t>TERMOTASAJERO S.A. ESP</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2201-2212-0127601-0192600</t>
+  </si>
+  <si>
     <t>2025-12-19</t>
   </si>
   <si>
-    <t>REDD+ JIGRANTU Project</t>
-[...1 lines deleted...]
-  <si>
     <t>REFINERIA DE CARTAGENA S.A.S.</t>
   </si>
   <si>
-    <t>Jose David Roldan</t>
-[...1 lines deleted...]
-  <si>
     <t>50,000</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0086901-0136900</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>C.I. EMPRESA COLOMBIANA DE SERVICIOS PETROLEROS S.A</t>
   </si>
   <si>
     <t>STEVENS GRISALES ROJAS</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0001001-0011000</t>
   </si>
   <si>
     <t>2025-12-11</t>
-  </si>
-[...7 lines deleted...]
-    <t>17,000</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0020001-0037000</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>Presente</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0117591-0117600</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>Presente Bought</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0117581-0117590</t>
   </si>
   <si>
     <t>ACHE MARKETING, S.A. DE C.V.</t>
   </si>
@@ -551,54 +575,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:J24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J21" sqref="J21"/>
+      <selection activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -614,665 +638,761 @@
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2">
-        <v>86901</v>
+        <v>136901</v>
       </c>
       <c r="I2">
-        <v>136900</v>
+        <v>153900</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3">
-        <v>1001</v>
+        <v>192601</v>
       </c>
       <c r="I3">
-        <v>11000</v>
+        <v>257600</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>127601</v>
+      </c>
+      <c r="I4">
+        <v>192600</v>
+      </c>
+      <c r="J4" t="s">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5">
+        <v>86901</v>
+      </c>
+      <c r="I5">
+        <v>136900</v>
+      </c>
+      <c r="J5" t="s">
         <v>28</v>
-      </c>
-[...19 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G6" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H6">
-        <v>117581</v>
+        <v>1001</v>
       </c>
       <c r="I6">
-        <v>117590</v>
+        <v>11000</v>
       </c>
       <c r="J6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
       </c>
       <c r="H7">
-        <v>12082</v>
+        <v>20001</v>
       </c>
       <c r="I7">
-        <v>12148</v>
+        <v>37000</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="G8">
+        <v>10</v>
       </c>
       <c r="H8">
-        <v>59901</v>
+        <v>117591</v>
       </c>
       <c r="I8">
-        <v>76900</v>
+        <v>117600</v>
       </c>
       <c r="J8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G9">
-        <v>900</v>
+        <v>10</v>
       </c>
       <c r="H9">
-        <v>116681</v>
+        <v>117581</v>
       </c>
       <c r="I9">
-        <v>117580</v>
+        <v>117590</v>
       </c>
       <c r="J9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G10">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="H10">
-        <v>116674</v>
+        <v>12082</v>
       </c>
       <c r="I10">
-        <v>116680</v>
+        <v>12148</v>
       </c>
       <c r="J10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>16</v>
       </c>
       <c r="H11">
-        <v>116668</v>
+        <v>59901</v>
       </c>
       <c r="I11">
-        <v>116673</v>
+        <v>76900</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G12">
-        <v>8</v>
+        <v>900</v>
       </c>
       <c r="H12">
-        <v>116660</v>
+        <v>116681</v>
       </c>
       <c r="I12">
-        <v>116667</v>
+        <v>117580</v>
       </c>
       <c r="J12" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F13" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G13">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H13">
-        <v>116655</v>
+        <v>116674</v>
       </c>
       <c r="I13">
-        <v>116659</v>
+        <v>116680</v>
       </c>
       <c r="J13" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G14">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H14">
-        <v>116648</v>
+        <v>116668</v>
       </c>
       <c r="I14">
-        <v>116654</v>
+        <v>116673</v>
       </c>
       <c r="J14" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G15">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H15">
-        <v>116642</v>
+        <v>116660</v>
       </c>
       <c r="I15">
-        <v>116647</v>
+        <v>116667</v>
       </c>
       <c r="J15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G16">
         <v>5</v>
       </c>
       <c r="H16">
-        <v>116637</v>
+        <v>116655</v>
       </c>
       <c r="I16">
-        <v>116641</v>
+        <v>116659</v>
       </c>
       <c r="J16" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F17" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H17">
-        <v>116634</v>
+        <v>116648</v>
       </c>
       <c r="I17">
-        <v>116636</v>
+        <v>116654</v>
       </c>
       <c r="J17" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H18">
-        <v>2081</v>
+        <v>116642</v>
       </c>
       <c r="I18">
-        <v>2081</v>
+        <v>116647</v>
       </c>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="G19">
+        <v>5</v>
       </c>
       <c r="H19">
-        <v>42901</v>
+        <v>116637</v>
       </c>
       <c r="I19">
-        <v>59900</v>
+        <v>116641</v>
       </c>
       <c r="J19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>59</v>
       </c>
       <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20">
+        <v>3</v>
+      </c>
+      <c r="H20">
+        <v>116634</v>
+      </c>
+      <c r="I20">
+        <v>116636</v>
+      </c>
+      <c r="J20" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21">
+        <v>2081</v>
+      </c>
+      <c r="I21">
+        <v>2081</v>
+      </c>
+      <c r="J21" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22">
+        <v>42901</v>
+      </c>
+      <c r="I22">
+        <v>59900</v>
+      </c>
+      <c r="J22" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>67</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" t="s">
+        <v>69</v>
+      </c>
+      <c r="H23">
+        <v>114</v>
+      </c>
+      <c r="I23">
+        <v>2080</v>
+      </c>
+      <c r="J23" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24">
         <v>113</v>
       </c>
-      <c r="H21">
+      <c r="H24">
         <v>1</v>
       </c>
-      <c r="I21">
+      <c r="I24">
         <v>113</v>
       </c>
-      <c r="J21" t="s">
-        <v>63</v>
+      <c r="J24" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">