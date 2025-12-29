--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -12,82 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>Commercial reforestation on lands dedicated to extensive cattle grazing activities in the region of Magdalena Bajo Seco</t>
+  </si>
+  <si>
+    <t>Nestrade S.A.</t>
+  </si>
+  <si>
+    <t>ONF ANDINA SUCURSAL COLOMBIANA DE ONF INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>31,842</t>
+  </si>
+  <si>
+    <t>BCR-CO-656-14-001-2-2101-2109-0057875-0089716</t>
+  </si>
+  <si>
     <t>2025-05-19</t>
   </si>
   <si>
-    <t>Commercial reforestation on lands dedicated to extensive cattle grazing activities in the region of Magdalena Bajo Seco</t>
-[...1 lines deleted...]
-  <si>
     <t>C.I. EMPRESA COLOMBIANA DE SERVICIOS PETROLEROS S.A</t>
   </si>
   <si>
     <t>Jose David Roldan</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2001-2012-0068562-0078561</t>
   </si>
   <si>
     <t>2025-04-15</t>
   </si>
   <si>
     <t>C.I. PRODEXPORT DE COLOMBIA S.A.S</t>
   </si>
   <si>
     <t>3,885</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2001-2012-0064677-0068561</t>
   </si>
   <si>
     <t>2025-03-21</t>
@@ -156,53 +183,50 @@
     <t>BCR-CO-656-14-001-2-1603-1612-0011491-0011500</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011501-0011510</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011511-0011520</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011521-0011530</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011531-0011540</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011541-0011550</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0011451-0011460</t>
   </si>
   <si>
     <t>2024-08-12</t>
   </si>
   <si>
     <t>Bregal Investments LLP.</t>
-  </si>
-[...1 lines deleted...]
-    <t>ONF ANDINA SUCURSAL COLOMBIANA DE ONF INTERNATIONAL</t>
   </si>
   <si>
     <t>2,850</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0008601-0011450</t>
   </si>
   <si>
     <t>2023-10-06</t>
   </si>
   <si>
     <t>International Social Print Paper Ltd.</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0008575-0008600</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0008549-0008574</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0008523-0008548</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1603-1612-0008497-0008522</t>
   </si>
@@ -818,3202 +842,3960 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H121"/>
+  <dimension ref="A1:J122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H121" sqref="H121"/>
+      <selection activeCell="J122" sqref="J122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F2">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2">
+        <v>57875</v>
+      </c>
+      <c r="I2">
+        <v>89716</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
         <v>68562</v>
       </c>
-      <c r="G2">
+      <c r="I3">
         <v>78561</v>
       </c>
-      <c r="H2" t="s">
-[...19 lines deleted...]
-      <c r="F3">
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4">
         <v>64677</v>
       </c>
-      <c r="G3">
+      <c r="I4">
         <v>68561</v>
       </c>
-      <c r="H3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="J4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5">
+        <v>78562</v>
+      </c>
+      <c r="I5">
+        <v>81845</v>
+      </c>
+      <c r="J5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6">
+        <v>11159</v>
+      </c>
+      <c r="I6">
+        <v>57874</v>
+      </c>
+      <c r="J6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>59104</v>
+      </c>
+      <c r="I7">
+        <v>64676</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F8" t="s">
         <v>20</v>
       </c>
-      <c r="F4">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="G8" t="s">
         <v>21</v>
       </c>
-    </row>
-[...68 lines deleted...]
-      <c r="F7">
+      <c r="H8">
         <v>49104</v>
       </c>
-      <c r="G7">
+      <c r="I8">
         <v>59103</v>
       </c>
-      <c r="H7" t="s">
-[...16 lines deleted...]
-      <c r="E8">
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9">
         <v>261</v>
       </c>
-      <c r="F8">
+      <c r="H9">
         <v>10898</v>
       </c>
-      <c r="G8">
+      <c r="I9">
         <v>11158</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F9">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10">
         <v>1</v>
       </c>
-      <c r="G9">
+      <c r="I10">
         <v>10897</v>
       </c>
-      <c r="H9" t="s">
-[...19 lines deleted...]
-      <c r="F10">
+      <c r="J10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11">
         <v>1</v>
       </c>
-      <c r="G10">
+      <c r="I11">
         <v>49103</v>
       </c>
-      <c r="H10" t="s">
-[...19 lines deleted...]
-      <c r="F11">
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12">
+        <v>10</v>
+      </c>
+      <c r="H12">
         <v>11461</v>
       </c>
-      <c r="G11">
+      <c r="I12">
         <v>11470</v>
       </c>
-      <c r="H11" t="s">
-[...19 lines deleted...]
-      <c r="F12">
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13">
+        <v>10</v>
+      </c>
+      <c r="H13">
         <v>11471</v>
       </c>
-      <c r="G12">
+      <c r="I13">
         <v>11480</v>
       </c>
-      <c r="H12" t="s">
-[...19 lines deleted...]
-      <c r="F13">
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14">
+        <v>10</v>
+      </c>
+      <c r="H14">
         <v>11481</v>
       </c>
-      <c r="G13">
+      <c r="I14">
         <v>11490</v>
       </c>
-      <c r="H13" t="s">
-[...19 lines deleted...]
-      <c r="F14">
+      <c r="J14" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15">
+        <v>10</v>
+      </c>
+      <c r="H15">
         <v>11491</v>
       </c>
-      <c r="G14">
+      <c r="I15">
         <v>11500</v>
       </c>
-      <c r="H14" t="s">
-[...19 lines deleted...]
-      <c r="F15">
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16">
+        <v>10</v>
+      </c>
+      <c r="H16">
         <v>11501</v>
       </c>
-      <c r="G15">
+      <c r="I16">
         <v>11510</v>
       </c>
-      <c r="H15" t="s">
-[...19 lines deleted...]
-      <c r="F16">
+      <c r="J16" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17">
+        <v>10</v>
+      </c>
+      <c r="H17">
         <v>11511</v>
       </c>
-      <c r="G16">
+      <c r="I17">
         <v>11520</v>
       </c>
-      <c r="H16" t="s">
-[...19 lines deleted...]
-      <c r="F17">
+      <c r="J17" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18">
+        <v>10</v>
+      </c>
+      <c r="H18">
         <v>11521</v>
       </c>
-      <c r="G17">
+      <c r="I18">
         <v>11530</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J18" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
         <v>42</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F18">
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19">
+        <v>10</v>
+      </c>
+      <c r="H19">
         <v>11531</v>
       </c>
-      <c r="G18">
+      <c r="I19">
         <v>11540</v>
       </c>
-      <c r="H18" t="s">
+      <c r="J19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>43</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F19">
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20">
+        <v>10</v>
+      </c>
+      <c r="H20">
         <v>11541</v>
       </c>
-      <c r="G19">
+      <c r="I20">
         <v>11550</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J20" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
         <v>44</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F20">
+      <c r="G21">
+        <v>10</v>
+      </c>
+      <c r="H21">
         <v>11451</v>
       </c>
-      <c r="G20">
+      <c r="I21">
         <v>11460</v>
       </c>
-      <c r="H20" t="s">
-[...19 lines deleted...]
-      <c r="F21">
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>57</v>
+      </c>
+      <c r="H22">
         <v>8601</v>
       </c>
-      <c r="G21">
+      <c r="I22">
         <v>11450</v>
       </c>
-      <c r="H21" t="s">
-[...19 lines deleted...]
-      <c r="F22">
+      <c r="J22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>60</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23">
+        <v>26</v>
+      </c>
+      <c r="H23">
         <v>8575</v>
       </c>
-      <c r="G22">
+      <c r="I23">
         <v>8600</v>
       </c>
-      <c r="H22" t="s">
-[...19 lines deleted...]
-      <c r="F23">
+      <c r="J23" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24">
+        <v>26</v>
+      </c>
+      <c r="H24">
         <v>8549</v>
       </c>
-      <c r="G23">
+      <c r="I24">
         <v>8574</v>
       </c>
-      <c r="H23" t="s">
-[...19 lines deleted...]
-      <c r="F24">
+      <c r="J24" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25">
+        <v>26</v>
+      </c>
+      <c r="H25">
         <v>8523</v>
       </c>
-      <c r="G24">
+      <c r="I25">
         <v>8548</v>
       </c>
-      <c r="H24" t="s">
-[...19 lines deleted...]
-      <c r="F25">
+      <c r="J25" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>60</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26">
+        <v>26</v>
+      </c>
+      <c r="H26">
         <v>8497</v>
       </c>
-      <c r="G25">
+      <c r="I26">
         <v>8522</v>
       </c>
-      <c r="H25" t="s">
-[...19 lines deleted...]
-      <c r="F26">
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27">
+        <v>26</v>
+      </c>
+      <c r="H27">
         <v>8471</v>
       </c>
-      <c r="G26">
+      <c r="I27">
         <v>8496</v>
       </c>
-      <c r="H26" t="s">
-[...19 lines deleted...]
-      <c r="F27">
+      <c r="J27" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
+        <v>59</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>60</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28">
+        <v>26</v>
+      </c>
+      <c r="H28">
         <v>8445</v>
       </c>
-      <c r="G27">
+      <c r="I28">
         <v>8470</v>
       </c>
-      <c r="H27" t="s">
-[...19 lines deleted...]
-      <c r="F28">
+      <c r="J28" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>60</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29">
+        <v>26</v>
+      </c>
+      <c r="H29">
         <v>8419</v>
       </c>
-      <c r="G28">
+      <c r="I29">
         <v>8444</v>
       </c>
-      <c r="H28" t="s">
-[...19 lines deleted...]
-      <c r="F29">
+      <c r="J29" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>60</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30">
+        <v>26</v>
+      </c>
+      <c r="H30">
         <v>8393</v>
       </c>
-      <c r="G29">
+      <c r="I30">
         <v>8418</v>
       </c>
-      <c r="H29" t="s">
-[...19 lines deleted...]
-      <c r="F30">
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>60</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31">
+        <v>26</v>
+      </c>
+      <c r="H31">
         <v>8367</v>
       </c>
-      <c r="G30">
+      <c r="I31">
         <v>8392</v>
       </c>
-      <c r="H30" t="s">
-[...19 lines deleted...]
-      <c r="F31">
+      <c r="J31" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
+        <v>59</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>60</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32">
+        <v>26</v>
+      </c>
+      <c r="H32">
         <v>8341</v>
       </c>
-      <c r="G31">
+      <c r="I32">
         <v>8366</v>
       </c>
-      <c r="H31" t="s">
-[...19 lines deleted...]
-      <c r="F32">
+      <c r="J32" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
+        <v>59</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>60</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33">
+        <v>26</v>
+      </c>
+      <c r="H33">
         <v>8315</v>
       </c>
-      <c r="G32">
+      <c r="I33">
         <v>8340</v>
       </c>
-      <c r="H32" t="s">
-[...19 lines deleted...]
-      <c r="F33">
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
+        <v>59</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>60</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34">
+        <v>26</v>
+      </c>
+      <c r="H34">
         <v>8289</v>
       </c>
-      <c r="G33">
+      <c r="I34">
         <v>8314</v>
       </c>
-      <c r="H33" t="s">
-[...19 lines deleted...]
-      <c r="F34">
+      <c r="J34" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
+        <v>59</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>60</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35">
+        <v>26</v>
+      </c>
+      <c r="H35">
         <v>8263</v>
       </c>
-      <c r="G34">
+      <c r="I35">
         <v>8288</v>
       </c>
-      <c r="H34" t="s">
-[...19 lines deleted...]
-      <c r="F35">
+      <c r="J35" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36">
+        <v>26</v>
+      </c>
+      <c r="H36">
         <v>8237</v>
       </c>
-      <c r="G35">
+      <c r="I36">
         <v>8262</v>
       </c>
-      <c r="H35" t="s">
-[...19 lines deleted...]
-      <c r="F36">
+      <c r="J36" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" t="s">
+        <v>59</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>60</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37">
+        <v>26</v>
+      </c>
+      <c r="H37">
         <v>8211</v>
       </c>
-      <c r="G36">
+      <c r="I37">
         <v>8236</v>
       </c>
-      <c r="H36" t="s">
-[...19 lines deleted...]
-      <c r="F37">
+      <c r="J37" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>60</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38">
+        <v>26</v>
+      </c>
+      <c r="H38">
         <v>8185</v>
       </c>
-      <c r="G37">
+      <c r="I38">
         <v>8210</v>
       </c>
-      <c r="H37" t="s">
-[...19 lines deleted...]
-      <c r="F38">
+      <c r="J38" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>59</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>60</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39">
+        <v>26</v>
+      </c>
+      <c r="H39">
         <v>8159</v>
       </c>
-      <c r="G38">
+      <c r="I39">
         <v>8184</v>
       </c>
-      <c r="H38" t="s">
-[...19 lines deleted...]
-      <c r="F39">
+      <c r="J39" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>59</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>60</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40">
+        <v>26</v>
+      </c>
+      <c r="H40">
         <v>8133</v>
       </c>
-      <c r="G39">
+      <c r="I40">
         <v>8158</v>
       </c>
-      <c r="H39" t="s">
-[...19 lines deleted...]
-      <c r="F40">
+      <c r="J40" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>60</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41">
+        <v>26</v>
+      </c>
+      <c r="H41">
         <v>8107</v>
       </c>
-      <c r="G40">
+      <c r="I41">
         <v>8132</v>
       </c>
-      <c r="H40" t="s">
-[...19 lines deleted...]
-      <c r="F41">
+      <c r="J41" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>59</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>60</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42">
+        <v>26</v>
+      </c>
+      <c r="H42">
         <v>8081</v>
       </c>
-      <c r="G41">
+      <c r="I42">
         <v>8106</v>
       </c>
-      <c r="H41" t="s">
-[...19 lines deleted...]
-      <c r="F42">
+      <c r="J42" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>59</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>60</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43">
+        <v>26</v>
+      </c>
+      <c r="H43">
         <v>8055</v>
       </c>
-      <c r="G42">
+      <c r="I43">
         <v>8080</v>
       </c>
-      <c r="H42" t="s">
-[...19 lines deleted...]
-      <c r="F43">
+      <c r="J43" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>59</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>60</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44">
+        <v>26</v>
+      </c>
+      <c r="H44">
         <v>8029</v>
       </c>
-      <c r="G43">
+      <c r="I44">
         <v>8054</v>
       </c>
-      <c r="H43" t="s">
-[...19 lines deleted...]
-      <c r="F44">
+      <c r="J44" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>60</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45">
+        <v>26</v>
+      </c>
+      <c r="H45">
         <v>8003</v>
       </c>
-      <c r="G44">
+      <c r="I45">
         <v>8028</v>
       </c>
-      <c r="H44" t="s">
-[...19 lines deleted...]
-      <c r="F45">
+      <c r="J45" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>60</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46">
+        <v>26</v>
+      </c>
+      <c r="H46">
         <v>7977</v>
       </c>
-      <c r="G45">
+      <c r="I46">
         <v>8002</v>
       </c>
-      <c r="H45" t="s">
-[...19 lines deleted...]
-      <c r="F46">
+      <c r="J46" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>59</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>60</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47">
+        <v>26</v>
+      </c>
+      <c r="H47">
         <v>7951</v>
       </c>
-      <c r="G46">
+      <c r="I47">
         <v>7976</v>
       </c>
-      <c r="H46" t="s">
-[...19 lines deleted...]
-      <c r="F47">
+      <c r="J47" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>60</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48">
+        <v>26</v>
+      </c>
+      <c r="H48">
         <v>7925</v>
       </c>
-      <c r="G47">
+      <c r="I48">
         <v>7950</v>
       </c>
-      <c r="H47" t="s">
-[...19 lines deleted...]
-      <c r="F48">
+      <c r="J48" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>60</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49">
+        <v>26</v>
+      </c>
+      <c r="H49">
         <v>7899</v>
       </c>
-      <c r="G48">
+      <c r="I49">
         <v>7924</v>
       </c>
-      <c r="H48" t="s">
-[...19 lines deleted...]
-      <c r="F49">
+      <c r="J49" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
+        <v>59</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>60</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50">
+        <v>26</v>
+      </c>
+      <c r="H50">
         <v>7873</v>
       </c>
-      <c r="G49">
+      <c r="I50">
         <v>7898</v>
       </c>
-      <c r="H49" t="s">
-[...19 lines deleted...]
-      <c r="F50">
+      <c r="J50" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>60</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51">
+        <v>26</v>
+      </c>
+      <c r="H51">
         <v>7847</v>
       </c>
-      <c r="G50">
+      <c r="I51">
         <v>7872</v>
       </c>
-      <c r="H50" t="s">
-[...19 lines deleted...]
-      <c r="F51">
+      <c r="J51" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>59</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>60</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52">
+        <v>26</v>
+      </c>
+      <c r="H52">
         <v>7821</v>
       </c>
-      <c r="G51">
+      <c r="I52">
         <v>7846</v>
       </c>
-      <c r="H51" t="s">
-[...19 lines deleted...]
-      <c r="F52">
+      <c r="J52" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>60</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53">
+        <v>26</v>
+      </c>
+      <c r="H53">
         <v>7795</v>
       </c>
-      <c r="G52">
+      <c r="I53">
         <v>7820</v>
       </c>
-      <c r="H52" t="s">
-[...19 lines deleted...]
-      <c r="F53">
+      <c r="J53" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>59</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>60</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54">
+        <v>26</v>
+      </c>
+      <c r="H54">
         <v>7769</v>
       </c>
-      <c r="G53">
+      <c r="I54">
         <v>7794</v>
       </c>
-      <c r="H53" t="s">
-[...19 lines deleted...]
-      <c r="F54">
+      <c r="J54" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>59</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>60</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55">
+        <v>26</v>
+      </c>
+      <c r="H55">
         <v>7743</v>
       </c>
-      <c r="G54">
+      <c r="I55">
         <v>7768</v>
       </c>
-      <c r="H54" t="s">
-[...19 lines deleted...]
-      <c r="F55">
+      <c r="J55" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>60</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56">
+        <v>26</v>
+      </c>
+      <c r="H56">
         <v>7717</v>
       </c>
-      <c r="G55">
+      <c r="I56">
         <v>7742</v>
       </c>
-      <c r="H55" t="s">
-[...19 lines deleted...]
-      <c r="F56">
+      <c r="J56" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>60</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57">
+        <v>26</v>
+      </c>
+      <c r="H57">
         <v>7691</v>
       </c>
-      <c r="G56">
+      <c r="I57">
         <v>7716</v>
       </c>
-      <c r="H56" t="s">
-[...19 lines deleted...]
-      <c r="F57">
+      <c r="J57" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>59</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>60</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58">
+        <v>26</v>
+      </c>
+      <c r="H58">
         <v>7665</v>
       </c>
-      <c r="G57">
+      <c r="I58">
         <v>7690</v>
       </c>
-      <c r="H57" t="s">
-[...19 lines deleted...]
-      <c r="F58">
+      <c r="J58" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>59</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>60</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59">
+        <v>26</v>
+      </c>
+      <c r="H59">
         <v>7639</v>
       </c>
-      <c r="G58">
+      <c r="I59">
         <v>7664</v>
       </c>
-      <c r="H58" t="s">
-[...19 lines deleted...]
-      <c r="F59">
+      <c r="J59" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>59</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>60</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60">
+        <v>26</v>
+      </c>
+      <c r="H60">
         <v>7613</v>
       </c>
-      <c r="G59">
+      <c r="I60">
         <v>7638</v>
       </c>
-      <c r="H59" t="s">
-[...19 lines deleted...]
-      <c r="F60">
+      <c r="J60" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>59</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>60</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61">
+        <v>26</v>
+      </c>
+      <c r="H61">
         <v>7587</v>
       </c>
-      <c r="G60">
+      <c r="I61">
         <v>7612</v>
       </c>
-      <c r="H60" t="s">
-[...19 lines deleted...]
-      <c r="F61">
+      <c r="J61" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>59</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>60</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62">
+        <v>26</v>
+      </c>
+      <c r="H62">
         <v>7561</v>
       </c>
-      <c r="G61">
+      <c r="I62">
         <v>7586</v>
       </c>
-      <c r="H61" t="s">
-[...19 lines deleted...]
-      <c r="F62">
+      <c r="J62" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>60</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63">
+        <v>26</v>
+      </c>
+      <c r="H63">
         <v>7535</v>
       </c>
-      <c r="G62">
+      <c r="I63">
         <v>7560</v>
       </c>
-      <c r="H62" t="s">
-[...19 lines deleted...]
-      <c r="F63">
+      <c r="J63" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>59</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>60</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64">
+        <v>26</v>
+      </c>
+      <c r="H64">
         <v>7509</v>
       </c>
-      <c r="G63">
+      <c r="I64">
         <v>7534</v>
       </c>
-      <c r="H63" t="s">
-[...19 lines deleted...]
-      <c r="F64">
+      <c r="J64" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>59</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>60</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65">
+        <v>26</v>
+      </c>
+      <c r="H65">
         <v>7483</v>
       </c>
-      <c r="G64">
+      <c r="I65">
         <v>7508</v>
       </c>
-      <c r="H64" t="s">
-[...19 lines deleted...]
-      <c r="F65">
+      <c r="J65" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>59</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>60</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66">
+        <v>26</v>
+      </c>
+      <c r="H66">
         <v>7457</v>
       </c>
-      <c r="G65">
+      <c r="I66">
         <v>7482</v>
       </c>
-      <c r="H65" t="s">
-[...19 lines deleted...]
-      <c r="F66">
+      <c r="J66" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
+        <v>59</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>60</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67">
+        <v>26</v>
+      </c>
+      <c r="H67">
         <v>7431</v>
       </c>
-      <c r="G66">
+      <c r="I67">
         <v>7456</v>
       </c>
-      <c r="H66" t="s">
-[...19 lines deleted...]
-      <c r="F67">
+      <c r="J67" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>59</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>60</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68">
+        <v>26</v>
+      </c>
+      <c r="H68">
         <v>7405</v>
       </c>
-      <c r="G67">
+      <c r="I68">
         <v>7430</v>
       </c>
-      <c r="H67" t="s">
-[...19 lines deleted...]
-      <c r="F68">
+      <c r="J68" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>59</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>60</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69">
+        <v>26</v>
+      </c>
+      <c r="H69">
         <v>7379</v>
       </c>
-      <c r="G68">
+      <c r="I69">
         <v>7404</v>
       </c>
-      <c r="H68" t="s">
-[...19 lines deleted...]
-      <c r="F69">
+      <c r="J69" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>59</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>60</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70">
+        <v>26</v>
+      </c>
+      <c r="H70">
         <v>7353</v>
       </c>
-      <c r="G69">
+      <c r="I70">
         <v>7378</v>
       </c>
-      <c r="H69" t="s">
-[...19 lines deleted...]
-      <c r="F70">
+      <c r="J70" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>59</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>60</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71">
+        <v>26</v>
+      </c>
+      <c r="H71">
         <v>7327</v>
       </c>
-      <c r="G70">
+      <c r="I71">
         <v>7352</v>
       </c>
-      <c r="H70" t="s">
-[...19 lines deleted...]
-      <c r="F71">
+      <c r="J71" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>59</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>60</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72">
+        <v>26</v>
+      </c>
+      <c r="H72">
         <v>7301</v>
       </c>
-      <c r="G71">
+      <c r="I72">
         <v>7326</v>
       </c>
-      <c r="H71" t="s">
-[...19 lines deleted...]
-      <c r="F72">
+      <c r="J72" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>59</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>60</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73">
+        <v>26</v>
+      </c>
+      <c r="H73">
         <v>7275</v>
       </c>
-      <c r="G72">
+      <c r="I73">
         <v>7300</v>
       </c>
-      <c r="H72" t="s">
-[...19 lines deleted...]
-      <c r="F73">
+      <c r="J73" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>59</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>60</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74">
+        <v>26</v>
+      </c>
+      <c r="H74">
         <v>7249</v>
       </c>
-      <c r="G73">
+      <c r="I74">
         <v>7274</v>
       </c>
-      <c r="H73" t="s">
-[...19 lines deleted...]
-      <c r="F74">
+      <c r="J74" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" t="s">
+        <v>59</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>60</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75">
+        <v>26</v>
+      </c>
+      <c r="H75">
         <v>7223</v>
       </c>
-      <c r="G74">
+      <c r="I75">
         <v>7248</v>
       </c>
-      <c r="H74" t="s">
-[...19 lines deleted...]
-      <c r="F75">
+      <c r="J75" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" t="s">
+        <v>59</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>60</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76">
+        <v>26</v>
+      </c>
+      <c r="H76">
         <v>7197</v>
       </c>
-      <c r="G75">
+      <c r="I76">
         <v>7222</v>
       </c>
-      <c r="H75" t="s">
-[...19 lines deleted...]
-      <c r="F76">
+      <c r="J76" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>59</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>60</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77">
+        <v>26</v>
+      </c>
+      <c r="H77">
         <v>7171</v>
       </c>
-      <c r="G76">
+      <c r="I77">
         <v>7196</v>
       </c>
-      <c r="H76" t="s">
-[...19 lines deleted...]
-      <c r="F77">
+      <c r="J77" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>59</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>60</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78">
+        <v>26</v>
+      </c>
+      <c r="H78">
         <v>7145</v>
       </c>
-      <c r="G77">
+      <c r="I78">
         <v>7170</v>
       </c>
-      <c r="H77" t="s">
-[...19 lines deleted...]
-      <c r="F78">
+      <c r="J78" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>59</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>60</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79">
+        <v>26</v>
+      </c>
+      <c r="H79">
         <v>7119</v>
       </c>
-      <c r="G78">
+      <c r="I79">
         <v>7144</v>
       </c>
-      <c r="H78" t="s">
-[...19 lines deleted...]
-      <c r="F79">
+      <c r="J79" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>59</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>60</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80">
+        <v>26</v>
+      </c>
+      <c r="H80">
         <v>7093</v>
       </c>
-      <c r="G79">
+      <c r="I80">
         <v>7118</v>
       </c>
-      <c r="H79" t="s">
-[...19 lines deleted...]
-      <c r="F80">
+      <c r="J80" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>59</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>60</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81">
+        <v>26</v>
+      </c>
+      <c r="H81">
         <v>7067</v>
       </c>
-      <c r="G80">
+      <c r="I81">
         <v>7092</v>
       </c>
-      <c r="H80" t="s">
-[...19 lines deleted...]
-      <c r="F81">
+      <c r="J81" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>59</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>60</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82">
+        <v>26</v>
+      </c>
+      <c r="H82">
         <v>7041</v>
       </c>
-      <c r="G81">
+      <c r="I82">
         <v>7066</v>
       </c>
-      <c r="H81" t="s">
-[...19 lines deleted...]
-      <c r="F82">
+      <c r="J82" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>59</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>60</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83">
+        <v>26</v>
+      </c>
+      <c r="H83">
         <v>7015</v>
       </c>
-      <c r="G82">
+      <c r="I83">
         <v>7040</v>
       </c>
-      <c r="H82" t="s">
-[...19 lines deleted...]
-      <c r="F83">
+      <c r="J83" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>59</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>60</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84">
+        <v>26</v>
+      </c>
+      <c r="H84">
         <v>6989</v>
       </c>
-      <c r="G83">
+      <c r="I84">
         <v>7014</v>
       </c>
-      <c r="H83" t="s">
-[...19 lines deleted...]
-      <c r="F84">
+      <c r="J84" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>59</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>60</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85">
+        <v>26</v>
+      </c>
+      <c r="H85">
         <v>6963</v>
       </c>
-      <c r="G84">
+      <c r="I85">
         <v>6988</v>
       </c>
-      <c r="H84" t="s">
-[...19 lines deleted...]
-      <c r="F85">
+      <c r="J85" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>59</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>60</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86">
+        <v>26</v>
+      </c>
+      <c r="H86">
         <v>6937</v>
       </c>
-      <c r="G85">
+      <c r="I86">
         <v>6962</v>
       </c>
-      <c r="H85" t="s">
-[...19 lines deleted...]
-      <c r="F86">
+      <c r="J86" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>59</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>60</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87">
+        <v>26</v>
+      </c>
+      <c r="H87">
         <v>6911</v>
       </c>
-      <c r="G86">
+      <c r="I87">
         <v>6936</v>
       </c>
-      <c r="H86" t="s">
-[...19 lines deleted...]
-      <c r="F87">
+      <c r="J87" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>59</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>60</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88">
+        <v>26</v>
+      </c>
+      <c r="H88">
         <v>6885</v>
       </c>
-      <c r="G87">
+      <c r="I88">
         <v>6910</v>
       </c>
-      <c r="H87" t="s">
-[...19 lines deleted...]
-      <c r="F88">
+      <c r="J88" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>59</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>60</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89">
+        <v>26</v>
+      </c>
+      <c r="H89">
         <v>6859</v>
       </c>
-      <c r="G88">
+      <c r="I89">
         <v>6884</v>
       </c>
-      <c r="H88" t="s">
-[...19 lines deleted...]
-      <c r="F89">
+      <c r="J89" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
+        <v>59</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>60</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90">
+        <v>26</v>
+      </c>
+      <c r="H90">
         <v>6833</v>
       </c>
-      <c r="G89">
+      <c r="I90">
         <v>6858</v>
       </c>
-      <c r="H89" t="s">
-[...19 lines deleted...]
-      <c r="F90">
+      <c r="J90" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>59</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>60</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91">
+        <v>26</v>
+      </c>
+      <c r="H91">
         <v>6807</v>
       </c>
-      <c r="G90">
+      <c r="I91">
         <v>6832</v>
       </c>
-      <c r="H90" t="s">
-[...19 lines deleted...]
-      <c r="F91">
+      <c r="J91" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>59</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>60</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92">
+        <v>26</v>
+      </c>
+      <c r="H92">
         <v>6781</v>
       </c>
-      <c r="G91">
+      <c r="I92">
         <v>6806</v>
       </c>
-      <c r="H91" t="s">
-[...19 lines deleted...]
-      <c r="F92">
+      <c r="J92" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>60</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93">
+        <v>26</v>
+      </c>
+      <c r="H93">
         <v>6755</v>
       </c>
-      <c r="G92">
+      <c r="I93">
         <v>6780</v>
       </c>
-      <c r="H92" t="s">
-[...19 lines deleted...]
-      <c r="F93">
+      <c r="J93" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>59</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>60</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94">
+        <v>26</v>
+      </c>
+      <c r="H94">
         <v>6729</v>
       </c>
-      <c r="G93">
+      <c r="I94">
         <v>6754</v>
       </c>
-      <c r="H93" t="s">
-[...19 lines deleted...]
-      <c r="F94">
+      <c r="J94" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>59</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>60</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95">
+        <v>26</v>
+      </c>
+      <c r="H95">
         <v>6703</v>
       </c>
-      <c r="G94">
+      <c r="I95">
         <v>6728</v>
       </c>
-      <c r="H94" t="s">
-[...19 lines deleted...]
-      <c r="F95">
+      <c r="J95" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>59</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>60</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96">
+        <v>26</v>
+      </c>
+      <c r="H96">
         <v>6677</v>
       </c>
-      <c r="G95">
+      <c r="I96">
         <v>6702</v>
       </c>
-      <c r="H95" t="s">
-[...19 lines deleted...]
-      <c r="F96">
+      <c r="J96" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>59</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>60</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97">
+        <v>26</v>
+      </c>
+      <c r="H97">
         <v>6651</v>
       </c>
-      <c r="G96">
+      <c r="I97">
         <v>6676</v>
       </c>
-      <c r="H96" t="s">
-[...19 lines deleted...]
-      <c r="F97">
+      <c r="J97" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>59</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>60</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98">
+        <v>26</v>
+      </c>
+      <c r="H98">
         <v>6625</v>
       </c>
-      <c r="G97">
+      <c r="I98">
         <v>6650</v>
       </c>
-      <c r="H97" t="s">
-[...19 lines deleted...]
-      <c r="F98">
+      <c r="J98" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>59</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>60</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99">
+        <v>26</v>
+      </c>
+      <c r="H99">
         <v>6599</v>
       </c>
-      <c r="G98">
+      <c r="I99">
         <v>6624</v>
       </c>
-      <c r="H98" t="s">
-[...19 lines deleted...]
-      <c r="F99">
+      <c r="J99" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>59</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>60</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100">
+        <v>26</v>
+      </c>
+      <c r="H100">
         <v>6573</v>
       </c>
-      <c r="G99">
+      <c r="I100">
         <v>6598</v>
       </c>
-      <c r="H99" t="s">
-[...19 lines deleted...]
-      <c r="F100">
+      <c r="J100" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>59</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>60</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101">
+        <v>26</v>
+      </c>
+      <c r="H101">
         <v>6547</v>
       </c>
-      <c r="G100">
+      <c r="I101">
         <v>6572</v>
       </c>
-      <c r="H100" t="s">
-[...19 lines deleted...]
-      <c r="F101">
+      <c r="J101" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>59</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>60</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102">
+        <v>26</v>
+      </c>
+      <c r="H102">
         <v>6521</v>
       </c>
-      <c r="G101">
+      <c r="I102">
         <v>6546</v>
       </c>
-      <c r="H101" t="s">
-[...19 lines deleted...]
-      <c r="F102">
+      <c r="J102" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" t="s">
+        <v>59</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>60</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103">
+        <v>26</v>
+      </c>
+      <c r="H103">
         <v>6495</v>
       </c>
-      <c r="G102">
+      <c r="I103">
         <v>6520</v>
       </c>
-      <c r="H102" t="s">
-[...19 lines deleted...]
-      <c r="F103">
+      <c r="J103" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" t="s">
+        <v>59</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>60</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104">
+        <v>26</v>
+      </c>
+      <c r="H104">
         <v>6469</v>
       </c>
-      <c r="G103">
+      <c r="I104">
         <v>6494</v>
       </c>
-      <c r="H103" t="s">
-[...19 lines deleted...]
-      <c r="F104">
+      <c r="J104" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>11</v>
+      </c>
+      <c r="C105" t="s">
+        <v>59</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>60</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105">
+        <v>26</v>
+      </c>
+      <c r="H105">
         <v>6443</v>
       </c>
-      <c r="G104">
+      <c r="I105">
         <v>6468</v>
       </c>
-      <c r="H104" t="s">
-[...19 lines deleted...]
-      <c r="F105">
+      <c r="J105" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" t="s">
+        <v>59</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>60</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106">
+        <v>26</v>
+      </c>
+      <c r="H106">
         <v>6417</v>
       </c>
-      <c r="G105">
+      <c r="I106">
         <v>6442</v>
       </c>
-      <c r="H105" t="s">
-[...19 lines deleted...]
-      <c r="F106">
+      <c r="J106" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>59</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>60</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107">
+        <v>26</v>
+      </c>
+      <c r="H107">
         <v>6391</v>
       </c>
-      <c r="G106">
+      <c r="I107">
         <v>6416</v>
       </c>
-      <c r="H106" t="s">
-[...19 lines deleted...]
-      <c r="F107">
+      <c r="J107" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" t="s">
+        <v>11</v>
+      </c>
+      <c r="C108" t="s">
+        <v>59</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>60</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108">
+        <v>26</v>
+      </c>
+      <c r="H108">
         <v>6365</v>
       </c>
-      <c r="G107">
+      <c r="I108">
         <v>6390</v>
       </c>
-      <c r="H107" t="s">
-[...19 lines deleted...]
-      <c r="F108">
+      <c r="J108" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>59</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>60</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109">
+        <v>26</v>
+      </c>
+      <c r="H109">
         <v>6339</v>
       </c>
-      <c r="G108">
+      <c r="I109">
         <v>6364</v>
       </c>
-      <c r="H108" t="s">
-[...19 lines deleted...]
-      <c r="F109">
+      <c r="J109" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" t="s">
+        <v>59</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>60</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110">
+        <v>26</v>
+      </c>
+      <c r="H110">
         <v>6313</v>
       </c>
-      <c r="G109">
+      <c r="I110">
         <v>6338</v>
       </c>
-      <c r="H109" t="s">
-[...19 lines deleted...]
-      <c r="F110">
+      <c r="J110" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C111" t="s">
+        <v>59</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>60</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111">
+        <v>26</v>
+      </c>
+      <c r="H111">
         <v>6287</v>
       </c>
-      <c r="G110">
+      <c r="I111">
         <v>6312</v>
       </c>
-      <c r="H110" t="s">
-[...19 lines deleted...]
-      <c r="F111">
+      <c r="J111" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" t="s">
+        <v>59</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>60</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112">
+        <v>26</v>
+      </c>
+      <c r="H112">
         <v>6261</v>
       </c>
-      <c r="G111">
+      <c r="I112">
         <v>6286</v>
       </c>
-      <c r="H111" t="s">
-[...19 lines deleted...]
-      <c r="F112">
+      <c r="J112" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>11</v>
+      </c>
+      <c r="C113" t="s">
+        <v>59</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>60</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113">
+        <v>26</v>
+      </c>
+      <c r="H113">
         <v>6235</v>
       </c>
-      <c r="G112">
+      <c r="I113">
         <v>6260</v>
       </c>
-      <c r="H112" t="s">
-[...19 lines deleted...]
-      <c r="F113">
+      <c r="J113" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>59</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>60</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114">
+        <v>26</v>
+      </c>
+      <c r="H114">
         <v>6209</v>
       </c>
-      <c r="G113">
+      <c r="I114">
         <v>6234</v>
       </c>
-      <c r="H113" t="s">
-[...19 lines deleted...]
-      <c r="F114">
+      <c r="J114" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>11</v>
+      </c>
+      <c r="C115" t="s">
+        <v>59</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>60</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115">
+        <v>26</v>
+      </c>
+      <c r="H115">
         <v>6183</v>
       </c>
-      <c r="G114">
+      <c r="I115">
         <v>6208</v>
       </c>
-      <c r="H114" t="s">
-[...19 lines deleted...]
-      <c r="F115">
+      <c r="J115" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
+        <v>59</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>60</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116">
+        <v>26</v>
+      </c>
+      <c r="H116">
         <v>6157</v>
       </c>
-      <c r="G115">
+      <c r="I116">
         <v>6182</v>
       </c>
-      <c r="H115" t="s">
-[...19 lines deleted...]
-      <c r="F116">
+      <c r="J116" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>59</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>60</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117">
+        <v>26</v>
+      </c>
+      <c r="H117">
         <v>6131</v>
       </c>
-      <c r="G116">
+      <c r="I117">
         <v>6156</v>
       </c>
-      <c r="H116" t="s">
-[...19 lines deleted...]
-      <c r="F117">
+      <c r="J117" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>59</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>60</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118">
+        <v>26</v>
+      </c>
+      <c r="H118">
         <v>6105</v>
       </c>
-      <c r="G117">
+      <c r="I118">
         <v>6130</v>
       </c>
-      <c r="H117" t="s">
-[...19 lines deleted...]
-      <c r="F118">
+      <c r="J118" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" t="s">
+        <v>59</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>60</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119">
+        <v>26</v>
+      </c>
+      <c r="H119">
         <v>6079</v>
       </c>
-      <c r="G118">
+      <c r="I119">
         <v>6104</v>
       </c>
-      <c r="H118" t="s">
-[...19 lines deleted...]
-      <c r="F119">
+      <c r="J119" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
+      <c r="C120" t="s">
+        <v>59</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>60</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120">
+        <v>26</v>
+      </c>
+      <c r="H120">
         <v>6053</v>
       </c>
-      <c r="G119">
+      <c r="I120">
         <v>6078</v>
       </c>
-      <c r="H119" t="s">
-[...19 lines deleted...]
-      <c r="F120">
+      <c r="J120" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" t="s">
+        <v>59</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>60</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121">
+        <v>26</v>
+      </c>
+      <c r="H121">
         <v>6027</v>
       </c>
-      <c r="G120">
+      <c r="I121">
         <v>6052</v>
       </c>
-      <c r="H120" t="s">
-[...19 lines deleted...]
-      <c r="F121">
+      <c r="J121" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>11</v>
+      </c>
+      <c r="C122" t="s">
+        <v>59</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>60</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122">
+        <v>26</v>
+      </c>
+      <c r="H122">
         <v>6001</v>
       </c>
-      <c r="G121">
+      <c r="I122">
         <v>6026</v>
       </c>
-      <c r="H121" t="s">
-        <v>152</v>
+      <c r="J122" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">