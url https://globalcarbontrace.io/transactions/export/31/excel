--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -12,98 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="992">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="999">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>Proyecto Nuestro Aire de Vida “Kai KOMUYA JAG+Y+” REDD+ Puerto Zábalo y Los Monos</t>
+  </si>
+  <si>
+    <t>Edificio World Trade Center Bogotá</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-004-3-1801-1812-0220851-0221080</t>
+  </si>
+  <si>
     <t>2025-09-23</t>
   </si>
   <si>
-    <t>Proyecto Nuestro Aire de Vida “Kai KOMUYA JAG+Y+” REDD+ Puerto Zábalo y Los Monos</t>
-[...1 lines deleted...]
-  <si>
     <t>Tecnas S.A. BIC</t>
   </si>
   <si>
     <t>Gaia Servicios Ambientales S.A.S. B.I.C</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0220461-0220850</t>
   </si>
   <si>
     <t>2025-08-12</t>
   </si>
   <si>
     <t>FRONTERA ENERGY COLOMBIA CORP., SUCURSAL COLOMBIA</t>
-  </si>
-[...1 lines deleted...]
-    <t>Terra Commodities S.A.S.</t>
   </si>
   <si>
     <t>4,000</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0216461-0220460</t>
   </si>
   <si>
     <t>GRIFFITH FOODS S.A.S.</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0216081-0216460</t>
   </si>
   <si>
     <t>2025-07-07</t>
   </si>
   <si>
     <t>REFINERIA DE CARTAGENA S.A.S</t>
   </si>
   <si>
     <t>Jose David Roldan</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2107-2112-0153632-0153633</t>
   </si>
@@ -3335,13680 +3356,16856 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H524"/>
+  <dimension ref="A1:J525"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H524" sqref="H524"/>
+      <selection activeCell="J525" sqref="J525"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E2">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2">
+        <v>230</v>
+      </c>
+      <c r="H2">
+        <v>220851</v>
+      </c>
+      <c r="I2">
+        <v>221080</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3">
         <v>390</v>
       </c>
-      <c r="F2">
+      <c r="H3">
         <v>220461</v>
       </c>
-      <c r="G2">
+      <c r="I3">
         <v>220850</v>
       </c>
-      <c r="H2" t="s">
-[...19 lines deleted...]
-      <c r="F3">
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4">
         <v>216461</v>
       </c>
-      <c r="G3">
+      <c r="I4">
         <v>220460</v>
       </c>
-      <c r="H3" t="s">
-[...29 lines deleted...]
-    <row r="5" spans="1:8">
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="E5">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5">
+        <v>380</v>
+      </c>
+      <c r="H5">
+        <v>216081</v>
+      </c>
+      <c r="I5">
+        <v>216460</v>
+      </c>
+      <c r="J5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6">
         <v>2</v>
       </c>
-      <c r="F5">
+      <c r="H6">
         <v>153632</v>
       </c>
-      <c r="G5">
+      <c r="I6">
         <v>153633</v>
       </c>
-      <c r="H5" t="s">
-[...16 lines deleted...]
-      <c r="E6">
+      <c r="J6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7">
         <v>245</v>
       </c>
-      <c r="F6">
+      <c r="H7">
         <v>6729</v>
       </c>
-      <c r="G6">
+      <c r="I7">
         <v>6973</v>
       </c>
-      <c r="H6" t="s">
-[...16 lines deleted...]
-      <c r="E7">
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8">
         <v>203</v>
       </c>
-      <c r="F7">
+      <c r="H8">
         <v>6526</v>
       </c>
-      <c r="G7">
+      <c r="I8">
         <v>6728</v>
       </c>
-      <c r="H7" t="s">
-[...16 lines deleted...]
-      <c r="E8">
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9">
         <v>185</v>
       </c>
-      <c r="F8">
+      <c r="H9">
         <v>6341</v>
       </c>
-      <c r="G8">
+      <c r="I9">
         <v>6525</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10">
+        <v>161148</v>
+      </c>
+      <c r="I10">
+        <v>162563</v>
+      </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>159673</v>
+      </c>
+      <c r="I11">
+        <v>161147</v>
+      </c>
+      <c r="J11" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>158644</v>
+      </c>
+      <c r="I12">
+        <v>159672</v>
+      </c>
+      <c r="J12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13">
+        <v>588</v>
+      </c>
+      <c r="H13">
+        <v>158056</v>
+      </c>
+      <c r="I13">
+        <v>158643</v>
+      </c>
+      <c r="J13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14">
+        <v>492</v>
+      </c>
+      <c r="H14">
+        <v>157564</v>
+      </c>
+      <c r="I14">
+        <v>158055</v>
+      </c>
+      <c r="J14" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
         <v>29</v>
       </c>
-    </row>
-[...146 lines deleted...]
-      <c r="F14">
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
         <v>213634</v>
       </c>
-      <c r="G14">
+      <c r="I15">
         <v>293633</v>
       </c>
-      <c r="H14" t="s">
-[...19 lines deleted...]
-      <c r="F15">
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16">
         <v>153634</v>
       </c>
-      <c r="G15">
+      <c r="I16">
         <v>213633</v>
       </c>
-      <c r="H15" t="s">
-[...16 lines deleted...]
-      <c r="E16">
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17">
         <v>219</v>
       </c>
-      <c r="F16">
+      <c r="H17">
         <v>200</v>
       </c>
-      <c r="G16">
+      <c r="I17">
         <v>418</v>
       </c>
-      <c r="H16" t="s">
-[...16 lines deleted...]
-      <c r="E17" t="s">
+      <c r="J17" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
         <v>50</v>
       </c>
-      <c r="F17">
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18">
         <v>152138</v>
       </c>
-      <c r="G17">
+      <c r="I18">
         <v>153631</v>
       </c>
-      <c r="H17" t="s">
-[...19 lines deleted...]
-      <c r="F18">
+      <c r="J18" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19">
         <v>112138</v>
       </c>
-      <c r="G18">
+      <c r="I19">
         <v>152137</v>
       </c>
-      <c r="H18" t="s">
-[...16 lines deleted...]
-      <c r="E19">
+      <c r="J19" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20">
         <v>79</v>
       </c>
-      <c r="F19">
+      <c r="H20">
         <v>186671</v>
       </c>
-      <c r="G19">
+      <c r="I20">
         <v>186749</v>
       </c>
-      <c r="H19" t="s">
-[...29 lines deleted...]
-    <row r="21" spans="1:8">
+      <c r="J20" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>63</v>
       </c>
-      <c r="F21">
+      <c r="F21" t="s">
+        <v>64</v>
+      </c>
+      <c r="G21">
+        <v>83</v>
+      </c>
+      <c r="H21">
+        <v>211927</v>
+      </c>
+      <c r="I21">
+        <v>212009</v>
+      </c>
+      <c r="J21" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22">
         <v>1341</v>
       </c>
-      <c r="G21">
+      <c r="I22">
         <v>13495</v>
       </c>
-      <c r="H21" t="s">
-[...16 lines deleted...]
-      <c r="E22">
+      <c r="J22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23">
         <v>972</v>
       </c>
-      <c r="F22">
+      <c r="H23">
         <v>1280599</v>
       </c>
-      <c r="G22">
+      <c r="I23">
         <v>1281570</v>
       </c>
-      <c r="H22" t="s">
-[...19 lines deleted...]
-      <c r="F23">
+      <c r="J23" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" t="s">
+        <v>73</v>
+      </c>
+      <c r="H24">
         <v>1</v>
       </c>
-      <c r="G23">
+      <c r="I24">
         <v>6340</v>
       </c>
-      <c r="H23" t="s">
-[...19 lines deleted...]
-      <c r="F24">
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>76</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>77</v>
+      </c>
+      <c r="H25">
         <v>725445</v>
       </c>
-      <c r="G24">
+      <c r="I25">
         <v>735231</v>
       </c>
-      <c r="H24" t="s">
-[...16 lines deleted...]
-      <c r="E25">
+      <c r="J25" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>79</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>80</v>
+      </c>
+      <c r="F26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26">
         <v>755</v>
       </c>
-      <c r="F25">
+      <c r="H26">
         <v>215326</v>
       </c>
-      <c r="G25">
+      <c r="I26">
         <v>216080</v>
       </c>
-      <c r="H25" t="s">
-[...16 lines deleted...]
-      <c r="E26">
+      <c r="J26" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>82</v>
+      </c>
+      <c r="F27" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27">
         <v>192</v>
       </c>
-      <c r="F26">
+      <c r="H27">
         <v>215134</v>
       </c>
-      <c r="G26">
+      <c r="I27">
         <v>215325</v>
       </c>
-      <c r="H26" t="s">
-[...29 lines deleted...]
-    <row r="28" spans="1:8">
+      <c r="J27" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="F28">
+        <v>84</v>
+      </c>
+      <c r="F28" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28">
+        <v>632</v>
+      </c>
+      <c r="H28">
+        <v>214502</v>
+      </c>
+      <c r="I28">
+        <v>215133</v>
+      </c>
+      <c r="J28" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>86</v>
+      </c>
+      <c r="F29" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" t="s">
+        <v>87</v>
+      </c>
+      <c r="H29">
         <v>212333</v>
       </c>
-      <c r="G28">
+      <c r="I29">
         <v>214501</v>
       </c>
-      <c r="H28" t="s">
-[...16 lines deleted...]
-      <c r="E29">
+      <c r="J29" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>89</v>
+      </c>
+      <c r="F30" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30">
         <v>323</v>
       </c>
-      <c r="F29">
+      <c r="H30">
         <v>212010</v>
       </c>
-      <c r="G29">
+      <c r="I30">
         <v>212332</v>
       </c>
-      <c r="H29" t="s">
-[...19 lines deleted...]
-      <c r="F30">
+      <c r="J30" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
+        <v>91</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" t="s">
+        <v>19</v>
+      </c>
+      <c r="G31" t="s">
+        <v>93</v>
+      </c>
+      <c r="H31">
         <v>204187</v>
       </c>
-      <c r="G30">
+      <c r="I31">
         <v>206449</v>
       </c>
-      <c r="H30" t="s">
-[...29 lines deleted...]
-    <row r="32" spans="1:8">
+      <c r="J31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="E32">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32">
+        <v>1</v>
+      </c>
+      <c r="I32">
+        <v>31520</v>
+      </c>
+      <c r="J32" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>98</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33">
         <v>50</v>
       </c>
-      <c r="F32">
+      <c r="H33">
         <v>152588</v>
       </c>
-      <c r="G32">
+      <c r="I33">
         <v>152637</v>
       </c>
-      <c r="H32" t="s">
-[...16 lines deleted...]
-      <c r="E33">
+      <c r="J33" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>98</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34">
         <v>50</v>
       </c>
-      <c r="F33">
+      <c r="H34">
         <v>152538</v>
       </c>
-      <c r="G33">
+      <c r="I34">
         <v>152587</v>
       </c>
-      <c r="H33" t="s">
-[...16 lines deleted...]
-      <c r="E34">
+      <c r="J34" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>98</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35">
         <v>50</v>
       </c>
-      <c r="F34">
+      <c r="H35">
         <v>152488</v>
       </c>
-      <c r="G34">
+      <c r="I35">
         <v>152537</v>
       </c>
-      <c r="H34" t="s">
-[...16 lines deleted...]
-      <c r="E35">
+      <c r="J35" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>102</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36">
         <v>100</v>
       </c>
-      <c r="F35">
+      <c r="H36">
         <v>152388</v>
       </c>
-      <c r="G35">
+      <c r="I36">
         <v>152487</v>
       </c>
-      <c r="H35" t="s">
-[...19 lines deleted...]
-      <c r="F36">
+      <c r="J36" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>105</v>
+      </c>
+      <c r="H37">
         <v>108668</v>
       </c>
-      <c r="G36">
+      <c r="I37">
         <v>112137</v>
       </c>
-      <c r="H36" t="s">
-[...16 lines deleted...]
-      <c r="E37">
+      <c r="J37" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>76</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38">
         <v>415</v>
       </c>
-      <c r="F37">
+      <c r="H38">
         <v>406037</v>
       </c>
-      <c r="G37">
+      <c r="I38">
         <v>406451</v>
       </c>
-      <c r="H37" t="s">
-[...16 lines deleted...]
-      <c r="E38">
+      <c r="J38" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>76</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39">
         <v>14</v>
       </c>
-      <c r="F38">
+      <c r="H39">
         <v>406023</v>
       </c>
-      <c r="G38">
+      <c r="I39">
         <v>406036</v>
       </c>
-      <c r="H38" t="s">
-[...16 lines deleted...]
-      <c r="E39">
+      <c r="J39" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>104</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40">
         <v>224</v>
       </c>
-      <c r="F39">
+      <c r="H40">
         <v>405799</v>
       </c>
-      <c r="G39">
+      <c r="I40">
         <v>406022</v>
       </c>
-      <c r="H39" t="s">
-[...19 lines deleted...]
-      <c r="F40">
+      <c r="J40" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>76</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>110</v>
+      </c>
+      <c r="H41">
         <v>87506</v>
       </c>
-      <c r="G40">
+      <c r="I41">
         <v>108667</v>
       </c>
-      <c r="H40" t="s">
+      <c r="J41" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
         <v>104</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F41">
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>76</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>112</v>
+      </c>
+      <c r="H42">
         <v>74210</v>
       </c>
-      <c r="G41">
+      <c r="I42">
         <v>87505</v>
       </c>
-      <c r="H41" t="s">
-[...16 lines deleted...]
-      <c r="E42">
+      <c r="J42" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>114</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>115</v>
+      </c>
+      <c r="F43" t="s">
+        <v>64</v>
+      </c>
+      <c r="G43">
         <v>745</v>
       </c>
-      <c r="F42">
+      <c r="H43">
         <v>211182</v>
       </c>
-      <c r="G42">
+      <c r="I43">
         <v>211926</v>
       </c>
-      <c r="H42" t="s">
-[...16 lines deleted...]
-      <c r="E43">
+      <c r="J43" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>117</v>
+      </c>
+      <c r="F44" t="s">
+        <v>64</v>
+      </c>
+      <c r="G44">
         <v>604</v>
       </c>
-      <c r="F43">
+      <c r="H44">
         <v>210578</v>
       </c>
-      <c r="G43">
+      <c r="I44">
         <v>211181</v>
       </c>
-      <c r="H43" t="s">
-[...19 lines deleted...]
-      <c r="F44">
+      <c r="J44" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>114</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>119</v>
+      </c>
+      <c r="F45" t="s">
+        <v>64</v>
+      </c>
+      <c r="G45" t="s">
+        <v>120</v>
+      </c>
+      <c r="H45">
         <v>209410</v>
       </c>
-      <c r="G44">
+      <c r="I45">
         <v>210577</v>
       </c>
-      <c r="H44" t="s">
-[...16 lines deleted...]
-      <c r="E45">
+      <c r="J45" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>122</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>123</v>
+      </c>
+      <c r="F46" t="s">
+        <v>64</v>
+      </c>
+      <c r="G46">
         <v>27</v>
       </c>
-      <c r="F45">
+      <c r="H46">
         <v>186644</v>
       </c>
-      <c r="G45">
+      <c r="I46">
         <v>186670</v>
       </c>
-      <c r="H45" t="s">
-[...16 lines deleted...]
-      <c r="E46">
+      <c r="J46" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>122</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>123</v>
+      </c>
+      <c r="F47" t="s">
+        <v>64</v>
+      </c>
+      <c r="G47">
         <v>20</v>
       </c>
-      <c r="F46">
+      <c r="H47">
         <v>186624</v>
       </c>
-      <c r="G46">
+      <c r="I47">
         <v>186643</v>
       </c>
-      <c r="H46" t="s">
-[...16 lines deleted...]
-      <c r="E47">
+      <c r="J47" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>122</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>123</v>
+      </c>
+      <c r="F48" t="s">
+        <v>64</v>
+      </c>
+      <c r="G48">
         <v>24</v>
       </c>
-      <c r="F47">
+      <c r="H48">
         <v>186600</v>
       </c>
-      <c r="G47">
+      <c r="I48">
         <v>186623</v>
       </c>
-      <c r="H47" t="s">
-[...19 lines deleted...]
-      <c r="F48">
+      <c r="J48" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>127</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>128</v>
+      </c>
+      <c r="F49" t="s">
+        <v>19</v>
+      </c>
+      <c r="G49" t="s">
+        <v>129</v>
+      </c>
+      <c r="H49">
         <v>206450</v>
       </c>
-      <c r="G48">
+      <c r="I49">
         <v>209010</v>
       </c>
-      <c r="H48" t="s">
-[...29 lines deleted...]
-    <row r="50" spans="1:8">
+      <c r="J49" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>127</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="F50">
+        <v>131</v>
+      </c>
+      <c r="F50" t="s">
+        <v>64</v>
+      </c>
+      <c r="G50">
+        <v>399</v>
+      </c>
+      <c r="H50">
+        <v>209011</v>
+      </c>
+      <c r="I50">
+        <v>209409</v>
+      </c>
+      <c r="J50" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>133</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>134</v>
+      </c>
+      <c r="F51" t="s">
+        <v>19</v>
+      </c>
+      <c r="G51" t="s">
+        <v>135</v>
+      </c>
+      <c r="H51">
         <v>202417</v>
       </c>
-      <c r="G50">
+      <c r="I51">
         <v>204186</v>
       </c>
-      <c r="H50" t="s">
-[...19 lines deleted...]
-      <c r="F51">
+      <c r="J51" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>133</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>134</v>
+      </c>
+      <c r="F52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G52" t="s">
+        <v>137</v>
+      </c>
+      <c r="H52">
         <v>199669</v>
       </c>
-      <c r="G51">
+      <c r="I52">
         <v>202416</v>
       </c>
-      <c r="H51" t="s">
-[...16 lines deleted...]
-      <c r="E52">
+      <c r="J52" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>133</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>134</v>
+      </c>
+      <c r="F53" t="s">
+        <v>19</v>
+      </c>
+      <c r="G53">
         <v>690</v>
       </c>
-      <c r="F52">
+      <c r="H53">
         <v>198979</v>
       </c>
-      <c r="G52">
+      <c r="I53">
         <v>199668</v>
       </c>
-      <c r="H52" t="s">
-[...16 lines deleted...]
-      <c r="E53" t="s">
+      <c r="J53" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
         <v>133</v>
       </c>
-      <c r="F53">
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>134</v>
+      </c>
+      <c r="F54" t="s">
+        <v>19</v>
+      </c>
+      <c r="G54" t="s">
+        <v>140</v>
+      </c>
+      <c r="H54">
         <v>194409</v>
       </c>
-      <c r="G53">
+      <c r="I54">
         <v>198978</v>
       </c>
-      <c r="H53" t="s">
-[...19 lines deleted...]
-      <c r="F54">
+      <c r="J54" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>133</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>142</v>
+      </c>
+      <c r="F55" t="s">
+        <v>19</v>
+      </c>
+      <c r="G55" t="s">
+        <v>143</v>
+      </c>
+      <c r="H55">
         <v>192849</v>
       </c>
-      <c r="G54">
+      <c r="I55">
         <v>194408</v>
       </c>
-      <c r="H54" t="s">
-[...16 lines deleted...]
-      <c r="E55">
+      <c r="J55" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>133</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>145</v>
+      </c>
+      <c r="F56" t="s">
+        <v>19</v>
+      </c>
+      <c r="G56">
         <v>550</v>
       </c>
-      <c r="F55">
+      <c r="H56">
         <v>192299</v>
       </c>
-      <c r="G55">
+      <c r="I56">
         <v>192848</v>
       </c>
-      <c r="H55" t="s">
-[...19 lines deleted...]
-      <c r="F56">
+      <c r="J56" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>68</v>
+      </c>
+      <c r="F57" t="s">
+        <v>69</v>
+      </c>
+      <c r="G57" t="s">
+        <v>60</v>
+      </c>
+      <c r="H57">
         <v>1331571</v>
       </c>
-      <c r="G56">
+      <c r="I57">
         <v>1371570</v>
       </c>
-      <c r="H56" t="s">
-[...19 lines deleted...]
-      <c r="F57">
+      <c r="J57" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>149</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>76</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>150</v>
+      </c>
+      <c r="H58">
         <v>70304</v>
       </c>
-      <c r="G57">
+      <c r="I58">
         <v>74209</v>
       </c>
-      <c r="H57" t="s">
-[...16 lines deleted...]
-      <c r="E58">
+      <c r="J58" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>149</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>76</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59">
         <v>497</v>
       </c>
-      <c r="F58">
+      <c r="H59">
         <v>69807</v>
       </c>
-      <c r="G58">
+      <c r="I59">
         <v>70303</v>
       </c>
-      <c r="H58" t="s">
-[...16 lines deleted...]
-      <c r="E59">
+      <c r="J59" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>149</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>76</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60">
         <v>248</v>
       </c>
-      <c r="F59">
+      <c r="H60">
         <v>69559</v>
       </c>
-      <c r="G59">
+      <c r="I60">
         <v>69806</v>
       </c>
-      <c r="H59" t="s">
-[...16 lines deleted...]
-      <c r="E60">
+      <c r="J60" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>76</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61">
         <v>447</v>
       </c>
-      <c r="F60">
+      <c r="H61">
         <v>69112</v>
       </c>
-      <c r="G60">
+      <c r="I61">
         <v>69558</v>
       </c>
-      <c r="H60" t="s">
-[...19 lines deleted...]
-      <c r="F61">
+      <c r="J61" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>149</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>76</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>155</v>
+      </c>
+      <c r="H62">
         <v>48386</v>
       </c>
-      <c r="G61">
+      <c r="I62">
         <v>69111</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J62" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
         <v>149</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F62">
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>76</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>157</v>
+      </c>
+      <c r="H63">
         <v>31721</v>
       </c>
-      <c r="G62">
+      <c r="I63">
         <v>48385</v>
       </c>
-      <c r="H62" t="s">
-[...19 lines deleted...]
-      <c r="F63">
+      <c r="J63" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>159</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>160</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>161</v>
+      </c>
+      <c r="H64">
         <v>724211</v>
       </c>
-      <c r="G63">
+      <c r="I64">
         <v>725444</v>
       </c>
-      <c r="H63" t="s">
-[...16 lines deleted...]
-      <c r="E64">
+      <c r="J64" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>159</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>160</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65">
         <v>187</v>
       </c>
-      <c r="F64">
+      <c r="H65">
         <v>724024</v>
       </c>
-      <c r="G64">
+      <c r="I65">
         <v>724210</v>
       </c>
-      <c r="H64" t="s">
-[...19 lines deleted...]
-      <c r="F65">
+      <c r="J65" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>159</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>160</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>164</v>
+      </c>
+      <c r="H66">
         <v>722858</v>
       </c>
-      <c r="G65">
+      <c r="I66">
         <v>724023</v>
       </c>
-      <c r="H65" t="s">
-[...16 lines deleted...]
-      <c r="E66" t="s">
+      <c r="J66" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
         <v>159</v>
       </c>
-      <c r="F66">
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>160</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>166</v>
+      </c>
+      <c r="H67">
         <v>718429</v>
       </c>
-      <c r="G66">
+      <c r="I67">
         <v>722857</v>
       </c>
-      <c r="H66" t="s">
+      <c r="J67" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>159</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
         <v>160</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E67">
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68">
         <v>262</v>
       </c>
-      <c r="F67">
+      <c r="H68">
         <v>718167</v>
       </c>
-      <c r="G67">
+      <c r="I68">
         <v>718428</v>
       </c>
-      <c r="H67" t="s">
-[...16 lines deleted...]
-      <c r="E68">
+      <c r="J68" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>159</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>160</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69">
         <v>257</v>
       </c>
-      <c r="F68">
+      <c r="H69">
         <v>717910</v>
       </c>
-      <c r="G68">
+      <c r="I69">
         <v>718166</v>
       </c>
-      <c r="H68" t="s">
-[...16 lines deleted...]
-      <c r="E69">
+      <c r="J69" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>159</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70">
         <v>336</v>
       </c>
-      <c r="F69">
+      <c r="H70">
         <v>717574</v>
       </c>
-      <c r="G69">
+      <c r="I70">
         <v>717909</v>
       </c>
-      <c r="H69" t="s">
-[...16 lines deleted...]
-      <c r="E70">
+      <c r="J70" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>159</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>160</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71">
         <v>644</v>
       </c>
-      <c r="F70">
+      <c r="H71">
         <v>716930</v>
       </c>
-      <c r="G70">
+      <c r="I71">
         <v>717573</v>
       </c>
-      <c r="H70" t="s">
-[...16 lines deleted...]
-      <c r="E71">
+      <c r="J71" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>160</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72">
         <v>979</v>
       </c>
-      <c r="F71">
+      <c r="H72">
         <v>715951</v>
       </c>
-      <c r="G71">
+      <c r="I72">
         <v>716929</v>
       </c>
-      <c r="H71" t="s">
-[...16 lines deleted...]
-      <c r="E72">
+      <c r="J72" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>159</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73">
         <v>257</v>
       </c>
-      <c r="F72">
+      <c r="H73">
         <v>715694</v>
       </c>
-      <c r="G72">
+      <c r="I73">
         <v>715950</v>
       </c>
-      <c r="H72" t="s">
-[...16 lines deleted...]
-      <c r="E73">
+      <c r="J73" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>159</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>160</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74">
         <v>676</v>
       </c>
-      <c r="F73">
+      <c r="H74">
         <v>715018</v>
       </c>
-      <c r="G73">
+      <c r="I74">
         <v>715693</v>
       </c>
-      <c r="H73" t="s">
-[...19 lines deleted...]
-      <c r="F74">
+      <c r="J74" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" t="s">
+        <v>159</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>160</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>175</v>
+      </c>
+      <c r="H75">
         <v>713899</v>
       </c>
-      <c r="G74">
+      <c r="I75">
         <v>715017</v>
       </c>
-      <c r="H74" t="s">
-[...19 lines deleted...]
-      <c r="F75">
+      <c r="J75" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" t="s">
+        <v>159</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>160</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>177</v>
+      </c>
+      <c r="H76">
         <v>712477</v>
       </c>
-      <c r="G75">
+      <c r="I76">
         <v>713898</v>
       </c>
-      <c r="H75" t="s">
+      <c r="J76" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>159</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>160</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>179</v>
+      </c>
+      <c r="H77">
+        <v>708732</v>
+      </c>
+      <c r="I77">
+        <v>712476</v>
+      </c>
+      <c r="J77" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>159</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>160</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>181</v>
+      </c>
+      <c r="H78">
+        <v>706837</v>
+      </c>
+      <c r="I78">
+        <v>708731</v>
+      </c>
+      <c r="J78" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>159</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>160</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79">
+        <v>746</v>
+      </c>
+      <c r="H79">
+        <v>706091</v>
+      </c>
+      <c r="I79">
+        <v>706836</v>
+      </c>
+      <c r="J79" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>159</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>160</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>184</v>
+      </c>
+      <c r="H80">
+        <v>703561</v>
+      </c>
+      <c r="I80">
+        <v>706090</v>
+      </c>
+      <c r="J80" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>159</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>160</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>186</v>
+      </c>
+      <c r="H81">
+        <v>699709</v>
+      </c>
+      <c r="I81">
+        <v>703560</v>
+      </c>
+      <c r="J81" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>159</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>160</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>188</v>
+      </c>
+      <c r="H82">
+        <v>695765</v>
+      </c>
+      <c r="I82">
+        <v>699708</v>
+      </c>
+      <c r="J82" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>190</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>32</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>191</v>
+      </c>
+      <c r="H83">
+        <v>687987</v>
+      </c>
+      <c r="I83">
+        <v>695764</v>
+      </c>
+      <c r="J83" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>190</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>193</v>
+      </c>
+      <c r="H84">
+        <v>679865</v>
+      </c>
+      <c r="I84">
+        <v>687986</v>
+      </c>
+      <c r="J84" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>195</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>196</v>
+      </c>
+      <c r="F85" t="s">
+        <v>64</v>
+      </c>
+      <c r="G85">
+        <v>109</v>
+      </c>
+      <c r="H85">
+        <v>186491</v>
+      </c>
+      <c r="I85">
+        <v>186599</v>
+      </c>
+      <c r="J85" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>198</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>199</v>
+      </c>
+      <c r="F86" t="s">
+        <v>19</v>
+      </c>
+      <c r="G86">
+        <v>364</v>
+      </c>
+      <c r="H86">
+        <v>191935</v>
+      </c>
+      <c r="I86">
+        <v>192298</v>
+      </c>
+      <c r="J86" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>198</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>201</v>
+      </c>
+      <c r="F87" t="s">
+        <v>19</v>
+      </c>
+      <c r="G87" t="s">
+        <v>202</v>
+      </c>
+      <c r="H87">
+        <v>189019</v>
+      </c>
+      <c r="I87">
+        <v>191934</v>
+      </c>
+      <c r="J87" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>198</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>204</v>
+      </c>
+      <c r="F88" t="s">
+        <v>19</v>
+      </c>
+      <c r="G88">
         <v>171</v>
       </c>
-    </row>
-[...100 lines deleted...]
-      <c r="H79" t="s">
+      <c r="H88">
+        <v>188848</v>
+      </c>
+      <c r="I88">
+        <v>189018</v>
+      </c>
+      <c r="J88" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>198</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>206</v>
+      </c>
+      <c r="F89" t="s">
+        <v>19</v>
+      </c>
+      <c r="G89">
+        <v>596</v>
+      </c>
+      <c r="H89">
+        <v>188252</v>
+      </c>
+      <c r="I89">
+        <v>188847</v>
+      </c>
+      <c r="J89" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
+        <v>198</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>208</v>
+      </c>
+      <c r="F90" t="s">
+        <v>19</v>
+      </c>
+      <c r="G90" t="s">
+        <v>209</v>
+      </c>
+      <c r="H90">
+        <v>187119</v>
+      </c>
+      <c r="I90">
+        <v>188251</v>
+      </c>
+      <c r="J90" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>198</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>211</v>
+      </c>
+      <c r="F91" t="s">
+        <v>19</v>
+      </c>
+      <c r="G91">
+        <v>77</v>
+      </c>
+      <c r="H91">
+        <v>187042</v>
+      </c>
+      <c r="I91">
+        <v>187118</v>
+      </c>
+      <c r="J91" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>198</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>213</v>
+      </c>
+      <c r="F92" t="s">
+        <v>19</v>
+      </c>
+      <c r="G92">
+        <v>114</v>
+      </c>
+      <c r="H92">
+        <v>186928</v>
+      </c>
+      <c r="I92">
+        <v>187041</v>
+      </c>
+      <c r="J92" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>198</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>215</v>
+      </c>
+      <c r="F93" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93">
         <v>178</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="C82" t="s">
+      <c r="H93">
+        <v>186750</v>
+      </c>
+      <c r="I93">
+        <v>186927</v>
+      </c>
+      <c r="J93" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>217</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>218</v>
+      </c>
+      <c r="F94" t="s">
+        <v>64</v>
+      </c>
+      <c r="G94">
+        <v>122</v>
+      </c>
+      <c r="H94">
+        <v>186369</v>
+      </c>
+      <c r="I94">
+        <v>186490</v>
+      </c>
+      <c r="J94" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>220</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>22</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>221</v>
+      </c>
+      <c r="H95">
+        <v>653962</v>
+      </c>
+      <c r="I95">
+        <v>679864</v>
+      </c>
+      <c r="J95" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>223</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>224</v>
+      </c>
+      <c r="F96" t="s">
+        <v>64</v>
+      </c>
+      <c r="G96">
+        <v>619</v>
+      </c>
+      <c r="H96">
+        <v>185750</v>
+      </c>
+      <c r="I96">
+        <v>186368</v>
+      </c>
+      <c r="J96" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>223</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
         <v>25</v>
       </c>
-      <c r="D82" t="s">
-[...314 lines deleted...]
-      <c r="E94" t="s">
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97">
+        <v>567</v>
+      </c>
+      <c r="H97">
+        <v>185183</v>
+      </c>
+      <c r="I97">
+        <v>185749</v>
+      </c>
+      <c r="J97" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>227</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>224</v>
+      </c>
+      <c r="F98" t="s">
+        <v>64</v>
+      </c>
+      <c r="G98">
+        <v>329</v>
+      </c>
+      <c r="H98">
+        <v>13362</v>
+      </c>
+      <c r="I98">
+        <v>13690</v>
+      </c>
+      <c r="J98" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>227</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>229</v>
+      </c>
+      <c r="F99" t="s">
+        <v>54</v>
+      </c>
+      <c r="G99" t="s">
+        <v>230</v>
+      </c>
+      <c r="H99">
+        <v>150698</v>
+      </c>
+      <c r="I99">
+        <v>152387</v>
+      </c>
+      <c r="J99" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>232</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>233</v>
+      </c>
+      <c r="F100" t="s">
+        <v>54</v>
+      </c>
+      <c r="G100">
+        <v>70</v>
+      </c>
+      <c r="H100">
+        <v>148473</v>
+      </c>
+      <c r="I100">
+        <v>148542</v>
+      </c>
+      <c r="J100" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>232</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>233</v>
+      </c>
+      <c r="F101" t="s">
+        <v>54</v>
+      </c>
+      <c r="G101">
+        <v>75</v>
+      </c>
+      <c r="H101">
+        <v>149678</v>
+      </c>
+      <c r="I101">
+        <v>149752</v>
+      </c>
+      <c r="J101" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>232</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>233</v>
+      </c>
+      <c r="F102" t="s">
+        <v>54</v>
+      </c>
+      <c r="G102">
+        <v>945</v>
+      </c>
+      <c r="H102">
+        <v>149753</v>
+      </c>
+      <c r="I102">
+        <v>150697</v>
+      </c>
+      <c r="J102" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" t="s">
+        <v>237</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>22</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>238</v>
+      </c>
+      <c r="H103">
+        <v>13691</v>
+      </c>
+      <c r="I103">
+        <v>185182</v>
+      </c>
+      <c r="J103" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" t="s">
+        <v>237</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>240</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104">
         <v>214</v>
       </c>
-      <c r="F94">
-[...233 lines deleted...]
-      <c r="F103">
+      <c r="H104">
         <v>405585</v>
       </c>
-      <c r="G103">
+      <c r="I104">
         <v>405798</v>
       </c>
-      <c r="H103" t="s">
-[...19 lines deleted...]
-      <c r="F104">
+      <c r="J104" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>11</v>
+      </c>
+      <c r="C105" t="s">
+        <v>242</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>243</v>
+      </c>
+      <c r="F105" t="s">
+        <v>54</v>
+      </c>
+      <c r="G105" t="s">
+        <v>244</v>
+      </c>
+      <c r="H105">
         <v>148543</v>
       </c>
-      <c r="G104">
+      <c r="I105">
         <v>149677</v>
       </c>
-      <c r="H104" t="s">
-[...16 lines deleted...]
-      <c r="E105">
+      <c r="J105" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" t="s">
+        <v>246</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>247</v>
+      </c>
+      <c r="F106" t="s">
+        <v>54</v>
+      </c>
+      <c r="G106">
         <v>3</v>
       </c>
-      <c r="F105">
+      <c r="H106">
         <v>148470</v>
       </c>
-      <c r="G105">
+      <c r="I106">
         <v>148472</v>
       </c>
-      <c r="H105" t="s">
-[...16 lines deleted...]
-      <c r="E106">
+      <c r="J106" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>246</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>249</v>
+      </c>
+      <c r="F107" t="s">
+        <v>54</v>
+      </c>
+      <c r="G107">
         <v>1</v>
       </c>
-      <c r="F106">
+      <c r="H107">
         <v>148469</v>
       </c>
-      <c r="G106">
+      <c r="I107">
         <v>148469</v>
       </c>
-      <c r="H106" t="s">
-[...29 lines deleted...]
-    <row r="108" spans="1:8">
+      <c r="J107" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C108" t="s">
         <v>246</v>
       </c>
       <c r="D108" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="E108">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>251</v>
+      </c>
+      <c r="F108" t="s">
+        <v>54</v>
+      </c>
+      <c r="G108">
+        <v>2</v>
+      </c>
+      <c r="H108">
+        <v>148467</v>
+      </c>
+      <c r="I108">
+        <v>148468</v>
+      </c>
+      <c r="J108" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>246</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>253</v>
+      </c>
+      <c r="F109" t="s">
+        <v>54</v>
+      </c>
+      <c r="G109">
         <v>1</v>
       </c>
-      <c r="F108">
+      <c r="H109">
         <v>148466</v>
       </c>
-      <c r="G108">
+      <c r="I109">
         <v>148466</v>
       </c>
-      <c r="H108" t="s">
-[...16 lines deleted...]
-      <c r="E109">
+      <c r="J109" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" t="s">
+        <v>246</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>255</v>
+      </c>
+      <c r="F110" t="s">
+        <v>54</v>
+      </c>
+      <c r="G110">
         <v>299</v>
       </c>
-      <c r="F109">
+      <c r="H110">
         <v>148167</v>
       </c>
-      <c r="G109">
+      <c r="I110">
         <v>148465</v>
       </c>
-      <c r="H109" t="s">
-[...16 lines deleted...]
-      <c r="E110">
+      <c r="J110" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C111" t="s">
+        <v>257</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>258</v>
+      </c>
+      <c r="F111" t="s">
+        <v>54</v>
+      </c>
+      <c r="G111">
         <v>41</v>
       </c>
-      <c r="F110">
+      <c r="H111">
         <v>148126</v>
       </c>
-      <c r="G110">
+      <c r="I111">
         <v>148166</v>
       </c>
-      <c r="H110" t="s">
-[...16 lines deleted...]
-      <c r="E111">
+      <c r="J111" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" t="s">
+        <v>257</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>260</v>
+      </c>
+      <c r="F112" t="s">
+        <v>54</v>
+      </c>
+      <c r="G112">
         <v>667</v>
       </c>
-      <c r="F111">
+      <c r="H112">
         <v>147459</v>
       </c>
-      <c r="G111">
+      <c r="I112">
         <v>148125</v>
       </c>
-      <c r="H111" t="s">
-[...29 lines deleted...]
-    <row r="113" spans="1:8">
+      <c r="J112" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C113" t="s">
         <v>257</v>
       </c>
       <c r="D113" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="E113">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>262</v>
+      </c>
+      <c r="F113" t="s">
+        <v>54</v>
+      </c>
+      <c r="G113">
+        <v>136</v>
+      </c>
+      <c r="H113">
+        <v>147323</v>
+      </c>
+      <c r="I113">
+        <v>147458</v>
+      </c>
+      <c r="J113" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>257</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>264</v>
+      </c>
+      <c r="F114" t="s">
+        <v>54</v>
+      </c>
+      <c r="G114">
         <v>156</v>
       </c>
-      <c r="F113">
+      <c r="H114">
         <v>147167</v>
       </c>
-      <c r="G113">
+      <c r="I114">
         <v>147322</v>
       </c>
-      <c r="H113" t="s">
-[...16 lines deleted...]
-      <c r="E114">
+      <c r="J114" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>11</v>
+      </c>
+      <c r="C115" t="s">
+        <v>257</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>266</v>
+      </c>
+      <c r="F115" t="s">
+        <v>54</v>
+      </c>
+      <c r="G115">
         <v>7</v>
       </c>
-      <c r="F114">
+      <c r="H115">
         <v>147160</v>
       </c>
-      <c r="G114">
+      <c r="I115">
         <v>147166</v>
       </c>
-      <c r="H114" t="s">
-[...16 lines deleted...]
-      <c r="E115">
+      <c r="J115" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
+        <v>257</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>268</v>
+      </c>
+      <c r="F116" t="s">
+        <v>54</v>
+      </c>
+      <c r="G116">
         <v>417</v>
       </c>
-      <c r="F115">
+      <c r="H116">
         <v>146743</v>
       </c>
-      <c r="G115">
+      <c r="I116">
         <v>147159</v>
       </c>
-      <c r="H115" t="s">
-[...16 lines deleted...]
-      <c r="E116">
+      <c r="J116" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>270</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>271</v>
+      </c>
+      <c r="F117" t="s">
+        <v>54</v>
+      </c>
+      <c r="G117">
         <v>199</v>
       </c>
-      <c r="F116">
+      <c r="H117">
         <v>1</v>
       </c>
-      <c r="G116">
+      <c r="I117">
         <v>199</v>
       </c>
-      <c r="H116" t="s">
-[...19 lines deleted...]
-      <c r="F117">
+      <c r="J117" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>273</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>68</v>
+      </c>
+      <c r="F118" t="s">
+        <v>69</v>
+      </c>
+      <c r="G118" t="s">
+        <v>274</v>
+      </c>
+      <c r="H118">
         <v>1404860</v>
       </c>
-      <c r="G117">
+      <c r="I118">
         <v>1422986</v>
       </c>
-      <c r="H117" t="s">
-[...19 lines deleted...]
-      <c r="F118">
+      <c r="J118" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" t="s">
+        <v>276</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>32</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>277</v>
+      </c>
+      <c r="H119">
         <v>652155</v>
       </c>
-      <c r="G118">
+      <c r="I119">
         <v>653961</v>
       </c>
-      <c r="H118" t="s">
-[...19 lines deleted...]
-      <c r="F119">
+      <c r="J119" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
+      <c r="C120" t="s">
+        <v>276</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>32</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>277</v>
+      </c>
+      <c r="H120">
         <v>650348</v>
       </c>
-      <c r="G119">
+      <c r="I120">
         <v>652154</v>
       </c>
-      <c r="H119" t="s">
-[...19 lines deleted...]
-      <c r="F120">
+      <c r="J120" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" t="s">
+        <v>276</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>32</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>280</v>
+      </c>
+      <c r="H121">
         <v>404340</v>
       </c>
-      <c r="G120">
+      <c r="I121">
         <v>405584</v>
       </c>
-      <c r="H120" t="s">
-[...16 lines deleted...]
-      <c r="E121">
+      <c r="J121" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>11</v>
+      </c>
+      <c r="C122" t="s">
+        <v>276</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>32</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122">
         <v>793</v>
       </c>
-      <c r="F121">
+      <c r="H122">
         <v>649555</v>
       </c>
-      <c r="G121">
+      <c r="I122">
         <v>650347</v>
       </c>
-      <c r="H121" t="s">
-[...16 lines deleted...]
-      <c r="E122" t="s">
+      <c r="J122" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>10</v>
+      </c>
+      <c r="B123" t="s">
+        <v>11</v>
+      </c>
+      <c r="C123" t="s">
         <v>276</v>
       </c>
-      <c r="F122">
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>32</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>283</v>
+      </c>
+      <c r="H123">
         <v>407410</v>
       </c>
-      <c r="G122">
+      <c r="I123">
         <v>408949</v>
       </c>
-      <c r="H122" t="s">
+      <c r="J123" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>10</v>
+      </c>
+      <c r="B124" t="s">
+        <v>11</v>
+      </c>
+      <c r="C124" t="s">
+        <v>276</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>32</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" t="s">
+        <v>285</v>
+      </c>
+      <c r="H124">
+        <v>646233</v>
+      </c>
+      <c r="I124">
+        <v>649554</v>
+      </c>
+      <c r="J124" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>10</v>
+      </c>
+      <c r="B125" t="s">
+        <v>11</v>
+      </c>
+      <c r="C125" t="s">
+        <v>287</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>32</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" t="s">
+        <v>288</v>
+      </c>
+      <c r="H125">
+        <v>10001</v>
+      </c>
+      <c r="I125">
+        <v>12938</v>
+      </c>
+      <c r="J125" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" t="s">
+        <v>11</v>
+      </c>
+      <c r="C126" t="s">
+        <v>290</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>32</v>
+      </c>
+      <c r="F126" t="s">
+        <v>15</v>
+      </c>
+      <c r="G126" t="s">
+        <v>291</v>
+      </c>
+      <c r="H126">
+        <v>1</v>
+      </c>
+      <c r="I126">
+        <v>10000</v>
+      </c>
+      <c r="J126" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>10</v>
+      </c>
+      <c r="B127" t="s">
+        <v>11</v>
+      </c>
+      <c r="C127" t="s">
+        <v>290</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>32</v>
+      </c>
+      <c r="F127" t="s">
+        <v>15</v>
+      </c>
+      <c r="G127" t="s">
+        <v>293</v>
+      </c>
+      <c r="H127">
+        <v>1093974</v>
+      </c>
+      <c r="I127">
+        <v>1095365</v>
+      </c>
+      <c r="J127" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>10</v>
+      </c>
+      <c r="B128" t="s">
+        <v>11</v>
+      </c>
+      <c r="C128" t="s">
+        <v>290</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>32</v>
+      </c>
+      <c r="F128" t="s">
+        <v>15</v>
+      </c>
+      <c r="G128">
+        <v>941</v>
+      </c>
+      <c r="H128">
+        <v>1093033</v>
+      </c>
+      <c r="I128">
+        <v>1093973</v>
+      </c>
+      <c r="J128" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>10</v>
+      </c>
+      <c r="B129" t="s">
+        <v>11</v>
+      </c>
+      <c r="C129" t="s">
+        <v>290</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>32</v>
+      </c>
+      <c r="F129" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129">
+        <v>512</v>
+      </c>
+      <c r="H129">
+        <v>1092521</v>
+      </c>
+      <c r="I129">
+        <v>1093032</v>
+      </c>
+      <c r="J129" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>10</v>
+      </c>
+      <c r="B130" t="s">
+        <v>11</v>
+      </c>
+      <c r="C130" t="s">
+        <v>290</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>32</v>
+      </c>
+      <c r="F130" t="s">
+        <v>15</v>
+      </c>
+      <c r="G130">
+        <v>995</v>
+      </c>
+      <c r="H130">
+        <v>1091526</v>
+      </c>
+      <c r="I130">
+        <v>1092520</v>
+      </c>
+      <c r="J130" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>10</v>
+      </c>
+      <c r="B131" t="s">
+        <v>11</v>
+      </c>
+      <c r="C131" t="s">
+        <v>290</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>32</v>
+      </c>
+      <c r="F131" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" t="s">
+        <v>298</v>
+      </c>
+      <c r="H131">
+        <v>1089947</v>
+      </c>
+      <c r="I131">
+        <v>1091525</v>
+      </c>
+      <c r="J131" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>10</v>
+      </c>
+      <c r="B132" t="s">
+        <v>11</v>
+      </c>
+      <c r="C132" t="s">
+        <v>290</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>32</v>
+      </c>
+      <c r="F132" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" t="s">
+        <v>300</v>
+      </c>
+      <c r="H132">
+        <v>1088306</v>
+      </c>
+      <c r="I132">
+        <v>1089946</v>
+      </c>
+      <c r="J132" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>10</v>
+      </c>
+      <c r="B133" t="s">
+        <v>11</v>
+      </c>
+      <c r="C133" t="s">
+        <v>290</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>32</v>
+      </c>
+      <c r="F133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" t="s">
+        <v>302</v>
+      </c>
+      <c r="H133">
+        <v>1086446</v>
+      </c>
+      <c r="I133">
+        <v>1088305</v>
+      </c>
+      <c r="J133" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>10</v>
+      </c>
+      <c r="B134" t="s">
+        <v>11</v>
+      </c>
+      <c r="C134" t="s">
+        <v>290</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>32</v>
+      </c>
+      <c r="F134" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" t="s">
+        <v>304</v>
+      </c>
+      <c r="H134">
+        <v>1084590</v>
+      </c>
+      <c r="I134">
+        <v>1086445</v>
+      </c>
+      <c r="J134" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B135" t="s">
+        <v>11</v>
+      </c>
+      <c r="C135" t="s">
+        <v>306</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>32</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" t="s">
+        <v>307</v>
+      </c>
+      <c r="H135">
+        <v>1082454</v>
+      </c>
+      <c r="I135">
+        <v>1084589</v>
+      </c>
+      <c r="J135" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B136" t="s">
+        <v>11</v>
+      </c>
+      <c r="C136" t="s">
+        <v>306</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>32</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" t="s">
+        <v>309</v>
+      </c>
+      <c r="H136">
+        <v>1080210</v>
+      </c>
+      <c r="I136">
+        <v>1082453</v>
+      </c>
+      <c r="J136" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" t="s">
+        <v>10</v>
+      </c>
+      <c r="B137" t="s">
+        <v>11</v>
+      </c>
+      <c r="C137" t="s">
+        <v>306</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>32</v>
+      </c>
+      <c r="F137" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" t="s">
+        <v>311</v>
+      </c>
+      <c r="H137">
+        <v>1077525</v>
+      </c>
+      <c r="I137">
+        <v>1080209</v>
+      </c>
+      <c r="J137" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" t="s">
+        <v>10</v>
+      </c>
+      <c r="B138" t="s">
+        <v>11</v>
+      </c>
+      <c r="C138" t="s">
+        <v>313</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>32</v>
+      </c>
+      <c r="F138" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" t="s">
+        <v>314</v>
+      </c>
+      <c r="H138">
+        <v>1073912</v>
+      </c>
+      <c r="I138">
+        <v>1077524</v>
+      </c>
+      <c r="J138" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" t="s">
+        <v>10</v>
+      </c>
+      <c r="B139" t="s">
+        <v>11</v>
+      </c>
+      <c r="C139" t="s">
+        <v>313</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>32</v>
+      </c>
+      <c r="F139" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" t="s">
+        <v>316</v>
+      </c>
+      <c r="H139">
+        <v>1070125</v>
+      </c>
+      <c r="I139">
+        <v>1073911</v>
+      </c>
+      <c r="J139" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" t="s">
+        <v>10</v>
+      </c>
+      <c r="B140" t="s">
+        <v>11</v>
+      </c>
+      <c r="C140" t="s">
+        <v>318</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>32</v>
+      </c>
+      <c r="F140" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" t="s">
+        <v>319</v>
+      </c>
+      <c r="H140">
+        <v>644692</v>
+      </c>
+      <c r="I140">
+        <v>646232</v>
+      </c>
+      <c r="J140" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" t="s">
+        <v>10</v>
+      </c>
+      <c r="B141" t="s">
+        <v>11</v>
+      </c>
+      <c r="C141" t="s">
+        <v>318</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>32</v>
+      </c>
+      <c r="F141" t="s">
+        <v>15</v>
+      </c>
+      <c r="G141">
+        <v>753</v>
+      </c>
+      <c r="H141">
+        <v>643939</v>
+      </c>
+      <c r="I141">
+        <v>644691</v>
+      </c>
+      <c r="J141" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>10</v>
+      </c>
+      <c r="B142" t="s">
+        <v>11</v>
+      </c>
+      <c r="C142" t="s">
+        <v>318</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>32</v>
+      </c>
+      <c r="F142" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142">
+        <v>967</v>
+      </c>
+      <c r="H142">
+        <v>642972</v>
+      </c>
+      <c r="I142">
+        <v>643938</v>
+      </c>
+      <c r="J142" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>10</v>
+      </c>
+      <c r="B143" t="s">
+        <v>11</v>
+      </c>
+      <c r="C143" t="s">
+        <v>318</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>32</v>
+      </c>
+      <c r="F143" t="s">
+        <v>15</v>
+      </c>
+      <c r="G143">
+        <v>599</v>
+      </c>
+      <c r="H143">
+        <v>642373</v>
+      </c>
+      <c r="I143">
+        <v>642971</v>
+      </c>
+      <c r="J143" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>10</v>
+      </c>
+      <c r="B144" t="s">
+        <v>11</v>
+      </c>
+      <c r="C144" t="s">
+        <v>318</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>32</v>
+      </c>
+      <c r="F144" t="s">
+        <v>15</v>
+      </c>
+      <c r="G144">
+        <v>905</v>
+      </c>
+      <c r="H144">
+        <v>641468</v>
+      </c>
+      <c r="I144">
+        <v>642372</v>
+      </c>
+      <c r="J144" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
+        <v>318</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>32</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>325</v>
+      </c>
+      <c r="H145">
+        <v>639899</v>
+      </c>
+      <c r="I145">
+        <v>641467</v>
+      </c>
+      <c r="J145" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" t="s">
+        <v>11</v>
+      </c>
+      <c r="C146" t="s">
+        <v>318</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>32</v>
+      </c>
+      <c r="F146" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" t="s">
+        <v>327</v>
+      </c>
+      <c r="H146">
+        <v>638676</v>
+      </c>
+      <c r="I146">
+        <v>639898</v>
+      </c>
+      <c r="J146" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" t="s">
+        <v>11</v>
+      </c>
+      <c r="C147" t="s">
+        <v>318</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>32</v>
+      </c>
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147">
+        <v>499</v>
+      </c>
+      <c r="H147">
+        <v>638177</v>
+      </c>
+      <c r="I147">
+        <v>638675</v>
+      </c>
+      <c r="J147" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" t="s">
+        <v>10</v>
+      </c>
+      <c r="B148" t="s">
+        <v>11</v>
+      </c>
+      <c r="C148" t="s">
+        <v>318</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>32</v>
+      </c>
+      <c r="F148" t="s">
+        <v>15</v>
+      </c>
+      <c r="G148">
+        <v>952</v>
+      </c>
+      <c r="H148">
+        <v>637225</v>
+      </c>
+      <c r="I148">
+        <v>638176</v>
+      </c>
+      <c r="J148" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" t="s">
+        <v>10</v>
+      </c>
+      <c r="B149" t="s">
+        <v>11</v>
+      </c>
+      <c r="C149" t="s">
+        <v>318</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>32</v>
+      </c>
+      <c r="F149" t="s">
+        <v>15</v>
+      </c>
+      <c r="G149">
+        <v>743</v>
+      </c>
+      <c r="H149">
+        <v>636482</v>
+      </c>
+      <c r="I149">
+        <v>637224</v>
+      </c>
+      <c r="J149" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" t="s">
+        <v>10</v>
+      </c>
+      <c r="B150" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" t="s">
+        <v>318</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>32</v>
+      </c>
+      <c r="F150" t="s">
+        <v>15</v>
+      </c>
+      <c r="G150">
+        <v>934</v>
+      </c>
+      <c r="H150">
+        <v>635548</v>
+      </c>
+      <c r="I150">
+        <v>636481</v>
+      </c>
+      <c r="J150" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" t="s">
+        <v>10</v>
+      </c>
+      <c r="B151" t="s">
+        <v>11</v>
+      </c>
+      <c r="C151" t="s">
+        <v>318</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>32</v>
+      </c>
+      <c r="F151" t="s">
+        <v>15</v>
+      </c>
+      <c r="G151">
+        <v>650</v>
+      </c>
+      <c r="H151">
+        <v>634898</v>
+      </c>
+      <c r="I151">
+        <v>635547</v>
+      </c>
+      <c r="J151" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" t="s">
+        <v>10</v>
+      </c>
+      <c r="B152" t="s">
+        <v>11</v>
+      </c>
+      <c r="C152" t="s">
+        <v>318</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>32</v>
+      </c>
+      <c r="F152" t="s">
+        <v>15</v>
+      </c>
+      <c r="G152" t="s">
+        <v>334</v>
+      </c>
+      <c r="H152">
+        <v>633111</v>
+      </c>
+      <c r="I152">
+        <v>634897</v>
+      </c>
+      <c r="J152" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B153" t="s">
+        <v>11</v>
+      </c>
+      <c r="C153" t="s">
+        <v>318</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>32</v>
+      </c>
+      <c r="F153" t="s">
+        <v>15</v>
+      </c>
+      <c r="G153" t="s">
+        <v>336</v>
+      </c>
+      <c r="H153">
+        <v>631389</v>
+      </c>
+      <c r="I153">
+        <v>633110</v>
+      </c>
+      <c r="J153" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" t="s">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
+        <v>11</v>
+      </c>
+      <c r="C154" t="s">
+        <v>318</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>32</v>
+      </c>
+      <c r="F154" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" t="s">
+        <v>338</v>
+      </c>
+      <c r="H154">
+        <v>629097</v>
+      </c>
+      <c r="I154">
+        <v>631388</v>
+      </c>
+      <c r="J154" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B155" t="s">
+        <v>11</v>
+      </c>
+      <c r="C155" t="s">
+        <v>318</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>32</v>
+      </c>
+      <c r="F155" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155">
+        <v>805</v>
+      </c>
+      <c r="H155">
+        <v>628292</v>
+      </c>
+      <c r="I155">
+        <v>629096</v>
+      </c>
+      <c r="J155" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="A156" t="s">
+        <v>10</v>
+      </c>
+      <c r="B156" t="s">
+        <v>11</v>
+      </c>
+      <c r="C156" t="s">
+        <v>318</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>32</v>
+      </c>
+      <c r="F156" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>341</v>
+      </c>
+      <c r="H156">
+        <v>626956</v>
+      </c>
+      <c r="I156">
+        <v>628291</v>
+      </c>
+      <c r="J156" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="A157" t="s">
+        <v>10</v>
+      </c>
+      <c r="B157" t="s">
+        <v>11</v>
+      </c>
+      <c r="C157" t="s">
+        <v>318</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>32</v>
+      </c>
+      <c r="F157" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" t="s">
+        <v>343</v>
+      </c>
+      <c r="H157">
+        <v>625575</v>
+      </c>
+      <c r="I157">
+        <v>626955</v>
+      </c>
+      <c r="J157" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="A158" t="s">
+        <v>10</v>
+      </c>
+      <c r="B158" t="s">
+        <v>11</v>
+      </c>
+      <c r="C158" t="s">
+        <v>318</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>32</v>
+      </c>
+      <c r="F158" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158">
+        <v>527</v>
+      </c>
+      <c r="H158">
+        <v>625048</v>
+      </c>
+      <c r="I158">
+        <v>625574</v>
+      </c>
+      <c r="J158" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="A159" t="s">
+        <v>10</v>
+      </c>
+      <c r="B159" t="s">
+        <v>11</v>
+      </c>
+      <c r="C159" t="s">
+        <v>318</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>32</v>
+      </c>
+      <c r="F159" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" t="s">
+        <v>346</v>
+      </c>
+      <c r="H159">
+        <v>623868</v>
+      </c>
+      <c r="I159">
+        <v>625047</v>
+      </c>
+      <c r="J159" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" t="s">
+        <v>10</v>
+      </c>
+      <c r="B160" t="s">
+        <v>11</v>
+      </c>
+      <c r="C160" t="s">
+        <v>318</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>32</v>
+      </c>
+      <c r="F160" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160">
+        <v>849</v>
+      </c>
+      <c r="H160">
+        <v>623019</v>
+      </c>
+      <c r="I160">
+        <v>623867</v>
+      </c>
+      <c r="J160" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" t="s">
+        <v>10</v>
+      </c>
+      <c r="B161" t="s">
+        <v>11</v>
+      </c>
+      <c r="C161" t="s">
+        <v>318</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>32</v>
+      </c>
+      <c r="F161" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" t="s">
+        <v>349</v>
+      </c>
+      <c r="H161">
+        <v>621870</v>
+      </c>
+      <c r="I161">
+        <v>623018</v>
+      </c>
+      <c r="J161" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" t="s">
+        <v>10</v>
+      </c>
+      <c r="B162" t="s">
+        <v>11</v>
+      </c>
+      <c r="C162" t="s">
+        <v>318</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>32</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" t="s">
+        <v>351</v>
+      </c>
+      <c r="H162">
+        <v>619935</v>
+      </c>
+      <c r="I162">
+        <v>621869</v>
+      </c>
+      <c r="J162" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" t="s">
+        <v>10</v>
+      </c>
+      <c r="B163" t="s">
+        <v>11</v>
+      </c>
+      <c r="C163" t="s">
+        <v>318</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>32</v>
+      </c>
+      <c r="F163" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163">
+        <v>642</v>
+      </c>
+      <c r="H163">
+        <v>619293</v>
+      </c>
+      <c r="I163">
+        <v>619934</v>
+      </c>
+      <c r="J163" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" t="s">
+        <v>10</v>
+      </c>
+      <c r="B164" t="s">
+        <v>11</v>
+      </c>
+      <c r="C164" t="s">
+        <v>318</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>32</v>
+      </c>
+      <c r="F164" t="s">
+        <v>15</v>
+      </c>
+      <c r="G164" t="s">
+        <v>354</v>
+      </c>
+      <c r="H164">
+        <v>617678</v>
+      </c>
+      <c r="I164">
+        <v>619292</v>
+      </c>
+      <c r="J164" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" t="s">
+        <v>10</v>
+      </c>
+      <c r="B165" t="s">
+        <v>11</v>
+      </c>
+      <c r="C165" t="s">
+        <v>318</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>32</v>
+      </c>
+      <c r="F165" t="s">
+        <v>15</v>
+      </c>
+      <c r="G165" t="s">
+        <v>356</v>
+      </c>
+      <c r="H165">
+        <v>616127</v>
+      </c>
+      <c r="I165">
+        <v>617677</v>
+      </c>
+      <c r="J165" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10">
+      <c r="A166" t="s">
+        <v>10</v>
+      </c>
+      <c r="B166" t="s">
+        <v>11</v>
+      </c>
+      <c r="C166" t="s">
+        <v>318</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>32</v>
+      </c>
+      <c r="F166" t="s">
+        <v>15</v>
+      </c>
+      <c r="G166">
+        <v>766</v>
+      </c>
+      <c r="H166">
+        <v>615361</v>
+      </c>
+      <c r="I166">
+        <v>616126</v>
+      </c>
+      <c r="J166" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" t="s">
+        <v>10</v>
+      </c>
+      <c r="B167" t="s">
+        <v>11</v>
+      </c>
+      <c r="C167" t="s">
+        <v>318</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>32</v>
+      </c>
+      <c r="F167" t="s">
+        <v>15</v>
+      </c>
+      <c r="G167">
+        <v>721</v>
+      </c>
+      <c r="H167">
+        <v>614640</v>
+      </c>
+      <c r="I167">
+        <v>615360</v>
+      </c>
+      <c r="J167" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B168" t="s">
+        <v>11</v>
+      </c>
+      <c r="C168" t="s">
+        <v>318</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>32</v>
+      </c>
+      <c r="F168" t="s">
+        <v>15</v>
+      </c>
+      <c r="G168" t="s">
+        <v>360</v>
+      </c>
+      <c r="H168">
+        <v>613457</v>
+      </c>
+      <c r="I168">
+        <v>614639</v>
+      </c>
+      <c r="J168" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" t="s">
+        <v>10</v>
+      </c>
+      <c r="B169" t="s">
+        <v>11</v>
+      </c>
+      <c r="C169" t="s">
+        <v>318</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>32</v>
+      </c>
+      <c r="F169" t="s">
+        <v>15</v>
+      </c>
+      <c r="G169" t="s">
+        <v>362</v>
+      </c>
+      <c r="H169">
+        <v>611827</v>
+      </c>
+      <c r="I169">
+        <v>613456</v>
+      </c>
+      <c r="J169" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" t="s">
+        <v>10</v>
+      </c>
+      <c r="B170" t="s">
+        <v>11</v>
+      </c>
+      <c r="C170" t="s">
+        <v>318</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>32</v>
+      </c>
+      <c r="F170" t="s">
+        <v>15</v>
+      </c>
+      <c r="G170" t="s">
+        <v>364</v>
+      </c>
+      <c r="H170">
+        <v>609767</v>
+      </c>
+      <c r="I170">
+        <v>611826</v>
+      </c>
+      <c r="J170" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" t="s">
+        <v>10</v>
+      </c>
+      <c r="B171" t="s">
+        <v>11</v>
+      </c>
+      <c r="C171" t="s">
+        <v>318</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>32</v>
+      </c>
+      <c r="F171" t="s">
+        <v>15</v>
+      </c>
+      <c r="G171" t="s">
+        <v>366</v>
+      </c>
+      <c r="H171">
+        <v>607669</v>
+      </c>
+      <c r="I171">
+        <v>609766</v>
+      </c>
+      <c r="J171" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" t="s">
+        <v>10</v>
+      </c>
+      <c r="B172" t="s">
+        <v>11</v>
+      </c>
+      <c r="C172" t="s">
+        <v>318</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>32</v>
+      </c>
+      <c r="F172" t="s">
+        <v>15</v>
+      </c>
+      <c r="G172">
+        <v>875</v>
+      </c>
+      <c r="H172">
+        <v>606794</v>
+      </c>
+      <c r="I172">
+        <v>607668</v>
+      </c>
+      <c r="J172" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" t="s">
+        <v>10</v>
+      </c>
+      <c r="B173" t="s">
+        <v>11</v>
+      </c>
+      <c r="C173" t="s">
+        <v>318</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>32</v>
+      </c>
+      <c r="F173" t="s">
+        <v>15</v>
+      </c>
+      <c r="G173" t="s">
+        <v>369</v>
+      </c>
+      <c r="H173">
+        <v>604678</v>
+      </c>
+      <c r="I173">
+        <v>606793</v>
+      </c>
+      <c r="J173" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" t="s">
+        <v>10</v>
+      </c>
+      <c r="B174" t="s">
+        <v>11</v>
+      </c>
+      <c r="C174" t="s">
+        <v>318</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>32</v>
+      </c>
+      <c r="F174" t="s">
+        <v>15</v>
+      </c>
+      <c r="G174">
+        <v>631</v>
+      </c>
+      <c r="H174">
+        <v>604047</v>
+      </c>
+      <c r="I174">
+        <v>604677</v>
+      </c>
+      <c r="J174" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" t="s">
+        <v>10</v>
+      </c>
+      <c r="B175" t="s">
+        <v>11</v>
+      </c>
+      <c r="C175" t="s">
+        <v>318</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>32</v>
+      </c>
+      <c r="F175" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175">
+        <v>736</v>
+      </c>
+      <c r="H175">
+        <v>603311</v>
+      </c>
+      <c r="I175">
+        <v>604046</v>
+      </c>
+      <c r="J175" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="A176" t="s">
+        <v>10</v>
+      </c>
+      <c r="B176" t="s">
+        <v>11</v>
+      </c>
+      <c r="C176" t="s">
+        <v>318</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>32</v>
+      </c>
+      <c r="F176" t="s">
+        <v>15</v>
+      </c>
+      <c r="G176">
+        <v>630</v>
+      </c>
+      <c r="H176">
+        <v>602681</v>
+      </c>
+      <c r="I176">
+        <v>603310</v>
+      </c>
+      <c r="J176" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10">
+      <c r="A177" t="s">
+        <v>10</v>
+      </c>
+      <c r="B177" t="s">
+        <v>11</v>
+      </c>
+      <c r="C177" t="s">
+        <v>318</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>32</v>
+      </c>
+      <c r="F177" t="s">
+        <v>15</v>
+      </c>
+      <c r="G177" t="s">
+        <v>374</v>
+      </c>
+      <c r="H177">
+        <v>601646</v>
+      </c>
+      <c r="I177">
+        <v>602680</v>
+      </c>
+      <c r="J177" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10">
+      <c r="A178" t="s">
+        <v>10</v>
+      </c>
+      <c r="B178" t="s">
+        <v>11</v>
+      </c>
+      <c r="C178" t="s">
+        <v>318</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>32</v>
+      </c>
+      <c r="F178" t="s">
+        <v>15</v>
+      </c>
+      <c r="G178" t="s">
+        <v>376</v>
+      </c>
+      <c r="H178">
+        <v>599286</v>
+      </c>
+      <c r="I178">
+        <v>601645</v>
+      </c>
+      <c r="J178" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10">
+      <c r="A179" t="s">
+        <v>10</v>
+      </c>
+      <c r="B179" t="s">
+        <v>11</v>
+      </c>
+      <c r="C179" t="s">
+        <v>318</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>32</v>
+      </c>
+      <c r="F179" t="s">
+        <v>15</v>
+      </c>
+      <c r="G179" t="s">
+        <v>378</v>
+      </c>
+      <c r="H179">
+        <v>598199</v>
+      </c>
+      <c r="I179">
+        <v>599285</v>
+      </c>
+      <c r="J179" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10">
+      <c r="A180" t="s">
+        <v>10</v>
+      </c>
+      <c r="B180" t="s">
+        <v>11</v>
+      </c>
+      <c r="C180" t="s">
+        <v>318</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>32</v>
+      </c>
+      <c r="F180" t="s">
+        <v>15</v>
+      </c>
+      <c r="G180">
+        <v>747</v>
+      </c>
+      <c r="H180">
+        <v>597452</v>
+      </c>
+      <c r="I180">
+        <v>598198</v>
+      </c>
+      <c r="J180" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10">
+      <c r="A181" t="s">
+        <v>10</v>
+      </c>
+      <c r="B181" t="s">
+        <v>11</v>
+      </c>
+      <c r="C181" t="s">
+        <v>318</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>32</v>
+      </c>
+      <c r="F181" t="s">
+        <v>15</v>
+      </c>
+      <c r="G181">
+        <v>738</v>
+      </c>
+      <c r="H181">
+        <v>596714</v>
+      </c>
+      <c r="I181">
+        <v>597451</v>
+      </c>
+      <c r="J181" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" t="s">
+        <v>10</v>
+      </c>
+      <c r="B182" t="s">
+        <v>11</v>
+      </c>
+      <c r="C182" t="s">
+        <v>318</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>32</v>
+      </c>
+      <c r="F182" t="s">
+        <v>15</v>
+      </c>
+      <c r="G182">
+        <v>627</v>
+      </c>
+      <c r="H182">
+        <v>596087</v>
+      </c>
+      <c r="I182">
+        <v>596713</v>
+      </c>
+      <c r="J182" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" t="s">
+        <v>10</v>
+      </c>
+      <c r="B183" t="s">
+        <v>11</v>
+      </c>
+      <c r="C183" t="s">
+        <v>318</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>32</v>
+      </c>
+      <c r="F183" t="s">
+        <v>15</v>
+      </c>
+      <c r="G183">
+        <v>912</v>
+      </c>
+      <c r="H183">
+        <v>595175</v>
+      </c>
+      <c r="I183">
+        <v>596086</v>
+      </c>
+      <c r="J183" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" t="s">
+        <v>10</v>
+      </c>
+      <c r="B184" t="s">
+        <v>11</v>
+      </c>
+      <c r="C184" t="s">
+        <v>318</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>32</v>
+      </c>
+      <c r="F184" t="s">
+        <v>15</v>
+      </c>
+      <c r="G184" t="s">
+        <v>384</v>
+      </c>
+      <c r="H184">
+        <v>593961</v>
+      </c>
+      <c r="I184">
+        <v>595174</v>
+      </c>
+      <c r="J184" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" t="s">
+        <v>10</v>
+      </c>
+      <c r="B185" t="s">
+        <v>11</v>
+      </c>
+      <c r="C185" t="s">
+        <v>318</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>32</v>
+      </c>
+      <c r="F185" t="s">
+        <v>15</v>
+      </c>
+      <c r="G185" t="s">
+        <v>386</v>
+      </c>
+      <c r="H185">
+        <v>592761</v>
+      </c>
+      <c r="I185">
+        <v>593960</v>
+      </c>
+      <c r="J185" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" t="s">
+        <v>10</v>
+      </c>
+      <c r="B186" t="s">
+        <v>11</v>
+      </c>
+      <c r="C186" t="s">
+        <v>318</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>32</v>
+      </c>
+      <c r="F186" t="s">
+        <v>15</v>
+      </c>
+      <c r="G186">
+        <v>965</v>
+      </c>
+      <c r="H186">
+        <v>591796</v>
+      </c>
+      <c r="I186">
+        <v>592760</v>
+      </c>
+      <c r="J186" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" t="s">
+        <v>10</v>
+      </c>
+      <c r="B187" t="s">
+        <v>11</v>
+      </c>
+      <c r="C187" t="s">
+        <v>318</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>32</v>
+      </c>
+      <c r="F187" t="s">
+        <v>15</v>
+      </c>
+      <c r="G187" t="s">
+        <v>389</v>
+      </c>
+      <c r="H187">
+        <v>590438</v>
+      </c>
+      <c r="I187">
+        <v>591795</v>
+      </c>
+      <c r="J187" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" t="s">
+        <v>10</v>
+      </c>
+      <c r="B188" t="s">
+        <v>11</v>
+      </c>
+      <c r="C188" t="s">
+        <v>318</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>32</v>
+      </c>
+      <c r="F188" t="s">
+        <v>15</v>
+      </c>
+      <c r="G188">
+        <v>980</v>
+      </c>
+      <c r="H188">
+        <v>589458</v>
+      </c>
+      <c r="I188">
+        <v>590437</v>
+      </c>
+      <c r="J188" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" t="s">
+        <v>10</v>
+      </c>
+      <c r="B189" t="s">
+        <v>11</v>
+      </c>
+      <c r="C189" t="s">
+        <v>318</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>32</v>
+      </c>
+      <c r="F189" t="s">
+        <v>15</v>
+      </c>
+      <c r="G189">
+        <v>711</v>
+      </c>
+      <c r="H189">
+        <v>588747</v>
+      </c>
+      <c r="I189">
+        <v>589457</v>
+      </c>
+      <c r="J189" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" t="s">
+        <v>10</v>
+      </c>
+      <c r="B190" t="s">
+        <v>11</v>
+      </c>
+      <c r="C190" t="s">
+        <v>318</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>32</v>
+      </c>
+      <c r="F190" t="s">
+        <v>15</v>
+      </c>
+      <c r="G190" t="s">
+        <v>393</v>
+      </c>
+      <c r="H190">
+        <v>587588</v>
+      </c>
+      <c r="I190">
+        <v>588746</v>
+      </c>
+      <c r="J190" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10">
+      <c r="A191" t="s">
+        <v>10</v>
+      </c>
+      <c r="B191" t="s">
+        <v>11</v>
+      </c>
+      <c r="C191" t="s">
+        <v>318</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>32</v>
+      </c>
+      <c r="F191" t="s">
+        <v>15</v>
+      </c>
+      <c r="G191" t="s">
+        <v>395</v>
+      </c>
+      <c r="H191">
+        <v>586521</v>
+      </c>
+      <c r="I191">
+        <v>587587</v>
+      </c>
+      <c r="J191" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10">
+      <c r="A192" t="s">
+        <v>10</v>
+      </c>
+      <c r="B192" t="s">
+        <v>11</v>
+      </c>
+      <c r="C192" t="s">
+        <v>318</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>32</v>
+      </c>
+      <c r="F192" t="s">
+        <v>15</v>
+      </c>
+      <c r="G192" t="s">
+        <v>397</v>
+      </c>
+      <c r="H192">
+        <v>584788</v>
+      </c>
+      <c r="I192">
+        <v>586520</v>
+      </c>
+      <c r="J192" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10">
+      <c r="A193" t="s">
+        <v>10</v>
+      </c>
+      <c r="B193" t="s">
+        <v>11</v>
+      </c>
+      <c r="C193" t="s">
+        <v>318</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>32</v>
+      </c>
+      <c r="F193" t="s">
+        <v>15</v>
+      </c>
+      <c r="G193" t="s">
+        <v>399</v>
+      </c>
+      <c r="H193">
+        <v>582987</v>
+      </c>
+      <c r="I193">
+        <v>584787</v>
+      </c>
+      <c r="J193" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" t="s">
+        <v>10</v>
+      </c>
+      <c r="B194" t="s">
+        <v>11</v>
+      </c>
+      <c r="C194" t="s">
+        <v>318</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>32</v>
+      </c>
+      <c r="F194" t="s">
+        <v>15</v>
+      </c>
+      <c r="G194" t="s">
+        <v>293</v>
+      </c>
+      <c r="H194">
+        <v>581595</v>
+      </c>
+      <c r="I194">
+        <v>582986</v>
+      </c>
+      <c r="J194" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" t="s">
+        <v>10</v>
+      </c>
+      <c r="B195" t="s">
+        <v>11</v>
+      </c>
+      <c r="C195" t="s">
+        <v>318</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>32</v>
+      </c>
+      <c r="F195" t="s">
+        <v>15</v>
+      </c>
+      <c r="G195" t="s">
+        <v>402</v>
+      </c>
+      <c r="H195">
+        <v>580086</v>
+      </c>
+      <c r="I195">
+        <v>581594</v>
+      </c>
+      <c r="J195" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" t="s">
+        <v>10</v>
+      </c>
+      <c r="B196" t="s">
+        <v>11</v>
+      </c>
+      <c r="C196" t="s">
+        <v>318</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>32</v>
+      </c>
+      <c r="F196" t="s">
+        <v>15</v>
+      </c>
+      <c r="G196" t="s">
+        <v>404</v>
+      </c>
+      <c r="H196">
+        <v>578128</v>
+      </c>
+      <c r="I196">
+        <v>580085</v>
+      </c>
+      <c r="J196" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" t="s">
+        <v>10</v>
+      </c>
+      <c r="B197" t="s">
+        <v>11</v>
+      </c>
+      <c r="C197" t="s">
+        <v>318</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>32</v>
+      </c>
+      <c r="F197" t="s">
+        <v>15</v>
+      </c>
+      <c r="G197">
+        <v>858</v>
+      </c>
+      <c r="H197">
+        <v>577270</v>
+      </c>
+      <c r="I197">
+        <v>578127</v>
+      </c>
+      <c r="J197" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" t="s">
+        <v>10</v>
+      </c>
+      <c r="B198" t="s">
+        <v>11</v>
+      </c>
+      <c r="C198" t="s">
+        <v>318</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>32</v>
+      </c>
+      <c r="F198" t="s">
+        <v>15</v>
+      </c>
+      <c r="G198">
+        <v>460</v>
+      </c>
+      <c r="H198">
+        <v>576810</v>
+      </c>
+      <c r="I198">
+        <v>577269</v>
+      </c>
+      <c r="J198" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" t="s">
+        <v>10</v>
+      </c>
+      <c r="B199" t="s">
+        <v>11</v>
+      </c>
+      <c r="C199" t="s">
+        <v>318</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>32</v>
+      </c>
+      <c r="F199" t="s">
+        <v>15</v>
+      </c>
+      <c r="G199" t="s">
+        <v>408</v>
+      </c>
+      <c r="H199">
+        <v>575806</v>
+      </c>
+      <c r="I199">
+        <v>576809</v>
+      </c>
+      <c r="J199" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" t="s">
+        <v>10</v>
+      </c>
+      <c r="B200" t="s">
+        <v>11</v>
+      </c>
+      <c r="C200" t="s">
+        <v>318</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>32</v>
+      </c>
+      <c r="F200" t="s">
+        <v>15</v>
+      </c>
+      <c r="G200" t="s">
+        <v>410</v>
+      </c>
+      <c r="H200">
+        <v>574330</v>
+      </c>
+      <c r="I200">
+        <v>575805</v>
+      </c>
+      <c r="J200" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" t="s">
+        <v>10</v>
+      </c>
+      <c r="B201" t="s">
+        <v>11</v>
+      </c>
+      <c r="C201" t="s">
+        <v>318</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>32</v>
+      </c>
+      <c r="F201" t="s">
+        <v>15</v>
+      </c>
+      <c r="G201" t="s">
+        <v>412</v>
+      </c>
+      <c r="H201">
+        <v>572446</v>
+      </c>
+      <c r="I201">
+        <v>574329</v>
+      </c>
+      <c r="J201" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" t="s">
+        <v>10</v>
+      </c>
+      <c r="B202" t="s">
+        <v>11</v>
+      </c>
+      <c r="C202" t="s">
+        <v>318</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>32</v>
+      </c>
+      <c r="F202" t="s">
+        <v>15</v>
+      </c>
+      <c r="G202" t="s">
+        <v>402</v>
+      </c>
+      <c r="H202">
+        <v>570937</v>
+      </c>
+      <c r="I202">
+        <v>572445</v>
+      </c>
+      <c r="J202" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" t="s">
+        <v>10</v>
+      </c>
+      <c r="B203" t="s">
+        <v>11</v>
+      </c>
+      <c r="C203" t="s">
+        <v>318</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>32</v>
+      </c>
+      <c r="F203" t="s">
+        <v>15</v>
+      </c>
+      <c r="G203" t="s">
+        <v>415</v>
+      </c>
+      <c r="H203">
+        <v>569563</v>
+      </c>
+      <c r="I203">
+        <v>570936</v>
+      </c>
+      <c r="J203" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" t="s">
+        <v>10</v>
+      </c>
+      <c r="B204" t="s">
+        <v>11</v>
+      </c>
+      <c r="C204" t="s">
+        <v>318</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>32</v>
+      </c>
+      <c r="F204" t="s">
+        <v>15</v>
+      </c>
+      <c r="G204">
+        <v>659</v>
+      </c>
+      <c r="H204">
+        <v>568904</v>
+      </c>
+      <c r="I204">
+        <v>569562</v>
+      </c>
+      <c r="J204" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" t="s">
+        <v>10</v>
+      </c>
+      <c r="B205" t="s">
+        <v>11</v>
+      </c>
+      <c r="C205" t="s">
+        <v>318</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>32</v>
+      </c>
+      <c r="F205" t="s">
+        <v>15</v>
+      </c>
+      <c r="G205" t="s">
+        <v>418</v>
+      </c>
+      <c r="H205">
+        <v>567715</v>
+      </c>
+      <c r="I205">
+        <v>568903</v>
+      </c>
+      <c r="J205" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" t="s">
+        <v>11</v>
+      </c>
+      <c r="C206" t="s">
+        <v>318</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>32</v>
+      </c>
+      <c r="F206" t="s">
+        <v>15</v>
+      </c>
+      <c r="G206">
+        <v>719</v>
+      </c>
+      <c r="H206">
+        <v>566996</v>
+      </c>
+      <c r="I206">
+        <v>567714</v>
+      </c>
+      <c r="J206" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" t="s">
+        <v>10</v>
+      </c>
+      <c r="B207" t="s">
+        <v>11</v>
+      </c>
+      <c r="C207" t="s">
+        <v>318</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>32</v>
+      </c>
+      <c r="F207" t="s">
+        <v>15</v>
+      </c>
+      <c r="G207" t="s">
+        <v>421</v>
+      </c>
+      <c r="H207">
+        <v>565811</v>
+      </c>
+      <c r="I207">
+        <v>566995</v>
+      </c>
+      <c r="J207" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" t="s">
+        <v>10</v>
+      </c>
+      <c r="B208" t="s">
+        <v>11</v>
+      </c>
+      <c r="C208" t="s">
+        <v>318</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>32</v>
+      </c>
+      <c r="F208" t="s">
+        <v>15</v>
+      </c>
+      <c r="G208" t="s">
+        <v>423</v>
+      </c>
+      <c r="H208">
+        <v>563688</v>
+      </c>
+      <c r="I208">
+        <v>565810</v>
+      </c>
+      <c r="J208" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" t="s">
+        <v>10</v>
+      </c>
+      <c r="B209" t="s">
+        <v>11</v>
+      </c>
+      <c r="C209" t="s">
+        <v>318</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>32</v>
+      </c>
+      <c r="F209" t="s">
+        <v>15</v>
+      </c>
+      <c r="G209" t="s">
+        <v>425</v>
+      </c>
+      <c r="H209">
+        <v>562612</v>
+      </c>
+      <c r="I209">
+        <v>563687</v>
+      </c>
+      <c r="J209" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10">
+      <c r="A210" t="s">
+        <v>10</v>
+      </c>
+      <c r="B210" t="s">
+        <v>11</v>
+      </c>
+      <c r="C210" t="s">
+        <v>318</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>32</v>
+      </c>
+      <c r="F210" t="s">
+        <v>15</v>
+      </c>
+      <c r="G210" t="s">
+        <v>427</v>
+      </c>
+      <c r="H210">
+        <v>560804</v>
+      </c>
+      <c r="I210">
+        <v>562611</v>
+      </c>
+      <c r="J210" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10">
+      <c r="A211" t="s">
+        <v>10</v>
+      </c>
+      <c r="B211" t="s">
+        <v>11</v>
+      </c>
+      <c r="C211" t="s">
+        <v>318</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>32</v>
+      </c>
+      <c r="F211" t="s">
+        <v>15</v>
+      </c>
+      <c r="G211">
+        <v>761</v>
+      </c>
+      <c r="H211">
+        <v>560043</v>
+      </c>
+      <c r="I211">
+        <v>560803</v>
+      </c>
+      <c r="J211" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10">
+      <c r="A212" t="s">
+        <v>10</v>
+      </c>
+      <c r="B212" t="s">
+        <v>11</v>
+      </c>
+      <c r="C212" t="s">
+        <v>318</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>32</v>
+      </c>
+      <c r="F212" t="s">
+        <v>15</v>
+      </c>
+      <c r="G212" t="s">
+        <v>430</v>
+      </c>
+      <c r="H212">
+        <v>557617</v>
+      </c>
+      <c r="I212">
+        <v>560042</v>
+      </c>
+      <c r="J212" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" t="s">
+        <v>10</v>
+      </c>
+      <c r="B213" t="s">
+        <v>11</v>
+      </c>
+      <c r="C213" t="s">
+        <v>318</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>32</v>
+      </c>
+      <c r="F213" t="s">
+        <v>15</v>
+      </c>
+      <c r="G213" t="s">
+        <v>427</v>
+      </c>
+      <c r="H213">
+        <v>555809</v>
+      </c>
+      <c r="I213">
+        <v>557616</v>
+      </c>
+      <c r="J213" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10">
+      <c r="A214" t="s">
+        <v>10</v>
+      </c>
+      <c r="B214" t="s">
+        <v>11</v>
+      </c>
+      <c r="C214" t="s">
+        <v>318</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>32</v>
+      </c>
+      <c r="F214" t="s">
+        <v>15</v>
+      </c>
+      <c r="G214" t="s">
+        <v>433</v>
+      </c>
+      <c r="H214">
+        <v>554307</v>
+      </c>
+      <c r="I214">
+        <v>555808</v>
+      </c>
+      <c r="J214" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10">
+      <c r="A215" t="s">
+        <v>10</v>
+      </c>
+      <c r="B215" t="s">
+        <v>11</v>
+      </c>
+      <c r="C215" t="s">
+        <v>318</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>32</v>
+      </c>
+      <c r="F215" t="s">
+        <v>15</v>
+      </c>
+      <c r="G215" t="s">
+        <v>435</v>
+      </c>
+      <c r="H215">
+        <v>551625</v>
+      </c>
+      <c r="I215">
+        <v>554306</v>
+      </c>
+      <c r="J215" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10">
+      <c r="A216" t="s">
+        <v>10</v>
+      </c>
+      <c r="B216" t="s">
+        <v>11</v>
+      </c>
+      <c r="C216" t="s">
+        <v>318</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>32</v>
+      </c>
+      <c r="F216" t="s">
+        <v>15</v>
+      </c>
+      <c r="G216">
+        <v>797</v>
+      </c>
+      <c r="H216">
+        <v>550828</v>
+      </c>
+      <c r="I216">
+        <v>551624</v>
+      </c>
+      <c r="J216" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10">
+      <c r="A217" t="s">
+        <v>10</v>
+      </c>
+      <c r="B217" t="s">
+        <v>11</v>
+      </c>
+      <c r="C217" t="s">
+        <v>318</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>32</v>
+      </c>
+      <c r="F217" t="s">
+        <v>15</v>
+      </c>
+      <c r="G217" t="s">
+        <v>438</v>
+      </c>
+      <c r="H217">
+        <v>549535</v>
+      </c>
+      <c r="I217">
+        <v>550827</v>
+      </c>
+      <c r="J217" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10">
+      <c r="A218" t="s">
+        <v>10</v>
+      </c>
+      <c r="B218" t="s">
+        <v>11</v>
+      </c>
+      <c r="C218" t="s">
+        <v>318</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>32</v>
+      </c>
+      <c r="F218" t="s">
+        <v>15</v>
+      </c>
+      <c r="G218" t="s">
+        <v>440</v>
+      </c>
+      <c r="H218">
+        <v>546705</v>
+      </c>
+      <c r="I218">
+        <v>549534</v>
+      </c>
+      <c r="J218" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10">
+      <c r="A219" t="s">
+        <v>10</v>
+      </c>
+      <c r="B219" t="s">
+        <v>11</v>
+      </c>
+      <c r="C219" t="s">
+        <v>318</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>32</v>
+      </c>
+      <c r="F219" t="s">
+        <v>15</v>
+      </c>
+      <c r="G219" t="s">
+        <v>442</v>
+      </c>
+      <c r="H219">
+        <v>545188</v>
+      </c>
+      <c r="I219">
+        <v>546704</v>
+      </c>
+      <c r="J219" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10">
+      <c r="A220" t="s">
+        <v>10</v>
+      </c>
+      <c r="B220" t="s">
+        <v>11</v>
+      </c>
+      <c r="C220" t="s">
+        <v>318</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>32</v>
+      </c>
+      <c r="F220" t="s">
+        <v>15</v>
+      </c>
+      <c r="G220" t="s">
+        <v>444</v>
+      </c>
+      <c r="H220">
+        <v>543313</v>
+      </c>
+      <c r="I220">
+        <v>545187</v>
+      </c>
+      <c r="J220" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" t="s">
+        <v>10</v>
+      </c>
+      <c r="B221" t="s">
+        <v>11</v>
+      </c>
+      <c r="C221" t="s">
+        <v>318</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>32</v>
+      </c>
+      <c r="F221" t="s">
+        <v>15</v>
+      </c>
+      <c r="G221" t="s">
+        <v>446</v>
+      </c>
+      <c r="H221">
+        <v>540582</v>
+      </c>
+      <c r="I221">
+        <v>543312</v>
+      </c>
+      <c r="J221" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" t="s">
+        <v>10</v>
+      </c>
+      <c r="B222" t="s">
+        <v>11</v>
+      </c>
+      <c r="C222" t="s">
+        <v>318</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>32</v>
+      </c>
+      <c r="F222" t="s">
+        <v>15</v>
+      </c>
+      <c r="G222" t="s">
+        <v>448</v>
+      </c>
+      <c r="H222">
+        <v>538426</v>
+      </c>
+      <c r="I222">
+        <v>540581</v>
+      </c>
+      <c r="J222" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" t="s">
+        <v>10</v>
+      </c>
+      <c r="B223" t="s">
+        <v>11</v>
+      </c>
+      <c r="C223" t="s">
+        <v>318</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>32</v>
+      </c>
+      <c r="F223" t="s">
+        <v>15</v>
+      </c>
+      <c r="G223" t="s">
+        <v>450</v>
+      </c>
+      <c r="H223">
+        <v>536438</v>
+      </c>
+      <c r="I223">
+        <v>538425</v>
+      </c>
+      <c r="J223" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" t="s">
+        <v>10</v>
+      </c>
+      <c r="B224" t="s">
+        <v>11</v>
+      </c>
+      <c r="C224" t="s">
+        <v>318</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>32</v>
+      </c>
+      <c r="F224" t="s">
+        <v>15</v>
+      </c>
+      <c r="G224" t="s">
+        <v>452</v>
+      </c>
+      <c r="H224">
+        <v>534446</v>
+      </c>
+      <c r="I224">
+        <v>536437</v>
+      </c>
+      <c r="J224" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10">
+      <c r="A225" t="s">
+        <v>10</v>
+      </c>
+      <c r="B225" t="s">
+        <v>11</v>
+      </c>
+      <c r="C225" t="s">
+        <v>318</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>32</v>
+      </c>
+      <c r="F225" t="s">
+        <v>15</v>
+      </c>
+      <c r="G225" t="s">
+        <v>454</v>
+      </c>
+      <c r="H225">
+        <v>533440</v>
+      </c>
+      <c r="I225">
+        <v>534445</v>
+      </c>
+      <c r="J225" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10">
+      <c r="A226" t="s">
+        <v>10</v>
+      </c>
+      <c r="B226" t="s">
+        <v>11</v>
+      </c>
+      <c r="C226" t="s">
+        <v>318</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>32</v>
+      </c>
+      <c r="F226" t="s">
+        <v>15</v>
+      </c>
+      <c r="G226" t="s">
+        <v>356</v>
+      </c>
+      <c r="H226">
+        <v>531889</v>
+      </c>
+      <c r="I226">
+        <v>533439</v>
+      </c>
+      <c r="J226" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" t="s">
+        <v>10</v>
+      </c>
+      <c r="B227" t="s">
+        <v>11</v>
+      </c>
+      <c r="C227" t="s">
+        <v>457</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>32</v>
+      </c>
+      <c r="F227" t="s">
+        <v>15</v>
+      </c>
+      <c r="G227" t="s">
+        <v>458</v>
+      </c>
+      <c r="H227">
+        <v>529869</v>
+      </c>
+      <c r="I227">
+        <v>531888</v>
+      </c>
+      <c r="J227" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" t="s">
+        <v>10</v>
+      </c>
+      <c r="B228" t="s">
+        <v>11</v>
+      </c>
+      <c r="C228" t="s">
+        <v>457</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>32</v>
+      </c>
+      <c r="F228" t="s">
+        <v>15</v>
+      </c>
+      <c r="G228">
+        <v>938</v>
+      </c>
+      <c r="H228">
+        <v>528931</v>
+      </c>
+      <c r="I228">
+        <v>529868</v>
+      </c>
+      <c r="J228" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" t="s">
+        <v>10</v>
+      </c>
+      <c r="B229" t="s">
+        <v>11</v>
+      </c>
+      <c r="C229" t="s">
+        <v>457</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>32</v>
+      </c>
+      <c r="F229" t="s">
+        <v>15</v>
+      </c>
+      <c r="G229" t="s">
+        <v>461</v>
+      </c>
+      <c r="H229">
+        <v>525610</v>
+      </c>
+      <c r="I229">
+        <v>528930</v>
+      </c>
+      <c r="J229" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" t="s">
+        <v>10</v>
+      </c>
+      <c r="B230" t="s">
+        <v>11</v>
+      </c>
+      <c r="C230" t="s">
+        <v>457</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>32</v>
+      </c>
+      <c r="F230" t="s">
+        <v>15</v>
+      </c>
+      <c r="G230">
+        <v>825</v>
+      </c>
+      <c r="H230">
+        <v>524785</v>
+      </c>
+      <c r="I230">
+        <v>525609</v>
+      </c>
+      <c r="J230" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" t="s">
+        <v>10</v>
+      </c>
+      <c r="B231" t="s">
+        <v>11</v>
+      </c>
+      <c r="C231" t="s">
+        <v>457</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>32</v>
+      </c>
+      <c r="F231" t="s">
+        <v>15</v>
+      </c>
+      <c r="G231" t="s">
+        <v>464</v>
+      </c>
+      <c r="H231">
+        <v>523645</v>
+      </c>
+      <c r="I231">
+        <v>524784</v>
+      </c>
+      <c r="J231" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B232" t="s">
+        <v>11</v>
+      </c>
+      <c r="C232" t="s">
+        <v>457</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>32</v>
+      </c>
+      <c r="F232" t="s">
+        <v>15</v>
+      </c>
+      <c r="G232" t="s">
+        <v>466</v>
+      </c>
+      <c r="H232">
+        <v>522332</v>
+      </c>
+      <c r="I232">
+        <v>523644</v>
+      </c>
+      <c r="J232" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10">
+      <c r="A233" t="s">
+        <v>10</v>
+      </c>
+      <c r="B233" t="s">
+        <v>11</v>
+      </c>
+      <c r="C233" t="s">
+        <v>457</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>32</v>
+      </c>
+      <c r="F233" t="s">
+        <v>15</v>
+      </c>
+      <c r="G233" t="s">
+        <v>468</v>
+      </c>
+      <c r="H233">
+        <v>520895</v>
+      </c>
+      <c r="I233">
+        <v>522331</v>
+      </c>
+      <c r="J233" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="A234" t="s">
+        <v>10</v>
+      </c>
+      <c r="B234" t="s">
+        <v>11</v>
+      </c>
+      <c r="C234" t="s">
+        <v>457</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>32</v>
+      </c>
+      <c r="F234" t="s">
+        <v>15</v>
+      </c>
+      <c r="G234" t="s">
+        <v>470</v>
+      </c>
+      <c r="H234">
+        <v>519285</v>
+      </c>
+      <c r="I234">
+        <v>520894</v>
+      </c>
+      <c r="J234" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="A235" t="s">
+        <v>10</v>
+      </c>
+      <c r="B235" t="s">
+        <v>11</v>
+      </c>
+      <c r="C235" t="s">
+        <v>457</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>32</v>
+      </c>
+      <c r="F235" t="s">
+        <v>15</v>
+      </c>
+      <c r="G235" t="s">
+        <v>472</v>
+      </c>
+      <c r="H235">
+        <v>517476</v>
+      </c>
+      <c r="I235">
+        <v>519284</v>
+      </c>
+      <c r="J235" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10">
+      <c r="A236" t="s">
+        <v>10</v>
+      </c>
+      <c r="B236" t="s">
+        <v>11</v>
+      </c>
+      <c r="C236" t="s">
+        <v>457</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>32</v>
+      </c>
+      <c r="F236" t="s">
+        <v>15</v>
+      </c>
+      <c r="G236" t="s">
+        <v>336</v>
+      </c>
+      <c r="H236">
+        <v>515754</v>
+      </c>
+      <c r="I236">
+        <v>517475</v>
+      </c>
+      <c r="J236" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10">
+      <c r="A237" t="s">
+        <v>10</v>
+      </c>
+      <c r="B237" t="s">
+        <v>11</v>
+      </c>
+      <c r="C237" t="s">
+        <v>457</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>32</v>
+      </c>
+      <c r="F237" t="s">
+        <v>15</v>
+      </c>
+      <c r="G237" t="s">
+        <v>475</v>
+      </c>
+      <c r="H237">
+        <v>514082</v>
+      </c>
+      <c r="I237">
+        <v>515753</v>
+      </c>
+      <c r="J237" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10">
+      <c r="A238" t="s">
+        <v>10</v>
+      </c>
+      <c r="B238" t="s">
+        <v>11</v>
+      </c>
+      <c r="C238" t="s">
+        <v>457</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>32</v>
+      </c>
+      <c r="F238" t="s">
+        <v>15</v>
+      </c>
+      <c r="G238" t="s">
+        <v>477</v>
+      </c>
+      <c r="H238">
+        <v>131183</v>
+      </c>
+      <c r="I238">
+        <v>132826</v>
+      </c>
+      <c r="J238" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10">
+      <c r="A239" t="s">
+        <v>10</v>
+      </c>
+      <c r="B239" t="s">
+        <v>11</v>
+      </c>
+      <c r="C239" t="s">
+        <v>457</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>32</v>
+      </c>
+      <c r="F239" t="s">
+        <v>15</v>
+      </c>
+      <c r="G239" t="s">
+        <v>479</v>
+      </c>
+      <c r="H239">
+        <v>127079</v>
+      </c>
+      <c r="I239">
+        <v>131182</v>
+      </c>
+      <c r="J239" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10">
+      <c r="A240" t="s">
+        <v>10</v>
+      </c>
+      <c r="B240" t="s">
+        <v>11</v>
+      </c>
+      <c r="C240" t="s">
+        <v>457</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>32</v>
+      </c>
+      <c r="F240" t="s">
+        <v>15</v>
+      </c>
+      <c r="G240" t="s">
+        <v>481</v>
+      </c>
+      <c r="H240">
+        <v>122158</v>
+      </c>
+      <c r="I240">
+        <v>127078</v>
+      </c>
+      <c r="J240" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10">
+      <c r="A241" t="s">
+        <v>10</v>
+      </c>
+      <c r="B241" t="s">
+        <v>11</v>
+      </c>
+      <c r="C241" t="s">
+        <v>457</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>32</v>
+      </c>
+      <c r="F241" t="s">
+        <v>15</v>
+      </c>
+      <c r="G241" t="s">
+        <v>483</v>
+      </c>
+      <c r="H241">
+        <v>119270</v>
+      </c>
+      <c r="I241">
+        <v>122157</v>
+      </c>
+      <c r="J241" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10">
+      <c r="A242" t="s">
+        <v>10</v>
+      </c>
+      <c r="B242" t="s">
+        <v>11</v>
+      </c>
+      <c r="C242" t="s">
+        <v>457</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>32</v>
+      </c>
+      <c r="F242" t="s">
+        <v>15</v>
+      </c>
+      <c r="G242" t="s">
+        <v>485</v>
+      </c>
+      <c r="H242">
+        <v>111854</v>
+      </c>
+      <c r="I242">
+        <v>119269</v>
+      </c>
+      <c r="J242" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243" t="s">
+        <v>11</v>
+      </c>
+      <c r="C243" t="s">
+        <v>457</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>32</v>
+      </c>
+      <c r="F243" t="s">
+        <v>15</v>
+      </c>
+      <c r="G243" t="s">
+        <v>389</v>
+      </c>
+      <c r="H243">
+        <v>110496</v>
+      </c>
+      <c r="I243">
+        <v>111853</v>
+      </c>
+      <c r="J243" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" t="s">
+        <v>10</v>
+      </c>
+      <c r="B244" t="s">
+        <v>11</v>
+      </c>
+      <c r="C244" t="s">
+        <v>457</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>32</v>
+      </c>
+      <c r="F244" t="s">
+        <v>15</v>
+      </c>
+      <c r="G244" t="s">
+        <v>488</v>
+      </c>
+      <c r="H244">
+        <v>107476</v>
+      </c>
+      <c r="I244">
+        <v>110495</v>
+      </c>
+      <c r="J244" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10">
+      <c r="A245" t="s">
+        <v>10</v>
+      </c>
+      <c r="B245" t="s">
+        <v>11</v>
+      </c>
+      <c r="C245" t="s">
+        <v>457</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>32</v>
+      </c>
+      <c r="F245" t="s">
+        <v>15</v>
+      </c>
+      <c r="G245" t="s">
+        <v>490</v>
+      </c>
+      <c r="H245">
+        <v>106230</v>
+      </c>
+      <c r="I245">
+        <v>107475</v>
+      </c>
+      <c r="J245" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246" t="s">
+        <v>10</v>
+      </c>
+      <c r="B246" t="s">
+        <v>11</v>
+      </c>
+      <c r="C246" t="s">
+        <v>457</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>32</v>
+      </c>
+      <c r="F246" t="s">
+        <v>15</v>
+      </c>
+      <c r="G246" t="s">
+        <v>492</v>
+      </c>
+      <c r="H246">
+        <v>102724</v>
+      </c>
+      <c r="I246">
+        <v>106229</v>
+      </c>
+      <c r="J246" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" t="s">
+        <v>10</v>
+      </c>
+      <c r="B247" t="s">
+        <v>11</v>
+      </c>
+      <c r="C247" t="s">
+        <v>457</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>32</v>
+      </c>
+      <c r="F247" t="s">
+        <v>15</v>
+      </c>
+      <c r="G247" t="s">
+        <v>494</v>
+      </c>
+      <c r="H247">
+        <v>96285</v>
+      </c>
+      <c r="I247">
+        <v>102723</v>
+      </c>
+      <c r="J247" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" t="s">
+        <v>10</v>
+      </c>
+      <c r="B248" t="s">
+        <v>11</v>
+      </c>
+      <c r="C248" t="s">
+        <v>496</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>497</v>
+      </c>
+      <c r="F248" t="s">
+        <v>64</v>
+      </c>
+      <c r="G248">
+        <v>79</v>
+      </c>
+      <c r="H248">
+        <v>13283</v>
+      </c>
+      <c r="I248">
+        <v>13361</v>
+      </c>
+      <c r="J248" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" t="s">
+        <v>10</v>
+      </c>
+      <c r="B249" t="s">
+        <v>11</v>
+      </c>
+      <c r="C249" t="s">
+        <v>499</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>32</v>
+      </c>
+      <c r="F249" t="s">
+        <v>15</v>
+      </c>
+      <c r="G249">
+        <v>517</v>
+      </c>
+      <c r="H249">
+        <v>95768</v>
+      </c>
+      <c r="I249">
+        <v>96284</v>
+      </c>
+      <c r="J249" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" t="s">
+        <v>10</v>
+      </c>
+      <c r="B250" t="s">
+        <v>11</v>
+      </c>
+      <c r="C250" t="s">
+        <v>499</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>32</v>
+      </c>
+      <c r="F250" t="s">
+        <v>15</v>
+      </c>
+      <c r="G250">
+        <v>815</v>
+      </c>
+      <c r="H250">
+        <v>94953</v>
+      </c>
+      <c r="I250">
+        <v>95767</v>
+      </c>
+      <c r="J250" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" t="s">
+        <v>10</v>
+      </c>
+      <c r="B251" t="s">
+        <v>11</v>
+      </c>
+      <c r="C251" t="s">
+        <v>502</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>32</v>
+      </c>
+      <c r="F251" t="s">
+        <v>15</v>
+      </c>
+      <c r="G251">
+        <v>823</v>
+      </c>
+      <c r="H251">
+        <v>94130</v>
+      </c>
+      <c r="I251">
+        <v>94952</v>
+      </c>
+      <c r="J251" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" t="s">
+        <v>10</v>
+      </c>
+      <c r="B252" t="s">
+        <v>11</v>
+      </c>
+      <c r="C252" t="s">
+        <v>502</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>32</v>
+      </c>
+      <c r="F252" t="s">
+        <v>15</v>
+      </c>
+      <c r="G252">
+        <v>549</v>
+      </c>
+      <c r="H252">
+        <v>93581</v>
+      </c>
+      <c r="I252">
+        <v>94129</v>
+      </c>
+      <c r="J252" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" t="s">
+        <v>10</v>
+      </c>
+      <c r="B253" t="s">
+        <v>11</v>
+      </c>
+      <c r="C253" t="s">
+        <v>502</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>32</v>
+      </c>
+      <c r="F253" t="s">
+        <v>15</v>
+      </c>
+      <c r="G253">
+        <v>728</v>
+      </c>
+      <c r="H253">
+        <v>92853</v>
+      </c>
+      <c r="I253">
+        <v>93580</v>
+      </c>
+      <c r="J253" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" t="s">
+        <v>10</v>
+      </c>
+      <c r="B254" t="s">
+        <v>11</v>
+      </c>
+      <c r="C254" t="s">
+        <v>502</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>32</v>
+      </c>
+      <c r="F254" t="s">
+        <v>15</v>
+      </c>
+      <c r="G254">
+        <v>918</v>
+      </c>
+      <c r="H254">
+        <v>91935</v>
+      </c>
+      <c r="I254">
+        <v>92852</v>
+      </c>
+      <c r="J254" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255" t="s">
+        <v>10</v>
+      </c>
+      <c r="B255" t="s">
+        <v>11</v>
+      </c>
+      <c r="C255" t="s">
+        <v>502</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>32</v>
+      </c>
+      <c r="F255" t="s">
+        <v>15</v>
+      </c>
+      <c r="G255">
+        <v>773</v>
+      </c>
+      <c r="H255">
+        <v>91162</v>
+      </c>
+      <c r="I255">
+        <v>91934</v>
+      </c>
+      <c r="J255" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256" t="s">
+        <v>10</v>
+      </c>
+      <c r="B256" t="s">
+        <v>11</v>
+      </c>
+      <c r="C256" t="s">
+        <v>502</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>32</v>
+      </c>
+      <c r="F256" t="s">
+        <v>15</v>
+      </c>
+      <c r="G256">
+        <v>872</v>
+      </c>
+      <c r="H256">
+        <v>90290</v>
+      </c>
+      <c r="I256">
+        <v>91161</v>
+      </c>
+      <c r="J256" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257" t="s">
+        <v>10</v>
+      </c>
+      <c r="B257" t="s">
+        <v>11</v>
+      </c>
+      <c r="C257" t="s">
+        <v>502</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>160</v>
+      </c>
+      <c r="F257" t="s">
+        <v>15</v>
+      </c>
+      <c r="G257">
+        <v>657</v>
+      </c>
+      <c r="H257">
+        <v>89633</v>
+      </c>
+      <c r="I257">
+        <v>90289</v>
+      </c>
+      <c r="J257" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10">
+      <c r="A258" t="s">
+        <v>10</v>
+      </c>
+      <c r="B258" t="s">
+        <v>11</v>
+      </c>
+      <c r="C258" t="s">
+        <v>502</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>160</v>
+      </c>
+      <c r="F258" t="s">
+        <v>15</v>
+      </c>
+      <c r="G258">
+        <v>796</v>
+      </c>
+      <c r="H258">
+        <v>88837</v>
+      </c>
+      <c r="I258">
+        <v>89632</v>
+      </c>
+      <c r="J258" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10">
+      <c r="A259" t="s">
+        <v>10</v>
+      </c>
+      <c r="B259" t="s">
+        <v>11</v>
+      </c>
+      <c r="C259" t="s">
+        <v>502</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>160</v>
+      </c>
+      <c r="F259" t="s">
+        <v>15</v>
+      </c>
+      <c r="G259" t="s">
+        <v>511</v>
+      </c>
+      <c r="H259">
+        <v>87574</v>
+      </c>
+      <c r="I259">
+        <v>88836</v>
+      </c>
+      <c r="J259" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10">
+      <c r="A260" t="s">
+        <v>10</v>
+      </c>
+      <c r="B260" t="s">
+        <v>11</v>
+      </c>
+      <c r="C260" t="s">
+        <v>502</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>160</v>
+      </c>
+      <c r="F260" t="s">
+        <v>15</v>
+      </c>
+      <c r="G260" t="s">
+        <v>513</v>
+      </c>
+      <c r="H260">
+        <v>86218</v>
+      </c>
+      <c r="I260">
+        <v>87573</v>
+      </c>
+      <c r="J260" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10">
+      <c r="A261" t="s">
+        <v>10</v>
+      </c>
+      <c r="B261" t="s">
+        <v>11</v>
+      </c>
+      <c r="C261" t="s">
+        <v>502</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>160</v>
+      </c>
+      <c r="F261" t="s">
+        <v>15</v>
+      </c>
+      <c r="G261">
+        <v>669</v>
+      </c>
+      <c r="H261">
+        <v>85549</v>
+      </c>
+      <c r="I261">
+        <v>86217</v>
+      </c>
+      <c r="J261" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10">
+      <c r="A262" t="s">
+        <v>10</v>
+      </c>
+      <c r="B262" t="s">
+        <v>11</v>
+      </c>
+      <c r="C262" t="s">
+        <v>502</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>160</v>
+      </c>
+      <c r="F262" t="s">
+        <v>15</v>
+      </c>
+      <c r="G262" t="s">
+        <v>516</v>
+      </c>
+      <c r="H262">
+        <v>84402</v>
+      </c>
+      <c r="I262">
+        <v>85548</v>
+      </c>
+      <c r="J262" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10">
+      <c r="A263" t="s">
+        <v>10</v>
+      </c>
+      <c r="B263" t="s">
+        <v>11</v>
+      </c>
+      <c r="C263" t="s">
+        <v>502</v>
+      </c>
+      <c r="D263" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" t="s">
+        <v>160</v>
+      </c>
+      <c r="F263" t="s">
+        <v>15</v>
+      </c>
+      <c r="G263" t="s">
+        <v>518</v>
+      </c>
+      <c r="H263">
+        <v>83374</v>
+      </c>
+      <c r="I263">
+        <v>84401</v>
+      </c>
+      <c r="J263" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10">
+      <c r="A264" t="s">
+        <v>10</v>
+      </c>
+      <c r="B264" t="s">
+        <v>11</v>
+      </c>
+      <c r="C264" t="s">
+        <v>502</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>160</v>
+      </c>
+      <c r="F264" t="s">
+        <v>15</v>
+      </c>
+      <c r="G264" t="s">
+        <v>520</v>
+      </c>
+      <c r="H264">
+        <v>82313</v>
+      </c>
+      <c r="I264">
+        <v>83373</v>
+      </c>
+      <c r="J264" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10">
+      <c r="A265" t="s">
+        <v>10</v>
+      </c>
+      <c r="B265" t="s">
+        <v>11</v>
+      </c>
+      <c r="C265" t="s">
+        <v>502</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>160</v>
+      </c>
+      <c r="F265" t="s">
+        <v>15</v>
+      </c>
+      <c r="G265">
+        <v>820</v>
+      </c>
+      <c r="H265">
+        <v>81493</v>
+      </c>
+      <c r="I265">
+        <v>82312</v>
+      </c>
+      <c r="J265" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266" t="s">
+        <v>10</v>
+      </c>
+      <c r="B266" t="s">
+        <v>11</v>
+      </c>
+      <c r="C266" t="s">
+        <v>502</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>160</v>
+      </c>
+      <c r="F266" t="s">
+        <v>15</v>
+      </c>
+      <c r="G266" t="s">
+        <v>523</v>
+      </c>
+      <c r="H266">
+        <v>79993</v>
+      </c>
+      <c r="I266">
+        <v>81492</v>
+      </c>
+      <c r="J266" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267" t="s">
+        <v>10</v>
+      </c>
+      <c r="B267" t="s">
+        <v>11</v>
+      </c>
+      <c r="C267" t="s">
+        <v>502</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>160</v>
+      </c>
+      <c r="F267" t="s">
+        <v>15</v>
+      </c>
+      <c r="G267">
+        <v>659</v>
+      </c>
+      <c r="H267">
+        <v>79334</v>
+      </c>
+      <c r="I267">
+        <v>79992</v>
+      </c>
+      <c r="J267" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" t="s">
+        <v>10</v>
+      </c>
+      <c r="B268" t="s">
+        <v>11</v>
+      </c>
+      <c r="C268" t="s">
+        <v>502</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>160</v>
+      </c>
+      <c r="F268" t="s">
+        <v>15</v>
+      </c>
+      <c r="G268">
+        <v>720</v>
+      </c>
+      <c r="H268">
+        <v>78614</v>
+      </c>
+      <c r="I268">
+        <v>79333</v>
+      </c>
+      <c r="J268" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" t="s">
+        <v>10</v>
+      </c>
+      <c r="B269" t="s">
+        <v>11</v>
+      </c>
+      <c r="C269" t="s">
+        <v>502</v>
+      </c>
+      <c r="D269" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" t="s">
+        <v>160</v>
+      </c>
+      <c r="F269" t="s">
+        <v>15</v>
+      </c>
+      <c r="G269" t="s">
+        <v>527</v>
+      </c>
+      <c r="H269">
+        <v>77447</v>
+      </c>
+      <c r="I269">
+        <v>78613</v>
+      </c>
+      <c r="J269" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270" t="s">
+        <v>10</v>
+      </c>
+      <c r="B270" t="s">
+        <v>11</v>
+      </c>
+      <c r="C270" t="s">
+        <v>502</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>160</v>
+      </c>
+      <c r="F270" t="s">
+        <v>15</v>
+      </c>
+      <c r="G270" t="s">
+        <v>529</v>
+      </c>
+      <c r="H270">
+        <v>75855</v>
+      </c>
+      <c r="I270">
+        <v>77446</v>
+      </c>
+      <c r="J270" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271" t="s">
+        <v>10</v>
+      </c>
+      <c r="B271" t="s">
+        <v>11</v>
+      </c>
+      <c r="C271" t="s">
+        <v>502</v>
+      </c>
+      <c r="D271" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" t="s">
+        <v>160</v>
+      </c>
+      <c r="F271" t="s">
+        <v>15</v>
+      </c>
+      <c r="G271">
+        <v>945</v>
+      </c>
+      <c r="H271">
+        <v>74910</v>
+      </c>
+      <c r="I271">
+        <v>75854</v>
+      </c>
+      <c r="J271" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" t="s">
+        <v>10</v>
+      </c>
+      <c r="B272" t="s">
+        <v>11</v>
+      </c>
+      <c r="C272" t="s">
+        <v>502</v>
+      </c>
+      <c r="D272" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" t="s">
+        <v>160</v>
+      </c>
+      <c r="F272" t="s">
+        <v>15</v>
+      </c>
+      <c r="G272">
+        <v>631</v>
+      </c>
+      <c r="H272">
+        <v>74279</v>
+      </c>
+      <c r="I272">
+        <v>74909</v>
+      </c>
+      <c r="J272" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" t="s">
+        <v>10</v>
+      </c>
+      <c r="B273" t="s">
+        <v>11</v>
+      </c>
+      <c r="C273" t="s">
+        <v>502</v>
+      </c>
+      <c r="D273" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" t="s">
+        <v>160</v>
+      </c>
+      <c r="F273" t="s">
+        <v>15</v>
+      </c>
+      <c r="G273">
+        <v>737</v>
+      </c>
+      <c r="H273">
+        <v>73542</v>
+      </c>
+      <c r="I273">
+        <v>74278</v>
+      </c>
+      <c r="J273" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" t="s">
+        <v>10</v>
+      </c>
+      <c r="B274" t="s">
+        <v>11</v>
+      </c>
+      <c r="C274" t="s">
+        <v>502</v>
+      </c>
+      <c r="D274" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" t="s">
+        <v>160</v>
+      </c>
+      <c r="F274" t="s">
+        <v>15</v>
+      </c>
+      <c r="G274">
+        <v>655</v>
+      </c>
+      <c r="H274">
+        <v>72887</v>
+      </c>
+      <c r="I274">
+        <v>73541</v>
+      </c>
+      <c r="J274" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" t="s">
+        <v>10</v>
+      </c>
+      <c r="B275" t="s">
+        <v>11</v>
+      </c>
+      <c r="C275" t="s">
+        <v>502</v>
+      </c>
+      <c r="D275" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" t="s">
+        <v>160</v>
+      </c>
+      <c r="F275" t="s">
+        <v>15</v>
+      </c>
+      <c r="G275">
+        <v>995</v>
+      </c>
+      <c r="H275">
+        <v>71892</v>
+      </c>
+      <c r="I275">
+        <v>72886</v>
+      </c>
+      <c r="J275" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" t="s">
+        <v>10</v>
+      </c>
+      <c r="B276" t="s">
+        <v>11</v>
+      </c>
+      <c r="C276" t="s">
+        <v>502</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>160</v>
+      </c>
+      <c r="F276" t="s">
+        <v>15</v>
+      </c>
+      <c r="G276" t="s">
+        <v>536</v>
+      </c>
+      <c r="H276">
+        <v>70798</v>
+      </c>
+      <c r="I276">
+        <v>71891</v>
+      </c>
+      <c r="J276" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" t="s">
+        <v>10</v>
+      </c>
+      <c r="B277" t="s">
+        <v>11</v>
+      </c>
+      <c r="C277" t="s">
+        <v>502</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>160</v>
+      </c>
+      <c r="F277" t="s">
+        <v>15</v>
+      </c>
+      <c r="G277">
+        <v>737</v>
+      </c>
+      <c r="H277">
+        <v>70061</v>
+      </c>
+      <c r="I277">
+        <v>70797</v>
+      </c>
+      <c r="J277" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278" t="s">
+        <v>10</v>
+      </c>
+      <c r="B278" t="s">
+        <v>11</v>
+      </c>
+      <c r="C278" t="s">
+        <v>502</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>160</v>
+      </c>
+      <c r="F278" t="s">
+        <v>15</v>
+      </c>
+      <c r="G278">
+        <v>710</v>
+      </c>
+      <c r="H278">
+        <v>69351</v>
+      </c>
+      <c r="I278">
+        <v>70060</v>
+      </c>
+      <c r="J278" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279" t="s">
+        <v>10</v>
+      </c>
+      <c r="B279" t="s">
+        <v>11</v>
+      </c>
+      <c r="C279" t="s">
+        <v>502</v>
+      </c>
+      <c r="D279" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" t="s">
+        <v>160</v>
+      </c>
+      <c r="F279" t="s">
+        <v>15</v>
+      </c>
+      <c r="G279">
+        <v>731</v>
+      </c>
+      <c r="H279">
+        <v>68620</v>
+      </c>
+      <c r="I279">
+        <v>69350</v>
+      </c>
+      <c r="J279" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280" t="s">
+        <v>10</v>
+      </c>
+      <c r="B280" t="s">
+        <v>11</v>
+      </c>
+      <c r="C280" t="s">
+        <v>502</v>
+      </c>
+      <c r="D280" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" t="s">
+        <v>160</v>
+      </c>
+      <c r="F280" t="s">
+        <v>15</v>
+      </c>
+      <c r="G280">
+        <v>935</v>
+      </c>
+      <c r="H280">
+        <v>67685</v>
+      </c>
+      <c r="I280">
+        <v>68619</v>
+      </c>
+      <c r="J280" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10">
+      <c r="A281" t="s">
+        <v>10</v>
+      </c>
+      <c r="B281" t="s">
+        <v>11</v>
+      </c>
+      <c r="C281" t="s">
+        <v>502</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" t="s">
+        <v>160</v>
+      </c>
+      <c r="F281" t="s">
+        <v>15</v>
+      </c>
+      <c r="G281">
+        <v>968</v>
+      </c>
+      <c r="H281">
+        <v>66717</v>
+      </c>
+      <c r="I281">
+        <v>67684</v>
+      </c>
+      <c r="J281" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282" t="s">
+        <v>10</v>
+      </c>
+      <c r="B282" t="s">
+        <v>11</v>
+      </c>
+      <c r="C282" t="s">
+        <v>502</v>
+      </c>
+      <c r="D282" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" t="s">
+        <v>160</v>
+      </c>
+      <c r="F282" t="s">
+        <v>15</v>
+      </c>
+      <c r="G282" t="s">
+        <v>543</v>
+      </c>
+      <c r="H282">
+        <v>65581</v>
+      </c>
+      <c r="I282">
+        <v>66716</v>
+      </c>
+      <c r="J282" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283" t="s">
+        <v>10</v>
+      </c>
+      <c r="B283" t="s">
+        <v>11</v>
+      </c>
+      <c r="C283" t="s">
+        <v>502</v>
+      </c>
+      <c r="D283" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" t="s">
+        <v>160</v>
+      </c>
+      <c r="F283" t="s">
+        <v>15</v>
+      </c>
+      <c r="G283">
+        <v>920</v>
+      </c>
+      <c r="H283">
+        <v>64661</v>
+      </c>
+      <c r="I283">
+        <v>65580</v>
+      </c>
+      <c r="J283" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284" t="s">
+        <v>10</v>
+      </c>
+      <c r="B284" t="s">
+        <v>11</v>
+      </c>
+      <c r="C284" t="s">
+        <v>502</v>
+      </c>
+      <c r="D284" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" t="s">
+        <v>160</v>
+      </c>
+      <c r="F284" t="s">
+        <v>15</v>
+      </c>
+      <c r="G284" t="s">
+        <v>546</v>
+      </c>
+      <c r="H284">
+        <v>63654</v>
+      </c>
+      <c r="I284">
+        <v>64660</v>
+      </c>
+      <c r="J284" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285" t="s">
+        <v>10</v>
+      </c>
+      <c r="B285" t="s">
+        <v>11</v>
+      </c>
+      <c r="C285" t="s">
+        <v>502</v>
+      </c>
+      <c r="D285" t="s">
+        <v>13</v>
+      </c>
+      <c r="E285" t="s">
+        <v>160</v>
+      </c>
+      <c r="F285" t="s">
+        <v>15</v>
+      </c>
+      <c r="G285">
+        <v>563</v>
+      </c>
+      <c r="H285">
+        <v>63091</v>
+      </c>
+      <c r="I285">
+        <v>63653</v>
+      </c>
+      <c r="J285" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286" t="s">
+        <v>10</v>
+      </c>
+      <c r="B286" t="s">
+        <v>11</v>
+      </c>
+      <c r="C286" t="s">
+        <v>502</v>
+      </c>
+      <c r="D286" t="s">
+        <v>13</v>
+      </c>
+      <c r="E286" t="s">
+        <v>160</v>
+      </c>
+      <c r="F286" t="s">
+        <v>15</v>
+      </c>
+      <c r="G286">
+        <v>673</v>
+      </c>
+      <c r="H286">
+        <v>62418</v>
+      </c>
+      <c r="I286">
+        <v>63090</v>
+      </c>
+      <c r="J286" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287" t="s">
+        <v>10</v>
+      </c>
+      <c r="B287" t="s">
+        <v>11</v>
+      </c>
+      <c r="C287" t="s">
+        <v>502</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>160</v>
+      </c>
+      <c r="F287" t="s">
+        <v>15</v>
+      </c>
+      <c r="G287" t="s">
+        <v>550</v>
+      </c>
+      <c r="H287">
+        <v>61344</v>
+      </c>
+      <c r="I287">
+        <v>62417</v>
+      </c>
+      <c r="J287" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B288" t="s">
+        <v>11</v>
+      </c>
+      <c r="C288" t="s">
+        <v>502</v>
+      </c>
+      <c r="D288" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" t="s">
+        <v>32</v>
+      </c>
+      <c r="F288" t="s">
+        <v>15</v>
+      </c>
+      <c r="G288" t="s">
+        <v>552</v>
+      </c>
+      <c r="H288">
+        <v>60330</v>
+      </c>
+      <c r="I288">
+        <v>61343</v>
+      </c>
+      <c r="J288" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289" t="s">
+        <v>10</v>
+      </c>
+      <c r="B289" t="s">
+        <v>11</v>
+      </c>
+      <c r="C289" t="s">
+        <v>502</v>
+      </c>
+      <c r="D289" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" t="s">
+        <v>32</v>
+      </c>
+      <c r="F289" t="s">
+        <v>15</v>
+      </c>
+      <c r="G289" t="s">
+        <v>554</v>
+      </c>
+      <c r="H289">
+        <v>58684</v>
+      </c>
+      <c r="I289">
+        <v>60329</v>
+      </c>
+      <c r="J289" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290" t="s">
+        <v>10</v>
+      </c>
+      <c r="B290" t="s">
+        <v>11</v>
+      </c>
+      <c r="C290" t="s">
+        <v>502</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" t="s">
+        <v>32</v>
+      </c>
+      <c r="F290" t="s">
+        <v>15</v>
+      </c>
+      <c r="G290" t="s">
+        <v>556</v>
+      </c>
+      <c r="H290">
+        <v>56947</v>
+      </c>
+      <c r="I290">
+        <v>58683</v>
+      </c>
+      <c r="J290" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291" t="s">
+        <v>10</v>
+      </c>
+      <c r="B291" t="s">
+        <v>11</v>
+      </c>
+      <c r="C291" t="s">
+        <v>502</v>
+      </c>
+      <c r="D291" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" t="s">
+        <v>32</v>
+      </c>
+      <c r="F291" t="s">
+        <v>15</v>
+      </c>
+      <c r="G291" t="s">
+        <v>558</v>
+      </c>
+      <c r="H291">
+        <v>55647</v>
+      </c>
+      <c r="I291">
+        <v>56946</v>
+      </c>
+      <c r="J291" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292" t="s">
+        <v>10</v>
+      </c>
+      <c r="B292" t="s">
+        <v>11</v>
+      </c>
+      <c r="C292" t="s">
+        <v>502</v>
+      </c>
+      <c r="D292" t="s">
+        <v>13</v>
+      </c>
+      <c r="E292" t="s">
+        <v>32</v>
+      </c>
+      <c r="F292" t="s">
+        <v>15</v>
+      </c>
+      <c r="G292" t="s">
+        <v>560</v>
+      </c>
+      <c r="H292">
+        <v>54569</v>
+      </c>
+      <c r="I292">
+        <v>55646</v>
+      </c>
+      <c r="J292" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293" t="s">
+        <v>10</v>
+      </c>
+      <c r="B293" t="s">
+        <v>11</v>
+      </c>
+      <c r="C293" t="s">
+        <v>502</v>
+      </c>
+      <c r="D293" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" t="s">
+        <v>32</v>
+      </c>
+      <c r="F293" t="s">
+        <v>15</v>
+      </c>
+      <c r="G293" t="s">
+        <v>562</v>
+      </c>
+      <c r="H293">
+        <v>53016</v>
+      </c>
+      <c r="I293">
+        <v>54568</v>
+      </c>
+      <c r="J293" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294" t="s">
+        <v>10</v>
+      </c>
+      <c r="B294" t="s">
+        <v>11</v>
+      </c>
+      <c r="C294" t="s">
+        <v>502</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>32</v>
+      </c>
+      <c r="F294" t="s">
+        <v>15</v>
+      </c>
+      <c r="G294" t="s">
+        <v>564</v>
+      </c>
+      <c r="H294">
+        <v>51295</v>
+      </c>
+      <c r="I294">
+        <v>53015</v>
+      </c>
+      <c r="J294" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10">
+      <c r="A295" t="s">
+        <v>10</v>
+      </c>
+      <c r="B295" t="s">
+        <v>11</v>
+      </c>
+      <c r="C295" t="s">
+        <v>502</v>
+      </c>
+      <c r="D295" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" t="s">
+        <v>32</v>
+      </c>
+      <c r="F295" t="s">
+        <v>15</v>
+      </c>
+      <c r="G295">
+        <v>839</v>
+      </c>
+      <c r="H295">
+        <v>50456</v>
+      </c>
+      <c r="I295">
+        <v>51294</v>
+      </c>
+      <c r="J295" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10">
+      <c r="A296" t="s">
+        <v>10</v>
+      </c>
+      <c r="B296" t="s">
+        <v>11</v>
+      </c>
+      <c r="C296" t="s">
+        <v>502</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>32</v>
+      </c>
+      <c r="F296" t="s">
+        <v>15</v>
+      </c>
+      <c r="G296">
+        <v>486</v>
+      </c>
+      <c r="H296">
+        <v>49970</v>
+      </c>
+      <c r="I296">
+        <v>50455</v>
+      </c>
+      <c r="J296" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10">
+      <c r="A297" t="s">
+        <v>10</v>
+      </c>
+      <c r="B297" t="s">
+        <v>11</v>
+      </c>
+      <c r="C297" t="s">
+        <v>502</v>
+      </c>
+      <c r="D297" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" t="s">
+        <v>32</v>
+      </c>
+      <c r="F297" t="s">
+        <v>15</v>
+      </c>
+      <c r="G297">
+        <v>949</v>
+      </c>
+      <c r="H297">
+        <v>49021</v>
+      </c>
+      <c r="I297">
+        <v>49969</v>
+      </c>
+      <c r="J297" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10">
+      <c r="A298" t="s">
+        <v>10</v>
+      </c>
+      <c r="B298" t="s">
+        <v>11</v>
+      </c>
+      <c r="C298" t="s">
+        <v>502</v>
+      </c>
+      <c r="D298" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" t="s">
+        <v>32</v>
+      </c>
+      <c r="F298" t="s">
+        <v>15</v>
+      </c>
+      <c r="G298">
+        <v>476</v>
+      </c>
+      <c r="H298">
+        <v>48545</v>
+      </c>
+      <c r="I298">
+        <v>49020</v>
+      </c>
+      <c r="J298" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10">
+      <c r="A299" t="s">
+        <v>10</v>
+      </c>
+      <c r="B299" t="s">
+        <v>11</v>
+      </c>
+      <c r="C299" t="s">
+        <v>502</v>
+      </c>
+      <c r="D299" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" t="s">
+        <v>32</v>
+      </c>
+      <c r="F299" t="s">
+        <v>15</v>
+      </c>
+      <c r="G299" t="s">
+        <v>570</v>
+      </c>
+      <c r="H299">
+        <v>46561</v>
+      </c>
+      <c r="I299">
+        <v>48544</v>
+      </c>
+      <c r="J299" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10">
+      <c r="A300" t="s">
+        <v>10</v>
+      </c>
+      <c r="B300" t="s">
+        <v>11</v>
+      </c>
+      <c r="C300" t="s">
+        <v>502</v>
+      </c>
+      <c r="D300" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" t="s">
+        <v>32</v>
+      </c>
+      <c r="F300" t="s">
+        <v>15</v>
+      </c>
+      <c r="G300" t="s">
+        <v>572</v>
+      </c>
+      <c r="H300">
+        <v>45146</v>
+      </c>
+      <c r="I300">
+        <v>46560</v>
+      </c>
+      <c r="J300" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10">
+      <c r="A301" t="s">
+        <v>10</v>
+      </c>
+      <c r="B301" t="s">
+        <v>11</v>
+      </c>
+      <c r="C301" t="s">
+        <v>502</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
+        <v>32</v>
+      </c>
+      <c r="F301" t="s">
+        <v>15</v>
+      </c>
+      <c r="G301" t="s">
+        <v>574</v>
+      </c>
+      <c r="H301">
+        <v>43776</v>
+      </c>
+      <c r="I301">
+        <v>45145</v>
+      </c>
+      <c r="J301" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302" t="s">
+        <v>10</v>
+      </c>
+      <c r="B302" t="s">
+        <v>11</v>
+      </c>
+      <c r="C302" t="s">
+        <v>502</v>
+      </c>
+      <c r="D302" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" t="s">
+        <v>32</v>
+      </c>
+      <c r="F302" t="s">
+        <v>15</v>
+      </c>
+      <c r="G302">
+        <v>706</v>
+      </c>
+      <c r="H302">
+        <v>43070</v>
+      </c>
+      <c r="I302">
+        <v>43775</v>
+      </c>
+      <c r="J302" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303" t="s">
+        <v>10</v>
+      </c>
+      <c r="B303" t="s">
+        <v>11</v>
+      </c>
+      <c r="C303" t="s">
+        <v>502</v>
+      </c>
+      <c r="D303" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" t="s">
+        <v>32</v>
+      </c>
+      <c r="F303" t="s">
+        <v>15</v>
+      </c>
+      <c r="G303" t="s">
+        <v>577</v>
+      </c>
+      <c r="H303">
+        <v>41854</v>
+      </c>
+      <c r="I303">
+        <v>43069</v>
+      </c>
+      <c r="J303" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304" t="s">
+        <v>10</v>
+      </c>
+      <c r="B304" t="s">
+        <v>11</v>
+      </c>
+      <c r="C304" t="s">
+        <v>502</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
+        <v>32</v>
+      </c>
+      <c r="F304" t="s">
+        <v>15</v>
+      </c>
+      <c r="G304">
+        <v>758</v>
+      </c>
+      <c r="H304">
+        <v>41096</v>
+      </c>
+      <c r="I304">
+        <v>41853</v>
+      </c>
+      <c r="J304" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305" t="s">
+        <v>10</v>
+      </c>
+      <c r="B305" t="s">
+        <v>11</v>
+      </c>
+      <c r="C305" t="s">
+        <v>502</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
+        <v>32</v>
+      </c>
+      <c r="F305" t="s">
+        <v>15</v>
+      </c>
+      <c r="G305" t="s">
+        <v>536</v>
+      </c>
+      <c r="H305">
+        <v>40002</v>
+      </c>
+      <c r="I305">
+        <v>41095</v>
+      </c>
+      <c r="J305" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10">
+      <c r="A306" t="s">
+        <v>10</v>
+      </c>
+      <c r="B306" t="s">
+        <v>11</v>
+      </c>
+      <c r="C306" t="s">
+        <v>502</v>
+      </c>
+      <c r="D306" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" t="s">
+        <v>32</v>
+      </c>
+      <c r="F306" t="s">
+        <v>15</v>
+      </c>
+      <c r="G306" t="s">
+        <v>581</v>
+      </c>
+      <c r="H306">
+        <v>38071</v>
+      </c>
+      <c r="I306">
+        <v>40001</v>
+      </c>
+      <c r="J306" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10">
+      <c r="A307" t="s">
+        <v>10</v>
+      </c>
+      <c r="B307" t="s">
+        <v>11</v>
+      </c>
+      <c r="C307" t="s">
+        <v>502</v>
+      </c>
+      <c r="D307" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" t="s">
+        <v>32</v>
+      </c>
+      <c r="F307" t="s">
+        <v>15</v>
+      </c>
+      <c r="G307" t="s">
+        <v>583</v>
+      </c>
+      <c r="H307">
+        <v>36956</v>
+      </c>
+      <c r="I307">
+        <v>38070</v>
+      </c>
+      <c r="J307" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10">
+      <c r="A308" t="s">
+        <v>10</v>
+      </c>
+      <c r="B308" t="s">
+        <v>11</v>
+      </c>
+      <c r="C308" t="s">
+        <v>502</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
+        <v>32</v>
+      </c>
+      <c r="F308" t="s">
+        <v>15</v>
+      </c>
+      <c r="G308" t="s">
+        <v>585</v>
+      </c>
+      <c r="H308">
+        <v>35871</v>
+      </c>
+      <c r="I308">
+        <v>36955</v>
+      </c>
+      <c r="J308" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10">
+      <c r="A309" t="s">
+        <v>10</v>
+      </c>
+      <c r="B309" t="s">
+        <v>11</v>
+      </c>
+      <c r="C309" t="s">
+        <v>502</v>
+      </c>
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
+        <v>32</v>
+      </c>
+      <c r="F309" t="s">
+        <v>15</v>
+      </c>
+      <c r="G309" t="s">
+        <v>587</v>
+      </c>
+      <c r="H309">
+        <v>33599</v>
+      </c>
+      <c r="I309">
+        <v>35870</v>
+      </c>
+      <c r="J309" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10">
+      <c r="A310" t="s">
+        <v>10</v>
+      </c>
+      <c r="B310" t="s">
+        <v>11</v>
+      </c>
+      <c r="C310" t="s">
+        <v>502</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
+        <v>32</v>
+      </c>
+      <c r="F310" t="s">
+        <v>15</v>
+      </c>
+      <c r="G310" t="s">
+        <v>589</v>
+      </c>
+      <c r="H310">
+        <v>31767</v>
+      </c>
+      <c r="I310">
+        <v>33598</v>
+      </c>
+      <c r="J310" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10">
+      <c r="A311" t="s">
+        <v>10</v>
+      </c>
+      <c r="B311" t="s">
+        <v>11</v>
+      </c>
+      <c r="C311" t="s">
+        <v>502</v>
+      </c>
+      <c r="D311" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" t="s">
+        <v>32</v>
+      </c>
+      <c r="F311" t="s">
+        <v>15</v>
+      </c>
+      <c r="G311" t="s">
+        <v>591</v>
+      </c>
+      <c r="H311">
+        <v>30338</v>
+      </c>
+      <c r="I311">
+        <v>31766</v>
+      </c>
+      <c r="J311" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10">
+      <c r="A312" t="s">
+        <v>10</v>
+      </c>
+      <c r="B312" t="s">
+        <v>11</v>
+      </c>
+      <c r="C312" t="s">
+        <v>502</v>
+      </c>
+      <c r="D312" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
+        <v>32</v>
+      </c>
+      <c r="F312" t="s">
+        <v>15</v>
+      </c>
+      <c r="G312">
+        <v>849</v>
+      </c>
+      <c r="H312">
+        <v>29489</v>
+      </c>
+      <c r="I312">
+        <v>30337</v>
+      </c>
+      <c r="J312" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10">
+      <c r="A313" t="s">
+        <v>10</v>
+      </c>
+      <c r="B313" t="s">
+        <v>11</v>
+      </c>
+      <c r="C313" t="s">
+        <v>502</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
+        <v>32</v>
+      </c>
+      <c r="F313" t="s">
+        <v>15</v>
+      </c>
+      <c r="G313" t="s">
+        <v>594</v>
+      </c>
+      <c r="H313">
+        <v>27932</v>
+      </c>
+      <c r="I313">
+        <v>29488</v>
+      </c>
+      <c r="J313" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10">
+      <c r="A314" t="s">
+        <v>10</v>
+      </c>
+      <c r="B314" t="s">
+        <v>11</v>
+      </c>
+      <c r="C314" t="s">
+        <v>502</v>
+      </c>
+      <c r="D314" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" t="s">
+        <v>32</v>
+      </c>
+      <c r="F314" t="s">
+        <v>15</v>
+      </c>
+      <c r="G314" t="s">
+        <v>410</v>
+      </c>
+      <c r="H314">
+        <v>26456</v>
+      </c>
+      <c r="I314">
+        <v>27931</v>
+      </c>
+      <c r="J314" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315" t="s">
+        <v>10</v>
+      </c>
+      <c r="B315" t="s">
+        <v>11</v>
+      </c>
+      <c r="C315" t="s">
+        <v>502</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
+        <v>32</v>
+      </c>
+      <c r="F315" t="s">
+        <v>15</v>
+      </c>
+      <c r="G315" t="s">
+        <v>597</v>
+      </c>
+      <c r="H315">
+        <v>24758</v>
+      </c>
+      <c r="I315">
+        <v>26455</v>
+      </c>
+      <c r="J315" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
+      <c r="A316" t="s">
+        <v>10</v>
+      </c>
+      <c r="B316" t="s">
+        <v>11</v>
+      </c>
+      <c r="C316" t="s">
+        <v>502</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
+        <v>32</v>
+      </c>
+      <c r="F316" t="s">
+        <v>15</v>
+      </c>
+      <c r="G316" t="s">
+        <v>599</v>
+      </c>
+      <c r="H316">
+        <v>22815</v>
+      </c>
+      <c r="I316">
+        <v>24757</v>
+      </c>
+      <c r="J316" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" t="s">
+        <v>10</v>
+      </c>
+      <c r="B317" t="s">
+        <v>11</v>
+      </c>
+      <c r="C317" t="s">
+        <v>502</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
+        <v>32</v>
+      </c>
+      <c r="F317" t="s">
+        <v>15</v>
+      </c>
+      <c r="G317" t="s">
+        <v>601</v>
+      </c>
+      <c r="H317">
+        <v>20499</v>
+      </c>
+      <c r="I317">
+        <v>22814</v>
+      </c>
+      <c r="J317" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" t="s">
+        <v>10</v>
+      </c>
+      <c r="B318" t="s">
+        <v>11</v>
+      </c>
+      <c r="C318" t="s">
+        <v>502</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>32</v>
+      </c>
+      <c r="F318" t="s">
+        <v>15</v>
+      </c>
+      <c r="G318" t="s">
+        <v>603</v>
+      </c>
+      <c r="H318">
+        <v>18545</v>
+      </c>
+      <c r="I318">
+        <v>20498</v>
+      </c>
+      <c r="J318" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" t="s">
+        <v>10</v>
+      </c>
+      <c r="B319" t="s">
+        <v>11</v>
+      </c>
+      <c r="C319" t="s">
+        <v>502</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>32</v>
+      </c>
+      <c r="F319" t="s">
+        <v>15</v>
+      </c>
+      <c r="G319" t="s">
+        <v>605</v>
+      </c>
+      <c r="H319">
+        <v>17511</v>
+      </c>
+      <c r="I319">
+        <v>18544</v>
+      </c>
+      <c r="J319" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" t="s">
+        <v>10</v>
+      </c>
+      <c r="B320" t="s">
+        <v>11</v>
+      </c>
+      <c r="C320" t="s">
+        <v>502</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
+        <v>32</v>
+      </c>
+      <c r="F320" t="s">
+        <v>15</v>
+      </c>
+      <c r="G320" t="s">
+        <v>607</v>
+      </c>
+      <c r="H320">
+        <v>16049</v>
+      </c>
+      <c r="I320">
+        <v>17510</v>
+      </c>
+      <c r="J320" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" t="s">
+        <v>10</v>
+      </c>
+      <c r="B321" t="s">
+        <v>11</v>
+      </c>
+      <c r="C321" t="s">
+        <v>502</v>
+      </c>
+      <c r="D321" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" t="s">
+        <v>32</v>
+      </c>
+      <c r="F321" t="s">
+        <v>15</v>
+      </c>
+      <c r="G321" t="s">
+        <v>609</v>
+      </c>
+      <c r="H321">
+        <v>14169</v>
+      </c>
+      <c r="I321">
+        <v>16048</v>
+      </c>
+      <c r="J321" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" t="s">
+        <v>10</v>
+      </c>
+      <c r="B322" t="s">
+        <v>11</v>
+      </c>
+      <c r="C322" t="s">
+        <v>502</v>
+      </c>
+      <c r="D322" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s">
+        <v>32</v>
+      </c>
+      <c r="F322" t="s">
+        <v>15</v>
+      </c>
+      <c r="G322" t="s">
+        <v>611</v>
+      </c>
+      <c r="H322">
+        <v>12862</v>
+      </c>
+      <c r="I322">
+        <v>14168</v>
+      </c>
+      <c r="J322" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323" t="s">
+        <v>10</v>
+      </c>
+      <c r="B323" t="s">
+        <v>11</v>
+      </c>
+      <c r="C323" t="s">
+        <v>613</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
+        <v>32</v>
+      </c>
+      <c r="F323" t="s">
+        <v>15</v>
+      </c>
+      <c r="G323">
+        <v>958</v>
+      </c>
+      <c r="H323">
+        <v>11904</v>
+      </c>
+      <c r="I323">
+        <v>12861</v>
+      </c>
+      <c r="J323" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324" t="s">
+        <v>10</v>
+      </c>
+      <c r="B324" t="s">
+        <v>11</v>
+      </c>
+      <c r="C324" t="s">
+        <v>613</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
+        <v>32</v>
+      </c>
+      <c r="F324" t="s">
+        <v>15</v>
+      </c>
+      <c r="G324" t="s">
+        <v>615</v>
+      </c>
+      <c r="H324">
+        <v>10756</v>
+      </c>
+      <c r="I324">
+        <v>11903</v>
+      </c>
+      <c r="J324" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325" t="s">
+        <v>10</v>
+      </c>
+      <c r="B325" t="s">
+        <v>11</v>
+      </c>
+      <c r="C325" t="s">
+        <v>613</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>32</v>
+      </c>
+      <c r="F325" t="s">
+        <v>15</v>
+      </c>
+      <c r="G325">
+        <v>295</v>
+      </c>
+      <c r="H325">
+        <v>10461</v>
+      </c>
+      <c r="I325">
+        <v>10755</v>
+      </c>
+      <c r="J325" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326" t="s">
+        <v>10</v>
+      </c>
+      <c r="B326" t="s">
+        <v>11</v>
+      </c>
+      <c r="C326" t="s">
+        <v>613</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
+        <v>32</v>
+      </c>
+      <c r="F326" t="s">
+        <v>15</v>
+      </c>
+      <c r="G326">
+        <v>978</v>
+      </c>
+      <c r="H326">
+        <v>256068</v>
+      </c>
+      <c r="I326">
+        <v>257045</v>
+      </c>
+      <c r="J326" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327" t="s">
+        <v>10</v>
+      </c>
+      <c r="B327" t="s">
+        <v>11</v>
+      </c>
+      <c r="C327" t="s">
+        <v>613</v>
+      </c>
+      <c r="D327" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" t="s">
+        <v>32</v>
+      </c>
+      <c r="F327" t="s">
+        <v>15</v>
+      </c>
+      <c r="G327" t="s">
+        <v>513</v>
+      </c>
+      <c r="H327">
+        <v>254712</v>
+      </c>
+      <c r="I327">
+        <v>256067</v>
+      </c>
+      <c r="J327" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328" t="s">
+        <v>10</v>
+      </c>
+      <c r="B328" t="s">
+        <v>11</v>
+      </c>
+      <c r="C328" t="s">
+        <v>613</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
+        <v>32</v>
+      </c>
+      <c r="F328" t="s">
+        <v>15</v>
+      </c>
+      <c r="G328" t="s">
+        <v>620</v>
+      </c>
+      <c r="H328">
+        <v>253091</v>
+      </c>
+      <c r="I328">
+        <v>254711</v>
+      </c>
+      <c r="J328" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329" t="s">
+        <v>10</v>
+      </c>
+      <c r="B329" t="s">
+        <v>11</v>
+      </c>
+      <c r="C329" t="s">
+        <v>613</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
+        <v>32</v>
+      </c>
+      <c r="F329" t="s">
+        <v>15</v>
+      </c>
+      <c r="G329" t="s">
+        <v>622</v>
+      </c>
+      <c r="H329">
+        <v>251442</v>
+      </c>
+      <c r="I329">
+        <v>253090</v>
+      </c>
+      <c r="J329" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330" t="s">
+        <v>10</v>
+      </c>
+      <c r="B330" t="s">
+        <v>11</v>
+      </c>
+      <c r="C330" t="s">
+        <v>613</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
+        <v>32</v>
+      </c>
+      <c r="F330" t="s">
+        <v>15</v>
+      </c>
+      <c r="G330" t="s">
+        <v>624</v>
+      </c>
+      <c r="H330">
+        <v>249797</v>
+      </c>
+      <c r="I330">
+        <v>251441</v>
+      </c>
+      <c r="J330" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331" t="s">
+        <v>10</v>
+      </c>
+      <c r="B331" t="s">
+        <v>11</v>
+      </c>
+      <c r="C331" t="s">
+        <v>613</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>32</v>
+      </c>
+      <c r="F331" t="s">
+        <v>15</v>
+      </c>
+      <c r="G331" t="s">
+        <v>483</v>
+      </c>
+      <c r="H331">
+        <v>246909</v>
+      </c>
+      <c r="I331">
+        <v>249796</v>
+      </c>
+      <c r="J331" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332" t="s">
+        <v>10</v>
+      </c>
+      <c r="B332" t="s">
+        <v>11</v>
+      </c>
+      <c r="C332" t="s">
+        <v>613</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
+        <v>32</v>
+      </c>
+      <c r="F332" t="s">
+        <v>15</v>
+      </c>
+      <c r="G332" t="s">
+        <v>627</v>
+      </c>
+      <c r="H332">
+        <v>245642</v>
+      </c>
+      <c r="I332">
+        <v>246908</v>
+      </c>
+      <c r="J332" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333" t="s">
+        <v>10</v>
+      </c>
+      <c r="B333" t="s">
+        <v>11</v>
+      </c>
+      <c r="C333" t="s">
+        <v>613</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
+        <v>32</v>
+      </c>
+      <c r="F333" t="s">
+        <v>15</v>
+      </c>
+      <c r="G333" t="s">
+        <v>488</v>
+      </c>
+      <c r="H333">
+        <v>242622</v>
+      </c>
+      <c r="I333">
+        <v>245641</v>
+      </c>
+      <c r="J333" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334" t="s">
+        <v>10</v>
+      </c>
+      <c r="B334" t="s">
+        <v>11</v>
+      </c>
+      <c r="C334" t="s">
+        <v>613</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
+        <v>32</v>
+      </c>
+      <c r="F334" t="s">
+        <v>15</v>
+      </c>
+      <c r="G334" t="s">
+        <v>490</v>
+      </c>
+      <c r="H334">
+        <v>241376</v>
+      </c>
+      <c r="I334">
+        <v>242621</v>
+      </c>
+      <c r="J334" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335" t="s">
+        <v>10</v>
+      </c>
+      <c r="B335" t="s">
+        <v>11</v>
+      </c>
+      <c r="C335" t="s">
+        <v>613</v>
+      </c>
+      <c r="D335" t="s">
+        <v>13</v>
+      </c>
+      <c r="E335" t="s">
+        <v>32</v>
+      </c>
+      <c r="F335" t="s">
+        <v>15</v>
+      </c>
+      <c r="G335" t="s">
+        <v>492</v>
+      </c>
+      <c r="H335">
+        <v>237870</v>
+      </c>
+      <c r="I335">
+        <v>241375</v>
+      </c>
+      <c r="J335" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336" t="s">
+        <v>10</v>
+      </c>
+      <c r="B336" t="s">
+        <v>11</v>
+      </c>
+      <c r="C336" t="s">
+        <v>632</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>633</v>
+      </c>
+      <c r="F336" t="s">
+        <v>64</v>
+      </c>
+      <c r="G336">
+        <v>395</v>
+      </c>
+      <c r="H336">
+        <v>12888</v>
+      </c>
+      <c r="I336">
+        <v>13282</v>
+      </c>
+      <c r="J336" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337" t="s">
+        <v>10</v>
+      </c>
+      <c r="B337" t="s">
+        <v>11</v>
+      </c>
+      <c r="C337" t="s">
+        <v>632</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>635</v>
+      </c>
+      <c r="F337" t="s">
+        <v>64</v>
+      </c>
+      <c r="G337" t="s">
+        <v>636</v>
+      </c>
+      <c r="H337">
+        <v>11691</v>
+      </c>
+      <c r="I337">
+        <v>12887</v>
+      </c>
+      <c r="J337" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338" t="s">
+        <v>10</v>
+      </c>
+      <c r="B338" t="s">
+        <v>11</v>
+      </c>
+      <c r="C338" t="s">
+        <v>638</v>
+      </c>
+      <c r="D338" t="s">
+        <v>13</v>
+      </c>
+      <c r="E338" t="s">
+        <v>32</v>
+      </c>
+      <c r="F338" t="s">
+        <v>15</v>
+      </c>
+      <c r="G338" t="s">
+        <v>639</v>
+      </c>
+      <c r="H338">
+        <v>236282</v>
+      </c>
+      <c r="I338">
+        <v>237869</v>
+      </c>
+      <c r="J338" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339" t="s">
+        <v>10</v>
+      </c>
+      <c r="B339" t="s">
+        <v>11</v>
+      </c>
+      <c r="C339" t="s">
+        <v>638</v>
+      </c>
+      <c r="D339" t="s">
+        <v>13</v>
+      </c>
+      <c r="E339" t="s">
+        <v>32</v>
+      </c>
+      <c r="F339" t="s">
+        <v>15</v>
+      </c>
+      <c r="G339" t="s">
+        <v>641</v>
+      </c>
+      <c r="H339">
+        <v>234537</v>
+      </c>
+      <c r="I339">
+        <v>236281</v>
+      </c>
+      <c r="J339" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340" t="s">
+        <v>10</v>
+      </c>
+      <c r="B340" t="s">
+        <v>11</v>
+      </c>
+      <c r="C340" t="s">
+        <v>638</v>
+      </c>
+      <c r="D340" t="s">
+        <v>13</v>
+      </c>
+      <c r="E340" t="s">
+        <v>32</v>
+      </c>
+      <c r="F340" t="s">
+        <v>15</v>
+      </c>
+      <c r="G340" t="s">
+        <v>389</v>
+      </c>
+      <c r="H340">
+        <v>233179</v>
+      </c>
+      <c r="I340">
+        <v>234536</v>
+      </c>
+      <c r="J340" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341" t="s">
+        <v>10</v>
+      </c>
+      <c r="B341" t="s">
+        <v>11</v>
+      </c>
+      <c r="C341" t="s">
+        <v>638</v>
+      </c>
+      <c r="D341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E341" t="s">
+        <v>32</v>
+      </c>
+      <c r="F341" t="s">
+        <v>15</v>
+      </c>
+      <c r="G341">
+        <v>766</v>
+      </c>
+      <c r="H341">
+        <v>232413</v>
+      </c>
+      <c r="I341">
+        <v>233178</v>
+      </c>
+      <c r="J341" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342" t="s">
+        <v>10</v>
+      </c>
+      <c r="B342" t="s">
+        <v>11</v>
+      </c>
+      <c r="C342" t="s">
+        <v>638</v>
+      </c>
+      <c r="D342" t="s">
+        <v>13</v>
+      </c>
+      <c r="E342" t="s">
+        <v>32</v>
+      </c>
+      <c r="F342" t="s">
+        <v>15</v>
+      </c>
+      <c r="G342" t="s">
+        <v>645</v>
+      </c>
+      <c r="H342">
+        <v>230804</v>
+      </c>
+      <c r="I342">
+        <v>232412</v>
+      </c>
+      <c r="J342" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343" t="s">
+        <v>10</v>
+      </c>
+      <c r="B343" t="s">
+        <v>11</v>
+      </c>
+      <c r="C343" t="s">
+        <v>638</v>
+      </c>
+      <c r="D343" t="s">
+        <v>13</v>
+      </c>
+      <c r="E343" t="s">
+        <v>32</v>
+      </c>
+      <c r="F343" t="s">
+        <v>15</v>
+      </c>
+      <c r="G343" t="s">
+        <v>647</v>
+      </c>
+      <c r="H343">
+        <v>229493</v>
+      </c>
+      <c r="I343">
+        <v>230803</v>
+      </c>
+      <c r="J343" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344" t="s">
+        <v>10</v>
+      </c>
+      <c r="B344" t="s">
+        <v>11</v>
+      </c>
+      <c r="C344" t="s">
+        <v>638</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
+        <v>32</v>
+      </c>
+      <c r="F344" t="s">
+        <v>15</v>
+      </c>
+      <c r="G344" t="s">
+        <v>649</v>
+      </c>
+      <c r="H344">
+        <v>228439</v>
+      </c>
+      <c r="I344">
+        <v>229492</v>
+      </c>
+      <c r="J344" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345" t="s">
+        <v>10</v>
+      </c>
+      <c r="B345" t="s">
+        <v>11</v>
+      </c>
+      <c r="C345" t="s">
+        <v>638</v>
+      </c>
+      <c r="D345" t="s">
+        <v>13</v>
+      </c>
+      <c r="E345" t="s">
+        <v>32</v>
+      </c>
+      <c r="F345" t="s">
+        <v>15</v>
+      </c>
+      <c r="G345" t="s">
+        <v>651</v>
+      </c>
+      <c r="H345">
+        <v>226711</v>
+      </c>
+      <c r="I345">
+        <v>228438</v>
+      </c>
+      <c r="J345" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346" t="s">
+        <v>10</v>
+      </c>
+      <c r="B346" t="s">
+        <v>11</v>
+      </c>
+      <c r="C346" t="s">
+        <v>638</v>
+      </c>
+      <c r="D346" t="s">
+        <v>13</v>
+      </c>
+      <c r="E346" t="s">
+        <v>32</v>
+      </c>
+      <c r="F346" t="s">
+        <v>15</v>
+      </c>
+      <c r="G346">
+        <v>720</v>
+      </c>
+      <c r="H346">
+        <v>225991</v>
+      </c>
+      <c r="I346">
+        <v>226710</v>
+      </c>
+      <c r="J346" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347" t="s">
+        <v>10</v>
+      </c>
+      <c r="B347" t="s">
+        <v>11</v>
+      </c>
+      <c r="C347" t="s">
+        <v>638</v>
+      </c>
+      <c r="D347" t="s">
+        <v>13</v>
+      </c>
+      <c r="E347" t="s">
+        <v>32</v>
+      </c>
+      <c r="F347" t="s">
+        <v>15</v>
+      </c>
+      <c r="G347">
+        <v>559</v>
+      </c>
+      <c r="H347">
+        <v>225432</v>
+      </c>
+      <c r="I347">
+        <v>225990</v>
+      </c>
+      <c r="J347" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348" t="s">
+        <v>10</v>
+      </c>
+      <c r="B348" t="s">
+        <v>11</v>
+      </c>
+      <c r="C348" t="s">
+        <v>638</v>
+      </c>
+      <c r="D348" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" t="s">
+        <v>32</v>
+      </c>
+      <c r="F348" t="s">
+        <v>15</v>
+      </c>
+      <c r="G348">
+        <v>825</v>
+      </c>
+      <c r="H348">
+        <v>224607</v>
+      </c>
+      <c r="I348">
+        <v>225431</v>
+      </c>
+      <c r="J348" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349" t="s">
+        <v>10</v>
+      </c>
+      <c r="B349" t="s">
+        <v>11</v>
+      </c>
+      <c r="C349" t="s">
+        <v>638</v>
+      </c>
+      <c r="D349" t="s">
+        <v>13</v>
+      </c>
+      <c r="E349" t="s">
+        <v>32</v>
+      </c>
+      <c r="F349" t="s">
+        <v>15</v>
+      </c>
+      <c r="G349" t="s">
+        <v>369</v>
+      </c>
+      <c r="H349">
+        <v>222491</v>
+      </c>
+      <c r="I349">
+        <v>224606</v>
+      </c>
+      <c r="J349" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350" t="s">
+        <v>10</v>
+      </c>
+      <c r="B350" t="s">
+        <v>11</v>
+      </c>
+      <c r="C350" t="s">
+        <v>638</v>
+      </c>
+      <c r="D350" t="s">
+        <v>13</v>
+      </c>
+      <c r="E350" t="s">
+        <v>32</v>
+      </c>
+      <c r="F350" t="s">
+        <v>15</v>
+      </c>
+      <c r="G350">
+        <v>675</v>
+      </c>
+      <c r="H350">
+        <v>221816</v>
+      </c>
+      <c r="I350">
+        <v>222490</v>
+      </c>
+      <c r="J350" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351" t="s">
+        <v>10</v>
+      </c>
+      <c r="B351" t="s">
+        <v>11</v>
+      </c>
+      <c r="C351" t="s">
+        <v>638</v>
+      </c>
+      <c r="D351" t="s">
+        <v>13</v>
+      </c>
+      <c r="E351" t="s">
+        <v>32</v>
+      </c>
+      <c r="F351" t="s">
+        <v>15</v>
+      </c>
+      <c r="G351" t="s">
+        <v>658</v>
+      </c>
+      <c r="H351">
+        <v>220647</v>
+      </c>
+      <c r="I351">
+        <v>221815</v>
+      </c>
+      <c r="J351" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352" t="s">
+        <v>10</v>
+      </c>
+      <c r="B352" t="s">
+        <v>11</v>
+      </c>
+      <c r="C352" t="s">
+        <v>638</v>
+      </c>
+      <c r="D352" t="s">
+        <v>13</v>
+      </c>
+      <c r="E352" t="s">
+        <v>32</v>
+      </c>
+      <c r="F352" t="s">
+        <v>15</v>
+      </c>
+      <c r="G352" t="s">
+        <v>660</v>
+      </c>
+      <c r="H352">
+        <v>219591</v>
+      </c>
+      <c r="I352">
+        <v>220646</v>
+      </c>
+      <c r="J352" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353" t="s">
+        <v>10</v>
+      </c>
+      <c r="B353" t="s">
+        <v>11</v>
+      </c>
+      <c r="C353" t="s">
+        <v>638</v>
+      </c>
+      <c r="D353" t="s">
+        <v>13</v>
+      </c>
+      <c r="E353" t="s">
+        <v>32</v>
+      </c>
+      <c r="F353" t="s">
+        <v>15</v>
+      </c>
+      <c r="G353" t="s">
+        <v>143</v>
+      </c>
+      <c r="H353">
+        <v>218031</v>
+      </c>
+      <c r="I353">
+        <v>219590</v>
+      </c>
+      <c r="J353" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354" t="s">
+        <v>10</v>
+      </c>
+      <c r="B354" t="s">
+        <v>11</v>
+      </c>
+      <c r="C354" t="s">
+        <v>638</v>
+      </c>
+      <c r="D354" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" t="s">
+        <v>32</v>
+      </c>
+      <c r="F354" t="s">
+        <v>15</v>
+      </c>
+      <c r="G354" t="s">
+        <v>663</v>
+      </c>
+      <c r="H354">
+        <v>216247</v>
+      </c>
+      <c r="I354">
+        <v>218030</v>
+      </c>
+      <c r="J354" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355" t="s">
+        <v>10</v>
+      </c>
+      <c r="B355" t="s">
+        <v>11</v>
+      </c>
+      <c r="C355" t="s">
+        <v>638</v>
+      </c>
+      <c r="D355" t="s">
+        <v>13</v>
+      </c>
+      <c r="E355" t="s">
+        <v>32</v>
+      </c>
+      <c r="F355" t="s">
+        <v>15</v>
+      </c>
+      <c r="G355" t="s">
+        <v>665</v>
+      </c>
+      <c r="H355">
+        <v>213490</v>
+      </c>
+      <c r="I355">
+        <v>216246</v>
+      </c>
+      <c r="J355" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356" t="s">
+        <v>10</v>
+      </c>
+      <c r="B356" t="s">
+        <v>11</v>
+      </c>
+      <c r="C356" t="s">
+        <v>638</v>
+      </c>
+      <c r="D356" t="s">
+        <v>13</v>
+      </c>
+      <c r="E356" t="s">
+        <v>32</v>
+      </c>
+      <c r="F356" t="s">
+        <v>15</v>
+      </c>
+      <c r="G356" t="s">
+        <v>667</v>
+      </c>
+      <c r="H356">
+        <v>210238</v>
+      </c>
+      <c r="I356">
+        <v>213489</v>
+      </c>
+      <c r="J356" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357" t="s">
+        <v>10</v>
+      </c>
+      <c r="B357" t="s">
+        <v>11</v>
+      </c>
+      <c r="C357" t="s">
+        <v>638</v>
+      </c>
+      <c r="D357" t="s">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s">
+        <v>32</v>
+      </c>
+      <c r="F357" t="s">
+        <v>15</v>
+      </c>
+      <c r="G357" t="s">
+        <v>669</v>
+      </c>
+      <c r="H357">
+        <v>208206</v>
+      </c>
+      <c r="I357">
+        <v>210237</v>
+      </c>
+      <c r="J357" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358" t="s">
+        <v>10</v>
+      </c>
+      <c r="B358" t="s">
+        <v>11</v>
+      </c>
+      <c r="C358" t="s">
+        <v>638</v>
+      </c>
+      <c r="D358" t="s">
+        <v>13</v>
+      </c>
+      <c r="E358" t="s">
+        <v>32</v>
+      </c>
+      <c r="F358" t="s">
+        <v>15</v>
+      </c>
+      <c r="G358" t="s">
+        <v>671</v>
+      </c>
+      <c r="H358">
+        <v>206334</v>
+      </c>
+      <c r="I358">
+        <v>208205</v>
+      </c>
+      <c r="J358" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359" t="s">
+        <v>10</v>
+      </c>
+      <c r="B359" t="s">
+        <v>11</v>
+      </c>
+      <c r="C359" t="s">
+        <v>638</v>
+      </c>
+      <c r="D359" t="s">
+        <v>13</v>
+      </c>
+      <c r="E359" t="s">
+        <v>32</v>
+      </c>
+      <c r="F359" t="s">
+        <v>15</v>
+      </c>
+      <c r="G359">
+        <v>763</v>
+      </c>
+      <c r="H359">
+        <v>205571</v>
+      </c>
+      <c r="I359">
+        <v>206333</v>
+      </c>
+      <c r="J359" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360" t="s">
+        <v>10</v>
+      </c>
+      <c r="B360" t="s">
+        <v>11</v>
+      </c>
+      <c r="C360" t="s">
+        <v>638</v>
+      </c>
+      <c r="D360" t="s">
+        <v>13</v>
+      </c>
+      <c r="E360" t="s">
+        <v>32</v>
+      </c>
+      <c r="F360" t="s">
+        <v>15</v>
+      </c>
+      <c r="G360" t="s">
+        <v>674</v>
+      </c>
+      <c r="H360">
+        <v>204220</v>
+      </c>
+      <c r="I360">
+        <v>205570</v>
+      </c>
+      <c r="J360" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361" t="s">
+        <v>10</v>
+      </c>
+      <c r="B361" t="s">
+        <v>11</v>
+      </c>
+      <c r="C361" t="s">
+        <v>638</v>
+      </c>
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+      <c r="E361" t="s">
+        <v>32</v>
+      </c>
+      <c r="F361" t="s">
+        <v>15</v>
+      </c>
+      <c r="G361" t="s">
+        <v>676</v>
+      </c>
+      <c r="H361">
+        <v>202488</v>
+      </c>
+      <c r="I361">
+        <v>204219</v>
+      </c>
+      <c r="J361" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362" t="s">
+        <v>10</v>
+      </c>
+      <c r="B362" t="s">
+        <v>11</v>
+      </c>
+      <c r="C362" t="s">
+        <v>638</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
+        <v>32</v>
+      </c>
+      <c r="F362" t="s">
+        <v>15</v>
+      </c>
+      <c r="G362" t="s">
+        <v>678</v>
+      </c>
+      <c r="H362">
+        <v>201418</v>
+      </c>
+      <c r="I362">
+        <v>202487</v>
+      </c>
+      <c r="J362" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363" t="s">
+        <v>10</v>
+      </c>
+      <c r="B363" t="s">
+        <v>11</v>
+      </c>
+      <c r="C363" t="s">
+        <v>638</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+      <c r="E363" t="s">
+        <v>32</v>
+      </c>
+      <c r="F363" t="s">
+        <v>15</v>
+      </c>
+      <c r="G363">
+        <v>786</v>
+      </c>
+      <c r="H363">
+        <v>200632</v>
+      </c>
+      <c r="I363">
+        <v>201417</v>
+      </c>
+      <c r="J363" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364" t="s">
+        <v>10</v>
+      </c>
+      <c r="B364" t="s">
+        <v>11</v>
+      </c>
+      <c r="C364" t="s">
+        <v>638</v>
+      </c>
+      <c r="D364" t="s">
+        <v>13</v>
+      </c>
+      <c r="E364" t="s">
+        <v>32</v>
+      </c>
+      <c r="F364" t="s">
+        <v>15</v>
+      </c>
+      <c r="G364" t="s">
+        <v>681</v>
+      </c>
+      <c r="H364">
+        <v>199037</v>
+      </c>
+      <c r="I364">
+        <v>200631</v>
+      </c>
+      <c r="J364" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365" t="s">
+        <v>10</v>
+      </c>
+      <c r="B365" t="s">
+        <v>11</v>
+      </c>
+      <c r="C365" t="s">
+        <v>638</v>
+      </c>
+      <c r="D365" t="s">
+        <v>13</v>
+      </c>
+      <c r="E365" t="s">
+        <v>32</v>
+      </c>
+      <c r="F365" t="s">
+        <v>15</v>
+      </c>
+      <c r="G365" t="s">
+        <v>683</v>
+      </c>
+      <c r="H365">
+        <v>197091</v>
+      </c>
+      <c r="I365">
+        <v>199036</v>
+      </c>
+      <c r="J365" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366" t="s">
+        <v>10</v>
+      </c>
+      <c r="B366" t="s">
+        <v>11</v>
+      </c>
+      <c r="C366" t="s">
+        <v>638</v>
+      </c>
+      <c r="D366" t="s">
+        <v>13</v>
+      </c>
+      <c r="E366" t="s">
+        <v>32</v>
+      </c>
+      <c r="F366" t="s">
+        <v>15</v>
+      </c>
+      <c r="G366" t="s">
+        <v>685</v>
+      </c>
+      <c r="H366">
+        <v>194478</v>
+      </c>
+      <c r="I366">
+        <v>197090</v>
+      </c>
+      <c r="J366" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367" t="s">
+        <v>10</v>
+      </c>
+      <c r="B367" t="s">
+        <v>11</v>
+      </c>
+      <c r="C367" t="s">
+        <v>638</v>
+      </c>
+      <c r="D367" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" t="s">
+        <v>32</v>
+      </c>
+      <c r="F367" t="s">
+        <v>15</v>
+      </c>
+      <c r="G367">
+        <v>782</v>
+      </c>
+      <c r="H367">
+        <v>193696</v>
+      </c>
+      <c r="I367">
+        <v>194477</v>
+      </c>
+      <c r="J367" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368" t="s">
+        <v>10</v>
+      </c>
+      <c r="B368" t="s">
+        <v>11</v>
+      </c>
+      <c r="C368" t="s">
+        <v>638</v>
+      </c>
+      <c r="D368" t="s">
+        <v>13</v>
+      </c>
+      <c r="E368" t="s">
+        <v>32</v>
+      </c>
+      <c r="F368" t="s">
+        <v>15</v>
+      </c>
+      <c r="G368" t="s">
+        <v>663</v>
+      </c>
+      <c r="H368">
+        <v>191912</v>
+      </c>
+      <c r="I368">
+        <v>193695</v>
+      </c>
+      <c r="J368" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369" t="s">
+        <v>10</v>
+      </c>
+      <c r="B369" t="s">
+        <v>11</v>
+      </c>
+      <c r="C369" t="s">
+        <v>638</v>
+      </c>
+      <c r="D369" t="s">
+        <v>13</v>
+      </c>
+      <c r="E369" t="s">
+        <v>32</v>
+      </c>
+      <c r="F369" t="s">
+        <v>15</v>
+      </c>
+      <c r="G369" t="s">
+        <v>689</v>
+      </c>
+      <c r="H369">
+        <v>190507</v>
+      </c>
+      <c r="I369">
+        <v>191911</v>
+      </c>
+      <c r="J369" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370" t="s">
+        <v>10</v>
+      </c>
+      <c r="B370" t="s">
+        <v>11</v>
+      </c>
+      <c r="C370" t="s">
+        <v>638</v>
+      </c>
+      <c r="D370" t="s">
+        <v>13</v>
+      </c>
+      <c r="E370" t="s">
+        <v>32</v>
+      </c>
+      <c r="F370" t="s">
+        <v>15</v>
+      </c>
+      <c r="G370">
+        <v>869</v>
+      </c>
+      <c r="H370">
+        <v>189638</v>
+      </c>
+      <c r="I370">
+        <v>190506</v>
+      </c>
+      <c r="J370" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371" t="s">
+        <v>10</v>
+      </c>
+      <c r="B371" t="s">
+        <v>11</v>
+      </c>
+      <c r="C371" t="s">
+        <v>638</v>
+      </c>
+      <c r="D371" t="s">
+        <v>13</v>
+      </c>
+      <c r="E371" t="s">
+        <v>32</v>
+      </c>
+      <c r="F371" t="s">
+        <v>15</v>
+      </c>
+      <c r="G371">
+        <v>720</v>
+      </c>
+      <c r="H371">
+        <v>188918</v>
+      </c>
+      <c r="I371">
+        <v>189637</v>
+      </c>
+      <c r="J371" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372" t="s">
+        <v>10</v>
+      </c>
+      <c r="B372" t="s">
+        <v>11</v>
+      </c>
+      <c r="C372" t="s">
+        <v>638</v>
+      </c>
+      <c r="D372" t="s">
+        <v>13</v>
+      </c>
+      <c r="E372" t="s">
+        <v>32</v>
+      </c>
+      <c r="F372" t="s">
+        <v>15</v>
+      </c>
+      <c r="G372" t="s">
+        <v>693</v>
+      </c>
+      <c r="H372">
+        <v>186893</v>
+      </c>
+      <c r="I372">
+        <v>188917</v>
+      </c>
+      <c r="J372" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373" t="s">
+        <v>10</v>
+      </c>
+      <c r="B373" t="s">
+        <v>11</v>
+      </c>
+      <c r="C373" t="s">
+        <v>638</v>
+      </c>
+      <c r="D373" t="s">
+        <v>13</v>
+      </c>
+      <c r="E373" t="s">
+        <v>32</v>
+      </c>
+      <c r="F373" t="s">
+        <v>15</v>
+      </c>
+      <c r="G373" t="s">
+        <v>695</v>
+      </c>
+      <c r="H373">
+        <v>185327</v>
+      </c>
+      <c r="I373">
+        <v>186892</v>
+      </c>
+      <c r="J373" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374" t="s">
+        <v>10</v>
+      </c>
+      <c r="B374" t="s">
+        <v>11</v>
+      </c>
+      <c r="C374" t="s">
+        <v>638</v>
+      </c>
+      <c r="D374" t="s">
+        <v>13</v>
+      </c>
+      <c r="E374" t="s">
+        <v>32</v>
+      </c>
+      <c r="F374" t="s">
+        <v>15</v>
+      </c>
+      <c r="G374" t="s">
+        <v>697</v>
+      </c>
+      <c r="H374">
+        <v>183926</v>
+      </c>
+      <c r="I374">
+        <v>185326</v>
+      </c>
+      <c r="J374" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" t="s">
+        <v>10</v>
+      </c>
+      <c r="B375" t="s">
+        <v>11</v>
+      </c>
+      <c r="C375" t="s">
+        <v>638</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+      <c r="E375" t="s">
+        <v>32</v>
+      </c>
+      <c r="F375" t="s">
+        <v>15</v>
+      </c>
+      <c r="G375">
+        <v>993</v>
+      </c>
+      <c r="H375">
+        <v>182933</v>
+      </c>
+      <c r="I375">
+        <v>183925</v>
+      </c>
+      <c r="J375" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" t="s">
+        <v>10</v>
+      </c>
+      <c r="B376" t="s">
+        <v>11</v>
+      </c>
+      <c r="C376" t="s">
+        <v>638</v>
+      </c>
+      <c r="D376" t="s">
+        <v>13</v>
+      </c>
+      <c r="E376" t="s">
+        <v>32</v>
+      </c>
+      <c r="F376" t="s">
+        <v>15</v>
+      </c>
+      <c r="G376" t="s">
+        <v>700</v>
+      </c>
+      <c r="H376">
+        <v>181832</v>
+      </c>
+      <c r="I376">
+        <v>182932</v>
+      </c>
+      <c r="J376" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" t="s">
+        <v>10</v>
+      </c>
+      <c r="B377" t="s">
+        <v>11</v>
+      </c>
+      <c r="C377" t="s">
+        <v>638</v>
+      </c>
+      <c r="D377" t="s">
+        <v>13</v>
+      </c>
+      <c r="E377" t="s">
+        <v>32</v>
+      </c>
+      <c r="F377" t="s">
+        <v>15</v>
+      </c>
+      <c r="G377">
+        <v>839</v>
+      </c>
+      <c r="H377">
+        <v>180993</v>
+      </c>
+      <c r="I377">
+        <v>181831</v>
+      </c>
+      <c r="J377" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378" t="s">
+        <v>10</v>
+      </c>
+      <c r="B378" t="s">
+        <v>11</v>
+      </c>
+      <c r="C378" t="s">
+        <v>638</v>
+      </c>
+      <c r="D378" t="s">
+        <v>13</v>
+      </c>
+      <c r="E378" t="s">
+        <v>32</v>
+      </c>
+      <c r="F378" t="s">
+        <v>15</v>
+      </c>
+      <c r="G378">
+        <v>893</v>
+      </c>
+      <c r="H378">
+        <v>180100</v>
+      </c>
+      <c r="I378">
+        <v>180992</v>
+      </c>
+      <c r="J378" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379" t="s">
+        <v>10</v>
+      </c>
+      <c r="B379" t="s">
+        <v>11</v>
+      </c>
+      <c r="C379" t="s">
+        <v>638</v>
+      </c>
+      <c r="D379" t="s">
+        <v>13</v>
+      </c>
+      <c r="E379" t="s">
+        <v>32</v>
+      </c>
+      <c r="F379" t="s">
+        <v>15</v>
+      </c>
+      <c r="G379" t="s">
+        <v>704</v>
+      </c>
+      <c r="H379">
+        <v>177217</v>
+      </c>
+      <c r="I379">
+        <v>180099</v>
+      </c>
+      <c r="J379" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380" t="s">
+        <v>10</v>
+      </c>
+      <c r="B380" t="s">
+        <v>11</v>
+      </c>
+      <c r="C380" t="s">
+        <v>638</v>
+      </c>
+      <c r="D380" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" t="s">
+        <v>32</v>
+      </c>
+      <c r="F380" t="s">
+        <v>15</v>
+      </c>
+      <c r="G380">
+        <v>581</v>
+      </c>
+      <c r="H380">
+        <v>176636</v>
+      </c>
+      <c r="I380">
+        <v>177216</v>
+      </c>
+      <c r="J380" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381" t="s">
+        <v>10</v>
+      </c>
+      <c r="B381" t="s">
+        <v>11</v>
+      </c>
+      <c r="C381" t="s">
+        <v>638</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+      <c r="E381" t="s">
+        <v>32</v>
+      </c>
+      <c r="F381" t="s">
+        <v>15</v>
+      </c>
+      <c r="G381" t="s">
+        <v>707</v>
+      </c>
+      <c r="H381">
+        <v>174774</v>
+      </c>
+      <c r="I381">
+        <v>176635</v>
+      </c>
+      <c r="J381" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382" t="s">
+        <v>10</v>
+      </c>
+      <c r="B382" t="s">
+        <v>11</v>
+      </c>
+      <c r="C382" t="s">
+        <v>638</v>
+      </c>
+      <c r="D382" t="s">
+        <v>13</v>
+      </c>
+      <c r="E382" t="s">
+        <v>32</v>
+      </c>
+      <c r="F382" t="s">
+        <v>15</v>
+      </c>
+      <c r="G382" t="s">
+        <v>709</v>
+      </c>
+      <c r="H382">
+        <v>172988</v>
+      </c>
+      <c r="I382">
+        <v>174773</v>
+      </c>
+      <c r="J382" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383" t="s">
+        <v>10</v>
+      </c>
+      <c r="B383" t="s">
+        <v>11</v>
+      </c>
+      <c r="C383" t="s">
+        <v>638</v>
+      </c>
+      <c r="D383" t="s">
+        <v>13</v>
+      </c>
+      <c r="E383" t="s">
+        <v>32</v>
+      </c>
+      <c r="F383" t="s">
+        <v>15</v>
+      </c>
+      <c r="G383" t="s">
+        <v>711</v>
+      </c>
+      <c r="H383">
+        <v>170764</v>
+      </c>
+      <c r="I383">
+        <v>172987</v>
+      </c>
+      <c r="J383" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384" t="s">
+        <v>10</v>
+      </c>
+      <c r="B384" t="s">
+        <v>11</v>
+      </c>
+      <c r="C384" t="s">
+        <v>638</v>
+      </c>
+      <c r="D384" t="s">
+        <v>13</v>
+      </c>
+      <c r="E384" t="s">
+        <v>32</v>
+      </c>
+      <c r="F384" t="s">
+        <v>15</v>
+      </c>
+      <c r="G384">
+        <v>837</v>
+      </c>
+      <c r="H384">
+        <v>169927</v>
+      </c>
+      <c r="I384">
+        <v>170763</v>
+      </c>
+      <c r="J384" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10">
+      <c r="A385" t="s">
+        <v>10</v>
+      </c>
+      <c r="B385" t="s">
+        <v>11</v>
+      </c>
+      <c r="C385" t="s">
+        <v>638</v>
+      </c>
+      <c r="D385" t="s">
+        <v>13</v>
+      </c>
+      <c r="E385" t="s">
+        <v>32</v>
+      </c>
+      <c r="F385" t="s">
+        <v>15</v>
+      </c>
+      <c r="G385" t="s">
+        <v>714</v>
+      </c>
+      <c r="H385">
+        <v>168732</v>
+      </c>
+      <c r="I385">
+        <v>169926</v>
+      </c>
+      <c r="J385" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10">
+      <c r="A386" t="s">
+        <v>10</v>
+      </c>
+      <c r="B386" t="s">
+        <v>11</v>
+      </c>
+      <c r="C386" t="s">
+        <v>638</v>
+      </c>
+      <c r="D386" t="s">
+        <v>13</v>
+      </c>
+      <c r="E386" t="s">
+        <v>32</v>
+      </c>
+      <c r="F386" t="s">
+        <v>15</v>
+      </c>
+      <c r="G386" t="s">
+        <v>716</v>
+      </c>
+      <c r="H386">
+        <v>166685</v>
+      </c>
+      <c r="I386">
+        <v>168731</v>
+      </c>
+      <c r="J386" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10">
+      <c r="A387" t="s">
+        <v>10</v>
+      </c>
+      <c r="B387" t="s">
+        <v>11</v>
+      </c>
+      <c r="C387" t="s">
+        <v>638</v>
+      </c>
+      <c r="D387" t="s">
+        <v>13</v>
+      </c>
+      <c r="E387" t="s">
+        <v>32</v>
+      </c>
+      <c r="F387" t="s">
+        <v>15</v>
+      </c>
+      <c r="G387" t="s">
+        <v>343</v>
+      </c>
+      <c r="H387">
+        <v>165304</v>
+      </c>
+      <c r="I387">
+        <v>166684</v>
+      </c>
+      <c r="J387" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10">
+      <c r="A388" t="s">
+        <v>10</v>
+      </c>
+      <c r="B388" t="s">
+        <v>11</v>
+      </c>
+      <c r="C388" t="s">
+        <v>638</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+      <c r="E388" t="s">
+        <v>32</v>
+      </c>
+      <c r="F388" t="s">
+        <v>15</v>
+      </c>
+      <c r="G388" t="s">
+        <v>719</v>
+      </c>
+      <c r="H388">
+        <v>164196</v>
+      </c>
+      <c r="I388">
+        <v>165303</v>
+      </c>
+      <c r="J388" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10">
+      <c r="A389" t="s">
+        <v>10</v>
+      </c>
+      <c r="B389" t="s">
+        <v>11</v>
+      </c>
+      <c r="C389" t="s">
+        <v>638</v>
+      </c>
+      <c r="D389" t="s">
+        <v>13</v>
+      </c>
+      <c r="E389" t="s">
+        <v>32</v>
+      </c>
+      <c r="F389" t="s">
+        <v>15</v>
+      </c>
+      <c r="G389" t="s">
+        <v>721</v>
+      </c>
+      <c r="H389">
+        <v>160580</v>
+      </c>
+      <c r="I389">
+        <v>164195</v>
+      </c>
+      <c r="J389" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10">
+      <c r="A390" t="s">
+        <v>10</v>
+      </c>
+      <c r="B390" t="s">
+        <v>11</v>
+      </c>
+      <c r="C390" t="s">
+        <v>638</v>
+      </c>
+      <c r="D390" t="s">
+        <v>13</v>
+      </c>
+      <c r="E390" t="s">
+        <v>32</v>
+      </c>
+      <c r="F390" t="s">
+        <v>15</v>
+      </c>
+      <c r="G390" t="s">
+        <v>723</v>
+      </c>
+      <c r="H390">
+        <v>159368</v>
+      </c>
+      <c r="I390">
+        <v>160579</v>
+      </c>
+      <c r="J390" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10">
+      <c r="A391" t="s">
+        <v>10</v>
+      </c>
+      <c r="B391" t="s">
+        <v>11</v>
+      </c>
+      <c r="C391" t="s">
+        <v>638</v>
+      </c>
+      <c r="D391" t="s">
+        <v>13</v>
+      </c>
+      <c r="E391" t="s">
+        <v>32</v>
+      </c>
+      <c r="F391" t="s">
+        <v>15</v>
+      </c>
+      <c r="G391" t="s">
+        <v>725</v>
+      </c>
+      <c r="H391">
+        <v>157979</v>
+      </c>
+      <c r="I391">
+        <v>159367</v>
+      </c>
+      <c r="J391" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10">
+      <c r="A392" t="s">
+        <v>10</v>
+      </c>
+      <c r="B392" t="s">
+        <v>11</v>
+      </c>
+      <c r="C392" t="s">
+        <v>638</v>
+      </c>
+      <c r="D392" t="s">
+        <v>13</v>
+      </c>
+      <c r="E392" t="s">
+        <v>32</v>
+      </c>
+      <c r="F392" t="s">
+        <v>15</v>
+      </c>
+      <c r="G392" t="s">
         <v>277</v>
       </c>
-    </row>
-[...455 lines deleted...]
-      <c r="E140">
+      <c r="H392">
+        <v>156172</v>
+      </c>
+      <c r="I392">
+        <v>157978</v>
+      </c>
+      <c r="J392" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10">
+      <c r="A393" t="s">
+        <v>10</v>
+      </c>
+      <c r="B393" t="s">
+        <v>11</v>
+      </c>
+      <c r="C393" t="s">
+        <v>638</v>
+      </c>
+      <c r="D393" t="s">
+        <v>13</v>
+      </c>
+      <c r="E393" t="s">
+        <v>32</v>
+      </c>
+      <c r="F393" t="s">
+        <v>15</v>
+      </c>
+      <c r="G393">
+        <v>940</v>
+      </c>
+      <c r="H393">
+        <v>155232</v>
+      </c>
+      <c r="I393">
+        <v>156171</v>
+      </c>
+      <c r="J393" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10">
+      <c r="A394" t="s">
+        <v>10</v>
+      </c>
+      <c r="B394" t="s">
+        <v>11</v>
+      </c>
+      <c r="C394" t="s">
+        <v>638</v>
+      </c>
+      <c r="D394" t="s">
+        <v>13</v>
+      </c>
+      <c r="E394" t="s">
+        <v>32</v>
+      </c>
+      <c r="F394" t="s">
+        <v>15</v>
+      </c>
+      <c r="G394" t="s">
+        <v>729</v>
+      </c>
+      <c r="H394">
+        <v>153595</v>
+      </c>
+      <c r="I394">
+        <v>155231</v>
+      </c>
+      <c r="J394" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10">
+      <c r="A395" t="s">
+        <v>10</v>
+      </c>
+      <c r="B395" t="s">
+        <v>11</v>
+      </c>
+      <c r="C395" t="s">
+        <v>638</v>
+      </c>
+      <c r="D395" t="s">
+        <v>13</v>
+      </c>
+      <c r="E395" t="s">
+        <v>32</v>
+      </c>
+      <c r="F395" t="s">
+        <v>15</v>
+      </c>
+      <c r="G395" t="s">
+        <v>731</v>
+      </c>
+      <c r="H395">
+        <v>151864</v>
+      </c>
+      <c r="I395">
+        <v>153594</v>
+      </c>
+      <c r="J395" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10">
+      <c r="A396" t="s">
+        <v>10</v>
+      </c>
+      <c r="B396" t="s">
+        <v>11</v>
+      </c>
+      <c r="C396" t="s">
+        <v>638</v>
+      </c>
+      <c r="D396" t="s">
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
+        <v>32</v>
+      </c>
+      <c r="F396" t="s">
+        <v>15</v>
+      </c>
+      <c r="G396" t="s">
+        <v>733</v>
+      </c>
+      <c r="H396">
+        <v>150738</v>
+      </c>
+      <c r="I396">
+        <v>151863</v>
+      </c>
+      <c r="J396" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10">
+      <c r="A397" t="s">
+        <v>10</v>
+      </c>
+      <c r="B397" t="s">
+        <v>11</v>
+      </c>
+      <c r="C397" t="s">
+        <v>638</v>
+      </c>
+      <c r="D397" t="s">
+        <v>13</v>
+      </c>
+      <c r="E397" t="s">
+        <v>32</v>
+      </c>
+      <c r="F397" t="s">
+        <v>15</v>
+      </c>
+      <c r="G397">
+        <v>760</v>
+      </c>
+      <c r="H397">
+        <v>149978</v>
+      </c>
+      <c r="I397">
+        <v>150737</v>
+      </c>
+      <c r="J397" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10">
+      <c r="A398" t="s">
+        <v>10</v>
+      </c>
+      <c r="B398" t="s">
+        <v>11</v>
+      </c>
+      <c r="C398" t="s">
+        <v>638</v>
+      </c>
+      <c r="D398" t="s">
+        <v>13</v>
+      </c>
+      <c r="E398" t="s">
+        <v>32</v>
+      </c>
+      <c r="F398" t="s">
+        <v>15</v>
+      </c>
+      <c r="G398" t="s">
+        <v>736</v>
+      </c>
+      <c r="H398">
+        <v>148767</v>
+      </c>
+      <c r="I398">
+        <v>149977</v>
+      </c>
+      <c r="J398" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10">
+      <c r="A399" t="s">
+        <v>10</v>
+      </c>
+      <c r="B399" t="s">
+        <v>11</v>
+      </c>
+      <c r="C399" t="s">
+        <v>638</v>
+      </c>
+      <c r="D399" t="s">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s">
+        <v>32</v>
+      </c>
+      <c r="F399" t="s">
+        <v>15</v>
+      </c>
+      <c r="G399" t="s">
+        <v>738</v>
+      </c>
+      <c r="H399">
+        <v>147119</v>
+      </c>
+      <c r="I399">
+        <v>148766</v>
+      </c>
+      <c r="J399" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10">
+      <c r="A400" t="s">
+        <v>10</v>
+      </c>
+      <c r="B400" t="s">
+        <v>11</v>
+      </c>
+      <c r="C400" t="s">
+        <v>638</v>
+      </c>
+      <c r="D400" t="s">
+        <v>13</v>
+      </c>
+      <c r="E400" t="s">
+        <v>32</v>
+      </c>
+      <c r="F400" t="s">
+        <v>15</v>
+      </c>
+      <c r="G400" t="s">
+        <v>740</v>
+      </c>
+      <c r="H400">
+        <v>144930</v>
+      </c>
+      <c r="I400">
+        <v>147118</v>
+      </c>
+      <c r="J400" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10">
+      <c r="A401" t="s">
+        <v>10</v>
+      </c>
+      <c r="B401" t="s">
+        <v>11</v>
+      </c>
+      <c r="C401" t="s">
+        <v>638</v>
+      </c>
+      <c r="D401" t="s">
+        <v>13</v>
+      </c>
+      <c r="E401" t="s">
+        <v>32</v>
+      </c>
+      <c r="F401" t="s">
+        <v>15</v>
+      </c>
+      <c r="G401" t="s">
+        <v>742</v>
+      </c>
+      <c r="H401">
+        <v>142904</v>
+      </c>
+      <c r="I401">
+        <v>144929</v>
+      </c>
+      <c r="J401" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10">
+      <c r="A402" t="s">
+        <v>10</v>
+      </c>
+      <c r="B402" t="s">
+        <v>11</v>
+      </c>
+      <c r="C402" t="s">
+        <v>638</v>
+      </c>
+      <c r="D402" t="s">
+        <v>13</v>
+      </c>
+      <c r="E402" t="s">
+        <v>32</v>
+      </c>
+      <c r="F402" t="s">
+        <v>15</v>
+      </c>
+      <c r="G402">
+        <v>865</v>
+      </c>
+      <c r="H402">
+        <v>142039</v>
+      </c>
+      <c r="I402">
+        <v>142903</v>
+      </c>
+      <c r="J402" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10">
+      <c r="A403" t="s">
+        <v>10</v>
+      </c>
+      <c r="B403" t="s">
+        <v>11</v>
+      </c>
+      <c r="C403" t="s">
+        <v>745</v>
+      </c>
+      <c r="D403" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" t="s">
+        <v>32</v>
+      </c>
+      <c r="F403" t="s">
+        <v>15</v>
+      </c>
+      <c r="G403" t="s">
+        <v>746</v>
+      </c>
+      <c r="H403">
+        <v>139666</v>
+      </c>
+      <c r="I403">
+        <v>142038</v>
+      </c>
+      <c r="J403" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10">
+      <c r="A404" t="s">
+        <v>10</v>
+      </c>
+      <c r="B404" t="s">
+        <v>11</v>
+      </c>
+      <c r="C404" t="s">
+        <v>745</v>
+      </c>
+      <c r="D404" t="s">
+        <v>13</v>
+      </c>
+      <c r="E404" t="s">
+        <v>32</v>
+      </c>
+      <c r="F404" t="s">
+        <v>15</v>
+      </c>
+      <c r="G404">
+        <v>725</v>
+      </c>
+      <c r="H404">
+        <v>138941</v>
+      </c>
+      <c r="I404">
+        <v>139665</v>
+      </c>
+      <c r="J404" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10">
+      <c r="A405" t="s">
+        <v>10</v>
+      </c>
+      <c r="B405" t="s">
+        <v>11</v>
+      </c>
+      <c r="C405" t="s">
+        <v>745</v>
+      </c>
+      <c r="D405" t="s">
+        <v>13</v>
+      </c>
+      <c r="E405" t="s">
+        <v>32</v>
+      </c>
+      <c r="F405" t="s">
+        <v>15</v>
+      </c>
+      <c r="G405" t="s">
+        <v>749</v>
+      </c>
+      <c r="H405">
+        <v>136382</v>
+      </c>
+      <c r="I405">
+        <v>138940</v>
+      </c>
+      <c r="J405" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10">
+      <c r="A406" t="s">
+        <v>10</v>
+      </c>
+      <c r="B406" t="s">
+        <v>11</v>
+      </c>
+      <c r="C406" t="s">
+        <v>745</v>
+      </c>
+      <c r="D406" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406" t="s">
+        <v>32</v>
+      </c>
+      <c r="F406" t="s">
+        <v>15</v>
+      </c>
+      <c r="G406" t="s">
+        <v>751</v>
+      </c>
+      <c r="H406">
+        <v>133815</v>
+      </c>
+      <c r="I406">
+        <v>136381</v>
+      </c>
+      <c r="J406" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" t="s">
+        <v>10</v>
+      </c>
+      <c r="B407" t="s">
+        <v>11</v>
+      </c>
+      <c r="C407" t="s">
+        <v>745</v>
+      </c>
+      <c r="D407" t="s">
+        <v>13</v>
+      </c>
+      <c r="E407" t="s">
+        <v>32</v>
+      </c>
+      <c r="F407" t="s">
+        <v>15</v>
+      </c>
+      <c r="G407">
+        <v>799</v>
+      </c>
+      <c r="H407">
+        <v>133016</v>
+      </c>
+      <c r="I407">
+        <v>133814</v>
+      </c>
+      <c r="J407" t="s">
         <v>753</v>
       </c>
-      <c r="F140">
-[...646 lines deleted...]
-      <c r="E165">
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" t="s">
+        <v>10</v>
+      </c>
+      <c r="B408" t="s">
+        <v>11</v>
+      </c>
+      <c r="C408" t="s">
+        <v>745</v>
+      </c>
+      <c r="D408" t="s">
+        <v>13</v>
+      </c>
+      <c r="E408" t="s">
+        <v>32</v>
+      </c>
+      <c r="F408" t="s">
+        <v>15</v>
+      </c>
+      <c r="G408" t="s">
+        <v>754</v>
+      </c>
+      <c r="H408">
+        <v>131006</v>
+      </c>
+      <c r="I408">
+        <v>133015</v>
+      </c>
+      <c r="J408" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" t="s">
+        <v>10</v>
+      </c>
+      <c r="B409" t="s">
+        <v>11</v>
+      </c>
+      <c r="C409" t="s">
+        <v>745</v>
+      </c>
+      <c r="D409" t="s">
+        <v>13</v>
+      </c>
+      <c r="E409" t="s">
+        <v>32</v>
+      </c>
+      <c r="F409" t="s">
+        <v>15</v>
+      </c>
+      <c r="G409" t="s">
+        <v>756</v>
+      </c>
+      <c r="H409">
+        <v>128417</v>
+      </c>
+      <c r="I409">
+        <v>131005</v>
+      </c>
+      <c r="J409" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" t="s">
+        <v>10</v>
+      </c>
+      <c r="B410" t="s">
+        <v>11</v>
+      </c>
+      <c r="C410" t="s">
+        <v>745</v>
+      </c>
+      <c r="D410" t="s">
+        <v>13</v>
+      </c>
+      <c r="E410" t="s">
+        <v>32</v>
+      </c>
+      <c r="F410" t="s">
+        <v>15</v>
+      </c>
+      <c r="G410" t="s">
+        <v>758</v>
+      </c>
+      <c r="H410">
+        <v>126844</v>
+      </c>
+      <c r="I410">
+        <v>128416</v>
+      </c>
+      <c r="J410" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10">
+      <c r="A411" t="s">
+        <v>10</v>
+      </c>
+      <c r="B411" t="s">
+        <v>11</v>
+      </c>
+      <c r="C411" t="s">
+        <v>745</v>
+      </c>
+      <c r="D411" t="s">
+        <v>13</v>
+      </c>
+      <c r="E411" t="s">
+        <v>32</v>
+      </c>
+      <c r="F411" t="s">
+        <v>15</v>
+      </c>
+      <c r="G411" t="s">
+        <v>760</v>
+      </c>
+      <c r="H411">
+        <v>124750</v>
+      </c>
+      <c r="I411">
+        <v>126843</v>
+      </c>
+      <c r="J411" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10">
+      <c r="A412" t="s">
+        <v>10</v>
+      </c>
+      <c r="B412" t="s">
+        <v>11</v>
+      </c>
+      <c r="C412" t="s">
+        <v>745</v>
+      </c>
+      <c r="D412" t="s">
+        <v>13</v>
+      </c>
+      <c r="E412" t="s">
+        <v>32</v>
+      </c>
+      <c r="F412" t="s">
+        <v>15</v>
+      </c>
+      <c r="G412">
+        <v>544</v>
+      </c>
+      <c r="H412">
+        <v>124206</v>
+      </c>
+      <c r="I412">
+        <v>124749</v>
+      </c>
+      <c r="J412" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10">
+      <c r="A413" t="s">
+        <v>10</v>
+      </c>
+      <c r="B413" t="s">
+        <v>11</v>
+      </c>
+      <c r="C413" t="s">
+        <v>745</v>
+      </c>
+      <c r="D413" t="s">
+        <v>13</v>
+      </c>
+      <c r="E413" t="s">
+        <v>32</v>
+      </c>
+      <c r="F413" t="s">
+        <v>15</v>
+      </c>
+      <c r="G413" t="s">
+        <v>763</v>
+      </c>
+      <c r="H413">
+        <v>510784</v>
+      </c>
+      <c r="I413">
+        <v>514081</v>
+      </c>
+      <c r="J413" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" t="s">
+        <v>10</v>
+      </c>
+      <c r="B414" t="s">
+        <v>11</v>
+      </c>
+      <c r="C414" t="s">
+        <v>745</v>
+      </c>
+      <c r="D414" t="s">
+        <v>13</v>
+      </c>
+      <c r="E414" t="s">
+        <v>32</v>
+      </c>
+      <c r="F414" t="s">
+        <v>15</v>
+      </c>
+      <c r="G414" t="s">
+        <v>765</v>
+      </c>
+      <c r="H414">
+        <v>123102</v>
+      </c>
+      <c r="I414">
+        <v>124205</v>
+      </c>
+      <c r="J414" t="s">
         <v>766</v>
       </c>
-      <c r="F165">
-[...2076 lines deleted...]
-      <c r="E245" t="s">
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" t="s">
+        <v>10</v>
+      </c>
+      <c r="B415" t="s">
+        <v>11</v>
+      </c>
+      <c r="C415" t="s">
+        <v>745</v>
+      </c>
+      <c r="D415" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415" t="s">
+        <v>32</v>
+      </c>
+      <c r="F415" t="s">
+        <v>15</v>
+      </c>
+      <c r="G415" t="s">
+        <v>767</v>
+      </c>
+      <c r="H415">
+        <v>117762</v>
+      </c>
+      <c r="I415">
+        <v>123101</v>
+      </c>
+      <c r="J415" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" t="s">
+        <v>10</v>
+      </c>
+      <c r="B416" t="s">
+        <v>11</v>
+      </c>
+      <c r="C416" t="s">
+        <v>745</v>
+      </c>
+      <c r="D416" t="s">
+        <v>13</v>
+      </c>
+      <c r="E416" t="s">
+        <v>32</v>
+      </c>
+      <c r="F416" t="s">
+        <v>15</v>
+      </c>
+      <c r="G416" t="s">
+        <v>769</v>
+      </c>
+      <c r="H416">
+        <v>92385</v>
+      </c>
+      <c r="I416">
+        <v>117761</v>
+      </c>
+      <c r="J416" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" t="s">
+        <v>10</v>
+      </c>
+      <c r="B417" t="s">
+        <v>11</v>
+      </c>
+      <c r="C417" t="s">
+        <v>745</v>
+      </c>
+      <c r="D417" t="s">
+        <v>13</v>
+      </c>
+      <c r="E417" t="s">
+        <v>32</v>
+      </c>
+      <c r="F417" t="s">
+        <v>15</v>
+      </c>
+      <c r="G417" t="s">
+        <v>771</v>
+      </c>
+      <c r="H417">
+        <v>61321</v>
+      </c>
+      <c r="I417">
+        <v>92384</v>
+      </c>
+      <c r="J417" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" t="s">
+        <v>10</v>
+      </c>
+      <c r="B418" t="s">
+        <v>11</v>
+      </c>
+      <c r="C418" t="s">
+        <v>745</v>
+      </c>
+      <c r="D418" t="s">
+        <v>13</v>
+      </c>
+      <c r="E418" t="s">
+        <v>32</v>
+      </c>
+      <c r="F418" t="s">
+        <v>15</v>
+      </c>
+      <c r="G418" t="s">
+        <v>773</v>
+      </c>
+      <c r="H418">
+        <v>47845</v>
+      </c>
+      <c r="I418">
+        <v>61320</v>
+      </c>
+      <c r="J418" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" t="s">
+        <v>10</v>
+      </c>
+      <c r="B419" t="s">
+        <v>11</v>
+      </c>
+      <c r="C419" t="s">
+        <v>745</v>
+      </c>
+      <c r="D419" t="s">
+        <v>13</v>
+      </c>
+      <c r="E419" t="s">
+        <v>32</v>
+      </c>
+      <c r="F419" t="s">
+        <v>15</v>
+      </c>
+      <c r="G419" t="s">
+        <v>775</v>
+      </c>
+      <c r="H419">
+        <v>39929</v>
+      </c>
+      <c r="I419">
+        <v>47844</v>
+      </c>
+      <c r="J419" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10">
+      <c r="A420" t="s">
+        <v>10</v>
+      </c>
+      <c r="B420" t="s">
+        <v>11</v>
+      </c>
+      <c r="C420" t="s">
+        <v>745</v>
+      </c>
+      <c r="D420" t="s">
+        <v>13</v>
+      </c>
+      <c r="E420" t="s">
+        <v>32</v>
+      </c>
+      <c r="F420" t="s">
+        <v>15</v>
+      </c>
+      <c r="G420" t="s">
         <v>485</v>
       </c>
-      <c r="F245">
-[...3142 lines deleted...]
-      <c r="E366">
+      <c r="H420">
+        <v>32513</v>
+      </c>
+      <c r="I420">
+        <v>39928</v>
+      </c>
+      <c r="J420" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10">
+      <c r="A421" t="s">
+        <v>10</v>
+      </c>
+      <c r="B421" t="s">
+        <v>11</v>
+      </c>
+      <c r="C421" t="s">
+        <v>745</v>
+      </c>
+      <c r="D421" t="s">
+        <v>13</v>
+      </c>
+      <c r="E421" t="s">
+        <v>32</v>
+      </c>
+      <c r="F421" t="s">
+        <v>15</v>
+      </c>
+      <c r="G421" t="s">
+        <v>778</v>
+      </c>
+      <c r="H421">
+        <v>26385</v>
+      </c>
+      <c r="I421">
+        <v>32512</v>
+      </c>
+      <c r="J421" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10">
+      <c r="A422" t="s">
+        <v>10</v>
+      </c>
+      <c r="B422" t="s">
+        <v>11</v>
+      </c>
+      <c r="C422" t="s">
+        <v>780</v>
+      </c>
+      <c r="D422" t="s">
+        <v>13</v>
+      </c>
+      <c r="E422" t="s">
+        <v>22</v>
+      </c>
+      <c r="F422" t="s">
+        <v>15</v>
+      </c>
+      <c r="G422" t="s">
+        <v>781</v>
+      </c>
+      <c r="H422">
+        <v>6974</v>
+      </c>
+      <c r="I422">
+        <v>10460</v>
+      </c>
+      <c r="J422" t="s">
         <v>782</v>
       </c>
-      <c r="F366">
-[...1455 lines deleted...]
-      <c r="F422">
+    </row>
+    <row r="423" spans="1:10">
+      <c r="A423" t="s">
+        <v>10</v>
+      </c>
+      <c r="B423" t="s">
+        <v>11</v>
+      </c>
+      <c r="C423" t="s">
+        <v>780</v>
+      </c>
+      <c r="D423" t="s">
+        <v>13</v>
+      </c>
+      <c r="E423" t="s">
+        <v>22</v>
+      </c>
+      <c r="F423" t="s">
+        <v>15</v>
+      </c>
+      <c r="G423" t="s">
+        <v>783</v>
+      </c>
+      <c r="H423">
         <v>13496</v>
       </c>
-      <c r="G422">
+      <c r="I423">
         <v>26384</v>
       </c>
-      <c r="H422" t="s">
-[...29 lines deleted...]
-    <row r="424" spans="1:8">
+      <c r="J423" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>779</v>
+        <v>10</v>
       </c>
       <c r="B424" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C424" t="s">
         <v>780</v>
       </c>
       <c r="D424" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="E424">
+        <v>13</v>
+      </c>
+      <c r="E424" t="s">
+        <v>22</v>
+      </c>
+      <c r="F424" t="s">
+        <v>15</v>
+      </c>
+      <c r="G424">
+        <v>127</v>
+      </c>
+      <c r="H424">
+        <v>246303</v>
+      </c>
+      <c r="I424">
+        <v>246429</v>
+      </c>
+      <c r="J424" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10">
+      <c r="A425" t="s">
+        <v>10</v>
+      </c>
+      <c r="B425" t="s">
+        <v>11</v>
+      </c>
+      <c r="C425" t="s">
+        <v>786</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" t="s">
+        <v>787</v>
+      </c>
+      <c r="F425" t="s">
+        <v>788</v>
+      </c>
+      <c r="G425">
         <v>16</v>
       </c>
-      <c r="F424">
+      <c r="H425">
         <v>410023</v>
       </c>
-      <c r="G424">
+      <c r="I425">
         <v>410038</v>
       </c>
-      <c r="H424" t="s">
-[...19 lines deleted...]
-      <c r="F425">
+      <c r="J425" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10">
+      <c r="A426" t="s">
+        <v>10</v>
+      </c>
+      <c r="B426" t="s">
+        <v>11</v>
+      </c>
+      <c r="C426" t="s">
+        <v>786</v>
+      </c>
+      <c r="D426" t="s">
+        <v>13</v>
+      </c>
+      <c r="E426" t="s">
+        <v>787</v>
+      </c>
+      <c r="F426" t="s">
+        <v>788</v>
+      </c>
+      <c r="G426">
+        <v>15</v>
+      </c>
+      <c r="H426">
         <v>410008</v>
       </c>
-      <c r="G425">
+      <c r="I426">
         <v>410022</v>
       </c>
-      <c r="H425" t="s">
-[...16 lines deleted...]
-      <c r="E426">
+      <c r="J426" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" t="s">
+        <v>10</v>
+      </c>
+      <c r="B427" t="s">
+        <v>11</v>
+      </c>
+      <c r="C427" t="s">
+        <v>791</v>
+      </c>
+      <c r="D427" t="s">
+        <v>13</v>
+      </c>
+      <c r="E427" t="s">
+        <v>792</v>
+      </c>
+      <c r="F427" t="s">
+        <v>793</v>
+      </c>
+      <c r="G427">
         <v>270</v>
       </c>
-      <c r="F426">
+      <c r="H427">
         <v>1071</v>
       </c>
-      <c r="G426">
+      <c r="I427">
         <v>1340</v>
       </c>
-      <c r="H426" t="s">
-[...16 lines deleted...]
-      <c r="E427">
+      <c r="J427" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" t="s">
+        <v>10</v>
+      </c>
+      <c r="B428" t="s">
+        <v>11</v>
+      </c>
+      <c r="C428" t="s">
+        <v>791</v>
+      </c>
+      <c r="D428" t="s">
+        <v>13</v>
+      </c>
+      <c r="E428" t="s">
+        <v>792</v>
+      </c>
+      <c r="F428" t="s">
+        <v>793</v>
+      </c>
+      <c r="G428">
         <v>360</v>
       </c>
-      <c r="F427">
+      <c r="H428">
         <v>711</v>
       </c>
-      <c r="G427">
+      <c r="I428">
         <v>1070</v>
       </c>
-      <c r="H427" t="s">
+      <c r="J428" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" t="s">
+        <v>10</v>
+      </c>
+      <c r="B429" t="s">
+        <v>11</v>
+      </c>
+      <c r="C429" t="s">
+        <v>791</v>
+      </c>
+      <c r="D429" t="s">
+        <v>13</v>
+      </c>
+      <c r="E429" t="s">
+        <v>792</v>
+      </c>
+      <c r="F429" t="s">
+        <v>793</v>
+      </c>
+      <c r="G429">
+        <v>710</v>
+      </c>
+      <c r="H429">
+        <v>1</v>
+      </c>
+      <c r="I429">
+        <v>710</v>
+      </c>
+      <c r="J429" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" t="s">
+        <v>10</v>
+      </c>
+      <c r="B430" t="s">
+        <v>11</v>
+      </c>
+      <c r="C430" t="s">
+        <v>791</v>
+      </c>
+      <c r="D430" t="s">
+        <v>13</v>
+      </c>
+      <c r="E430" t="s">
+        <v>792</v>
+      </c>
+      <c r="F430" t="s">
+        <v>793</v>
+      </c>
+      <c r="G430">
+        <v>328</v>
+      </c>
+      <c r="H430">
+        <v>1404532</v>
+      </c>
+      <c r="I430">
+        <v>1404859</v>
+      </c>
+      <c r="J430" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" t="s">
+        <v>10</v>
+      </c>
+      <c r="B431" t="s">
+        <v>11</v>
+      </c>
+      <c r="C431" t="s">
+        <v>791</v>
+      </c>
+      <c r="D431" t="s">
+        <v>13</v>
+      </c>
+      <c r="E431" t="s">
+        <v>792</v>
+      </c>
+      <c r="F431" t="s">
+        <v>793</v>
+      </c>
+      <c r="G431" t="s">
+        <v>798</v>
+      </c>
+      <c r="H431">
+        <v>1384282</v>
+      </c>
+      <c r="I431">
+        <v>1404531</v>
+      </c>
+      <c r="J431" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" t="s">
+        <v>10</v>
+      </c>
+      <c r="B432" t="s">
+        <v>11</v>
+      </c>
+      <c r="C432" t="s">
+        <v>791</v>
+      </c>
+      <c r="D432" t="s">
+        <v>13</v>
+      </c>
+      <c r="E432" t="s">
+        <v>792</v>
+      </c>
+      <c r="F432" t="s">
+        <v>793</v>
+      </c>
+      <c r="G432" t="s">
+        <v>800</v>
+      </c>
+      <c r="H432">
+        <v>1371571</v>
+      </c>
+      <c r="I432">
+        <v>1384281</v>
+      </c>
+      <c r="J432" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" t="s">
+        <v>10</v>
+      </c>
+      <c r="B433" t="s">
+        <v>11</v>
+      </c>
+      <c r="C433" t="s">
+        <v>802</v>
+      </c>
+      <c r="D433" t="s">
+        <v>13</v>
+      </c>
+      <c r="E433" t="s">
+        <v>32</v>
+      </c>
+      <c r="F433" t="s">
+        <v>15</v>
+      </c>
+      <c r="G433">
+        <v>233</v>
+      </c>
+      <c r="H433">
+        <v>246070</v>
+      </c>
+      <c r="I433">
+        <v>246302</v>
+      </c>
+      <c r="J433" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" t="s">
+        <v>10</v>
+      </c>
+      <c r="B434" t="s">
+        <v>11</v>
+      </c>
+      <c r="C434" t="s">
+        <v>802</v>
+      </c>
+      <c r="D434" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" t="s">
+        <v>32</v>
+      </c>
+      <c r="F434" t="s">
+        <v>15</v>
+      </c>
+      <c r="G434">
+        <v>277</v>
+      </c>
+      <c r="H434">
+        <v>245793</v>
+      </c>
+      <c r="I434">
+        <v>246069</v>
+      </c>
+      <c r="J434" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" t="s">
+        <v>10</v>
+      </c>
+      <c r="B435" t="s">
+        <v>11</v>
+      </c>
+      <c r="C435" t="s">
+        <v>802</v>
+      </c>
+      <c r="D435" t="s">
+        <v>13</v>
+      </c>
+      <c r="E435" t="s">
+        <v>32</v>
+      </c>
+      <c r="F435" t="s">
+        <v>15</v>
+      </c>
+      <c r="G435">
+        <v>284</v>
+      </c>
+      <c r="H435">
+        <v>245509</v>
+      </c>
+      <c r="I435">
+        <v>245792</v>
+      </c>
+      <c r="J435" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" t="s">
+        <v>10</v>
+      </c>
+      <c r="B436" t="s">
+        <v>11</v>
+      </c>
+      <c r="C436" t="s">
+        <v>802</v>
+      </c>
+      <c r="D436" t="s">
+        <v>13</v>
+      </c>
+      <c r="E436" t="s">
+        <v>32</v>
+      </c>
+      <c r="F436" t="s">
+        <v>15</v>
+      </c>
+      <c r="G436">
+        <v>344</v>
+      </c>
+      <c r="H436">
+        <v>245165</v>
+      </c>
+      <c r="I436">
+        <v>245508</v>
+      </c>
+      <c r="J436" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" t="s">
+        <v>10</v>
+      </c>
+      <c r="B437" t="s">
+        <v>11</v>
+      </c>
+      <c r="C437" t="s">
+        <v>802</v>
+      </c>
+      <c r="D437" t="s">
+        <v>13</v>
+      </c>
+      <c r="E437" t="s">
+        <v>32</v>
+      </c>
+      <c r="F437" t="s">
+        <v>15</v>
+      </c>
+      <c r="G437">
+        <v>426</v>
+      </c>
+      <c r="H437">
+        <v>244739</v>
+      </c>
+      <c r="I437">
+        <v>245164</v>
+      </c>
+      <c r="J437" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" t="s">
+        <v>10</v>
+      </c>
+      <c r="B438" t="s">
+        <v>11</v>
+      </c>
+      <c r="C438" t="s">
+        <v>802</v>
+      </c>
+      <c r="D438" t="s">
+        <v>13</v>
+      </c>
+      <c r="E438" t="s">
+        <v>32</v>
+      </c>
+      <c r="F438" t="s">
+        <v>15</v>
+      </c>
+      <c r="G438">
+        <v>526</v>
+      </c>
+      <c r="H438">
+        <v>244213</v>
+      </c>
+      <c r="I438">
+        <v>244738</v>
+      </c>
+      <c r="J438" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" t="s">
+        <v>10</v>
+      </c>
+      <c r="B439" t="s">
+        <v>11</v>
+      </c>
+      <c r="C439" t="s">
+        <v>802</v>
+      </c>
+      <c r="D439" t="s">
+        <v>13</v>
+      </c>
+      <c r="E439" t="s">
+        <v>32</v>
+      </c>
+      <c r="F439" t="s">
+        <v>15</v>
+      </c>
+      <c r="G439">
+        <v>554</v>
+      </c>
+      <c r="H439">
+        <v>243659</v>
+      </c>
+      <c r="I439">
+        <v>244212</v>
+      </c>
+      <c r="J439" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" t="s">
+        <v>10</v>
+      </c>
+      <c r="B440" t="s">
+        <v>11</v>
+      </c>
+      <c r="C440" t="s">
+        <v>802</v>
+      </c>
+      <c r="D440" t="s">
+        <v>13</v>
+      </c>
+      <c r="E440" t="s">
+        <v>32</v>
+      </c>
+      <c r="F440" t="s">
+        <v>15</v>
+      </c>
+      <c r="G440">
+        <v>625</v>
+      </c>
+      <c r="H440">
+        <v>243034</v>
+      </c>
+      <c r="I440">
+        <v>243658</v>
+      </c>
+      <c r="J440" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" t="s">
+        <v>10</v>
+      </c>
+      <c r="B441" t="s">
+        <v>11</v>
+      </c>
+      <c r="C441" t="s">
+        <v>802</v>
+      </c>
+      <c r="D441" t="s">
+        <v>13</v>
+      </c>
+      <c r="E441" t="s">
+        <v>32</v>
+      </c>
+      <c r="F441" t="s">
+        <v>15</v>
+      </c>
+      <c r="G441">
+        <v>634</v>
+      </c>
+      <c r="H441">
+        <v>242400</v>
+      </c>
+      <c r="I441">
+        <v>243033</v>
+      </c>
+      <c r="J441" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" t="s">
+        <v>10</v>
+      </c>
+      <c r="B442" t="s">
+        <v>11</v>
+      </c>
+      <c r="C442" t="s">
+        <v>812</v>
+      </c>
+      <c r="D442" t="s">
+        <v>13</v>
+      </c>
+      <c r="E442" t="s">
+        <v>813</v>
+      </c>
+      <c r="F442" t="s">
+        <v>15</v>
+      </c>
+      <c r="G442">
+        <v>641</v>
+      </c>
+      <c r="H442">
+        <v>241759</v>
+      </c>
+      <c r="I442">
+        <v>242399</v>
+      </c>
+      <c r="J442" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" t="s">
+        <v>10</v>
+      </c>
+      <c r="B443" t="s">
+        <v>11</v>
+      </c>
+      <c r="C443" t="s">
+        <v>812</v>
+      </c>
+      <c r="D443" t="s">
+        <v>13</v>
+      </c>
+      <c r="E443" t="s">
+        <v>813</v>
+      </c>
+      <c r="F443" t="s">
+        <v>15</v>
+      </c>
+      <c r="G443">
+        <v>659</v>
+      </c>
+      <c r="H443">
+        <v>241100</v>
+      </c>
+      <c r="I443">
+        <v>241758</v>
+      </c>
+      <c r="J443" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" t="s">
+        <v>10</v>
+      </c>
+      <c r="B444" t="s">
+        <v>11</v>
+      </c>
+      <c r="C444" t="s">
+        <v>812</v>
+      </c>
+      <c r="D444" t="s">
+        <v>13</v>
+      </c>
+      <c r="E444" t="s">
+        <v>813</v>
+      </c>
+      <c r="F444" t="s">
+        <v>15</v>
+      </c>
+      <c r="G444">
+        <v>801</v>
+      </c>
+      <c r="H444">
+        <v>240299</v>
+      </c>
+      <c r="I444">
+        <v>241099</v>
+      </c>
+      <c r="J444" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" t="s">
+        <v>10</v>
+      </c>
+      <c r="B445" t="s">
+        <v>11</v>
+      </c>
+      <c r="C445" t="s">
+        <v>812</v>
+      </c>
+      <c r="D445" t="s">
+        <v>13</v>
+      </c>
+      <c r="E445" t="s">
+        <v>813</v>
+      </c>
+      <c r="F445" t="s">
+        <v>15</v>
+      </c>
+      <c r="G445">
+        <v>803</v>
+      </c>
+      <c r="H445">
+        <v>239496</v>
+      </c>
+      <c r="I445">
+        <v>240298</v>
+      </c>
+      <c r="J445" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" t="s">
+        <v>10</v>
+      </c>
+      <c r="B446" t="s">
+        <v>11</v>
+      </c>
+      <c r="C446" t="s">
+        <v>812</v>
+      </c>
+      <c r="D446" t="s">
+        <v>13</v>
+      </c>
+      <c r="E446" t="s">
+        <v>813</v>
+      </c>
+      <c r="F446" t="s">
+        <v>15</v>
+      </c>
+      <c r="G446">
+        <v>803</v>
+      </c>
+      <c r="H446">
+        <v>238693</v>
+      </c>
+      <c r="I446">
+        <v>239495</v>
+      </c>
+      <c r="J446" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" t="s">
+        <v>10</v>
+      </c>
+      <c r="B447" t="s">
+        <v>11</v>
+      </c>
+      <c r="C447" t="s">
+        <v>812</v>
+      </c>
+      <c r="D447" t="s">
+        <v>13</v>
+      </c>
+      <c r="E447" t="s">
+        <v>813</v>
+      </c>
+      <c r="F447" t="s">
+        <v>15</v>
+      </c>
+      <c r="G447">
+        <v>833</v>
+      </c>
+      <c r="H447">
+        <v>237860</v>
+      </c>
+      <c r="I447">
+        <v>238692</v>
+      </c>
+      <c r="J447" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" t="s">
+        <v>10</v>
+      </c>
+      <c r="B448" t="s">
+        <v>11</v>
+      </c>
+      <c r="C448" t="s">
+        <v>812</v>
+      </c>
+      <c r="D448" t="s">
+        <v>13</v>
+      </c>
+      <c r="E448" t="s">
+        <v>813</v>
+      </c>
+      <c r="F448" t="s">
+        <v>15</v>
+      </c>
+      <c r="G448">
+        <v>869</v>
+      </c>
+      <c r="H448">
+        <v>236991</v>
+      </c>
+      <c r="I448">
+        <v>237859</v>
+      </c>
+      <c r="J448" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" t="s">
+        <v>10</v>
+      </c>
+      <c r="B449" t="s">
+        <v>11</v>
+      </c>
+      <c r="C449" t="s">
+        <v>812</v>
+      </c>
+      <c r="D449" t="s">
+        <v>13</v>
+      </c>
+      <c r="E449" t="s">
+        <v>813</v>
+      </c>
+      <c r="F449" t="s">
+        <v>15</v>
+      </c>
+      <c r="G449">
+        <v>875</v>
+      </c>
+      <c r="H449">
+        <v>236116</v>
+      </c>
+      <c r="I449">
+        <v>236990</v>
+      </c>
+      <c r="J449" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" t="s">
+        <v>10</v>
+      </c>
+      <c r="B450" t="s">
+        <v>11</v>
+      </c>
+      <c r="C450" t="s">
+        <v>812</v>
+      </c>
+      <c r="D450" t="s">
+        <v>13</v>
+      </c>
+      <c r="E450" t="s">
+        <v>813</v>
+      </c>
+      <c r="F450" t="s">
+        <v>15</v>
+      </c>
+      <c r="G450" t="s">
+        <v>822</v>
+      </c>
+      <c r="H450">
+        <v>235111</v>
+      </c>
+      <c r="I450">
+        <v>236115</v>
+      </c>
+      <c r="J450" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" t="s">
+        <v>10</v>
+      </c>
+      <c r="B451" t="s">
+        <v>11</v>
+      </c>
+      <c r="C451" t="s">
+        <v>812</v>
+      </c>
+      <c r="D451" t="s">
+        <v>13</v>
+      </c>
+      <c r="E451" t="s">
+        <v>813</v>
+      </c>
+      <c r="F451" t="s">
+        <v>15</v>
+      </c>
+      <c r="G451" t="s">
+        <v>824</v>
+      </c>
+      <c r="H451">
+        <v>234096</v>
+      </c>
+      <c r="I451">
+        <v>235110</v>
+      </c>
+      <c r="J451" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" t="s">
+        <v>10</v>
+      </c>
+      <c r="B452" t="s">
+        <v>11</v>
+      </c>
+      <c r="C452" t="s">
+        <v>812</v>
+      </c>
+      <c r="D452" t="s">
+        <v>13</v>
+      </c>
+      <c r="E452" t="s">
+        <v>813</v>
+      </c>
+      <c r="F452" t="s">
+        <v>15</v>
+      </c>
+      <c r="G452" t="s">
+        <v>826</v>
+      </c>
+      <c r="H452">
+        <v>233072</v>
+      </c>
+      <c r="I452">
+        <v>234095</v>
+      </c>
+      <c r="J452" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" t="s">
+        <v>10</v>
+      </c>
+      <c r="B453" t="s">
+        <v>11</v>
+      </c>
+      <c r="C453" t="s">
+        <v>812</v>
+      </c>
+      <c r="D453" t="s">
+        <v>13</v>
+      </c>
+      <c r="E453" t="s">
+        <v>32</v>
+      </c>
+      <c r="F453" t="s">
+        <v>15</v>
+      </c>
+      <c r="G453" t="s">
+        <v>828</v>
+      </c>
+      <c r="H453">
+        <v>231941</v>
+      </c>
+      <c r="I453">
+        <v>233071</v>
+      </c>
+      <c r="J453" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" t="s">
+        <v>10</v>
+      </c>
+      <c r="B454" t="s">
+        <v>11</v>
+      </c>
+      <c r="C454" t="s">
+        <v>812</v>
+      </c>
+      <c r="D454" t="s">
+        <v>13</v>
+      </c>
+      <c r="E454" t="s">
+        <v>32</v>
+      </c>
+      <c r="F454" t="s">
+        <v>15</v>
+      </c>
+      <c r="G454" t="s">
+        <v>830</v>
+      </c>
+      <c r="H454">
+        <v>230807</v>
+      </c>
+      <c r="I454">
+        <v>231940</v>
+      </c>
+      <c r="J454" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" t="s">
+        <v>10</v>
+      </c>
+      <c r="B455" t="s">
+        <v>11</v>
+      </c>
+      <c r="C455" t="s">
+        <v>812</v>
+      </c>
+      <c r="D455" t="s">
+        <v>13</v>
+      </c>
+      <c r="E455" t="s">
+        <v>32</v>
+      </c>
+      <c r="F455" t="s">
+        <v>15</v>
+      </c>
+      <c r="G455" t="s">
+        <v>832</v>
+      </c>
+      <c r="H455">
+        <v>229642</v>
+      </c>
+      <c r="I455">
+        <v>230806</v>
+      </c>
+      <c r="J455" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" t="s">
+        <v>10</v>
+      </c>
+      <c r="B456" t="s">
+        <v>11</v>
+      </c>
+      <c r="C456" t="s">
+        <v>812</v>
+      </c>
+      <c r="D456" t="s">
+        <v>13</v>
+      </c>
+      <c r="E456" t="s">
+        <v>32</v>
+      </c>
+      <c r="F456" t="s">
+        <v>15</v>
+      </c>
+      <c r="G456" t="s">
+        <v>834</v>
+      </c>
+      <c r="H456">
+        <v>228118</v>
+      </c>
+      <c r="I456">
+        <v>229641</v>
+      </c>
+      <c r="J456" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" t="s">
+        <v>10</v>
+      </c>
+      <c r="B457" t="s">
+        <v>11</v>
+      </c>
+      <c r="C457" t="s">
+        <v>812</v>
+      </c>
+      <c r="D457" t="s">
+        <v>13</v>
+      </c>
+      <c r="E457" t="s">
+        <v>32</v>
+      </c>
+      <c r="F457" t="s">
+        <v>15</v>
+      </c>
+      <c r="G457" t="s">
+        <v>836</v>
+      </c>
+      <c r="H457">
+        <v>226544</v>
+      </c>
+      <c r="I457">
+        <v>228117</v>
+      </c>
+      <c r="J457" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" t="s">
+        <v>10</v>
+      </c>
+      <c r="B458" t="s">
+        <v>11</v>
+      </c>
+      <c r="C458" t="s">
+        <v>812</v>
+      </c>
+      <c r="D458" t="s">
+        <v>13</v>
+      </c>
+      <c r="E458" t="s">
+        <v>32</v>
+      </c>
+      <c r="F458" t="s">
+        <v>15</v>
+      </c>
+      <c r="G458" t="s">
+        <v>838</v>
+      </c>
+      <c r="H458">
+        <v>224964</v>
+      </c>
+      <c r="I458">
+        <v>226543</v>
+      </c>
+      <c r="J458" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" t="s">
+        <v>10</v>
+      </c>
+      <c r="B459" t="s">
+        <v>11</v>
+      </c>
+      <c r="C459" t="s">
+        <v>812</v>
+      </c>
+      <c r="D459" t="s">
+        <v>13</v>
+      </c>
+      <c r="E459" t="s">
+        <v>32</v>
+      </c>
+      <c r="F459" t="s">
+        <v>15</v>
+      </c>
+      <c r="G459" t="s">
+        <v>840</v>
+      </c>
+      <c r="H459">
+        <v>223301</v>
+      </c>
+      <c r="I459">
+        <v>224963</v>
+      </c>
+      <c r="J459" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" t="s">
+        <v>10</v>
+      </c>
+      <c r="B460" t="s">
+        <v>11</v>
+      </c>
+      <c r="C460" t="s">
+        <v>812</v>
+      </c>
+      <c r="D460" t="s">
+        <v>13</v>
+      </c>
+      <c r="E460" t="s">
+        <v>32</v>
+      </c>
+      <c r="F460" t="s">
+        <v>15</v>
+      </c>
+      <c r="G460" t="s">
+        <v>842</v>
+      </c>
+      <c r="H460">
+        <v>221555</v>
+      </c>
+      <c r="I460">
+        <v>223300</v>
+      </c>
+      <c r="J460" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" t="s">
+        <v>10</v>
+      </c>
+      <c r="B461" t="s">
+        <v>11</v>
+      </c>
+      <c r="C461" t="s">
+        <v>812</v>
+      </c>
+      <c r="D461" t="s">
+        <v>13</v>
+      </c>
+      <c r="E461" t="s">
+        <v>32</v>
+      </c>
+      <c r="F461" t="s">
+        <v>15</v>
+      </c>
+      <c r="G461" t="s">
+        <v>844</v>
+      </c>
+      <c r="H461">
+        <v>219606</v>
+      </c>
+      <c r="I461">
+        <v>221554</v>
+      </c>
+      <c r="J461" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" t="s">
+        <v>10</v>
+      </c>
+      <c r="B462" t="s">
+        <v>11</v>
+      </c>
+      <c r="C462" t="s">
+        <v>812</v>
+      </c>
+      <c r="D462" t="s">
+        <v>13</v>
+      </c>
+      <c r="E462" t="s">
+        <v>32</v>
+      </c>
+      <c r="F462" t="s">
+        <v>15</v>
+      </c>
+      <c r="G462" t="s">
+        <v>603</v>
+      </c>
+      <c r="H462">
+        <v>217652</v>
+      </c>
+      <c r="I462">
+        <v>219605</v>
+      </c>
+      <c r="J462" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" t="s">
+        <v>10</v>
+      </c>
+      <c r="B463" t="s">
+        <v>11</v>
+      </c>
+      <c r="C463" t="s">
+        <v>847</v>
+      </c>
+      <c r="D463" t="s">
+        <v>13</v>
+      </c>
+      <c r="E463" t="s">
+        <v>32</v>
+      </c>
+      <c r="F463" t="s">
+        <v>15</v>
+      </c>
+      <c r="G463" t="s">
+        <v>848</v>
+      </c>
+      <c r="H463">
+        <v>215524</v>
+      </c>
+      <c r="I463">
+        <v>217651</v>
+      </c>
+      <c r="J463" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" t="s">
+        <v>10</v>
+      </c>
+      <c r="B464" t="s">
+        <v>11</v>
+      </c>
+      <c r="C464" t="s">
+        <v>847</v>
+      </c>
+      <c r="D464" t="s">
+        <v>13</v>
+      </c>
+      <c r="E464" t="s">
+        <v>32</v>
+      </c>
+      <c r="F464" t="s">
+        <v>15</v>
+      </c>
+      <c r="G464" t="s">
+        <v>850</v>
+      </c>
+      <c r="H464">
+        <v>213131</v>
+      </c>
+      <c r="I464">
+        <v>215523</v>
+      </c>
+      <c r="J464" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" t="s">
+        <v>10</v>
+      </c>
+      <c r="B465" t="s">
+        <v>11</v>
+      </c>
+      <c r="C465" t="s">
+        <v>847</v>
+      </c>
+      <c r="D465" t="s">
+        <v>13</v>
+      </c>
+      <c r="E465" t="s">
+        <v>32</v>
+      </c>
+      <c r="F465" t="s">
+        <v>15</v>
+      </c>
+      <c r="G465" t="s">
+        <v>852</v>
+      </c>
+      <c r="H465">
+        <v>210679</v>
+      </c>
+      <c r="I465">
+        <v>213130</v>
+      </c>
+      <c r="J465" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" t="s">
+        <v>10</v>
+      </c>
+      <c r="B466" t="s">
+        <v>11</v>
+      </c>
+      <c r="C466" t="s">
+        <v>847</v>
+      </c>
+      <c r="D466" t="s">
+        <v>13</v>
+      </c>
+      <c r="E466" t="s">
+        <v>32</v>
+      </c>
+      <c r="F466" t="s">
+        <v>15</v>
+      </c>
+      <c r="G466" t="s">
+        <v>854</v>
+      </c>
+      <c r="H466">
+        <v>207397</v>
+      </c>
+      <c r="I466">
+        <v>210678</v>
+      </c>
+      <c r="J466" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" t="s">
+        <v>10</v>
+      </c>
+      <c r="B467" t="s">
+        <v>11</v>
+      </c>
+      <c r="C467" t="s">
+        <v>847</v>
+      </c>
+      <c r="D467" t="s">
+        <v>13</v>
+      </c>
+      <c r="E467" t="s">
+        <v>32</v>
+      </c>
+      <c r="F467" t="s">
+        <v>15</v>
+      </c>
+      <c r="G467" t="s">
+        <v>856</v>
+      </c>
+      <c r="H467">
+        <v>202936</v>
+      </c>
+      <c r="I467">
+        <v>207396</v>
+      </c>
+      <c r="J467" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" t="s">
+        <v>10</v>
+      </c>
+      <c r="B468" t="s">
+        <v>11</v>
+      </c>
+      <c r="C468" t="s">
+        <v>847</v>
+      </c>
+      <c r="D468" t="s">
+        <v>13</v>
+      </c>
+      <c r="E468" t="s">
+        <v>32</v>
+      </c>
+      <c r="F468" t="s">
+        <v>15</v>
+      </c>
+      <c r="G468" t="s">
+        <v>858</v>
+      </c>
+      <c r="H468">
+        <v>194452</v>
+      </c>
+      <c r="I468">
+        <v>202935</v>
+      </c>
+      <c r="J468" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" t="s">
+        <v>10</v>
+      </c>
+      <c r="B469" t="s">
+        <v>11</v>
+      </c>
+      <c r="C469" t="s">
+        <v>847</v>
+      </c>
+      <c r="D469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E469" t="s">
+        <v>32</v>
+      </c>
+      <c r="F469" t="s">
+        <v>15</v>
+      </c>
+      <c r="G469" t="s">
+        <v>860</v>
+      </c>
+      <c r="H469">
+        <v>184251</v>
+      </c>
+      <c r="I469">
+        <v>194451</v>
+      </c>
+      <c r="J469" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" t="s">
+        <v>10</v>
+      </c>
+      <c r="B470" t="s">
+        <v>11</v>
+      </c>
+      <c r="C470" t="s">
+        <v>847</v>
+      </c>
+      <c r="D470" t="s">
+        <v>13</v>
+      </c>
+      <c r="E470" t="s">
+        <v>32</v>
+      </c>
+      <c r="F470" t="s">
+        <v>15</v>
+      </c>
+      <c r="G470" t="s">
+        <v>862</v>
+      </c>
+      <c r="H470">
+        <v>170758</v>
+      </c>
+      <c r="I470">
+        <v>184250</v>
+      </c>
+      <c r="J470" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" t="s">
+        <v>10</v>
+      </c>
+      <c r="B471" t="s">
+        <v>11</v>
+      </c>
+      <c r="C471" t="s">
+        <v>847</v>
+      </c>
+      <c r="D471" t="s">
+        <v>13</v>
+      </c>
+      <c r="E471" t="s">
+        <v>32</v>
+      </c>
+      <c r="F471" t="s">
+        <v>15</v>
+      </c>
+      <c r="G471" t="s">
+        <v>864</v>
+      </c>
+      <c r="H471">
+        <v>142778</v>
+      </c>
+      <c r="I471">
+        <v>170757</v>
+      </c>
+      <c r="J471" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" t="s">
+        <v>10</v>
+      </c>
+      <c r="B472" t="s">
+        <v>11</v>
+      </c>
+      <c r="C472" t="s">
+        <v>847</v>
+      </c>
+      <c r="D472" t="s">
+        <v>13</v>
+      </c>
+      <c r="E472" t="s">
+        <v>32</v>
+      </c>
+      <c r="F472" t="s">
+        <v>15</v>
+      </c>
+      <c r="G472" t="s">
+        <v>866</v>
+      </c>
+      <c r="H472">
+        <v>20713</v>
+      </c>
+      <c r="I472">
+        <v>142777</v>
+      </c>
+      <c r="J472" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" t="s">
+        <v>10</v>
+      </c>
+      <c r="B473" t="s">
+        <v>11</v>
+      </c>
+      <c r="C473" t="s">
+        <v>847</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+      <c r="E473" t="s">
+        <v>813</v>
+      </c>
+      <c r="F473" t="s">
+        <v>15</v>
+      </c>
+      <c r="G473" t="s">
+        <v>418</v>
+      </c>
+      <c r="H473">
+        <v>19524</v>
+      </c>
+      <c r="I473">
+        <v>20712</v>
+      </c>
+      <c r="J473" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" t="s">
+        <v>10</v>
+      </c>
+      <c r="B474" t="s">
+        <v>11</v>
+      </c>
+      <c r="C474" t="s">
+        <v>847</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+      <c r="E474" t="s">
+        <v>813</v>
+      </c>
+      <c r="F474" t="s">
+        <v>15</v>
+      </c>
+      <c r="G474" t="s">
+        <v>636</v>
+      </c>
+      <c r="H474">
+        <v>18327</v>
+      </c>
+      <c r="I474">
+        <v>19523</v>
+      </c>
+      <c r="J474" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" t="s">
+        <v>10</v>
+      </c>
+      <c r="B475" t="s">
+        <v>11</v>
+      </c>
+      <c r="C475" t="s">
+        <v>847</v>
+      </c>
+      <c r="D475" t="s">
+        <v>13</v>
+      </c>
+      <c r="E475" t="s">
+        <v>813</v>
+      </c>
+      <c r="F475" t="s">
+        <v>15</v>
+      </c>
+      <c r="G475" t="s">
+        <v>870</v>
+      </c>
+      <c r="H475">
+        <v>17110</v>
+      </c>
+      <c r="I475">
+        <v>18326</v>
+      </c>
+      <c r="J475" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" t="s">
+        <v>10</v>
+      </c>
+      <c r="B476" t="s">
+        <v>11</v>
+      </c>
+      <c r="C476" t="s">
+        <v>847</v>
+      </c>
+      <c r="D476" t="s">
+        <v>13</v>
+      </c>
+      <c r="E476" t="s">
+        <v>813</v>
+      </c>
+      <c r="F476" t="s">
+        <v>15</v>
+      </c>
+      <c r="G476" t="s">
+        <v>872</v>
+      </c>
+      <c r="H476">
+        <v>15793</v>
+      </c>
+      <c r="I476">
+        <v>17109</v>
+      </c>
+      <c r="J476" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" t="s">
+        <v>10</v>
+      </c>
+      <c r="B477" t="s">
+        <v>11</v>
+      </c>
+      <c r="C477" t="s">
+        <v>847</v>
+      </c>
+      <c r="D477" t="s">
+        <v>13</v>
+      </c>
+      <c r="E477" t="s">
+        <v>813</v>
+      </c>
+      <c r="F477" t="s">
+        <v>15</v>
+      </c>
+      <c r="G477" t="s">
+        <v>874</v>
+      </c>
+      <c r="H477">
+        <v>14373</v>
+      </c>
+      <c r="I477">
+        <v>15792</v>
+      </c>
+      <c r="J477" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" t="s">
+        <v>10</v>
+      </c>
+      <c r="B478" t="s">
+        <v>11</v>
+      </c>
+      <c r="C478" t="s">
+        <v>847</v>
+      </c>
+      <c r="D478" t="s">
+        <v>13</v>
+      </c>
+      <c r="E478" t="s">
+        <v>813</v>
+      </c>
+      <c r="F478" t="s">
+        <v>15</v>
+      </c>
+      <c r="G478" t="s">
+        <v>876</v>
+      </c>
+      <c r="H478">
+        <v>12939</v>
+      </c>
+      <c r="I478">
+        <v>14372</v>
+      </c>
+      <c r="J478" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10">
+      <c r="A479" t="s">
+        <v>10</v>
+      </c>
+      <c r="B479" t="s">
+        <v>11</v>
+      </c>
+      <c r="C479" t="s">
+        <v>878</v>
+      </c>
+      <c r="D479" t="s">
+        <v>13</v>
+      </c>
+      <c r="E479" t="s">
+        <v>879</v>
+      </c>
+      <c r="F479" t="s">
+        <v>15</v>
+      </c>
+      <c r="G479" t="s">
+        <v>880</v>
+      </c>
+      <c r="H479">
+        <v>423948</v>
+      </c>
+      <c r="I479">
+        <v>510783</v>
+      </c>
+      <c r="J479" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10">
+      <c r="A480" t="s">
+        <v>10</v>
+      </c>
+      <c r="B480" t="s">
+        <v>11</v>
+      </c>
+      <c r="C480" t="s">
+        <v>882</v>
+      </c>
+      <c r="D480" t="s">
+        <v>13</v>
+      </c>
+      <c r="E480" t="s">
+        <v>76</v>
+      </c>
+      <c r="F480" t="s">
+        <v>15</v>
+      </c>
+      <c r="G480" t="s">
+        <v>883</v>
+      </c>
+      <c r="H480">
+        <v>412410</v>
+      </c>
+      <c r="I480">
+        <v>423947</v>
+      </c>
+      <c r="J480" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10">
+      <c r="A481" t="s">
+        <v>10</v>
+      </c>
+      <c r="B481" t="s">
+        <v>11</v>
+      </c>
+      <c r="C481" t="s">
+        <v>885</v>
+      </c>
+      <c r="D481" t="s">
+        <v>13</v>
+      </c>
+      <c r="E481" t="s">
+        <v>32</v>
+      </c>
+      <c r="F481" t="s">
+        <v>15</v>
+      </c>
+      <c r="G481">
+        <v>668</v>
+      </c>
+      <c r="H481">
+        <v>406742</v>
+      </c>
+      <c r="I481">
+        <v>407409</v>
+      </c>
+      <c r="J481" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10">
+      <c r="A482" t="s">
+        <v>10</v>
+      </c>
+      <c r="B482" t="s">
+        <v>11</v>
+      </c>
+      <c r="C482" t="s">
+        <v>887</v>
+      </c>
+      <c r="D482" t="s">
+        <v>13</v>
+      </c>
+      <c r="E482" t="s">
+        <v>888</v>
+      </c>
+      <c r="F482" t="s">
         <v>788</v>
       </c>
-    </row>
-[...91 lines deleted...]
-      <c r="E431" t="s">
+      <c r="G482">
+        <v>14</v>
+      </c>
+      <c r="H482">
+        <v>404326</v>
+      </c>
+      <c r="I482">
+        <v>404339</v>
+      </c>
+      <c r="J482" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10">
+      <c r="A483" t="s">
+        <v>10</v>
+      </c>
+      <c r="B483" t="s">
+        <v>11</v>
+      </c>
+      <c r="C483" t="s">
+        <v>890</v>
+      </c>
+      <c r="D483" t="s">
+        <v>13</v>
+      </c>
+      <c r="E483" t="s">
+        <v>891</v>
+      </c>
+      <c r="F483" t="s">
         <v>793</v>
       </c>
-      <c r="F431">
-[...1325 lines deleted...]
-      <c r="F482">
+      <c r="G483" t="s">
+        <v>892</v>
+      </c>
+      <c r="H483">
         <v>1281571</v>
       </c>
-      <c r="G482">
+      <c r="I483">
         <v>1331570</v>
       </c>
-      <c r="H482" t="s">
-[...19 lines deleted...]
-      <c r="F483">
+      <c r="J483" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10">
+      <c r="A484" t="s">
+        <v>10</v>
+      </c>
+      <c r="B484" t="s">
+        <v>11</v>
+      </c>
+      <c r="C484" t="s">
+        <v>894</v>
+      </c>
+      <c r="D484" t="s">
+        <v>13</v>
+      </c>
+      <c r="E484" t="s">
+        <v>895</v>
+      </c>
+      <c r="F484" t="s">
+        <v>896</v>
+      </c>
+      <c r="G484" t="s">
+        <v>897</v>
+      </c>
+      <c r="H484">
         <v>1239498</v>
       </c>
-      <c r="G483">
+      <c r="I484">
         <v>1280598</v>
       </c>
-      <c r="H483" t="s">
-[...19 lines deleted...]
-      <c r="F484">
+      <c r="J484" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10">
+      <c r="A485" t="s">
+        <v>10</v>
+      </c>
+      <c r="B485" t="s">
+        <v>11</v>
+      </c>
+      <c r="C485" t="s">
+        <v>894</v>
+      </c>
+      <c r="D485" t="s">
+        <v>13</v>
+      </c>
+      <c r="E485" t="s">
+        <v>895</v>
+      </c>
+      <c r="F485" t="s">
+        <v>896</v>
+      </c>
+      <c r="G485" t="s">
+        <v>899</v>
+      </c>
+      <c r="H485">
         <v>130970</v>
       </c>
-      <c r="G484">
+      <c r="I485">
         <v>140549</v>
       </c>
-      <c r="H484" t="s">
-[...10 lines deleted...]
-      <c r="C485" t="s">
+      <c r="J485" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10">
+      <c r="A486" t="s">
+        <v>10</v>
+      </c>
+      <c r="B486" t="s">
+        <v>11</v>
+      </c>
+      <c r="C486" t="s">
+        <v>901</v>
+      </c>
+      <c r="D486" t="s">
+        <v>13</v>
+      </c>
+      <c r="E486" t="s">
+        <v>902</v>
+      </c>
+      <c r="F486" t="s">
+        <v>903</v>
+      </c>
+      <c r="G486" t="s">
+        <v>904</v>
+      </c>
+      <c r="H486">
+        <v>1061900</v>
+      </c>
+      <c r="I486">
+        <v>1070124</v>
+      </c>
+      <c r="J486" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10">
+      <c r="A487" t="s">
+        <v>10</v>
+      </c>
+      <c r="B487" t="s">
+        <v>11</v>
+      </c>
+      <c r="C487" t="s">
+        <v>906</v>
+      </c>
+      <c r="D487" t="s">
+        <v>13</v>
+      </c>
+      <c r="E487" t="s">
         <v>895</v>
       </c>
-      <c r="D485" t="s">
+      <c r="F487" t="s">
         <v>896</v>
       </c>
-      <c r="E485" t="s">
-[...28 lines deleted...]
-      <c r="F486">
+      <c r="G487" t="s">
+        <v>907</v>
+      </c>
+      <c r="H487">
         <v>102228</v>
       </c>
-      <c r="G486">
+      <c r="I487">
         <v>130969</v>
       </c>
-      <c r="H486" t="s">
-[...10 lines deleted...]
-      <c r="C487" t="s">
+      <c r="J487" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10">
+      <c r="A488" t="s">
+        <v>10</v>
+      </c>
+      <c r="B488" t="s">
+        <v>11</v>
+      </c>
+      <c r="C488" t="s">
+        <v>906</v>
+      </c>
+      <c r="D488" t="s">
+        <v>13</v>
+      </c>
+      <c r="E488" t="s">
+        <v>909</v>
+      </c>
+      <c r="F488" t="s">
+        <v>896</v>
+      </c>
+      <c r="G488" t="s">
+        <v>910</v>
+      </c>
+      <c r="H488">
+        <v>140550</v>
+      </c>
+      <c r="I488">
+        <v>146742</v>
+      </c>
+      <c r="J488" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10">
+      <c r="A489" t="s">
+        <v>10</v>
+      </c>
+      <c r="B489" t="s">
+        <v>11</v>
+      </c>
+      <c r="C489" t="s">
+        <v>912</v>
+      </c>
+      <c r="D489" t="s">
+        <v>13</v>
+      </c>
+      <c r="E489" t="s">
         <v>902</v>
       </c>
-      <c r="D487" t="s">
-[...2 lines deleted...]
-      <c r="E487" t="s">
+      <c r="F489" t="s">
         <v>903</v>
       </c>
-      <c r="F487">
-[...19 lines deleted...]
-      <c r="D488" t="s">
+      <c r="G489" t="s">
+        <v>913</v>
+      </c>
+      <c r="H489">
+        <v>1043900</v>
+      </c>
+      <c r="I489">
+        <v>1061899</v>
+      </c>
+      <c r="J489" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10">
+      <c r="A490" t="s">
+        <v>10</v>
+      </c>
+      <c r="B490" t="s">
+        <v>11</v>
+      </c>
+      <c r="C490" t="s">
+        <v>915</v>
+      </c>
+      <c r="D490" t="s">
+        <v>13</v>
+      </c>
+      <c r="E490" t="s">
+        <v>916</v>
+      </c>
+      <c r="F490" t="s">
         <v>896</v>
       </c>
-      <c r="E488" t="s">
-[...28 lines deleted...]
-      <c r="F489">
+      <c r="G490" t="s">
+        <v>917</v>
+      </c>
+      <c r="H490">
         <v>1190050</v>
       </c>
-      <c r="G489">
+      <c r="I490">
         <v>1239497</v>
       </c>
-      <c r="H489" t="s">
-[...29 lines deleted...]
-    <row r="491" spans="1:8">
+      <c r="J490" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10">
       <c r="A491" t="s">
-        <v>915</v>
+        <v>10</v>
       </c>
       <c r="B491" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C491" t="s">
-        <v>895</v>
+        <v>919</v>
       </c>
       <c r="D491" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E491" t="s">
         <v>916</v>
       </c>
-      <c r="F491">
+      <c r="F491" t="s">
+        <v>896</v>
+      </c>
+      <c r="G491" t="s">
+        <v>920</v>
+      </c>
+      <c r="H491">
+        <v>1</v>
+      </c>
+      <c r="I491">
+        <v>102227</v>
+      </c>
+      <c r="J491" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10">
+      <c r="A492" t="s">
+        <v>10</v>
+      </c>
+      <c r="B492" t="s">
+        <v>11</v>
+      </c>
+      <c r="C492" t="s">
+        <v>922</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+      <c r="E492" t="s">
+        <v>902</v>
+      </c>
+      <c r="F492" t="s">
+        <v>15</v>
+      </c>
+      <c r="G492" t="s">
+        <v>923</v>
+      </c>
+      <c r="H492">
         <v>357755</v>
       </c>
-      <c r="G491">
+      <c r="I492">
         <v>404325</v>
       </c>
-      <c r="H491" t="s">
-[...19 lines deleted...]
-      <c r="F492">
+      <c r="J492" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10">
+      <c r="A493" t="s">
+        <v>10</v>
+      </c>
+      <c r="B493" t="s">
+        <v>11</v>
+      </c>
+      <c r="C493" t="s">
+        <v>925</v>
+      </c>
+      <c r="D493" t="s">
+        <v>13</v>
+      </c>
+      <c r="E493" t="s">
+        <v>926</v>
+      </c>
+      <c r="F493" t="s">
+        <v>15</v>
+      </c>
+      <c r="G493" t="s">
+        <v>927</v>
+      </c>
+      <c r="H493">
         <v>234959</v>
       </c>
-      <c r="G492">
+      <c r="I493">
         <v>357754</v>
       </c>
-      <c r="H492" t="s">
-[...19 lines deleted...]
-      <c r="F493">
+      <c r="J493" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10">
+      <c r="A494" t="s">
+        <v>10</v>
+      </c>
+      <c r="B494" t="s">
+        <v>11</v>
+      </c>
+      <c r="C494" t="s">
+        <v>929</v>
+      </c>
+      <c r="D494" t="s">
+        <v>13</v>
+      </c>
+      <c r="E494" t="s">
+        <v>916</v>
+      </c>
+      <c r="F494" t="s">
+        <v>896</v>
+      </c>
+      <c r="G494" t="s">
+        <v>892</v>
+      </c>
+      <c r="H494">
         <v>1140050</v>
       </c>
-      <c r="G493">
+      <c r="I494">
         <v>1190049</v>
       </c>
-      <c r="H493" t="s">
-[...19 lines deleted...]
-      <c r="F494">
+      <c r="J494" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10">
+      <c r="A495" t="s">
+        <v>10</v>
+      </c>
+      <c r="B495" t="s">
+        <v>11</v>
+      </c>
+      <c r="C495" t="s">
+        <v>931</v>
+      </c>
+      <c r="D495" t="s">
+        <v>13</v>
+      </c>
+      <c r="E495" t="s">
+        <v>792</v>
+      </c>
+      <c r="F495" t="s">
+        <v>15</v>
+      </c>
+      <c r="G495" t="s">
+        <v>932</v>
+      </c>
+      <c r="H495">
         <v>232709</v>
       </c>
-      <c r="G494">
+      <c r="I495">
         <v>234958</v>
       </c>
-      <c r="H494" t="s">
-[...19 lines deleted...]
-      <c r="F495">
+      <c r="J495" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10">
+      <c r="A496" t="s">
+        <v>10</v>
+      </c>
+      <c r="B496" t="s">
+        <v>11</v>
+      </c>
+      <c r="C496" t="s">
+        <v>931</v>
+      </c>
+      <c r="D496" t="s">
+        <v>13</v>
+      </c>
+      <c r="E496" t="s">
+        <v>792</v>
+      </c>
+      <c r="F496" t="s">
+        <v>15</v>
+      </c>
+      <c r="G496" t="s">
+        <v>934</v>
+      </c>
+      <c r="H496">
         <v>194990</v>
       </c>
-      <c r="G495">
+      <c r="I496">
         <v>232708</v>
       </c>
-      <c r="H495" t="s">
-[...19 lines deleted...]
-      <c r="F496">
+      <c r="J496" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10">
+      <c r="A497" t="s">
+        <v>10</v>
+      </c>
+      <c r="B497" t="s">
+        <v>11</v>
+      </c>
+      <c r="C497" t="s">
+        <v>931</v>
+      </c>
+      <c r="D497" t="s">
+        <v>13</v>
+      </c>
+      <c r="E497" t="s">
+        <v>792</v>
+      </c>
+      <c r="F497" t="s">
+        <v>15</v>
+      </c>
+      <c r="G497" t="s">
+        <v>936</v>
+      </c>
+      <c r="H497">
         <v>162564</v>
       </c>
-      <c r="G496">
+      <c r="I497">
         <v>194989</v>
       </c>
-      <c r="H496" t="s">
-[...16 lines deleted...]
-      <c r="E497" t="s">
+      <c r="J497" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10">
+      <c r="A498" t="s">
+        <v>10</v>
+      </c>
+      <c r="B498" t="s">
+        <v>11</v>
+      </c>
+      <c r="C498" t="s">
         <v>931</v>
       </c>
-      <c r="F497">
+      <c r="D498" t="s">
+        <v>13</v>
+      </c>
+      <c r="E498" t="s">
+        <v>792</v>
+      </c>
+      <c r="F498" t="s">
+        <v>15</v>
+      </c>
+      <c r="G498" t="s">
+        <v>938</v>
+      </c>
+      <c r="H498">
         <v>1422987</v>
       </c>
-      <c r="G497">
+      <c r="I498">
         <v>1456591</v>
       </c>
-      <c r="H497" t="s">
-[...19 lines deleted...]
-      <c r="F498">
+      <c r="J498" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10">
+      <c r="A499" t="s">
+        <v>10</v>
+      </c>
+      <c r="B499" t="s">
+        <v>11</v>
+      </c>
+      <c r="C499" t="s">
+        <v>940</v>
+      </c>
+      <c r="D499" t="s">
+        <v>13</v>
+      </c>
+      <c r="E499" t="s">
+        <v>941</v>
+      </c>
+      <c r="F499" t="s">
+        <v>15</v>
+      </c>
+      <c r="G499" t="s">
+        <v>942</v>
+      </c>
+      <c r="H499">
         <v>1139013</v>
       </c>
-      <c r="G498">
+      <c r="I499">
         <v>1140049</v>
       </c>
-      <c r="H498" t="s">
-[...19 lines deleted...]
-      <c r="F499">
+      <c r="J499" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10">
+      <c r="A500" t="s">
+        <v>10</v>
+      </c>
+      <c r="B500" t="s">
+        <v>11</v>
+      </c>
+      <c r="C500" t="s">
+        <v>944</v>
+      </c>
+      <c r="D500" t="s">
+        <v>13</v>
+      </c>
+      <c r="E500" t="s">
+        <v>792</v>
+      </c>
+      <c r="F500" t="s">
+        <v>15</v>
+      </c>
+      <c r="G500" t="s">
+        <v>945</v>
+      </c>
+      <c r="H500">
         <v>1108567</v>
       </c>
-      <c r="G499">
+      <c r="I500">
         <v>1139012</v>
       </c>
-      <c r="H499" t="s">
-[...10 lines deleted...]
-      <c r="C500" t="s">
+      <c r="J500" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10">
+      <c r="A501" t="s">
+        <v>10</v>
+      </c>
+      <c r="B501" t="s">
+        <v>11</v>
+      </c>
+      <c r="C501" t="s">
+        <v>947</v>
+      </c>
+      <c r="D501" t="s">
+        <v>13</v>
+      </c>
+      <c r="E501" t="s">
+        <v>902</v>
+      </c>
+      <c r="F501" t="s">
+        <v>15</v>
+      </c>
+      <c r="G501" t="s">
+        <v>948</v>
+      </c>
+      <c r="H501">
+        <v>1095366</v>
+      </c>
+      <c r="I501">
+        <v>1108566</v>
+      </c>
+      <c r="J501" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10">
+      <c r="A502" t="s">
+        <v>10</v>
+      </c>
+      <c r="B502" t="s">
+        <v>11</v>
+      </c>
+      <c r="C502" t="s">
+        <v>950</v>
+      </c>
+      <c r="D502" t="s">
+        <v>13</v>
+      </c>
+      <c r="E502" t="s">
         <v>895</v>
       </c>
-      <c r="D500" t="s">
-[...31 lines deleted...]
-      <c r="F501">
+      <c r="F502" t="s">
+        <v>15</v>
+      </c>
+      <c r="G502" t="s">
+        <v>951</v>
+      </c>
+      <c r="H502">
         <v>1000001</v>
       </c>
-      <c r="G501">
+      <c r="I502">
         <v>1043399</v>
       </c>
-      <c r="H501" t="s">
-[...19 lines deleted...]
-      <c r="F502">
+      <c r="J502" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10">
+      <c r="A503" t="s">
+        <v>10</v>
+      </c>
+      <c r="B503" t="s">
+        <v>11</v>
+      </c>
+      <c r="C503" t="s">
+        <v>950</v>
+      </c>
+      <c r="D503" t="s">
+        <v>13</v>
+      </c>
+      <c r="E503" t="s">
+        <v>895</v>
+      </c>
+      <c r="F503" t="s">
+        <v>15</v>
+      </c>
+      <c r="G503" t="s">
+        <v>953</v>
+      </c>
+      <c r="H503">
         <v>1269269</v>
       </c>
-      <c r="G502">
+      <c r="I503">
         <v>1396429</v>
       </c>
-      <c r="H502" t="s">
-[...19 lines deleted...]
-      <c r="F503">
+      <c r="J503" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10">
+      <c r="A504" t="s">
+        <v>10</v>
+      </c>
+      <c r="B504" t="s">
+        <v>11</v>
+      </c>
+      <c r="C504" t="s">
+        <v>955</v>
+      </c>
+      <c r="D504" t="s">
+        <v>13</v>
+      </c>
+      <c r="E504" t="s">
+        <v>956</v>
+      </c>
+      <c r="F504" t="s">
+        <v>15</v>
+      </c>
+      <c r="G504" t="s">
+        <v>957</v>
+      </c>
+      <c r="H504">
         <v>1235159</v>
       </c>
-      <c r="G503">
+      <c r="I504">
         <v>1269268</v>
       </c>
-      <c r="H503" t="s">
-[...19 lines deleted...]
-      <c r="F504">
+      <c r="J504" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10">
+      <c r="A505" t="s">
+        <v>10</v>
+      </c>
+      <c r="B505" t="s">
+        <v>11</v>
+      </c>
+      <c r="C505" t="s">
+        <v>959</v>
+      </c>
+      <c r="D505" t="s">
+        <v>13</v>
+      </c>
+      <c r="E505" t="s">
+        <v>960</v>
+      </c>
+      <c r="F505" t="s">
+        <v>15</v>
+      </c>
+      <c r="G505" t="s">
+        <v>961</v>
+      </c>
+      <c r="H505">
         <v>500001</v>
       </c>
-      <c r="G504">
+      <c r="I505">
         <v>1000000</v>
       </c>
-      <c r="H504" t="s">
-[...19 lines deleted...]
-      <c r="F505">
+      <c r="J505" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10">
+      <c r="A506" t="s">
+        <v>10</v>
+      </c>
+      <c r="B506" t="s">
+        <v>11</v>
+      </c>
+      <c r="C506" t="s">
+        <v>959</v>
+      </c>
+      <c r="D506" t="s">
+        <v>13</v>
+      </c>
+      <c r="E506" t="s">
+        <v>960</v>
+      </c>
+      <c r="F506" t="s">
+        <v>15</v>
+      </c>
+      <c r="G506" t="s">
+        <v>961</v>
+      </c>
+      <c r="H506">
         <v>1</v>
       </c>
-      <c r="G505">
+      <c r="I506">
         <v>500000</v>
       </c>
-      <c r="H505" t="s">
-[...19 lines deleted...]
-      <c r="F506">
+      <c r="J506" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10">
+      <c r="A507" t="s">
+        <v>10</v>
+      </c>
+      <c r="B507" t="s">
+        <v>11</v>
+      </c>
+      <c r="C507" t="s">
+        <v>959</v>
+      </c>
+      <c r="D507" t="s">
+        <v>13</v>
+      </c>
+      <c r="E507" t="s">
+        <v>960</v>
+      </c>
+      <c r="F507" t="s">
+        <v>15</v>
+      </c>
+      <c r="G507" t="s">
+        <v>964</v>
+      </c>
+      <c r="H507">
         <v>929659</v>
       </c>
-      <c r="G506">
+      <c r="I507">
         <v>1235158</v>
       </c>
-      <c r="H506" t="s">
-[...16 lines deleted...]
-      <c r="E507" t="s">
+      <c r="J507" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10">
+      <c r="A508" t="s">
+        <v>10</v>
+      </c>
+      <c r="B508" t="s">
+        <v>11</v>
+      </c>
+      <c r="C508" t="s">
         <v>959</v>
       </c>
-      <c r="F507">
+      <c r="D508" t="s">
+        <v>13</v>
+      </c>
+      <c r="E508" t="s">
+        <v>960</v>
+      </c>
+      <c r="F508" t="s">
+        <v>15</v>
+      </c>
+      <c r="G508" t="s">
+        <v>966</v>
+      </c>
+      <c r="H508">
         <v>829659</v>
       </c>
-      <c r="G507">
+      <c r="I508">
         <v>929658</v>
       </c>
-      <c r="H507" t="s">
+      <c r="J508" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10">
+      <c r="A509" t="s">
+        <v>10</v>
+      </c>
+      <c r="B509" t="s">
+        <v>11</v>
+      </c>
+      <c r="C509" t="s">
+        <v>959</v>
+      </c>
+      <c r="D509" t="s">
+        <v>13</v>
+      </c>
+      <c r="E509" t="s">
         <v>960</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E508" t="s">
+      <c r="F509" t="s">
+        <v>15</v>
+      </c>
+      <c r="G509" t="s">
+        <v>966</v>
+      </c>
+      <c r="H509">
+        <v>729659</v>
+      </c>
+      <c r="I509">
+        <v>829658</v>
+      </c>
+      <c r="J509" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" t="s">
+        <v>10</v>
+      </c>
+      <c r="B510" t="s">
+        <v>11</v>
+      </c>
+      <c r="C510" t="s">
         <v>959</v>
       </c>
-      <c r="F508">
-[...22 lines deleted...]
-      <c r="E509" t="s">
+      <c r="D510" t="s">
+        <v>13</v>
+      </c>
+      <c r="E510" t="s">
+        <v>960</v>
+      </c>
+      <c r="F510" t="s">
+        <v>15</v>
+      </c>
+      <c r="G510" t="s">
+        <v>966</v>
+      </c>
+      <c r="H510">
+        <v>493213</v>
+      </c>
+      <c r="I510">
+        <v>593212</v>
+      </c>
+      <c r="J510" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" t="s">
+        <v>10</v>
+      </c>
+      <c r="B511" t="s">
+        <v>11</v>
+      </c>
+      <c r="C511" t="s">
         <v>959</v>
       </c>
-      <c r="F509">
-[...25 lines deleted...]
-      <c r="F510">
+      <c r="D511" t="s">
+        <v>13</v>
+      </c>
+      <c r="E511" t="s">
+        <v>960</v>
+      </c>
+      <c r="F511" t="s">
+        <v>15</v>
+      </c>
+      <c r="G511" t="s">
+        <v>966</v>
+      </c>
+      <c r="H511">
         <v>393213</v>
       </c>
-      <c r="G510">
+      <c r="I511">
         <v>493212</v>
       </c>
-      <c r="H510" t="s">
-[...19 lines deleted...]
-      <c r="F511">
+      <c r="J511" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" t="s">
+        <v>10</v>
+      </c>
+      <c r="B512" t="s">
+        <v>11</v>
+      </c>
+      <c r="C512" t="s">
+        <v>971</v>
+      </c>
+      <c r="D512" t="s">
+        <v>13</v>
+      </c>
+      <c r="E512" t="s">
+        <v>792</v>
+      </c>
+      <c r="F512" t="s">
+        <v>15</v>
+      </c>
+      <c r="G512" t="s">
+        <v>972</v>
+      </c>
+      <c r="H512">
         <v>727632</v>
       </c>
-      <c r="G511">
+      <c r="I512">
         <v>729658</v>
       </c>
-      <c r="H511" t="s">
-[...19 lines deleted...]
-      <c r="F512">
+      <c r="J512" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" t="s">
+        <v>10</v>
+      </c>
+      <c r="B513" t="s">
+        <v>11</v>
+      </c>
+      <c r="C513" t="s">
+        <v>971</v>
+      </c>
+      <c r="D513" t="s">
+        <v>13</v>
+      </c>
+      <c r="E513" t="s">
+        <v>792</v>
+      </c>
+      <c r="F513" t="s">
+        <v>15</v>
+      </c>
+      <c r="G513" t="s">
+        <v>974</v>
+      </c>
+      <c r="H513">
         <v>725832</v>
       </c>
-      <c r="G512">
+      <c r="I513">
         <v>727631</v>
       </c>
-      <c r="H512" t="s">
-[...19 lines deleted...]
-      <c r="F513">
+      <c r="J513" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" t="s">
+        <v>10</v>
+      </c>
+      <c r="B514" t="s">
+        <v>11</v>
+      </c>
+      <c r="C514" t="s">
+        <v>971</v>
+      </c>
+      <c r="D514" t="s">
+        <v>13</v>
+      </c>
+      <c r="E514" t="s">
+        <v>792</v>
+      </c>
+      <c r="F514" t="s">
+        <v>15</v>
+      </c>
+      <c r="G514" t="s">
+        <v>976</v>
+      </c>
+      <c r="H514">
         <v>723779</v>
       </c>
-      <c r="G513">
+      <c r="I514">
         <v>725831</v>
       </c>
-      <c r="H513" t="s">
-[...16 lines deleted...]
-      <c r="E514" t="s">
+      <c r="J514" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" t="s">
+        <v>10</v>
+      </c>
+      <c r="B515" t="s">
+        <v>11</v>
+      </c>
+      <c r="C515" t="s">
         <v>971</v>
       </c>
-      <c r="F514">
+      <c r="D515" t="s">
+        <v>13</v>
+      </c>
+      <c r="E515" t="s">
+        <v>792</v>
+      </c>
+      <c r="F515" t="s">
+        <v>15</v>
+      </c>
+      <c r="G515" t="s">
+        <v>978</v>
+      </c>
+      <c r="H515">
         <v>672623</v>
       </c>
-      <c r="G514">
+      <c r="I515">
         <v>723778</v>
       </c>
-      <c r="H514" t="s">
-[...19 lines deleted...]
-      <c r="F515">
+      <c r="J515" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" t="s">
+        <v>10</v>
+      </c>
+      <c r="B516" t="s">
+        <v>11</v>
+      </c>
+      <c r="C516" t="s">
+        <v>971</v>
+      </c>
+      <c r="D516" t="s">
+        <v>13</v>
+      </c>
+      <c r="E516" t="s">
+        <v>792</v>
+      </c>
+      <c r="F516" t="s">
+        <v>15</v>
+      </c>
+      <c r="G516" t="s">
+        <v>980</v>
+      </c>
+      <c r="H516">
         <v>629659</v>
       </c>
-      <c r="G515">
+      <c r="I516">
         <v>672622</v>
       </c>
-      <c r="H515" t="s">
-[...19 lines deleted...]
-      <c r="F516">
+      <c r="J516" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10">
+      <c r="A517" t="s">
+        <v>10</v>
+      </c>
+      <c r="B517" t="s">
+        <v>11</v>
+      </c>
+      <c r="C517" t="s">
+        <v>971</v>
+      </c>
+      <c r="D517" t="s">
+        <v>13</v>
+      </c>
+      <c r="E517" t="s">
+        <v>792</v>
+      </c>
+      <c r="F517" t="s">
+        <v>15</v>
+      </c>
+      <c r="G517" t="s">
+        <v>982</v>
+      </c>
+      <c r="H517">
         <v>593213</v>
       </c>
-      <c r="G516">
+      <c r="I517">
         <v>629658</v>
       </c>
-      <c r="H516" t="s">
-[...19 lines deleted...]
-      <c r="F517">
+      <c r="J517" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10">
+      <c r="A518" t="s">
+        <v>10</v>
+      </c>
+      <c r="B518" t="s">
+        <v>11</v>
+      </c>
+      <c r="C518" t="s">
+        <v>984</v>
+      </c>
+      <c r="D518" t="s">
+        <v>13</v>
+      </c>
+      <c r="E518" t="s">
+        <v>985</v>
+      </c>
+      <c r="F518" t="s">
+        <v>985</v>
+      </c>
+      <c r="G518" t="s">
+        <v>986</v>
+      </c>
+      <c r="H518">
         <v>222663</v>
       </c>
-      <c r="G517">
+      <c r="I518">
         <v>393212</v>
       </c>
-      <c r="H517" t="s">
-[...19 lines deleted...]
-      <c r="F518">
+      <c r="J518" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10">
+      <c r="A519" t="s">
+        <v>10</v>
+      </c>
+      <c r="B519" t="s">
+        <v>11</v>
+      </c>
+      <c r="C519" t="s">
+        <v>988</v>
+      </c>
+      <c r="D519" t="s">
+        <v>13</v>
+      </c>
+      <c r="E519" t="s">
+        <v>960</v>
+      </c>
+      <c r="F519" t="s">
+        <v>15</v>
+      </c>
+      <c r="G519" t="s">
+        <v>989</v>
+      </c>
+      <c r="H519">
         <v>1</v>
       </c>
-      <c r="G518">
+      <c r="I519">
         <v>222662</v>
       </c>
-      <c r="H518" t="s">
-[...19 lines deleted...]
-      <c r="F519">
+      <c r="J519" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10">
+      <c r="A520" t="s">
+        <v>10</v>
+      </c>
+      <c r="B520" t="s">
+        <v>11</v>
+      </c>
+      <c r="C520" t="s">
+        <v>988</v>
+      </c>
+      <c r="D520" t="s">
+        <v>13</v>
+      </c>
+      <c r="E520" t="s">
+        <v>960</v>
+      </c>
+      <c r="F520" t="s">
+        <v>15</v>
+      </c>
+      <c r="G520" t="s">
+        <v>991</v>
+      </c>
+      <c r="H520">
         <v>1000001</v>
       </c>
-      <c r="G519">
+      <c r="I520">
         <v>1261753</v>
       </c>
-      <c r="H519" t="s">
-[...19 lines deleted...]
-      <c r="F520">
+      <c r="J520" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10">
+      <c r="A521" t="s">
+        <v>10</v>
+      </c>
+      <c r="B521" t="s">
+        <v>11</v>
+      </c>
+      <c r="C521" t="s">
+        <v>988</v>
+      </c>
+      <c r="D521" t="s">
+        <v>13</v>
+      </c>
+      <c r="E521" t="s">
+        <v>960</v>
+      </c>
+      <c r="F521" t="s">
+        <v>15</v>
+      </c>
+      <c r="G521" t="s">
+        <v>993</v>
+      </c>
+      <c r="H521">
         <v>800001</v>
       </c>
-      <c r="G520">
+      <c r="I521">
         <v>1000000</v>
       </c>
-      <c r="H520" t="s">
-[...19 lines deleted...]
-      <c r="F521">
+      <c r="J521" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10">
+      <c r="A522" t="s">
+        <v>10</v>
+      </c>
+      <c r="B522" t="s">
+        <v>11</v>
+      </c>
+      <c r="C522" t="s">
+        <v>988</v>
+      </c>
+      <c r="D522" t="s">
+        <v>13</v>
+      </c>
+      <c r="E522" t="s">
+        <v>960</v>
+      </c>
+      <c r="F522" t="s">
+        <v>15</v>
+      </c>
+      <c r="G522" t="s">
+        <v>993</v>
+      </c>
+      <c r="H522">
         <v>600001</v>
       </c>
-      <c r="G521">
+      <c r="I522">
         <v>800000</v>
       </c>
-      <c r="H521" t="s">
+      <c r="J522" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10">
+      <c r="A523" t="s">
+        <v>10</v>
+      </c>
+      <c r="B523" t="s">
+        <v>11</v>
+      </c>
+      <c r="C523" t="s">
         <v>988</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F522">
+      <c r="D523" t="s">
+        <v>13</v>
+      </c>
+      <c r="E523" t="s">
+        <v>960</v>
+      </c>
+      <c r="F523" t="s">
+        <v>15</v>
+      </c>
+      <c r="G523" t="s">
+        <v>993</v>
+      </c>
+      <c r="H523">
         <v>400001</v>
       </c>
-      <c r="G522">
+      <c r="I523">
         <v>600000</v>
       </c>
-      <c r="H522" t="s">
-[...19 lines deleted...]
-      <c r="F523">
+      <c r="J523" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10">
+      <c r="A524" t="s">
+        <v>10</v>
+      </c>
+      <c r="B524" t="s">
+        <v>11</v>
+      </c>
+      <c r="C524" t="s">
+        <v>988</v>
+      </c>
+      <c r="D524" t="s">
+        <v>13</v>
+      </c>
+      <c r="E524" t="s">
+        <v>960</v>
+      </c>
+      <c r="F524" t="s">
+        <v>15</v>
+      </c>
+      <c r="G524" t="s">
+        <v>993</v>
+      </c>
+      <c r="H524">
         <v>200001</v>
       </c>
-      <c r="G523">
+      <c r="I524">
         <v>400000</v>
       </c>
-      <c r="H523" t="s">
-[...19 lines deleted...]
-      <c r="F524">
+      <c r="J524" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10">
+      <c r="A525" t="s">
+        <v>10</v>
+      </c>
+      <c r="B525" t="s">
+        <v>11</v>
+      </c>
+      <c r="C525" t="s">
+        <v>988</v>
+      </c>
+      <c r="D525" t="s">
+        <v>13</v>
+      </c>
+      <c r="E525" t="s">
+        <v>960</v>
+      </c>
+      <c r="F525" t="s">
+        <v>15</v>
+      </c>
+      <c r="G525" t="s">
+        <v>993</v>
+      </c>
+      <c r="H525">
         <v>1</v>
       </c>
-      <c r="G524">
+      <c r="I525">
         <v>200000</v>
       </c>
-      <c r="H524" t="s">
-        <v>991</v>
+      <c r="J525" t="s">
+        <v>998</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">