--- v0 (2025-10-04)
+++ v1 (2026-02-01)
@@ -12,82 +12,112 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1178">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1186">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>Aire de Vida “FIIVO JAAGAVA KOMUYA JAG+Y+” Monochoa REDD+</t>
+  </si>
+  <si>
+    <t>CHEVRON PETROLEUM COMPANY</t>
+  </si>
+  <si>
+    <t>KSAVAL ENERGY SAS</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2001-2012-0601297-0601498</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-003-2-2001-2012-0600972-0601296</t>
+  </si>
+  <si>
     <t>2025-09-16</t>
   </si>
   <si>
-    <t>Aire de Vida “FIIVO JAAGAVA KOMUYA JAG+Y+” Monochoa REDD+</t>
-[...1 lines deleted...]
-  <si>
     <t>ORGANIZACIÓN TERPEL S.A.</t>
   </si>
   <si>
     <t>Terra Commodities S.A.S.</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0246781-0247307</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0245982-0246780</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0245326-0245981</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0244625-0245325</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0243992-0244624</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0243307-0243991</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0242961-0243306</t>
@@ -588,56 +618,50 @@
     <t>BCR-CO-259-14-003-2-2201-2212-0152050-0152223</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0151972-0152049</t>
   </si>
   <si>
     <t>1,236</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0150736-0151971</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0150402-0150735</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0149764-0150401</t>
   </si>
   <si>
     <t>2,456</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2201-2212-0147308-0149763</t>
   </si>
   <si>
     <t>2025-09-08</t>
-  </si>
-[...4 lines deleted...]
-    <t>KSAVAL ENERGY SAS</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0600631-0600971</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>CHEVRON PETROLIUM COMPANY</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0600325-0600630</t>
   </si>
   <si>
     <t>2025-07-02</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0599969-0600324</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>PETROBRAS COLOMBIA COMBUSTIBLES S.A.</t>
   </si>
@@ -3893,18308 +3917,22584 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H702"/>
+  <dimension ref="A1:J704"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H702" sqref="H702"/>
+      <selection activeCell="J704" sqref="J704"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E2">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2">
+        <v>202</v>
+      </c>
+      <c r="H2">
+        <v>601297</v>
+      </c>
+      <c r="I2">
+        <v>601498</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3">
+        <v>325</v>
+      </c>
+      <c r="H3">
+        <v>600972</v>
+      </c>
+      <c r="I3">
+        <v>601296</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4">
         <v>527</v>
       </c>
-      <c r="F2">
+      <c r="H4">
         <v>246781</v>
       </c>
-      <c r="G2">
+      <c r="I4">
         <v>247307</v>
       </c>
-      <c r="H2" t="s">
-[...16 lines deleted...]
-      <c r="E3">
+      <c r="J4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5">
         <v>799</v>
       </c>
-      <c r="F3">
+      <c r="H5">
         <v>245982</v>
       </c>
-      <c r="G3">
+      <c r="I5">
         <v>246780</v>
       </c>
-      <c r="H3" t="s">
-[...16 lines deleted...]
-      <c r="E4">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6">
         <v>656</v>
       </c>
-      <c r="F4">
+      <c r="H6">
         <v>245326</v>
       </c>
-      <c r="G4">
+      <c r="I6">
         <v>245981</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7">
+        <v>701</v>
+      </c>
+      <c r="H7">
+        <v>244625</v>
+      </c>
+      <c r="I7">
+        <v>245325</v>
+      </c>
+      <c r="J7" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8">
+        <v>633</v>
+      </c>
+      <c r="H8">
+        <v>243992</v>
+      </c>
+      <c r="I8">
+        <v>244624</v>
+      </c>
+      <c r="J8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9">
+        <v>685</v>
+      </c>
+      <c r="H9">
+        <v>243307</v>
+      </c>
+      <c r="I9">
+        <v>243991</v>
+      </c>
+      <c r="J9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10">
+        <v>346</v>
+      </c>
+      <c r="H10">
+        <v>242961</v>
+      </c>
+      <c r="I10">
+        <v>243306</v>
+      </c>
+      <c r="J10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11">
+        <v>463</v>
+      </c>
+      <c r="H11">
+        <v>242498</v>
+      </c>
+      <c r="I11">
+        <v>242960</v>
+      </c>
+      <c r="J11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12">
+        <v>256</v>
+      </c>
+      <c r="H12">
+        <v>242242</v>
+      </c>
+      <c r="I12">
+        <v>242497</v>
+      </c>
+      <c r="J12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13">
+        <v>543</v>
+      </c>
+      <c r="H13">
+        <v>241699</v>
+      </c>
+      <c r="I13">
+        <v>242241</v>
+      </c>
+      <c r="J13" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14">
+        <v>313</v>
+      </c>
+      <c r="H14">
+        <v>241386</v>
+      </c>
+      <c r="I14">
+        <v>241698</v>
+      </c>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>239902</v>
+      </c>
+      <c r="I15">
+        <v>241385</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>238748</v>
+      </c>
+      <c r="I16">
+        <v>239901</v>
+      </c>
+      <c r="J16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17">
+        <v>237652</v>
+      </c>
+      <c r="I17">
+        <v>238747</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18">
+        <v>815</v>
+      </c>
+      <c r="H18">
+        <v>236837</v>
+      </c>
+      <c r="I18">
+        <v>237651</v>
+      </c>
+      <c r="J18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19">
+        <v>250</v>
+      </c>
+      <c r="H19">
+        <v>236587</v>
+      </c>
+      <c r="I19">
+        <v>236836</v>
+      </c>
+      <c r="J19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>235388</v>
+      </c>
+      <c r="I20">
+        <v>236586</v>
+      </c>
+      <c r="J20" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21">
+        <v>273</v>
+      </c>
+      <c r="H21">
+        <v>235115</v>
+      </c>
+      <c r="I21">
+        <v>235387</v>
+      </c>
+      <c r="J21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>19</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22">
+        <v>152</v>
+      </c>
+      <c r="H22">
+        <v>234963</v>
+      </c>
+      <c r="I22">
+        <v>235114</v>
+      </c>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23">
+        <v>757</v>
+      </c>
+      <c r="H23">
+        <v>234206</v>
+      </c>
+      <c r="I23">
+        <v>234962</v>
+      </c>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24">
+        <v>736</v>
+      </c>
+      <c r="H24">
+        <v>233470</v>
+      </c>
+      <c r="I24">
+        <v>234205</v>
+      </c>
+      <c r="J24" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25">
+        <v>356</v>
+      </c>
+      <c r="H25">
+        <v>233114</v>
+      </c>
+      <c r="I25">
+        <v>233469</v>
+      </c>
+      <c r="J25" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26">
+        <v>337</v>
+      </c>
+      <c r="H26">
+        <v>232777</v>
+      </c>
+      <c r="I26">
+        <v>233113</v>
+      </c>
+      <c r="J26" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27">
+        <v>740</v>
+      </c>
+      <c r="H27">
+        <v>232037</v>
+      </c>
+      <c r="I27">
+        <v>232776</v>
+      </c>
+      <c r="J27" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>44</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>51</v>
+      </c>
+      <c r="H28">
+        <v>230824</v>
+      </c>
+      <c r="I28">
+        <v>232036</v>
+      </c>
+      <c r="J28" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29">
+        <v>629</v>
+      </c>
+      <c r="H29">
+        <v>230195</v>
+      </c>
+      <c r="I29">
+        <v>230823</v>
+      </c>
+      <c r="J29" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30">
+        <v>325</v>
+      </c>
+      <c r="H30">
+        <v>229870</v>
+      </c>
+      <c r="I30">
+        <v>230194</v>
+      </c>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31">
+        <v>228785</v>
+      </c>
+      <c r="I31">
+        <v>229869</v>
+      </c>
+      <c r="J31" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>44</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>57</v>
+      </c>
+      <c r="H32">
+        <v>227289</v>
+      </c>
+      <c r="I32">
+        <v>228784</v>
+      </c>
+      <c r="J32" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
+        <v>19</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33">
+        <v>797</v>
+      </c>
+      <c r="H33">
+        <v>226492</v>
+      </c>
+      <c r="I33">
+        <v>227288</v>
+      </c>
+      <c r="J33" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>44</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34">
+        <v>162</v>
+      </c>
+      <c r="H34">
+        <v>226330</v>
+      </c>
+      <c r="I34">
+        <v>226491</v>
+      </c>
+      <c r="J34" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
+        <v>19</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>44</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35">
+        <v>510</v>
+      </c>
+      <c r="H35">
+        <v>225820</v>
+      </c>
+      <c r="I35">
+        <v>226329</v>
+      </c>
+      <c r="J35" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
+        <v>19</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>44</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36">
+        <v>618</v>
+      </c>
+      <c r="H36">
+        <v>225202</v>
+      </c>
+      <c r="I36">
+        <v>225819</v>
+      </c>
+      <c r="J36" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" t="s">
+        <v>19</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>63</v>
+      </c>
+      <c r="H37">
+        <v>223737</v>
+      </c>
+      <c r="I37">
+        <v>225201</v>
+      </c>
+      <c r="J37" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>19</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>44</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38">
+        <v>418</v>
+      </c>
+      <c r="H38">
+        <v>223319</v>
+      </c>
+      <c r="I38">
+        <v>223736</v>
+      </c>
+      <c r="J38" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39">
+        <v>305</v>
+      </c>
+      <c r="H39">
+        <v>223014</v>
+      </c>
+      <c r="I39">
+        <v>223318</v>
+      </c>
+      <c r="J39" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>67</v>
+      </c>
+      <c r="H40">
+        <v>221358</v>
+      </c>
+      <c r="I40">
+        <v>223013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>44</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>69</v>
+      </c>
+      <c r="H41">
+        <v>220129</v>
+      </c>
+      <c r="I41">
+        <v>221357</v>
+      </c>
+      <c r="J41" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>55</v>
+      </c>
+      <c r="H42">
+        <v>219044</v>
+      </c>
+      <c r="I42">
+        <v>220128</v>
+      </c>
+      <c r="J42" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>19</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>44</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43">
+        <v>563</v>
+      </c>
+      <c r="H43">
+        <v>218481</v>
+      </c>
+      <c r="I43">
+        <v>219043</v>
+      </c>
+      <c r="J43" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44">
+        <v>320</v>
+      </c>
+      <c r="H44">
+        <v>218161</v>
+      </c>
+      <c r="I44">
+        <v>218480</v>
+      </c>
+      <c r="J44" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45">
+        <v>916</v>
+      </c>
+      <c r="H45">
+        <v>217245</v>
+      </c>
+      <c r="I45">
+        <v>218160</v>
+      </c>
+      <c r="J45" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>19</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46">
+        <v>958</v>
+      </c>
+      <c r="H46">
+        <v>216287</v>
+      </c>
+      <c r="I46">
+        <v>217244</v>
+      </c>
+      <c r="J46" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>19</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47">
+        <v>175</v>
+      </c>
+      <c r="H47">
+        <v>216112</v>
+      </c>
+      <c r="I47">
+        <v>216286</v>
+      </c>
+      <c r="J47" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48">
+        <v>418</v>
+      </c>
+      <c r="H48">
+        <v>215694</v>
+      </c>
+      <c r="I48">
+        <v>216111</v>
+      </c>
+      <c r="J48" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49">
+        <v>450</v>
+      </c>
+      <c r="H49">
+        <v>215244</v>
+      </c>
+      <c r="I49">
+        <v>215693</v>
+      </c>
+      <c r="J49" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
+        <v>19</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50">
+        <v>290</v>
+      </c>
+      <c r="H50">
+        <v>214954</v>
+      </c>
+      <c r="I50">
+        <v>215243</v>
+      </c>
+      <c r="J50" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>19</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51">
+        <v>726</v>
+      </c>
+      <c r="H51">
+        <v>214228</v>
+      </c>
+      <c r="I51">
+        <v>214953</v>
+      </c>
+      <c r="J51" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52">
+        <v>215</v>
+      </c>
+      <c r="H52">
+        <v>214013</v>
+      </c>
+      <c r="I52">
+        <v>214227</v>
+      </c>
+      <c r="J52" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53">
+        <v>518</v>
+      </c>
+      <c r="H53">
+        <v>213495</v>
+      </c>
+      <c r="I53">
+        <v>214012</v>
+      </c>
+      <c r="J53" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>19</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>83</v>
+      </c>
+      <c r="H54">
+        <v>211193</v>
+      </c>
+      <c r="I54">
+        <v>213494</v>
+      </c>
+      <c r="J54" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>19</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>85</v>
+      </c>
+      <c r="H55">
+        <v>208570</v>
+      </c>
+      <c r="I55">
+        <v>211192</v>
+      </c>
+      <c r="J55" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>19</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56">
+        <v>381</v>
+      </c>
+      <c r="H56">
+        <v>208189</v>
+      </c>
+      <c r="I56">
+        <v>208569</v>
+      </c>
+      <c r="J56" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>19</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57">
+        <v>325</v>
+      </c>
+      <c r="H57">
+        <v>207864</v>
+      </c>
+      <c r="I57">
+        <v>208188</v>
+      </c>
+      <c r="J57" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>19</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58">
+        <v>660</v>
+      </c>
+      <c r="H58">
+        <v>207204</v>
+      </c>
+      <c r="I58">
+        <v>207863</v>
+      </c>
+      <c r="J58" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59">
+        <v>440</v>
+      </c>
+      <c r="H59">
+        <v>206764</v>
+      </c>
+      <c r="I59">
+        <v>207203</v>
+      </c>
+      <c r="J59" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>91</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60">
+        <v>312</v>
+      </c>
+      <c r="H60">
+        <v>206452</v>
+      </c>
+      <c r="I60">
+        <v>206763</v>
+      </c>
+      <c r="J60" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>91</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61">
+        <v>654</v>
+      </c>
+      <c r="H61">
+        <v>205798</v>
+      </c>
+      <c r="I61">
+        <v>206451</v>
+      </c>
+      <c r="J61" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>91</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>94</v>
+      </c>
+      <c r="H62">
+        <v>204695</v>
+      </c>
+      <c r="I62">
+        <v>205797</v>
+      </c>
+      <c r="J62" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
+        <v>91</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>96</v>
+      </c>
+      <c r="H63">
+        <v>202823</v>
+      </c>
+      <c r="I63">
+        <v>204694</v>
+      </c>
+      <c r="J63" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>91</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64">
+        <v>382</v>
+      </c>
+      <c r="H64">
+        <v>202441</v>
+      </c>
+      <c r="I64">
+        <v>202822</v>
+      </c>
+      <c r="J64" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>91</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65">
+        <v>209</v>
+      </c>
+      <c r="H65">
+        <v>202232</v>
+      </c>
+      <c r="I65">
+        <v>202440</v>
+      </c>
+      <c r="J65" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>91</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66">
+        <v>572</v>
+      </c>
+      <c r="H66">
+        <v>201660</v>
+      </c>
+      <c r="I66">
+        <v>202231</v>
+      </c>
+      <c r="J66" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
+        <v>91</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67">
+        <v>295</v>
+      </c>
+      <c r="H67">
+        <v>201365</v>
+      </c>
+      <c r="I67">
+        <v>201659</v>
+      </c>
+      <c r="J67" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>91</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68">
+        <v>145</v>
+      </c>
+      <c r="H68">
+        <v>201220</v>
+      </c>
+      <c r="I68">
+        <v>201364</v>
+      </c>
+      <c r="J68" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>91</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69">
+        <v>532</v>
+      </c>
+      <c r="H69">
+        <v>200688</v>
+      </c>
+      <c r="I69">
+        <v>201219</v>
+      </c>
+      <c r="J69" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>91</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70">
+        <v>335</v>
+      </c>
+      <c r="H70">
+        <v>200353</v>
+      </c>
+      <c r="I70">
+        <v>200687</v>
+      </c>
+      <c r="J70" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>91</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71">
+        <v>732</v>
+      </c>
+      <c r="H71">
+        <v>199621</v>
+      </c>
+      <c r="I71">
+        <v>200352</v>
+      </c>
+      <c r="J71" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>91</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72">
+        <v>200</v>
+      </c>
+      <c r="H72">
+        <v>199421</v>
+      </c>
+      <c r="I72">
+        <v>199620</v>
+      </c>
+      <c r="J72" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>91</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73">
+        <v>460</v>
+      </c>
+      <c r="H73">
+        <v>198961</v>
+      </c>
+      <c r="I73">
+        <v>199420</v>
+      </c>
+      <c r="J73" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>91</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>108</v>
+      </c>
+      <c r="H74">
+        <v>197826</v>
+      </c>
+      <c r="I74">
+        <v>198960</v>
+      </c>
+      <c r="J74" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" t="s">
+        <v>91</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75">
+        <v>386</v>
+      </c>
+      <c r="H75">
+        <v>197440</v>
+      </c>
+      <c r="I75">
+        <v>197825</v>
+      </c>
+      <c r="J75" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" t="s">
+        <v>91</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76">
+        <v>213</v>
+      </c>
+      <c r="H76">
+        <v>197227</v>
+      </c>
+      <c r="I76">
+        <v>197439</v>
+      </c>
+      <c r="J76" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>91</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77">
+        <v>289</v>
+      </c>
+      <c r="H77">
+        <v>196938</v>
+      </c>
+      <c r="I77">
+        <v>197226</v>
+      </c>
+      <c r="J77" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>91</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78">
+        <v>198</v>
+      </c>
+      <c r="H78">
+        <v>196740</v>
+      </c>
+      <c r="I78">
+        <v>196937</v>
+      </c>
+      <c r="J78" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>91</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79">
+        <v>220</v>
+      </c>
+      <c r="H79">
+        <v>196520</v>
+      </c>
+      <c r="I79">
+        <v>196739</v>
+      </c>
+      <c r="J79" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>91</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80">
+        <v>94</v>
+      </c>
+      <c r="H80">
+        <v>196426</v>
+      </c>
+      <c r="I80">
+        <v>196519</v>
+      </c>
+      <c r="J80" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>91</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81">
+        <v>975</v>
+      </c>
+      <c r="H81">
+        <v>195451</v>
+      </c>
+      <c r="I81">
+        <v>196425</v>
+      </c>
+      <c r="J81" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>91</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82">
+        <v>422</v>
+      </c>
+      <c r="H82">
+        <v>195029</v>
+      </c>
+      <c r="I82">
+        <v>195450</v>
+      </c>
+      <c r="J82" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>91</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83">
+        <v>760</v>
+      </c>
+      <c r="H83">
+        <v>194269</v>
+      </c>
+      <c r="I83">
+        <v>195028</v>
+      </c>
+      <c r="J83" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>91</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84">
+        <v>747</v>
+      </c>
+      <c r="H84">
+        <v>193522</v>
+      </c>
+      <c r="I84">
+        <v>194268</v>
+      </c>
+      <c r="J84" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>91</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85">
+        <v>934</v>
+      </c>
+      <c r="H85">
+        <v>192588</v>
+      </c>
+      <c r="I85">
+        <v>193521</v>
+      </c>
+      <c r="J85" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>91</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86">
+        <v>415</v>
+      </c>
+      <c r="H86">
+        <v>192173</v>
+      </c>
+      <c r="I86">
+        <v>192587</v>
+      </c>
+      <c r="J86" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>91</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87">
+        <v>411</v>
+      </c>
+      <c r="H87">
+        <v>191762</v>
+      </c>
+      <c r="I87">
+        <v>192172</v>
+      </c>
+      <c r="J87" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>91</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>123</v>
+      </c>
+      <c r="H88">
+        <v>190051</v>
+      </c>
+      <c r="I88">
+        <v>191761</v>
+      </c>
+      <c r="J88" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>91</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89">
+        <v>139</v>
+      </c>
+      <c r="H89">
+        <v>189912</v>
+      </c>
+      <c r="I89">
+        <v>190050</v>
+      </c>
+      <c r="J89" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
+        <v>91</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90">
+        <v>346</v>
+      </c>
+      <c r="H90">
+        <v>189566</v>
+      </c>
+      <c r="I90">
+        <v>189911</v>
+      </c>
+      <c r="J90" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>91</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91">
+        <v>202</v>
+      </c>
+      <c r="H91">
+        <v>189364</v>
+      </c>
+      <c r="I91">
+        <v>189565</v>
+      </c>
+      <c r="J91" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>91</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>128</v>
+      </c>
+      <c r="H92">
+        <v>187783</v>
+      </c>
+      <c r="I92">
+        <v>189363</v>
+      </c>
+      <c r="J92" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93">
+        <v>255</v>
+      </c>
+      <c r="H93">
+        <v>187528</v>
+      </c>
+      <c r="I93">
+        <v>187782</v>
+      </c>
+      <c r="J93" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94">
+        <v>253</v>
+      </c>
+      <c r="H94">
+        <v>187275</v>
+      </c>
+      <c r="I94">
+        <v>187527</v>
+      </c>
+      <c r="J94" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>91</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95">
+        <v>338</v>
+      </c>
+      <c r="H95">
+        <v>186937</v>
+      </c>
+      <c r="I95">
+        <v>187274</v>
+      </c>
+      <c r="J95" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>91</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96">
+        <v>333</v>
+      </c>
+      <c r="H96">
+        <v>186604</v>
+      </c>
+      <c r="I96">
+        <v>186936</v>
+      </c>
+      <c r="J96" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>91</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97">
+        <v>466</v>
+      </c>
+      <c r="H97">
+        <v>186138</v>
+      </c>
+      <c r="I97">
+        <v>186603</v>
+      </c>
+      <c r="J97" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>91</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>135</v>
+      </c>
+      <c r="H98">
+        <v>184539</v>
+      </c>
+      <c r="I98">
+        <v>186137</v>
+      </c>
+      <c r="J98" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>91</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99">
+        <v>973</v>
+      </c>
+      <c r="H99">
+        <v>183566</v>
+      </c>
+      <c r="I99">
+        <v>184538</v>
+      </c>
+      <c r="J99" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>91</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100">
+        <v>864</v>
+      </c>
+      <c r="H100">
+        <v>182702</v>
+      </c>
+      <c r="I100">
+        <v>183565</v>
+      </c>
+      <c r="J100" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>91</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>139</v>
+      </c>
+      <c r="H101">
+        <v>181069</v>
+      </c>
+      <c r="I101">
+        <v>182701</v>
+      </c>
+      <c r="J101" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>91</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102">
+        <v>613</v>
+      </c>
+      <c r="H102">
+        <v>180456</v>
+      </c>
+      <c r="I102">
+        <v>181068</v>
+      </c>
+      <c r="J102" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" t="s">
+        <v>91</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103">
+        <v>584</v>
+      </c>
+      <c r="H103">
+        <v>179872</v>
+      </c>
+      <c r="I103">
+        <v>180455</v>
+      </c>
+      <c r="J103" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" t="s">
+        <v>91</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104">
+        <v>52</v>
+      </c>
+      <c r="H104">
+        <v>179820</v>
+      </c>
+      <c r="I104">
+        <v>179871</v>
+      </c>
+      <c r="J104" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>11</v>
+      </c>
+      <c r="C105" t="s">
+        <v>91</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>144</v>
+      </c>
+      <c r="H105">
+        <v>178651</v>
+      </c>
+      <c r="I105">
+        <v>179819</v>
+      </c>
+      <c r="J105" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" t="s">
+        <v>91</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>44</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>146</v>
+      </c>
+      <c r="H106">
+        <v>177471</v>
+      </c>
+      <c r="I106">
+        <v>178650</v>
+      </c>
+      <c r="J106" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>44</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107">
+        <v>799</v>
+      </c>
+      <c r="H107">
+        <v>176672</v>
+      </c>
+      <c r="I107">
+        <v>177470</v>
+      </c>
+      <c r="J107" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" t="s">
+        <v>11</v>
+      </c>
+      <c r="C108" t="s">
+        <v>91</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>44</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108">
+        <v>191</v>
+      </c>
+      <c r="H108">
+        <v>176481</v>
+      </c>
+      <c r="I108">
+        <v>176671</v>
+      </c>
+      <c r="J108" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>91</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>44</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109">
+        <v>107</v>
+      </c>
+      <c r="H109">
+        <v>176374</v>
+      </c>
+      <c r="I109">
+        <v>176480</v>
+      </c>
+      <c r="J109" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" t="s">
+        <v>91</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>44</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110">
+        <v>480</v>
+      </c>
+      <c r="H110">
+        <v>175894</v>
+      </c>
+      <c r="I110">
+        <v>176373</v>
+      </c>
+      <c r="J110" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C111" t="s">
+        <v>91</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>44</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111">
+        <v>233</v>
+      </c>
+      <c r="H111">
+        <v>175661</v>
+      </c>
+      <c r="I111">
+        <v>175893</v>
+      </c>
+      <c r="J111" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" t="s">
+        <v>91</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>44</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112">
+        <v>970</v>
+      </c>
+      <c r="H112">
+        <v>174691</v>
+      </c>
+      <c r="I112">
+        <v>175660</v>
+      </c>
+      <c r="J112" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>11</v>
+      </c>
+      <c r="C113" t="s">
+        <v>91</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>44</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113">
+        <v>141</v>
+      </c>
+      <c r="H113">
+        <v>174550</v>
+      </c>
+      <c r="I113">
+        <v>174690</v>
+      </c>
+      <c r="J113" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>91</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>44</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114">
+        <v>299</v>
+      </c>
+      <c r="H114">
+        <v>174251</v>
+      </c>
+      <c r="I114">
+        <v>174549</v>
+      </c>
+      <c r="J114" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>11</v>
+      </c>
+      <c r="C115" t="s">
+        <v>91</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>44</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115">
+        <v>385</v>
+      </c>
+      <c r="H115">
+        <v>173866</v>
+      </c>
+      <c r="I115">
+        <v>174250</v>
+      </c>
+      <c r="J115" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
+        <v>91</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>44</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116">
+        <v>730</v>
+      </c>
+      <c r="H116">
+        <v>173136</v>
+      </c>
+      <c r="I116">
+        <v>173865</v>
+      </c>
+      <c r="J116" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>91</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>44</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117">
+        <v>847</v>
+      </c>
+      <c r="H117">
+        <v>172289</v>
+      </c>
+      <c r="I117">
+        <v>173135</v>
+      </c>
+      <c r="J117" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>91</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>44</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118">
+        <v>421</v>
+      </c>
+      <c r="H118">
+        <v>171868</v>
+      </c>
+      <c r="I118">
+        <v>172288</v>
+      </c>
+      <c r="J118" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" t="s">
+        <v>91</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>44</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119">
+        <v>893</v>
+      </c>
+      <c r="H119">
+        <v>170975</v>
+      </c>
+      <c r="I119">
+        <v>171867</v>
+      </c>
+      <c r="J119" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
+      <c r="C120" t="s">
+        <v>91</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>44</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120">
+        <v>210</v>
+      </c>
+      <c r="H120">
+        <v>170765</v>
+      </c>
+      <c r="I120">
+        <v>170974</v>
+      </c>
+      <c r="J120" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" t="s">
+        <v>91</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>44</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121">
+        <v>244</v>
+      </c>
+      <c r="H121">
+        <v>170521</v>
+      </c>
+      <c r="I121">
+        <v>170764</v>
+      </c>
+      <c r="J121" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>11</v>
+      </c>
+      <c r="C122" t="s">
+        <v>91</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>44</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122">
+        <v>849</v>
+      </c>
+      <c r="H122">
+        <v>169672</v>
+      </c>
+      <c r="I122">
+        <v>170520</v>
+      </c>
+      <c r="J122" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>10</v>
+      </c>
+      <c r="B123" t="s">
+        <v>11</v>
+      </c>
+      <c r="C123" t="s">
+        <v>91</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>44</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123">
+        <v>199</v>
+      </c>
+      <c r="H123">
+        <v>169473</v>
+      </c>
+      <c r="I123">
+        <v>169671</v>
+      </c>
+      <c r="J123" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>10</v>
+      </c>
+      <c r="B124" t="s">
+        <v>11</v>
+      </c>
+      <c r="C124" t="s">
+        <v>91</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>44</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>165</v>
+      </c>
+      <c r="H124">
+        <v>168162</v>
+      </c>
+      <c r="I124">
+        <v>169472</v>
+      </c>
+      <c r="J124" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>10</v>
+      </c>
+      <c r="B125" t="s">
+        <v>11</v>
+      </c>
+      <c r="C125" t="s">
+        <v>91</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>44</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125">
+        <v>242</v>
+      </c>
+      <c r="H125">
+        <v>167920</v>
+      </c>
+      <c r="I125">
+        <v>168161</v>
+      </c>
+      <c r="J125" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" t="s">
+        <v>11</v>
+      </c>
+      <c r="C126" t="s">
+        <v>91</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>44</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>168</v>
+      </c>
+      <c r="H126">
+        <v>165913</v>
+      </c>
+      <c r="I126">
+        <v>167919</v>
+      </c>
+      <c r="J126" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>10</v>
+      </c>
+      <c r="B127" t="s">
+        <v>11</v>
+      </c>
+      <c r="C127" t="s">
+        <v>91</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>44</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127">
+        <v>374</v>
+      </c>
+      <c r="H127">
+        <v>165539</v>
+      </c>
+      <c r="I127">
+        <v>165912</v>
+      </c>
+      <c r="J127" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>10</v>
+      </c>
+      <c r="B128" t="s">
+        <v>11</v>
+      </c>
+      <c r="C128" t="s">
+        <v>91</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>44</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128">
+        <v>456</v>
+      </c>
+      <c r="H128">
+        <v>165083</v>
+      </c>
+      <c r="I128">
+        <v>165538</v>
+      </c>
+      <c r="J128" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>10</v>
+      </c>
+      <c r="B129" t="s">
+        <v>11</v>
+      </c>
+      <c r="C129" t="s">
+        <v>91</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>44</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129">
+        <v>677</v>
+      </c>
+      <c r="H129">
+        <v>164406</v>
+      </c>
+      <c r="I129">
+        <v>165082</v>
+      </c>
+      <c r="J129" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>10</v>
+      </c>
+      <c r="B130" t="s">
+        <v>11</v>
+      </c>
+      <c r="C130" t="s">
+        <v>91</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>44</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130">
+        <v>915</v>
+      </c>
+      <c r="H130">
+        <v>163491</v>
+      </c>
+      <c r="I130">
+        <v>164405</v>
+      </c>
+      <c r="J130" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>10</v>
+      </c>
+      <c r="B131" t="s">
+        <v>11</v>
+      </c>
+      <c r="C131" t="s">
+        <v>91</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>44</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131">
+        <v>696</v>
+      </c>
+      <c r="H131">
+        <v>162795</v>
+      </c>
+      <c r="I131">
+        <v>163490</v>
+      </c>
+      <c r="J131" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>10</v>
+      </c>
+      <c r="B132" t="s">
+        <v>11</v>
+      </c>
+      <c r="C132" t="s">
+        <v>91</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>44</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>175</v>
+      </c>
+      <c r="H132">
+        <v>161760</v>
+      </c>
+      <c r="I132">
+        <v>162794</v>
+      </c>
+      <c r="J132" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>10</v>
+      </c>
+      <c r="B133" t="s">
+        <v>11</v>
+      </c>
+      <c r="C133" t="s">
+        <v>91</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>44</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>177</v>
+      </c>
+      <c r="H133">
+        <v>160353</v>
+      </c>
+      <c r="I133">
+        <v>161759</v>
+      </c>
+      <c r="J133" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>10</v>
+      </c>
+      <c r="B134" t="s">
+        <v>11</v>
+      </c>
+      <c r="C134" t="s">
+        <v>91</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>44</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>179</v>
+      </c>
+      <c r="H134">
+        <v>159017</v>
+      </c>
+      <c r="I134">
+        <v>160352</v>
+      </c>
+      <c r="J134" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B135" t="s">
+        <v>11</v>
+      </c>
+      <c r="C135" t="s">
+        <v>91</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>44</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135">
+        <v>484</v>
+      </c>
+      <c r="H135">
+        <v>158533</v>
+      </c>
+      <c r="I135">
+        <v>159016</v>
+      </c>
+      <c r="J135" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B136" t="s">
+        <v>11</v>
+      </c>
+      <c r="C136" t="s">
+        <v>91</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>44</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136">
+        <v>489</v>
+      </c>
+      <c r="H136">
+        <v>158044</v>
+      </c>
+      <c r="I136">
+        <v>158532</v>
+      </c>
+      <c r="J136" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" t="s">
+        <v>10</v>
+      </c>
+      <c r="B137" t="s">
+        <v>11</v>
+      </c>
+      <c r="C137" t="s">
+        <v>91</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>44</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137">
+        <v>133</v>
+      </c>
+      <c r="H137">
+        <v>157911</v>
+      </c>
+      <c r="I137">
+        <v>158043</v>
+      </c>
+      <c r="J137" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" t="s">
+        <v>10</v>
+      </c>
+      <c r="B138" t="s">
+        <v>11</v>
+      </c>
+      <c r="C138" t="s">
+        <v>91</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>44</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138">
+        <v>951</v>
+      </c>
+      <c r="H138">
+        <v>156960</v>
+      </c>
+      <c r="I138">
+        <v>157910</v>
+      </c>
+      <c r="J138" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" t="s">
+        <v>10</v>
+      </c>
+      <c r="B139" t="s">
+        <v>11</v>
+      </c>
+      <c r="C139" t="s">
+        <v>91</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>185</v>
+      </c>
+      <c r="H139">
+        <v>155571</v>
+      </c>
+      <c r="I139">
+        <v>156959</v>
+      </c>
+      <c r="J139" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" t="s">
+        <v>10</v>
+      </c>
+      <c r="B140" t="s">
+        <v>11</v>
+      </c>
+      <c r="C140" t="s">
+        <v>91</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140">
+        <v>395</v>
+      </c>
+      <c r="H140">
+        <v>155176</v>
+      </c>
+      <c r="I140">
+        <v>155570</v>
+      </c>
+      <c r="J140" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" t="s">
+        <v>10</v>
+      </c>
+      <c r="B141" t="s">
+        <v>11</v>
+      </c>
+      <c r="C141" t="s">
+        <v>91</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>188</v>
+      </c>
+      <c r="H141">
+        <v>154078</v>
+      </c>
+      <c r="I141">
+        <v>155175</v>
+      </c>
+      <c r="J141" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>10</v>
+      </c>
+      <c r="B142" t="s">
+        <v>11</v>
+      </c>
+      <c r="C142" t="s">
+        <v>91</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>190</v>
+      </c>
+      <c r="H142">
+        <v>152423</v>
+      </c>
+      <c r="I142">
+        <v>154077</v>
+      </c>
+      <c r="J142" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>10</v>
+      </c>
+      <c r="B143" t="s">
+        <v>11</v>
+      </c>
+      <c r="C143" t="s">
+        <v>91</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143">
+        <v>199</v>
+      </c>
+      <c r="H143">
+        <v>152224</v>
+      </c>
+      <c r="I143">
+        <v>152422</v>
+      </c>
+      <c r="J143" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>10</v>
+      </c>
+      <c r="B144" t="s">
+        <v>11</v>
+      </c>
+      <c r="C144" t="s">
+        <v>91</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144">
+        <v>174</v>
+      </c>
+      <c r="H144">
+        <v>152050</v>
+      </c>
+      <c r="I144">
+        <v>152223</v>
+      </c>
+      <c r="J144" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
+        <v>91</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145">
+        <v>78</v>
+      </c>
+      <c r="H145">
+        <v>151972</v>
+      </c>
+      <c r="I145">
+        <v>152049</v>
+      </c>
+      <c r="J145" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" t="s">
+        <v>11</v>
+      </c>
+      <c r="C146" t="s">
+        <v>91</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>195</v>
+      </c>
+      <c r="H146">
+        <v>150736</v>
+      </c>
+      <c r="I146">
+        <v>151971</v>
+      </c>
+      <c r="J146" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" t="s">
+        <v>11</v>
+      </c>
+      <c r="C147" t="s">
+        <v>91</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147">
+        <v>334</v>
+      </c>
+      <c r="H147">
+        <v>150402</v>
+      </c>
+      <c r="I147">
+        <v>150735</v>
+      </c>
+      <c r="J147" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" t="s">
+        <v>10</v>
+      </c>
+      <c r="B148" t="s">
+        <v>11</v>
+      </c>
+      <c r="C148" t="s">
+        <v>91</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148">
+        <v>638</v>
+      </c>
+      <c r="H148">
+        <v>149764</v>
+      </c>
+      <c r="I148">
+        <v>150401</v>
+      </c>
+      <c r="J148" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" t="s">
+        <v>10</v>
+      </c>
+      <c r="B149" t="s">
+        <v>11</v>
+      </c>
+      <c r="C149" t="s">
+        <v>91</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>199</v>
+      </c>
+      <c r="H149">
+        <v>147308</v>
+      </c>
+      <c r="I149">
+        <v>149763</v>
+      </c>
+      <c r="J149" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" t="s">
+        <v>10</v>
+      </c>
+      <c r="B150" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" t="s">
+        <v>201</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
         <v>14</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H5" t="s">
+      <c r="F150" t="s">
         <v>15</v>
       </c>
-    </row>
-[...65 lines deleted...]
-      <c r="E8">
+      <c r="G150">
+        <v>341</v>
+      </c>
+      <c r="H150">
+        <v>600631</v>
+      </c>
+      <c r="I150">
+        <v>600971</v>
+      </c>
+      <c r="J150" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" t="s">
+        <v>10</v>
+      </c>
+      <c r="B151" t="s">
+        <v>11</v>
+      </c>
+      <c r="C151" t="s">
+        <v>203</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>204</v>
+      </c>
+      <c r="F151" t="s">
+        <v>15</v>
+      </c>
+      <c r="G151">
+        <v>306</v>
+      </c>
+      <c r="H151">
+        <v>600325</v>
+      </c>
+      <c r="I151">
+        <v>600630</v>
+      </c>
+      <c r="J151" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" t="s">
+        <v>10</v>
+      </c>
+      <c r="B152" t="s">
+        <v>11</v>
+      </c>
+      <c r="C152" t="s">
+        <v>206</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>14</v>
+      </c>
+      <c r="F152" t="s">
+        <v>15</v>
+      </c>
+      <c r="G152">
+        <v>356</v>
+      </c>
+      <c r="H152">
+        <v>599969</v>
+      </c>
+      <c r="I152">
+        <v>600324</v>
+      </c>
+      <c r="J152" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B153" t="s">
+        <v>11</v>
+      </c>
+      <c r="C153" t="s">
+        <v>208</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>209</v>
+      </c>
+      <c r="F153" t="s">
+        <v>210</v>
+      </c>
+      <c r="G153" t="s">
+        <v>211</v>
+      </c>
+      <c r="H153">
+        <v>14779</v>
+      </c>
+      <c r="I153">
+        <v>31051</v>
+      </c>
+      <c r="J153" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" t="s">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
+        <v>11</v>
+      </c>
+      <c r="C154" t="s">
+        <v>208</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>209</v>
+      </c>
+      <c r="F154" t="s">
+        <v>210</v>
+      </c>
+      <c r="G154" t="s">
+        <v>213</v>
+      </c>
+      <c r="H154">
+        <v>1</v>
+      </c>
+      <c r="I154">
+        <v>14778</v>
+      </c>
+      <c r="J154" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B155" t="s">
+        <v>11</v>
+      </c>
+      <c r="C155" t="s">
+        <v>208</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>209</v>
+      </c>
+      <c r="F155" t="s">
+        <v>210</v>
+      </c>
+      <c r="G155" t="s">
+        <v>215</v>
+      </c>
+      <c r="H155">
+        <v>14368</v>
+      </c>
+      <c r="I155">
+        <v>17518</v>
+      </c>
+      <c r="J155" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="A156" t="s">
+        <v>10</v>
+      </c>
+      <c r="B156" t="s">
+        <v>11</v>
+      </c>
+      <c r="C156" t="s">
+        <v>217</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>218</v>
+      </c>
+      <c r="G156">
+        <v>650</v>
+      </c>
+      <c r="H156">
+        <v>13718</v>
+      </c>
+      <c r="I156">
+        <v>14367</v>
+      </c>
+      <c r="J156" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="A157" t="s">
+        <v>10</v>
+      </c>
+      <c r="B157" t="s">
+        <v>11</v>
+      </c>
+      <c r="C157" t="s">
+        <v>217</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>218</v>
+      </c>
+      <c r="G157">
+        <v>443</v>
+      </c>
+      <c r="H157">
+        <v>13275</v>
+      </c>
+      <c r="I157">
+        <v>13717</v>
+      </c>
+      <c r="J157" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="A158" t="s">
+        <v>10</v>
+      </c>
+      <c r="B158" t="s">
+        <v>11</v>
+      </c>
+      <c r="C158" t="s">
+        <v>217</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>218</v>
+      </c>
+      <c r="G158">
+        <v>113</v>
+      </c>
+      <c r="H158">
+        <v>13162</v>
+      </c>
+      <c r="I158">
+        <v>13274</v>
+      </c>
+      <c r="J158" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="A159" t="s">
+        <v>10</v>
+      </c>
+      <c r="B159" t="s">
+        <v>11</v>
+      </c>
+      <c r="C159" t="s">
+        <v>217</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>218</v>
+      </c>
+      <c r="G159">
+        <v>199</v>
+      </c>
+      <c r="H159">
+        <v>12963</v>
+      </c>
+      <c r="I159">
+        <v>13161</v>
+      </c>
+      <c r="J159" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" t="s">
+        <v>10</v>
+      </c>
+      <c r="B160" t="s">
+        <v>11</v>
+      </c>
+      <c r="C160" t="s">
+        <v>217</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>218</v>
+      </c>
+      <c r="G160" t="s">
+        <v>223</v>
+      </c>
+      <c r="H160">
+        <v>11868</v>
+      </c>
+      <c r="I160">
+        <v>12962</v>
+      </c>
+      <c r="J160" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" t="s">
+        <v>10</v>
+      </c>
+      <c r="B161" t="s">
+        <v>11</v>
+      </c>
+      <c r="C161" t="s">
+        <v>217</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>218</v>
+      </c>
+      <c r="G161" t="s">
+        <v>225</v>
+      </c>
+      <c r="H161">
+        <v>9710</v>
+      </c>
+      <c r="I161">
+        <v>11867</v>
+      </c>
+      <c r="J161" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" t="s">
+        <v>10</v>
+      </c>
+      <c r="B162" t="s">
+        <v>11</v>
+      </c>
+      <c r="C162" t="s">
+        <v>227</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>14</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162">
+        <v>257</v>
+      </c>
+      <c r="H162">
+        <v>6030</v>
+      </c>
+      <c r="I162">
+        <v>6286</v>
+      </c>
+      <c r="J162" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" t="s">
+        <v>10</v>
+      </c>
+      <c r="B163" t="s">
+        <v>11</v>
+      </c>
+      <c r="C163" t="s">
+        <v>229</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163">
+        <v>72</v>
+      </c>
+      <c r="H163">
+        <v>147236</v>
+      </c>
+      <c r="I163">
+        <v>147307</v>
+      </c>
+      <c r="J163" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" t="s">
+        <v>10</v>
+      </c>
+      <c r="B164" t="s">
+        <v>11</v>
+      </c>
+      <c r="C164" t="s">
+        <v>231</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164">
+        <v>72</v>
+      </c>
+      <c r="H164">
+        <v>147164</v>
+      </c>
+      <c r="I164">
+        <v>147235</v>
+      </c>
+      <c r="J164" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" t="s">
+        <v>10</v>
+      </c>
+      <c r="B165" t="s">
+        <v>11</v>
+      </c>
+      <c r="C165" t="s">
+        <v>233</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165">
+        <v>913</v>
+      </c>
+      <c r="H165">
+        <v>146251</v>
+      </c>
+      <c r="I165">
+        <v>147163</v>
+      </c>
+      <c r="J165" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10">
+      <c r="A166" t="s">
+        <v>10</v>
+      </c>
+      <c r="B166" t="s">
+        <v>11</v>
+      </c>
+      <c r="C166" t="s">
+        <v>233</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166">
+        <v>654</v>
+      </c>
+      <c r="H166">
+        <v>145597</v>
+      </c>
+      <c r="I166">
+        <v>146250</v>
+      </c>
+      <c r="J166" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" t="s">
+        <v>10</v>
+      </c>
+      <c r="B167" t="s">
+        <v>11</v>
+      </c>
+      <c r="C167" t="s">
+        <v>233</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167">
+        <v>877</v>
+      </c>
+      <c r="H167">
+        <v>144720</v>
+      </c>
+      <c r="I167">
+        <v>145596</v>
+      </c>
+      <c r="J167" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B168" t="s">
+        <v>11</v>
+      </c>
+      <c r="C168" t="s">
+        <v>233</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168">
+        <v>426</v>
+      </c>
+      <c r="H168">
+        <v>144294</v>
+      </c>
+      <c r="I168">
+        <v>144719</v>
+      </c>
+      <c r="J168" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" t="s">
+        <v>10</v>
+      </c>
+      <c r="B169" t="s">
+        <v>11</v>
+      </c>
+      <c r="C169" t="s">
+        <v>233</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>238</v>
+      </c>
+      <c r="H169">
+        <v>143062</v>
+      </c>
+      <c r="I169">
+        <v>144293</v>
+      </c>
+      <c r="J169" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" t="s">
+        <v>10</v>
+      </c>
+      <c r="B170" t="s">
+        <v>11</v>
+      </c>
+      <c r="C170" t="s">
+        <v>233</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>240</v>
+      </c>
+      <c r="H170">
+        <v>142022</v>
+      </c>
+      <c r="I170">
+        <v>143061</v>
+      </c>
+      <c r="J170" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" t="s">
+        <v>10</v>
+      </c>
+      <c r="B171" t="s">
+        <v>11</v>
+      </c>
+      <c r="C171" t="s">
+        <v>233</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>242</v>
+      </c>
+      <c r="H171">
+        <v>140999</v>
+      </c>
+      <c r="I171">
+        <v>142021</v>
+      </c>
+      <c r="J171" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" t="s">
+        <v>10</v>
+      </c>
+      <c r="B172" t="s">
+        <v>11</v>
+      </c>
+      <c r="C172" t="s">
+        <v>233</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172">
+        <v>895</v>
+      </c>
+      <c r="H172">
+        <v>140104</v>
+      </c>
+      <c r="I172">
+        <v>140998</v>
+      </c>
+      <c r="J172" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" t="s">
+        <v>10</v>
+      </c>
+      <c r="B173" t="s">
+        <v>11</v>
+      </c>
+      <c r="C173" t="s">
+        <v>233</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173">
+        <v>444</v>
+      </c>
+      <c r="H173">
+        <v>139660</v>
+      </c>
+      <c r="I173">
+        <v>140103</v>
+      </c>
+      <c r="J173" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" t="s">
+        <v>10</v>
+      </c>
+      <c r="B174" t="s">
+        <v>11</v>
+      </c>
+      <c r="C174" t="s">
+        <v>233</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174">
+        <v>830</v>
+      </c>
+      <c r="H174">
+        <v>138830</v>
+      </c>
+      <c r="I174">
+        <v>139659</v>
+      </c>
+      <c r="J174" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" t="s">
+        <v>10</v>
+      </c>
+      <c r="B175" t="s">
+        <v>11</v>
+      </c>
+      <c r="C175" t="s">
+        <v>233</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175">
+        <v>371</v>
+      </c>
+      <c r="H175">
+        <v>138459</v>
+      </c>
+      <c r="I175">
+        <v>138829</v>
+      </c>
+      <c r="J175" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="A176" t="s">
+        <v>10</v>
+      </c>
+      <c r="B176" t="s">
+        <v>11</v>
+      </c>
+      <c r="C176" t="s">
+        <v>233</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176">
+        <v>991</v>
+      </c>
+      <c r="H176">
+        <v>137468</v>
+      </c>
+      <c r="I176">
+        <v>138458</v>
+      </c>
+      <c r="J176" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10">
+      <c r="A177" t="s">
+        <v>10</v>
+      </c>
+      <c r="B177" t="s">
+        <v>11</v>
+      </c>
+      <c r="C177" t="s">
+        <v>233</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177">
+        <v>949</v>
+      </c>
+      <c r="H177">
+        <v>136519</v>
+      </c>
+      <c r="I177">
+        <v>137467</v>
+      </c>
+      <c r="J177" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10">
+      <c r="A178" t="s">
+        <v>10</v>
+      </c>
+      <c r="B178" t="s">
+        <v>11</v>
+      </c>
+      <c r="C178" t="s">
+        <v>233</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178">
+        <v>696</v>
+      </c>
+      <c r="H178">
+        <v>135823</v>
+      </c>
+      <c r="I178">
+        <v>136518</v>
+      </c>
+      <c r="J178" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10">
+      <c r="A179" t="s">
+        <v>10</v>
+      </c>
+      <c r="B179" t="s">
+        <v>11</v>
+      </c>
+      <c r="C179" t="s">
+        <v>233</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>251</v>
+      </c>
+      <c r="H179">
+        <v>134661</v>
+      </c>
+      <c r="I179">
+        <v>135822</v>
+      </c>
+      <c r="J179" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10">
+      <c r="A180" t="s">
+        <v>10</v>
+      </c>
+      <c r="B180" t="s">
+        <v>11</v>
+      </c>
+      <c r="C180" t="s">
+        <v>233</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180">
+        <v>965</v>
+      </c>
+      <c r="H180">
+        <v>133696</v>
+      </c>
+      <c r="I180">
+        <v>134660</v>
+      </c>
+      <c r="J180" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10">
+      <c r="A181" t="s">
+        <v>10</v>
+      </c>
+      <c r="B181" t="s">
+        <v>11</v>
+      </c>
+      <c r="C181" t="s">
+        <v>233</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181">
+        <v>775</v>
+      </c>
+      <c r="H181">
+        <v>132921</v>
+      </c>
+      <c r="I181">
+        <v>133695</v>
+      </c>
+      <c r="J181" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" t="s">
+        <v>10</v>
+      </c>
+      <c r="B182" t="s">
+        <v>11</v>
+      </c>
+      <c r="C182" t="s">
+        <v>233</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182">
+        <v>438</v>
+      </c>
+      <c r="H182">
+        <v>132483</v>
+      </c>
+      <c r="I182">
+        <v>132920</v>
+      </c>
+      <c r="J182" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" t="s">
+        <v>10</v>
+      </c>
+      <c r="B183" t="s">
+        <v>11</v>
+      </c>
+      <c r="C183" t="s">
+        <v>233</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183">
+        <v>742</v>
+      </c>
+      <c r="H183">
+        <v>131741</v>
+      </c>
+      <c r="I183">
+        <v>132482</v>
+      </c>
+      <c r="J183" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" t="s">
+        <v>10</v>
+      </c>
+      <c r="B184" t="s">
+        <v>11</v>
+      </c>
+      <c r="C184" t="s">
+        <v>233</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>257</v>
+      </c>
+      <c r="H184">
+        <v>130719</v>
+      </c>
+      <c r="I184">
+        <v>131740</v>
+      </c>
+      <c r="J184" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" t="s">
+        <v>10</v>
+      </c>
+      <c r="B185" t="s">
+        <v>11</v>
+      </c>
+      <c r="C185" t="s">
+        <v>233</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185">
+        <v>739</v>
+      </c>
+      <c r="H185">
+        <v>129980</v>
+      </c>
+      <c r="I185">
+        <v>130718</v>
+      </c>
+      <c r="J185" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" t="s">
+        <v>10</v>
+      </c>
+      <c r="B186" t="s">
+        <v>11</v>
+      </c>
+      <c r="C186" t="s">
+        <v>233</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186">
+        <v>967</v>
+      </c>
+      <c r="H186">
+        <v>129013</v>
+      </c>
+      <c r="I186">
+        <v>129979</v>
+      </c>
+      <c r="J186" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" t="s">
+        <v>10</v>
+      </c>
+      <c r="B187" t="s">
+        <v>11</v>
+      </c>
+      <c r="C187" t="s">
+        <v>233</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>261</v>
+      </c>
+      <c r="H187">
+        <v>127988</v>
+      </c>
+      <c r="I187">
+        <v>129012</v>
+      </c>
+      <c r="J187" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" t="s">
+        <v>10</v>
+      </c>
+      <c r="B188" t="s">
+        <v>11</v>
+      </c>
+      <c r="C188" t="s">
+        <v>233</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188">
+        <v>850</v>
+      </c>
+      <c r="H188">
+        <v>127138</v>
+      </c>
+      <c r="I188">
+        <v>127987</v>
+      </c>
+      <c r="J188" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" t="s">
+        <v>10</v>
+      </c>
+      <c r="B189" t="s">
+        <v>11</v>
+      </c>
+      <c r="C189" t="s">
+        <v>233</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189">
+        <v>680</v>
+      </c>
+      <c r="H189">
+        <v>126458</v>
+      </c>
+      <c r="I189">
+        <v>127137</v>
+      </c>
+      <c r="J189" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" t="s">
+        <v>10</v>
+      </c>
+      <c r="B190" t="s">
+        <v>11</v>
+      </c>
+      <c r="C190" t="s">
+        <v>233</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>265</v>
+      </c>
+      <c r="H190">
+        <v>125392</v>
+      </c>
+      <c r="I190">
+        <v>126457</v>
+      </c>
+      <c r="J190" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10">
+      <c r="A191" t="s">
+        <v>10</v>
+      </c>
+      <c r="B191" t="s">
+        <v>11</v>
+      </c>
+      <c r="C191" t="s">
+        <v>233</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191">
+        <v>851</v>
+      </c>
+      <c r="H191">
+        <v>124541</v>
+      </c>
+      <c r="I191">
+        <v>125391</v>
+      </c>
+      <c r="J191" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10">
+      <c r="A192" t="s">
+        <v>10</v>
+      </c>
+      <c r="B192" t="s">
+        <v>11</v>
+      </c>
+      <c r="C192" t="s">
+        <v>233</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>268</v>
+      </c>
+      <c r="H192">
+        <v>123107</v>
+      </c>
+      <c r="I192">
+        <v>124540</v>
+      </c>
+      <c r="J192" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10">
+      <c r="A193" t="s">
+        <v>10</v>
+      </c>
+      <c r="B193" t="s">
+        <v>11</v>
+      </c>
+      <c r="C193" t="s">
+        <v>233</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193">
+        <v>430</v>
+      </c>
+      <c r="H193">
+        <v>122677</v>
+      </c>
+      <c r="I193">
+        <v>123106</v>
+      </c>
+      <c r="J193" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" t="s">
+        <v>10</v>
+      </c>
+      <c r="B194" t="s">
+        <v>11</v>
+      </c>
+      <c r="C194" t="s">
+        <v>233</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>271</v>
+      </c>
+      <c r="H194">
+        <v>121518</v>
+      </c>
+      <c r="I194">
+        <v>122676</v>
+      </c>
+      <c r="J194" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" t="s">
+        <v>10</v>
+      </c>
+      <c r="B195" t="s">
+        <v>11</v>
+      </c>
+      <c r="C195" t="s">
+        <v>233</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>273</v>
+      </c>
+      <c r="H195">
+        <v>120518</v>
+      </c>
+      <c r="I195">
+        <v>121517</v>
+      </c>
+      <c r="J195" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" t="s">
+        <v>10</v>
+      </c>
+      <c r="B196" t="s">
+        <v>11</v>
+      </c>
+      <c r="C196" t="s">
+        <v>233</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196">
+        <v>983</v>
+      </c>
+      <c r="H196">
+        <v>119535</v>
+      </c>
+      <c r="I196">
+        <v>120517</v>
+      </c>
+      <c r="J196" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" t="s">
+        <v>10</v>
+      </c>
+      <c r="B197" t="s">
+        <v>11</v>
+      </c>
+      <c r="C197" t="s">
+        <v>233</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197">
+        <v>870</v>
+      </c>
+      <c r="H197">
+        <v>118665</v>
+      </c>
+      <c r="I197">
+        <v>119534</v>
+      </c>
+      <c r="J197" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" t="s">
+        <v>10</v>
+      </c>
+      <c r="B198" t="s">
+        <v>11</v>
+      </c>
+      <c r="C198" t="s">
+        <v>233</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198">
+        <v>800</v>
+      </c>
+      <c r="H198">
+        <v>117865</v>
+      </c>
+      <c r="I198">
+        <v>118664</v>
+      </c>
+      <c r="J198" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" t="s">
+        <v>10</v>
+      </c>
+      <c r="B199" t="s">
+        <v>11</v>
+      </c>
+      <c r="C199" t="s">
+        <v>233</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199">
+        <v>679</v>
+      </c>
+      <c r="H199">
+        <v>117186</v>
+      </c>
+      <c r="I199">
+        <v>117864</v>
+      </c>
+      <c r="J199" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" t="s">
+        <v>10</v>
+      </c>
+      <c r="B200" t="s">
+        <v>11</v>
+      </c>
+      <c r="C200" t="s">
+        <v>233</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>279</v>
+      </c>
+      <c r="H200">
+        <v>115839</v>
+      </c>
+      <c r="I200">
+        <v>117185</v>
+      </c>
+      <c r="J200" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" t="s">
+        <v>10</v>
+      </c>
+      <c r="B201" t="s">
+        <v>11</v>
+      </c>
+      <c r="C201" t="s">
+        <v>233</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>281</v>
+      </c>
+      <c r="H201">
+        <v>114252</v>
+      </c>
+      <c r="I201">
+        <v>115838</v>
+      </c>
+      <c r="J201" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" t="s">
+        <v>10</v>
+      </c>
+      <c r="B202" t="s">
+        <v>11</v>
+      </c>
+      <c r="C202" t="s">
+        <v>233</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>283</v>
+      </c>
+      <c r="H202">
+        <v>113232</v>
+      </c>
+      <c r="I202">
+        <v>114251</v>
+      </c>
+      <c r="J202" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" t="s">
+        <v>10</v>
+      </c>
+      <c r="B203" t="s">
+        <v>11</v>
+      </c>
+      <c r="C203" t="s">
+        <v>233</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203">
+        <v>673</v>
+      </c>
+      <c r="H203">
+        <v>112559</v>
+      </c>
+      <c r="I203">
+        <v>113231</v>
+      </c>
+      <c r="J203" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" t="s">
+        <v>10</v>
+      </c>
+      <c r="B204" t="s">
+        <v>11</v>
+      </c>
+      <c r="C204" t="s">
+        <v>233</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204">
+        <v>686</v>
+      </c>
+      <c r="H204">
+        <v>111873</v>
+      </c>
+      <c r="I204">
+        <v>112558</v>
+      </c>
+      <c r="J204" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" t="s">
+        <v>10</v>
+      </c>
+      <c r="B205" t="s">
+        <v>11</v>
+      </c>
+      <c r="C205" t="s">
+        <v>233</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205">
+        <v>948</v>
+      </c>
+      <c r="H205">
+        <v>110925</v>
+      </c>
+      <c r="I205">
+        <v>111872</v>
+      </c>
+      <c r="J205" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" t="s">
+        <v>11</v>
+      </c>
+      <c r="C206" t="s">
+        <v>233</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>288</v>
+      </c>
+      <c r="H206">
+        <v>109876</v>
+      </c>
+      <c r="I206">
+        <v>110924</v>
+      </c>
+      <c r="J206" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" t="s">
+        <v>10</v>
+      </c>
+      <c r="B207" t="s">
+        <v>11</v>
+      </c>
+      <c r="C207" t="s">
+        <v>233</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207">
+        <v>759</v>
+      </c>
+      <c r="H207">
+        <v>109117</v>
+      </c>
+      <c r="I207">
+        <v>109875</v>
+      </c>
+      <c r="J207" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" t="s">
+        <v>10</v>
+      </c>
+      <c r="B208" t="s">
+        <v>11</v>
+      </c>
+      <c r="C208" t="s">
+        <v>233</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208">
+        <v>636</v>
+      </c>
+      <c r="H208">
+        <v>108481</v>
+      </c>
+      <c r="I208">
+        <v>109116</v>
+      </c>
+      <c r="J208" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" t="s">
+        <v>10</v>
+      </c>
+      <c r="B209" t="s">
+        <v>11</v>
+      </c>
+      <c r="C209" t="s">
+        <v>233</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209">
+        <v>718</v>
+      </c>
+      <c r="H209">
+        <v>107763</v>
+      </c>
+      <c r="I209">
+        <v>108480</v>
+      </c>
+      <c r="J209" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10">
+      <c r="A210" t="s">
+        <v>10</v>
+      </c>
+      <c r="B210" t="s">
+        <v>11</v>
+      </c>
+      <c r="C210" t="s">
+        <v>233</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210">
+        <v>910</v>
+      </c>
+      <c r="H210">
+        <v>106853</v>
+      </c>
+      <c r="I210">
+        <v>107762</v>
+      </c>
+      <c r="J210" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10">
+      <c r="A211" t="s">
+        <v>10</v>
+      </c>
+      <c r="B211" t="s">
+        <v>11</v>
+      </c>
+      <c r="C211" t="s">
+        <v>233</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>294</v>
+      </c>
+      <c r="H211">
+        <v>105469</v>
+      </c>
+      <c r="I211">
+        <v>106852</v>
+      </c>
+      <c r="J211" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10">
+      <c r="A212" t="s">
+        <v>10</v>
+      </c>
+      <c r="B212" t="s">
+        <v>11</v>
+      </c>
+      <c r="C212" t="s">
+        <v>233</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>296</v>
+      </c>
+      <c r="H212">
+        <v>104383</v>
+      </c>
+      <c r="I212">
+        <v>105468</v>
+      </c>
+      <c r="J212" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" t="s">
+        <v>10</v>
+      </c>
+      <c r="B213" t="s">
+        <v>11</v>
+      </c>
+      <c r="C213" t="s">
+        <v>233</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>123</v>
+      </c>
+      <c r="H213">
+        <v>102672</v>
+      </c>
+      <c r="I213">
+        <v>104382</v>
+      </c>
+      <c r="J213" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10">
+      <c r="A214" t="s">
+        <v>10</v>
+      </c>
+      <c r="B214" t="s">
+        <v>11</v>
+      </c>
+      <c r="C214" t="s">
+        <v>233</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>299</v>
+      </c>
+      <c r="H214">
+        <v>101610</v>
+      </c>
+      <c r="I214">
+        <v>102671</v>
+      </c>
+      <c r="J214" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10">
+      <c r="A215" t="s">
+        <v>10</v>
+      </c>
+      <c r="B215" t="s">
+        <v>11</v>
+      </c>
+      <c r="C215" t="s">
+        <v>233</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215">
+        <v>762</v>
+      </c>
+      <c r="H215">
+        <v>100848</v>
+      </c>
+      <c r="I215">
+        <v>101609</v>
+      </c>
+      <c r="J215" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10">
+      <c r="A216" t="s">
+        <v>10</v>
+      </c>
+      <c r="B216" t="s">
+        <v>11</v>
+      </c>
+      <c r="C216" t="s">
+        <v>233</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216">
+        <v>917</v>
+      </c>
+      <c r="H216">
+        <v>99931</v>
+      </c>
+      <c r="I216">
+        <v>100847</v>
+      </c>
+      <c r="J216" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10">
+      <c r="A217" t="s">
+        <v>10</v>
+      </c>
+      <c r="B217" t="s">
+        <v>11</v>
+      </c>
+      <c r="C217" t="s">
+        <v>233</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" t="s">
+        <v>303</v>
+      </c>
+      <c r="H217">
+        <v>98316</v>
+      </c>
+      <c r="I217">
+        <v>99930</v>
+      </c>
+      <c r="J217" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10">
+      <c r="A218" t="s">
+        <v>10</v>
+      </c>
+      <c r="B218" t="s">
+        <v>11</v>
+      </c>
+      <c r="C218" t="s">
+        <v>233</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>305</v>
+      </c>
+      <c r="H218">
+        <v>96756</v>
+      </c>
+      <c r="I218">
+        <v>98315</v>
+      </c>
+      <c r="J218" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10">
+      <c r="A219" t="s">
+        <v>10</v>
+      </c>
+      <c r="B219" t="s">
+        <v>11</v>
+      </c>
+      <c r="C219" t="s">
+        <v>233</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>307</v>
+      </c>
+      <c r="H219">
+        <v>95416</v>
+      </c>
+      <c r="I219">
+        <v>96755</v>
+      </c>
+      <c r="J219" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10">
+      <c r="A220" t="s">
+        <v>10</v>
+      </c>
+      <c r="B220" t="s">
+        <v>11</v>
+      </c>
+      <c r="C220" t="s">
+        <v>233</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>309</v>
+      </c>
+      <c r="H220">
+        <v>93886</v>
+      </c>
+      <c r="I220">
+        <v>95415</v>
+      </c>
+      <c r="J220" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" t="s">
+        <v>10</v>
+      </c>
+      <c r="B221" t="s">
+        <v>11</v>
+      </c>
+      <c r="C221" t="s">
+        <v>233</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221">
+        <v>536</v>
+      </c>
+      <c r="H221">
+        <v>93350</v>
+      </c>
+      <c r="I221">
+        <v>93885</v>
+      </c>
+      <c r="J221" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" t="s">
+        <v>10</v>
+      </c>
+      <c r="B222" t="s">
+        <v>11</v>
+      </c>
+      <c r="C222" t="s">
+        <v>233</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222">
+        <v>963</v>
+      </c>
+      <c r="H222">
+        <v>92387</v>
+      </c>
+      <c r="I222">
+        <v>93349</v>
+      </c>
+      <c r="J222" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" t="s">
+        <v>10</v>
+      </c>
+      <c r="B223" t="s">
+        <v>11</v>
+      </c>
+      <c r="C223" t="s">
+        <v>233</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>313</v>
+      </c>
+      <c r="H223">
+        <v>90855</v>
+      </c>
+      <c r="I223">
+        <v>92386</v>
+      </c>
+      <c r="J223" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" t="s">
+        <v>10</v>
+      </c>
+      <c r="B224" t="s">
+        <v>11</v>
+      </c>
+      <c r="C224" t="s">
+        <v>233</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>315</v>
+      </c>
+      <c r="H224">
+        <v>89226</v>
+      </c>
+      <c r="I224">
+        <v>90854</v>
+      </c>
+      <c r="J224" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10">
+      <c r="A225" t="s">
+        <v>10</v>
+      </c>
+      <c r="B225" t="s">
+        <v>11</v>
+      </c>
+      <c r="C225" t="s">
+        <v>233</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225">
+        <v>921</v>
+      </c>
+      <c r="H225">
+        <v>88305</v>
+      </c>
+      <c r="I225">
+        <v>89225</v>
+      </c>
+      <c r="J225" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10">
+      <c r="A226" t="s">
+        <v>10</v>
+      </c>
+      <c r="B226" t="s">
+        <v>11</v>
+      </c>
+      <c r="C226" t="s">
+        <v>233</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
+        <v>318</v>
+      </c>
+      <c r="H226">
+        <v>86400</v>
+      </c>
+      <c r="I226">
+        <v>88304</v>
+      </c>
+      <c r="J226" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" t="s">
+        <v>10</v>
+      </c>
+      <c r="B227" t="s">
+        <v>11</v>
+      </c>
+      <c r="C227" t="s">
+        <v>233</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227">
+        <v>937</v>
+      </c>
+      <c r="H227">
+        <v>85463</v>
+      </c>
+      <c r="I227">
+        <v>86399</v>
+      </c>
+      <c r="J227" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" t="s">
+        <v>10</v>
+      </c>
+      <c r="B228" t="s">
+        <v>11</v>
+      </c>
+      <c r="C228" t="s">
+        <v>233</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228">
+        <v>642</v>
+      </c>
+      <c r="H228">
+        <v>84821</v>
+      </c>
+      <c r="I228">
+        <v>85462</v>
+      </c>
+      <c r="J228" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" t="s">
+        <v>10</v>
+      </c>
+      <c r="B229" t="s">
+        <v>11</v>
+      </c>
+      <c r="C229" t="s">
+        <v>233</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229">
+        <v>731</v>
+      </c>
+      <c r="H229">
+        <v>84090</v>
+      </c>
+      <c r="I229">
+        <v>84820</v>
+      </c>
+      <c r="J229" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" t="s">
+        <v>10</v>
+      </c>
+      <c r="B230" t="s">
+        <v>11</v>
+      </c>
+      <c r="C230" t="s">
+        <v>233</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>323</v>
+      </c>
+      <c r="H230">
+        <v>82688</v>
+      </c>
+      <c r="I230">
+        <v>84089</v>
+      </c>
+      <c r="J230" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" t="s">
+        <v>10</v>
+      </c>
+      <c r="B231" t="s">
+        <v>11</v>
+      </c>
+      <c r="C231" t="s">
+        <v>233</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231">
+        <v>797</v>
+      </c>
+      <c r="H231">
+        <v>81891</v>
+      </c>
+      <c r="I231">
+        <v>82687</v>
+      </c>
+      <c r="J231" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B232" t="s">
+        <v>11</v>
+      </c>
+      <c r="C232" t="s">
+        <v>233</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>326</v>
+      </c>
+      <c r="H232">
+        <v>80773</v>
+      </c>
+      <c r="I232">
+        <v>81890</v>
+      </c>
+      <c r="J232" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10">
+      <c r="A233" t="s">
+        <v>10</v>
+      </c>
+      <c r="B233" t="s">
+        <v>11</v>
+      </c>
+      <c r="C233" t="s">
+        <v>233</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>328</v>
+      </c>
+      <c r="H233">
+        <v>78577</v>
+      </c>
+      <c r="I233">
+        <v>80772</v>
+      </c>
+      <c r="J233" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="A234" t="s">
+        <v>10</v>
+      </c>
+      <c r="B234" t="s">
+        <v>11</v>
+      </c>
+      <c r="C234" t="s">
+        <v>233</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234">
+        <v>897</v>
+      </c>
+      <c r="H234">
+        <v>77680</v>
+      </c>
+      <c r="I234">
+        <v>78576</v>
+      </c>
+      <c r="J234" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="A235" t="s">
+        <v>10</v>
+      </c>
+      <c r="B235" t="s">
+        <v>11</v>
+      </c>
+      <c r="C235" t="s">
+        <v>233</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>21</v>
+      </c>
+      <c r="G235" t="s">
+        <v>331</v>
+      </c>
+      <c r="H235">
+        <v>75973</v>
+      </c>
+      <c r="I235">
+        <v>77679</v>
+      </c>
+      <c r="J235" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10">
+      <c r="A236" t="s">
+        <v>10</v>
+      </c>
+      <c r="B236" t="s">
+        <v>11</v>
+      </c>
+      <c r="C236" t="s">
+        <v>233</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>333</v>
+      </c>
+      <c r="H236">
+        <v>74281</v>
+      </c>
+      <c r="I236">
+        <v>75972</v>
+      </c>
+      <c r="J236" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10">
+      <c r="A237" t="s">
+        <v>10</v>
+      </c>
+      <c r="B237" t="s">
+        <v>11</v>
+      </c>
+      <c r="C237" t="s">
+        <v>233</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237">
+        <v>919</v>
+      </c>
+      <c r="H237">
+        <v>73362</v>
+      </c>
+      <c r="I237">
+        <v>74280</v>
+      </c>
+      <c r="J237" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10">
+      <c r="A238" t="s">
+        <v>10</v>
+      </c>
+      <c r="B238" t="s">
+        <v>11</v>
+      </c>
+      <c r="C238" t="s">
+        <v>233</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>336</v>
+      </c>
+      <c r="H238">
+        <v>71968</v>
+      </c>
+      <c r="I238">
+        <v>73361</v>
+      </c>
+      <c r="J238" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10">
+      <c r="A239" t="s">
+        <v>10</v>
+      </c>
+      <c r="B239" t="s">
+        <v>11</v>
+      </c>
+      <c r="C239" t="s">
+        <v>233</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>338</v>
+      </c>
+      <c r="H239">
+        <v>70623</v>
+      </c>
+      <c r="I239">
+        <v>71967</v>
+      </c>
+      <c r="J239" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10">
+      <c r="A240" t="s">
+        <v>10</v>
+      </c>
+      <c r="B240" t="s">
+        <v>11</v>
+      </c>
+      <c r="C240" t="s">
+        <v>233</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>340</v>
+      </c>
+      <c r="H240">
+        <v>69077</v>
+      </c>
+      <c r="I240">
+        <v>70622</v>
+      </c>
+      <c r="J240" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10">
+      <c r="A241" t="s">
+        <v>10</v>
+      </c>
+      <c r="B241" t="s">
+        <v>11</v>
+      </c>
+      <c r="C241" t="s">
+        <v>233</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>342</v>
+      </c>
+      <c r="H241">
+        <v>66472</v>
+      </c>
+      <c r="I241">
+        <v>69076</v>
+      </c>
+      <c r="J241" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10">
+      <c r="A242" t="s">
+        <v>10</v>
+      </c>
+      <c r="B242" t="s">
+        <v>11</v>
+      </c>
+      <c r="C242" t="s">
+        <v>344</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>345</v>
+      </c>
+      <c r="H242">
+        <v>64220</v>
+      </c>
+      <c r="I242">
+        <v>66471</v>
+      </c>
+      <c r="J242" t="s">
         <v>346</v>
       </c>
-      <c r="F8">
-[...22 lines deleted...]
-      <c r="E9">
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243" t="s">
+        <v>11</v>
+      </c>
+      <c r="C243" t="s">
+        <v>344</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>347</v>
+      </c>
+      <c r="H243">
+        <v>62173</v>
+      </c>
+      <c r="I243">
+        <v>64219</v>
+      </c>
+      <c r="J243" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" t="s">
+        <v>10</v>
+      </c>
+      <c r="B244" t="s">
+        <v>11</v>
+      </c>
+      <c r="C244" t="s">
+        <v>344</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" t="s">
+        <v>349</v>
+      </c>
+      <c r="H244">
+        <v>60394</v>
+      </c>
+      <c r="I244">
+        <v>62172</v>
+      </c>
+      <c r="J244" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10">
+      <c r="A245" t="s">
+        <v>10</v>
+      </c>
+      <c r="B245" t="s">
+        <v>11</v>
+      </c>
+      <c r="C245" t="s">
+        <v>344</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>351</v>
+      </c>
+      <c r="H245">
+        <v>59292</v>
+      </c>
+      <c r="I245">
+        <v>60393</v>
+      </c>
+      <c r="J245" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246" t="s">
+        <v>10</v>
+      </c>
+      <c r="B246" t="s">
+        <v>11</v>
+      </c>
+      <c r="C246" t="s">
+        <v>344</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>353</v>
+      </c>
+      <c r="H246">
+        <v>57859</v>
+      </c>
+      <c r="I246">
+        <v>59291</v>
+      </c>
+      <c r="J246" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" t="s">
+        <v>10</v>
+      </c>
+      <c r="B247" t="s">
+        <v>11</v>
+      </c>
+      <c r="C247" t="s">
+        <v>344</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>355</v>
+      </c>
+      <c r="H247">
+        <v>55877</v>
+      </c>
+      <c r="I247">
+        <v>57858</v>
+      </c>
+      <c r="J247" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" t="s">
+        <v>10</v>
+      </c>
+      <c r="B248" t="s">
+        <v>11</v>
+      </c>
+      <c r="C248" t="s">
+        <v>344</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>21</v>
+      </c>
+      <c r="G248" t="s">
+        <v>357</v>
+      </c>
+      <c r="H248">
+        <v>54376</v>
+      </c>
+      <c r="I248">
+        <v>55876</v>
+      </c>
+      <c r="J248" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" t="s">
+        <v>10</v>
+      </c>
+      <c r="B249" t="s">
+        <v>11</v>
+      </c>
+      <c r="C249" t="s">
+        <v>344</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>359</v>
+      </c>
+      <c r="H249">
+        <v>50834</v>
+      </c>
+      <c r="I249">
+        <v>54375</v>
+      </c>
+      <c r="J249" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" t="s">
+        <v>10</v>
+      </c>
+      <c r="B250" t="s">
+        <v>11</v>
+      </c>
+      <c r="C250" t="s">
+        <v>344</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" t="s">
+        <v>361</v>
+      </c>
+      <c r="H250">
+        <v>49677</v>
+      </c>
+      <c r="I250">
+        <v>50833</v>
+      </c>
+      <c r="J250" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" t="s">
+        <v>10</v>
+      </c>
+      <c r="B251" t="s">
+        <v>11</v>
+      </c>
+      <c r="C251" t="s">
+        <v>344</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>363</v>
+      </c>
+      <c r="H251">
+        <v>48531</v>
+      </c>
+      <c r="I251">
+        <v>49676</v>
+      </c>
+      <c r="J251" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" t="s">
+        <v>10</v>
+      </c>
+      <c r="B252" t="s">
+        <v>11</v>
+      </c>
+      <c r="C252" t="s">
+        <v>344</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252">
+        <v>959</v>
+      </c>
+      <c r="H252">
+        <v>47572</v>
+      </c>
+      <c r="I252">
+        <v>48530</v>
+      </c>
+      <c r="J252" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" t="s">
+        <v>10</v>
+      </c>
+      <c r="B253" t="s">
+        <v>11</v>
+      </c>
+      <c r="C253" t="s">
+        <v>344</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>366</v>
+      </c>
+      <c r="H253">
+        <v>46330</v>
+      </c>
+      <c r="I253">
+        <v>47571</v>
+      </c>
+      <c r="J253" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" t="s">
+        <v>10</v>
+      </c>
+      <c r="B254" t="s">
+        <v>11</v>
+      </c>
+      <c r="C254" t="s">
+        <v>344</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>368</v>
+      </c>
+      <c r="H254">
+        <v>44735</v>
+      </c>
+      <c r="I254">
+        <v>46329</v>
+      </c>
+      <c r="J254" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255" t="s">
+        <v>10</v>
+      </c>
+      <c r="B255" t="s">
+        <v>11</v>
+      </c>
+      <c r="C255" t="s">
+        <v>344</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>370</v>
+      </c>
+      <c r="H255">
+        <v>42684</v>
+      </c>
+      <c r="I255">
+        <v>44734</v>
+      </c>
+      <c r="J255" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256" t="s">
+        <v>10</v>
+      </c>
+      <c r="B256" t="s">
+        <v>11</v>
+      </c>
+      <c r="C256" t="s">
+        <v>344</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>372</v>
+      </c>
+      <c r="H256">
+        <v>38949</v>
+      </c>
+      <c r="I256">
+        <v>42683</v>
+      </c>
+      <c r="J256" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257" t="s">
+        <v>10</v>
+      </c>
+      <c r="B257" t="s">
+        <v>11</v>
+      </c>
+      <c r="C257" t="s">
+        <v>344</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257">
+        <v>502</v>
+      </c>
+      <c r="H257">
+        <v>38447</v>
+      </c>
+      <c r="I257">
+        <v>38948</v>
+      </c>
+      <c r="J257" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10">
+      <c r="A258" t="s">
+        <v>10</v>
+      </c>
+      <c r="B258" t="s">
+        <v>11</v>
+      </c>
+      <c r="C258" t="s">
+        <v>344</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>375</v>
+      </c>
+      <c r="H258">
+        <v>36007</v>
+      </c>
+      <c r="I258">
+        <v>38446</v>
+      </c>
+      <c r="J258" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10">
+      <c r="A259" t="s">
+        <v>10</v>
+      </c>
+      <c r="B259" t="s">
+        <v>11</v>
+      </c>
+      <c r="C259" t="s">
+        <v>344</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259">
+        <v>998</v>
+      </c>
+      <c r="H259">
+        <v>332674</v>
+      </c>
+      <c r="I259">
+        <v>333671</v>
+      </c>
+      <c r="J259" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10">
+      <c r="A260" t="s">
+        <v>10</v>
+      </c>
+      <c r="B260" t="s">
+        <v>11</v>
+      </c>
+      <c r="C260" t="s">
+        <v>344</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>378</v>
+      </c>
+      <c r="H260">
+        <v>331626</v>
+      </c>
+      <c r="I260">
+        <v>332673</v>
+      </c>
+      <c r="J260" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10">
+      <c r="A261" t="s">
+        <v>10</v>
+      </c>
+      <c r="B261" t="s">
+        <v>11</v>
+      </c>
+      <c r="C261" t="s">
+        <v>344</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261">
+        <v>727</v>
+      </c>
+      <c r="H261">
+        <v>330899</v>
+      </c>
+      <c r="I261">
+        <v>331625</v>
+      </c>
+      <c r="J261" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10">
+      <c r="A262" t="s">
+        <v>10</v>
+      </c>
+      <c r="B262" t="s">
+        <v>11</v>
+      </c>
+      <c r="C262" t="s">
+        <v>344</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262">
+        <v>959</v>
+      </c>
+      <c r="H262">
+        <v>329940</v>
+      </c>
+      <c r="I262">
+        <v>330898</v>
+      </c>
+      <c r="J262" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10">
+      <c r="A263" t="s">
+        <v>10</v>
+      </c>
+      <c r="B263" t="s">
+        <v>11</v>
+      </c>
+      <c r="C263" t="s">
+        <v>344</v>
+      </c>
+      <c r="D263" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>382</v>
+      </c>
+      <c r="H263">
+        <v>328750</v>
+      </c>
+      <c r="I263">
+        <v>329939</v>
+      </c>
+      <c r="J263" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10">
+      <c r="A264" t="s">
+        <v>10</v>
+      </c>
+      <c r="B264" t="s">
+        <v>11</v>
+      </c>
+      <c r="C264" t="s">
+        <v>344</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>384</v>
+      </c>
+      <c r="H264">
+        <v>327360</v>
+      </c>
+      <c r="I264">
+        <v>328749</v>
+      </c>
+      <c r="J264" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10">
+      <c r="A265" t="s">
+        <v>10</v>
+      </c>
+      <c r="B265" t="s">
+        <v>11</v>
+      </c>
+      <c r="C265" t="s">
+        <v>344</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>338</v>
+      </c>
+      <c r="H265">
+        <v>326015</v>
+      </c>
+      <c r="I265">
+        <v>327359</v>
+      </c>
+      <c r="J265" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266" t="s">
+        <v>10</v>
+      </c>
+      <c r="B266" t="s">
+        <v>11</v>
+      </c>
+      <c r="C266" t="s">
+        <v>344</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>387</v>
+      </c>
+      <c r="H266">
+        <v>324629</v>
+      </c>
+      <c r="I266">
+        <v>326014</v>
+      </c>
+      <c r="J266" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267" t="s">
+        <v>10</v>
+      </c>
+      <c r="B267" t="s">
+        <v>11</v>
+      </c>
+      <c r="C267" t="s">
+        <v>344</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>389</v>
+      </c>
+      <c r="H267">
+        <v>323149</v>
+      </c>
+      <c r="I267">
+        <v>324628</v>
+      </c>
+      <c r="J267" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" t="s">
+        <v>10</v>
+      </c>
+      <c r="B268" t="s">
+        <v>11</v>
+      </c>
+      <c r="C268" t="s">
+        <v>344</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>391</v>
+      </c>
+      <c r="H268">
+        <v>321498</v>
+      </c>
+      <c r="I268">
+        <v>323148</v>
+      </c>
+      <c r="J268" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" t="s">
+        <v>10</v>
+      </c>
+      <c r="B269" t="s">
+        <v>11</v>
+      </c>
+      <c r="C269" t="s">
+        <v>344</v>
+      </c>
+      <c r="D269" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>393</v>
+      </c>
+      <c r="H269">
+        <v>319540</v>
+      </c>
+      <c r="I269">
+        <v>321497</v>
+      </c>
+      <c r="J269" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270" t="s">
+        <v>10</v>
+      </c>
+      <c r="B270" t="s">
+        <v>11</v>
+      </c>
+      <c r="C270" t="s">
+        <v>344</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>395</v>
+      </c>
+      <c r="H270">
+        <v>317912</v>
+      </c>
+      <c r="I270">
+        <v>319539</v>
+      </c>
+      <c r="J270" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271" t="s">
+        <v>10</v>
+      </c>
+      <c r="B271" t="s">
+        <v>11</v>
+      </c>
+      <c r="C271" t="s">
+        <v>344</v>
+      </c>
+      <c r="D271" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>397</v>
+      </c>
+      <c r="H271">
+        <v>316192</v>
+      </c>
+      <c r="I271">
+        <v>317911</v>
+      </c>
+      <c r="J271" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" t="s">
+        <v>10</v>
+      </c>
+      <c r="B272" t="s">
+        <v>11</v>
+      </c>
+      <c r="C272" t="s">
+        <v>344</v>
+      </c>
+      <c r="D272" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>399</v>
+      </c>
+      <c r="H272">
+        <v>314239</v>
+      </c>
+      <c r="I272">
+        <v>316191</v>
+      </c>
+      <c r="J272" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" t="s">
+        <v>10</v>
+      </c>
+      <c r="B273" t="s">
+        <v>11</v>
+      </c>
+      <c r="C273" t="s">
+        <v>344</v>
+      </c>
+      <c r="D273" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>401</v>
+      </c>
+      <c r="H273">
+        <v>312389</v>
+      </c>
+      <c r="I273">
+        <v>314238</v>
+      </c>
+      <c r="J273" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" t="s">
+        <v>10</v>
+      </c>
+      <c r="B274" t="s">
+        <v>11</v>
+      </c>
+      <c r="C274" t="s">
+        <v>344</v>
+      </c>
+      <c r="D274" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" t="s">
+        <v>403</v>
+      </c>
+      <c r="H274">
+        <v>309735</v>
+      </c>
+      <c r="I274">
+        <v>312388</v>
+      </c>
+      <c r="J274" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" t="s">
+        <v>10</v>
+      </c>
+      <c r="B275" t="s">
+        <v>11</v>
+      </c>
+      <c r="C275" t="s">
+        <v>344</v>
+      </c>
+      <c r="D275" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>405</v>
+      </c>
+      <c r="H275">
+        <v>307102</v>
+      </c>
+      <c r="I275">
+        <v>309734</v>
+      </c>
+      <c r="J275" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" t="s">
+        <v>10</v>
+      </c>
+      <c r="B276" t="s">
+        <v>11</v>
+      </c>
+      <c r="C276" t="s">
+        <v>407</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>14</v>
+      </c>
+      <c r="F276" t="s">
+        <v>15</v>
+      </c>
+      <c r="G276">
+        <v>388</v>
+      </c>
+      <c r="H276">
+        <v>599581</v>
+      </c>
+      <c r="I276">
+        <v>599968</v>
+      </c>
+      <c r="J276" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" t="s">
+        <v>10</v>
+      </c>
+      <c r="B277" t="s">
+        <v>11</v>
+      </c>
+      <c r="C277" t="s">
+        <v>409</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" t="s">
+        <v>410</v>
+      </c>
+      <c r="H277">
+        <v>305432</v>
+      </c>
+      <c r="I277">
+        <v>307101</v>
+      </c>
+      <c r="J277" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278" t="s">
+        <v>10</v>
+      </c>
+      <c r="B278" t="s">
+        <v>11</v>
+      </c>
+      <c r="C278" t="s">
+        <v>409</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" t="s">
+        <v>412</v>
+      </c>
+      <c r="H278">
+        <v>304324</v>
+      </c>
+      <c r="I278">
+        <v>305431</v>
+      </c>
+      <c r="J278" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279" t="s">
+        <v>10</v>
+      </c>
+      <c r="B279" t="s">
+        <v>11</v>
+      </c>
+      <c r="C279" t="s">
+        <v>409</v>
+      </c>
+      <c r="D279" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>21</v>
+      </c>
+      <c r="G279" t="s">
+        <v>414</v>
+      </c>
+      <c r="H279">
+        <v>302659</v>
+      </c>
+      <c r="I279">
+        <v>304323</v>
+      </c>
+      <c r="J279" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280" t="s">
+        <v>10</v>
+      </c>
+      <c r="B280" t="s">
+        <v>11</v>
+      </c>
+      <c r="C280" t="s">
+        <v>409</v>
+      </c>
+      <c r="D280" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" t="s">
+        <v>20</v>
+      </c>
+      <c r="F280" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" t="s">
+        <v>416</v>
+      </c>
+      <c r="H280">
+        <v>301529</v>
+      </c>
+      <c r="I280">
+        <v>302658</v>
+      </c>
+      <c r="J280" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10">
+      <c r="A281" t="s">
+        <v>10</v>
+      </c>
+      <c r="B281" t="s">
+        <v>11</v>
+      </c>
+      <c r="C281" t="s">
+        <v>409</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" t="s">
+        <v>21</v>
+      </c>
+      <c r="G281">
+        <v>994</v>
+      </c>
+      <c r="H281">
+        <v>300535</v>
+      </c>
+      <c r="I281">
+        <v>301528</v>
+      </c>
+      <c r="J281" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282" t="s">
+        <v>10</v>
+      </c>
+      <c r="B282" t="s">
+        <v>11</v>
+      </c>
+      <c r="C282" t="s">
+        <v>409</v>
+      </c>
+      <c r="D282" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>21</v>
+      </c>
+      <c r="G282" t="s">
+        <v>326</v>
+      </c>
+      <c r="H282">
+        <v>299417</v>
+      </c>
+      <c r="I282">
+        <v>300534</v>
+      </c>
+      <c r="J282" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283" t="s">
+        <v>10</v>
+      </c>
+      <c r="B283" t="s">
+        <v>11</v>
+      </c>
+      <c r="C283" t="s">
+        <v>409</v>
+      </c>
+      <c r="D283" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>21</v>
+      </c>
+      <c r="G283" t="s">
+        <v>265</v>
+      </c>
+      <c r="H283">
+        <v>298351</v>
+      </c>
+      <c r="I283">
+        <v>299416</v>
+      </c>
+      <c r="J283" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284" t="s">
+        <v>10</v>
+      </c>
+      <c r="B284" t="s">
+        <v>11</v>
+      </c>
+      <c r="C284" t="s">
+        <v>409</v>
+      </c>
+      <c r="D284" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>21</v>
+      </c>
+      <c r="G284" t="s">
+        <v>421</v>
+      </c>
+      <c r="H284">
+        <v>297012</v>
+      </c>
+      <c r="I284">
+        <v>298350</v>
+      </c>
+      <c r="J284" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285" t="s">
+        <v>10</v>
+      </c>
+      <c r="B285" t="s">
+        <v>11</v>
+      </c>
+      <c r="C285" t="s">
+        <v>409</v>
+      </c>
+      <c r="D285" t="s">
+        <v>13</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
+        <v>21</v>
+      </c>
+      <c r="G285">
+        <v>967</v>
+      </c>
+      <c r="H285">
+        <v>296045</v>
+      </c>
+      <c r="I285">
+        <v>297011</v>
+      </c>
+      <c r="J285" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286" t="s">
+        <v>10</v>
+      </c>
+      <c r="B286" t="s">
+        <v>11</v>
+      </c>
+      <c r="C286" t="s">
+        <v>409</v>
+      </c>
+      <c r="D286" t="s">
+        <v>13</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
+        <v>21</v>
+      </c>
+      <c r="G286" t="s">
+        <v>424</v>
+      </c>
+      <c r="H286">
+        <v>294125</v>
+      </c>
+      <c r="I286">
+        <v>296044</v>
+      </c>
+      <c r="J286" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287" t="s">
+        <v>10</v>
+      </c>
+      <c r="B287" t="s">
+        <v>11</v>
+      </c>
+      <c r="C287" t="s">
+        <v>409</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>21</v>
+      </c>
+      <c r="G287" t="s">
+        <v>426</v>
+      </c>
+      <c r="H287">
+        <v>291806</v>
+      </c>
+      <c r="I287">
+        <v>294124</v>
+      </c>
+      <c r="J287" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B288" t="s">
+        <v>11</v>
+      </c>
+      <c r="C288" t="s">
+        <v>409</v>
+      </c>
+      <c r="D288" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>21</v>
+      </c>
+      <c r="G288" t="s">
+        <v>428</v>
+      </c>
+      <c r="H288">
+        <v>289623</v>
+      </c>
+      <c r="I288">
+        <v>291805</v>
+      </c>
+      <c r="J288" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289" t="s">
+        <v>10</v>
+      </c>
+      <c r="B289" t="s">
+        <v>11</v>
+      </c>
+      <c r="C289" t="s">
+        <v>409</v>
+      </c>
+      <c r="D289" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
+        <v>21</v>
+      </c>
+      <c r="G289" t="s">
+        <v>430</v>
+      </c>
+      <c r="H289">
+        <v>286312</v>
+      </c>
+      <c r="I289">
+        <v>289622</v>
+      </c>
+      <c r="J289" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290" t="s">
+        <v>10</v>
+      </c>
+      <c r="B290" t="s">
+        <v>11</v>
+      </c>
+      <c r="C290" t="s">
+        <v>409</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>21</v>
+      </c>
+      <c r="G290" t="s">
+        <v>432</v>
+      </c>
+      <c r="H290">
+        <v>282837</v>
+      </c>
+      <c r="I290">
+        <v>286311</v>
+      </c>
+      <c r="J290" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291" t="s">
+        <v>10</v>
+      </c>
+      <c r="B291" t="s">
+        <v>11</v>
+      </c>
+      <c r="C291" t="s">
+        <v>409</v>
+      </c>
+      <c r="D291" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" t="s">
+        <v>434</v>
+      </c>
+      <c r="H291">
+        <v>279749</v>
+      </c>
+      <c r="I291">
+        <v>282836</v>
+      </c>
+      <c r="J291" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292" t="s">
+        <v>10</v>
+      </c>
+      <c r="B292" t="s">
+        <v>11</v>
+      </c>
+      <c r="C292" t="s">
+        <v>409</v>
+      </c>
+      <c r="D292" t="s">
+        <v>13</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292" t="s">
+        <v>21</v>
+      </c>
+      <c r="G292" t="s">
+        <v>436</v>
+      </c>
+      <c r="H292">
+        <v>273419</v>
+      </c>
+      <c r="I292">
+        <v>279748</v>
+      </c>
+      <c r="J292" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293" t="s">
+        <v>10</v>
+      </c>
+      <c r="B293" t="s">
+        <v>11</v>
+      </c>
+      <c r="C293" t="s">
+        <v>409</v>
+      </c>
+      <c r="D293" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" t="s">
+        <v>21</v>
+      </c>
+      <c r="G293" t="s">
+        <v>438</v>
+      </c>
+      <c r="H293">
+        <v>261321</v>
+      </c>
+      <c r="I293">
+        <v>273418</v>
+      </c>
+      <c r="J293" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294" t="s">
+        <v>10</v>
+      </c>
+      <c r="B294" t="s">
+        <v>11</v>
+      </c>
+      <c r="C294" t="s">
+        <v>409</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" t="s">
+        <v>21</v>
+      </c>
+      <c r="G294" t="s">
+        <v>440</v>
+      </c>
+      <c r="H294">
+        <v>250989</v>
+      </c>
+      <c r="I294">
+        <v>261320</v>
+      </c>
+      <c r="J294" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10">
+      <c r="A295" t="s">
+        <v>10</v>
+      </c>
+      <c r="B295" t="s">
+        <v>11</v>
+      </c>
+      <c r="C295" t="s">
+        <v>409</v>
+      </c>
+      <c r="D295" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" t="s">
+        <v>21</v>
+      </c>
+      <c r="G295" t="s">
+        <v>442</v>
+      </c>
+      <c r="H295">
+        <v>244352</v>
+      </c>
+      <c r="I295">
+        <v>250988</v>
+      </c>
+      <c r="J295" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10">
+      <c r="A296" t="s">
+        <v>10</v>
+      </c>
+      <c r="B296" t="s">
+        <v>11</v>
+      </c>
+      <c r="C296" t="s">
+        <v>409</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>20</v>
+      </c>
+      <c r="F296" t="s">
+        <v>21</v>
+      </c>
+      <c r="G296" t="s">
+        <v>444</v>
+      </c>
+      <c r="H296">
+        <v>208679</v>
+      </c>
+      <c r="I296">
+        <v>244351</v>
+      </c>
+      <c r="J296" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10">
+      <c r="A297" t="s">
+        <v>10</v>
+      </c>
+      <c r="B297" t="s">
+        <v>11</v>
+      </c>
+      <c r="C297" t="s">
+        <v>409</v>
+      </c>
+      <c r="D297" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" t="s">
+        <v>20</v>
+      </c>
+      <c r="F297" t="s">
+        <v>21</v>
+      </c>
+      <c r="G297">
+        <v>750</v>
+      </c>
+      <c r="H297">
+        <v>203294</v>
+      </c>
+      <c r="I297">
+        <v>204043</v>
+      </c>
+      <c r="J297" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10">
+      <c r="A298" t="s">
+        <v>10</v>
+      </c>
+      <c r="B298" t="s">
+        <v>11</v>
+      </c>
+      <c r="C298" t="s">
+        <v>409</v>
+      </c>
+      <c r="D298" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" t="s">
+        <v>20</v>
+      </c>
+      <c r="F298" t="s">
+        <v>21</v>
+      </c>
+      <c r="G298">
+        <v>398</v>
+      </c>
+      <c r="H298">
+        <v>202896</v>
+      </c>
+      <c r="I298">
+        <v>203293</v>
+      </c>
+      <c r="J298" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10">
+      <c r="A299" t="s">
+        <v>10</v>
+      </c>
+      <c r="B299" t="s">
+        <v>11</v>
+      </c>
+      <c r="C299" t="s">
+        <v>409</v>
+      </c>
+      <c r="D299" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" t="s">
+        <v>20</v>
+      </c>
+      <c r="F299" t="s">
+        <v>21</v>
+      </c>
+      <c r="G299">
+        <v>195</v>
+      </c>
+      <c r="H299">
+        <v>207585</v>
+      </c>
+      <c r="I299">
+        <v>207779</v>
+      </c>
+      <c r="J299" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10">
+      <c r="A300" t="s">
+        <v>10</v>
+      </c>
+      <c r="B300" t="s">
+        <v>11</v>
+      </c>
+      <c r="C300" t="s">
+        <v>409</v>
+      </c>
+      <c r="D300" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" t="s">
+        <v>20</v>
+      </c>
+      <c r="F300" t="s">
+        <v>21</v>
+      </c>
+      <c r="G300">
+        <v>234</v>
+      </c>
+      <c r="H300">
+        <v>207351</v>
+      </c>
+      <c r="I300">
+        <v>207584</v>
+      </c>
+      <c r="J300" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10">
+      <c r="A301" t="s">
+        <v>10</v>
+      </c>
+      <c r="B301" t="s">
+        <v>11</v>
+      </c>
+      <c r="C301" t="s">
+        <v>450</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
+        <v>20</v>
+      </c>
+      <c r="F301" t="s">
+        <v>218</v>
+      </c>
+      <c r="G301">
+        <v>312</v>
+      </c>
+      <c r="H301">
+        <v>9398</v>
+      </c>
+      <c r="I301">
+        <v>9709</v>
+      </c>
+      <c r="J301" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302" t="s">
+        <v>10</v>
+      </c>
+      <c r="B302" t="s">
+        <v>11</v>
+      </c>
+      <c r="C302" t="s">
+        <v>450</v>
+      </c>
+      <c r="D302" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" t="s">
+        <v>20</v>
+      </c>
+      <c r="F302" t="s">
+        <v>218</v>
+      </c>
+      <c r="G302">
+        <v>616</v>
+      </c>
+      <c r="H302">
+        <v>8782</v>
+      </c>
+      <c r="I302">
+        <v>9397</v>
+      </c>
+      <c r="J302" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303" t="s">
+        <v>10</v>
+      </c>
+      <c r="B303" t="s">
+        <v>11</v>
+      </c>
+      <c r="C303" t="s">
+        <v>450</v>
+      </c>
+      <c r="D303" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" t="s">
+        <v>218</v>
+      </c>
+      <c r="G303">
+        <v>183</v>
+      </c>
+      <c r="H303">
+        <v>8599</v>
+      </c>
+      <c r="I303">
+        <v>8781</v>
+      </c>
+      <c r="J303" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304" t="s">
+        <v>10</v>
+      </c>
+      <c r="B304" t="s">
+        <v>11</v>
+      </c>
+      <c r="C304" t="s">
+        <v>450</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
+        <v>20</v>
+      </c>
+      <c r="F304" t="s">
+        <v>218</v>
+      </c>
+      <c r="G304" t="s">
+        <v>454</v>
+      </c>
+      <c r="H304">
+        <v>3802</v>
+      </c>
+      <c r="I304">
+        <v>8598</v>
+      </c>
+      <c r="J304" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305" t="s">
+        <v>10</v>
+      </c>
+      <c r="B305" t="s">
+        <v>11</v>
+      </c>
+      <c r="C305" t="s">
+        <v>450</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
+        <v>20</v>
+      </c>
+      <c r="F305" t="s">
+        <v>218</v>
+      </c>
+      <c r="G305" t="s">
+        <v>456</v>
+      </c>
+      <c r="H305">
+        <v>2662</v>
+      </c>
+      <c r="I305">
+        <v>3801</v>
+      </c>
+      <c r="J305" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10">
+      <c r="A306" t="s">
+        <v>10</v>
+      </c>
+      <c r="B306" t="s">
+        <v>11</v>
+      </c>
+      <c r="C306" t="s">
+        <v>450</v>
+      </c>
+      <c r="D306" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" t="s">
+        <v>218</v>
+      </c>
+      <c r="G306">
+        <v>844</v>
+      </c>
+      <c r="H306">
+        <v>1818</v>
+      </c>
+      <c r="I306">
+        <v>2661</v>
+      </c>
+      <c r="J306" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10">
+      <c r="A307" t="s">
+        <v>10</v>
+      </c>
+      <c r="B307" t="s">
+        <v>11</v>
+      </c>
+      <c r="C307" t="s">
+        <v>450</v>
+      </c>
+      <c r="D307" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" t="s">
+        <v>218</v>
+      </c>
+      <c r="G307" t="s">
+        <v>459</v>
+      </c>
+      <c r="H307">
+        <v>1</v>
+      </c>
+      <c r="I307">
+        <v>1817</v>
+      </c>
+      <c r="J307" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10">
+      <c r="A308" t="s">
+        <v>10</v>
+      </c>
+      <c r="B308" t="s">
+        <v>11</v>
+      </c>
+      <c r="C308" t="s">
+        <v>461</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
+        <v>204</v>
+      </c>
+      <c r="F308" t="s">
+        <v>15</v>
+      </c>
+      <c r="G308">
+        <v>435</v>
+      </c>
+      <c r="H308">
+        <v>5595</v>
+      </c>
+      <c r="I308">
+        <v>6029</v>
+      </c>
+      <c r="J308" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10">
+      <c r="A309" t="s">
+        <v>10</v>
+      </c>
+      <c r="B309" t="s">
+        <v>11</v>
+      </c>
+      <c r="C309" t="s">
         <v>463</v>
       </c>
-      <c r="F9">
-[...1400 lines deleted...]
-      <c r="E63">
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
+        <v>464</v>
+      </c>
+      <c r="F309" t="s">
+        <v>15</v>
+      </c>
+      <c r="G309">
+        <v>352</v>
+      </c>
+      <c r="H309">
+        <v>5243</v>
+      </c>
+      <c r="I309">
+        <v>5594</v>
+      </c>
+      <c r="J309" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10">
+      <c r="A310" t="s">
+        <v>10</v>
+      </c>
+      <c r="B310" t="s">
+        <v>11</v>
+      </c>
+      <c r="C310" t="s">
+        <v>466</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
         <v>209</v>
       </c>
-      <c r="F63">
-[...828 lines deleted...]
-      <c r="E95">
+      <c r="F310" t="s">
+        <v>21</v>
+      </c>
+      <c r="G310">
+        <v>694</v>
+      </c>
+      <c r="H310">
+        <v>207985</v>
+      </c>
+      <c r="I310">
+        <v>208678</v>
+      </c>
+      <c r="J310" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10">
+      <c r="A311" t="s">
+        <v>10</v>
+      </c>
+      <c r="B311" t="s">
+        <v>11</v>
+      </c>
+      <c r="C311" t="s">
         <v>466</v>
       </c>
-      <c r="F95">
-[...1518 lines deleted...]
-      <c r="A154" t="s">
+      <c r="D311" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" t="s">
         <v>209</v>
       </c>
-      <c r="B154" t="s">
-[...2374 lines deleted...]
-      <c r="E245" t="s">
+      <c r="F311" t="s">
+        <v>21</v>
+      </c>
+      <c r="G311">
         <v>347</v>
       </c>
-      <c r="F245">
-[...1663 lines deleted...]
-      <c r="F309">
+      <c r="H311">
         <v>207638</v>
       </c>
-      <c r="G309">
+      <c r="I311">
         <v>207984</v>
       </c>
-      <c r="H309" t="s">
-[...55 lines deleted...]
-    <row r="312" spans="1:8">
+      <c r="J311" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>465</v>
+        <v>10</v>
       </c>
       <c r="B312" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C312" t="s">
         <v>466</v>
       </c>
       <c r="D312" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="E312">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
+        <v>209</v>
+      </c>
+      <c r="F312" t="s">
+        <v>21</v>
+      </c>
+      <c r="G312" t="s">
+        <v>469</v>
+      </c>
+      <c r="H312">
+        <v>185133</v>
+      </c>
+      <c r="I312">
+        <v>207637</v>
+      </c>
+      <c r="J312" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10">
+      <c r="A313" t="s">
+        <v>10</v>
+      </c>
+      <c r="B313" t="s">
+        <v>11</v>
+      </c>
+      <c r="C313" t="s">
+        <v>466</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
+        <v>209</v>
+      </c>
+      <c r="F313" t="s">
+        <v>21</v>
+      </c>
+      <c r="G313" t="s">
+        <v>471</v>
+      </c>
+      <c r="H313">
+        <v>181918</v>
+      </c>
+      <c r="I313">
+        <v>185132</v>
+      </c>
+      <c r="J313" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10">
+      <c r="A314" t="s">
+        <v>10</v>
+      </c>
+      <c r="B314" t="s">
+        <v>11</v>
+      </c>
+      <c r="C314" t="s">
+        <v>473</v>
+      </c>
+      <c r="D314" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" t="s">
+        <v>474</v>
+      </c>
+      <c r="F314" t="s">
+        <v>475</v>
+      </c>
+      <c r="G314">
         <v>130</v>
       </c>
-      <c r="F312">
+      <c r="H314">
         <v>101</v>
       </c>
-      <c r="G312">
+      <c r="I314">
         <v>230</v>
       </c>
-      <c r="H312" t="s">
-[...19 lines deleted...]
-      <c r="F313">
+      <c r="J314" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315" t="s">
+        <v>10</v>
+      </c>
+      <c r="B315" t="s">
+        <v>11</v>
+      </c>
+      <c r="C315" t="s">
+        <v>477</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
+        <v>20</v>
+      </c>
+      <c r="F315" t="s">
+        <v>21</v>
+      </c>
+      <c r="G315" t="s">
+        <v>478</v>
+      </c>
+      <c r="H315">
         <v>147498</v>
       </c>
-      <c r="G313">
+      <c r="I315">
         <v>181917</v>
       </c>
-      <c r="H313" t="s">
-[...16 lines deleted...]
-      <c r="E314">
+      <c r="J315" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
+      <c r="A316" t="s">
+        <v>10</v>
+      </c>
+      <c r="B316" t="s">
+        <v>11</v>
+      </c>
+      <c r="C316" t="s">
+        <v>480</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
+        <v>44</v>
+      </c>
+      <c r="F316" t="s">
+        <v>21</v>
+      </c>
+      <c r="G316">
         <v>256</v>
       </c>
-      <c r="F314">
+      <c r="H316">
         <v>350248</v>
       </c>
-      <c r="G314">
+      <c r="I316">
         <v>350503</v>
       </c>
-      <c r="H314" t="s">
-[...16 lines deleted...]
-      <c r="E315">
+      <c r="J316" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" t="s">
+        <v>10</v>
+      </c>
+      <c r="B317" t="s">
+        <v>11</v>
+      </c>
+      <c r="C317" t="s">
+        <v>480</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
+        <v>44</v>
+      </c>
+      <c r="F317" t="s">
+        <v>21</v>
+      </c>
+      <c r="G317">
         <v>753</v>
       </c>
-      <c r="F315">
+      <c r="H317">
         <v>349495</v>
       </c>
-      <c r="G315">
+      <c r="I317">
         <v>350247</v>
       </c>
-      <c r="H315" t="s">
-[...16 lines deleted...]
-      <c r="E316">
+      <c r="J317" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" t="s">
+        <v>10</v>
+      </c>
+      <c r="B318" t="s">
+        <v>11</v>
+      </c>
+      <c r="C318" t="s">
+        <v>480</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>44</v>
+      </c>
+      <c r="F318" t="s">
+        <v>21</v>
+      </c>
+      <c r="G318">
         <v>274</v>
       </c>
-      <c r="F316">
+      <c r="H318">
         <v>147224</v>
       </c>
-      <c r="G316">
+      <c r="I318">
         <v>147497</v>
       </c>
-      <c r="H316" t="s">
-[...19 lines deleted...]
-      <c r="F317">
+      <c r="J318" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" t="s">
+        <v>10</v>
+      </c>
+      <c r="B319" t="s">
+        <v>11</v>
+      </c>
+      <c r="C319" t="s">
+        <v>480</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>44</v>
+      </c>
+      <c r="F319" t="s">
+        <v>21</v>
+      </c>
+      <c r="G319" t="s">
+        <v>484</v>
+      </c>
+      <c r="H319">
         <v>348238</v>
       </c>
-      <c r="G317">
+      <c r="I319">
         <v>349494</v>
       </c>
-      <c r="H317" t="s">
-[...16 lines deleted...]
-      <c r="E318">
+      <c r="J319" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" t="s">
+        <v>10</v>
+      </c>
+      <c r="B320" t="s">
+        <v>11</v>
+      </c>
+      <c r="C320" t="s">
+        <v>480</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
+        <v>44</v>
+      </c>
+      <c r="F320" t="s">
+        <v>21</v>
+      </c>
+      <c r="G320">
         <v>223</v>
       </c>
-      <c r="F318">
+      <c r="H320">
         <v>348015</v>
       </c>
-      <c r="G318">
+      <c r="I320">
         <v>348237</v>
       </c>
-      <c r="H318" t="s">
-[...19 lines deleted...]
-      <c r="F319">
+      <c r="J320" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" t="s">
+        <v>10</v>
+      </c>
+      <c r="B321" t="s">
+        <v>11</v>
+      </c>
+      <c r="C321" t="s">
+        <v>480</v>
+      </c>
+      <c r="D321" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" t="s">
+        <v>44</v>
+      </c>
+      <c r="F321" t="s">
+        <v>21</v>
+      </c>
+      <c r="G321" t="s">
+        <v>487</v>
+      </c>
+      <c r="H321">
         <v>346149</v>
       </c>
-      <c r="G319">
+      <c r="I321">
         <v>348014</v>
       </c>
-      <c r="H319" t="s">
+      <c r="J321" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" t="s">
+        <v>10</v>
+      </c>
+      <c r="B322" t="s">
+        <v>11</v>
+      </c>
+      <c r="C322" t="s">
         <v>480</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E320">
+      <c r="D322" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s">
+        <v>44</v>
+      </c>
+      <c r="F322" t="s">
+        <v>21</v>
+      </c>
+      <c r="G322">
         <v>776</v>
       </c>
-      <c r="F320">
+      <c r="H322">
         <v>345373</v>
       </c>
-      <c r="G320">
+      <c r="I322">
         <v>346148</v>
       </c>
-      <c r="H320" t="s">
-[...16 lines deleted...]
-      <c r="E321">
+      <c r="J322" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323" t="s">
+        <v>10</v>
+      </c>
+      <c r="B323" t="s">
+        <v>11</v>
+      </c>
+      <c r="C323" t="s">
+        <v>480</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
+        <v>44</v>
+      </c>
+      <c r="F323" t="s">
+        <v>21</v>
+      </c>
+      <c r="G323">
         <v>456</v>
       </c>
-      <c r="F321">
+      <c r="H323">
         <v>344917</v>
       </c>
-      <c r="G321">
+      <c r="I323">
         <v>345372</v>
       </c>
-      <c r="H321" t="s">
-[...19 lines deleted...]
-      <c r="F322">
+      <c r="J323" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324" t="s">
+        <v>10</v>
+      </c>
+      <c r="B324" t="s">
+        <v>11</v>
+      </c>
+      <c r="C324" t="s">
+        <v>480</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
+        <v>44</v>
+      </c>
+      <c r="F324" t="s">
+        <v>21</v>
+      </c>
+      <c r="G324" t="s">
+        <v>491</v>
+      </c>
+      <c r="H324">
         <v>343913</v>
       </c>
-      <c r="G322">
+      <c r="I324">
         <v>344916</v>
       </c>
-      <c r="H322" t="s">
-[...19 lines deleted...]
-      <c r="F323">
+      <c r="J324" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325" t="s">
+        <v>10</v>
+      </c>
+      <c r="B325" t="s">
+        <v>11</v>
+      </c>
+      <c r="C325" t="s">
+        <v>480</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>44</v>
+      </c>
+      <c r="F325" t="s">
+        <v>21</v>
+      </c>
+      <c r="G325" t="s">
+        <v>493</v>
+      </c>
+      <c r="H325">
         <v>342346</v>
       </c>
-      <c r="G323">
+      <c r="I325">
         <v>343912</v>
       </c>
-      <c r="H323" t="s">
-[...19 lines deleted...]
-      <c r="F324">
+      <c r="J325" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326" t="s">
+        <v>10</v>
+      </c>
+      <c r="B326" t="s">
+        <v>11</v>
+      </c>
+      <c r="C326" t="s">
+        <v>480</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
+        <v>44</v>
+      </c>
+      <c r="F326" t="s">
+        <v>21</v>
+      </c>
+      <c r="G326" t="s">
+        <v>495</v>
+      </c>
+      <c r="H326">
         <v>340342</v>
       </c>
-      <c r="G324">
+      <c r="I326">
         <v>342345</v>
       </c>
-      <c r="H324" t="s">
-[...19 lines deleted...]
-      <c r="F325">
+      <c r="J326" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327" t="s">
+        <v>10</v>
+      </c>
+      <c r="B327" t="s">
+        <v>11</v>
+      </c>
+      <c r="C327" t="s">
+        <v>480</v>
+      </c>
+      <c r="D327" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" t="s">
+        <v>44</v>
+      </c>
+      <c r="F327" t="s">
+        <v>21</v>
+      </c>
+      <c r="G327" t="s">
+        <v>497</v>
+      </c>
+      <c r="H327">
         <v>338904</v>
       </c>
-      <c r="G325">
+      <c r="I327">
         <v>340341</v>
       </c>
-      <c r="H325" t="s">
-[...19 lines deleted...]
-      <c r="F326">
+      <c r="J327" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328" t="s">
+        <v>10</v>
+      </c>
+      <c r="B328" t="s">
+        <v>11</v>
+      </c>
+      <c r="C328" t="s">
+        <v>480</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
+        <v>44</v>
+      </c>
+      <c r="F328" t="s">
+        <v>21</v>
+      </c>
+      <c r="G328" t="s">
+        <v>499</v>
+      </c>
+      <c r="H328">
         <v>336325</v>
       </c>
-      <c r="G326">
+      <c r="I328">
         <v>338903</v>
       </c>
-      <c r="H326" t="s">
-[...19 lines deleted...]
-      <c r="F327">
+      <c r="J328" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329" t="s">
+        <v>10</v>
+      </c>
+      <c r="B329" t="s">
+        <v>11</v>
+      </c>
+      <c r="C329" t="s">
+        <v>480</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
+        <v>44</v>
+      </c>
+      <c r="F329" t="s">
+        <v>21</v>
+      </c>
+      <c r="G329" t="s">
+        <v>501</v>
+      </c>
+      <c r="H329">
         <v>334478</v>
       </c>
-      <c r="G327">
+      <c r="I329">
         <v>336324</v>
       </c>
-      <c r="H327" t="s">
-[...16 lines deleted...]
-      <c r="E328">
+      <c r="J329" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330" t="s">
+        <v>10</v>
+      </c>
+      <c r="B330" t="s">
+        <v>11</v>
+      </c>
+      <c r="C330" t="s">
+        <v>480</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
+        <v>44</v>
+      </c>
+      <c r="F330" t="s">
+        <v>21</v>
+      </c>
+      <c r="G330">
         <v>896</v>
       </c>
-      <c r="F328">
+      <c r="H330">
         <v>146328</v>
       </c>
-      <c r="G328">
+      <c r="I330">
         <v>147223</v>
       </c>
-      <c r="H328" t="s">
-[...19 lines deleted...]
-      <c r="F329">
+      <c r="J330" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331" t="s">
+        <v>10</v>
+      </c>
+      <c r="B331" t="s">
+        <v>11</v>
+      </c>
+      <c r="C331" t="s">
+        <v>480</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>44</v>
+      </c>
+      <c r="F331" t="s">
+        <v>21</v>
+      </c>
+      <c r="G331" t="s">
+        <v>504</v>
+      </c>
+      <c r="H331">
         <v>332862</v>
       </c>
-      <c r="G329">
+      <c r="I331">
         <v>334477</v>
       </c>
-      <c r="H329" t="s">
-[...19 lines deleted...]
-      <c r="F330">
+      <c r="J331" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332" t="s">
+        <v>10</v>
+      </c>
+      <c r="B332" t="s">
+        <v>11</v>
+      </c>
+      <c r="C332" t="s">
+        <v>480</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
+        <v>44</v>
+      </c>
+      <c r="F332" t="s">
+        <v>21</v>
+      </c>
+      <c r="G332" t="s">
+        <v>506</v>
+      </c>
+      <c r="H332">
         <v>330100</v>
       </c>
-      <c r="G330">
+      <c r="I332">
         <v>332861</v>
       </c>
-      <c r="H330" t="s">
-[...19 lines deleted...]
-      <c r="F331">
+      <c r="J332" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333" t="s">
+        <v>10</v>
+      </c>
+      <c r="B333" t="s">
+        <v>11</v>
+      </c>
+      <c r="C333" t="s">
+        <v>480</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
+        <v>44</v>
+      </c>
+      <c r="F333" t="s">
+        <v>21</v>
+      </c>
+      <c r="G333" t="s">
+        <v>508</v>
+      </c>
+      <c r="H333">
         <v>145250</v>
       </c>
-      <c r="G331">
+      <c r="I333">
         <v>146327</v>
       </c>
-      <c r="H331" t="s">
-[...19 lines deleted...]
-      <c r="F332">
+      <c r="J333" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334" t="s">
+        <v>10</v>
+      </c>
+      <c r="B334" t="s">
+        <v>11</v>
+      </c>
+      <c r="C334" t="s">
+        <v>480</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
+        <v>44</v>
+      </c>
+      <c r="F334" t="s">
+        <v>21</v>
+      </c>
+      <c r="G334" t="s">
+        <v>510</v>
+      </c>
+      <c r="H334">
         <v>328070</v>
       </c>
-      <c r="G332">
+      <c r="I334">
         <v>330099</v>
       </c>
-      <c r="H332" t="s">
-[...19 lines deleted...]
-      <c r="F333">
+      <c r="J334" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335" t="s">
+        <v>10</v>
+      </c>
+      <c r="B335" t="s">
+        <v>11</v>
+      </c>
+      <c r="C335" t="s">
+        <v>480</v>
+      </c>
+      <c r="D335" t="s">
+        <v>13</v>
+      </c>
+      <c r="E335" t="s">
+        <v>44</v>
+      </c>
+      <c r="F335" t="s">
+        <v>21</v>
+      </c>
+      <c r="G335" t="s">
+        <v>512</v>
+      </c>
+      <c r="H335">
         <v>325232</v>
       </c>
-      <c r="G333">
+      <c r="I335">
         <v>328069</v>
       </c>
-      <c r="H333" t="s">
-[...19 lines deleted...]
-      <c r="F334">
+      <c r="J335" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336" t="s">
+        <v>10</v>
+      </c>
+      <c r="B336" t="s">
+        <v>11</v>
+      </c>
+      <c r="C336" t="s">
+        <v>480</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>44</v>
+      </c>
+      <c r="F336" t="s">
+        <v>21</v>
+      </c>
+      <c r="G336" t="s">
+        <v>514</v>
+      </c>
+      <c r="H336">
         <v>323159</v>
       </c>
-      <c r="G334">
+      <c r="I336">
         <v>325231</v>
       </c>
-      <c r="H334" t="s">
-[...16 lines deleted...]
-      <c r="E335">
+      <c r="J336" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337" t="s">
+        <v>10</v>
+      </c>
+      <c r="B337" t="s">
+        <v>11</v>
+      </c>
+      <c r="C337" t="s">
+        <v>480</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>44</v>
+      </c>
+      <c r="F337" t="s">
+        <v>21</v>
+      </c>
+      <c r="G337">
         <v>750</v>
       </c>
-      <c r="F335">
+      <c r="H337">
         <v>144500</v>
       </c>
-      <c r="G335">
+      <c r="I337">
         <v>145249</v>
       </c>
-      <c r="H335" t="s">
-[...19 lines deleted...]
-      <c r="F336">
+      <c r="J337" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338" t="s">
+        <v>10</v>
+      </c>
+      <c r="B338" t="s">
+        <v>11</v>
+      </c>
+      <c r="C338" t="s">
+        <v>480</v>
+      </c>
+      <c r="D338" t="s">
+        <v>13</v>
+      </c>
+      <c r="E338" t="s">
+        <v>44</v>
+      </c>
+      <c r="F338" t="s">
+        <v>21</v>
+      </c>
+      <c r="G338" t="s">
+        <v>517</v>
+      </c>
+      <c r="H338">
         <v>143351</v>
       </c>
-      <c r="G336">
+      <c r="I338">
         <v>144499</v>
       </c>
-      <c r="H336" t="s">
-[...16 lines deleted...]
-      <c r="E337">
+      <c r="J338" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339" t="s">
+        <v>10</v>
+      </c>
+      <c r="B339" t="s">
+        <v>11</v>
+      </c>
+      <c r="C339" t="s">
+        <v>480</v>
+      </c>
+      <c r="D339" t="s">
+        <v>13</v>
+      </c>
+      <c r="E339" t="s">
+        <v>44</v>
+      </c>
+      <c r="F339" t="s">
+        <v>21</v>
+      </c>
+      <c r="G339">
         <v>743</v>
       </c>
-      <c r="F337">
+      <c r="H339">
         <v>142608</v>
       </c>
-      <c r="G337">
+      <c r="I339">
         <v>143350</v>
       </c>
-      <c r="H337" t="s">
-[...16 lines deleted...]
-      <c r="E338">
+      <c r="J339" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340" t="s">
+        <v>10</v>
+      </c>
+      <c r="B340" t="s">
+        <v>11</v>
+      </c>
+      <c r="C340" t="s">
+        <v>480</v>
+      </c>
+      <c r="D340" t="s">
+        <v>13</v>
+      </c>
+      <c r="E340" t="s">
+        <v>44</v>
+      </c>
+      <c r="F340" t="s">
+        <v>21</v>
+      </c>
+      <c r="G340">
         <v>850</v>
       </c>
-      <c r="F338">
+      <c r="H340">
         <v>141758</v>
       </c>
-      <c r="G338">
+      <c r="I340">
         <v>142607</v>
       </c>
-      <c r="H338" t="s">
-[...16 lines deleted...]
-      <c r="E339">
+      <c r="J340" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341" t="s">
+        <v>10</v>
+      </c>
+      <c r="B341" t="s">
+        <v>11</v>
+      </c>
+      <c r="C341" t="s">
+        <v>480</v>
+      </c>
+      <c r="D341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E341" t="s">
+        <v>44</v>
+      </c>
+      <c r="F341" t="s">
+        <v>21</v>
+      </c>
+      <c r="G341">
         <v>741</v>
       </c>
-      <c r="F339">
+      <c r="H341">
         <v>141017</v>
       </c>
-      <c r="G339">
+      <c r="I341">
         <v>141757</v>
       </c>
-      <c r="H339" t="s">
-[...19 lines deleted...]
-      <c r="F340">
+      <c r="J341" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342" t="s">
+        <v>10</v>
+      </c>
+      <c r="B342" t="s">
+        <v>11</v>
+      </c>
+      <c r="C342" t="s">
+        <v>480</v>
+      </c>
+      <c r="D342" t="s">
+        <v>13</v>
+      </c>
+      <c r="E342" t="s">
+        <v>44</v>
+      </c>
+      <c r="F342" t="s">
+        <v>21</v>
+      </c>
+      <c r="G342" t="s">
+        <v>522</v>
+      </c>
+      <c r="H342">
         <v>139214</v>
       </c>
-      <c r="G340">
+      <c r="I342">
         <v>141016</v>
       </c>
-      <c r="H340" t="s">
-[...16 lines deleted...]
-      <c r="E341">
+      <c r="J342" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343" t="s">
+        <v>10</v>
+      </c>
+      <c r="B343" t="s">
+        <v>11</v>
+      </c>
+      <c r="C343" t="s">
+        <v>480</v>
+      </c>
+      <c r="D343" t="s">
+        <v>13</v>
+      </c>
+      <c r="E343" t="s">
+        <v>44</v>
+      </c>
+      <c r="F343" t="s">
+        <v>21</v>
+      </c>
+      <c r="G343">
         <v>822</v>
       </c>
-      <c r="F341">
+      <c r="H343">
         <v>138392</v>
       </c>
-      <c r="G341">
+      <c r="I343">
         <v>139213</v>
       </c>
-      <c r="H341" t="s">
-[...19 lines deleted...]
-      <c r="F342">
+      <c r="J343" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344" t="s">
+        <v>10</v>
+      </c>
+      <c r="B344" t="s">
+        <v>11</v>
+      </c>
+      <c r="C344" t="s">
+        <v>480</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
+        <v>44</v>
+      </c>
+      <c r="F344" t="s">
+        <v>21</v>
+      </c>
+      <c r="G344" t="s">
+        <v>525</v>
+      </c>
+      <c r="H344">
         <v>137382</v>
       </c>
-      <c r="G342">
+      <c r="I344">
         <v>138391</v>
       </c>
-      <c r="H342" t="s">
-[...16 lines deleted...]
-      <c r="E343">
+      <c r="J344" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345" t="s">
+        <v>10</v>
+      </c>
+      <c r="B345" t="s">
+        <v>11</v>
+      </c>
+      <c r="C345" t="s">
+        <v>480</v>
+      </c>
+      <c r="D345" t="s">
+        <v>13</v>
+      </c>
+      <c r="E345" t="s">
+        <v>44</v>
+      </c>
+      <c r="F345" t="s">
+        <v>21</v>
+      </c>
+      <c r="G345">
         <v>736</v>
       </c>
-      <c r="F343">
+      <c r="H345">
         <v>136646</v>
       </c>
-      <c r="G343">
+      <c r="I345">
         <v>137381</v>
       </c>
-      <c r="H343" t="s">
-[...19 lines deleted...]
-      <c r="F344">
+      <c r="J345" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346" t="s">
+        <v>10</v>
+      </c>
+      <c r="B346" t="s">
+        <v>11</v>
+      </c>
+      <c r="C346" t="s">
+        <v>480</v>
+      </c>
+      <c r="D346" t="s">
+        <v>13</v>
+      </c>
+      <c r="E346" t="s">
+        <v>44</v>
+      </c>
+      <c r="F346" t="s">
+        <v>21</v>
+      </c>
+      <c r="G346" t="s">
+        <v>528</v>
+      </c>
+      <c r="H346">
         <v>135559</v>
       </c>
-      <c r="G344">
+      <c r="I346">
         <v>136645</v>
       </c>
-      <c r="H344" t="s">
-[...16 lines deleted...]
-      <c r="E345">
+      <c r="J346" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347" t="s">
+        <v>10</v>
+      </c>
+      <c r="B347" t="s">
+        <v>11</v>
+      </c>
+      <c r="C347" t="s">
+        <v>480</v>
+      </c>
+      <c r="D347" t="s">
+        <v>13</v>
+      </c>
+      <c r="E347" t="s">
+        <v>44</v>
+      </c>
+      <c r="F347" t="s">
+        <v>21</v>
+      </c>
+      <c r="G347">
         <v>873</v>
       </c>
-      <c r="F345">
+      <c r="H347">
         <v>134686</v>
       </c>
-      <c r="G345">
+      <c r="I347">
         <v>135558</v>
       </c>
-      <c r="H345" t="s">
-[...16 lines deleted...]
-      <c r="E346">
+      <c r="J347" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348" t="s">
+        <v>10</v>
+      </c>
+      <c r="B348" t="s">
+        <v>11</v>
+      </c>
+      <c r="C348" t="s">
+        <v>480</v>
+      </c>
+      <c r="D348" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" t="s">
+        <v>44</v>
+      </c>
+      <c r="F348" t="s">
+        <v>21</v>
+      </c>
+      <c r="G348">
         <v>726</v>
       </c>
-      <c r="F346">
+      <c r="H348">
         <v>133960</v>
       </c>
-      <c r="G346">
+      <c r="I348">
         <v>134685</v>
       </c>
-      <c r="H346" t="s">
-[...19 lines deleted...]
-      <c r="F347">
+      <c r="J348" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349" t="s">
+        <v>10</v>
+      </c>
+      <c r="B349" t="s">
+        <v>11</v>
+      </c>
+      <c r="C349" t="s">
+        <v>480</v>
+      </c>
+      <c r="D349" t="s">
+        <v>13</v>
+      </c>
+      <c r="E349" t="s">
+        <v>44</v>
+      </c>
+      <c r="F349" t="s">
+        <v>21</v>
+      </c>
+      <c r="G349" t="s">
+        <v>532</v>
+      </c>
+      <c r="H349">
         <v>320687</v>
       </c>
-      <c r="G347">
+      <c r="I349">
         <v>323158</v>
       </c>
-      <c r="H347" t="s">
-[...16 lines deleted...]
-      <c r="E348">
+      <c r="J349" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350" t="s">
+        <v>10</v>
+      </c>
+      <c r="B350" t="s">
+        <v>11</v>
+      </c>
+      <c r="C350" t="s">
+        <v>480</v>
+      </c>
+      <c r="D350" t="s">
+        <v>13</v>
+      </c>
+      <c r="E350" t="s">
+        <v>44</v>
+      </c>
+      <c r="F350" t="s">
+        <v>21</v>
+      </c>
+      <c r="G350">
         <v>879</v>
       </c>
-      <c r="F348">
+      <c r="H350">
         <v>133081</v>
       </c>
-      <c r="G348">
+      <c r="I350">
         <v>133959</v>
       </c>
-      <c r="H348" t="s">
-[...19 lines deleted...]
-      <c r="F349">
+      <c r="J350" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351" t="s">
+        <v>10</v>
+      </c>
+      <c r="B351" t="s">
+        <v>11</v>
+      </c>
+      <c r="C351" t="s">
+        <v>480</v>
+      </c>
+      <c r="D351" t="s">
+        <v>13</v>
+      </c>
+      <c r="E351" t="s">
+        <v>44</v>
+      </c>
+      <c r="F351" t="s">
+        <v>21</v>
+      </c>
+      <c r="G351" t="s">
+        <v>535</v>
+      </c>
+      <c r="H351">
         <v>318450</v>
       </c>
-      <c r="G349">
+      <c r="I351">
         <v>320686</v>
       </c>
-      <c r="H349" t="s">
-[...19 lines deleted...]
-      <c r="F350">
+      <c r="J351" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352" t="s">
+        <v>10</v>
+      </c>
+      <c r="B352" t="s">
+        <v>11</v>
+      </c>
+      <c r="C352" t="s">
+        <v>480</v>
+      </c>
+      <c r="D352" t="s">
+        <v>13</v>
+      </c>
+      <c r="E352" t="s">
+        <v>44</v>
+      </c>
+      <c r="F352" t="s">
+        <v>21</v>
+      </c>
+      <c r="G352" t="s">
+        <v>537</v>
+      </c>
+      <c r="H352">
         <v>131630</v>
       </c>
-      <c r="G350">
+      <c r="I352">
         <v>133080</v>
       </c>
-      <c r="H350" t="s">
-[...16 lines deleted...]
-      <c r="E351">
+      <c r="J352" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353" t="s">
+        <v>10</v>
+      </c>
+      <c r="B353" t="s">
+        <v>11</v>
+      </c>
+      <c r="C353" t="s">
+        <v>480</v>
+      </c>
+      <c r="D353" t="s">
+        <v>13</v>
+      </c>
+      <c r="E353" t="s">
+        <v>44</v>
+      </c>
+      <c r="F353" t="s">
+        <v>21</v>
+      </c>
+      <c r="G353">
         <v>929</v>
       </c>
-      <c r="F351">
+      <c r="H353">
         <v>130701</v>
       </c>
-      <c r="G351">
+      <c r="I353">
         <v>131629</v>
       </c>
-      <c r="H351" t="s">
-[...19 lines deleted...]
-      <c r="F352">
+      <c r="J353" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354" t="s">
+        <v>10</v>
+      </c>
+      <c r="B354" t="s">
+        <v>11</v>
+      </c>
+      <c r="C354" t="s">
+        <v>480</v>
+      </c>
+      <c r="D354" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" t="s">
+        <v>44</v>
+      </c>
+      <c r="F354" t="s">
+        <v>21</v>
+      </c>
+      <c r="G354" t="s">
+        <v>540</v>
+      </c>
+      <c r="H354">
         <v>129407</v>
       </c>
-      <c r="G352">
+      <c r="I354">
         <v>130700</v>
       </c>
-      <c r="H352" t="s">
-[...19 lines deleted...]
-      <c r="F353">
+      <c r="J354" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355" t="s">
+        <v>10</v>
+      </c>
+      <c r="B355" t="s">
+        <v>11</v>
+      </c>
+      <c r="C355" t="s">
+        <v>480</v>
+      </c>
+      <c r="D355" t="s">
+        <v>13</v>
+      </c>
+      <c r="E355" t="s">
+        <v>44</v>
+      </c>
+      <c r="F355" t="s">
+        <v>21</v>
+      </c>
+      <c r="G355" t="s">
+        <v>542</v>
+      </c>
+      <c r="H355">
         <v>128137</v>
       </c>
-      <c r="G353">
+      <c r="I355">
         <v>129406</v>
       </c>
-      <c r="H353" t="s">
-[...19 lines deleted...]
-      <c r="F354">
+      <c r="J355" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356" t="s">
+        <v>10</v>
+      </c>
+      <c r="B356" t="s">
+        <v>11</v>
+      </c>
+      <c r="C356" t="s">
+        <v>544</v>
+      </c>
+      <c r="D356" t="s">
+        <v>13</v>
+      </c>
+      <c r="E356" t="s">
+        <v>44</v>
+      </c>
+      <c r="F356" t="s">
+        <v>21</v>
+      </c>
+      <c r="G356" t="s">
+        <v>545</v>
+      </c>
+      <c r="H356">
         <v>127118</v>
       </c>
-      <c r="G354">
+      <c r="I356">
         <v>128136</v>
       </c>
-      <c r="H354" t="s">
-[...16 lines deleted...]
-      <c r="E355">
+      <c r="J356" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357" t="s">
+        <v>10</v>
+      </c>
+      <c r="B357" t="s">
+        <v>11</v>
+      </c>
+      <c r="C357" t="s">
+        <v>544</v>
+      </c>
+      <c r="D357" t="s">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s">
+        <v>44</v>
+      </c>
+      <c r="F357" t="s">
+        <v>21</v>
+      </c>
+      <c r="G357">
         <v>915</v>
       </c>
-      <c r="F355">
+      <c r="H357">
         <v>126203</v>
       </c>
-      <c r="G355">
+      <c r="I357">
         <v>127117</v>
       </c>
-      <c r="H355" t="s">
-[...16 lines deleted...]
-      <c r="E356">
+      <c r="J357" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358" t="s">
+        <v>10</v>
+      </c>
+      <c r="B358" t="s">
+        <v>11</v>
+      </c>
+      <c r="C358" t="s">
+        <v>544</v>
+      </c>
+      <c r="D358" t="s">
+        <v>13</v>
+      </c>
+      <c r="E358" t="s">
+        <v>44</v>
+      </c>
+      <c r="F358" t="s">
+        <v>21</v>
+      </c>
+      <c r="G358">
         <v>804</v>
       </c>
-      <c r="F356">
+      <c r="H358">
         <v>125399</v>
       </c>
-      <c r="G356">
+      <c r="I358">
         <v>126202</v>
       </c>
-      <c r="H356" t="s">
-[...19 lines deleted...]
-      <c r="F357">
+      <c r="J358" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359" t="s">
+        <v>10</v>
+      </c>
+      <c r="B359" t="s">
+        <v>11</v>
+      </c>
+      <c r="C359" t="s">
+        <v>544</v>
+      </c>
+      <c r="D359" t="s">
+        <v>13</v>
+      </c>
+      <c r="E359" t="s">
+        <v>44</v>
+      </c>
+      <c r="F359" t="s">
+        <v>21</v>
+      </c>
+      <c r="G359" t="s">
+        <v>549</v>
+      </c>
+      <c r="H359">
         <v>124064</v>
       </c>
-      <c r="G357">
+      <c r="I359">
         <v>125398</v>
       </c>
-      <c r="H357" t="s">
-[...19 lines deleted...]
-      <c r="F358">
+      <c r="J359" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360" t="s">
+        <v>10</v>
+      </c>
+      <c r="B360" t="s">
+        <v>11</v>
+      </c>
+      <c r="C360" t="s">
+        <v>544</v>
+      </c>
+      <c r="D360" t="s">
+        <v>13</v>
+      </c>
+      <c r="E360" t="s">
+        <v>44</v>
+      </c>
+      <c r="F360" t="s">
+        <v>21</v>
+      </c>
+      <c r="G360" t="s">
+        <v>551</v>
+      </c>
+      <c r="H360">
         <v>123036</v>
       </c>
-      <c r="G358">
+      <c r="I360">
         <v>124063</v>
       </c>
-      <c r="H358" t="s">
+      <c r="J360" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361" t="s">
+        <v>10</v>
+      </c>
+      <c r="B361" t="s">
+        <v>11</v>
+      </c>
+      <c r="C361" t="s">
         <v>544</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E359">
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+      <c r="E361" t="s">
+        <v>44</v>
+      </c>
+      <c r="F361" t="s">
+        <v>21</v>
+      </c>
+      <c r="G361">
         <v>670</v>
       </c>
-      <c r="F359">
+      <c r="H361">
         <v>122366</v>
       </c>
-      <c r="G359">
+      <c r="I361">
         <v>123035</v>
       </c>
-      <c r="H359" t="s">
-[...16 lines deleted...]
-      <c r="E360">
+      <c r="J361" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362" t="s">
+        <v>10</v>
+      </c>
+      <c r="B362" t="s">
+        <v>11</v>
+      </c>
+      <c r="C362" t="s">
+        <v>544</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
+        <v>44</v>
+      </c>
+      <c r="F362" t="s">
+        <v>21</v>
+      </c>
+      <c r="G362">
         <v>904</v>
       </c>
-      <c r="F360">
+      <c r="H362">
         <v>121462</v>
       </c>
-      <c r="G360">
+      <c r="I362">
         <v>122365</v>
       </c>
-      <c r="H360" t="s">
-[...16 lines deleted...]
-      <c r="E361">
+      <c r="J362" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363" t="s">
+        <v>10</v>
+      </c>
+      <c r="B363" t="s">
+        <v>11</v>
+      </c>
+      <c r="C363" t="s">
+        <v>544</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+      <c r="E363" t="s">
+        <v>44</v>
+      </c>
+      <c r="F363" t="s">
+        <v>21</v>
+      </c>
+      <c r="G363">
         <v>724</v>
       </c>
-      <c r="F361">
+      <c r="H363">
         <v>120738</v>
       </c>
-      <c r="G361">
+      <c r="I363">
         <v>121461</v>
       </c>
-      <c r="H361" t="s">
-[...19 lines deleted...]
-      <c r="F362">
+      <c r="J363" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364" t="s">
+        <v>10</v>
+      </c>
+      <c r="B364" t="s">
+        <v>11</v>
+      </c>
+      <c r="C364" t="s">
+        <v>544</v>
+      </c>
+      <c r="D364" t="s">
+        <v>13</v>
+      </c>
+      <c r="E364" t="s">
+        <v>44</v>
+      </c>
+      <c r="F364" t="s">
+        <v>21</v>
+      </c>
+      <c r="G364" t="s">
+        <v>556</v>
+      </c>
+      <c r="H364">
         <v>315632</v>
       </c>
-      <c r="G362">
+      <c r="I364">
         <v>318449</v>
       </c>
-      <c r="H362" t="s">
-[...19 lines deleted...]
-      <c r="F363">
+      <c r="J364" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365" t="s">
+        <v>10</v>
+      </c>
+      <c r="B365" t="s">
+        <v>11</v>
+      </c>
+      <c r="C365" t="s">
+        <v>544</v>
+      </c>
+      <c r="D365" t="s">
+        <v>13</v>
+      </c>
+      <c r="E365" t="s">
+        <v>44</v>
+      </c>
+      <c r="F365" t="s">
+        <v>21</v>
+      </c>
+      <c r="G365" t="s">
+        <v>558</v>
+      </c>
+      <c r="H365">
         <v>119587</v>
       </c>
-      <c r="G363">
+      <c r="I365">
         <v>120737</v>
       </c>
-      <c r="H363" t="s">
-[...19 lines deleted...]
-      <c r="F364">
+      <c r="J365" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366" t="s">
+        <v>10</v>
+      </c>
+      <c r="B366" t="s">
+        <v>11</v>
+      </c>
+      <c r="C366" t="s">
+        <v>544</v>
+      </c>
+      <c r="D366" t="s">
+        <v>13</v>
+      </c>
+      <c r="E366" t="s">
+        <v>44</v>
+      </c>
+      <c r="F366" t="s">
+        <v>21</v>
+      </c>
+      <c r="G366" t="s">
+        <v>560</v>
+      </c>
+      <c r="H366">
         <v>118378</v>
       </c>
-      <c r="G364">
+      <c r="I366">
         <v>119586</v>
       </c>
-      <c r="H364" t="s">
-[...16 lines deleted...]
-      <c r="E365">
+      <c r="J366" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367" t="s">
+        <v>10</v>
+      </c>
+      <c r="B367" t="s">
+        <v>11</v>
+      </c>
+      <c r="C367" t="s">
+        <v>544</v>
+      </c>
+      <c r="D367" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" t="s">
+        <v>44</v>
+      </c>
+      <c r="F367" t="s">
+        <v>21</v>
+      </c>
+      <c r="G367">
         <v>792</v>
       </c>
-      <c r="F365">
+      <c r="H367">
         <v>117586</v>
       </c>
-      <c r="G365">
+      <c r="I367">
         <v>118377</v>
       </c>
-      <c r="H365" t="s">
-[...16 lines deleted...]
-      <c r="E366">
+      <c r="J367" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368" t="s">
+        <v>10</v>
+      </c>
+      <c r="B368" t="s">
+        <v>11</v>
+      </c>
+      <c r="C368" t="s">
+        <v>544</v>
+      </c>
+      <c r="D368" t="s">
+        <v>13</v>
+      </c>
+      <c r="E368" t="s">
+        <v>44</v>
+      </c>
+      <c r="F368" t="s">
+        <v>21</v>
+      </c>
+      <c r="G368">
         <v>761</v>
       </c>
-      <c r="F366">
+      <c r="H368">
         <v>116825</v>
       </c>
-      <c r="G366">
+      <c r="I368">
         <v>117585</v>
       </c>
-      <c r="H366" t="s">
+      <c r="J368" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369" t="s">
+        <v>10</v>
+      </c>
+      <c r="B369" t="s">
+        <v>11</v>
+      </c>
+      <c r="C369" t="s">
+        <v>544</v>
+      </c>
+      <c r="D369" t="s">
+        <v>13</v>
+      </c>
+      <c r="E369" t="s">
+        <v>44</v>
+      </c>
+      <c r="F369" t="s">
+        <v>21</v>
+      </c>
+      <c r="G369">
+        <v>813</v>
+      </c>
+      <c r="H369">
+        <v>116012</v>
+      </c>
+      <c r="I369">
+        <v>116824</v>
+      </c>
+      <c r="J369" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370" t="s">
+        <v>10</v>
+      </c>
+      <c r="B370" t="s">
+        <v>11</v>
+      </c>
+      <c r="C370" t="s">
+        <v>544</v>
+      </c>
+      <c r="D370" t="s">
+        <v>13</v>
+      </c>
+      <c r="E370" t="s">
+        <v>44</v>
+      </c>
+      <c r="F370" t="s">
+        <v>21</v>
+      </c>
+      <c r="G370" t="s">
+        <v>565</v>
+      </c>
+      <c r="H370">
+        <v>114996</v>
+      </c>
+      <c r="I370">
+        <v>116011</v>
+      </c>
+      <c r="J370" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371" t="s">
+        <v>10</v>
+      </c>
+      <c r="B371" t="s">
+        <v>11</v>
+      </c>
+      <c r="C371" t="s">
+        <v>544</v>
+      </c>
+      <c r="D371" t="s">
+        <v>13</v>
+      </c>
+      <c r="E371" t="s">
+        <v>44</v>
+      </c>
+      <c r="F371" t="s">
+        <v>21</v>
+      </c>
+      <c r="G371" t="s">
+        <v>567</v>
+      </c>
+      <c r="H371">
+        <v>113804</v>
+      </c>
+      <c r="I371">
+        <v>114995</v>
+      </c>
+      <c r="J371" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372" t="s">
+        <v>10</v>
+      </c>
+      <c r="B372" t="s">
+        <v>11</v>
+      </c>
+      <c r="C372" t="s">
+        <v>544</v>
+      </c>
+      <c r="D372" t="s">
+        <v>13</v>
+      </c>
+      <c r="E372" t="s">
+        <v>44</v>
+      </c>
+      <c r="F372" t="s">
+        <v>21</v>
+      </c>
+      <c r="G372" t="s">
+        <v>569</v>
+      </c>
+      <c r="H372">
+        <v>112480</v>
+      </c>
+      <c r="I372">
+        <v>113803</v>
+      </c>
+      <c r="J372" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373" t="s">
+        <v>10</v>
+      </c>
+      <c r="B373" t="s">
+        <v>11</v>
+      </c>
+      <c r="C373" t="s">
+        <v>544</v>
+      </c>
+      <c r="D373" t="s">
+        <v>13</v>
+      </c>
+      <c r="E373" t="s">
+        <v>44</v>
+      </c>
+      <c r="F373" t="s">
+        <v>21</v>
+      </c>
+      <c r="G373" t="s">
+        <v>571</v>
+      </c>
+      <c r="H373">
+        <v>111293</v>
+      </c>
+      <c r="I373">
+        <v>112479</v>
+      </c>
+      <c r="J373" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374" t="s">
+        <v>10</v>
+      </c>
+      <c r="B374" t="s">
+        <v>11</v>
+      </c>
+      <c r="C374" t="s">
+        <v>544</v>
+      </c>
+      <c r="D374" t="s">
+        <v>13</v>
+      </c>
+      <c r="E374" t="s">
+        <v>44</v>
+      </c>
+      <c r="F374" t="s">
+        <v>21</v>
+      </c>
+      <c r="G374">
+        <v>822</v>
+      </c>
+      <c r="H374">
+        <v>110471</v>
+      </c>
+      <c r="I374">
+        <v>111292</v>
+      </c>
+      <c r="J374" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" t="s">
+        <v>10</v>
+      </c>
+      <c r="B375" t="s">
+        <v>11</v>
+      </c>
+      <c r="C375" t="s">
+        <v>544</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+      <c r="E375" t="s">
+        <v>44</v>
+      </c>
+      <c r="F375" t="s">
+        <v>21</v>
+      </c>
+      <c r="G375" t="s">
+        <v>574</v>
+      </c>
+      <c r="H375">
+        <v>109350</v>
+      </c>
+      <c r="I375">
+        <v>110470</v>
+      </c>
+      <c r="J375" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" t="s">
+        <v>10</v>
+      </c>
+      <c r="B376" t="s">
+        <v>11</v>
+      </c>
+      <c r="C376" t="s">
+        <v>544</v>
+      </c>
+      <c r="D376" t="s">
+        <v>13</v>
+      </c>
+      <c r="E376" t="s">
+        <v>44</v>
+      </c>
+      <c r="F376" t="s">
+        <v>21</v>
+      </c>
+      <c r="G376" t="s">
+        <v>55</v>
+      </c>
+      <c r="H376">
+        <v>108265</v>
+      </c>
+      <c r="I376">
+        <v>109349</v>
+      </c>
+      <c r="J376" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" t="s">
+        <v>10</v>
+      </c>
+      <c r="B377" t="s">
+        <v>11</v>
+      </c>
+      <c r="C377" t="s">
+        <v>544</v>
+      </c>
+      <c r="D377" t="s">
+        <v>13</v>
+      </c>
+      <c r="E377" t="s">
+        <v>44</v>
+      </c>
+      <c r="F377" t="s">
+        <v>21</v>
+      </c>
+      <c r="G377" t="s">
+        <v>577</v>
+      </c>
+      <c r="H377">
+        <v>106690</v>
+      </c>
+      <c r="I377">
+        <v>108264</v>
+      </c>
+      <c r="J377" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378" t="s">
+        <v>10</v>
+      </c>
+      <c r="B378" t="s">
+        <v>11</v>
+      </c>
+      <c r="C378" t="s">
+        <v>544</v>
+      </c>
+      <c r="D378" t="s">
+        <v>13</v>
+      </c>
+      <c r="E378" t="s">
+        <v>44</v>
+      </c>
+      <c r="F378" t="s">
+        <v>21</v>
+      </c>
+      <c r="G378" t="s">
+        <v>579</v>
+      </c>
+      <c r="H378">
+        <v>105000</v>
+      </c>
+      <c r="I378">
+        <v>106689</v>
+      </c>
+      <c r="J378" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379" t="s">
+        <v>10</v>
+      </c>
+      <c r="B379" t="s">
+        <v>11</v>
+      </c>
+      <c r="C379" t="s">
+        <v>544</v>
+      </c>
+      <c r="D379" t="s">
+        <v>13</v>
+      </c>
+      <c r="E379" t="s">
+        <v>44</v>
+      </c>
+      <c r="F379" t="s">
+        <v>21</v>
+      </c>
+      <c r="G379" t="s">
+        <v>581</v>
+      </c>
+      <c r="H379">
+        <v>103557</v>
+      </c>
+      <c r="I379">
+        <v>104999</v>
+      </c>
+      <c r="J379" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380" t="s">
+        <v>10</v>
+      </c>
+      <c r="B380" t="s">
+        <v>11</v>
+      </c>
+      <c r="C380" t="s">
+        <v>544</v>
+      </c>
+      <c r="D380" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" t="s">
+        <v>44</v>
+      </c>
+      <c r="F380" t="s">
+        <v>21</v>
+      </c>
+      <c r="G380" t="s">
+        <v>583</v>
+      </c>
+      <c r="H380">
+        <v>101770</v>
+      </c>
+      <c r="I380">
+        <v>103556</v>
+      </c>
+      <c r="J380" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381" t="s">
+        <v>10</v>
+      </c>
+      <c r="B381" t="s">
+        <v>11</v>
+      </c>
+      <c r="C381" t="s">
+        <v>544</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+      <c r="E381" t="s">
+        <v>44</v>
+      </c>
+      <c r="F381" t="s">
+        <v>21</v>
+      </c>
+      <c r="G381">
+        <v>893</v>
+      </c>
+      <c r="H381">
+        <v>100877</v>
+      </c>
+      <c r="I381">
+        <v>101769</v>
+      </c>
+      <c r="J381" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382" t="s">
+        <v>10</v>
+      </c>
+      <c r="B382" t="s">
+        <v>11</v>
+      </c>
+      <c r="C382" t="s">
+        <v>544</v>
+      </c>
+      <c r="D382" t="s">
+        <v>13</v>
+      </c>
+      <c r="E382" t="s">
+        <v>44</v>
+      </c>
+      <c r="F382" t="s">
+        <v>21</v>
+      </c>
+      <c r="G382">
+        <v>648</v>
+      </c>
+      <c r="H382">
+        <v>100229</v>
+      </c>
+      <c r="I382">
+        <v>100876</v>
+      </c>
+      <c r="J382" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383" t="s">
+        <v>10</v>
+      </c>
+      <c r="B383" t="s">
+        <v>11</v>
+      </c>
+      <c r="C383" t="s">
+        <v>544</v>
+      </c>
+      <c r="D383" t="s">
+        <v>13</v>
+      </c>
+      <c r="E383" t="s">
+        <v>44</v>
+      </c>
+      <c r="F383" t="s">
+        <v>21</v>
+      </c>
+      <c r="G383" t="s">
+        <v>587</v>
+      </c>
+      <c r="H383">
+        <v>99166</v>
+      </c>
+      <c r="I383">
+        <v>100228</v>
+      </c>
+      <c r="J383" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384" t="s">
+        <v>10</v>
+      </c>
+      <c r="B384" t="s">
+        <v>11</v>
+      </c>
+      <c r="C384" t="s">
+        <v>544</v>
+      </c>
+      <c r="D384" t="s">
+        <v>13</v>
+      </c>
+      <c r="E384" t="s">
+        <v>44</v>
+      </c>
+      <c r="F384" t="s">
+        <v>21</v>
+      </c>
+      <c r="G384" t="s">
+        <v>589</v>
+      </c>
+      <c r="H384">
+        <v>97448</v>
+      </c>
+      <c r="I384">
+        <v>99165</v>
+      </c>
+      <c r="J384" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10">
+      <c r="A385" t="s">
+        <v>10</v>
+      </c>
+      <c r="B385" t="s">
+        <v>11</v>
+      </c>
+      <c r="C385" t="s">
+        <v>544</v>
+      </c>
+      <c r="D385" t="s">
+        <v>13</v>
+      </c>
+      <c r="E385" t="s">
+        <v>44</v>
+      </c>
+      <c r="F385" t="s">
+        <v>21</v>
+      </c>
+      <c r="G385" t="s">
+        <v>188</v>
+      </c>
+      <c r="H385">
+        <v>96350</v>
+      </c>
+      <c r="I385">
+        <v>97447</v>
+      </c>
+      <c r="J385" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10">
+      <c r="A386" t="s">
+        <v>10</v>
+      </c>
+      <c r="B386" t="s">
+        <v>11</v>
+      </c>
+      <c r="C386" t="s">
+        <v>544</v>
+      </c>
+      <c r="D386" t="s">
+        <v>13</v>
+      </c>
+      <c r="E386" t="s">
+        <v>44</v>
+      </c>
+      <c r="F386" t="s">
+        <v>21</v>
+      </c>
+      <c r="G386" t="s">
+        <v>592</v>
+      </c>
+      <c r="H386">
+        <v>94938</v>
+      </c>
+      <c r="I386">
+        <v>96349</v>
+      </c>
+      <c r="J386" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10">
+      <c r="A387" t="s">
+        <v>10</v>
+      </c>
+      <c r="B387" t="s">
+        <v>11</v>
+      </c>
+      <c r="C387" t="s">
+        <v>544</v>
+      </c>
+      <c r="D387" t="s">
+        <v>13</v>
+      </c>
+      <c r="E387" t="s">
+        <v>44</v>
+      </c>
+      <c r="F387" t="s">
+        <v>21</v>
+      </c>
+      <c r="G387" t="s">
+        <v>594</v>
+      </c>
+      <c r="H387">
+        <v>93328</v>
+      </c>
+      <c r="I387">
+        <v>94937</v>
+      </c>
+      <c r="J387" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10">
+      <c r="A388" t="s">
+        <v>10</v>
+      </c>
+      <c r="B388" t="s">
+        <v>11</v>
+      </c>
+      <c r="C388" t="s">
+        <v>544</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+      <c r="E388" t="s">
+        <v>44</v>
+      </c>
+      <c r="F388" t="s">
+        <v>21</v>
+      </c>
+      <c r="G388" t="s">
+        <v>57</v>
+      </c>
+      <c r="H388">
+        <v>91832</v>
+      </c>
+      <c r="I388">
+        <v>93327</v>
+      </c>
+      <c r="J388" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10">
+      <c r="A389" t="s">
+        <v>10</v>
+      </c>
+      <c r="B389" t="s">
+        <v>11</v>
+      </c>
+      <c r="C389" t="s">
+        <v>544</v>
+      </c>
+      <c r="D389" t="s">
+        <v>13</v>
+      </c>
+      <c r="E389" t="s">
+        <v>44</v>
+      </c>
+      <c r="F389" t="s">
+        <v>21</v>
+      </c>
+      <c r="G389">
+        <v>706</v>
+      </c>
+      <c r="H389">
+        <v>91126</v>
+      </c>
+      <c r="I389">
+        <v>91831</v>
+      </c>
+      <c r="J389" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10">
+      <c r="A390" t="s">
+        <v>10</v>
+      </c>
+      <c r="B390" t="s">
+        <v>11</v>
+      </c>
+      <c r="C390" t="s">
+        <v>544</v>
+      </c>
+      <c r="D390" t="s">
+        <v>13</v>
+      </c>
+      <c r="E390" t="s">
+        <v>44</v>
+      </c>
+      <c r="F390" t="s">
+        <v>21</v>
+      </c>
+      <c r="G390" t="s">
+        <v>598</v>
+      </c>
+      <c r="H390">
+        <v>89948</v>
+      </c>
+      <c r="I390">
+        <v>91125</v>
+      </c>
+      <c r="J390" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10">
+      <c r="A391" t="s">
+        <v>10</v>
+      </c>
+      <c r="B391" t="s">
+        <v>11</v>
+      </c>
+      <c r="C391" t="s">
+        <v>544</v>
+      </c>
+      <c r="D391" t="s">
+        <v>13</v>
+      </c>
+      <c r="E391" t="s">
+        <v>44</v>
+      </c>
+      <c r="F391" t="s">
+        <v>21</v>
+      </c>
+      <c r="G391">
+        <v>940</v>
+      </c>
+      <c r="H391">
+        <v>89008</v>
+      </c>
+      <c r="I391">
+        <v>89947</v>
+      </c>
+      <c r="J391" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10">
+      <c r="A392" t="s">
+        <v>10</v>
+      </c>
+      <c r="B392" t="s">
+        <v>11</v>
+      </c>
+      <c r="C392" t="s">
+        <v>544</v>
+      </c>
+      <c r="D392" t="s">
+        <v>13</v>
+      </c>
+      <c r="E392" t="s">
+        <v>44</v>
+      </c>
+      <c r="F392" t="s">
+        <v>21</v>
+      </c>
+      <c r="G392" t="s">
+        <v>601</v>
+      </c>
+      <c r="H392">
+        <v>87790</v>
+      </c>
+      <c r="I392">
+        <v>89007</v>
+      </c>
+      <c r="J392" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10">
+      <c r="A393" t="s">
+        <v>10</v>
+      </c>
+      <c r="B393" t="s">
+        <v>11</v>
+      </c>
+      <c r="C393" t="s">
+        <v>544</v>
+      </c>
+      <c r="D393" t="s">
+        <v>13</v>
+      </c>
+      <c r="E393" t="s">
+        <v>44</v>
+      </c>
+      <c r="F393" t="s">
+        <v>21</v>
+      </c>
+      <c r="G393" t="s">
+        <v>603</v>
+      </c>
+      <c r="H393">
+        <v>85637</v>
+      </c>
+      <c r="I393">
+        <v>87789</v>
+      </c>
+      <c r="J393" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10">
+      <c r="A394" t="s">
+        <v>10</v>
+      </c>
+      <c r="B394" t="s">
+        <v>11</v>
+      </c>
+      <c r="C394" t="s">
+        <v>544</v>
+      </c>
+      <c r="D394" t="s">
+        <v>13</v>
+      </c>
+      <c r="E394" t="s">
+        <v>44</v>
+      </c>
+      <c r="F394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G394" t="s">
+        <v>363</v>
+      </c>
+      <c r="H394">
+        <v>84491</v>
+      </c>
+      <c r="I394">
+        <v>85636</v>
+      </c>
+      <c r="J394" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10">
+      <c r="A395" t="s">
+        <v>10</v>
+      </c>
+      <c r="B395" t="s">
+        <v>11</v>
+      </c>
+      <c r="C395" t="s">
+        <v>544</v>
+      </c>
+      <c r="D395" t="s">
+        <v>13</v>
+      </c>
+      <c r="E395" t="s">
+        <v>44</v>
+      </c>
+      <c r="F395" t="s">
+        <v>21</v>
+      </c>
+      <c r="G395" t="s">
+        <v>606</v>
+      </c>
+      <c r="H395">
+        <v>82727</v>
+      </c>
+      <c r="I395">
+        <v>84490</v>
+      </c>
+      <c r="J395" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10">
+      <c r="A396" t="s">
+        <v>10</v>
+      </c>
+      <c r="B396" t="s">
+        <v>11</v>
+      </c>
+      <c r="C396" t="s">
+        <v>544</v>
+      </c>
+      <c r="D396" t="s">
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
+        <v>44</v>
+      </c>
+      <c r="F396" t="s">
+        <v>21</v>
+      </c>
+      <c r="G396">
+        <v>894</v>
+      </c>
+      <c r="H396">
+        <v>81833</v>
+      </c>
+      <c r="I396">
+        <v>82726</v>
+      </c>
+      <c r="J396" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10">
+      <c r="A397" t="s">
+        <v>10</v>
+      </c>
+      <c r="B397" t="s">
+        <v>11</v>
+      </c>
+      <c r="C397" t="s">
+        <v>544</v>
+      </c>
+      <c r="D397" t="s">
+        <v>13</v>
+      </c>
+      <c r="E397" t="s">
+        <v>44</v>
+      </c>
+      <c r="F397" t="s">
+        <v>21</v>
+      </c>
+      <c r="G397" t="s">
+        <v>609</v>
+      </c>
+      <c r="H397">
+        <v>79622</v>
+      </c>
+      <c r="I397">
+        <v>81832</v>
+      </c>
+      <c r="J397" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10">
+      <c r="A398" t="s">
+        <v>10</v>
+      </c>
+      <c r="B398" t="s">
+        <v>11</v>
+      </c>
+      <c r="C398" t="s">
+        <v>544</v>
+      </c>
+      <c r="D398" t="s">
+        <v>13</v>
+      </c>
+      <c r="E398" t="s">
+        <v>44</v>
+      </c>
+      <c r="F398" t="s">
+        <v>21</v>
+      </c>
+      <c r="G398" t="s">
+        <v>611</v>
+      </c>
+      <c r="H398">
+        <v>77980</v>
+      </c>
+      <c r="I398">
+        <v>79621</v>
+      </c>
+      <c r="J398" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10">
+      <c r="A399" t="s">
+        <v>10</v>
+      </c>
+      <c r="B399" t="s">
+        <v>11</v>
+      </c>
+      <c r="C399" t="s">
+        <v>544</v>
+      </c>
+      <c r="D399" t="s">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s">
+        <v>44</v>
+      </c>
+      <c r="F399" t="s">
+        <v>21</v>
+      </c>
+      <c r="G399">
+        <v>908</v>
+      </c>
+      <c r="H399">
+        <v>77072</v>
+      </c>
+      <c r="I399">
+        <v>77979</v>
+      </c>
+      <c r="J399" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10">
+      <c r="A400" t="s">
+        <v>10</v>
+      </c>
+      <c r="B400" t="s">
+        <v>11</v>
+      </c>
+      <c r="C400" t="s">
+        <v>544</v>
+      </c>
+      <c r="D400" t="s">
+        <v>13</v>
+      </c>
+      <c r="E400" t="s">
+        <v>44</v>
+      </c>
+      <c r="F400" t="s">
+        <v>21</v>
+      </c>
+      <c r="G400" t="s">
+        <v>614</v>
+      </c>
+      <c r="H400">
+        <v>75524</v>
+      </c>
+      <c r="I400">
+        <v>77071</v>
+      </c>
+      <c r="J400" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10">
+      <c r="A401" t="s">
+        <v>10</v>
+      </c>
+      <c r="B401" t="s">
+        <v>11</v>
+      </c>
+      <c r="C401" t="s">
+        <v>544</v>
+      </c>
+      <c r="D401" t="s">
+        <v>13</v>
+      </c>
+      <c r="E401" t="s">
+        <v>44</v>
+      </c>
+      <c r="F401" t="s">
+        <v>21</v>
+      </c>
+      <c r="G401" t="s">
+        <v>616</v>
+      </c>
+      <c r="H401">
+        <v>73906</v>
+      </c>
+      <c r="I401">
+        <v>75523</v>
+      </c>
+      <c r="J401" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10">
+      <c r="A402" t="s">
+        <v>10</v>
+      </c>
+      <c r="B402" t="s">
+        <v>11</v>
+      </c>
+      <c r="C402" t="s">
+        <v>544</v>
+      </c>
+      <c r="D402" t="s">
+        <v>13</v>
+      </c>
+      <c r="E402" t="s">
+        <v>44</v>
+      </c>
+      <c r="F402" t="s">
+        <v>21</v>
+      </c>
+      <c r="G402" t="s">
+        <v>618</v>
+      </c>
+      <c r="H402">
+        <v>72090</v>
+      </c>
+      <c r="I402">
+        <v>73905</v>
+      </c>
+      <c r="J402" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10">
+      <c r="A403" t="s">
+        <v>10</v>
+      </c>
+      <c r="B403" t="s">
+        <v>11</v>
+      </c>
+      <c r="C403" t="s">
+        <v>544</v>
+      </c>
+      <c r="D403" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" t="s">
+        <v>44</v>
+      </c>
+      <c r="F403" t="s">
+        <v>21</v>
+      </c>
+      <c r="G403" t="s">
+        <v>620</v>
+      </c>
+      <c r="H403">
+        <v>69687</v>
+      </c>
+      <c r="I403">
+        <v>72089</v>
+      </c>
+      <c r="J403" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10">
+      <c r="A404" t="s">
+        <v>10</v>
+      </c>
+      <c r="B404" t="s">
+        <v>11</v>
+      </c>
+      <c r="C404" t="s">
+        <v>544</v>
+      </c>
+      <c r="D404" t="s">
+        <v>13</v>
+      </c>
+      <c r="E404" t="s">
+        <v>44</v>
+      </c>
+      <c r="F404" t="s">
+        <v>21</v>
+      </c>
+      <c r="G404" t="s">
+        <v>622</v>
+      </c>
+      <c r="H404">
+        <v>67404</v>
+      </c>
+      <c r="I404">
+        <v>69686</v>
+      </c>
+      <c r="J404" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10">
+      <c r="A405" t="s">
+        <v>10</v>
+      </c>
+      <c r="B405" t="s">
+        <v>11</v>
+      </c>
+      <c r="C405" t="s">
+        <v>544</v>
+      </c>
+      <c r="D405" t="s">
+        <v>13</v>
+      </c>
+      <c r="E405" t="s">
+        <v>44</v>
+      </c>
+      <c r="F405" t="s">
+        <v>21</v>
+      </c>
+      <c r="G405" t="s">
+        <v>624</v>
+      </c>
+      <c r="H405">
+        <v>66219</v>
+      </c>
+      <c r="I405">
+        <v>67403</v>
+      </c>
+      <c r="J405" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10">
+      <c r="A406" t="s">
+        <v>10</v>
+      </c>
+      <c r="B406" t="s">
+        <v>11</v>
+      </c>
+      <c r="C406" t="s">
+        <v>544</v>
+      </c>
+      <c r="D406" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406" t="s">
+        <v>44</v>
+      </c>
+      <c r="F406" t="s">
+        <v>21</v>
+      </c>
+      <c r="G406" t="s">
+        <v>391</v>
+      </c>
+      <c r="H406">
+        <v>64568</v>
+      </c>
+      <c r="I406">
+        <v>66218</v>
+      </c>
+      <c r="J406" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" t="s">
+        <v>10</v>
+      </c>
+      <c r="B407" t="s">
+        <v>11</v>
+      </c>
+      <c r="C407" t="s">
+        <v>544</v>
+      </c>
+      <c r="D407" t="s">
+        <v>13</v>
+      </c>
+      <c r="E407" t="s">
+        <v>44</v>
+      </c>
+      <c r="F407" t="s">
+        <v>21</v>
+      </c>
+      <c r="G407" t="s">
+        <v>627</v>
+      </c>
+      <c r="H407">
+        <v>62469</v>
+      </c>
+      <c r="I407">
+        <v>64567</v>
+      </c>
+      <c r="J407" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" t="s">
+        <v>10</v>
+      </c>
+      <c r="B408" t="s">
+        <v>11</v>
+      </c>
+      <c r="C408" t="s">
+        <v>544</v>
+      </c>
+      <c r="D408" t="s">
+        <v>13</v>
+      </c>
+      <c r="E408" t="s">
+        <v>44</v>
+      </c>
+      <c r="F408" t="s">
+        <v>21</v>
+      </c>
+      <c r="G408" t="s">
+        <v>629</v>
+      </c>
+      <c r="H408">
+        <v>60963</v>
+      </c>
+      <c r="I408">
+        <v>62468</v>
+      </c>
+      <c r="J408" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" t="s">
+        <v>10</v>
+      </c>
+      <c r="B409" t="s">
+        <v>11</v>
+      </c>
+      <c r="C409" t="s">
+        <v>544</v>
+      </c>
+      <c r="D409" t="s">
+        <v>13</v>
+      </c>
+      <c r="E409" t="s">
+        <v>44</v>
+      </c>
+      <c r="F409" t="s">
+        <v>21</v>
+      </c>
+      <c r="G409" t="s">
+        <v>631</v>
+      </c>
+      <c r="H409">
+        <v>59644</v>
+      </c>
+      <c r="I409">
+        <v>60962</v>
+      </c>
+      <c r="J409" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" t="s">
+        <v>10</v>
+      </c>
+      <c r="B410" t="s">
+        <v>11</v>
+      </c>
+      <c r="C410" t="s">
+        <v>544</v>
+      </c>
+      <c r="D410" t="s">
+        <v>13</v>
+      </c>
+      <c r="E410" t="s">
+        <v>44</v>
+      </c>
+      <c r="F410" t="s">
+        <v>21</v>
+      </c>
+      <c r="G410" t="s">
+        <v>633</v>
+      </c>
+      <c r="H410">
+        <v>58421</v>
+      </c>
+      <c r="I410">
+        <v>59643</v>
+      </c>
+      <c r="J410" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10">
+      <c r="A411" t="s">
+        <v>10</v>
+      </c>
+      <c r="B411" t="s">
+        <v>11</v>
+      </c>
+      <c r="C411" t="s">
+        <v>544</v>
+      </c>
+      <c r="D411" t="s">
+        <v>13</v>
+      </c>
+      <c r="E411" t="s">
+        <v>44</v>
+      </c>
+      <c r="F411" t="s">
+        <v>21</v>
+      </c>
+      <c r="G411" t="s">
+        <v>635</v>
+      </c>
+      <c r="H411">
+        <v>57002</v>
+      </c>
+      <c r="I411">
+        <v>58420</v>
+      </c>
+      <c r="J411" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10">
+      <c r="A412" t="s">
+        <v>10</v>
+      </c>
+      <c r="B412" t="s">
+        <v>11</v>
+      </c>
+      <c r="C412" t="s">
+        <v>544</v>
+      </c>
+      <c r="D412" t="s">
+        <v>13</v>
+      </c>
+      <c r="E412" t="s">
+        <v>44</v>
+      </c>
+      <c r="F412" t="s">
+        <v>21</v>
+      </c>
+      <c r="G412" t="s">
+        <v>410</v>
+      </c>
+      <c r="H412">
+        <v>55332</v>
+      </c>
+      <c r="I412">
+        <v>57001</v>
+      </c>
+      <c r="J412" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10">
+      <c r="A413" t="s">
+        <v>10</v>
+      </c>
+      <c r="B413" t="s">
+        <v>11</v>
+      </c>
+      <c r="C413" t="s">
+        <v>544</v>
+      </c>
+      <c r="D413" t="s">
+        <v>13</v>
+      </c>
+      <c r="E413" t="s">
+        <v>44</v>
+      </c>
+      <c r="F413" t="s">
+        <v>21</v>
+      </c>
+      <c r="G413" t="s">
+        <v>638</v>
+      </c>
+      <c r="H413">
+        <v>53472</v>
+      </c>
+      <c r="I413">
+        <v>55331</v>
+      </c>
+      <c r="J413" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" t="s">
+        <v>10</v>
+      </c>
+      <c r="B414" t="s">
+        <v>11</v>
+      </c>
+      <c r="C414" t="s">
+        <v>544</v>
+      </c>
+      <c r="D414" t="s">
+        <v>13</v>
+      </c>
+      <c r="E414" t="s">
+        <v>44</v>
+      </c>
+      <c r="F414" t="s">
+        <v>21</v>
+      </c>
+      <c r="G414" t="s">
+        <v>640</v>
+      </c>
+      <c r="H414">
+        <v>51498</v>
+      </c>
+      <c r="I414">
+        <v>53471</v>
+      </c>
+      <c r="J414" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" t="s">
+        <v>10</v>
+      </c>
+      <c r="B415" t="s">
+        <v>11</v>
+      </c>
+      <c r="C415" t="s">
+        <v>544</v>
+      </c>
+      <c r="D415" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415" t="s">
+        <v>44</v>
+      </c>
+      <c r="F415" t="s">
+        <v>21</v>
+      </c>
+      <c r="G415" t="s">
+        <v>642</v>
+      </c>
+      <c r="H415">
+        <v>50382</v>
+      </c>
+      <c r="I415">
+        <v>51497</v>
+      </c>
+      <c r="J415" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" t="s">
+        <v>10</v>
+      </c>
+      <c r="B416" t="s">
+        <v>11</v>
+      </c>
+      <c r="C416" t="s">
+        <v>544</v>
+      </c>
+      <c r="D416" t="s">
+        <v>13</v>
+      </c>
+      <c r="E416" t="s">
+        <v>44</v>
+      </c>
+      <c r="F416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>644</v>
+      </c>
+      <c r="H416">
+        <v>48173</v>
+      </c>
+      <c r="I416">
+        <v>50381</v>
+      </c>
+      <c r="J416" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" t="s">
+        <v>10</v>
+      </c>
+      <c r="B417" t="s">
+        <v>11</v>
+      </c>
+      <c r="C417" t="s">
+        <v>544</v>
+      </c>
+      <c r="D417" t="s">
+        <v>13</v>
+      </c>
+      <c r="E417" t="s">
+        <v>44</v>
+      </c>
+      <c r="F417" t="s">
+        <v>21</v>
+      </c>
+      <c r="G417" t="s">
+        <v>646</v>
+      </c>
+      <c r="H417">
+        <v>307648</v>
+      </c>
+      <c r="I417">
+        <v>315631</v>
+      </c>
+      <c r="J417" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" t="s">
+        <v>10</v>
+      </c>
+      <c r="B418" t="s">
+        <v>11</v>
+      </c>
+      <c r="C418" t="s">
+        <v>544</v>
+      </c>
+      <c r="D418" t="s">
+        <v>13</v>
+      </c>
+      <c r="E418" t="s">
+        <v>44</v>
+      </c>
+      <c r="F418" t="s">
+        <v>21</v>
+      </c>
+      <c r="G418" t="s">
+        <v>440</v>
+      </c>
+      <c r="H418">
+        <v>297316</v>
+      </c>
+      <c r="I418">
+        <v>307647</v>
+      </c>
+      <c r="J418" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" t="s">
+        <v>10</v>
+      </c>
+      <c r="B419" t="s">
+        <v>11</v>
+      </c>
+      <c r="C419" t="s">
+        <v>544</v>
+      </c>
+      <c r="D419" t="s">
+        <v>13</v>
+      </c>
+      <c r="E419" t="s">
+        <v>44</v>
+      </c>
+      <c r="F419" t="s">
+        <v>21</v>
+      </c>
+      <c r="G419" t="s">
+        <v>649</v>
+      </c>
+      <c r="H419">
+        <v>47037</v>
+      </c>
+      <c r="I419">
+        <v>48172</v>
+      </c>
+      <c r="J419" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10">
+      <c r="A420" t="s">
+        <v>10</v>
+      </c>
+      <c r="B420" t="s">
+        <v>11</v>
+      </c>
+      <c r="C420" t="s">
+        <v>544</v>
+      </c>
+      <c r="D420" t="s">
+        <v>13</v>
+      </c>
+      <c r="E420" t="s">
+        <v>44</v>
+      </c>
+      <c r="F420" t="s">
+        <v>21</v>
+      </c>
+      <c r="G420" t="s">
+        <v>651</v>
+      </c>
+      <c r="H420">
+        <v>44098</v>
+      </c>
+      <c r="I420">
+        <v>47036</v>
+      </c>
+      <c r="J420" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10">
+      <c r="A421" t="s">
+        <v>10</v>
+      </c>
+      <c r="B421" t="s">
+        <v>11</v>
+      </c>
+      <c r="C421" t="s">
+        <v>544</v>
+      </c>
+      <c r="D421" t="s">
+        <v>13</v>
+      </c>
+      <c r="E421" t="s">
+        <v>44</v>
+      </c>
+      <c r="F421" t="s">
+        <v>21</v>
+      </c>
+      <c r="G421" t="s">
+        <v>653</v>
+      </c>
+      <c r="H421">
+        <v>42933</v>
+      </c>
+      <c r="I421">
+        <v>44097</v>
+      </c>
+      <c r="J421" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10">
+      <c r="A422" t="s">
+        <v>10</v>
+      </c>
+      <c r="B422" t="s">
+        <v>11</v>
+      </c>
+      <c r="C422" t="s">
+        <v>544</v>
+      </c>
+      <c r="D422" t="s">
+        <v>13</v>
+      </c>
+      <c r="E422" t="s">
+        <v>44</v>
+      </c>
+      <c r="F422" t="s">
+        <v>21</v>
+      </c>
+      <c r="G422" t="s">
+        <v>655</v>
+      </c>
+      <c r="H422">
+        <v>282817</v>
+      </c>
+      <c r="I422">
+        <v>297315</v>
+      </c>
+      <c r="J422" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10">
+      <c r="A423" t="s">
+        <v>10</v>
+      </c>
+      <c r="B423" t="s">
+        <v>11</v>
+      </c>
+      <c r="C423" t="s">
+        <v>544</v>
+      </c>
+      <c r="D423" t="s">
+        <v>13</v>
+      </c>
+      <c r="E423" t="s">
+        <v>44</v>
+      </c>
+      <c r="F423" t="s">
+        <v>21</v>
+      </c>
+      <c r="G423" t="s">
+        <v>657</v>
+      </c>
+      <c r="H423">
+        <v>41494</v>
+      </c>
+      <c r="I423">
+        <v>42932</v>
+      </c>
+      <c r="J423" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10">
+      <c r="A424" t="s">
+        <v>10</v>
+      </c>
+      <c r="B424" t="s">
+        <v>11</v>
+      </c>
+      <c r="C424" t="s">
+        <v>544</v>
+      </c>
+      <c r="D424" t="s">
+        <v>13</v>
+      </c>
+      <c r="E424" t="s">
+        <v>44</v>
+      </c>
+      <c r="F424" t="s">
+        <v>21</v>
+      </c>
+      <c r="G424" t="s">
+        <v>659</v>
+      </c>
+      <c r="H424">
+        <v>39741</v>
+      </c>
+      <c r="I424">
+        <v>41493</v>
+      </c>
+      <c r="J424" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10">
+      <c r="A425" t="s">
+        <v>10</v>
+      </c>
+      <c r="B425" t="s">
+        <v>11</v>
+      </c>
+      <c r="C425" t="s">
+        <v>544</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" t="s">
+        <v>44</v>
+      </c>
+      <c r="F425" t="s">
+        <v>21</v>
+      </c>
+      <c r="G425" t="s">
+        <v>661</v>
+      </c>
+      <c r="H425">
+        <v>36482</v>
+      </c>
+      <c r="I425">
+        <v>39740</v>
+      </c>
+      <c r="J425" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10">
+      <c r="A426" t="s">
+        <v>10</v>
+      </c>
+      <c r="B426" t="s">
+        <v>11</v>
+      </c>
+      <c r="C426" t="s">
+        <v>544</v>
+      </c>
+      <c r="D426" t="s">
+        <v>13</v>
+      </c>
+      <c r="E426" t="s">
+        <v>44</v>
+      </c>
+      <c r="F426" t="s">
+        <v>21</v>
+      </c>
+      <c r="G426">
+        <v>778</v>
+      </c>
+      <c r="H426">
+        <v>35704</v>
+      </c>
+      <c r="I426">
+        <v>36481</v>
+      </c>
+      <c r="J426" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" t="s">
+        <v>10</v>
+      </c>
+      <c r="B427" t="s">
+        <v>11</v>
+      </c>
+      <c r="C427" t="s">
+        <v>544</v>
+      </c>
+      <c r="D427" t="s">
+        <v>13</v>
+      </c>
+      <c r="E427" t="s">
+        <v>44</v>
+      </c>
+      <c r="F427" t="s">
+        <v>21</v>
+      </c>
+      <c r="G427" t="s">
+        <v>664</v>
+      </c>
+      <c r="H427">
+        <v>34323</v>
+      </c>
+      <c r="I427">
+        <v>35703</v>
+      </c>
+      <c r="J427" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" t="s">
+        <v>10</v>
+      </c>
+      <c r="B428" t="s">
+        <v>11</v>
+      </c>
+      <c r="C428" t="s">
+        <v>544</v>
+      </c>
+      <c r="D428" t="s">
+        <v>13</v>
+      </c>
+      <c r="E428" t="s">
+        <v>44</v>
+      </c>
+      <c r="F428" t="s">
+        <v>21</v>
+      </c>
+      <c r="G428" t="s">
+        <v>666</v>
+      </c>
+      <c r="H428">
+        <v>32955</v>
+      </c>
+      <c r="I428">
+        <v>34322</v>
+      </c>
+      <c r="J428" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" t="s">
+        <v>10</v>
+      </c>
+      <c r="B429" t="s">
+        <v>11</v>
+      </c>
+      <c r="C429" t="s">
+        <v>544</v>
+      </c>
+      <c r="D429" t="s">
+        <v>13</v>
+      </c>
+      <c r="E429" t="s">
+        <v>44</v>
+      </c>
+      <c r="F429" t="s">
+        <v>21</v>
+      </c>
+      <c r="G429" t="s">
+        <v>668</v>
+      </c>
+      <c r="H429">
+        <v>31334</v>
+      </c>
+      <c r="I429">
+        <v>32954</v>
+      </c>
+      <c r="J429" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" t="s">
+        <v>10</v>
+      </c>
+      <c r="B430" t="s">
+        <v>11</v>
+      </c>
+      <c r="C430" t="s">
+        <v>544</v>
+      </c>
+      <c r="D430" t="s">
+        <v>13</v>
+      </c>
+      <c r="E430" t="s">
+        <v>44</v>
+      </c>
+      <c r="F430" t="s">
+        <v>21</v>
+      </c>
+      <c r="G430" t="s">
+        <v>670</v>
+      </c>
+      <c r="H430">
+        <v>28380</v>
+      </c>
+      <c r="I430">
+        <v>31333</v>
+      </c>
+      <c r="J430" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" t="s">
+        <v>10</v>
+      </c>
+      <c r="B431" t="s">
+        <v>11</v>
+      </c>
+      <c r="C431" t="s">
+        <v>544</v>
+      </c>
+      <c r="D431" t="s">
+        <v>13</v>
+      </c>
+      <c r="E431" t="s">
+        <v>44</v>
+      </c>
+      <c r="F431" t="s">
+        <v>21</v>
+      </c>
+      <c r="G431">
+        <v>747</v>
+      </c>
+      <c r="H431">
+        <v>27633</v>
+      </c>
+      <c r="I431">
+        <v>28379</v>
+      </c>
+      <c r="J431" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" t="s">
+        <v>10</v>
+      </c>
+      <c r="B432" t="s">
+        <v>11</v>
+      </c>
+      <c r="C432" t="s">
+        <v>544</v>
+      </c>
+      <c r="D432" t="s">
+        <v>13</v>
+      </c>
+      <c r="E432" t="s">
+        <v>44</v>
+      </c>
+      <c r="F432" t="s">
+        <v>21</v>
+      </c>
+      <c r="G432" t="s">
+        <v>673</v>
+      </c>
+      <c r="H432">
+        <v>25423</v>
+      </c>
+      <c r="I432">
+        <v>27632</v>
+      </c>
+      <c r="J432" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" t="s">
+        <v>10</v>
+      </c>
+      <c r="B433" t="s">
+        <v>11</v>
+      </c>
+      <c r="C433" t="s">
+        <v>544</v>
+      </c>
+      <c r="D433" t="s">
+        <v>13</v>
+      </c>
+      <c r="E433" t="s">
+        <v>44</v>
+      </c>
+      <c r="F433" t="s">
+        <v>21</v>
+      </c>
+      <c r="G433">
+        <v>271</v>
+      </c>
+      <c r="H433">
+        <v>25152</v>
+      </c>
+      <c r="I433">
+        <v>25422</v>
+      </c>
+      <c r="J433" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" t="s">
+        <v>10</v>
+      </c>
+      <c r="B434" t="s">
+        <v>11</v>
+      </c>
+      <c r="C434" t="s">
+        <v>544</v>
+      </c>
+      <c r="D434" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" t="s">
+        <v>44</v>
+      </c>
+      <c r="F434" t="s">
+        <v>21</v>
+      </c>
+      <c r="G434" t="s">
+        <v>581</v>
+      </c>
+      <c r="H434">
+        <v>23709</v>
+      </c>
+      <c r="I434">
+        <v>25151</v>
+      </c>
+      <c r="J434" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" t="s">
+        <v>10</v>
+      </c>
+      <c r="B435" t="s">
+        <v>11</v>
+      </c>
+      <c r="C435" t="s">
+        <v>544</v>
+      </c>
+      <c r="D435" t="s">
+        <v>13</v>
+      </c>
+      <c r="E435" t="s">
+        <v>44</v>
+      </c>
+      <c r="F435" t="s">
+        <v>21</v>
+      </c>
+      <c r="G435">
+        <v>92</v>
+      </c>
+      <c r="H435">
+        <v>61763</v>
+      </c>
+      <c r="I435">
+        <v>61854</v>
+      </c>
+      <c r="J435" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" t="s">
+        <v>10</v>
+      </c>
+      <c r="B436" t="s">
+        <v>11</v>
+      </c>
+      <c r="C436" t="s">
+        <v>544</v>
+      </c>
+      <c r="D436" t="s">
+        <v>13</v>
+      </c>
+      <c r="E436" t="s">
+        <v>44</v>
+      </c>
+      <c r="F436" t="s">
+        <v>21</v>
+      </c>
+      <c r="G436">
+        <v>119</v>
+      </c>
+      <c r="H436">
+        <v>61644</v>
+      </c>
+      <c r="I436">
+        <v>61762</v>
+      </c>
+      <c r="J436" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" t="s">
+        <v>10</v>
+      </c>
+      <c r="B437" t="s">
+        <v>11</v>
+      </c>
+      <c r="C437" t="s">
+        <v>544</v>
+      </c>
+      <c r="D437" t="s">
+        <v>13</v>
+      </c>
+      <c r="E437" t="s">
+        <v>44</v>
+      </c>
+      <c r="F437" t="s">
+        <v>21</v>
+      </c>
+      <c r="G437">
+        <v>697</v>
+      </c>
+      <c r="H437">
+        <v>282120</v>
+      </c>
+      <c r="I437">
+        <v>282816</v>
+      </c>
+      <c r="J437" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" t="s">
+        <v>10</v>
+      </c>
+      <c r="B438" t="s">
+        <v>11</v>
+      </c>
+      <c r="C438" t="s">
+        <v>544</v>
+      </c>
+      <c r="D438" t="s">
+        <v>13</v>
+      </c>
+      <c r="E438" t="s">
+        <v>44</v>
+      </c>
+      <c r="F438" t="s">
+        <v>21</v>
+      </c>
+      <c r="G438" t="s">
+        <v>680</v>
+      </c>
+      <c r="H438">
+        <v>280031</v>
+      </c>
+      <c r="I438">
+        <v>282119</v>
+      </c>
+      <c r="J438" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" t="s">
+        <v>10</v>
+      </c>
+      <c r="B439" t="s">
+        <v>11</v>
+      </c>
+      <c r="C439" t="s">
+        <v>544</v>
+      </c>
+      <c r="D439" t="s">
+        <v>13</v>
+      </c>
+      <c r="E439" t="s">
+        <v>44</v>
+      </c>
+      <c r="F439" t="s">
+        <v>21</v>
+      </c>
+      <c r="G439">
+        <v>344</v>
+      </c>
+      <c r="H439">
+        <v>61300</v>
+      </c>
+      <c r="I439">
+        <v>61643</v>
+      </c>
+      <c r="J439" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" t="s">
+        <v>10</v>
+      </c>
+      <c r="B440" t="s">
+        <v>11</v>
+      </c>
+      <c r="C440" t="s">
+        <v>544</v>
+      </c>
+      <c r="D440" t="s">
+        <v>13</v>
+      </c>
+      <c r="E440" t="s">
+        <v>44</v>
+      </c>
+      <c r="F440" t="s">
+        <v>21</v>
+      </c>
+      <c r="G440" t="s">
+        <v>683</v>
+      </c>
+      <c r="H440">
+        <v>21815</v>
+      </c>
+      <c r="I440">
+        <v>23708</v>
+      </c>
+      <c r="J440" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" t="s">
+        <v>10</v>
+      </c>
+      <c r="B441" t="s">
+        <v>11</v>
+      </c>
+      <c r="C441" t="s">
+        <v>544</v>
+      </c>
+      <c r="D441" t="s">
+        <v>13</v>
+      </c>
+      <c r="E441" t="s">
+        <v>44</v>
+      </c>
+      <c r="F441" t="s">
+        <v>21</v>
+      </c>
+      <c r="G441" t="s">
+        <v>353</v>
+      </c>
+      <c r="H441">
+        <v>20382</v>
+      </c>
+      <c r="I441">
+        <v>21814</v>
+      </c>
+      <c r="J441" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" t="s">
+        <v>10</v>
+      </c>
+      <c r="B442" t="s">
+        <v>11</v>
+      </c>
+      <c r="C442" t="s">
+        <v>686</v>
+      </c>
+      <c r="D442" t="s">
+        <v>13</v>
+      </c>
+      <c r="E442" t="s">
+        <v>20</v>
+      </c>
+      <c r="F442" t="s">
+        <v>21</v>
+      </c>
+      <c r="G442" t="s">
+        <v>687</v>
+      </c>
+      <c r="H442">
+        <v>18786</v>
+      </c>
+      <c r="I442">
+        <v>20381</v>
+      </c>
+      <c r="J442" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" t="s">
+        <v>10</v>
+      </c>
+      <c r="B443" t="s">
+        <v>11</v>
+      </c>
+      <c r="C443" t="s">
+        <v>686</v>
+      </c>
+      <c r="D443" t="s">
+        <v>13</v>
+      </c>
+      <c r="E443" t="s">
+        <v>20</v>
+      </c>
+      <c r="F443" t="s">
+        <v>21</v>
+      </c>
+      <c r="G443" t="s">
+        <v>689</v>
+      </c>
+      <c r="H443">
+        <v>17519</v>
+      </c>
+      <c r="I443">
+        <v>18785</v>
+      </c>
+      <c r="J443" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" t="s">
+        <v>10</v>
+      </c>
+      <c r="B444" t="s">
+        <v>11</v>
+      </c>
+      <c r="C444" t="s">
+        <v>691</v>
+      </c>
+      <c r="D444" t="s">
+        <v>13</v>
+      </c>
+      <c r="E444" t="s">
+        <v>692</v>
+      </c>
+      <c r="F444" t="s">
+        <v>21</v>
+      </c>
+      <c r="G444" t="s">
+        <v>693</v>
+      </c>
+      <c r="H444">
+        <v>5469</v>
+      </c>
+      <c r="I444">
+        <v>104155</v>
+      </c>
+      <c r="J444" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" t="s">
+        <v>10</v>
+      </c>
+      <c r="B445" t="s">
+        <v>11</v>
+      </c>
+      <c r="C445" t="s">
+        <v>691</v>
+      </c>
+      <c r="D445" t="s">
+        <v>13</v>
+      </c>
+      <c r="E445" t="s">
+        <v>695</v>
+      </c>
+      <c r="F445" t="s">
+        <v>21</v>
+      </c>
+      <c r="G445">
+        <v>214</v>
+      </c>
+      <c r="H445">
+        <v>202682</v>
+      </c>
+      <c r="I445">
+        <v>202895</v>
+      </c>
+      <c r="J445" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" t="s">
+        <v>10</v>
+      </c>
+      <c r="B446" t="s">
+        <v>11</v>
+      </c>
+      <c r="C446" t="s">
+        <v>697</v>
+      </c>
+      <c r="D446" t="s">
+        <v>13</v>
+      </c>
+      <c r="E446" t="s">
+        <v>20</v>
+      </c>
+      <c r="F446" t="s">
+        <v>21</v>
+      </c>
+      <c r="G446" t="s">
+        <v>698</v>
+      </c>
+      <c r="H446">
+        <v>277963</v>
+      </c>
+      <c r="I446">
+        <v>280030</v>
+      </c>
+      <c r="J446" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" t="s">
+        <v>10</v>
+      </c>
+      <c r="B447" t="s">
+        <v>11</v>
+      </c>
+      <c r="C447" t="s">
+        <v>697</v>
+      </c>
+      <c r="D447" t="s">
+        <v>13</v>
+      </c>
+      <c r="E447" t="s">
+        <v>20</v>
+      </c>
+      <c r="F447" t="s">
+        <v>21</v>
+      </c>
+      <c r="G447" t="s">
+        <v>700</v>
+      </c>
+      <c r="H447">
+        <v>201638</v>
+      </c>
+      <c r="I447">
+        <v>202681</v>
+      </c>
+      <c r="J447" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" t="s">
+        <v>10</v>
+      </c>
+      <c r="B448" t="s">
+        <v>11</v>
+      </c>
+      <c r="C448" t="s">
+        <v>697</v>
+      </c>
+      <c r="D448" t="s">
+        <v>13</v>
+      </c>
+      <c r="E448" t="s">
+        <v>20</v>
+      </c>
+      <c r="F448" t="s">
+        <v>21</v>
+      </c>
+      <c r="G448" t="s">
+        <v>702</v>
+      </c>
+      <c r="H448">
+        <v>205386</v>
+      </c>
+      <c r="I448">
+        <v>207350</v>
+      </c>
+      <c r="J448" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" t="s">
+        <v>10</v>
+      </c>
+      <c r="B449" t="s">
+        <v>11</v>
+      </c>
+      <c r="C449" t="s">
+        <v>697</v>
+      </c>
+      <c r="D449" t="s">
+        <v>13</v>
+      </c>
+      <c r="E449" t="s">
+        <v>20</v>
+      </c>
+      <c r="F449" t="s">
+        <v>21</v>
+      </c>
+      <c r="G449">
+        <v>837</v>
+      </c>
+      <c r="H449">
+        <v>277126</v>
+      </c>
+      <c r="I449">
+        <v>277962</v>
+      </c>
+      <c r="J449" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" t="s">
+        <v>10</v>
+      </c>
+      <c r="B450" t="s">
+        <v>11</v>
+      </c>
+      <c r="C450" t="s">
+        <v>697</v>
+      </c>
+      <c r="D450" t="s">
+        <v>13</v>
+      </c>
+      <c r="E450" t="s">
+        <v>20</v>
+      </c>
+      <c r="F450" t="s">
+        <v>21</v>
+      </c>
+      <c r="G450" t="s">
+        <v>366</v>
+      </c>
+      <c r="H450">
+        <v>275884</v>
+      </c>
+      <c r="I450">
+        <v>277125</v>
+      </c>
+      <c r="J450" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" t="s">
+        <v>10</v>
+      </c>
+      <c r="B451" t="s">
+        <v>11</v>
+      </c>
+      <c r="C451" t="s">
+        <v>697</v>
+      </c>
+      <c r="D451" t="s">
+        <v>13</v>
+      </c>
+      <c r="E451" t="s">
+        <v>20</v>
+      </c>
+      <c r="F451" t="s">
+        <v>21</v>
+      </c>
+      <c r="G451" t="s">
+        <v>706</v>
+      </c>
+      <c r="H451">
+        <v>273499</v>
+      </c>
+      <c r="I451">
+        <v>275883</v>
+      </c>
+      <c r="J451" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" t="s">
+        <v>10</v>
+      </c>
+      <c r="B452" t="s">
+        <v>11</v>
+      </c>
+      <c r="C452" t="s">
+        <v>697</v>
+      </c>
+      <c r="D452" t="s">
+        <v>13</v>
+      </c>
+      <c r="E452" t="s">
+        <v>20</v>
+      </c>
+      <c r="F452" t="s">
+        <v>21</v>
+      </c>
+      <c r="G452" t="s">
+        <v>708</v>
+      </c>
+      <c r="H452">
+        <v>271777</v>
+      </c>
+      <c r="I452">
+        <v>273498</v>
+      </c>
+      <c r="J452" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" t="s">
+        <v>10</v>
+      </c>
+      <c r="B453" t="s">
+        <v>11</v>
+      </c>
+      <c r="C453" t="s">
+        <v>697</v>
+      </c>
+      <c r="D453" t="s">
+        <v>13</v>
+      </c>
+      <c r="E453" t="s">
+        <v>20</v>
+      </c>
+      <c r="F453" t="s">
+        <v>21</v>
+      </c>
+      <c r="G453" t="s">
+        <v>710</v>
+      </c>
+      <c r="H453">
+        <v>269977</v>
+      </c>
+      <c r="I453">
+        <v>271776</v>
+      </c>
+      <c r="J453" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" t="s">
+        <v>10</v>
+      </c>
+      <c r="B454" t="s">
+        <v>11</v>
+      </c>
+      <c r="C454" t="s">
+        <v>697</v>
+      </c>
+      <c r="D454" t="s">
+        <v>13</v>
+      </c>
+      <c r="E454" t="s">
+        <v>20</v>
+      </c>
+      <c r="F454" t="s">
+        <v>21</v>
+      </c>
+      <c r="G454" t="s">
+        <v>712</v>
+      </c>
+      <c r="H454">
+        <v>268917</v>
+      </c>
+      <c r="I454">
+        <v>269976</v>
+      </c>
+      <c r="J454" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" t="s">
+        <v>10</v>
+      </c>
+      <c r="B455" t="s">
+        <v>11</v>
+      </c>
+      <c r="C455" t="s">
+        <v>697</v>
+      </c>
+      <c r="D455" t="s">
+        <v>13</v>
+      </c>
+      <c r="E455" t="s">
+        <v>20</v>
+      </c>
+      <c r="F455" t="s">
+        <v>21</v>
+      </c>
+      <c r="G455">
+        <v>727</v>
+      </c>
+      <c r="H455">
+        <v>268190</v>
+      </c>
+      <c r="I455">
+        <v>268916</v>
+      </c>
+      <c r="J455" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" t="s">
+        <v>10</v>
+      </c>
+      <c r="B456" t="s">
+        <v>11</v>
+      </c>
+      <c r="C456" t="s">
+        <v>697</v>
+      </c>
+      <c r="D456" t="s">
+        <v>13</v>
+      </c>
+      <c r="E456" t="s">
+        <v>20</v>
+      </c>
+      <c r="F456" t="s">
+        <v>21</v>
+      </c>
+      <c r="G456" t="s">
+        <v>715</v>
+      </c>
+      <c r="H456">
+        <v>266440</v>
+      </c>
+      <c r="I456">
+        <v>268189</v>
+      </c>
+      <c r="J456" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" t="s">
+        <v>10</v>
+      </c>
+      <c r="B457" t="s">
+        <v>11</v>
+      </c>
+      <c r="C457" t="s">
+        <v>697</v>
+      </c>
+      <c r="D457" t="s">
+        <v>13</v>
+      </c>
+      <c r="E457" t="s">
+        <v>20</v>
+      </c>
+      <c r="F457" t="s">
+        <v>21</v>
+      </c>
+      <c r="G457" t="s">
+        <v>717</v>
+      </c>
+      <c r="H457">
+        <v>264884</v>
+      </c>
+      <c r="I457">
+        <v>266439</v>
+      </c>
+      <c r="J457" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" t="s">
+        <v>10</v>
+      </c>
+      <c r="B458" t="s">
+        <v>11</v>
+      </c>
+      <c r="C458" t="s">
+        <v>697</v>
+      </c>
+      <c r="D458" t="s">
+        <v>13</v>
+      </c>
+      <c r="E458" t="s">
+        <v>20</v>
+      </c>
+      <c r="F458" t="s">
+        <v>21</v>
+      </c>
+      <c r="G458" t="s">
+        <v>313</v>
+      </c>
+      <c r="H458">
+        <v>263352</v>
+      </c>
+      <c r="I458">
+        <v>264883</v>
+      </c>
+      <c r="J458" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" t="s">
+        <v>10</v>
+      </c>
+      <c r="B459" t="s">
+        <v>11</v>
+      </c>
+      <c r="C459" t="s">
+        <v>697</v>
+      </c>
+      <c r="D459" t="s">
+        <v>13</v>
+      </c>
+      <c r="E459" t="s">
+        <v>20</v>
+      </c>
+      <c r="F459" t="s">
+        <v>21</v>
+      </c>
+      <c r="G459" t="s">
+        <v>720</v>
+      </c>
+      <c r="H459">
+        <v>262310</v>
+      </c>
+      <c r="I459">
+        <v>263351</v>
+      </c>
+      <c r="J459" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" t="s">
+        <v>10</v>
+      </c>
+      <c r="B460" t="s">
+        <v>11</v>
+      </c>
+      <c r="C460" t="s">
+        <v>697</v>
+      </c>
+      <c r="D460" t="s">
+        <v>13</v>
+      </c>
+      <c r="E460" t="s">
+        <v>20</v>
+      </c>
+      <c r="F460" t="s">
+        <v>21</v>
+      </c>
+      <c r="G460">
+        <v>984</v>
+      </c>
+      <c r="H460">
+        <v>261326</v>
+      </c>
+      <c r="I460">
+        <v>262309</v>
+      </c>
+      <c r="J460" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" t="s">
+        <v>10</v>
+      </c>
+      <c r="B461" t="s">
+        <v>11</v>
+      </c>
+      <c r="C461" t="s">
+        <v>697</v>
+      </c>
+      <c r="D461" t="s">
+        <v>13</v>
+      </c>
+      <c r="E461" t="s">
+        <v>20</v>
+      </c>
+      <c r="F461" t="s">
+        <v>21</v>
+      </c>
+      <c r="G461">
+        <v>691</v>
+      </c>
+      <c r="H461">
+        <v>260635</v>
+      </c>
+      <c r="I461">
+        <v>261325</v>
+      </c>
+      <c r="J461" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" t="s">
+        <v>10</v>
+      </c>
+      <c r="B462" t="s">
+        <v>11</v>
+      </c>
+      <c r="C462" t="s">
+        <v>697</v>
+      </c>
+      <c r="D462" t="s">
+        <v>13</v>
+      </c>
+      <c r="E462" t="s">
+        <v>20</v>
+      </c>
+      <c r="F462" t="s">
+        <v>21</v>
+      </c>
+      <c r="G462" t="s">
+        <v>724</v>
+      </c>
+      <c r="H462">
+        <v>258765</v>
+      </c>
+      <c r="I462">
+        <v>260634</v>
+      </c>
+      <c r="J462" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" t="s">
+        <v>10</v>
+      </c>
+      <c r="B463" t="s">
+        <v>11</v>
+      </c>
+      <c r="C463" t="s">
+        <v>697</v>
+      </c>
+      <c r="D463" t="s">
+        <v>13</v>
+      </c>
+      <c r="E463" t="s">
+        <v>20</v>
+      </c>
+      <c r="F463" t="s">
+        <v>21</v>
+      </c>
+      <c r="G463" t="s">
+        <v>726</v>
+      </c>
+      <c r="H463">
+        <v>257302</v>
+      </c>
+      <c r="I463">
+        <v>258764</v>
+      </c>
+      <c r="J463" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" t="s">
+        <v>10</v>
+      </c>
+      <c r="B464" t="s">
+        <v>11</v>
+      </c>
+      <c r="C464" t="s">
+        <v>697</v>
+      </c>
+      <c r="D464" t="s">
+        <v>13</v>
+      </c>
+      <c r="E464" t="s">
+        <v>20</v>
+      </c>
+      <c r="F464" t="s">
+        <v>21</v>
+      </c>
+      <c r="G464" t="s">
+        <v>728</v>
+      </c>
+      <c r="H464">
+        <v>254961</v>
+      </c>
+      <c r="I464">
+        <v>257301</v>
+      </c>
+      <c r="J464" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" t="s">
+        <v>10</v>
+      </c>
+      <c r="B465" t="s">
+        <v>11</v>
+      </c>
+      <c r="C465" t="s">
+        <v>697</v>
+      </c>
+      <c r="D465" t="s">
+        <v>13</v>
+      </c>
+      <c r="E465" t="s">
+        <v>20</v>
+      </c>
+      <c r="F465" t="s">
+        <v>21</v>
+      </c>
+      <c r="G465">
+        <v>898</v>
+      </c>
+      <c r="H465">
+        <v>254063</v>
+      </c>
+      <c r="I465">
+        <v>254960</v>
+      </c>
+      <c r="J465" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" t="s">
+        <v>10</v>
+      </c>
+      <c r="B466" t="s">
+        <v>11</v>
+      </c>
+      <c r="C466" t="s">
+        <v>697</v>
+      </c>
+      <c r="D466" t="s">
+        <v>13</v>
+      </c>
+      <c r="E466" t="s">
+        <v>20</v>
+      </c>
+      <c r="F466" t="s">
+        <v>21</v>
+      </c>
+      <c r="G466" t="s">
+        <v>731</v>
+      </c>
+      <c r="H466">
+        <v>251895</v>
+      </c>
+      <c r="I466">
+        <v>254062</v>
+      </c>
+      <c r="J466" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" t="s">
+        <v>10</v>
+      </c>
+      <c r="B467" t="s">
+        <v>11</v>
+      </c>
+      <c r="C467" t="s">
+        <v>697</v>
+      </c>
+      <c r="D467" t="s">
+        <v>13</v>
+      </c>
+      <c r="E467" t="s">
+        <v>20</v>
+      </c>
+      <c r="F467" t="s">
+        <v>21</v>
+      </c>
+      <c r="G467" t="s">
+        <v>733</v>
+      </c>
+      <c r="H467">
+        <v>250553</v>
+      </c>
+      <c r="I467">
+        <v>251894</v>
+      </c>
+      <c r="J467" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" t="s">
+        <v>10</v>
+      </c>
+      <c r="B468" t="s">
+        <v>11</v>
+      </c>
+      <c r="C468" t="s">
+        <v>697</v>
+      </c>
+      <c r="D468" t="s">
+        <v>13</v>
+      </c>
+      <c r="E468" t="s">
+        <v>20</v>
+      </c>
+      <c r="F468" t="s">
+        <v>21</v>
+      </c>
+      <c r="G468">
+        <v>761</v>
+      </c>
+      <c r="H468">
+        <v>249792</v>
+      </c>
+      <c r="I468">
+        <v>250552</v>
+      </c>
+      <c r="J468" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" t="s">
+        <v>10</v>
+      </c>
+      <c r="B469" t="s">
+        <v>11</v>
+      </c>
+      <c r="C469" t="s">
+        <v>697</v>
+      </c>
+      <c r="D469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E469" t="s">
+        <v>20</v>
+      </c>
+      <c r="F469" t="s">
+        <v>21</v>
+      </c>
+      <c r="G469" t="s">
+        <v>736</v>
+      </c>
+      <c r="H469">
+        <v>248613</v>
+      </c>
+      <c r="I469">
+        <v>249791</v>
+      </c>
+      <c r="J469" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" t="s">
+        <v>10</v>
+      </c>
+      <c r="B470" t="s">
+        <v>11</v>
+      </c>
+      <c r="C470" t="s">
+        <v>697</v>
+      </c>
+      <c r="D470" t="s">
+        <v>13</v>
+      </c>
+      <c r="E470" t="s">
+        <v>20</v>
+      </c>
+      <c r="F470" t="s">
+        <v>21</v>
+      </c>
+      <c r="G470" t="s">
+        <v>738</v>
+      </c>
+      <c r="H470">
+        <v>247338</v>
+      </c>
+      <c r="I470">
+        <v>248612</v>
+      </c>
+      <c r="J470" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" t="s">
+        <v>10</v>
+      </c>
+      <c r="B471" t="s">
+        <v>11</v>
+      </c>
+      <c r="C471" t="s">
+        <v>697</v>
+      </c>
+      <c r="D471" t="s">
+        <v>13</v>
+      </c>
+      <c r="E471" t="s">
+        <v>20</v>
+      </c>
+      <c r="F471" t="s">
+        <v>21</v>
+      </c>
+      <c r="G471" t="s">
+        <v>740</v>
+      </c>
+      <c r="H471">
+        <v>246237</v>
+      </c>
+      <c r="I471">
+        <v>247337</v>
+      </c>
+      <c r="J471" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" t="s">
+        <v>10</v>
+      </c>
+      <c r="B472" t="s">
+        <v>11</v>
+      </c>
+      <c r="C472" t="s">
+        <v>697</v>
+      </c>
+      <c r="D472" t="s">
+        <v>13</v>
+      </c>
+      <c r="E472" t="s">
+        <v>20</v>
+      </c>
+      <c r="F472" t="s">
+        <v>21</v>
+      </c>
+      <c r="G472" t="s">
+        <v>459</v>
+      </c>
+      <c r="H472">
+        <v>244420</v>
+      </c>
+      <c r="I472">
+        <v>246236</v>
+      </c>
+      <c r="J472" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" t="s">
+        <v>10</v>
+      </c>
+      <c r="B473" t="s">
+        <v>11</v>
+      </c>
+      <c r="C473" t="s">
+        <v>697</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+      <c r="E473" t="s">
+        <v>20</v>
+      </c>
+      <c r="F473" t="s">
+        <v>21</v>
+      </c>
+      <c r="G473">
+        <v>789</v>
+      </c>
+      <c r="H473">
+        <v>243631</v>
+      </c>
+      <c r="I473">
+        <v>244419</v>
+      </c>
+      <c r="J473" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" t="s">
+        <v>10</v>
+      </c>
+      <c r="B474" t="s">
+        <v>11</v>
+      </c>
+      <c r="C474" t="s">
+        <v>697</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+      <c r="E474" t="s">
+        <v>20</v>
+      </c>
+      <c r="F474" t="s">
+        <v>21</v>
+      </c>
+      <c r="G474" t="s">
+        <v>744</v>
+      </c>
+      <c r="H474">
+        <v>241804</v>
+      </c>
+      <c r="I474">
+        <v>243630</v>
+      </c>
+      <c r="J474" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" t="s">
+        <v>10</v>
+      </c>
+      <c r="B475" t="s">
+        <v>11</v>
+      </c>
+      <c r="C475" t="s">
+        <v>697</v>
+      </c>
+      <c r="D475" t="s">
+        <v>13</v>
+      </c>
+      <c r="E475" t="s">
+        <v>20</v>
+      </c>
+      <c r="F475" t="s">
+        <v>21</v>
+      </c>
+      <c r="G475" t="s">
+        <v>746</v>
+      </c>
+      <c r="H475">
+        <v>240158</v>
+      </c>
+      <c r="I475">
+        <v>241803</v>
+      </c>
+      <c r="J475" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" t="s">
+        <v>10</v>
+      </c>
+      <c r="B476" t="s">
+        <v>11</v>
+      </c>
+      <c r="C476" t="s">
+        <v>697</v>
+      </c>
+      <c r="D476" t="s">
+        <v>13</v>
+      </c>
+      <c r="E476" t="s">
+        <v>20</v>
+      </c>
+      <c r="F476" t="s">
+        <v>21</v>
+      </c>
+      <c r="G476">
+        <v>730</v>
+      </c>
+      <c r="H476">
+        <v>239428</v>
+      </c>
+      <c r="I476">
+        <v>240157</v>
+      </c>
+      <c r="J476" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" t="s">
+        <v>10</v>
+      </c>
+      <c r="B477" t="s">
+        <v>11</v>
+      </c>
+      <c r="C477" t="s">
+        <v>697</v>
+      </c>
+      <c r="D477" t="s">
+        <v>13</v>
+      </c>
+      <c r="E477" t="s">
+        <v>20</v>
+      </c>
+      <c r="F477" t="s">
+        <v>21</v>
+      </c>
+      <c r="G477">
+        <v>714</v>
+      </c>
+      <c r="H477">
+        <v>238714</v>
+      </c>
+      <c r="I477">
+        <v>239427</v>
+      </c>
+      <c r="J477" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" t="s">
+        <v>10</v>
+      </c>
+      <c r="B478" t="s">
+        <v>11</v>
+      </c>
+      <c r="C478" t="s">
+        <v>697</v>
+      </c>
+      <c r="D478" t="s">
+        <v>13</v>
+      </c>
+      <c r="E478" t="s">
+        <v>20</v>
+      </c>
+      <c r="F478" t="s">
+        <v>21</v>
+      </c>
+      <c r="G478" t="s">
+        <v>750</v>
+      </c>
+      <c r="H478">
+        <v>237494</v>
+      </c>
+      <c r="I478">
+        <v>238713</v>
+      </c>
+      <c r="J478" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10">
+      <c r="A479" t="s">
+        <v>10</v>
+      </c>
+      <c r="B479" t="s">
+        <v>11</v>
+      </c>
+      <c r="C479" t="s">
+        <v>697</v>
+      </c>
+      <c r="D479" t="s">
+        <v>13</v>
+      </c>
+      <c r="E479" t="s">
+        <v>20</v>
+      </c>
+      <c r="F479" t="s">
+        <v>21</v>
+      </c>
+      <c r="G479" t="s">
+        <v>752</v>
+      </c>
+      <c r="H479">
+        <v>235881</v>
+      </c>
+      <c r="I479">
+        <v>237493</v>
+      </c>
+      <c r="J479" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10">
+      <c r="A480" t="s">
+        <v>10</v>
+      </c>
+      <c r="B480" t="s">
+        <v>11</v>
+      </c>
+      <c r="C480" t="s">
+        <v>697</v>
+      </c>
+      <c r="D480" t="s">
+        <v>13</v>
+      </c>
+      <c r="E480" t="s">
+        <v>20</v>
+      </c>
+      <c r="F480" t="s">
+        <v>21</v>
+      </c>
+      <c r="G480" t="s">
+        <v>754</v>
+      </c>
+      <c r="H480">
+        <v>233697</v>
+      </c>
+      <c r="I480">
+        <v>235880</v>
+      </c>
+      <c r="J480" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10">
+      <c r="A481" t="s">
+        <v>10</v>
+      </c>
+      <c r="B481" t="s">
+        <v>11</v>
+      </c>
+      <c r="C481" t="s">
+        <v>697</v>
+      </c>
+      <c r="D481" t="s">
+        <v>13</v>
+      </c>
+      <c r="E481" t="s">
+        <v>20</v>
+      </c>
+      <c r="F481" t="s">
+        <v>21</v>
+      </c>
+      <c r="G481" t="s">
+        <v>756</v>
+      </c>
+      <c r="H481">
+        <v>231579</v>
+      </c>
+      <c r="I481">
+        <v>233696</v>
+      </c>
+      <c r="J481" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10">
+      <c r="A482" t="s">
+        <v>10</v>
+      </c>
+      <c r="B482" t="s">
+        <v>11</v>
+      </c>
+      <c r="C482" t="s">
+        <v>697</v>
+      </c>
+      <c r="D482" t="s">
+        <v>13</v>
+      </c>
+      <c r="E482" t="s">
+        <v>20</v>
+      </c>
+      <c r="F482" t="s">
+        <v>21</v>
+      </c>
+      <c r="G482" t="s">
+        <v>257</v>
+      </c>
+      <c r="H482">
+        <v>230557</v>
+      </c>
+      <c r="I482">
+        <v>231578</v>
+      </c>
+      <c r="J482" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10">
+      <c r="A483" t="s">
+        <v>10</v>
+      </c>
+      <c r="B483" t="s">
+        <v>11</v>
+      </c>
+      <c r="C483" t="s">
+        <v>697</v>
+      </c>
+      <c r="D483" t="s">
+        <v>13</v>
+      </c>
+      <c r="E483" t="s">
+        <v>20</v>
+      </c>
+      <c r="F483" t="s">
+        <v>21</v>
+      </c>
+      <c r="G483" t="s">
+        <v>759</v>
+      </c>
+      <c r="H483">
+        <v>228262</v>
+      </c>
+      <c r="I483">
+        <v>230556</v>
+      </c>
+      <c r="J483" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10">
+      <c r="A484" t="s">
+        <v>10</v>
+      </c>
+      <c r="B484" t="s">
+        <v>11</v>
+      </c>
+      <c r="C484" t="s">
+        <v>697</v>
+      </c>
+      <c r="D484" t="s">
+        <v>13</v>
+      </c>
+      <c r="E484" t="s">
+        <v>20</v>
+      </c>
+      <c r="F484" t="s">
+        <v>21</v>
+      </c>
+      <c r="G484">
+        <v>656</v>
+      </c>
+      <c r="H484">
+        <v>227606</v>
+      </c>
+      <c r="I484">
+        <v>228261</v>
+      </c>
+      <c r="J484" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10">
+      <c r="A485" t="s">
+        <v>10</v>
+      </c>
+      <c r="B485" t="s">
+        <v>11</v>
+      </c>
+      <c r="C485" t="s">
+        <v>697</v>
+      </c>
+      <c r="D485" t="s">
+        <v>13</v>
+      </c>
+      <c r="E485" t="s">
+        <v>20</v>
+      </c>
+      <c r="F485" t="s">
+        <v>21</v>
+      </c>
+      <c r="G485">
+        <v>738</v>
+      </c>
+      <c r="H485">
+        <v>226868</v>
+      </c>
+      <c r="I485">
+        <v>227605</v>
+      </c>
+      <c r="J485" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10">
+      <c r="A486" t="s">
+        <v>10</v>
+      </c>
+      <c r="B486" t="s">
+        <v>11</v>
+      </c>
+      <c r="C486" t="s">
+        <v>697</v>
+      </c>
+      <c r="D486" t="s">
+        <v>13</v>
+      </c>
+      <c r="E486" t="s">
+        <v>20</v>
+      </c>
+      <c r="F486" t="s">
+        <v>21</v>
+      </c>
+      <c r="G486">
+        <v>743</v>
+      </c>
+      <c r="H486">
+        <v>60557</v>
+      </c>
+      <c r="I486">
+        <v>61299</v>
+      </c>
+      <c r="J486" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10">
+      <c r="A487" t="s">
+        <v>10</v>
+      </c>
+      <c r="B487" t="s">
+        <v>11</v>
+      </c>
+      <c r="C487" t="s">
+        <v>697</v>
+      </c>
+      <c r="D487" t="s">
+        <v>13</v>
+      </c>
+      <c r="E487" t="s">
+        <v>20</v>
+      </c>
+      <c r="F487" t="s">
+        <v>21</v>
+      </c>
+      <c r="G487" t="s">
+        <v>764</v>
+      </c>
+      <c r="H487">
+        <v>224216</v>
+      </c>
+      <c r="I487">
+        <v>226867</v>
+      </c>
+      <c r="J487" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10">
+      <c r="A488" t="s">
+        <v>10</v>
+      </c>
+      <c r="B488" t="s">
+        <v>11</v>
+      </c>
+      <c r="C488" t="s">
+        <v>697</v>
+      </c>
+      <c r="D488" t="s">
+        <v>13</v>
+      </c>
+      <c r="E488" t="s">
+        <v>20</v>
+      </c>
+      <c r="F488" t="s">
+        <v>21</v>
+      </c>
+      <c r="G488" t="s">
+        <v>766</v>
+      </c>
+      <c r="H488">
+        <v>59525</v>
+      </c>
+      <c r="I488">
+        <v>60556</v>
+      </c>
+      <c r="J488" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10">
+      <c r="A489" t="s">
+        <v>10</v>
+      </c>
+      <c r="B489" t="s">
+        <v>11</v>
+      </c>
+      <c r="C489" t="s">
+        <v>697</v>
+      </c>
+      <c r="D489" t="s">
+        <v>13</v>
+      </c>
+      <c r="E489" t="s">
+        <v>20</v>
+      </c>
+      <c r="F489" t="s">
+        <v>21</v>
+      </c>
+      <c r="G489" t="s">
+        <v>768</v>
+      </c>
+      <c r="H489">
+        <v>221664</v>
+      </c>
+      <c r="I489">
+        <v>224215</v>
+      </c>
+      <c r="J489" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10">
+      <c r="A490" t="s">
+        <v>10</v>
+      </c>
+      <c r="B490" t="s">
+        <v>11</v>
+      </c>
+      <c r="C490" t="s">
+        <v>697</v>
+      </c>
+      <c r="D490" t="s">
+        <v>13</v>
+      </c>
+      <c r="E490" t="s">
+        <v>20</v>
+      </c>
+      <c r="F490" t="s">
+        <v>21</v>
+      </c>
+      <c r="G490" t="s">
+        <v>770</v>
+      </c>
+      <c r="H490">
+        <v>58177</v>
+      </c>
+      <c r="I490">
+        <v>59524</v>
+      </c>
+      <c r="J490" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10">
+      <c r="A491" t="s">
+        <v>10</v>
+      </c>
+      <c r="B491" t="s">
+        <v>11</v>
+      </c>
+      <c r="C491" t="s">
+        <v>697</v>
+      </c>
+      <c r="D491" t="s">
+        <v>13</v>
+      </c>
+      <c r="E491" t="s">
+        <v>20</v>
+      </c>
+      <c r="F491" t="s">
+        <v>21</v>
+      </c>
+      <c r="G491">
+        <v>804</v>
+      </c>
+      <c r="H491">
+        <v>57373</v>
+      </c>
+      <c r="I491">
+        <v>58176</v>
+      </c>
+      <c r="J491" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10">
+      <c r="A492" t="s">
+        <v>10</v>
+      </c>
+      <c r="B492" t="s">
+        <v>11</v>
+      </c>
+      <c r="C492" t="s">
+        <v>697</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+      <c r="E492" t="s">
+        <v>20</v>
+      </c>
+      <c r="F492" t="s">
+        <v>21</v>
+      </c>
+      <c r="G492">
+        <v>803</v>
+      </c>
+      <c r="H492">
+        <v>56570</v>
+      </c>
+      <c r="I492">
+        <v>57372</v>
+      </c>
+      <c r="J492" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10">
+      <c r="A493" t="s">
+        <v>10</v>
+      </c>
+      <c r="B493" t="s">
+        <v>11</v>
+      </c>
+      <c r="C493" t="s">
+        <v>697</v>
+      </c>
+      <c r="D493" t="s">
+        <v>13</v>
+      </c>
+      <c r="E493" t="s">
+        <v>20</v>
+      </c>
+      <c r="F493" t="s">
+        <v>21</v>
+      </c>
+      <c r="G493">
+        <v>819</v>
+      </c>
+      <c r="H493">
+        <v>55751</v>
+      </c>
+      <c r="I493">
+        <v>56569</v>
+      </c>
+      <c r="J493" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10">
+      <c r="A494" t="s">
+        <v>10</v>
+      </c>
+      <c r="B494" t="s">
+        <v>11</v>
+      </c>
+      <c r="C494" t="s">
+        <v>697</v>
+      </c>
+      <c r="D494" t="s">
+        <v>13</v>
+      </c>
+      <c r="E494" t="s">
+        <v>20</v>
+      </c>
+      <c r="F494" t="s">
+        <v>21</v>
+      </c>
+      <c r="G494">
+        <v>927</v>
+      </c>
+      <c r="H494">
+        <v>54824</v>
+      </c>
+      <c r="I494">
+        <v>55750</v>
+      </c>
+      <c r="J494" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10">
+      <c r="A495" t="s">
+        <v>10</v>
+      </c>
+      <c r="B495" t="s">
+        <v>11</v>
+      </c>
+      <c r="C495" t="s">
+        <v>697</v>
+      </c>
+      <c r="D495" t="s">
+        <v>13</v>
+      </c>
+      <c r="E495" t="s">
+        <v>20</v>
+      </c>
+      <c r="F495" t="s">
+        <v>21</v>
+      </c>
+      <c r="G495" t="s">
+        <v>776</v>
+      </c>
+      <c r="H495">
+        <v>53668</v>
+      </c>
+      <c r="I495">
+        <v>54823</v>
+      </c>
+      <c r="J495" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10">
+      <c r="A496" t="s">
+        <v>10</v>
+      </c>
+      <c r="B496" t="s">
+        <v>11</v>
+      </c>
+      <c r="C496" t="s">
+        <v>697</v>
+      </c>
+      <c r="D496" t="s">
+        <v>13</v>
+      </c>
+      <c r="E496" t="s">
+        <v>20</v>
+      </c>
+      <c r="F496" t="s">
+        <v>21</v>
+      </c>
+      <c r="G496" t="s">
+        <v>624</v>
+      </c>
+      <c r="H496">
+        <v>52483</v>
+      </c>
+      <c r="I496">
+        <v>53667</v>
+      </c>
+      <c r="J496" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10">
+      <c r="A497" t="s">
+        <v>10</v>
+      </c>
+      <c r="B497" t="s">
+        <v>11</v>
+      </c>
+      <c r="C497" t="s">
+        <v>697</v>
+      </c>
+      <c r="D497" t="s">
+        <v>13</v>
+      </c>
+      <c r="E497" t="s">
+        <v>20</v>
+      </c>
+      <c r="F497" t="s">
+        <v>21</v>
+      </c>
+      <c r="G497" t="s">
+        <v>779</v>
+      </c>
+      <c r="H497">
+        <v>50591</v>
+      </c>
+      <c r="I497">
+        <v>52482</v>
+      </c>
+      <c r="J497" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10">
+      <c r="A498" t="s">
+        <v>10</v>
+      </c>
+      <c r="B498" t="s">
+        <v>11</v>
+      </c>
+      <c r="C498" t="s">
+        <v>697</v>
+      </c>
+      <c r="D498" t="s">
+        <v>13</v>
+      </c>
+      <c r="E498" t="s">
+        <v>20</v>
+      </c>
+      <c r="F498" t="s">
+        <v>21</v>
+      </c>
+      <c r="G498" t="s">
+        <v>781</v>
+      </c>
+      <c r="H498">
+        <v>49309</v>
+      </c>
+      <c r="I498">
+        <v>50590</v>
+      </c>
+      <c r="J498" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10">
+      <c r="A499" t="s">
+        <v>10</v>
+      </c>
+      <c r="B499" t="s">
+        <v>11</v>
+      </c>
+      <c r="C499" t="s">
+        <v>697</v>
+      </c>
+      <c r="D499" t="s">
+        <v>13</v>
+      </c>
+      <c r="E499" t="s">
+        <v>20</v>
+      </c>
+      <c r="F499" t="s">
+        <v>21</v>
+      </c>
+      <c r="G499">
+        <v>800</v>
+      </c>
+      <c r="H499">
+        <v>48509</v>
+      </c>
+      <c r="I499">
+        <v>49308</v>
+      </c>
+      <c r="J499" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10">
+      <c r="A500" t="s">
+        <v>10</v>
+      </c>
+      <c r="B500" t="s">
+        <v>11</v>
+      </c>
+      <c r="C500" t="s">
+        <v>697</v>
+      </c>
+      <c r="D500" t="s">
+        <v>13</v>
+      </c>
+      <c r="E500" t="s">
+        <v>20</v>
+      </c>
+      <c r="F500" t="s">
+        <v>21</v>
+      </c>
+      <c r="G500" t="s">
+        <v>784</v>
+      </c>
+      <c r="H500">
+        <v>47428</v>
+      </c>
+      <c r="I500">
+        <v>48508</v>
+      </c>
+      <c r="J500" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10">
+      <c r="A501" t="s">
+        <v>10</v>
+      </c>
+      <c r="B501" t="s">
+        <v>11</v>
+      </c>
+      <c r="C501" t="s">
+        <v>697</v>
+      </c>
+      <c r="D501" t="s">
+        <v>13</v>
+      </c>
+      <c r="E501" t="s">
+        <v>20</v>
+      </c>
+      <c r="F501" t="s">
+        <v>21</v>
+      </c>
+      <c r="G501" t="s">
+        <v>786</v>
+      </c>
+      <c r="H501">
+        <v>44653</v>
+      </c>
+      <c r="I501">
+        <v>47427</v>
+      </c>
+      <c r="J501" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10">
+      <c r="A502" t="s">
+        <v>10</v>
+      </c>
+      <c r="B502" t="s">
+        <v>11</v>
+      </c>
+      <c r="C502" t="s">
+        <v>697</v>
+      </c>
+      <c r="D502" t="s">
+        <v>13</v>
+      </c>
+      <c r="E502" t="s">
+        <v>20</v>
+      </c>
+      <c r="F502" t="s">
+        <v>21</v>
+      </c>
+      <c r="G502" t="s">
+        <v>788</v>
+      </c>
+      <c r="H502">
+        <v>43596</v>
+      </c>
+      <c r="I502">
+        <v>44652</v>
+      </c>
+      <c r="J502" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10">
+      <c r="A503" t="s">
+        <v>10</v>
+      </c>
+      <c r="B503" t="s">
+        <v>11</v>
+      </c>
+      <c r="C503" t="s">
+        <v>697</v>
+      </c>
+      <c r="D503" t="s">
+        <v>13</v>
+      </c>
+      <c r="E503" t="s">
+        <v>20</v>
+      </c>
+      <c r="F503" t="s">
+        <v>21</v>
+      </c>
+      <c r="G503" t="s">
+        <v>790</v>
+      </c>
+      <c r="H503">
+        <v>41792</v>
+      </c>
+      <c r="I503">
+        <v>43595</v>
+      </c>
+      <c r="J503" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10">
+      <c r="A504" t="s">
+        <v>10</v>
+      </c>
+      <c r="B504" t="s">
+        <v>11</v>
+      </c>
+      <c r="C504" t="s">
+        <v>697</v>
+      </c>
+      <c r="D504" t="s">
+        <v>13</v>
+      </c>
+      <c r="E504" t="s">
+        <v>20</v>
+      </c>
+      <c r="F504" t="s">
+        <v>21</v>
+      </c>
+      <c r="G504" t="s">
+        <v>792</v>
+      </c>
+      <c r="H504">
+        <v>40002</v>
+      </c>
+      <c r="I504">
+        <v>41791</v>
+      </c>
+      <c r="J504" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10">
+      <c r="A505" t="s">
+        <v>10</v>
+      </c>
+      <c r="B505" t="s">
+        <v>11</v>
+      </c>
+      <c r="C505" t="s">
+        <v>697</v>
+      </c>
+      <c r="D505" t="s">
+        <v>13</v>
+      </c>
+      <c r="E505" t="s">
+        <v>20</v>
+      </c>
+      <c r="F505" t="s">
+        <v>21</v>
+      </c>
+      <c r="G505" t="s">
+        <v>794</v>
+      </c>
+      <c r="H505">
+        <v>38652</v>
+      </c>
+      <c r="I505">
+        <v>40001</v>
+      </c>
+      <c r="J505" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10">
+      <c r="A506" t="s">
+        <v>10</v>
+      </c>
+      <c r="B506" t="s">
+        <v>11</v>
+      </c>
+      <c r="C506" t="s">
+        <v>697</v>
+      </c>
+      <c r="D506" t="s">
+        <v>13</v>
+      </c>
+      <c r="E506" t="s">
+        <v>20</v>
+      </c>
+      <c r="F506" t="s">
+        <v>21</v>
+      </c>
+      <c r="G506" t="s">
+        <v>796</v>
+      </c>
+      <c r="H506">
+        <v>36861</v>
+      </c>
+      <c r="I506">
+        <v>38651</v>
+      </c>
+      <c r="J506" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10">
+      <c r="A507" t="s">
+        <v>10</v>
+      </c>
+      <c r="B507" t="s">
+        <v>11</v>
+      </c>
+      <c r="C507" t="s">
+        <v>697</v>
+      </c>
+      <c r="D507" t="s">
+        <v>13</v>
+      </c>
+      <c r="E507" t="s">
+        <v>20</v>
+      </c>
+      <c r="F507" t="s">
+        <v>21</v>
+      </c>
+      <c r="G507" t="s">
+        <v>798</v>
+      </c>
+      <c r="H507">
+        <v>34861</v>
+      </c>
+      <c r="I507">
+        <v>36860</v>
+      </c>
+      <c r="J507" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10">
+      <c r="A508" t="s">
+        <v>10</v>
+      </c>
+      <c r="B508" t="s">
+        <v>11</v>
+      </c>
+      <c r="C508" t="s">
+        <v>697</v>
+      </c>
+      <c r="D508" t="s">
+        <v>13</v>
+      </c>
+      <c r="E508" t="s">
+        <v>20</v>
+      </c>
+      <c r="F508" t="s">
+        <v>21</v>
+      </c>
+      <c r="G508">
+        <v>898</v>
+      </c>
+      <c r="H508">
+        <v>33963</v>
+      </c>
+      <c r="I508">
+        <v>34860</v>
+      </c>
+      <c r="J508" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10">
+      <c r="A509" t="s">
+        <v>10</v>
+      </c>
+      <c r="B509" t="s">
+        <v>11</v>
+      </c>
+      <c r="C509" t="s">
+        <v>697</v>
+      </c>
+      <c r="D509" t="s">
+        <v>13</v>
+      </c>
+      <c r="E509" t="s">
+        <v>20</v>
+      </c>
+      <c r="F509" t="s">
+        <v>21</v>
+      </c>
+      <c r="G509">
         <v>555</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E367">
+      <c r="H509">
+        <v>33408</v>
+      </c>
+      <c r="I509">
+        <v>33962</v>
+      </c>
+      <c r="J509" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" t="s">
+        <v>10</v>
+      </c>
+      <c r="B510" t="s">
+        <v>11</v>
+      </c>
+      <c r="C510" t="s">
+        <v>697</v>
+      </c>
+      <c r="D510" t="s">
+        <v>13</v>
+      </c>
+      <c r="E510" t="s">
+        <v>20</v>
+      </c>
+      <c r="F510" t="s">
+        <v>21</v>
+      </c>
+      <c r="G510" t="s">
+        <v>283</v>
+      </c>
+      <c r="H510">
+        <v>32388</v>
+      </c>
+      <c r="I510">
+        <v>33407</v>
+      </c>
+      <c r="J510" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" t="s">
+        <v>10</v>
+      </c>
+      <c r="B511" t="s">
+        <v>11</v>
+      </c>
+      <c r="C511" t="s">
+        <v>697</v>
+      </c>
+      <c r="D511" t="s">
+        <v>13</v>
+      </c>
+      <c r="E511" t="s">
+        <v>20</v>
+      </c>
+      <c r="F511" t="s">
+        <v>21</v>
+      </c>
+      <c r="G511" t="s">
+        <v>803</v>
+      </c>
+      <c r="H511">
+        <v>30869</v>
+      </c>
+      <c r="I511">
+        <v>32387</v>
+      </c>
+      <c r="J511" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" t="s">
+        <v>10</v>
+      </c>
+      <c r="B512" t="s">
+        <v>11</v>
+      </c>
+      <c r="C512" t="s">
+        <v>697</v>
+      </c>
+      <c r="D512" t="s">
+        <v>13</v>
+      </c>
+      <c r="E512" t="s">
+        <v>20</v>
+      </c>
+      <c r="F512" t="s">
+        <v>21</v>
+      </c>
+      <c r="G512" t="s">
+        <v>805</v>
+      </c>
+      <c r="H512">
+        <v>27487</v>
+      </c>
+      <c r="I512">
+        <v>30868</v>
+      </c>
+      <c r="J512" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" t="s">
+        <v>10</v>
+      </c>
+      <c r="B513" t="s">
+        <v>11</v>
+      </c>
+      <c r="C513" t="s">
+        <v>807</v>
+      </c>
+      <c r="D513" t="s">
+        <v>13</v>
+      </c>
+      <c r="E513" t="s">
+        <v>20</v>
+      </c>
+      <c r="F513" t="s">
+        <v>21</v>
+      </c>
+      <c r="G513" t="s">
+        <v>808</v>
+      </c>
+      <c r="H513">
+        <v>23874</v>
+      </c>
+      <c r="I513">
+        <v>27486</v>
+      </c>
+      <c r="J513" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" t="s">
+        <v>10</v>
+      </c>
+      <c r="B514" t="s">
+        <v>11</v>
+      </c>
+      <c r="C514" t="s">
+        <v>807</v>
+      </c>
+      <c r="D514" t="s">
+        <v>13</v>
+      </c>
+      <c r="E514" t="s">
+        <v>20</v>
+      </c>
+      <c r="F514" t="s">
+        <v>21</v>
+      </c>
+      <c r="G514" t="s">
+        <v>810</v>
+      </c>
+      <c r="H514">
+        <v>21992</v>
+      </c>
+      <c r="I514">
+        <v>23873</v>
+      </c>
+      <c r="J514" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" t="s">
+        <v>10</v>
+      </c>
+      <c r="B515" t="s">
+        <v>11</v>
+      </c>
+      <c r="C515" t="s">
+        <v>807</v>
+      </c>
+      <c r="D515" t="s">
+        <v>13</v>
+      </c>
+      <c r="E515" t="s">
+        <v>20</v>
+      </c>
+      <c r="F515" t="s">
+        <v>21</v>
+      </c>
+      <c r="G515" t="s">
+        <v>666</v>
+      </c>
+      <c r="H515">
+        <v>20624</v>
+      </c>
+      <c r="I515">
+        <v>21991</v>
+      </c>
+      <c r="J515" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" t="s">
+        <v>10</v>
+      </c>
+      <c r="B516" t="s">
+        <v>11</v>
+      </c>
+      <c r="C516" t="s">
+        <v>807</v>
+      </c>
+      <c r="D516" t="s">
+        <v>13</v>
+      </c>
+      <c r="E516" t="s">
+        <v>20</v>
+      </c>
+      <c r="F516" t="s">
+        <v>21</v>
+      </c>
+      <c r="G516" t="s">
         <v>813</v>
       </c>
-      <c r="F367">
-[...3220 lines deleted...]
-      <c r="E491">
+      <c r="H516">
+        <v>19209</v>
+      </c>
+      <c r="I516">
+        <v>20623</v>
+      </c>
+      <c r="J516" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10">
+      <c r="A517" t="s">
+        <v>10</v>
+      </c>
+      <c r="B517" t="s">
+        <v>11</v>
+      </c>
+      <c r="C517" t="s">
+        <v>807</v>
+      </c>
+      <c r="D517" t="s">
+        <v>13</v>
+      </c>
+      <c r="E517" t="s">
+        <v>20</v>
+      </c>
+      <c r="F517" t="s">
+        <v>21</v>
+      </c>
+      <c r="G517" t="s">
+        <v>815</v>
+      </c>
+      <c r="H517">
+        <v>4872</v>
+      </c>
+      <c r="I517">
+        <v>19208</v>
+      </c>
+      <c r="J517" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10">
+      <c r="A518" t="s">
+        <v>10</v>
+      </c>
+      <c r="B518" t="s">
+        <v>11</v>
+      </c>
+      <c r="C518" t="s">
+        <v>817</v>
+      </c>
+      <c r="D518" t="s">
+        <v>13</v>
+      </c>
+      <c r="E518" t="s">
+        <v>818</v>
+      </c>
+      <c r="F518" t="s">
         <v>819</v>
       </c>
-      <c r="F491">
-[...649 lines deleted...]
-      <c r="F516">
+      <c r="G518" t="s">
+        <v>820</v>
+      </c>
+      <c r="H518">
         <v>134727</v>
       </c>
-      <c r="G516">
+      <c r="I518">
         <v>141726</v>
       </c>
-      <c r="H516" t="s">
-[...51 lines deleted...]
-      <c r="H518" t="s">
+      <c r="J518" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10">
+      <c r="A519" t="s">
+        <v>10</v>
+      </c>
+      <c r="B519" t="s">
+        <v>11</v>
+      </c>
+      <c r="C519" t="s">
         <v>817</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D519" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="E519" t="s">
         <v>818</v>
       </c>
-      <c r="F519">
+      <c r="F519" t="s">
+        <v>819</v>
+      </c>
+      <c r="G519" t="s">
+        <v>822</v>
+      </c>
+      <c r="H519">
+        <v>1</v>
+      </c>
+      <c r="I519">
+        <v>3247</v>
+      </c>
+      <c r="J519" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10">
+      <c r="A520" t="s">
+        <v>10</v>
+      </c>
+      <c r="B520" t="s">
+        <v>11</v>
+      </c>
+      <c r="C520" t="s">
+        <v>817</v>
+      </c>
+      <c r="D520" t="s">
+        <v>13</v>
+      </c>
+      <c r="E520" t="s">
+        <v>818</v>
+      </c>
+      <c r="F520" t="s">
+        <v>819</v>
+      </c>
+      <c r="G520" t="s">
+        <v>824</v>
+      </c>
+      <c r="H520">
+        <v>581464</v>
+      </c>
+      <c r="I520">
+        <v>582784</v>
+      </c>
+      <c r="J520" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10">
+      <c r="A521" t="s">
+        <v>10</v>
+      </c>
+      <c r="B521" t="s">
+        <v>11</v>
+      </c>
+      <c r="C521" t="s">
+        <v>817</v>
+      </c>
+      <c r="D521" t="s">
+        <v>13</v>
+      </c>
+      <c r="E521" t="s">
+        <v>818</v>
+      </c>
+      <c r="F521" t="s">
+        <v>819</v>
+      </c>
+      <c r="G521" t="s">
+        <v>826</v>
+      </c>
+      <c r="H521">
         <v>601499</v>
       </c>
-      <c r="G519">
+      <c r="I521">
         <v>647784</v>
       </c>
-      <c r="H519" t="s">
-[...19 lines deleted...]
-      <c r="F520">
+      <c r="J521" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10">
+      <c r="A522" t="s">
+        <v>10</v>
+      </c>
+      <c r="B522" t="s">
+        <v>11</v>
+      </c>
+      <c r="C522" t="s">
+        <v>828</v>
+      </c>
+      <c r="D522" t="s">
+        <v>13</v>
+      </c>
+      <c r="E522" t="s">
+        <v>20</v>
+      </c>
+      <c r="F522" t="s">
+        <v>218</v>
+      </c>
+      <c r="G522" t="s">
+        <v>829</v>
+      </c>
+      <c r="H522">
         <v>1</v>
       </c>
-      <c r="G520">
+      <c r="I522">
         <v>6031</v>
       </c>
-      <c r="H520" t="s">
-[...19 lines deleted...]
-      <c r="F521">
+      <c r="J522" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10">
+      <c r="A523" t="s">
+        <v>10</v>
+      </c>
+      <c r="B523" t="s">
+        <v>11</v>
+      </c>
+      <c r="C523" t="s">
+        <v>831</v>
+      </c>
+      <c r="D523" t="s">
+        <v>13</v>
+      </c>
+      <c r="E523" t="s">
+        <v>20</v>
+      </c>
+      <c r="F523" t="s">
+        <v>21</v>
+      </c>
+      <c r="G523" t="s">
+        <v>179</v>
+      </c>
+      <c r="H523">
         <v>118397</v>
       </c>
-      <c r="G521">
+      <c r="I523">
         <v>119732</v>
       </c>
-      <c r="H521" t="s">
-[...19 lines deleted...]
-      <c r="F522">
+      <c r="J523" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10">
+      <c r="A524" t="s">
+        <v>10</v>
+      </c>
+      <c r="B524" t="s">
+        <v>11</v>
+      </c>
+      <c r="C524" t="s">
+        <v>831</v>
+      </c>
+      <c r="D524" t="s">
+        <v>13</v>
+      </c>
+      <c r="E524" t="s">
+        <v>20</v>
+      </c>
+      <c r="F524" t="s">
+        <v>21</v>
+      </c>
+      <c r="G524" t="s">
+        <v>357</v>
+      </c>
+      <c r="H524">
         <v>116896</v>
       </c>
-      <c r="G522">
+      <c r="I524">
         <v>118396</v>
       </c>
-      <c r="H522" t="s">
-[...19 lines deleted...]
-      <c r="F523">
+      <c r="J524" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10">
+      <c r="A525" t="s">
+        <v>10</v>
+      </c>
+      <c r="B525" t="s">
+        <v>11</v>
+      </c>
+      <c r="C525" t="s">
+        <v>831</v>
+      </c>
+      <c r="D525" t="s">
+        <v>13</v>
+      </c>
+      <c r="E525" t="s">
+        <v>20</v>
+      </c>
+      <c r="F525" t="s">
+        <v>21</v>
+      </c>
+      <c r="G525" t="s">
+        <v>424</v>
+      </c>
+      <c r="H525">
         <v>114976</v>
       </c>
-      <c r="G523">
+      <c r="I525">
         <v>116895</v>
       </c>
-      <c r="H523" t="s">
-[...19 lines deleted...]
-      <c r="F524">
+      <c r="J525" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10">
+      <c r="A526" t="s">
+        <v>10</v>
+      </c>
+      <c r="B526" t="s">
+        <v>11</v>
+      </c>
+      <c r="C526" t="s">
+        <v>831</v>
+      </c>
+      <c r="D526" t="s">
+        <v>13</v>
+      </c>
+      <c r="E526" t="s">
+        <v>20</v>
+      </c>
+      <c r="F526" t="s">
+        <v>21</v>
+      </c>
+      <c r="G526" t="s">
+        <v>835</v>
+      </c>
+      <c r="H526">
         <v>112630</v>
       </c>
-      <c r="G524">
+      <c r="I526">
         <v>114975</v>
       </c>
-      <c r="H524" t="s">
-[...19 lines deleted...]
-      <c r="F525">
+      <c r="J526" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10">
+      <c r="A527" t="s">
+        <v>10</v>
+      </c>
+      <c r="B527" t="s">
+        <v>11</v>
+      </c>
+      <c r="C527" t="s">
+        <v>837</v>
+      </c>
+      <c r="D527" t="s">
+        <v>13</v>
+      </c>
+      <c r="E527" t="s">
+        <v>20</v>
+      </c>
+      <c r="F527" t="s">
+        <v>21</v>
+      </c>
+      <c r="G527" t="s">
+        <v>838</v>
+      </c>
+      <c r="H527">
         <v>110415</v>
       </c>
-      <c r="G525">
+      <c r="I527">
         <v>112629</v>
       </c>
-      <c r="H525" t="s">
-[...19 lines deleted...]
-      <c r="F526">
+      <c r="J527" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="528" spans="1:10">
+      <c r="A528" t="s">
+        <v>10</v>
+      </c>
+      <c r="B528" t="s">
+        <v>11</v>
+      </c>
+      <c r="C528" t="s">
+        <v>837</v>
+      </c>
+      <c r="D528" t="s">
+        <v>13</v>
+      </c>
+      <c r="E528" t="s">
+        <v>20</v>
+      </c>
+      <c r="F528" t="s">
+        <v>21</v>
+      </c>
+      <c r="G528" t="s">
+        <v>840</v>
+      </c>
+      <c r="H528">
         <v>108281</v>
       </c>
-      <c r="G526">
+      <c r="I528">
         <v>110414</v>
       </c>
-      <c r="H526" t="s">
-[...19 lines deleted...]
-      <c r="F527">
+      <c r="J528" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10">
+      <c r="A529" t="s">
+        <v>10</v>
+      </c>
+      <c r="B529" t="s">
+        <v>11</v>
+      </c>
+      <c r="C529" t="s">
+        <v>837</v>
+      </c>
+      <c r="D529" t="s">
+        <v>13</v>
+      </c>
+      <c r="E529" t="s">
+        <v>20</v>
+      </c>
+      <c r="F529" t="s">
+        <v>21</v>
+      </c>
+      <c r="G529" t="s">
+        <v>842</v>
+      </c>
+      <c r="H529">
         <v>105881</v>
       </c>
-      <c r="G527">
+      <c r="I529">
         <v>108280</v>
       </c>
-      <c r="H527" t="s">
-[...19 lines deleted...]
-      <c r="F528">
+      <c r="J529" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10">
+      <c r="A530" t="s">
+        <v>10</v>
+      </c>
+      <c r="B530" t="s">
+        <v>11</v>
+      </c>
+      <c r="C530" t="s">
+        <v>837</v>
+      </c>
+      <c r="D530" t="s">
+        <v>13</v>
+      </c>
+      <c r="E530" t="s">
+        <v>20</v>
+      </c>
+      <c r="F530" t="s">
+        <v>21</v>
+      </c>
+      <c r="G530" t="s">
+        <v>844</v>
+      </c>
+      <c r="H530">
         <v>103449</v>
       </c>
-      <c r="G528">
+      <c r="I530">
         <v>105880</v>
       </c>
-      <c r="H528" t="s">
-[...19 lines deleted...]
-      <c r="F529">
+      <c r="J530" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10">
+      <c r="A531" t="s">
+        <v>10</v>
+      </c>
+      <c r="B531" t="s">
+        <v>11</v>
+      </c>
+      <c r="C531" t="s">
+        <v>846</v>
+      </c>
+      <c r="D531" t="s">
+        <v>13</v>
+      </c>
+      <c r="E531" t="s">
+        <v>20</v>
+      </c>
+      <c r="F531" t="s">
+        <v>21</v>
+      </c>
+      <c r="G531" t="s">
+        <v>847</v>
+      </c>
+      <c r="H531">
         <v>100049</v>
       </c>
-      <c r="G529">
+      <c r="I531">
         <v>103448</v>
       </c>
-      <c r="H529" t="s">
-[...19 lines deleted...]
-      <c r="F530">
+      <c r="J531" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10">
+      <c r="A532" t="s">
+        <v>10</v>
+      </c>
+      <c r="B532" t="s">
+        <v>11</v>
+      </c>
+      <c r="C532" t="s">
+        <v>846</v>
+      </c>
+      <c r="D532" t="s">
+        <v>13</v>
+      </c>
+      <c r="E532" t="s">
+        <v>20</v>
+      </c>
+      <c r="F532" t="s">
+        <v>21</v>
+      </c>
+      <c r="G532" t="s">
+        <v>849</v>
+      </c>
+      <c r="H532">
         <v>96584</v>
       </c>
-      <c r="G530">
+      <c r="I532">
         <v>100048</v>
       </c>
-      <c r="H530" t="s">
-[...16 lines deleted...]
-      <c r="E531">
+      <c r="J532" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10">
+      <c r="A533" t="s">
+        <v>10</v>
+      </c>
+      <c r="B533" t="s">
+        <v>11</v>
+      </c>
+      <c r="C533" t="s">
+        <v>846</v>
+      </c>
+      <c r="D533" t="s">
+        <v>13</v>
+      </c>
+      <c r="E533" t="s">
+        <v>20</v>
+      </c>
+      <c r="F533" t="s">
+        <v>21</v>
+      </c>
+      <c r="G533">
         <v>201</v>
       </c>
-      <c r="F531">
+      <c r="H533">
         <v>96383</v>
       </c>
-      <c r="G531">
+      <c r="I533">
         <v>96583</v>
       </c>
-      <c r="H531" t="s">
+      <c r="J533" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10">
+      <c r="A534" t="s">
+        <v>10</v>
+      </c>
+      <c r="B534" t="s">
+        <v>11</v>
+      </c>
+      <c r="C534" t="s">
+        <v>846</v>
+      </c>
+      <c r="D534" t="s">
+        <v>13</v>
+      </c>
+      <c r="E534" t="s">
+        <v>20</v>
+      </c>
+      <c r="F534" t="s">
+        <v>21</v>
+      </c>
+      <c r="G534" t="s">
+        <v>852</v>
+      </c>
+      <c r="H534">
+        <v>94752</v>
+      </c>
+      <c r="I534">
+        <v>96382</v>
+      </c>
+      <c r="J534" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10">
+      <c r="A535" t="s">
+        <v>10</v>
+      </c>
+      <c r="B535" t="s">
+        <v>11</v>
+      </c>
+      <c r="C535" t="s">
+        <v>846</v>
+      </c>
+      <c r="D535" t="s">
+        <v>13</v>
+      </c>
+      <c r="E535" t="s">
+        <v>20</v>
+      </c>
+      <c r="F535" t="s">
+        <v>21</v>
+      </c>
+      <c r="G535">
+        <v>912</v>
+      </c>
+      <c r="H535">
+        <v>93840</v>
+      </c>
+      <c r="I535">
+        <v>94751</v>
+      </c>
+      <c r="J535" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10">
+      <c r="A536" t="s">
+        <v>10</v>
+      </c>
+      <c r="B536" t="s">
+        <v>11</v>
+      </c>
+      <c r="C536" t="s">
+        <v>846</v>
+      </c>
+      <c r="D536" t="s">
+        <v>13</v>
+      </c>
+      <c r="E536" t="s">
+        <v>20</v>
+      </c>
+      <c r="F536" t="s">
+        <v>21</v>
+      </c>
+      <c r="G536">
+        <v>488</v>
+      </c>
+      <c r="H536">
+        <v>93352</v>
+      </c>
+      <c r="I536">
+        <v>93839</v>
+      </c>
+      <c r="J536" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10">
+      <c r="A537" t="s">
+        <v>10</v>
+      </c>
+      <c r="B537" t="s">
+        <v>11</v>
+      </c>
+      <c r="C537" t="s">
+        <v>846</v>
+      </c>
+      <c r="D537" t="s">
+        <v>13</v>
+      </c>
+      <c r="E537" t="s">
+        <v>20</v>
+      </c>
+      <c r="F537" t="s">
+        <v>21</v>
+      </c>
+      <c r="G537" t="s">
+        <v>856</v>
+      </c>
+      <c r="H537">
+        <v>88846</v>
+      </c>
+      <c r="I537">
+        <v>93351</v>
+      </c>
+      <c r="J537" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10">
+      <c r="A538" t="s">
+        <v>10</v>
+      </c>
+      <c r="B538" t="s">
+        <v>11</v>
+      </c>
+      <c r="C538" t="s">
+        <v>858</v>
+      </c>
+      <c r="D538" t="s">
+        <v>13</v>
+      </c>
+      <c r="E538" t="s">
+        <v>20</v>
+      </c>
+      <c r="F538" t="s">
+        <v>859</v>
+      </c>
+      <c r="G538" t="s">
+        <v>860</v>
+      </c>
+      <c r="H538">
+        <v>510395</v>
+      </c>
+      <c r="I538">
+        <v>511759</v>
+      </c>
+      <c r="J538" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10">
+      <c r="A539" t="s">
+        <v>10</v>
+      </c>
+      <c r="B539" t="s">
+        <v>11</v>
+      </c>
+      <c r="C539" t="s">
+        <v>858</v>
+      </c>
+      <c r="D539" t="s">
+        <v>13</v>
+      </c>
+      <c r="E539" t="s">
+        <v>20</v>
+      </c>
+      <c r="F539" t="s">
+        <v>859</v>
+      </c>
+      <c r="G539" t="s">
+        <v>862</v>
+      </c>
+      <c r="H539">
+        <v>509273</v>
+      </c>
+      <c r="I539">
+        <v>510394</v>
+      </c>
+      <c r="J539" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10">
+      <c r="A540" t="s">
+        <v>10</v>
+      </c>
+      <c r="B540" t="s">
+        <v>11</v>
+      </c>
+      <c r="C540" t="s">
+        <v>858</v>
+      </c>
+      <c r="D540" t="s">
+        <v>13</v>
+      </c>
+      <c r="E540" t="s">
+        <v>20</v>
+      </c>
+      <c r="F540" t="s">
+        <v>859</v>
+      </c>
+      <c r="G540">
+        <v>813</v>
+      </c>
+      <c r="H540">
+        <v>508460</v>
+      </c>
+      <c r="I540">
+        <v>509272</v>
+      </c>
+      <c r="J540" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10">
+      <c r="A541" t="s">
+        <v>10</v>
+      </c>
+      <c r="B541" t="s">
+        <v>11</v>
+      </c>
+      <c r="C541" t="s">
+        <v>858</v>
+      </c>
+      <c r="D541" t="s">
+        <v>13</v>
+      </c>
+      <c r="E541" t="s">
+        <v>20</v>
+      </c>
+      <c r="F541" t="s">
+        <v>859</v>
+      </c>
+      <c r="G541">
         <v>843</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="E533">
+      <c r="H541">
+        <v>507617</v>
+      </c>
+      <c r="I541">
+        <v>508459</v>
+      </c>
+      <c r="J541" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="542" spans="1:10">
+      <c r="A542" t="s">
+        <v>10</v>
+      </c>
+      <c r="B542" t="s">
+        <v>11</v>
+      </c>
+      <c r="C542" t="s">
+        <v>858</v>
+      </c>
+      <c r="D542" t="s">
+        <v>13</v>
+      </c>
+      <c r="E542" t="s">
+        <v>20</v>
+      </c>
+      <c r="F542" t="s">
+        <v>859</v>
+      </c>
+      <c r="G542" t="s">
+        <v>659</v>
+      </c>
+      <c r="H542">
+        <v>505864</v>
+      </c>
+      <c r="I542">
+        <v>507616</v>
+      </c>
+      <c r="J542" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10">
+      <c r="A543" t="s">
+        <v>10</v>
+      </c>
+      <c r="B543" t="s">
+        <v>11</v>
+      </c>
+      <c r="C543" t="s">
+        <v>858</v>
+      </c>
+      <c r="D543" t="s">
+        <v>13</v>
+      </c>
+      <c r="E543" t="s">
+        <v>20</v>
+      </c>
+      <c r="F543" t="s">
+        <v>859</v>
+      </c>
+      <c r="G543">
+        <v>382</v>
+      </c>
+      <c r="H543">
+        <v>505482</v>
+      </c>
+      <c r="I543">
+        <v>505863</v>
+      </c>
+      <c r="J543" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10">
+      <c r="A544" t="s">
+        <v>10</v>
+      </c>
+      <c r="B544" t="s">
+        <v>11</v>
+      </c>
+      <c r="C544" t="s">
+        <v>858</v>
+      </c>
+      <c r="D544" t="s">
+        <v>13</v>
+      </c>
+      <c r="E544" t="s">
+        <v>20</v>
+      </c>
+      <c r="F544" t="s">
+        <v>859</v>
+      </c>
+      <c r="G544" t="s">
+        <v>868</v>
+      </c>
+      <c r="H544">
+        <v>503151</v>
+      </c>
+      <c r="I544">
+        <v>505481</v>
+      </c>
+      <c r="J544" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10">
+      <c r="A545" t="s">
+        <v>10</v>
+      </c>
+      <c r="B545" t="s">
+        <v>11</v>
+      </c>
+      <c r="C545" t="s">
+        <v>858</v>
+      </c>
+      <c r="D545" t="s">
+        <v>13</v>
+      </c>
+      <c r="E545" t="s">
+        <v>20</v>
+      </c>
+      <c r="F545" t="s">
+        <v>859</v>
+      </c>
+      <c r="G545">
+        <v>231</v>
+      </c>
+      <c r="H545">
+        <v>502920</v>
+      </c>
+      <c r="I545">
+        <v>503150</v>
+      </c>
+      <c r="J545" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10">
+      <c r="A546" t="s">
+        <v>10</v>
+      </c>
+      <c r="B546" t="s">
+        <v>11</v>
+      </c>
+      <c r="C546" t="s">
+        <v>858</v>
+      </c>
+      <c r="D546" t="s">
+        <v>13</v>
+      </c>
+      <c r="E546" t="s">
+        <v>20</v>
+      </c>
+      <c r="F546" t="s">
+        <v>859</v>
+      </c>
+      <c r="G546">
+        <v>974</v>
+      </c>
+      <c r="H546">
+        <v>501946</v>
+      </c>
+      <c r="I546">
+        <v>502919</v>
+      </c>
+      <c r="J546" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10">
+      <c r="A547" t="s">
+        <v>10</v>
+      </c>
+      <c r="B547" t="s">
+        <v>11</v>
+      </c>
+      <c r="C547" t="s">
+        <v>858</v>
+      </c>
+      <c r="D547" t="s">
+        <v>13</v>
+      </c>
+      <c r="E547" t="s">
+        <v>20</v>
+      </c>
+      <c r="F547" t="s">
+        <v>859</v>
+      </c>
+      <c r="G547" t="s">
+        <v>872</v>
+      </c>
+      <c r="H547">
+        <v>500001</v>
+      </c>
+      <c r="I547">
+        <v>501945</v>
+      </c>
+      <c r="J547" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10">
+      <c r="A548" t="s">
+        <v>10</v>
+      </c>
+      <c r="B548" t="s">
+        <v>11</v>
+      </c>
+      <c r="C548" t="s">
+        <v>874</v>
+      </c>
+      <c r="D548" t="s">
+        <v>13</v>
+      </c>
+      <c r="E548" t="s">
+        <v>875</v>
+      </c>
+      <c r="F548" t="s">
+        <v>475</v>
+      </c>
+      <c r="G548">
+        <v>100</v>
+      </c>
+      <c r="H548">
+        <v>1</v>
+      </c>
+      <c r="I548">
+        <v>100</v>
+      </c>
+      <c r="J548" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10">
+      <c r="A549" t="s">
+        <v>10</v>
+      </c>
+      <c r="B549" t="s">
+        <v>11</v>
+      </c>
+      <c r="C549" t="s">
+        <v>877</v>
+      </c>
+      <c r="D549" t="s">
+        <v>13</v>
+      </c>
+      <c r="E549" t="s">
+        <v>20</v>
+      </c>
+      <c r="F549" t="s">
+        <v>21</v>
+      </c>
+      <c r="G549" t="s">
+        <v>878</v>
+      </c>
+      <c r="H549">
+        <v>87652</v>
+      </c>
+      <c r="I549">
+        <v>88845</v>
+      </c>
+      <c r="J549" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10">
+      <c r="A550" t="s">
+        <v>10</v>
+      </c>
+      <c r="B550" t="s">
+        <v>11</v>
+      </c>
+      <c r="C550" t="s">
+        <v>877</v>
+      </c>
+      <c r="D550" t="s">
+        <v>13</v>
+      </c>
+      <c r="E550" t="s">
+        <v>20</v>
+      </c>
+      <c r="F550" t="s">
+        <v>21</v>
+      </c>
+      <c r="G550" t="s">
+        <v>803</v>
+      </c>
+      <c r="H550">
+        <v>86133</v>
+      </c>
+      <c r="I550">
+        <v>87651</v>
+      </c>
+      <c r="J550" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10">
+      <c r="A551" t="s">
+        <v>10</v>
+      </c>
+      <c r="B551" t="s">
+        <v>11</v>
+      </c>
+      <c r="C551" t="s">
+        <v>877</v>
+      </c>
+      <c r="D551" t="s">
+        <v>13</v>
+      </c>
+      <c r="E551" t="s">
+        <v>20</v>
+      </c>
+      <c r="F551" t="s">
+        <v>21</v>
+      </c>
+      <c r="G551">
+        <v>535</v>
+      </c>
+      <c r="H551">
+        <v>85598</v>
+      </c>
+      <c r="I551">
+        <v>86132</v>
+      </c>
+      <c r="J551" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="552" spans="1:10">
+      <c r="A552" t="s">
+        <v>10</v>
+      </c>
+      <c r="B552" t="s">
+        <v>11</v>
+      </c>
+      <c r="C552" t="s">
+        <v>877</v>
+      </c>
+      <c r="D552" t="s">
+        <v>13</v>
+      </c>
+      <c r="E552" t="s">
+        <v>20</v>
+      </c>
+      <c r="F552" t="s">
+        <v>21</v>
+      </c>
+      <c r="G552">
+        <v>936</v>
+      </c>
+      <c r="H552">
+        <v>84662</v>
+      </c>
+      <c r="I552">
+        <v>85597</v>
+      </c>
+      <c r="J552" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10">
+      <c r="A553" t="s">
+        <v>10</v>
+      </c>
+      <c r="B553" t="s">
+        <v>11</v>
+      </c>
+      <c r="C553" t="s">
+        <v>877</v>
+      </c>
+      <c r="D553" t="s">
+        <v>13</v>
+      </c>
+      <c r="E553" t="s">
+        <v>20</v>
+      </c>
+      <c r="F553" t="s">
+        <v>21</v>
+      </c>
+      <c r="G553">
+        <v>335</v>
+      </c>
+      <c r="H553">
+        <v>84327</v>
+      </c>
+      <c r="I553">
+        <v>84661</v>
+      </c>
+      <c r="J553" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10">
+      <c r="A554" t="s">
+        <v>10</v>
+      </c>
+      <c r="B554" t="s">
+        <v>11</v>
+      </c>
+      <c r="C554" t="s">
+        <v>877</v>
+      </c>
+      <c r="D554" t="s">
+        <v>13</v>
+      </c>
+      <c r="E554" t="s">
+        <v>20</v>
+      </c>
+      <c r="F554" t="s">
+        <v>21</v>
+      </c>
+      <c r="G554">
+        <v>996</v>
+      </c>
+      <c r="H554">
+        <v>83331</v>
+      </c>
+      <c r="I554">
+        <v>84326</v>
+      </c>
+      <c r="J554" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="555" spans="1:10">
+      <c r="A555" t="s">
+        <v>10</v>
+      </c>
+      <c r="B555" t="s">
+        <v>11</v>
+      </c>
+      <c r="C555" t="s">
+        <v>877</v>
+      </c>
+      <c r="D555" t="s">
+        <v>13</v>
+      </c>
+      <c r="E555" t="s">
+        <v>20</v>
+      </c>
+      <c r="F555" t="s">
+        <v>21</v>
+      </c>
+      <c r="G555">
+        <v>972</v>
+      </c>
+      <c r="H555">
+        <v>82359</v>
+      </c>
+      <c r="I555">
+        <v>83330</v>
+      </c>
+      <c r="J555" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10">
+      <c r="A556" t="s">
+        <v>10</v>
+      </c>
+      <c r="B556" t="s">
+        <v>11</v>
+      </c>
+      <c r="C556" t="s">
+        <v>877</v>
+      </c>
+      <c r="D556" t="s">
+        <v>13</v>
+      </c>
+      <c r="E556" t="s">
+        <v>20</v>
+      </c>
+      <c r="F556" t="s">
+        <v>21</v>
+      </c>
+      <c r="G556" t="s">
+        <v>886</v>
+      </c>
+      <c r="H556">
+        <v>80958</v>
+      </c>
+      <c r="I556">
+        <v>82358</v>
+      </c>
+      <c r="J556" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10">
+      <c r="A557" t="s">
+        <v>10</v>
+      </c>
+      <c r="B557" t="s">
+        <v>11</v>
+      </c>
+      <c r="C557" t="s">
+        <v>877</v>
+      </c>
+      <c r="D557" t="s">
+        <v>13</v>
+      </c>
+      <c r="E557" t="s">
+        <v>20</v>
+      </c>
+      <c r="F557" t="s">
+        <v>21</v>
+      </c>
+      <c r="G557" t="s">
+        <v>888</v>
+      </c>
+      <c r="H557">
+        <v>78865</v>
+      </c>
+      <c r="I557">
+        <v>80957</v>
+      </c>
+      <c r="J557" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="558" spans="1:10">
+      <c r="A558" t="s">
+        <v>10</v>
+      </c>
+      <c r="B558" t="s">
+        <v>11</v>
+      </c>
+      <c r="C558" t="s">
+        <v>877</v>
+      </c>
+      <c r="D558" t="s">
+        <v>13</v>
+      </c>
+      <c r="E558" t="s">
+        <v>20</v>
+      </c>
+      <c r="F558" t="s">
+        <v>21</v>
+      </c>
+      <c r="G558" t="s">
+        <v>890</v>
+      </c>
+      <c r="H558">
+        <v>77323</v>
+      </c>
+      <c r="I558">
+        <v>78864</v>
+      </c>
+      <c r="J558" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="559" spans="1:10">
+      <c r="A559" t="s">
+        <v>10</v>
+      </c>
+      <c r="B559" t="s">
+        <v>11</v>
+      </c>
+      <c r="C559" t="s">
+        <v>877</v>
+      </c>
+      <c r="D559" t="s">
+        <v>13</v>
+      </c>
+      <c r="E559" t="s">
+        <v>20</v>
+      </c>
+      <c r="F559" t="s">
+        <v>21</v>
+      </c>
+      <c r="G559" t="s">
+        <v>892</v>
+      </c>
+      <c r="H559">
+        <v>76204</v>
+      </c>
+      <c r="I559">
+        <v>77322</v>
+      </c>
+      <c r="J559" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10">
+      <c r="A560" t="s">
+        <v>10</v>
+      </c>
+      <c r="B560" t="s">
+        <v>11</v>
+      </c>
+      <c r="C560" t="s">
+        <v>877</v>
+      </c>
+      <c r="D560" t="s">
+        <v>13</v>
+      </c>
+      <c r="E560" t="s">
+        <v>20</v>
+      </c>
+      <c r="F560" t="s">
+        <v>21</v>
+      </c>
+      <c r="G560" t="s">
+        <v>894</v>
+      </c>
+      <c r="H560">
+        <v>74638</v>
+      </c>
+      <c r="I560">
+        <v>76203</v>
+      </c>
+      <c r="J560" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10">
+      <c r="A561" t="s">
+        <v>10</v>
+      </c>
+      <c r="B561" t="s">
+        <v>11</v>
+      </c>
+      <c r="C561" t="s">
+        <v>877</v>
+      </c>
+      <c r="D561" t="s">
+        <v>13</v>
+      </c>
+      <c r="E561" t="s">
+        <v>20</v>
+      </c>
+      <c r="F561" t="s">
+        <v>21</v>
+      </c>
+      <c r="G561" t="s">
+        <v>896</v>
+      </c>
+      <c r="H561">
+        <v>73357</v>
+      </c>
+      <c r="I561">
+        <v>74637</v>
+      </c>
+      <c r="J561" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10">
+      <c r="A562" t="s">
+        <v>10</v>
+      </c>
+      <c r="B562" t="s">
+        <v>11</v>
+      </c>
+      <c r="C562" t="s">
+        <v>877</v>
+      </c>
+      <c r="D562" t="s">
+        <v>13</v>
+      </c>
+      <c r="E562" t="s">
+        <v>20</v>
+      </c>
+      <c r="F562" t="s">
+        <v>21</v>
+      </c>
+      <c r="G562" t="s">
+        <v>898</v>
+      </c>
+      <c r="H562">
+        <v>71693</v>
+      </c>
+      <c r="I562">
+        <v>73356</v>
+      </c>
+      <c r="J562" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="563" spans="1:10">
+      <c r="A563" t="s">
+        <v>10</v>
+      </c>
+      <c r="B563" t="s">
+        <v>11</v>
+      </c>
+      <c r="C563" t="s">
+        <v>900</v>
+      </c>
+      <c r="D563" t="s">
+        <v>13</v>
+      </c>
+      <c r="E563" t="s">
+        <v>20</v>
+      </c>
+      <c r="F563" t="s">
+        <v>21</v>
+      </c>
+      <c r="G563">
+        <v>486</v>
+      </c>
+      <c r="H563">
+        <v>71207</v>
+      </c>
+      <c r="I563">
+        <v>71692</v>
+      </c>
+      <c r="J563" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10">
+      <c r="A564" t="s">
+        <v>10</v>
+      </c>
+      <c r="B564" t="s">
+        <v>11</v>
+      </c>
+      <c r="C564" t="s">
+        <v>900</v>
+      </c>
+      <c r="D564" t="s">
+        <v>13</v>
+      </c>
+      <c r="E564" t="s">
+        <v>20</v>
+      </c>
+      <c r="F564" t="s">
+        <v>21</v>
+      </c>
+      <c r="G564">
+        <v>763</v>
+      </c>
+      <c r="H564">
+        <v>70444</v>
+      </c>
+      <c r="I564">
+        <v>71206</v>
+      </c>
+      <c r="J564" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10">
+      <c r="A565" t="s">
+        <v>10</v>
+      </c>
+      <c r="B565" t="s">
+        <v>11</v>
+      </c>
+      <c r="C565" t="s">
+        <v>900</v>
+      </c>
+      <c r="D565" t="s">
+        <v>13</v>
+      </c>
+      <c r="E565" t="s">
+        <v>20</v>
+      </c>
+      <c r="F565" t="s">
+        <v>21</v>
+      </c>
+      <c r="G565" t="s">
+        <v>903</v>
+      </c>
+      <c r="H565">
+        <v>68708</v>
+      </c>
+      <c r="I565">
+        <v>70443</v>
+      </c>
+      <c r="J565" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="566" spans="1:10">
+      <c r="A566" t="s">
+        <v>10</v>
+      </c>
+      <c r="B566" t="s">
+        <v>11</v>
+      </c>
+      <c r="C566" t="s">
+        <v>900</v>
+      </c>
+      <c r="D566" t="s">
+        <v>13</v>
+      </c>
+      <c r="E566" t="s">
+        <v>20</v>
+      </c>
+      <c r="F566" t="s">
+        <v>21</v>
+      </c>
+      <c r="G566" t="s">
+        <v>905</v>
+      </c>
+      <c r="H566">
+        <v>67320</v>
+      </c>
+      <c r="I566">
+        <v>68707</v>
+      </c>
+      <c r="J566" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10">
+      <c r="A567" t="s">
+        <v>10</v>
+      </c>
+      <c r="B567" t="s">
+        <v>11</v>
+      </c>
+      <c r="C567" t="s">
+        <v>900</v>
+      </c>
+      <c r="D567" t="s">
+        <v>13</v>
+      </c>
+      <c r="E567" t="s">
+        <v>20</v>
+      </c>
+      <c r="F567" t="s">
+        <v>21</v>
+      </c>
+      <c r="G567" t="s">
+        <v>907</v>
+      </c>
+      <c r="H567">
+        <v>65667</v>
+      </c>
+      <c r="I567">
+        <v>67319</v>
+      </c>
+      <c r="J567" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10">
+      <c r="A568" t="s">
+        <v>10</v>
+      </c>
+      <c r="B568" t="s">
+        <v>11</v>
+      </c>
+      <c r="C568" t="s">
+        <v>900</v>
+      </c>
+      <c r="D568" t="s">
+        <v>13</v>
+      </c>
+      <c r="E568" t="s">
+        <v>20</v>
+      </c>
+      <c r="F568" t="s">
+        <v>21</v>
+      </c>
+      <c r="G568" t="s">
+        <v>395</v>
+      </c>
+      <c r="H568">
+        <v>64039</v>
+      </c>
+      <c r="I568">
+        <v>65666</v>
+      </c>
+      <c r="J568" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10">
+      <c r="A569" t="s">
+        <v>10</v>
+      </c>
+      <c r="B569" t="s">
+        <v>11</v>
+      </c>
+      <c r="C569" t="s">
+        <v>900</v>
+      </c>
+      <c r="D569" t="s">
+        <v>13</v>
+      </c>
+      <c r="E569" t="s">
+        <v>20</v>
+      </c>
+      <c r="F569" t="s">
+        <v>21</v>
+      </c>
+      <c r="G569" t="s">
+        <v>910</v>
+      </c>
+      <c r="H569">
+        <v>62716</v>
+      </c>
+      <c r="I569">
+        <v>64038</v>
+      </c>
+      <c r="J569" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10">
+      <c r="A570" t="s">
+        <v>10</v>
+      </c>
+      <c r="B570" t="s">
+        <v>11</v>
+      </c>
+      <c r="C570" t="s">
+        <v>900</v>
+      </c>
+      <c r="D570" t="s">
+        <v>13</v>
+      </c>
+      <c r="E570" t="s">
+        <v>44</v>
+      </c>
+      <c r="F570" t="s">
+        <v>21</v>
+      </c>
+      <c r="G570" t="s">
+        <v>123</v>
+      </c>
+      <c r="H570">
+        <v>61005</v>
+      </c>
+      <c r="I570">
+        <v>62715</v>
+      </c>
+      <c r="J570" t="s">
         <v>912</v>
       </c>
-      <c r="F533">
-[...126 lines deleted...]
-      <c r="E538">
+    </row>
+    <row r="571" spans="1:10">
+      <c r="A571" t="s">
+        <v>10</v>
+      </c>
+      <c r="B571" t="s">
+        <v>11</v>
+      </c>
+      <c r="C571" t="s">
+        <v>900</v>
+      </c>
+      <c r="D571" t="s">
+        <v>13</v>
+      </c>
+      <c r="E571" t="s">
+        <v>44</v>
+      </c>
+      <c r="F571" t="s">
+        <v>21</v>
+      </c>
+      <c r="G571" t="s">
+        <v>340</v>
+      </c>
+      <c r="H571">
+        <v>59459</v>
+      </c>
+      <c r="I571">
+        <v>61004</v>
+      </c>
+      <c r="J571" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10">
+      <c r="A572" t="s">
+        <v>10</v>
+      </c>
+      <c r="B572" t="s">
+        <v>11</v>
+      </c>
+      <c r="C572" t="s">
+        <v>900</v>
+      </c>
+      <c r="D572" t="s">
+        <v>13</v>
+      </c>
+      <c r="E572" t="s">
+        <v>44</v>
+      </c>
+      <c r="F572" t="s">
+        <v>21</v>
+      </c>
+      <c r="G572" t="s">
+        <v>914</v>
+      </c>
+      <c r="H572">
+        <v>57548</v>
+      </c>
+      <c r="I572">
+        <v>59458</v>
+      </c>
+      <c r="J572" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="573" spans="1:10">
+      <c r="A573" t="s">
+        <v>10</v>
+      </c>
+      <c r="B573" t="s">
+        <v>11</v>
+      </c>
+      <c r="C573" t="s">
+        <v>900</v>
+      </c>
+      <c r="D573" t="s">
+        <v>13</v>
+      </c>
+      <c r="E573" t="s">
+        <v>44</v>
+      </c>
+      <c r="F573" t="s">
+        <v>21</v>
+      </c>
+      <c r="G573" t="s">
+        <v>916</v>
+      </c>
+      <c r="H573">
+        <v>55649</v>
+      </c>
+      <c r="I573">
+        <v>57547</v>
+      </c>
+      <c r="J573" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10">
+      <c r="A574" t="s">
+        <v>10</v>
+      </c>
+      <c r="B574" t="s">
+        <v>11</v>
+      </c>
+      <c r="C574" t="s">
+        <v>900</v>
+      </c>
+      <c r="D574" t="s">
+        <v>13</v>
+      </c>
+      <c r="E574" t="s">
+        <v>44</v>
+      </c>
+      <c r="F574" t="s">
+        <v>21</v>
+      </c>
+      <c r="G574" t="s">
+        <v>918</v>
+      </c>
+      <c r="H574">
+        <v>54066</v>
+      </c>
+      <c r="I574">
+        <v>55648</v>
+      </c>
+      <c r="J574" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10">
+      <c r="A575" t="s">
+        <v>10</v>
+      </c>
+      <c r="B575" t="s">
+        <v>11</v>
+      </c>
+      <c r="C575" t="s">
+        <v>900</v>
+      </c>
+      <c r="D575" t="s">
+        <v>13</v>
+      </c>
+      <c r="E575" t="s">
+        <v>44</v>
+      </c>
+      <c r="F575" t="s">
+        <v>21</v>
+      </c>
+      <c r="G575" t="s">
+        <v>920</v>
+      </c>
+      <c r="H575">
+        <v>51826</v>
+      </c>
+      <c r="I575">
+        <v>54065</v>
+      </c>
+      <c r="J575" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10">
+      <c r="A576" t="s">
+        <v>10</v>
+      </c>
+      <c r="B576" t="s">
+        <v>11</v>
+      </c>
+      <c r="C576" t="s">
+        <v>900</v>
+      </c>
+      <c r="D576" t="s">
+        <v>13</v>
+      </c>
+      <c r="E576" t="s">
+        <v>44</v>
+      </c>
+      <c r="F576" t="s">
+        <v>21</v>
+      </c>
+      <c r="G576" t="s">
+        <v>922</v>
+      </c>
+      <c r="H576">
+        <v>49815</v>
+      </c>
+      <c r="I576">
+        <v>51825</v>
+      </c>
+      <c r="J576" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10">
+      <c r="A577" t="s">
+        <v>10</v>
+      </c>
+      <c r="B577" t="s">
+        <v>11</v>
+      </c>
+      <c r="C577" t="s">
+        <v>900</v>
+      </c>
+      <c r="D577" t="s">
+        <v>13</v>
+      </c>
+      <c r="E577" t="s">
+        <v>44</v>
+      </c>
+      <c r="F577" t="s">
+        <v>21</v>
+      </c>
+      <c r="G577" t="s">
+        <v>355</v>
+      </c>
+      <c r="H577">
+        <v>47833</v>
+      </c>
+      <c r="I577">
+        <v>49814</v>
+      </c>
+      <c r="J577" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10">
+      <c r="A578" t="s">
+        <v>10</v>
+      </c>
+      <c r="B578" t="s">
+        <v>11</v>
+      </c>
+      <c r="C578" t="s">
+        <v>900</v>
+      </c>
+      <c r="D578" t="s">
+        <v>13</v>
+      </c>
+      <c r="E578" t="s">
+        <v>44</v>
+      </c>
+      <c r="F578" t="s">
+        <v>21</v>
+      </c>
+      <c r="G578" t="s">
+        <v>920</v>
+      </c>
+      <c r="H578">
+        <v>45593</v>
+      </c>
+      <c r="I578">
+        <v>47832</v>
+      </c>
+      <c r="J578" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10">
+      <c r="A579" t="s">
+        <v>10</v>
+      </c>
+      <c r="B579" t="s">
+        <v>11</v>
+      </c>
+      <c r="C579" t="s">
+        <v>900</v>
+      </c>
+      <c r="D579" t="s">
+        <v>13</v>
+      </c>
+      <c r="E579" t="s">
+        <v>44</v>
+      </c>
+      <c r="F579" t="s">
+        <v>21</v>
+      </c>
+      <c r="G579" t="s">
+        <v>926</v>
+      </c>
+      <c r="H579">
+        <v>43695</v>
+      </c>
+      <c r="I579">
+        <v>45592</v>
+      </c>
+      <c r="J579" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="580" spans="1:10">
+      <c r="A580" t="s">
+        <v>10</v>
+      </c>
+      <c r="B580" t="s">
+        <v>11</v>
+      </c>
+      <c r="C580" t="s">
+        <v>900</v>
+      </c>
+      <c r="D580" t="s">
+        <v>13</v>
+      </c>
+      <c r="E580" t="s">
+        <v>44</v>
+      </c>
+      <c r="F580" t="s">
+        <v>21</v>
+      </c>
+      <c r="G580" t="s">
+        <v>928</v>
+      </c>
+      <c r="H580">
+        <v>40990</v>
+      </c>
+      <c r="I580">
+        <v>43694</v>
+      </c>
+      <c r="J580" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10">
+      <c r="A581" t="s">
+        <v>10</v>
+      </c>
+      <c r="B581" t="s">
+        <v>11</v>
+      </c>
+      <c r="C581" t="s">
+        <v>900</v>
+      </c>
+      <c r="D581" t="s">
+        <v>13</v>
+      </c>
+      <c r="E581" t="s">
+        <v>20</v>
+      </c>
+      <c r="F581" t="s">
+        <v>21</v>
+      </c>
+      <c r="G581" t="s">
+        <v>930</v>
+      </c>
+      <c r="H581">
+        <v>38791</v>
+      </c>
+      <c r="I581">
+        <v>40989</v>
+      </c>
+      <c r="J581" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="582" spans="1:10">
+      <c r="A582" t="s">
+        <v>10</v>
+      </c>
+      <c r="B582" t="s">
+        <v>11</v>
+      </c>
+      <c r="C582" t="s">
+        <v>900</v>
+      </c>
+      <c r="D582" t="s">
+        <v>13</v>
+      </c>
+      <c r="E582" t="s">
+        <v>20</v>
+      </c>
+      <c r="F582" t="s">
+        <v>21</v>
+      </c>
+      <c r="G582" t="s">
+        <v>932</v>
+      </c>
+      <c r="H582">
+        <v>36178</v>
+      </c>
+      <c r="I582">
+        <v>38790</v>
+      </c>
+      <c r="J582" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10">
+      <c r="A583" t="s">
+        <v>10</v>
+      </c>
+      <c r="B583" t="s">
+        <v>11</v>
+      </c>
+      <c r="C583" t="s">
+        <v>900</v>
+      </c>
+      <c r="D583" t="s">
+        <v>13</v>
+      </c>
+      <c r="E583" t="s">
+        <v>20</v>
+      </c>
+      <c r="F583" t="s">
+        <v>21</v>
+      </c>
+      <c r="G583" t="s">
+        <v>934</v>
+      </c>
+      <c r="H583">
+        <v>33432</v>
+      </c>
+      <c r="I583">
+        <v>36177</v>
+      </c>
+      <c r="J583" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10">
+      <c r="A584" t="s">
+        <v>10</v>
+      </c>
+      <c r="B584" t="s">
+        <v>11</v>
+      </c>
+      <c r="C584" t="s">
+        <v>900</v>
+      </c>
+      <c r="D584" t="s">
+        <v>13</v>
+      </c>
+      <c r="E584" t="s">
+        <v>20</v>
+      </c>
+      <c r="F584" t="s">
+        <v>21</v>
+      </c>
+      <c r="G584" t="s">
+        <v>936</v>
+      </c>
+      <c r="H584">
+        <v>30895</v>
+      </c>
+      <c r="I584">
+        <v>33431</v>
+      </c>
+      <c r="J584" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10">
+      <c r="A585" t="s">
+        <v>10</v>
+      </c>
+      <c r="B585" t="s">
+        <v>11</v>
+      </c>
+      <c r="C585" t="s">
+        <v>900</v>
+      </c>
+      <c r="D585" t="s">
+        <v>13</v>
+      </c>
+      <c r="E585" t="s">
+        <v>20</v>
+      </c>
+      <c r="F585" t="s">
+        <v>21</v>
+      </c>
+      <c r="G585" t="s">
+        <v>938</v>
+      </c>
+      <c r="H585">
+        <v>27649</v>
+      </c>
+      <c r="I585">
+        <v>30894</v>
+      </c>
+      <c r="J585" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10">
+      <c r="A586" t="s">
+        <v>10</v>
+      </c>
+      <c r="B586" t="s">
+        <v>11</v>
+      </c>
+      <c r="C586" t="s">
+        <v>940</v>
+      </c>
+      <c r="D586" t="s">
+        <v>13</v>
+      </c>
+      <c r="E586" t="s">
+        <v>20</v>
+      </c>
+      <c r="F586" t="s">
+        <v>21</v>
+      </c>
+      <c r="G586" t="s">
+        <v>941</v>
+      </c>
+      <c r="H586">
+        <v>24366</v>
+      </c>
+      <c r="I586">
+        <v>27648</v>
+      </c>
+      <c r="J586" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="587" spans="1:10">
+      <c r="A587" t="s">
+        <v>10</v>
+      </c>
+      <c r="B587" t="s">
+        <v>11</v>
+      </c>
+      <c r="C587" t="s">
+        <v>940</v>
+      </c>
+      <c r="D587" t="s">
+        <v>13</v>
+      </c>
+      <c r="E587" t="s">
+        <v>20</v>
+      </c>
+      <c r="F587" t="s">
+        <v>21</v>
+      </c>
+      <c r="G587" t="s">
+        <v>943</v>
+      </c>
+      <c r="H587">
+        <v>20270</v>
+      </c>
+      <c r="I587">
+        <v>24365</v>
+      </c>
+      <c r="J587" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="588" spans="1:10">
+      <c r="A588" t="s">
+        <v>10</v>
+      </c>
+      <c r="B588" t="s">
+        <v>11</v>
+      </c>
+      <c r="C588" t="s">
+        <v>940</v>
+      </c>
+      <c r="D588" t="s">
+        <v>13</v>
+      </c>
+      <c r="E588" t="s">
+        <v>20</v>
+      </c>
+      <c r="F588" t="s">
+        <v>21</v>
+      </c>
+      <c r="G588" t="s">
+        <v>945</v>
+      </c>
+      <c r="H588">
+        <v>13613</v>
+      </c>
+      <c r="I588">
+        <v>20269</v>
+      </c>
+      <c r="J588" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="589" spans="1:10">
+      <c r="A589" t="s">
+        <v>10</v>
+      </c>
+      <c r="B589" t="s">
+        <v>11</v>
+      </c>
+      <c r="C589" t="s">
+        <v>947</v>
+      </c>
+      <c r="D589" t="s">
+        <v>13</v>
+      </c>
+      <c r="E589" t="s">
+        <v>692</v>
+      </c>
+      <c r="F589" t="s">
+        <v>21</v>
+      </c>
+      <c r="G589" t="s">
+        <v>948</v>
+      </c>
+      <c r="H589">
+        <v>3248</v>
+      </c>
+      <c r="I589">
+        <v>4871</v>
+      </c>
+      <c r="J589" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="590" spans="1:10">
+      <c r="A590" t="s">
+        <v>10</v>
+      </c>
+      <c r="B590" t="s">
+        <v>11</v>
+      </c>
+      <c r="C590" t="s">
+        <v>947</v>
+      </c>
+      <c r="D590" t="s">
+        <v>13</v>
+      </c>
+      <c r="E590" t="s">
+        <v>692</v>
+      </c>
+      <c r="F590" t="s">
+        <v>21</v>
+      </c>
+      <c r="G590" t="s">
+        <v>950</v>
+      </c>
+      <c r="H590">
+        <v>7455</v>
+      </c>
+      <c r="I590">
+        <v>13612</v>
+      </c>
+      <c r="J590" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="591" spans="1:10">
+      <c r="A591" t="s">
+        <v>10</v>
+      </c>
+      <c r="B591" t="s">
+        <v>11</v>
+      </c>
+      <c r="C591" t="s">
+        <v>952</v>
+      </c>
+      <c r="D591" t="s">
+        <v>13</v>
+      </c>
+      <c r="E591" t="s">
+        <v>953</v>
+      </c>
+      <c r="F591" t="s">
+        <v>954</v>
+      </c>
+      <c r="G591">
+        <v>15</v>
+      </c>
+      <c r="H591">
+        <v>207839</v>
+      </c>
+      <c r="I591">
+        <v>207853</v>
+      </c>
+      <c r="J591" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="592" spans="1:10">
+      <c r="A592" t="s">
+        <v>10</v>
+      </c>
+      <c r="B592" t="s">
+        <v>11</v>
+      </c>
+      <c r="C592" t="s">
+        <v>956</v>
+      </c>
+      <c r="D592" t="s">
+        <v>13</v>
+      </c>
+      <c r="E592" t="s">
+        <v>953</v>
+      </c>
+      <c r="F592" t="s">
+        <v>954</v>
+      </c>
+      <c r="G592">
+        <v>15</v>
+      </c>
+      <c r="H592">
+        <v>207824</v>
+      </c>
+      <c r="I592">
+        <v>207838</v>
+      </c>
+      <c r="J592" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="593" spans="1:10">
+      <c r="A593" t="s">
+        <v>10</v>
+      </c>
+      <c r="B593" t="s">
+        <v>11</v>
+      </c>
+      <c r="C593" t="s">
+        <v>958</v>
+      </c>
+      <c r="D593" t="s">
+        <v>13</v>
+      </c>
+      <c r="E593" t="s">
+        <v>959</v>
+      </c>
+      <c r="F593" t="s">
+        <v>15</v>
+      </c>
+      <c r="G593" t="s">
+        <v>960</v>
+      </c>
+      <c r="H593">
+        <v>1</v>
+      </c>
+      <c r="I593">
+        <v>5242</v>
+      </c>
+      <c r="J593" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="594" spans="1:10">
+      <c r="A594" t="s">
+        <v>10</v>
+      </c>
+      <c r="B594" t="s">
+        <v>11</v>
+      </c>
+      <c r="C594" t="s">
+        <v>962</v>
+      </c>
+      <c r="D594" t="s">
+        <v>13</v>
+      </c>
+      <c r="E594" t="s">
+        <v>20</v>
+      </c>
+      <c r="F594" t="s">
+        <v>21</v>
+      </c>
+      <c r="G594">
+        <v>381</v>
+      </c>
+      <c r="H594">
+        <v>7074</v>
+      </c>
+      <c r="I594">
+        <v>7454</v>
+      </c>
+      <c r="J594" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="595" spans="1:10">
+      <c r="A595" t="s">
+        <v>10</v>
+      </c>
+      <c r="B595" t="s">
+        <v>11</v>
+      </c>
+      <c r="C595" t="s">
+        <v>962</v>
+      </c>
+      <c r="D595" t="s">
+        <v>13</v>
+      </c>
+      <c r="E595" t="s">
+        <v>20</v>
+      </c>
+      <c r="F595" t="s">
+        <v>21</v>
+      </c>
+      <c r="G595">
+        <v>381</v>
+      </c>
+      <c r="H595">
+        <v>6693</v>
+      </c>
+      <c r="I595">
+        <v>7073</v>
+      </c>
+      <c r="J595" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="596" spans="1:10">
+      <c r="A596" t="s">
+        <v>10</v>
+      </c>
+      <c r="B596" t="s">
+        <v>11</v>
+      </c>
+      <c r="C596" t="s">
+        <v>962</v>
+      </c>
+      <c r="D596" t="s">
+        <v>13</v>
+      </c>
+      <c r="E596" t="s">
+        <v>20</v>
+      </c>
+      <c r="F596" t="s">
+        <v>21</v>
+      </c>
+      <c r="G596">
+        <v>406</v>
+      </c>
+      <c r="H596">
+        <v>6287</v>
+      </c>
+      <c r="I596">
+        <v>6692</v>
+      </c>
+      <c r="J596" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="597" spans="1:10">
+      <c r="A597" t="s">
+        <v>10</v>
+      </c>
+      <c r="B597" t="s">
+        <v>11</v>
+      </c>
+      <c r="C597" t="s">
+        <v>962</v>
+      </c>
+      <c r="D597" t="s">
+        <v>13</v>
+      </c>
+      <c r="E597" t="s">
+        <v>20</v>
+      </c>
+      <c r="F597" t="s">
+        <v>21</v>
+      </c>
+      <c r="G597">
+        <v>472</v>
+      </c>
+      <c r="H597">
+        <v>114395</v>
+      </c>
+      <c r="I597">
+        <v>114866</v>
+      </c>
+      <c r="J597" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="598" spans="1:10">
+      <c r="A598" t="s">
+        <v>10</v>
+      </c>
+      <c r="B598" t="s">
+        <v>11</v>
+      </c>
+      <c r="C598" t="s">
+        <v>962</v>
+      </c>
+      <c r="D598" t="s">
+        <v>13</v>
+      </c>
+      <c r="E598" t="s">
+        <v>20</v>
+      </c>
+      <c r="F598" t="s">
+        <v>21</v>
+      </c>
+      <c r="G598">
+        <v>502</v>
+      </c>
+      <c r="H598">
+        <v>113893</v>
+      </c>
+      <c r="I598">
+        <v>114394</v>
+      </c>
+      <c r="J598" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="599" spans="1:10">
+      <c r="A599" t="s">
+        <v>10</v>
+      </c>
+      <c r="B599" t="s">
+        <v>11</v>
+      </c>
+      <c r="C599" t="s">
+        <v>962</v>
+      </c>
+      <c r="D599" t="s">
+        <v>13</v>
+      </c>
+      <c r="E599" t="s">
+        <v>20</v>
+      </c>
+      <c r="F599" t="s">
+        <v>21</v>
+      </c>
+      <c r="G599">
+        <v>544</v>
+      </c>
+      <c r="H599">
+        <v>113349</v>
+      </c>
+      <c r="I599">
+        <v>113892</v>
+      </c>
+      <c r="J599" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="600" spans="1:10">
+      <c r="A600" t="s">
+        <v>10</v>
+      </c>
+      <c r="B600" t="s">
+        <v>11</v>
+      </c>
+      <c r="C600" t="s">
+        <v>962</v>
+      </c>
+      <c r="D600" t="s">
+        <v>13</v>
+      </c>
+      <c r="E600" t="s">
+        <v>20</v>
+      </c>
+      <c r="F600" t="s">
+        <v>21</v>
+      </c>
+      <c r="G600">
+        <v>580</v>
+      </c>
+      <c r="H600">
+        <v>112769</v>
+      </c>
+      <c r="I600">
+        <v>113348</v>
+      </c>
+      <c r="J600" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="601" spans="1:10">
+      <c r="A601" t="s">
+        <v>10</v>
+      </c>
+      <c r="B601" t="s">
+        <v>11</v>
+      </c>
+      <c r="C601" t="s">
+        <v>962</v>
+      </c>
+      <c r="D601" t="s">
+        <v>13</v>
+      </c>
+      <c r="E601" t="s">
+        <v>20</v>
+      </c>
+      <c r="F601" t="s">
+        <v>21</v>
+      </c>
+      <c r="G601">
+        <v>589</v>
+      </c>
+      <c r="H601">
+        <v>112180</v>
+      </c>
+      <c r="I601">
+        <v>112768</v>
+      </c>
+      <c r="J601" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="602" spans="1:10">
+      <c r="A602" t="s">
+        <v>10</v>
+      </c>
+      <c r="B602" t="s">
+        <v>11</v>
+      </c>
+      <c r="C602" t="s">
+        <v>962</v>
+      </c>
+      <c r="D602" t="s">
+        <v>13</v>
+      </c>
+      <c r="E602" t="s">
+        <v>20</v>
+      </c>
+      <c r="F602" t="s">
+        <v>21</v>
+      </c>
+      <c r="G602">
+        <v>616</v>
+      </c>
+      <c r="H602">
+        <v>111564</v>
+      </c>
+      <c r="I602">
+        <v>112179</v>
+      </c>
+      <c r="J602" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="603" spans="1:10">
+      <c r="A603" t="s">
+        <v>10</v>
+      </c>
+      <c r="B603" t="s">
+        <v>11</v>
+      </c>
+      <c r="C603" t="s">
+        <v>962</v>
+      </c>
+      <c r="D603" t="s">
+        <v>13</v>
+      </c>
+      <c r="E603" t="s">
+        <v>20</v>
+      </c>
+      <c r="F603" t="s">
+        <v>21</v>
+      </c>
+      <c r="G603">
+        <v>627</v>
+      </c>
+      <c r="H603">
+        <v>110937</v>
+      </c>
+      <c r="I603">
+        <v>111563</v>
+      </c>
+      <c r="J603" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="604" spans="1:10">
+      <c r="A604" t="s">
+        <v>10</v>
+      </c>
+      <c r="B604" t="s">
+        <v>11</v>
+      </c>
+      <c r="C604" t="s">
+        <v>973</v>
+      </c>
+      <c r="D604" t="s">
+        <v>13</v>
+      </c>
+      <c r="E604" t="s">
+        <v>974</v>
+      </c>
+      <c r="F604" t="s">
+        <v>21</v>
+      </c>
+      <c r="G604">
+        <v>649</v>
+      </c>
+      <c r="H604">
+        <v>110288</v>
+      </c>
+      <c r="I604">
+        <v>110936</v>
+      </c>
+      <c r="J604" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="605" spans="1:10">
+      <c r="A605" t="s">
+        <v>10</v>
+      </c>
+      <c r="B605" t="s">
+        <v>11</v>
+      </c>
+      <c r="C605" t="s">
+        <v>973</v>
+      </c>
+      <c r="D605" t="s">
+        <v>13</v>
+      </c>
+      <c r="E605" t="s">
+        <v>974</v>
+      </c>
+      <c r="F605" t="s">
+        <v>21</v>
+      </c>
+      <c r="G605">
+        <v>661</v>
+      </c>
+      <c r="H605">
+        <v>109627</v>
+      </c>
+      <c r="I605">
+        <v>110287</v>
+      </c>
+      <c r="J605" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="606" spans="1:10">
+      <c r="A606" t="s">
+        <v>10</v>
+      </c>
+      <c r="B606" t="s">
+        <v>11</v>
+      </c>
+      <c r="C606" t="s">
+        <v>973</v>
+      </c>
+      <c r="D606" t="s">
+        <v>13</v>
+      </c>
+      <c r="E606" t="s">
+        <v>974</v>
+      </c>
+      <c r="F606" t="s">
+        <v>21</v>
+      </c>
+      <c r="G606">
+        <v>661</v>
+      </c>
+      <c r="H606">
+        <v>108966</v>
+      </c>
+      <c r="I606">
+        <v>109626</v>
+      </c>
+      <c r="J606" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="607" spans="1:10">
+      <c r="A607" t="s">
+        <v>10</v>
+      </c>
+      <c r="B607" t="s">
+        <v>11</v>
+      </c>
+      <c r="C607" t="s">
+        <v>973</v>
+      </c>
+      <c r="D607" t="s">
+        <v>13</v>
+      </c>
+      <c r="E607" t="s">
+        <v>974</v>
+      </c>
+      <c r="F607" t="s">
+        <v>21</v>
+      </c>
+      <c r="G607">
+        <v>683</v>
+      </c>
+      <c r="H607">
+        <v>108283</v>
+      </c>
+      <c r="I607">
+        <v>108965</v>
+      </c>
+      <c r="J607" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="608" spans="1:10">
+      <c r="A608" t="s">
+        <v>10</v>
+      </c>
+      <c r="B608" t="s">
+        <v>11</v>
+      </c>
+      <c r="C608" t="s">
+        <v>973</v>
+      </c>
+      <c r="D608" t="s">
+        <v>13</v>
+      </c>
+      <c r="E608" t="s">
+        <v>974</v>
+      </c>
+      <c r="F608" t="s">
+        <v>21</v>
+      </c>
+      <c r="G608">
+        <v>685</v>
+      </c>
+      <c r="H608">
+        <v>107598</v>
+      </c>
+      <c r="I608">
+        <v>108282</v>
+      </c>
+      <c r="J608" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="609" spans="1:10">
+      <c r="A609" t="s">
+        <v>10</v>
+      </c>
+      <c r="B609" t="s">
+        <v>11</v>
+      </c>
+      <c r="C609" t="s">
+        <v>973</v>
+      </c>
+      <c r="D609" t="s">
+        <v>13</v>
+      </c>
+      <c r="E609" t="s">
+        <v>974</v>
+      </c>
+      <c r="F609" t="s">
+        <v>21</v>
+      </c>
+      <c r="G609">
+        <v>685</v>
+      </c>
+      <c r="H609">
+        <v>106913</v>
+      </c>
+      <c r="I609">
+        <v>107597</v>
+      </c>
+      <c r="J609" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="610" spans="1:10">
+      <c r="A610" t="s">
+        <v>10</v>
+      </c>
+      <c r="B610" t="s">
+        <v>11</v>
+      </c>
+      <c r="C610" t="s">
+        <v>973</v>
+      </c>
+      <c r="D610" t="s">
+        <v>13</v>
+      </c>
+      <c r="E610" t="s">
+        <v>974</v>
+      </c>
+      <c r="F610" t="s">
+        <v>21</v>
+      </c>
+      <c r="G610">
+        <v>805</v>
+      </c>
+      <c r="H610">
+        <v>106108</v>
+      </c>
+      <c r="I610">
+        <v>106912</v>
+      </c>
+      <c r="J610" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="611" spans="1:10">
+      <c r="A611" t="s">
+        <v>10</v>
+      </c>
+      <c r="B611" t="s">
+        <v>11</v>
+      </c>
+      <c r="C611" t="s">
+        <v>973</v>
+      </c>
+      <c r="D611" t="s">
+        <v>13</v>
+      </c>
+      <c r="E611" t="s">
+        <v>974</v>
+      </c>
+      <c r="F611" t="s">
+        <v>21</v>
+      </c>
+      <c r="G611">
         <v>813</v>
       </c>
-      <c r="F538">
-[...57 lines deleted...]
-      <c r="H540" t="s">
+      <c r="H611">
+        <v>105295</v>
+      </c>
+      <c r="I611">
+        <v>106107</v>
+      </c>
+      <c r="J611" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="612" spans="1:10">
+      <c r="A612" t="s">
+        <v>10</v>
+      </c>
+      <c r="B612" t="s">
+        <v>11</v>
+      </c>
+      <c r="C612" t="s">
+        <v>973</v>
+      </c>
+      <c r="D612" t="s">
+        <v>13</v>
+      </c>
+      <c r="E612" t="s">
+        <v>974</v>
+      </c>
+      <c r="F612" t="s">
+        <v>21</v>
+      </c>
+      <c r="G612">
         <v>858</v>
       </c>
-    </row>
-[...91 lines deleted...]
-      <c r="E544">
+      <c r="H612">
+        <v>104437</v>
+      </c>
+      <c r="I612">
+        <v>105294</v>
+      </c>
+      <c r="J612" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="613" spans="1:10">
+      <c r="A613" t="s">
+        <v>10</v>
+      </c>
+      <c r="B613" t="s">
+        <v>11</v>
+      </c>
+      <c r="C613" t="s">
+        <v>973</v>
+      </c>
+      <c r="D613" t="s">
+        <v>13</v>
+      </c>
+      <c r="E613" t="s">
         <v>974</v>
       </c>
-      <c r="F544">
-[...74 lines deleted...]
-      <c r="E547" t="s">
+      <c r="F613" t="s">
+        <v>21</v>
+      </c>
+      <c r="G613">
         <v>870</v>
       </c>
-      <c r="F547">
-[...109 lines deleted...]
-      <c r="H551" t="s">
+      <c r="H613">
+        <v>103567</v>
+      </c>
+      <c r="I613">
+        <v>104436</v>
+      </c>
+      <c r="J613" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="614" spans="1:10">
+      <c r="A614" t="s">
+        <v>10</v>
+      </c>
+      <c r="B614" t="s">
+        <v>11</v>
+      </c>
+      <c r="C614" t="s">
+        <v>973</v>
+      </c>
+      <c r="D614" t="s">
+        <v>13</v>
+      </c>
+      <c r="E614" t="s">
+        <v>974</v>
+      </c>
+      <c r="F614" t="s">
+        <v>21</v>
+      </c>
+      <c r="G614">
         <v>875</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E552">
+      <c r="H614">
+        <v>102692</v>
+      </c>
+      <c r="I614">
+        <v>103566</v>
+      </c>
+      <c r="J614" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="615" spans="1:10">
+      <c r="A615" t="s">
+        <v>10</v>
+      </c>
+      <c r="B615" t="s">
+        <v>11</v>
+      </c>
+      <c r="C615" t="s">
+        <v>973</v>
+      </c>
+      <c r="D615" t="s">
+        <v>13</v>
+      </c>
+      <c r="E615" t="s">
+        <v>974</v>
+      </c>
+      <c r="F615" t="s">
+        <v>21</v>
+      </c>
+      <c r="G615">
+        <v>888</v>
+      </c>
+      <c r="H615">
+        <v>101804</v>
+      </c>
+      <c r="I615">
+        <v>102691</v>
+      </c>
+      <c r="J615" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="616" spans="1:10">
+      <c r="A616" t="s">
+        <v>10</v>
+      </c>
+      <c r="B616" t="s">
+        <v>11</v>
+      </c>
+      <c r="C616" t="s">
+        <v>973</v>
+      </c>
+      <c r="D616" t="s">
+        <v>13</v>
+      </c>
+      <c r="E616" t="s">
+        <v>974</v>
+      </c>
+      <c r="F616" t="s">
+        <v>21</v>
+      </c>
+      <c r="G616">
+        <v>925</v>
+      </c>
+      <c r="H616">
+        <v>100879</v>
+      </c>
+      <c r="I616">
+        <v>101803</v>
+      </c>
+      <c r="J616" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="617" spans="1:10">
+      <c r="A617" t="s">
+        <v>10</v>
+      </c>
+      <c r="B617" t="s">
+        <v>11</v>
+      </c>
+      <c r="C617" t="s">
+        <v>973</v>
+      </c>
+      <c r="D617" t="s">
+        <v>13</v>
+      </c>
+      <c r="E617" t="s">
+        <v>974</v>
+      </c>
+      <c r="F617" t="s">
+        <v>21</v>
+      </c>
+      <c r="G617">
+        <v>925</v>
+      </c>
+      <c r="H617">
+        <v>99954</v>
+      </c>
+      <c r="I617">
+        <v>100878</v>
+      </c>
+      <c r="J617" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="618" spans="1:10">
+      <c r="A618" t="s">
+        <v>10</v>
+      </c>
+      <c r="B618" t="s">
+        <v>11</v>
+      </c>
+      <c r="C618" t="s">
+        <v>973</v>
+      </c>
+      <c r="D618" t="s">
+        <v>13</v>
+      </c>
+      <c r="E618" t="s">
+        <v>974</v>
+      </c>
+      <c r="F618" t="s">
+        <v>21</v>
+      </c>
+      <c r="G618" t="s">
+        <v>989</v>
+      </c>
+      <c r="H618">
+        <v>98948</v>
+      </c>
+      <c r="I618">
+        <v>99953</v>
+      </c>
+      <c r="J618" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="619" spans="1:10">
+      <c r="A619" t="s">
+        <v>10</v>
+      </c>
+      <c r="B619" t="s">
+        <v>11</v>
+      </c>
+      <c r="C619" t="s">
+        <v>973</v>
+      </c>
+      <c r="D619" t="s">
+        <v>13</v>
+      </c>
+      <c r="E619" t="s">
+        <v>974</v>
+      </c>
+      <c r="F619" t="s">
+        <v>21</v>
+      </c>
+      <c r="G619" t="s">
+        <v>991</v>
+      </c>
+      <c r="H619">
+        <v>97924</v>
+      </c>
+      <c r="I619">
+        <v>98947</v>
+      </c>
+      <c r="J619" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10">
+      <c r="A620" t="s">
+        <v>10</v>
+      </c>
+      <c r="B620" t="s">
+        <v>11</v>
+      </c>
+      <c r="C620" t="s">
+        <v>973</v>
+      </c>
+      <c r="D620" t="s">
+        <v>13</v>
+      </c>
+      <c r="E620" t="s">
+        <v>974</v>
+      </c>
+      <c r="F620" t="s">
+        <v>21</v>
+      </c>
+      <c r="G620" t="s">
+        <v>993</v>
+      </c>
+      <c r="H620">
+        <v>96897</v>
+      </c>
+      <c r="I620">
+        <v>97923</v>
+      </c>
+      <c r="J620" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="621" spans="1:10">
+      <c r="A621" t="s">
+        <v>10</v>
+      </c>
+      <c r="B621" t="s">
+        <v>11</v>
+      </c>
+      <c r="C621" t="s">
+        <v>973</v>
+      </c>
+      <c r="D621" t="s">
+        <v>13</v>
+      </c>
+      <c r="E621" t="s">
+        <v>974</v>
+      </c>
+      <c r="F621" t="s">
+        <v>21</v>
+      </c>
+      <c r="G621" t="s">
+        <v>700</v>
+      </c>
+      <c r="H621">
+        <v>95853</v>
+      </c>
+      <c r="I621">
+        <v>96896</v>
+      </c>
+      <c r="J621" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="622" spans="1:10">
+      <c r="A622" t="s">
+        <v>10</v>
+      </c>
+      <c r="B622" t="s">
+        <v>11</v>
+      </c>
+      <c r="C622" t="s">
+        <v>973</v>
+      </c>
+      <c r="D622" t="s">
+        <v>13</v>
+      </c>
+      <c r="E622" t="s">
+        <v>974</v>
+      </c>
+      <c r="F622" t="s">
+        <v>21</v>
+      </c>
+      <c r="G622" t="s">
         <v>996</v>
       </c>
-      <c r="F552">
-[...1244 lines deleted...]
-      <c r="E600">
+      <c r="H622">
+        <v>94776</v>
+      </c>
+      <c r="I622">
+        <v>95852</v>
+      </c>
+      <c r="J622" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="623" spans="1:10">
+      <c r="A623" t="s">
+        <v>10</v>
+      </c>
+      <c r="B623" t="s">
+        <v>11</v>
+      </c>
+      <c r="C623" t="s">
+        <v>973</v>
+      </c>
+      <c r="D623" t="s">
+        <v>13</v>
+      </c>
+      <c r="E623" t="s">
+        <v>974</v>
+      </c>
+      <c r="F623" t="s">
+        <v>21</v>
+      </c>
+      <c r="G623" t="s">
+        <v>998</v>
+      </c>
+      <c r="H623">
+        <v>93609</v>
+      </c>
+      <c r="I623">
+        <v>94775</v>
+      </c>
+      <c r="J623" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="624" spans="1:10">
+      <c r="A624" t="s">
+        <v>10</v>
+      </c>
+      <c r="B624" t="s">
+        <v>11</v>
+      </c>
+      <c r="C624" t="s">
+        <v>973</v>
+      </c>
+      <c r="D624" t="s">
+        <v>13</v>
+      </c>
+      <c r="E624" t="s">
+        <v>20</v>
+      </c>
+      <c r="F624" t="s">
+        <v>21</v>
+      </c>
+      <c r="G624" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H624">
+        <v>92470</v>
+      </c>
+      <c r="I624">
+        <v>93608</v>
+      </c>
+      <c r="J624" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="625" spans="1:10">
+      <c r="A625" t="s">
+        <v>10</v>
+      </c>
+      <c r="B625" t="s">
+        <v>11</v>
+      </c>
+      <c r="C625" t="s">
+        <v>973</v>
+      </c>
+      <c r="D625" t="s">
+        <v>13</v>
+      </c>
+      <c r="E625" t="s">
+        <v>20</v>
+      </c>
+      <c r="F625" t="s">
+        <v>21</v>
+      </c>
+      <c r="G625" t="s">
+        <v>998</v>
+      </c>
+      <c r="H625">
+        <v>91303</v>
+      </c>
+      <c r="I625">
+        <v>92469</v>
+      </c>
+      <c r="J625" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="626" spans="1:10">
+      <c r="A626" t="s">
+        <v>10</v>
+      </c>
+      <c r="B626" t="s">
+        <v>11</v>
+      </c>
+      <c r="C626" t="s">
+        <v>973</v>
+      </c>
+      <c r="D626" t="s">
+        <v>13</v>
+      </c>
+      <c r="E626" t="s">
+        <v>20</v>
+      </c>
+      <c r="F626" t="s">
+        <v>21</v>
+      </c>
+      <c r="G626" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H626">
+        <v>89767</v>
+      </c>
+      <c r="I626">
+        <v>91302</v>
+      </c>
+      <c r="J626" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="627" spans="1:10">
+      <c r="A627" t="s">
+        <v>10</v>
+      </c>
+      <c r="B627" t="s">
+        <v>11</v>
+      </c>
+      <c r="C627" t="s">
+        <v>973</v>
+      </c>
+      <c r="D627" t="s">
+        <v>13</v>
+      </c>
+      <c r="E627" t="s">
+        <v>20</v>
+      </c>
+      <c r="F627" t="s">
+        <v>21</v>
+      </c>
+      <c r="G627" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H627">
+        <v>88175</v>
+      </c>
+      <c r="I627">
+        <v>89766</v>
+      </c>
+      <c r="J627" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="628" spans="1:10">
+      <c r="A628" t="s">
+        <v>10</v>
+      </c>
+      <c r="B628" t="s">
+        <v>11</v>
+      </c>
+      <c r="C628" t="s">
+        <v>973</v>
+      </c>
+      <c r="D628" t="s">
+        <v>13</v>
+      </c>
+      <c r="E628" t="s">
+        <v>20</v>
+      </c>
+      <c r="F628" t="s">
+        <v>21</v>
+      </c>
+      <c r="G628" t="s">
         <v>616</v>
       </c>
-      <c r="F600">
-[...213 lines deleted...]
-      <c r="H608" t="s">
+      <c r="H628">
+        <v>86557</v>
+      </c>
+      <c r="I628">
+        <v>88174</v>
+      </c>
+      <c r="J628" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="629" spans="1:10">
+      <c r="A629" t="s">
+        <v>10</v>
+      </c>
+      <c r="B629" t="s">
+        <v>11</v>
+      </c>
+      <c r="C629" t="s">
         <v>973</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H609" t="s">
+      <c r="D629" t="s">
+        <v>13</v>
+      </c>
+      <c r="E629" t="s">
+        <v>20</v>
+      </c>
+      <c r="F629" t="s">
+        <v>21</v>
+      </c>
+      <c r="G629" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H629">
+        <v>84884</v>
+      </c>
+      <c r="I629">
+        <v>86556</v>
+      </c>
+      <c r="J629" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="630" spans="1:10">
+      <c r="A630" t="s">
+        <v>10</v>
+      </c>
+      <c r="B630" t="s">
+        <v>11</v>
+      </c>
+      <c r="C630" t="s">
+        <v>973</v>
+      </c>
+      <c r="D630" t="s">
+        <v>13</v>
+      </c>
+      <c r="E630" t="s">
+        <v>20</v>
+      </c>
+      <c r="F630" t="s">
+        <v>21</v>
+      </c>
+      <c r="G630" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H630">
+        <v>83203</v>
+      </c>
+      <c r="I630">
+        <v>84883</v>
+      </c>
+      <c r="J630" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="631" spans="1:10">
+      <c r="A631" t="s">
+        <v>10</v>
+      </c>
+      <c r="B631" t="s">
+        <v>11</v>
+      </c>
+      <c r="C631" t="s">
+        <v>973</v>
+      </c>
+      <c r="D631" t="s">
+        <v>13</v>
+      </c>
+      <c r="E631" t="s">
+        <v>20</v>
+      </c>
+      <c r="F631" t="s">
+        <v>21</v>
+      </c>
+      <c r="G631" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H631">
+        <v>81448</v>
+      </c>
+      <c r="I631">
+        <v>83202</v>
+      </c>
+      <c r="J631" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="632" spans="1:10">
+      <c r="A632" t="s">
+        <v>10</v>
+      </c>
+      <c r="B632" t="s">
+        <v>11</v>
+      </c>
+      <c r="C632" t="s">
+        <v>973</v>
+      </c>
+      <c r="D632" t="s">
+        <v>13</v>
+      </c>
+      <c r="E632" t="s">
+        <v>20</v>
+      </c>
+      <c r="F632" t="s">
+        <v>21</v>
+      </c>
+      <c r="G632" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H632">
+        <v>79675</v>
+      </c>
+      <c r="I632">
+        <v>81447</v>
+      </c>
+      <c r="J632" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="633" spans="1:10">
+      <c r="A633" t="s">
+        <v>10</v>
+      </c>
+      <c r="B633" t="s">
+        <v>11</v>
+      </c>
+      <c r="C633" t="s">
+        <v>973</v>
+      </c>
+      <c r="D633" t="s">
+        <v>13</v>
+      </c>
+      <c r="E633" t="s">
+        <v>20</v>
+      </c>
+      <c r="F633" t="s">
+        <v>21</v>
+      </c>
+      <c r="G633" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H633">
+        <v>77873</v>
+      </c>
+      <c r="I633">
+        <v>79674</v>
+      </c>
+      <c r="J633" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="634" spans="1:10">
+      <c r="A634" t="s">
+        <v>10</v>
+      </c>
+      <c r="B634" t="s">
+        <v>11</v>
+      </c>
+      <c r="C634" t="s">
+        <v>973</v>
+      </c>
+      <c r="D634" t="s">
+        <v>13</v>
+      </c>
+      <c r="E634" t="s">
+        <v>20</v>
+      </c>
+      <c r="F634" t="s">
+        <v>21</v>
+      </c>
+      <c r="G634" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H634">
+        <v>75911</v>
+      </c>
+      <c r="I634">
+        <v>77872</v>
+      </c>
+      <c r="J634" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="635" spans="1:10">
+      <c r="A635" t="s">
+        <v>10</v>
+      </c>
+      <c r="B635" t="s">
+        <v>11</v>
+      </c>
+      <c r="C635" t="s">
+        <v>973</v>
+      </c>
+      <c r="D635" t="s">
+        <v>13</v>
+      </c>
+      <c r="E635" t="s">
+        <v>20</v>
+      </c>
+      <c r="F635" t="s">
+        <v>21</v>
+      </c>
+      <c r="G635" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H635">
+        <v>73909</v>
+      </c>
+      <c r="I635">
+        <v>75910</v>
+      </c>
+      <c r="J635" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="636" spans="1:10">
+      <c r="A636" t="s">
+        <v>10</v>
+      </c>
+      <c r="B636" t="s">
+        <v>11</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D636" t="s">
+        <v>13</v>
+      </c>
+      <c r="E636" t="s">
+        <v>20</v>
+      </c>
+      <c r="F636" t="s">
+        <v>21</v>
+      </c>
+      <c r="G636" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H636">
+        <v>71811</v>
+      </c>
+      <c r="I636">
+        <v>73908</v>
+      </c>
+      <c r="J636" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="637" spans="1:10">
+      <c r="A637" t="s">
+        <v>10</v>
+      </c>
+      <c r="B637" t="s">
+        <v>11</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D637" t="s">
+        <v>13</v>
+      </c>
+      <c r="E637" t="s">
+        <v>20</v>
+      </c>
+      <c r="F637" t="s">
+        <v>21</v>
+      </c>
+      <c r="G637" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H637">
+        <v>69679</v>
+      </c>
+      <c r="I637">
+        <v>71810</v>
+      </c>
+      <c r="J637" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="638" spans="1:10">
+      <c r="A638" t="s">
+        <v>10</v>
+      </c>
+      <c r="B638" t="s">
+        <v>11</v>
+      </c>
+      <c r="C638" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D638" t="s">
+        <v>13</v>
+      </c>
+      <c r="E638" t="s">
+        <v>20</v>
+      </c>
+      <c r="F638" t="s">
+        <v>21</v>
+      </c>
+      <c r="G638" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H638">
+        <v>67528</v>
+      </c>
+      <c r="I638">
+        <v>69678</v>
+      </c>
+      <c r="J638" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="639" spans="1:10">
+      <c r="A639" t="s">
+        <v>10</v>
+      </c>
+      <c r="B639" t="s">
+        <v>11</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D639" t="s">
+        <v>13</v>
+      </c>
+      <c r="E639" t="s">
+        <v>20</v>
+      </c>
+      <c r="F639" t="s">
+        <v>21</v>
+      </c>
+      <c r="G639" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H639">
+        <v>65309</v>
+      </c>
+      <c r="I639">
+        <v>67527</v>
+      </c>
+      <c r="J639" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="640" spans="1:10">
+      <c r="A640" t="s">
+        <v>10</v>
+      </c>
+      <c r="B640" t="s">
+        <v>11</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D640" t="s">
+        <v>13</v>
+      </c>
+      <c r="E640" t="s">
+        <v>20</v>
+      </c>
+      <c r="F640" t="s">
+        <v>21</v>
+      </c>
+      <c r="G640" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H640">
+        <v>63016</v>
+      </c>
+      <c r="I640">
+        <v>65308</v>
+      </c>
+      <c r="J640" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="641" spans="1:10">
+      <c r="A641" t="s">
+        <v>10</v>
+      </c>
+      <c r="B641" t="s">
+        <v>11</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D641" t="s">
+        <v>13</v>
+      </c>
+      <c r="E641" t="s">
+        <v>20</v>
+      </c>
+      <c r="F641" t="s">
+        <v>21</v>
+      </c>
+      <c r="G641" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H641">
+        <v>60563</v>
+      </c>
+      <c r="I641">
+        <v>63015</v>
+      </c>
+      <c r="J641" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="642" spans="1:10">
+      <c r="A642" t="s">
+        <v>10</v>
+      </c>
+      <c r="B642" t="s">
+        <v>11</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D642" t="s">
+        <v>13</v>
+      </c>
+      <c r="E642" t="s">
+        <v>20</v>
+      </c>
+      <c r="F642" t="s">
+        <v>21</v>
+      </c>
+      <c r="G642" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H642">
+        <v>58102</v>
+      </c>
+      <c r="I642">
+        <v>60562</v>
+      </c>
+      <c r="J642" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="643" spans="1:10">
+      <c r="A643" t="s">
+        <v>10</v>
+      </c>
+      <c r="B643" t="s">
+        <v>11</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D643" t="s">
+        <v>13</v>
+      </c>
+      <c r="E643" t="s">
+        <v>20</v>
+      </c>
+      <c r="F643" t="s">
+        <v>21</v>
+      </c>
+      <c r="G643" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H643">
+        <v>55631</v>
+      </c>
+      <c r="I643">
+        <v>58101</v>
+      </c>
+      <c r="J643" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="644" spans="1:10">
+      <c r="A644" t="s">
+        <v>10</v>
+      </c>
+      <c r="B644" t="s">
+        <v>11</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D644" t="s">
+        <v>13</v>
+      </c>
+      <c r="E644" t="s">
+        <v>20</v>
+      </c>
+      <c r="F644" t="s">
+        <v>21</v>
+      </c>
+      <c r="G644" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H644">
+        <v>53087</v>
+      </c>
+      <c r="I644">
+        <v>55630</v>
+      </c>
+      <c r="J644" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="645" spans="1:10">
+      <c r="A645" t="s">
+        <v>10</v>
+      </c>
+      <c r="B645" t="s">
+        <v>11</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D645" t="s">
+        <v>13</v>
+      </c>
+      <c r="E645" t="s">
+        <v>20</v>
+      </c>
+      <c r="F645" t="s">
+        <v>21</v>
+      </c>
+      <c r="G645" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H645">
+        <v>50510</v>
+      </c>
+      <c r="I645">
+        <v>53086</v>
+      </c>
+      <c r="J645" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="646" spans="1:10">
+      <c r="A646" t="s">
+        <v>10</v>
+      </c>
+      <c r="B646" t="s">
+        <v>11</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D646" t="s">
+        <v>13</v>
+      </c>
+      <c r="E646" t="s">
+        <v>20</v>
+      </c>
+      <c r="F646" t="s">
+        <v>21</v>
+      </c>
+      <c r="G646" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H646">
+        <v>47812</v>
+      </c>
+      <c r="I646">
+        <v>50509</v>
+      </c>
+      <c r="J646" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="647" spans="1:10">
+      <c r="A647" t="s">
+        <v>10</v>
+      </c>
+      <c r="B647" t="s">
+        <v>11</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D647" t="s">
+        <v>13</v>
+      </c>
+      <c r="E647" t="s">
+        <v>20</v>
+      </c>
+      <c r="F647" t="s">
+        <v>21</v>
+      </c>
+      <c r="G647" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H647">
+        <v>44770</v>
+      </c>
+      <c r="I647">
+        <v>47811</v>
+      </c>
+      <c r="J647" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="648" spans="1:10">
+      <c r="A648" t="s">
+        <v>10</v>
+      </c>
+      <c r="B648" t="s">
+        <v>11</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D648" t="s">
+        <v>13</v>
+      </c>
+      <c r="E648" t="s">
+        <v>20</v>
+      </c>
+      <c r="F648" t="s">
+        <v>21</v>
+      </c>
+      <c r="G648" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H648">
+        <v>41447</v>
+      </c>
+      <c r="I648">
+        <v>44769</v>
+      </c>
+      <c r="J648" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="649" spans="1:10">
+      <c r="A649" t="s">
+        <v>10</v>
+      </c>
+      <c r="B649" t="s">
+        <v>11</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D649" t="s">
+        <v>13</v>
+      </c>
+      <c r="E649" t="s">
+        <v>20</v>
+      </c>
+      <c r="F649" t="s">
+        <v>21</v>
+      </c>
+      <c r="G649" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H649">
+        <v>37977</v>
+      </c>
+      <c r="I649">
+        <v>41446</v>
+      </c>
+      <c r="J649" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="650" spans="1:10">
+      <c r="A650" t="s">
+        <v>10</v>
+      </c>
+      <c r="B650" t="s">
+        <v>11</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D650" t="s">
+        <v>13</v>
+      </c>
+      <c r="E650" t="s">
+        <v>20</v>
+      </c>
+      <c r="F650" t="s">
+        <v>21</v>
+      </c>
+      <c r="G650" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H650">
+        <v>34053</v>
+      </c>
+      <c r="I650">
+        <v>37976</v>
+      </c>
+      <c r="J650" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="651" spans="1:10">
+      <c r="A651" t="s">
+        <v>10</v>
+      </c>
+      <c r="B651" t="s">
+        <v>11</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D651" t="s">
+        <v>13</v>
+      </c>
+      <c r="E651" t="s">
+        <v>20</v>
+      </c>
+      <c r="F651" t="s">
+        <v>21</v>
+      </c>
+      <c r="G651" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H651">
+        <v>31297</v>
+      </c>
+      <c r="I651">
+        <v>34052</v>
+      </c>
+      <c r="J651" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="652" spans="1:10">
+      <c r="A652" t="s">
+        <v>10</v>
+      </c>
+      <c r="B652" t="s">
+        <v>11</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D652" t="s">
+        <v>13</v>
+      </c>
+      <c r="E652" t="s">
+        <v>20</v>
+      </c>
+      <c r="F652" t="s">
+        <v>21</v>
+      </c>
+      <c r="G652" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H652">
+        <v>27845</v>
+      </c>
+      <c r="I652">
+        <v>31296</v>
+      </c>
+      <c r="J652" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="653" spans="1:10">
+      <c r="A653" t="s">
+        <v>10</v>
+      </c>
+      <c r="B653" t="s">
+        <v>11</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D653" t="s">
+        <v>13</v>
+      </c>
+      <c r="E653" t="s">
+        <v>20</v>
+      </c>
+      <c r="F653" t="s">
+        <v>21</v>
+      </c>
+      <c r="G653" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H653">
+        <v>23569</v>
+      </c>
+      <c r="I653">
+        <v>27844</v>
+      </c>
+      <c r="J653" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="654" spans="1:10">
+      <c r="A654" t="s">
+        <v>10</v>
+      </c>
+      <c r="B654" t="s">
+        <v>11</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D654" t="s">
+        <v>13</v>
+      </c>
+      <c r="E654" t="s">
+        <v>20</v>
+      </c>
+      <c r="F654" t="s">
+        <v>21</v>
+      </c>
+      <c r="G654" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H654">
+        <v>17941</v>
+      </c>
+      <c r="I654">
+        <v>23568</v>
+      </c>
+      <c r="J654" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="655" spans="1:10">
+      <c r="A655" t="s">
+        <v>10</v>
+      </c>
+      <c r="B655" t="s">
+        <v>11</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D655" t="s">
+        <v>13</v>
+      </c>
+      <c r="E655" t="s">
         <v>974</v>
       </c>
-    </row>
-[...724 lines deleted...]
-      <c r="H637" t="s">
+      <c r="F655" t="s">
+        <v>21</v>
+      </c>
+      <c r="G655" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H655">
+        <v>16743</v>
+      </c>
+      <c r="I655">
+        <v>17940</v>
+      </c>
+      <c r="J655" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10">
+      <c r="A656" t="s">
+        <v>10</v>
+      </c>
+      <c r="B656" t="s">
+        <v>11</v>
+      </c>
+      <c r="C656" t="s">
         <v>1022</v>
       </c>
-    </row>
-[...432 lines deleted...]
-      <c r="F654">
+      <c r="D656" t="s">
+        <v>13</v>
+      </c>
+      <c r="E656" t="s">
+        <v>974</v>
+      </c>
+      <c r="F656" t="s">
+        <v>21</v>
+      </c>
+      <c r="G656" t="s">
+        <v>633</v>
+      </c>
+      <c r="H656">
         <v>15520</v>
       </c>
-      <c r="G654">
+      <c r="I656">
         <v>16742</v>
       </c>
-      <c r="H654" t="s">
-[...19 lines deleted...]
-      <c r="F655">
+      <c r="J656" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10">
+      <c r="A657" t="s">
+        <v>10</v>
+      </c>
+      <c r="B657" t="s">
+        <v>11</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D657" t="s">
+        <v>13</v>
+      </c>
+      <c r="E657" t="s">
+        <v>974</v>
+      </c>
+      <c r="F657" t="s">
+        <v>21</v>
+      </c>
+      <c r="G657" t="s">
+        <v>750</v>
+      </c>
+      <c r="H657">
         <v>14300</v>
       </c>
-      <c r="G655">
+      <c r="I657">
         <v>15519</v>
       </c>
-      <c r="H655" t="s">
-[...19 lines deleted...]
-      <c r="F656">
+      <c r="J657" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10">
+      <c r="A658" t="s">
+        <v>10</v>
+      </c>
+      <c r="B658" t="s">
+        <v>11</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D658" t="s">
+        <v>13</v>
+      </c>
+      <c r="E658" t="s">
+        <v>974</v>
+      </c>
+      <c r="F658" t="s">
+        <v>21</v>
+      </c>
+      <c r="G658" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H658">
         <v>13016</v>
       </c>
-      <c r="G656">
+      <c r="I658">
         <v>14299</v>
       </c>
-      <c r="H656" t="s">
-[...19 lines deleted...]
-      <c r="F657">
+      <c r="J658" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="659" spans="1:10">
+      <c r="A659" t="s">
+        <v>10</v>
+      </c>
+      <c r="B659" t="s">
+        <v>11</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D659" t="s">
+        <v>13</v>
+      </c>
+      <c r="E659" t="s">
+        <v>974</v>
+      </c>
+      <c r="F659" t="s">
+        <v>21</v>
+      </c>
+      <c r="G659" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H659">
         <v>11684</v>
       </c>
-      <c r="G657">
+      <c r="I659">
         <v>13015</v>
       </c>
-      <c r="H657" t="s">
-[...19 lines deleted...]
-      <c r="F658">
+      <c r="J659" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10">
+      <c r="A660" t="s">
+        <v>10</v>
+      </c>
+      <c r="B660" t="s">
+        <v>11</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D660" t="s">
+        <v>13</v>
+      </c>
+      <c r="E660" t="s">
+        <v>974</v>
+      </c>
+      <c r="F660" t="s">
+        <v>21</v>
+      </c>
+      <c r="G660" t="s">
+        <v>794</v>
+      </c>
+      <c r="H660">
         <v>10334</v>
       </c>
-      <c r="G658">
+      <c r="I660">
         <v>11683</v>
       </c>
-      <c r="H658" t="s">
-[...19 lines deleted...]
-      <c r="F659">
+      <c r="J660" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10">
+      <c r="A661" t="s">
+        <v>10</v>
+      </c>
+      <c r="B661" t="s">
+        <v>11</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D661" t="s">
+        <v>13</v>
+      </c>
+      <c r="E661" t="s">
+        <v>974</v>
+      </c>
+      <c r="F661" t="s">
+        <v>21</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H661">
         <v>8973</v>
       </c>
-      <c r="G659">
+      <c r="I661">
         <v>10333</v>
       </c>
-      <c r="H659" t="s">
-[...19 lines deleted...]
-      <c r="F660">
+      <c r="J661" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10">
+      <c r="A662" t="s">
+        <v>10</v>
+      </c>
+      <c r="B662" t="s">
+        <v>11</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D662" t="s">
+        <v>13</v>
+      </c>
+      <c r="E662" t="s">
+        <v>974</v>
+      </c>
+      <c r="F662" t="s">
+        <v>21</v>
+      </c>
+      <c r="G662" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H662">
         <v>7516</v>
       </c>
-      <c r="G660">
+      <c r="I662">
         <v>8972</v>
       </c>
-      <c r="H660" t="s">
-[...19 lines deleted...]
-      <c r="F661">
+      <c r="J662" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10">
+      <c r="A663" t="s">
+        <v>10</v>
+      </c>
+      <c r="B663" t="s">
+        <v>11</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D663" t="s">
+        <v>13</v>
+      </c>
+      <c r="E663" t="s">
+        <v>974</v>
+      </c>
+      <c r="F663" t="s">
+        <v>21</v>
+      </c>
+      <c r="G663" t="s">
+        <v>33</v>
+      </c>
+      <c r="H663">
         <v>6032</v>
       </c>
-      <c r="G661">
+      <c r="I663">
         <v>7515</v>
       </c>
-      <c r="H661" t="s">
-[...55 lines deleted...]
-    <row r="664" spans="1:8">
+      <c r="J663" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="664" spans="1:10">
       <c r="A664" t="s">
-        <v>1074</v>
+        <v>10</v>
       </c>
       <c r="B664" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C664" t="s">
         <v>1075</v>
       </c>
       <c r="D664" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="E664">
+        <v>13</v>
+      </c>
+      <c r="E664" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F664" t="s">
+        <v>210</v>
+      </c>
+      <c r="G664" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H664">
+        <v>594344</v>
+      </c>
+      <c r="I664">
+        <v>599580</v>
+      </c>
+      <c r="J664" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10">
+      <c r="A665" t="s">
+        <v>10</v>
+      </c>
+      <c r="B665" t="s">
+        <v>11</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D665" t="s">
+        <v>13</v>
+      </c>
+      <c r="E665" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F665" t="s">
+        <v>954</v>
+      </c>
+      <c r="G665">
+        <v>44</v>
+      </c>
+      <c r="H665">
+        <v>207780</v>
+      </c>
+      <c r="I665">
+        <v>207823</v>
+      </c>
+      <c r="J665" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="666" spans="1:10">
+      <c r="A666" t="s">
+        <v>10</v>
+      </c>
+      <c r="B666" t="s">
+        <v>11</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D666" t="s">
+        <v>13</v>
+      </c>
+      <c r="E666" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F666" t="s">
+        <v>954</v>
+      </c>
+      <c r="G666">
         <v>57</v>
       </c>
-      <c r="F664">
+      <c r="H666">
         <v>205329</v>
       </c>
-      <c r="G664">
+      <c r="I666">
         <v>205385</v>
       </c>
-      <c r="H664" t="s">
-[...19 lines deleted...]
-      <c r="F665">
+      <c r="J666" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10">
+      <c r="A667" t="s">
+        <v>10</v>
+      </c>
+      <c r="B667" t="s">
+        <v>11</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D667" t="s">
+        <v>13</v>
+      </c>
+      <c r="E667" t="s">
+        <v>209</v>
+      </c>
+      <c r="F667" t="s">
+        <v>21</v>
+      </c>
+      <c r="G667" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H667">
         <v>212230</v>
       </c>
-      <c r="G665">
+      <c r="I667">
         <v>221663</v>
       </c>
-      <c r="H665" t="s">
-[...55 lines deleted...]
-    <row r="668" spans="1:8">
+      <c r="J667" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10">
       <c r="A668" t="s">
-        <v>1082</v>
+        <v>10</v>
       </c>
       <c r="B668" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C668" t="s">
         <v>1085</v>
       </c>
       <c r="D668" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="E668" t="s">
-        <v>234</v>
-[...11 lines deleted...]
-    <row r="669" spans="1:8">
+        <v>209</v>
+      </c>
+      <c r="F668" t="s">
+        <v>21</v>
+      </c>
+      <c r="G668" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H668">
+        <v>210386</v>
+      </c>
+      <c r="I668">
+        <v>212229</v>
+      </c>
+      <c r="J668" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10">
       <c r="A669" t="s">
-        <v>1082</v>
+        <v>10</v>
       </c>
       <c r="B669" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C669" t="s">
-        <v>1068</v>
+        <v>1090</v>
       </c>
       <c r="D669" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="E669" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>582785</v>
+        <v>1091</v>
+      </c>
+      <c r="F669" t="s">
+        <v>210</v>
       </c>
       <c r="G669">
-        <v>592714</v>
-[...5 lines deleted...]
-    <row r="670" spans="1:8">
+        <v>606</v>
+      </c>
+      <c r="H669">
+        <v>593738</v>
+      </c>
+      <c r="I669">
+        <v>594343</v>
+      </c>
+      <c r="J669" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10">
       <c r="A670" t="s">
-        <v>1089</v>
+        <v>10</v>
       </c>
       <c r="B670" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C670" t="s">
         <v>1090</v>
       </c>
       <c r="D670" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="E670">
+        <v>13</v>
+      </c>
+      <c r="E670" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F670" t="s">
+        <v>210</v>
+      </c>
+      <c r="G670" t="s">
+        <v>242</v>
+      </c>
+      <c r="H670">
+        <v>592715</v>
+      </c>
+      <c r="I670">
+        <v>593737</v>
+      </c>
+      <c r="J670" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10">
+      <c r="A671" t="s">
+        <v>10</v>
+      </c>
+      <c r="B671" t="s">
+        <v>11</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D671" t="s">
+        <v>13</v>
+      </c>
+      <c r="E671" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F671" t="s">
+        <v>210</v>
+      </c>
+      <c r="G671" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H671">
+        <v>582785</v>
+      </c>
+      <c r="I671">
+        <v>592714</v>
+      </c>
+      <c r="J671" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10">
+      <c r="A672" t="s">
+        <v>10</v>
+      </c>
+      <c r="B672" t="s">
+        <v>11</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D672" t="s">
+        <v>13</v>
+      </c>
+      <c r="E672" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F672" t="s">
+        <v>954</v>
+      </c>
+      <c r="G672">
         <v>48</v>
       </c>
-      <c r="F670">
+      <c r="H672">
         <v>205281</v>
       </c>
-      <c r="G670">
+      <c r="I672">
         <v>205328</v>
       </c>
-      <c r="H670" t="s">
-[...16 lines deleted...]
-      <c r="E671">
+      <c r="J672" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="673" spans="1:10">
+      <c r="A673" t="s">
+        <v>10</v>
+      </c>
+      <c r="B673" t="s">
+        <v>11</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D673" t="s">
+        <v>13</v>
+      </c>
+      <c r="E673" t="s">
+        <v>20</v>
+      </c>
+      <c r="F673" t="s">
+        <v>21</v>
+      </c>
+      <c r="G673">
         <v>795</v>
       </c>
-      <c r="F671">
+      <c r="H673">
         <v>204486</v>
       </c>
-      <c r="G671">
+      <c r="I673">
         <v>205280</v>
       </c>
-      <c r="H671" t="s">
-[...55 lines deleted...]
-    <row r="674" spans="1:8">
+      <c r="J673" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="674" spans="1:10">
       <c r="A674" t="s">
-        <v>1100</v>
+        <v>10</v>
       </c>
       <c r="B674" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C674" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D674" t="s">
-        <v>1102</v>
+        <v>13</v>
       </c>
       <c r="E674" t="s">
         <v>1103</v>
       </c>
-      <c r="F674">
+      <c r="F674" t="s">
+        <v>954</v>
+      </c>
+      <c r="G674">
+        <v>10</v>
+      </c>
+      <c r="H674">
+        <v>201628</v>
+      </c>
+      <c r="I674">
+        <v>201637</v>
+      </c>
+      <c r="J674" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="675" spans="1:10">
+      <c r="A675" t="s">
+        <v>10</v>
+      </c>
+      <c r="B675" t="s">
+        <v>11</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D675" t="s">
+        <v>13</v>
+      </c>
+      <c r="E675" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F675" t="s">
+        <v>21</v>
+      </c>
+      <c r="G675">
+        <v>442</v>
+      </c>
+      <c r="H675">
+        <v>204044</v>
+      </c>
+      <c r="I675">
+        <v>204485</v>
+      </c>
+      <c r="J675" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="676" spans="1:10">
+      <c r="A676" t="s">
+        <v>10</v>
+      </c>
+      <c r="B676" t="s">
+        <v>11</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D676" t="s">
+        <v>13</v>
+      </c>
+      <c r="E676" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F676" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G676" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H676">
         <v>637493</v>
       </c>
-      <c r="G674">
+      <c r="I676">
         <v>650916</v>
       </c>
-      <c r="H674" t="s">
-[...19 lines deleted...]
-      <c r="F675">
+      <c r="J676" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="677" spans="1:10">
+      <c r="A677" t="s">
+        <v>10</v>
+      </c>
+      <c r="B677" t="s">
+        <v>11</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D677" t="s">
+        <v>13</v>
+      </c>
+      <c r="E677" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F677" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G677" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H677">
         <v>121854</v>
       </c>
-      <c r="G675">
+      <c r="I677">
         <v>134357</v>
       </c>
-      <c r="H675" t="s">
-[...51 lines deleted...]
-      <c r="H677" t="s">
+      <c r="J677" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="678" spans="1:8">
+    <row r="678" spans="1:10">
       <c r="A678" t="s">
+        <v>10</v>
+      </c>
+      <c r="B678" t="s">
+        <v>11</v>
+      </c>
+      <c r="C678" t="s">
         <v>1118</v>
       </c>
-      <c r="B678" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D678" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E678" t="s">
         <v>1119</v>
       </c>
-      <c r="F678">
+      <c r="F678" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G678" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H678">
+        <v>74226</v>
+      </c>
+      <c r="I678">
+        <v>121853</v>
+      </c>
+      <c r="J678" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="679" spans="1:10">
+      <c r="A679" t="s">
+        <v>10</v>
+      </c>
+      <c r="B679" t="s">
+        <v>11</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D679" t="s">
+        <v>13</v>
+      </c>
+      <c r="E679" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F679" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G679" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H679">
+        <v>1</v>
+      </c>
+      <c r="I679">
+        <v>74225</v>
+      </c>
+      <c r="J679" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="680" spans="1:10">
+      <c r="A680" t="s">
+        <v>10</v>
+      </c>
+      <c r="B680" t="s">
+        <v>11</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D680" t="s">
+        <v>13</v>
+      </c>
+      <c r="E680" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F680" t="s">
+        <v>21</v>
+      </c>
+      <c r="G680" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H680">
         <v>198931</v>
       </c>
-      <c r="G678">
+      <c r="I680">
         <v>201627</v>
       </c>
-      <c r="H678" t="s">
-[...19 lines deleted...]
-      <c r="F679">
+      <c r="J680" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="681" spans="1:10">
+      <c r="A681" t="s">
+        <v>10</v>
+      </c>
+      <c r="B681" t="s">
+        <v>11</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D681" t="s">
+        <v>13</v>
+      </c>
+      <c r="E681" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F681" t="s">
+        <v>21</v>
+      </c>
+      <c r="G681" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H681">
         <v>647785</v>
       </c>
-      <c r="G679">
+      <c r="I681">
         <v>678480</v>
       </c>
-      <c r="H679" t="s">
-[...19 lines deleted...]
-      <c r="F680">
+      <c r="J681" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="682" spans="1:10">
+      <c r="A682" t="s">
+        <v>10</v>
+      </c>
+      <c r="B682" t="s">
+        <v>11</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D682" t="s">
+        <v>13</v>
+      </c>
+      <c r="E682" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F682" t="s">
+        <v>21</v>
+      </c>
+      <c r="G682" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H682">
         <v>141727</v>
       </c>
-      <c r="G680">
+      <c r="I682">
         <v>198930</v>
       </c>
-      <c r="H680" t="s">
-[...19 lines deleted...]
-      <c r="F681">
+      <c r="J682" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="683" spans="1:10">
+      <c r="A683" t="s">
+        <v>10</v>
+      </c>
+      <c r="B683" t="s">
+        <v>11</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D683" t="s">
+        <v>13</v>
+      </c>
+      <c r="E683" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F683" t="s">
+        <v>21</v>
+      </c>
+      <c r="G683" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H683">
         <v>579437</v>
       </c>
-      <c r="G681">
+      <c r="I683">
         <v>581463</v>
       </c>
-      <c r="H681" t="s">
-[...19 lines deleted...]
-      <c r="F682">
+      <c r="J683" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="684" spans="1:10">
+      <c r="A684" t="s">
+        <v>10</v>
+      </c>
+      <c r="B684" t="s">
+        <v>11</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D684" t="s">
+        <v>13</v>
+      </c>
+      <c r="E684" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F684" t="s">
+        <v>21</v>
+      </c>
+      <c r="G684" t="s">
+        <v>710</v>
+      </c>
+      <c r="H684">
         <v>577637</v>
       </c>
-      <c r="G682">
+      <c r="I684">
         <v>579436</v>
       </c>
-      <c r="H682" t="s">
-[...51 lines deleted...]
-      <c r="H684" t="s">
+      <c r="J684" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="685" spans="1:10">
+      <c r="A685" t="s">
+        <v>10</v>
+      </c>
+      <c r="B685" t="s">
+        <v>11</v>
+      </c>
+      <c r="C685" t="s">
         <v>1135</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D685" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E685" t="s">
         <v>1136</v>
       </c>
-      <c r="F685">
+      <c r="F685" t="s">
+        <v>21</v>
+      </c>
+      <c r="G685" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H685">
+        <v>576143</v>
+      </c>
+      <c r="I685">
+        <v>577636</v>
+      </c>
+      <c r="J685" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="686" spans="1:10">
+      <c r="A686" t="s">
+        <v>10</v>
+      </c>
+      <c r="B686" t="s">
+        <v>11</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D686" t="s">
+        <v>13</v>
+      </c>
+      <c r="E686" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F686" t="s">
+        <v>21</v>
+      </c>
+      <c r="G686" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H686">
+        <v>523943</v>
+      </c>
+      <c r="I686">
+        <v>576142</v>
+      </c>
+      <c r="J686" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="687" spans="1:10">
+      <c r="A687" t="s">
+        <v>10</v>
+      </c>
+      <c r="B687" t="s">
+        <v>11</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D687" t="s">
+        <v>13</v>
+      </c>
+      <c r="E687" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F687" t="s">
+        <v>21</v>
+      </c>
+      <c r="G687" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H687">
         <v>517910</v>
       </c>
-      <c r="G685">
+      <c r="I687">
         <v>523942</v>
       </c>
-      <c r="H685" t="s">
-[...19 lines deleted...]
-      <c r="F686">
+      <c r="J687" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="688" spans="1:10">
+      <c r="A688" t="s">
+        <v>10</v>
+      </c>
+      <c r="B688" t="s">
+        <v>11</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D688" t="s">
+        <v>13</v>
+      </c>
+      <c r="E688" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F688" t="s">
+        <v>21</v>
+      </c>
+      <c r="G688" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H688">
         <v>511760</v>
       </c>
-      <c r="G686">
+      <c r="I688">
         <v>517909</v>
       </c>
-      <c r="H686" t="s">
-[...55 lines deleted...]
-    <row r="689" spans="1:8">
+      <c r="J688" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="689" spans="1:10">
       <c r="A689" t="s">
-        <v>1148</v>
+        <v>10</v>
       </c>
       <c r="B689" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C689" t="s">
         <v>1149</v>
       </c>
       <c r="D689" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E689" t="s">
         <v>1150</v>
       </c>
-      <c r="F689">
+      <c r="F689" t="s">
+        <v>21</v>
+      </c>
+      <c r="G689" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H689">
+        <v>557553</v>
+      </c>
+      <c r="I689">
+        <v>636992</v>
+      </c>
+      <c r="J689" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="690" spans="1:10">
+      <c r="A690" t="s">
+        <v>10</v>
+      </c>
+      <c r="B690" t="s">
+        <v>11</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D690" t="s">
+        <v>13</v>
+      </c>
+      <c r="E690" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F690" t="s">
+        <v>21</v>
+      </c>
+      <c r="G690" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H690">
+        <v>541663</v>
+      </c>
+      <c r="I690">
+        <v>557552</v>
+      </c>
+      <c r="J690" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="691" spans="1:10">
+      <c r="A691" t="s">
+        <v>10</v>
+      </c>
+      <c r="B691" t="s">
+        <v>11</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D691" t="s">
+        <v>13</v>
+      </c>
+      <c r="E691" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F691" t="s">
+        <v>21</v>
+      </c>
+      <c r="G691" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H691">
         <v>1</v>
       </c>
-      <c r="G689">
+      <c r="I691">
         <v>500000</v>
       </c>
-      <c r="H689" t="s">
-[...19 lines deleted...]
-      <c r="F690">
+      <c r="J691" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="692" spans="1:10">
+      <c r="A692" t="s">
+        <v>10</v>
+      </c>
+      <c r="B692" t="s">
+        <v>11</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D692" t="s">
+        <v>13</v>
+      </c>
+      <c r="E692" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F692" t="s">
+        <v>21</v>
+      </c>
+      <c r="G692" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H692">
         <v>441663</v>
       </c>
-      <c r="G690">
+      <c r="I692">
         <v>541662</v>
       </c>
-      <c r="H690" t="s">
-[...19 lines deleted...]
-      <c r="F691">
+      <c r="J692" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="693" spans="1:10">
+      <c r="A693" t="s">
+        <v>10</v>
+      </c>
+      <c r="B693" t="s">
+        <v>11</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D693" t="s">
+        <v>13</v>
+      </c>
+      <c r="E693" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F693" t="s">
+        <v>21</v>
+      </c>
+      <c r="G693" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H693">
         <v>347163</v>
       </c>
-      <c r="G691">
+      <c r="I693">
         <v>441662</v>
       </c>
-      <c r="H691" t="s">
-[...16 lines deleted...]
-      <c r="E692" t="s">
+      <c r="J693" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10">
+      <c r="A694" t="s">
+        <v>10</v>
+      </c>
+      <c r="B694" t="s">
+        <v>11</v>
+      </c>
+      <c r="C694" t="s">
         <v>1156</v>
       </c>
-      <c r="F692">
+      <c r="D694" t="s">
+        <v>13</v>
+      </c>
+      <c r="E694" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F694" t="s">
+        <v>21</v>
+      </c>
+      <c r="G694" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H694">
         <v>233609</v>
       </c>
-      <c r="G692">
+      <c r="I694">
         <v>283608</v>
       </c>
-      <c r="H692" t="s">
+      <c r="J694" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="695" spans="1:10">
+      <c r="A695" t="s">
+        <v>10</v>
+      </c>
+      <c r="B695" t="s">
+        <v>11</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D695" t="s">
+        <v>13</v>
+      </c>
+      <c r="E695" t="s">
         <v>1157</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F693">
+      <c r="F695" t="s">
+        <v>21</v>
+      </c>
+      <c r="G695" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H695">
         <v>183609</v>
       </c>
-      <c r="G693">
+      <c r="I695">
         <v>233608</v>
       </c>
-      <c r="H693" t="s">
-[...19 lines deleted...]
-      <c r="F694">
+      <c r="J695" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10">
+      <c r="A696" t="s">
+        <v>10</v>
+      </c>
+      <c r="B696" t="s">
+        <v>11</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D696" t="s">
+        <v>13</v>
+      </c>
+      <c r="E696" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F696" t="s">
+        <v>21</v>
+      </c>
+      <c r="G696" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H696">
         <v>345136</v>
       </c>
-      <c r="G694">
+      <c r="I696">
         <v>347162</v>
       </c>
-      <c r="H694" t="s">
-[...19 lines deleted...]
-      <c r="F695">
+      <c r="J696" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10">
+      <c r="A697" t="s">
+        <v>10</v>
+      </c>
+      <c r="B697" t="s">
+        <v>11</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D697" t="s">
+        <v>13</v>
+      </c>
+      <c r="E697" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F697" t="s">
+        <v>21</v>
+      </c>
+      <c r="G697" t="s">
+        <v>710</v>
+      </c>
+      <c r="H697">
         <v>343336</v>
       </c>
-      <c r="G695">
+      <c r="I697">
         <v>345135</v>
       </c>
-      <c r="H695" t="s">
-[...19 lines deleted...]
-      <c r="F696">
+      <c r="J697" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10">
+      <c r="A698" t="s">
+        <v>10</v>
+      </c>
+      <c r="B698" t="s">
+        <v>11</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D698" t="s">
+        <v>13</v>
+      </c>
+      <c r="E698" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F698" t="s">
+        <v>21</v>
+      </c>
+      <c r="G698" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H698">
         <v>341283</v>
       </c>
-      <c r="G696">
+      <c r="I698">
         <v>343335</v>
       </c>
-      <c r="H696" t="s">
-[...19 lines deleted...]
-      <c r="F697">
+      <c r="J698" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10">
+      <c r="A699" t="s">
+        <v>10</v>
+      </c>
+      <c r="B699" t="s">
+        <v>11</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D699" t="s">
+        <v>13</v>
+      </c>
+      <c r="E699" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F699" t="s">
+        <v>21</v>
+      </c>
+      <c r="G699" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H699">
         <v>290127</v>
       </c>
-      <c r="G697">
+      <c r="I699">
         <v>341282</v>
       </c>
-      <c r="H697" t="s">
-[...19 lines deleted...]
-      <c r="F698">
+      <c r="J699" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10">
+      <c r="A700" t="s">
+        <v>10</v>
+      </c>
+      <c r="B700" t="s">
+        <v>11</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D700" t="s">
+        <v>13</v>
+      </c>
+      <c r="E700" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F700" t="s">
+        <v>21</v>
+      </c>
+      <c r="G700" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H700">
         <v>283609</v>
       </c>
-      <c r="G698">
+      <c r="I700">
         <v>290126</v>
       </c>
-      <c r="H698" t="s">
-[...19 lines deleted...]
-      <c r="F699">
+      <c r="J700" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10">
+      <c r="A701" t="s">
+        <v>10</v>
+      </c>
+      <c r="B701" t="s">
+        <v>11</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D701" t="s">
+        <v>13</v>
+      </c>
+      <c r="E701" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F701" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G701" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H701">
         <v>104159</v>
       </c>
-      <c r="G699">
+      <c r="I701">
         <v>183608</v>
       </c>
-      <c r="H699" t="s">
-[...19 lines deleted...]
-      <c r="F700">
+      <c r="J701" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10">
+      <c r="A702" t="s">
+        <v>10</v>
+      </c>
+      <c r="B702" t="s">
+        <v>11</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D702" t="s">
+        <v>13</v>
+      </c>
+      <c r="E702" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F702" t="s">
+        <v>21</v>
+      </c>
+      <c r="G702" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H702">
         <v>1</v>
       </c>
-      <c r="G700">
+      <c r="I702">
         <v>104158</v>
       </c>
-      <c r="H700" t="s">
-[...19 lines deleted...]
-      <c r="F701">
+      <c r="J702" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10">
+      <c r="A703" t="s">
+        <v>10</v>
+      </c>
+      <c r="B703" t="s">
+        <v>11</v>
+      </c>
+      <c r="C703" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D703" t="s">
+        <v>13</v>
+      </c>
+      <c r="E703" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F703" t="s">
+        <v>21</v>
+      </c>
+      <c r="G703" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H703">
         <v>295106</v>
       </c>
-      <c r="G701">
+      <c r="I703">
         <v>590210</v>
       </c>
-      <c r="H701" t="s">
-[...19 lines deleted...]
-      <c r="F702">
+      <c r="J703" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10">
+      <c r="A704" t="s">
+        <v>10</v>
+      </c>
+      <c r="B704" t="s">
+        <v>11</v>
+      </c>
+      <c r="C704" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D704" t="s">
+        <v>13</v>
+      </c>
+      <c r="E704" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F704" t="s">
+        <v>21</v>
+      </c>
+      <c r="G704" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H704">
         <v>1</v>
       </c>
-      <c r="G702">
+      <c r="I704">
         <v>295105</v>
       </c>
-      <c r="H702" t="s">
-        <v>1177</v>
+      <c r="J704" t="s">
+        <v>1185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">