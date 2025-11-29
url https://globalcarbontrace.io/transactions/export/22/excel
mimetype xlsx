--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -12,106 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>Project for Forestry Restoration in Productive and Biological Corridors in the Eastern Plains of Colombia</t>
+  </si>
+  <si>
+    <t>EDATEL S.A.</t>
+  </si>
+  <si>
+    <t>Bosques de la Primavera S.A</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0124813-0125349</t>
+  </si>
+  <si>
+    <t>UNE EPM TELECOMUNICACIONES S.A.</t>
+  </si>
+  <si>
+    <t>1,585</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0123228-0124812</t>
+  </si>
+  <si>
+    <t>Colombia Móvil S.A. E.S.P</t>
+  </si>
+  <si>
+    <t>BCR-CO-261-14-001-2-1602-1612-0122520-0123227</t>
+  </si>
+  <si>
     <t>2025-01-30</t>
   </si>
   <si>
-    <t>Project for Forestry Restoration in Productive and Biological Corridors in the Eastern Plains of Colombia</t>
-[...1 lines deleted...]
-  <si>
     <t>Clean Earth Collective</t>
   </si>
   <si>
     <t>CTX_BCR_Retire</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0021046-0021055</t>
   </si>
   <si>
     <t>Event Wine Solutions in 2024</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0020906-0021045</t>
   </si>
   <si>
     <t>2024-11-13</t>
   </si>
   <si>
     <t>COLOMBIA MOVIL S.A. E.S.P.</t>
   </si>
   <si>
-    <t>Bosques de la Primavera S.A</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0121661-0122519</t>
   </si>
   <si>
     <t>UNE EPM TELECOMUNICACIONES S.A</t>
   </si>
   <si>
     <t>1,431</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0120230-0121660</t>
   </si>
   <si>
     <t>Edatel S.A.</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0119658-0120229</t>
   </si>
   <si>
     <t>2024-10-07</t>
   </si>
   <si>
     <t>OLEODUCTO CENTRAL OCENSA S.A</t>
   </si>
   <si>
     <t>Jose David Roldan</t>
@@ -470,57 +506,51 @@
   <si>
     <t>BCR-CO-261-14-001-3-1801-1812-0074068-0088635</t>
   </si>
   <si>
     <t>19,473</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-3-1801-1812-0054595-0074067</t>
   </si>
   <si>
     <t>45,363</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-3-1801-1812-0009232-0054594</t>
   </si>
   <si>
     <t>9,231</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-3-1801-1812-0000001-0009231</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
-    <t>EDATEL S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0117586-0117957</t>
-  </si>
-[...1 lines deleted...]
-    <t>Colombia Móvil S.A. E.S.P</t>
   </si>
   <si>
     <t>1,070</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0116516-0117585</t>
   </si>
   <si>
     <t>UNE EPM Telecomunicaciones S.A</t>
   </si>
   <si>
     <t>1,487</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0115029-0116515</t>
   </si>
   <si>
     <t>2023-06-15</t>
   </si>
   <si>
     <t>AI Tokenomics Limited</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0021927-0021946</t>
   </si>
@@ -1220,3046 +1250,3832 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H115"/>
+  <dimension ref="A1:J118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H115" sqref="H115"/>
+      <selection activeCell="J118" sqref="J118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="F2">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2">
+        <v>537</v>
+      </c>
+      <c r="H2">
+        <v>124813</v>
+      </c>
+      <c r="I2">
+        <v>125349</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3">
+        <v>123228</v>
+      </c>
+      <c r="I3">
+        <v>124812</v>
+      </c>
+      <c r="J3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4">
+        <v>708</v>
+      </c>
+      <c r="H4">
+        <v>122520</v>
+      </c>
+      <c r="I4">
+        <v>123227</v>
+      </c>
+      <c r="J4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5">
+        <v>10</v>
+      </c>
+      <c r="H5">
         <v>21046</v>
       </c>
-      <c r="G2">
+      <c r="I5">
         <v>21055</v>
       </c>
-      <c r="H2" t="s">
-[...81 lines deleted...]
-    <row r="6" spans="1:8">
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E6">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6">
+        <v>140</v>
+      </c>
+      <c r="H6">
+        <v>20906</v>
+      </c>
+      <c r="I6">
+        <v>21045</v>
+      </c>
+      <c r="J6" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7">
+        <v>859</v>
+      </c>
+      <c r="H7">
+        <v>121661</v>
+      </c>
+      <c r="I7">
+        <v>122519</v>
+      </c>
+      <c r="J7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>120230</v>
+      </c>
+      <c r="I8">
+        <v>121660</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9">
         <v>572</v>
       </c>
-      <c r="F6">
+      <c r="H9">
         <v>119658</v>
       </c>
-      <c r="G6">
+      <c r="I9">
         <v>120229</v>
       </c>
-      <c r="H6" t="s">
-[...19 lines deleted...]
-      <c r="F7">
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
         <v>219223</v>
       </c>
-      <c r="G7">
+      <c r="I10">
         <v>233209</v>
       </c>
-      <c r="H7" t="s">
-[...19 lines deleted...]
-      <c r="F8">
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
         <v>245765</v>
       </c>
-      <c r="G8">
+      <c r="I11">
         <v>258553</v>
       </c>
-      <c r="H8" t="s">
-[...77 lines deleted...]
-      <c r="H11" t="s">
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
         <v>36</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
-      <c r="F12">
+      <c r="F12" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>53863</v>
+      </c>
+      <c r="I12">
+        <v>56659</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>112856</v>
+      </c>
+      <c r="I13">
+        <v>119337</v>
+      </c>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>187275</v>
+      </c>
+      <c r="I14">
+        <v>219222</v>
+      </c>
+      <c r="J14" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="F15" t="s">
+        <v>38</v>
+      </c>
+      <c r="G15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15">
         <v>216555</v>
       </c>
-      <c r="G12">
+      <c r="I15">
         <v>245764</v>
       </c>
-      <c r="H12" t="s">
+      <c r="J15" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="F16" t="s">
         <v>38</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F13">
+      <c r="G16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16">
         <v>38744</v>
       </c>
-      <c r="G13">
+      <c r="I16">
         <v>53862</v>
       </c>
-      <c r="H13" t="s">
-[...19 lines deleted...]
-      <c r="F14">
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" t="s">
+        <v>53</v>
+      </c>
+      <c r="H17">
         <v>58250</v>
       </c>
-      <c r="G14">
+      <c r="I17">
         <v>147636</v>
       </c>
-      <c r="H14" t="s">
-[...19 lines deleted...]
-      <c r="F15">
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
         <v>53316</v>
       </c>
-      <c r="G15">
+      <c r="I18">
         <v>58249</v>
       </c>
-      <c r="H15" t="s">
-[...19 lines deleted...]
-      <c r="F16">
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" t="s">
+        <v>38</v>
+      </c>
+      <c r="G19" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19">
         <v>1</v>
       </c>
-      <c r="G16">
+      <c r="I19">
         <v>28868</v>
       </c>
-      <c r="H16" t="s">
-[...19 lines deleted...]
-      <c r="F17">
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" t="s">
+        <v>38</v>
+      </c>
+      <c r="G20" t="s">
+        <v>59</v>
+      </c>
+      <c r="H20">
         <v>27911</v>
       </c>
-      <c r="G17">
+      <c r="I20">
         <v>88705</v>
       </c>
-      <c r="H17" t="s">
-[...19 lines deleted...]
-      <c r="F18">
+      <c r="J20" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="F21" t="s">
+        <v>38</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21">
         <v>188746</v>
       </c>
-      <c r="G18">
+      <c r="I21">
         <v>216554</v>
       </c>
-      <c r="H18" t="s">
-[...19 lines deleted...]
-      <c r="F19">
+      <c r="J21" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" t="s">
+        <v>38</v>
+      </c>
+      <c r="G22" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22">
         <v>5551</v>
       </c>
-      <c r="G19">
+      <c r="I22">
         <v>7762</v>
       </c>
-      <c r="H19" t="s">
-[...19 lines deleted...]
-      <c r="F20">
+      <c r="J22" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>37</v>
+      </c>
+      <c r="F23" t="s">
+        <v>38</v>
+      </c>
+      <c r="G23" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23">
         <v>147637</v>
       </c>
-      <c r="G20">
+      <c r="I23">
         <v>187274</v>
       </c>
-      <c r="H20" t="s">
-[...19 lines deleted...]
-      <c r="F21">
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="F24" t="s">
+        <v>38</v>
+      </c>
+      <c r="G24" t="s">
+        <v>67</v>
+      </c>
+      <c r="H24">
         <v>28869</v>
       </c>
-      <c r="G21">
+      <c r="I24">
         <v>38743</v>
       </c>
-      <c r="H21" t="s">
-[...19 lines deleted...]
-      <c r="F22">
+      <c r="J24" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>36</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>37</v>
+      </c>
+      <c r="F25" t="s">
+        <v>38</v>
+      </c>
+      <c r="G25" t="s">
+        <v>69</v>
+      </c>
+      <c r="H25">
         <v>88706</v>
       </c>
-      <c r="G22">
+      <c r="I25">
         <v>112855</v>
       </c>
-      <c r="H22" t="s">
-[...19 lines deleted...]
-      <c r="F23">
+      <c r="J25" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>72</v>
+      </c>
+      <c r="F26" t="s">
+        <v>38</v>
+      </c>
+      <c r="G26" t="s">
+        <v>73</v>
+      </c>
+      <c r="H26">
         <v>99083</v>
       </c>
-      <c r="G23">
+      <c r="I26">
         <v>180314</v>
       </c>
-      <c r="H23" t="s">
-[...19 lines deleted...]
-      <c r="F24">
+      <c r="J26" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>72</v>
+      </c>
+      <c r="F27" t="s">
+        <v>38</v>
+      </c>
+      <c r="G27" t="s">
+        <v>75</v>
+      </c>
+      <c r="H27">
         <v>180315</v>
       </c>
-      <c r="G24">
+      <c r="I27">
         <v>188745</v>
       </c>
-      <c r="H24" t="s">
-[...19 lines deleted...]
-      <c r="F25">
+      <c r="J27" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>38</v>
+      </c>
+      <c r="G28" t="s">
+        <v>77</v>
+      </c>
+      <c r="H28">
         <v>48746</v>
       </c>
-      <c r="G25">
+      <c r="I28">
         <v>99082</v>
       </c>
-      <c r="H25" t="s">
-[...19 lines deleted...]
-      <c r="F26">
+      <c r="J28" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>80</v>
+      </c>
+      <c r="F29" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" t="s">
+        <v>81</v>
+      </c>
+      <c r="H29">
         <v>4453</v>
       </c>
-      <c r="G26">
+      <c r="I29">
         <v>5550</v>
       </c>
-      <c r="H26" t="s">
-[...81 lines deleted...]
-    <row r="30" spans="1:8">
+      <c r="J29" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
         <v>80</v>
       </c>
-      <c r="E30">
+      <c r="F30" t="s">
+        <v>38</v>
+      </c>
+      <c r="G30" t="s">
+        <v>83</v>
+      </c>
+      <c r="H30">
+        <v>7763</v>
+      </c>
+      <c r="I30">
+        <v>10430</v>
+      </c>
+      <c r="J30" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>80</v>
+      </c>
+      <c r="F31" t="s">
+        <v>38</v>
+      </c>
+      <c r="G31" t="s">
+        <v>85</v>
+      </c>
+      <c r="H31">
+        <v>10431</v>
+      </c>
+      <c r="I31">
+        <v>11598</v>
+      </c>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>24</v>
+      </c>
+      <c r="G32">
+        <v>100</v>
+      </c>
+      <c r="H32">
+        <v>20806</v>
+      </c>
+      <c r="I32">
+        <v>20905</v>
+      </c>
+      <c r="J32" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>91</v>
+      </c>
+      <c r="F33" t="s">
+        <v>92</v>
+      </c>
+      <c r="G33">
         <v>142</v>
       </c>
-      <c r="F30">
+      <c r="H33">
         <v>22178</v>
       </c>
-      <c r="G30">
+      <c r="I33">
         <v>22319</v>
       </c>
-      <c r="H30" t="s">
-[...16 lines deleted...]
-      <c r="E31">
+      <c r="J33" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>94</v>
+      </c>
+      <c r="F34" t="s">
+        <v>92</v>
+      </c>
+      <c r="G34">
         <v>321</v>
       </c>
-      <c r="F31">
+      <c r="H34">
         <v>30713</v>
       </c>
-      <c r="G31">
+      <c r="I34">
         <v>31033</v>
       </c>
-      <c r="H31" t="s">
-[...19 lines deleted...]
-      <c r="F32">
+      <c r="J34" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>97</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>98</v>
+      </c>
+      <c r="H35">
         <v>1</v>
       </c>
-      <c r="G32">
+      <c r="I35">
         <v>4452</v>
       </c>
-      <c r="H32" t="s">
-[...19 lines deleted...]
-      <c r="F33">
+      <c r="J35" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>97</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>100</v>
+      </c>
+      <c r="H36">
         <v>1</v>
       </c>
-      <c r="G33">
+      <c r="I36">
         <v>53315</v>
       </c>
-      <c r="H33" t="s">
-[...19 lines deleted...]
-      <c r="F34">
+      <c r="J36" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>102</v>
+      </c>
+      <c r="H37">
         <v>1</v>
       </c>
-      <c r="G34">
+      <c r="I37">
         <v>48745</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J37" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>97</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>104</v>
+      </c>
+      <c r="H38">
+        <v>1</v>
+      </c>
+      <c r="I38">
+        <v>27910</v>
+      </c>
+      <c r="J38" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>96</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>106</v>
+      </c>
+      <c r="H39">
+        <v>115865</v>
+      </c>
+      <c r="I39">
+        <v>130793</v>
+      </c>
+      <c r="J39" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>108</v>
+      </c>
+      <c r="H40">
+        <v>110366</v>
+      </c>
+      <c r="I40">
+        <v>115864</v>
+      </c>
+      <c r="J40" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>110</v>
+      </c>
+      <c r="H41">
+        <v>93465</v>
+      </c>
+      <c r="I41">
+        <v>110365</v>
+      </c>
+      <c r="J41" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>96</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>97</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>112</v>
+      </c>
+      <c r="H42">
+        <v>85918</v>
+      </c>
+      <c r="I42">
+        <v>93464</v>
+      </c>
+      <c r="J42" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>97</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>114</v>
+      </c>
+      <c r="H43">
+        <v>63329</v>
+      </c>
+      <c r="I43">
+        <v>85917</v>
+      </c>
+      <c r="J43" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>96</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>97</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>116</v>
+      </c>
+      <c r="H44">
+        <v>52621</v>
+      </c>
+      <c r="I44">
+        <v>63328</v>
+      </c>
+      <c r="J44" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>119</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>120</v>
+      </c>
+      <c r="H45">
+        <v>1</v>
+      </c>
+      <c r="I45">
+        <v>52620</v>
+      </c>
+      <c r="J45" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>122</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>123</v>
+      </c>
+      <c r="F46" t="s">
+        <v>92</v>
+      </c>
+      <c r="G46">
+        <v>200</v>
+      </c>
+      <c r="H46">
+        <v>21978</v>
+      </c>
+      <c r="I46">
+        <v>22177</v>
+      </c>
+      <c r="J46" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47">
+        <v>300</v>
+      </c>
+      <c r="H47">
+        <v>30307</v>
+      </c>
+      <c r="I47">
+        <v>30606</v>
+      </c>
+      <c r="J47" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>125</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48">
+        <v>450</v>
+      </c>
+      <c r="H48">
+        <v>25241</v>
+      </c>
+      <c r="I48">
+        <v>25690</v>
+      </c>
+      <c r="J48" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>129</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>130</v>
+      </c>
+      <c r="F49" t="s">
+        <v>24</v>
+      </c>
+      <c r="G49">
+        <v>115</v>
+      </c>
+      <c r="H49">
+        <v>20691</v>
+      </c>
+      <c r="I49">
+        <v>20805</v>
+      </c>
+      <c r="J49" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
+        <v>132</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>133</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50">
+        <v>136</v>
+      </c>
+      <c r="H50">
+        <v>119522</v>
+      </c>
+      <c r="I50">
+        <v>119657</v>
+      </c>
+      <c r="J50" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
         <v>91</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F51" t="s">
         <v>92</v>
       </c>
-      <c r="F35">
+      <c r="G51">
+        <v>70</v>
+      </c>
+      <c r="H51">
+        <v>30643</v>
+      </c>
+      <c r="I51">
+        <v>30712</v>
+      </c>
+      <c r="J51" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>135</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>137</v>
+      </c>
+      <c r="F52" t="s">
+        <v>92</v>
+      </c>
+      <c r="G52">
+        <v>31</v>
+      </c>
+      <c r="H52">
+        <v>21947</v>
+      </c>
+      <c r="I52">
+        <v>21977</v>
+      </c>
+      <c r="J52" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>133</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53">
+        <v>64</v>
+      </c>
+      <c r="H53">
+        <v>119458</v>
+      </c>
+      <c r="I53">
+        <v>119521</v>
+      </c>
+      <c r="J53" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>139</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>141</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>142</v>
+      </c>
+      <c r="H54">
+        <v>117958</v>
+      </c>
+      <c r="I54">
+        <v>119457</v>
+      </c>
+      <c r="J54" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>144</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>94</v>
+      </c>
+      <c r="F55" t="s">
+        <v>92</v>
+      </c>
+      <c r="G55">
+        <v>36</v>
+      </c>
+      <c r="H55">
+        <v>30607</v>
+      </c>
+      <c r="I55">
+        <v>30642</v>
+      </c>
+      <c r="J55" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>146</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>119</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>147</v>
+      </c>
+      <c r="H56">
+        <v>127572</v>
+      </c>
+      <c r="I56">
+        <v>132357</v>
+      </c>
+      <c r="J56" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>146</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>119</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>149</v>
+      </c>
+      <c r="H57">
+        <v>121066</v>
+      </c>
+      <c r="I57">
+        <v>127571</v>
+      </c>
+      <c r="J57" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>146</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>119</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>151</v>
+      </c>
+      <c r="H58">
+        <v>101506</v>
+      </c>
+      <c r="I58">
+        <v>121065</v>
+      </c>
+      <c r="J58" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>146</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>119</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>153</v>
+      </c>
+      <c r="H59">
+        <v>88636</v>
+      </c>
+      <c r="I59">
+        <v>101505</v>
+      </c>
+      <c r="J59" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>146</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>119</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>155</v>
+      </c>
+      <c r="H60">
+        <v>74068</v>
+      </c>
+      <c r="I60">
+        <v>88635</v>
+      </c>
+      <c r="J60" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>146</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>157</v>
+      </c>
+      <c r="H61">
+        <v>54595</v>
+      </c>
+      <c r="I61">
+        <v>74067</v>
+      </c>
+      <c r="J61" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>146</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>119</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>159</v>
+      </c>
+      <c r="H62">
+        <v>9232</v>
+      </c>
+      <c r="I62">
+        <v>54594</v>
+      </c>
+      <c r="J62" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
+        <v>146</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>119</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>161</v>
+      </c>
+      <c r="H63">
         <v>1</v>
       </c>
-      <c r="G35">
-[...293 lines deleted...]
-      <c r="A47" t="s">
+      <c r="I63">
+        <v>9231</v>
+      </c>
+      <c r="J63" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>163</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64">
+        <v>372</v>
+      </c>
+      <c r="H64">
+        <v>117586</v>
+      </c>
+      <c r="I64">
+        <v>117957</v>
+      </c>
+      <c r="J64" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>163</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>165</v>
+      </c>
+      <c r="H65">
+        <v>116516</v>
+      </c>
+      <c r="I65">
+        <v>117585</v>
+      </c>
+      <c r="J65" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>163</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>167</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>168</v>
+      </c>
+      <c r="H66">
+        <v>115029</v>
+      </c>
+      <c r="I66">
+        <v>116515</v>
+      </c>
+      <c r="J66" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
+        <v>170</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>171</v>
+      </c>
+      <c r="F67" t="s">
+        <v>92</v>
+      </c>
+      <c r="G67">
+        <v>20</v>
+      </c>
+      <c r="H67">
+        <v>21927</v>
+      </c>
+      <c r="I67">
+        <v>21946</v>
+      </c>
+      <c r="J67" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>173</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>174</v>
+      </c>
+      <c r="F68" t="s">
+        <v>24</v>
+      </c>
+      <c r="G68">
         <v>120</v>
       </c>
-      <c r="B47" t="s">
-[...450 lines deleted...]
-      <c r="E64">
+      <c r="H68">
+        <v>30187</v>
+      </c>
+      <c r="I68">
+        <v>30306</v>
+      </c>
+      <c r="J68" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>176</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>177</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>178</v>
+      </c>
+      <c r="H69">
+        <v>43944</v>
+      </c>
+      <c r="I69">
+        <v>45343</v>
+      </c>
+      <c r="J69" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>180</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70">
+        <v>427</v>
+      </c>
+      <c r="H70">
+        <v>43517</v>
+      </c>
+      <c r="I70">
+        <v>43943</v>
+      </c>
+      <c r="J70" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>180</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
         <v>20</v>
       </c>
-      <c r="F64">
-[...42 lines deleted...]
-      <c r="C66" t="s">
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71">
+        <v>426</v>
+      </c>
+      <c r="H71">
+        <v>43091</v>
+      </c>
+      <c r="I71">
+        <v>43516</v>
+      </c>
+      <c r="J71" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>180</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
         <v>167</v>
       </c>
-      <c r="D66" t="s">
-[...83 lines deleted...]
-      <c r="F69">
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>183</v>
+      </c>
+      <c r="H72">
         <v>41391</v>
       </c>
-      <c r="G69">
+      <c r="I72">
         <v>43090</v>
       </c>
-      <c r="H69" t="s">
-[...16 lines deleted...]
-      <c r="E70">
+      <c r="J72" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>185</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>186</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73">
         <v>700</v>
       </c>
-      <c r="F70">
+      <c r="H73">
         <v>40691</v>
       </c>
-      <c r="G70">
+      <c r="I73">
         <v>41390</v>
       </c>
-      <c r="H70" t="s">
-[...19 lines deleted...]
-      <c r="F71">
+      <c r="J73" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>188</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>189</v>
+      </c>
+      <c r="F74" t="s">
+        <v>24</v>
+      </c>
+      <c r="G74" t="s">
+        <v>190</v>
+      </c>
+      <c r="H74">
         <v>26417</v>
       </c>
-      <c r="G71">
+      <c r="I74">
         <v>28621</v>
       </c>
-      <c r="H71" t="s">
-[...81 lines deleted...]
-    <row r="75" spans="1:8">
+      <c r="J74" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>191</v>
+        <v>10</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C75" t="s">
         <v>192</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>25806</v>
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>193</v>
+      </c>
+      <c r="F75" t="s">
+        <v>24</v>
       </c>
       <c r="G75">
-        <v>26416</v>
-[...1 lines deleted...]
-      <c r="H75" t="s">
         <v>193</v>
       </c>
-    </row>
-    <row r="76" spans="1:8">
+      <c r="H75">
+        <v>24808</v>
+      </c>
+      <c r="I75">
+        <v>25000</v>
+      </c>
+      <c r="J75" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C76" t="s">
         <v>195</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E76">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>196</v>
+      </c>
+      <c r="F76" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76">
+        <v>200</v>
+      </c>
+      <c r="H76">
+        <v>24608</v>
+      </c>
+      <c r="I76">
+        <v>24807</v>
+      </c>
+      <c r="J76" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>198</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>199</v>
+      </c>
+      <c r="F77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77">
+        <v>190</v>
+      </c>
+      <c r="H77">
+        <v>24418</v>
+      </c>
+      <c r="I77">
+        <v>24607</v>
+      </c>
+      <c r="J77" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>201</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>202</v>
+      </c>
+      <c r="F78" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78">
+        <v>611</v>
+      </c>
+      <c r="H78">
+        <v>25806</v>
+      </c>
+      <c r="I78">
+        <v>26416</v>
+      </c>
+      <c r="J78" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>204</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>205</v>
+      </c>
+      <c r="F79" t="s">
+        <v>24</v>
+      </c>
+      <c r="G79">
         <v>115</v>
       </c>
-      <c r="F76">
+      <c r="H79">
         <v>25691</v>
       </c>
-      <c r="G76">
+      <c r="I79">
         <v>25805</v>
       </c>
-      <c r="H76" t="s">
+      <c r="J79" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>207</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
         <v>196</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E77">
+      <c r="F80" t="s">
+        <v>24</v>
+      </c>
+      <c r="G80">
         <v>240</v>
       </c>
-      <c r="F77">
+      <c r="H80">
         <v>25001</v>
       </c>
-      <c r="G77">
+      <c r="I80">
         <v>25240</v>
       </c>
-      <c r="H77" t="s">
-[...19 lines deleted...]
-      <c r="F78">
+      <c r="J80" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>209</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>174</v>
+      </c>
+      <c r="F81" t="s">
+        <v>24</v>
+      </c>
+      <c r="G81" t="s">
+        <v>210</v>
+      </c>
+      <c r="H81">
         <v>16691</v>
       </c>
-      <c r="G78">
+      <c r="I81">
         <v>20690</v>
       </c>
-      <c r="H78" t="s">
-[...19 lines deleted...]
-      <c r="F79">
+      <c r="J81" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>209</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>174</v>
+      </c>
+      <c r="F82" t="s">
+        <v>24</v>
+      </c>
+      <c r="G82" t="s">
+        <v>212</v>
+      </c>
+      <c r="H82">
         <v>438</v>
       </c>
-      <c r="G79">
+      <c r="I82">
         <v>16437</v>
       </c>
-      <c r="H79" t="s">
-[...19 lines deleted...]
-      <c r="F80">
+      <c r="J82" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>214</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>215</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>216</v>
+      </c>
+      <c r="H83">
         <v>984585</v>
       </c>
-      <c r="G80">
+      <c r="I83">
         <v>1005160</v>
       </c>
-      <c r="H80" t="s">
-[...77 lines deleted...]
-      <c r="H83" t="s">
+      <c r="J83" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
         <v>214</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
         <v>215</v>
       </c>
-      <c r="F84">
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>218</v>
+      </c>
+      <c r="H84">
+        <v>734685</v>
+      </c>
+      <c r="I84">
+        <v>750020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>220</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>215</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>221</v>
+      </c>
+      <c r="H85">
+        <v>852241</v>
+      </c>
+      <c r="I85">
+        <v>870007</v>
+      </c>
+      <c r="J85" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>220</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>215</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>223</v>
+      </c>
+      <c r="H86">
+        <v>603814</v>
+      </c>
+      <c r="I86">
+        <v>616416</v>
+      </c>
+      <c r="J86" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>220</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>215</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>225</v>
+      </c>
+      <c r="H87">
         <v>835780</v>
       </c>
-      <c r="G84">
+      <c r="I87">
         <v>984584</v>
       </c>
-      <c r="H84" t="s">
-[...19 lines deleted...]
-      <c r="F85">
+      <c r="J87" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>220</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>215</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>227</v>
+      </c>
+      <c r="H88">
         <v>723403</v>
       </c>
-      <c r="G85">
+      <c r="I88">
         <v>852240</v>
       </c>
-      <c r="H85" t="s">
-[...19 lines deleted...]
-      <c r="F86">
+      <c r="J88" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>220</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>215</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>229</v>
+      </c>
+      <c r="H89">
         <v>623634</v>
       </c>
-      <c r="G86">
+      <c r="I89">
         <v>734684</v>
       </c>
-      <c r="H86" t="s">
+      <c r="J89" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
         <v>220</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F87">
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>215</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>231</v>
+      </c>
+      <c r="H90">
         <v>512543</v>
       </c>
-      <c r="G87">
+      <c r="I90">
         <v>603813</v>
       </c>
-      <c r="H87" t="s">
-[...16 lines deleted...]
-      <c r="E88">
+      <c r="J90" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>233</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>234</v>
+      </c>
+      <c r="F91" t="s">
+        <v>24</v>
+      </c>
+      <c r="G91">
         <v>100</v>
       </c>
-      <c r="F88">
+      <c r="H91">
         <v>1</v>
       </c>
-      <c r="G88">
+      <c r="I91">
         <v>100</v>
       </c>
-      <c r="H88" t="s">
-[...16 lines deleted...]
-      <c r="E89">
+      <c r="J91" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>236</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
         <v>237</v>
       </c>
-      <c r="F89">
+      <c r="F92" t="s">
+        <v>24</v>
+      </c>
+      <c r="G92">
+        <v>237</v>
+      </c>
+      <c r="H92">
         <v>201</v>
       </c>
-      <c r="G89">
+      <c r="I92">
         <v>437</v>
       </c>
-      <c r="H89" t="s">
-[...16 lines deleted...]
-      <c r="E90">
+      <c r="J92" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>239</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>196</v>
+      </c>
+      <c r="F93" t="s">
+        <v>240</v>
+      </c>
+      <c r="G93">
         <v>100</v>
       </c>
-      <c r="F90">
+      <c r="H93">
         <v>101</v>
       </c>
-      <c r="G90">
+      <c r="I93">
         <v>200</v>
       </c>
-      <c r="H90" t="s">
-[...19 lines deleted...]
-      <c r="F91">
+      <c r="J93" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>242</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>215</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>243</v>
+      </c>
+      <c r="H94">
         <v>824133</v>
       </c>
-      <c r="G91">
+      <c r="I94">
         <v>835779</v>
       </c>
-      <c r="H91" t="s">
-[...19 lines deleted...]
-      <c r="F92">
+      <c r="J94" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>242</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>215</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>245</v>
+      </c>
+      <c r="H95">
         <v>626768</v>
       </c>
-      <c r="G92">
+      <c r="I95">
         <v>723402</v>
       </c>
-      <c r="H92" t="s">
-[...19 lines deleted...]
-      <c r="F93">
+      <c r="J95" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>242</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>215</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>247</v>
+      </c>
+      <c r="H96">
         <v>540327</v>
       </c>
-      <c r="G93">
+      <c r="I96">
         <v>623633</v>
       </c>
-      <c r="H93" t="s">
-[...19 lines deleted...]
-      <c r="F94">
+      <c r="J96" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>242</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>215</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>249</v>
+      </c>
+      <c r="H97">
         <v>444076</v>
       </c>
-      <c r="G94">
+      <c r="I97">
         <v>512542</v>
       </c>
-      <c r="H94" t="s">
-[...19 lines deleted...]
-      <c r="F95">
+      <c r="J97" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>242</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>215</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>251</v>
+      </c>
+      <c r="H98">
         <v>724133</v>
       </c>
-      <c r="G95">
+      <c r="I98">
         <v>824132</v>
       </c>
-      <c r="H95" t="s">
-[...19 lines deleted...]
-      <c r="F96">
+      <c r="J98" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>253</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>215</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>254</v>
+      </c>
+      <c r="H99">
         <v>597997</v>
       </c>
-      <c r="G96">
+      <c r="I99">
         <v>724132</v>
       </c>
-      <c r="H96" t="s">
-[...19 lines deleted...]
-      <c r="F97">
+      <c r="J99" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>253</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>215</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>256</v>
+      </c>
+      <c r="H100">
         <v>517592</v>
       </c>
-      <c r="G97">
+      <c r="I100">
         <v>626767</v>
       </c>
-      <c r="H97" t="s">
-[...19 lines deleted...]
-      <c r="F98">
+      <c r="J100" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>253</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>215</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>258</v>
+      </c>
+      <c r="H101">
         <v>446208</v>
       </c>
-      <c r="G98">
+      <c r="I101">
         <v>540326</v>
       </c>
-      <c r="H98" t="s">
-[...19 lines deleted...]
-      <c r="F99">
+      <c r="J101" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>253</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>215</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>260</v>
+      </c>
+      <c r="H102">
         <v>366723</v>
       </c>
-      <c r="G99">
+      <c r="I102">
         <v>444075</v>
       </c>
-      <c r="H99" t="s">
-[...19 lines deleted...]
-      <c r="F100">
+      <c r="J102" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" t="s">
+        <v>262</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>215</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>263</v>
+      </c>
+      <c r="H103">
         <v>527895</v>
       </c>
-      <c r="G100">
+      <c r="I103">
         <v>597996</v>
       </c>
-      <c r="H100" t="s">
-[...19 lines deleted...]
-      <c r="F101">
+      <c r="J103" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" t="s">
+        <v>262</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>215</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>265</v>
+      </c>
+      <c r="H104">
         <v>456916</v>
       </c>
-      <c r="G101">
+      <c r="I104">
         <v>517591</v>
       </c>
-      <c r="H101" t="s">
-[...19 lines deleted...]
-      <c r="F102">
+      <c r="J104" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>11</v>
+      </c>
+      <c r="C105" t="s">
+        <v>262</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>215</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>267</v>
+      </c>
+      <c r="H105">
         <v>393900</v>
       </c>
-      <c r="G102">
+      <c r="I105">
         <v>446207</v>
       </c>
-      <c r="H102" t="s">
-[...19 lines deleted...]
-      <c r="F103">
+      <c r="J105" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" t="s">
+        <v>262</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>215</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>269</v>
+      </c>
+      <c r="H106">
         <v>323733</v>
       </c>
-      <c r="G103">
+      <c r="I106">
         <v>366722</v>
       </c>
-      <c r="H103" t="s">
-[...19 lines deleted...]
-      <c r="F104">
+      <c r="J106" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>271</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>119</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>272</v>
+      </c>
+      <c r="H107">
         <v>183392</v>
       </c>
-      <c r="G104">
+      <c r="I107">
         <v>527894</v>
       </c>
-      <c r="H104" t="s">
-[...19 lines deleted...]
-      <c r="F105">
+      <c r="J107" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" t="s">
+        <v>11</v>
+      </c>
+      <c r="C108" t="s">
+        <v>271</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>119</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>274</v>
+      </c>
+      <c r="H108">
         <v>158734</v>
       </c>
-      <c r="G105">
+      <c r="I108">
         <v>456915</v>
       </c>
-      <c r="H105" t="s">
-[...19 lines deleted...]
-      <c r="F106">
+      <c r="J108" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>271</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>119</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>276</v>
+      </c>
+      <c r="H109">
         <v>136842</v>
       </c>
-      <c r="G106">
+      <c r="I109">
         <v>393899</v>
       </c>
-      <c r="H106" t="s">
-[...19 lines deleted...]
-      <c r="F107">
+      <c r="J109" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" t="s">
+        <v>271</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>119</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>278</v>
+      </c>
+      <c r="H110">
         <v>112466</v>
       </c>
-      <c r="G107">
+      <c r="I110">
         <v>323732</v>
       </c>
-      <c r="H107" t="s">
-[...19 lines deleted...]
-      <c r="F108">
+      <c r="J110" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C111" t="s">
+        <v>280</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>215</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>281</v>
+      </c>
+      <c r="H111">
         <v>147889</v>
       </c>
-      <c r="G108">
+      <c r="I111">
         <v>183391</v>
       </c>
-      <c r="H108" t="s">
-[...19 lines deleted...]
-      <c r="F109">
+      <c r="J111" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" t="s">
+        <v>280</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>215</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>283</v>
+      </c>
+      <c r="H112">
         <v>128004</v>
       </c>
-      <c r="G109">
+      <c r="I112">
         <v>158733</v>
       </c>
-      <c r="H109" t="s">
-[...19 lines deleted...]
-      <c r="F110">
+      <c r="J112" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>11</v>
+      </c>
+      <c r="C113" t="s">
+        <v>280</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>215</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>285</v>
+      </c>
+      <c r="H113">
         <v>110350</v>
       </c>
-      <c r="G110">
+      <c r="I113">
         <v>136841</v>
       </c>
-      <c r="H110" t="s">
-[...19 lines deleted...]
-      <c r="F111">
+      <c r="J113" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>280</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>215</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>287</v>
+      </c>
+      <c r="H114">
         <v>90693</v>
       </c>
-      <c r="G111">
+      <c r="I114">
         <v>112465</v>
       </c>
-      <c r="H111" t="s">
-[...19 lines deleted...]
-      <c r="F112">
+      <c r="J114" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>11</v>
+      </c>
+      <c r="C115" t="s">
+        <v>280</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>215</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>289</v>
+      </c>
+      <c r="H115">
         <v>1</v>
       </c>
-      <c r="G112">
+      <c r="I115">
         <v>147888</v>
       </c>
-      <c r="H112" t="s">
+      <c r="J115" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
         <v>280</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F113">
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>215</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>291</v>
+      </c>
+      <c r="H116">
         <v>1</v>
       </c>
-      <c r="G113">
+      <c r="I116">
         <v>128003</v>
       </c>
-      <c r="H113" t="s">
-[...19 lines deleted...]
-      <c r="F114">
+      <c r="J116" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>280</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>215</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>293</v>
+      </c>
+      <c r="H117">
         <v>1</v>
       </c>
-      <c r="G114">
+      <c r="I117">
         <v>110349</v>
       </c>
-      <c r="H114" t="s">
-[...19 lines deleted...]
-      <c r="F115">
+      <c r="J117" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>280</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>215</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>295</v>
+      </c>
+      <c r="H118">
         <v>1</v>
       </c>
-      <c r="G115">
+      <c r="I118">
         <v>90692</v>
       </c>
-      <c r="H115" t="s">
-        <v>286</v>
+      <c r="J118" t="s">
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">