--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -12,74 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
+  </si>
+  <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
   </si>
   <si>
     <t>2025-02-22</t>
   </si>
   <si>
     <t>El Tigre REDD+</t>
   </si>
   <si>
     <t>OPERADORA MINERA SAS</t>
   </si>
   <si>
     <t>GESTION Y DESARROLLO SOSTENIBLE SAS</t>
   </si>
   <si>
     <t>1,088</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-3-1806-1812-0000891-0001978</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>SAAM TOWAGE COLOMBIA S.A.S.</t>
   </si>
@@ -1166,3826 +1178,4696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H145"/>
+  <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H145" sqref="H145"/>
+      <selection activeCell="J145" sqref="J145"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F2">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2">
         <v>891</v>
       </c>
-      <c r="G2">
+      <c r="I2">
         <v>1978</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:8">
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3">
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3">
         <v>1979</v>
       </c>
-      <c r="G3">
+      <c r="I3">
         <v>6331</v>
       </c>
-      <c r="H3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:8">
+      <c r="J3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
       </c>
       <c r="G4">
         <v>890</v>
       </c>
-      <c r="H4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:8">
+      <c r="H4">
+        <v>1</v>
+      </c>
+      <c r="I4">
+        <v>890</v>
+      </c>
+      <c r="J4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F5">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5">
         <v>4550</v>
       </c>
-      <c r="G5">
+      <c r="I5">
         <v>52743</v>
       </c>
-      <c r="H5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:8">
+      <c r="J5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E6">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6">
         <v>616</v>
       </c>
-      <c r="F6">
+      <c r="H6">
         <v>3934</v>
       </c>
-      <c r="G6">
+      <c r="I6">
         <v>4549</v>
       </c>
-      <c r="H6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:8">
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E7">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7">
         <v>342</v>
       </c>
-      <c r="F7">
+      <c r="H7">
         <v>3592</v>
       </c>
-      <c r="G7">
+      <c r="I7">
         <v>3933</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:8">
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E8">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8">
         <v>730</v>
       </c>
-      <c r="F8">
+      <c r="H8">
         <v>2862</v>
       </c>
-      <c r="G8">
+      <c r="I8">
         <v>3591</v>
       </c>
-      <c r="H8" t="s">
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E9">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9">
         <v>867</v>
       </c>
-      <c r="F9">
+      <c r="H9">
         <v>1995</v>
       </c>
-      <c r="G9">
+      <c r="I9">
         <v>2861</v>
       </c>
-      <c r="H9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:8">
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E10">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10">
         <v>639</v>
       </c>
-      <c r="F10">
+      <c r="H10">
         <v>1356</v>
       </c>
-      <c r="G10">
+      <c r="I10">
         <v>1994</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:8">
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E11">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11">
         <v>502</v>
       </c>
-      <c r="F11">
+      <c r="H11">
         <v>854</v>
       </c>
-      <c r="G11">
+      <c r="I11">
         <v>1355</v>
       </c>
-      <c r="H11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:8">
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>28</v>
       </c>
       <c r="G12">
         <v>853</v>
       </c>
-      <c r="H12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:8">
+      <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12">
+        <v>853</v>
+      </c>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F13">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
         <v>119492</v>
       </c>
-      <c r="G13">
+      <c r="I13">
         <v>121743</v>
       </c>
-      <c r="H13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:8">
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E14">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14">
         <v>221</v>
       </c>
-      <c r="F14">
+      <c r="H14">
         <v>119271</v>
       </c>
-      <c r="G14">
+      <c r="I14">
         <v>119491</v>
       </c>
-      <c r="H14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:8">
+      <c r="J14" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E15">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15">
         <v>342</v>
       </c>
-      <c r="F15">
+      <c r="H15">
         <v>118929</v>
       </c>
-      <c r="G15">
+      <c r="I15">
         <v>119270</v>
       </c>
-      <c r="H15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:8">
+      <c r="J15" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F16">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>28</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
         <v>117052</v>
       </c>
-      <c r="G16">
+      <c r="I16">
         <v>118928</v>
       </c>
-      <c r="H16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:8">
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F17">
+        <v>32</v>
+      </c>
+      <c r="F17" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" t="s">
+        <v>46</v>
+      </c>
+      <c r="H17">
         <v>116048</v>
       </c>
-      <c r="G17">
+      <c r="I17">
         <v>117051</v>
       </c>
-      <c r="H17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:8">
+      <c r="J17" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F18">
+        <v>32</v>
+      </c>
+      <c r="F18" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H18">
         <v>115044</v>
       </c>
-      <c r="G18">
+      <c r="I18">
         <v>116047</v>
       </c>
-      <c r="H18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:8">
+      <c r="J18" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F19">
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
+        <v>28</v>
+      </c>
+      <c r="G19" t="s">
+        <v>49</v>
+      </c>
+      <c r="H19">
         <v>112993</v>
       </c>
-      <c r="G19">
+      <c r="I19">
         <v>115043</v>
       </c>
-      <c r="H19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:8">
+      <c r="J19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E20">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>32</v>
+      </c>
+      <c r="F20" t="s">
+        <v>28</v>
+      </c>
+      <c r="G20">
         <v>723</v>
       </c>
-      <c r="F20">
+      <c r="H20">
         <v>112270</v>
       </c>
-      <c r="G20">
+      <c r="I20">
         <v>112992</v>
       </c>
-      <c r="H20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:8">
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F21">
+        <v>32</v>
+      </c>
+      <c r="F21" t="s">
+        <v>28</v>
+      </c>
+      <c r="G21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H21">
         <v>110472</v>
       </c>
-      <c r="G21">
+      <c r="I21">
         <v>112269</v>
       </c>
-      <c r="H21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:8">
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="F22">
+        <v>32</v>
+      </c>
+      <c r="F22" t="s">
+        <v>28</v>
+      </c>
+      <c r="G22" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22">
         <v>109338</v>
       </c>
-      <c r="G22">
+      <c r="I22">
         <v>110471</v>
       </c>
-      <c r="H22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:8">
+      <c r="J22" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F23">
+        <v>32</v>
+      </c>
+      <c r="F23" t="s">
+        <v>28</v>
+      </c>
+      <c r="G23" t="s">
+        <v>57</v>
+      </c>
+      <c r="H23">
         <v>108202</v>
       </c>
-      <c r="G23">
+      <c r="I23">
         <v>109337</v>
       </c>
-      <c r="H23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:8">
+      <c r="J23" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E24">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24">
         <v>992</v>
       </c>
-      <c r="F24">
+      <c r="H24">
         <v>107210</v>
       </c>
-      <c r="G24">
+      <c r="I24">
         <v>108201</v>
       </c>
-      <c r="H24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:8">
+      <c r="J24" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D25" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E25">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25">
         <v>649</v>
       </c>
-      <c r="F25">
+      <c r="H25">
         <v>106561</v>
       </c>
-      <c r="G25">
+      <c r="I25">
         <v>107209</v>
       </c>
-      <c r="H25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:8">
+      <c r="J25" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D26" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="F26">
+        <v>32</v>
+      </c>
+      <c r="F26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G26" t="s">
+        <v>61</v>
+      </c>
+      <c r="H26">
         <v>105340</v>
       </c>
-      <c r="G26">
+      <c r="I26">
         <v>106560</v>
       </c>
-      <c r="H26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:8">
+      <c r="J26" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D27" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E27">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>32</v>
+      </c>
+      <c r="F27" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27">
         <v>198</v>
       </c>
-      <c r="F27">
+      <c r="H27">
         <v>105142</v>
       </c>
-      <c r="G27">
+      <c r="I27">
         <v>105339</v>
       </c>
-      <c r="H27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:8">
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D28" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F28">
+        <v>32</v>
+      </c>
+      <c r="F28" t="s">
+        <v>28</v>
+      </c>
+      <c r="G28" t="s">
+        <v>64</v>
+      </c>
+      <c r="H28">
         <v>102797</v>
       </c>
-      <c r="G28">
+      <c r="I28">
         <v>105141</v>
       </c>
-      <c r="H28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:8">
+      <c r="J28" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E29">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>32</v>
+      </c>
+      <c r="F29" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29">
         <v>800</v>
       </c>
-      <c r="F29">
+      <c r="H29">
         <v>101997</v>
       </c>
-      <c r="G29">
+      <c r="I29">
         <v>102796</v>
       </c>
-      <c r="H29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:8">
+      <c r="J29" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="F30">
+        <v>32</v>
+      </c>
+      <c r="F30" t="s">
+        <v>28</v>
+      </c>
+      <c r="G30" t="s">
+        <v>67</v>
+      </c>
+      <c r="H30">
         <v>100349</v>
       </c>
-      <c r="G30">
+      <c r="I30">
         <v>101996</v>
       </c>
-      <c r="H30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:8">
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="F31">
+        <v>32</v>
+      </c>
+      <c r="F31" t="s">
+        <v>28</v>
+      </c>
+      <c r="G31" t="s">
+        <v>69</v>
+      </c>
+      <c r="H31">
         <v>98838</v>
       </c>
-      <c r="G31">
+      <c r="I31">
         <v>100348</v>
       </c>
-      <c r="H31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:8">
+      <c r="J31" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D32" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E32">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>32</v>
+      </c>
+      <c r="F32" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32">
         <v>996</v>
       </c>
-      <c r="F32">
+      <c r="H32">
         <v>97842</v>
       </c>
-      <c r="G32">
+      <c r="I32">
         <v>98837</v>
       </c>
-      <c r="H32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:8">
+      <c r="J32" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E33">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33" t="s">
+        <v>28</v>
+      </c>
+      <c r="G33">
         <v>697</v>
       </c>
-      <c r="F33">
+      <c r="H33">
         <v>97145</v>
       </c>
-      <c r="G33">
+      <c r="I33">
         <v>97841</v>
       </c>
-      <c r="H33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:8">
+      <c r="J33" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D34" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F34">
+        <v>32</v>
+      </c>
+      <c r="F34" t="s">
+        <v>28</v>
+      </c>
+      <c r="G34" t="s">
+        <v>73</v>
+      </c>
+      <c r="H34">
         <v>95706</v>
       </c>
-      <c r="G34">
+      <c r="I34">
         <v>97144</v>
       </c>
-      <c r="H34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:8">
+      <c r="J34" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D35" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F35">
+        <v>32</v>
+      </c>
+      <c r="F35" t="s">
+        <v>28</v>
+      </c>
+      <c r="G35" t="s">
+        <v>75</v>
+      </c>
+      <c r="H35">
         <v>94156</v>
       </c>
-      <c r="G35">
+      <c r="I35">
         <v>95705</v>
       </c>
-      <c r="H35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:8">
+      <c r="J35" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D36" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="F36">
+        <v>32</v>
+      </c>
+      <c r="F36" t="s">
+        <v>28</v>
+      </c>
+      <c r="G36" t="s">
+        <v>77</v>
+      </c>
+      <c r="H36">
         <v>92762</v>
       </c>
-      <c r="G36">
+      <c r="I36">
         <v>94155</v>
       </c>
-      <c r="H36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:8">
+      <c r="J36" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="F37">
+        <v>32</v>
+      </c>
+      <c r="F37" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" t="s">
+        <v>79</v>
+      </c>
+      <c r="H37">
         <v>91698</v>
       </c>
-      <c r="G37">
+      <c r="I37">
         <v>92761</v>
       </c>
-      <c r="H37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:8">
+      <c r="J37" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D38" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E38">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38" t="s">
+        <v>28</v>
+      </c>
+      <c r="G38">
         <v>679</v>
       </c>
-      <c r="F38">
+      <c r="H38">
         <v>91019</v>
       </c>
-      <c r="G38">
+      <c r="I38">
         <v>91697</v>
       </c>
-      <c r="H38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:8">
+      <c r="J38" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D39" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="F39">
+        <v>32</v>
+      </c>
+      <c r="F39" t="s">
+        <v>28</v>
+      </c>
+      <c r="G39" t="s">
+        <v>82</v>
+      </c>
+      <c r="H39">
         <v>88374</v>
       </c>
-      <c r="G39">
+      <c r="I39">
         <v>91018</v>
       </c>
-      <c r="H39" t="s">
+      <c r="J39" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>51</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>32</v>
+      </c>
+      <c r="F40" t="s">
+        <v>28</v>
+      </c>
+      <c r="G40" t="s">
+        <v>84</v>
+      </c>
+      <c r="H40">
+        <v>86469</v>
+      </c>
+      <c r="I40">
+        <v>88373</v>
+      </c>
+      <c r="J40" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>32</v>
+      </c>
+      <c r="F41" t="s">
+        <v>28</v>
+      </c>
+      <c r="G41" t="s">
+        <v>86</v>
+      </c>
+      <c r="H41">
+        <v>84865</v>
+      </c>
+      <c r="I41">
+        <v>86468</v>
+      </c>
+      <c r="J41" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>51</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>32</v>
+      </c>
+      <c r="F42" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" t="s">
+        <v>88</v>
+      </c>
+      <c r="H42">
+        <v>82512</v>
+      </c>
+      <c r="I42">
+        <v>84864</v>
+      </c>
+      <c r="J42" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>51</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>32</v>
+      </c>
+      <c r="F43" t="s">
+        <v>28</v>
+      </c>
+      <c r="G43">
+        <v>868</v>
+      </c>
+      <c r="H43">
+        <v>81644</v>
+      </c>
+      <c r="I43">
+        <v>82511</v>
+      </c>
+      <c r="J43" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>32</v>
+      </c>
+      <c r="F44" t="s">
+        <v>28</v>
+      </c>
+      <c r="G44" t="s">
+        <v>91</v>
+      </c>
+      <c r="H44">
+        <v>79404</v>
+      </c>
+      <c r="I44">
+        <v>81643</v>
+      </c>
+      <c r="J44" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>51</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>32</v>
+      </c>
+      <c r="F45" t="s">
+        <v>28</v>
+      </c>
+      <c r="G45" t="s">
+        <v>93</v>
+      </c>
+      <c r="H45">
+        <v>77996</v>
+      </c>
+      <c r="I45">
+        <v>79403</v>
+      </c>
+      <c r="J45" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>51</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>32</v>
+      </c>
+      <c r="F46" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46">
+        <v>257</v>
+      </c>
+      <c r="H46">
+        <v>77739</v>
+      </c>
+      <c r="I46">
+        <v>77995</v>
+      </c>
+      <c r="J46" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>51</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" t="s">
+        <v>28</v>
+      </c>
+      <c r="G47" t="s">
+        <v>96</v>
+      </c>
+      <c r="H47">
+        <v>76575</v>
+      </c>
+      <c r="I47">
+        <v>77738</v>
+      </c>
+      <c r="J47" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>51</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>32</v>
+      </c>
+      <c r="F48" t="s">
+        <v>28</v>
+      </c>
+      <c r="G48" t="s">
+        <v>98</v>
+      </c>
+      <c r="H48">
+        <v>75566</v>
+      </c>
+      <c r="I48">
+        <v>76574</v>
+      </c>
+      <c r="J48" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>32</v>
+      </c>
+      <c r="F49" t="s">
+        <v>28</v>
+      </c>
+      <c r="G49" t="s">
+        <v>100</v>
+      </c>
+      <c r="H49">
+        <v>74439</v>
+      </c>
+      <c r="I49">
+        <v>75565</v>
+      </c>
+      <c r="J49" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
+        <v>51</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>32</v>
+      </c>
+      <c r="F50" t="s">
+        <v>28</v>
+      </c>
+      <c r="G50" t="s">
+        <v>102</v>
+      </c>
+      <c r="H50">
+        <v>72780</v>
+      </c>
+      <c r="I50">
+        <v>74438</v>
+      </c>
+      <c r="J50" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>51</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>32</v>
+      </c>
+      <c r="F51" t="s">
+        <v>28</v>
+      </c>
+      <c r="G51">
+        <v>398</v>
+      </c>
+      <c r="H51">
+        <v>72382</v>
+      </c>
+      <c r="I51">
+        <v>72779</v>
+      </c>
+      <c r="J51" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>51</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>32</v>
+      </c>
+      <c r="F52" t="s">
+        <v>28</v>
+      </c>
+      <c r="G52" t="s">
+        <v>105</v>
+      </c>
+      <c r="H52">
+        <v>70688</v>
+      </c>
+      <c r="I52">
+        <v>72381</v>
+      </c>
+      <c r="J52" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>51</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>32</v>
+      </c>
+      <c r="F53" t="s">
+        <v>28</v>
+      </c>
+      <c r="G53" t="s">
+        <v>107</v>
+      </c>
+      <c r="H53">
+        <v>68975</v>
+      </c>
+      <c r="I53">
+        <v>70687</v>
+      </c>
+      <c r="J53" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>51</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>32</v>
+      </c>
+      <c r="F54" t="s">
+        <v>28</v>
+      </c>
+      <c r="G54">
+        <v>736</v>
+      </c>
+      <c r="H54">
+        <v>68239</v>
+      </c>
+      <c r="I54">
+        <v>68974</v>
+      </c>
+      <c r="J54" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>51</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>32</v>
+      </c>
+      <c r="F55" t="s">
+        <v>28</v>
+      </c>
+      <c r="G55">
+        <v>710</v>
+      </c>
+      <c r="H55">
+        <v>67529</v>
+      </c>
+      <c r="I55">
+        <v>68238</v>
+      </c>
+      <c r="J55" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>51</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>32</v>
+      </c>
+      <c r="F56" t="s">
+        <v>28</v>
+      </c>
+      <c r="G56" t="s">
+        <v>111</v>
+      </c>
+      <c r="H56">
+        <v>66400</v>
+      </c>
+      <c r="I56">
+        <v>67528</v>
+      </c>
+      <c r="J56" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>51</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>32</v>
+      </c>
+      <c r="F57" t="s">
+        <v>28</v>
+      </c>
+      <c r="G57" t="s">
+        <v>113</v>
+      </c>
+      <c r="H57">
+        <v>64745</v>
+      </c>
+      <c r="I57">
+        <v>66399</v>
+      </c>
+      <c r="J57" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>51</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>32</v>
+      </c>
+      <c r="F58" t="s">
+        <v>28</v>
+      </c>
+      <c r="G58" t="s">
+        <v>115</v>
+      </c>
+      <c r="H58">
+        <v>62799</v>
+      </c>
+      <c r="I58">
+        <v>64744</v>
+      </c>
+      <c r="J58" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>51</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>32</v>
+      </c>
+      <c r="F59" t="s">
+        <v>28</v>
+      </c>
+      <c r="G59" t="s">
+        <v>117</v>
+      </c>
+      <c r="H59">
+        <v>60740</v>
+      </c>
+      <c r="I59">
+        <v>62798</v>
+      </c>
+      <c r="J59" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>51</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>32</v>
+      </c>
+      <c r="F60" t="s">
+        <v>28</v>
+      </c>
+      <c r="G60">
+        <v>943</v>
+      </c>
+      <c r="H60">
+        <v>59797</v>
+      </c>
+      <c r="I60">
+        <v>60739</v>
+      </c>
+      <c r="J60" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>51</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>32</v>
+      </c>
+      <c r="F61" t="s">
+        <v>28</v>
+      </c>
+      <c r="G61" t="s">
+        <v>120</v>
+      </c>
+      <c r="H61">
+        <v>58034</v>
+      </c>
+      <c r="I61">
+        <v>59796</v>
+      </c>
+      <c r="J61" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>51</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>32</v>
+      </c>
+      <c r="F62" t="s">
+        <v>28</v>
+      </c>
+      <c r="G62">
+        <v>677</v>
+      </c>
+      <c r="H62">
+        <v>57357</v>
+      </c>
+      <c r="I62">
+        <v>58033</v>
+      </c>
+      <c r="J62" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
+        <v>51</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>32</v>
+      </c>
+      <c r="F63" t="s">
+        <v>28</v>
+      </c>
+      <c r="G63">
+        <v>802</v>
+      </c>
+      <c r="H63">
+        <v>56555</v>
+      </c>
+      <c r="I63">
+        <v>57356</v>
+      </c>
+      <c r="J63" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>51</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>32</v>
+      </c>
+      <c r="F64" t="s">
+        <v>28</v>
+      </c>
+      <c r="G64">
+        <v>780</v>
+      </c>
+      <c r="H64">
+        <v>55775</v>
+      </c>
+      <c r="I64">
+        <v>56554</v>
+      </c>
+      <c r="J64" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>51</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>32</v>
+      </c>
+      <c r="F65" t="s">
+        <v>28</v>
+      </c>
+      <c r="G65" t="s">
+        <v>125</v>
+      </c>
+      <c r="H65">
+        <v>53053</v>
+      </c>
+      <c r="I65">
+        <v>55774</v>
+      </c>
+      <c r="J65" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>51</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>32</v>
+      </c>
+      <c r="F66" t="s">
+        <v>28</v>
+      </c>
+      <c r="G66">
+        <v>998</v>
+      </c>
+      <c r="H66">
+        <v>52055</v>
+      </c>
+      <c r="I66">
+        <v>53052</v>
+      </c>
+      <c r="J66" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
+        <v>51</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>28</v>
+      </c>
+      <c r="G67" t="s">
+        <v>128</v>
+      </c>
+      <c r="H67">
+        <v>50140</v>
+      </c>
+      <c r="I67">
+        <v>52054</v>
+      </c>
+      <c r="J67" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>51</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>32</v>
+      </c>
+      <c r="F68" t="s">
+        <v>28</v>
+      </c>
+      <c r="G68" t="s">
+        <v>130</v>
+      </c>
+      <c r="H68">
+        <v>49019</v>
+      </c>
+      <c r="I68">
+        <v>50139</v>
+      </c>
+      <c r="J68" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>51</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>32</v>
+      </c>
+      <c r="F69" t="s">
+        <v>28</v>
+      </c>
+      <c r="G69">
+        <v>787</v>
+      </c>
+      <c r="H69">
+        <v>48232</v>
+      </c>
+      <c r="I69">
+        <v>49018</v>
+      </c>
+      <c r="J69" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>51</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>32</v>
+      </c>
+      <c r="F70" t="s">
+        <v>28</v>
+      </c>
+      <c r="G70">
+        <v>771</v>
+      </c>
+      <c r="H70">
+        <v>47461</v>
+      </c>
+      <c r="I70">
+        <v>48231</v>
+      </c>
+      <c r="J70" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>51</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>32</v>
+      </c>
+      <c r="F71" t="s">
+        <v>28</v>
+      </c>
+      <c r="G71">
+        <v>664</v>
+      </c>
+      <c r="H71">
+        <v>46797</v>
+      </c>
+      <c r="I71">
+        <v>47460</v>
+      </c>
+      <c r="J71" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>51</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>32</v>
+      </c>
+      <c r="F72" t="s">
+        <v>28</v>
+      </c>
+      <c r="G72" t="s">
+        <v>135</v>
+      </c>
+      <c r="H72">
+        <v>45776</v>
+      </c>
+      <c r="I72">
+        <v>46796</v>
+      </c>
+      <c r="J72" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>51</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73" t="s">
+        <v>28</v>
+      </c>
+      <c r="G73" t="s">
+        <v>137</v>
+      </c>
+      <c r="H73">
+        <v>44573</v>
+      </c>
+      <c r="I73">
+        <v>45775</v>
+      </c>
+      <c r="J73" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>51</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>32</v>
+      </c>
+      <c r="F74" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" t="s">
+        <v>139</v>
+      </c>
+      <c r="H74">
+        <v>43280</v>
+      </c>
+      <c r="I74">
+        <v>44572</v>
+      </c>
+      <c r="J74" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" t="s">
+        <v>51</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
+      <c r="F75" t="s">
+        <v>28</v>
+      </c>
+      <c r="G75" t="s">
+        <v>141</v>
+      </c>
+      <c r="H75">
+        <v>41502</v>
+      </c>
+      <c r="I75">
+        <v>43279</v>
+      </c>
+      <c r="J75" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" t="s">
+        <v>51</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>32</v>
+      </c>
+      <c r="F76" t="s">
+        <v>28</v>
+      </c>
+      <c r="G76">
+        <v>979</v>
+      </c>
+      <c r="H76">
+        <v>40523</v>
+      </c>
+      <c r="I76">
+        <v>41501</v>
+      </c>
+      <c r="J76" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>51</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>32</v>
+      </c>
+      <c r="F77" t="s">
+        <v>28</v>
+      </c>
+      <c r="G77">
+        <v>779</v>
+      </c>
+      <c r="H77">
+        <v>39744</v>
+      </c>
+      <c r="I77">
+        <v>40522</v>
+      </c>
+      <c r="J77" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>51</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>32</v>
+      </c>
+      <c r="F78" t="s">
+        <v>28</v>
+      </c>
+      <c r="G78">
+        <v>900</v>
+      </c>
+      <c r="H78">
+        <v>38844</v>
+      </c>
+      <c r="I78">
+        <v>39743</v>
+      </c>
+      <c r="J78" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>51</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" t="s">
+        <v>28</v>
+      </c>
+      <c r="G79" t="s">
+        <v>146</v>
+      </c>
+      <c r="H79">
+        <v>36606</v>
+      </c>
+      <c r="I79">
+        <v>38843</v>
+      </c>
+      <c r="J79" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>51</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>32</v>
+      </c>
+      <c r="F80" t="s">
+        <v>28</v>
+      </c>
+      <c r="G80" t="s">
+        <v>148</v>
+      </c>
+      <c r="H80">
+        <v>35519</v>
+      </c>
+      <c r="I80">
+        <v>36605</v>
+      </c>
+      <c r="J80" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>51</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>32</v>
+      </c>
+      <c r="F81" t="s">
+        <v>28</v>
+      </c>
+      <c r="G81" t="s">
+        <v>150</v>
+      </c>
+      <c r="H81">
+        <v>33808</v>
+      </c>
+      <c r="I81">
+        <v>35518</v>
+      </c>
+      <c r="J81" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>51</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>32</v>
+      </c>
+      <c r="F82" t="s">
+        <v>28</v>
+      </c>
+      <c r="G82" t="s">
+        <v>152</v>
+      </c>
+      <c r="H82">
+        <v>32014</v>
+      </c>
+      <c r="I82">
+        <v>33807</v>
+      </c>
+      <c r="J82" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>51</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>32</v>
+      </c>
+      <c r="F83" t="s">
+        <v>28</v>
+      </c>
+      <c r="G83" t="s">
+        <v>154</v>
+      </c>
+      <c r="H83">
+        <v>30624</v>
+      </c>
+      <c r="I83">
+        <v>32013</v>
+      </c>
+      <c r="J83" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>51</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" t="s">
+        <v>28</v>
+      </c>
+      <c r="G84" t="s">
+        <v>156</v>
+      </c>
+      <c r="H84">
+        <v>29150</v>
+      </c>
+      <c r="I84">
+        <v>30623</v>
+      </c>
+      <c r="J84" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>51</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>32</v>
+      </c>
+      <c r="F85" t="s">
+        <v>28</v>
+      </c>
+      <c r="G85" t="s">
+        <v>158</v>
+      </c>
+      <c r="H85">
+        <v>26987</v>
+      </c>
+      <c r="I85">
+        <v>29149</v>
+      </c>
+      <c r="J85" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>51</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>32</v>
+      </c>
+      <c r="F86" t="s">
+        <v>28</v>
+      </c>
+      <c r="G86">
+        <v>902</v>
+      </c>
+      <c r="H86">
+        <v>26085</v>
+      </c>
+      <c r="I86">
+        <v>26986</v>
+      </c>
+      <c r="J86" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>51</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>32</v>
+      </c>
+      <c r="F87" t="s">
+        <v>28</v>
+      </c>
+      <c r="G87">
+        <v>585</v>
+      </c>
+      <c r="H87">
+        <v>25500</v>
+      </c>
+      <c r="I87">
+        <v>26084</v>
+      </c>
+      <c r="J87" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>51</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>32</v>
+      </c>
+      <c r="F88" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88" t="s">
+        <v>162</v>
+      </c>
+      <c r="H88">
+        <v>24499</v>
+      </c>
+      <c r="I88">
+        <v>25499</v>
+      </c>
+      <c r="J88" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>51</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>32</v>
+      </c>
+      <c r="F89" t="s">
+        <v>28</v>
+      </c>
+      <c r="G89" t="s">
+        <v>164</v>
+      </c>
+      <c r="H89">
+        <v>22907</v>
+      </c>
+      <c r="I89">
+        <v>24498</v>
+      </c>
+      <c r="J89" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
+        <v>51</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>32</v>
+      </c>
+      <c r="F90" t="s">
+        <v>28</v>
+      </c>
+      <c r="G90" t="s">
+        <v>166</v>
+      </c>
+      <c r="H90">
+        <v>19507</v>
+      </c>
+      <c r="I90">
+        <v>22906</v>
+      </c>
+      <c r="J90" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>51</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>32</v>
+      </c>
+      <c r="F91" t="s">
+        <v>28</v>
+      </c>
+      <c r="G91" t="s">
+        <v>168</v>
+      </c>
+      <c r="H91">
+        <v>18467</v>
+      </c>
+      <c r="I91">
+        <v>19506</v>
+      </c>
+      <c r="J91" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>51</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>32</v>
+      </c>
+      <c r="F92" t="s">
+        <v>28</v>
+      </c>
+      <c r="G92" t="s">
+        <v>170</v>
+      </c>
+      <c r="H92">
+        <v>16536</v>
+      </c>
+      <c r="I92">
+        <v>18466</v>
+      </c>
+      <c r="J92" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>51</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>32</v>
+      </c>
+      <c r="F93" t="s">
+        <v>28</v>
+      </c>
+      <c r="G93" t="s">
+        <v>172</v>
+      </c>
+      <c r="H93">
+        <v>15063</v>
+      </c>
+      <c r="I93">
+        <v>16535</v>
+      </c>
+      <c r="J93" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>51</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>32</v>
+      </c>
+      <c r="F94" t="s">
+        <v>28</v>
+      </c>
+      <c r="G94" t="s">
+        <v>174</v>
+      </c>
+      <c r="H94">
+        <v>13568</v>
+      </c>
+      <c r="I94">
+        <v>15062</v>
+      </c>
+      <c r="J94" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>51</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>32</v>
+      </c>
+      <c r="F95" t="s">
+        <v>28</v>
+      </c>
+      <c r="G95">
+        <v>500</v>
+      </c>
+      <c r="H95">
+        <v>13068</v>
+      </c>
+      <c r="I95">
+        <v>13567</v>
+      </c>
+      <c r="J95" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>51</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>32</v>
+      </c>
+      <c r="F96" t="s">
+        <v>28</v>
+      </c>
+      <c r="G96" t="s">
+        <v>177</v>
+      </c>
+      <c r="H96">
+        <v>11911</v>
+      </c>
+      <c r="I96">
+        <v>13067</v>
+      </c>
+      <c r="J96" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>51</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>32</v>
+      </c>
+      <c r="F97" t="s">
+        <v>28</v>
+      </c>
+      <c r="G97">
+        <v>849</v>
+      </c>
+      <c r="H97">
+        <v>11062</v>
+      </c>
+      <c r="I97">
+        <v>11910</v>
+      </c>
+      <c r="J97" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>51</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>32</v>
+      </c>
+      <c r="F98" t="s">
+        <v>28</v>
+      </c>
+      <c r="G98" t="s">
+        <v>180</v>
+      </c>
+      <c r="H98">
+        <v>9880</v>
+      </c>
+      <c r="I98">
+        <v>11061</v>
+      </c>
+      <c r="J98" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>51</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>32</v>
+      </c>
+      <c r="F99" t="s">
+        <v>28</v>
+      </c>
+      <c r="G99" t="s">
+        <v>182</v>
+      </c>
+      <c r="H99">
+        <v>7454</v>
+      </c>
+      <c r="I99">
+        <v>9879</v>
+      </c>
+      <c r="J99" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>51</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>32</v>
+      </c>
+      <c r="F100" t="s">
+        <v>28</v>
+      </c>
+      <c r="G100">
+        <v>802</v>
+      </c>
+      <c r="H100">
+        <v>6652</v>
+      </c>
+      <c r="I100">
+        <v>7453</v>
+      </c>
+      <c r="J100" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>51</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>32</v>
+      </c>
+      <c r="F101" t="s">
+        <v>28</v>
+      </c>
+      <c r="G101" t="s">
+        <v>185</v>
+      </c>
+      <c r="H101">
+        <v>4423</v>
+      </c>
+      <c r="I101">
+        <v>6651</v>
+      </c>
+      <c r="J101" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>51</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>32</v>
+      </c>
+      <c r="F102" t="s">
+        <v>28</v>
+      </c>
+      <c r="G102" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1628 lines deleted...]
-      <c r="F102">
+      <c r="H102">
         <v>3359</v>
       </c>
-      <c r="G102">
+      <c r="I102">
         <v>4422</v>
       </c>
-      <c r="H102" t="s">
-[...3 lines deleted...]
-    <row r="103" spans="1:8">
+      <c r="J102" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C103" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D103" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="F103">
+        <v>32</v>
+      </c>
+      <c r="F103" t="s">
+        <v>28</v>
+      </c>
+      <c r="G103" t="s">
+        <v>188</v>
+      </c>
+      <c r="H103">
         <v>461</v>
       </c>
-      <c r="G103">
+      <c r="I103">
         <v>3358</v>
       </c>
-      <c r="H103" t="s">
-[...3 lines deleted...]
-    <row r="104" spans="1:8">
+      <c r="J103" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D104" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>32</v>
+      </c>
+      <c r="F104" t="s">
+        <v>28</v>
       </c>
       <c r="G104">
         <v>460</v>
       </c>
-      <c r="H104" t="s">
-[...3 lines deleted...]
-    <row r="105" spans="1:8">
+      <c r="H104">
+        <v>1</v>
+      </c>
+      <c r="I104">
+        <v>460</v>
+      </c>
+      <c r="J104" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D105" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="F105">
+        <v>32</v>
+      </c>
+      <c r="F105" t="s">
+        <v>28</v>
+      </c>
+      <c r="G105" t="s">
+        <v>191</v>
+      </c>
+      <c r="H105">
         <v>113888</v>
       </c>
-      <c r="G105">
+      <c r="I105">
         <v>115262</v>
       </c>
-      <c r="H105" t="s">
-[...3 lines deleted...]
-    <row r="106" spans="1:8">
+      <c r="J105" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D106" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F106">
+        <v>32</v>
+      </c>
+      <c r="F106" t="s">
+        <v>28</v>
+      </c>
+      <c r="G106" t="s">
+        <v>193</v>
+      </c>
+      <c r="H106">
         <v>112334</v>
       </c>
-      <c r="G106">
+      <c r="I106">
         <v>113887</v>
       </c>
-      <c r="H106" t="s">
-[...3 lines deleted...]
-    <row r="107" spans="1:8">
+      <c r="J106" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C107" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D107" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="F107">
+        <v>32</v>
+      </c>
+      <c r="F107" t="s">
+        <v>28</v>
+      </c>
+      <c r="G107" t="s">
+        <v>195</v>
+      </c>
+      <c r="H107">
         <v>109783</v>
       </c>
-      <c r="G107">
+      <c r="I107">
         <v>112333</v>
       </c>
-      <c r="H107" t="s">
-[...3 lines deleted...]
-    <row r="108" spans="1:8">
+      <c r="J107" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C108" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D108" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E108">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>32</v>
+      </c>
+      <c r="F108" t="s">
+        <v>28</v>
+      </c>
+      <c r="G108">
         <v>912</v>
       </c>
-      <c r="F108">
+      <c r="H108">
         <v>108871</v>
       </c>
-      <c r="G108">
+      <c r="I108">
         <v>109782</v>
       </c>
-      <c r="H108" t="s">
-[...3 lines deleted...]
-    <row r="109" spans="1:8">
+      <c r="J108" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D109" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F109">
+        <v>32</v>
+      </c>
+      <c r="F109" t="s">
+        <v>28</v>
+      </c>
+      <c r="G109" t="s">
+        <v>198</v>
+      </c>
+      <c r="H109">
         <v>107249</v>
       </c>
-      <c r="G109">
+      <c r="I109">
         <v>108870</v>
       </c>
-      <c r="H109" t="s">
-[...3 lines deleted...]
-    <row r="110" spans="1:8">
+      <c r="J109" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B110" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C110" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D110" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="F110">
+        <v>32</v>
+      </c>
+      <c r="F110" t="s">
+        <v>28</v>
+      </c>
+      <c r="G110" t="s">
+        <v>200</v>
+      </c>
+      <c r="H110">
         <v>104994</v>
       </c>
-      <c r="G110">
+      <c r="I110">
         <v>107248</v>
       </c>
-      <c r="H110" t="s">
-[...3 lines deleted...]
-    <row r="111" spans="1:8">
+      <c r="J110" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B111" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C111" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D111" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="F111">
+        <v>32</v>
+      </c>
+      <c r="F111" t="s">
+        <v>28</v>
+      </c>
+      <c r="G111" t="s">
+        <v>202</v>
+      </c>
+      <c r="H111">
         <v>103554</v>
       </c>
-      <c r="G111">
+      <c r="I111">
         <v>104993</v>
       </c>
-      <c r="H111" t="s">
-[...3 lines deleted...]
-    <row r="112" spans="1:8">
+      <c r="J111" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B112" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C112" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D112" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E112">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>32</v>
+      </c>
+      <c r="F112" t="s">
+        <v>28</v>
+      </c>
+      <c r="G112">
         <v>760</v>
       </c>
-      <c r="F112">
+      <c r="H112">
         <v>102794</v>
       </c>
-      <c r="G112">
+      <c r="I112">
         <v>103553</v>
       </c>
-      <c r="H112" t="s">
-[...3 lines deleted...]
-    <row r="113" spans="1:8">
+      <c r="J112" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C113" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D113" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="F113">
+        <v>32</v>
+      </c>
+      <c r="F113" t="s">
+        <v>28</v>
+      </c>
+      <c r="G113" t="s">
+        <v>205</v>
+      </c>
+      <c r="H113">
         <v>100635</v>
       </c>
-      <c r="G113">
+      <c r="I113">
         <v>102793</v>
       </c>
-      <c r="H113" t="s">
-[...3 lines deleted...]
-    <row r="114" spans="1:8">
+      <c r="J113" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B114" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C114" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E114">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>32</v>
+      </c>
+      <c r="F114" t="s">
+        <v>28</v>
+      </c>
+      <c r="G114">
         <v>272</v>
       </c>
-      <c r="F114">
+      <c r="H114">
         <v>100363</v>
       </c>
-      <c r="G114">
+      <c r="I114">
         <v>100634</v>
       </c>
-      <c r="H114" t="s">
-[...3 lines deleted...]
-    <row r="115" spans="1:8">
+      <c r="J114" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B115" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C115" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D115" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="F115">
+        <v>32</v>
+      </c>
+      <c r="F115" t="s">
+        <v>28</v>
+      </c>
+      <c r="G115" t="s">
+        <v>208</v>
+      </c>
+      <c r="H115">
         <v>98154</v>
       </c>
-      <c r="G115">
+      <c r="I115">
         <v>100362</v>
       </c>
-      <c r="H115" t="s">
+      <c r="J115" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
+        <v>51</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>32</v>
+      </c>
+      <c r="F116" t="s">
+        <v>28</v>
+      </c>
+      <c r="G116" t="s">
+        <v>210</v>
+      </c>
+      <c r="H116">
+        <v>69871</v>
+      </c>
+      <c r="I116">
+        <v>98153</v>
+      </c>
+      <c r="J116" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>51</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>32</v>
+      </c>
+      <c r="F117" t="s">
+        <v>28</v>
+      </c>
+      <c r="G117" t="s">
+        <v>212</v>
+      </c>
+      <c r="H117">
+        <v>60451</v>
+      </c>
+      <c r="I117">
+        <v>69870</v>
+      </c>
+      <c r="J117" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>51</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>32</v>
+      </c>
+      <c r="F118" t="s">
+        <v>28</v>
+      </c>
+      <c r="G118" t="s">
+        <v>57</v>
+      </c>
+      <c r="H118">
+        <v>59315</v>
+      </c>
+      <c r="I118">
+        <v>60450</v>
+      </c>
+      <c r="J118" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" t="s">
+        <v>51</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>32</v>
+      </c>
+      <c r="F119" t="s">
+        <v>28</v>
+      </c>
+      <c r="G119" t="s">
         <v>205</v>
       </c>
-    </row>
-[...94 lines deleted...]
-      <c r="F119">
+      <c r="H119">
         <v>57156</v>
       </c>
-      <c r="G119">
+      <c r="I119">
         <v>59314</v>
       </c>
-      <c r="H119" t="s">
-[...3 lines deleted...]
-    <row r="120" spans="1:8">
+      <c r="J119" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C120" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D120" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="F120">
+        <v>32</v>
+      </c>
+      <c r="F120" t="s">
+        <v>28</v>
+      </c>
+      <c r="G120" t="s">
+        <v>216</v>
+      </c>
+      <c r="H120">
         <v>55956</v>
       </c>
-      <c r="G120">
+      <c r="I120">
         <v>57155</v>
       </c>
-      <c r="H120" t="s">
-[...3 lines deleted...]
-    <row r="121" spans="1:8">
+      <c r="J120" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B121" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C121" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D121" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="F121">
+        <v>32</v>
+      </c>
+      <c r="F121" t="s">
+        <v>28</v>
+      </c>
+      <c r="G121" t="s">
+        <v>218</v>
+      </c>
+      <c r="H121">
         <v>54204</v>
       </c>
-      <c r="G121">
+      <c r="I121">
         <v>55955</v>
       </c>
-      <c r="H121" t="s">
-[...3 lines deleted...]
-    <row r="122" spans="1:8">
+      <c r="J121" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C122" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D122" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F122">
+        <v>32</v>
+      </c>
+      <c r="F122" t="s">
+        <v>28</v>
+      </c>
+      <c r="G122" t="s">
+        <v>220</v>
+      </c>
+      <c r="H122">
         <v>39249</v>
       </c>
-      <c r="G122">
+      <c r="I122">
         <v>54203</v>
       </c>
-      <c r="H122" t="s">
-[...3 lines deleted...]
-    <row r="123" spans="1:8">
+      <c r="J122" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B123" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C123" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D123" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="F123">
+        <v>32</v>
+      </c>
+      <c r="F123" t="s">
+        <v>28</v>
+      </c>
+      <c r="G123" t="s">
+        <v>222</v>
+      </c>
+      <c r="H123">
         <v>34487</v>
       </c>
-      <c r="G123">
+      <c r="I123">
         <v>39248</v>
       </c>
-      <c r="H123" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:8">
+      <c r="J123" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B124" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C124" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D124" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F124">
+        <v>32</v>
+      </c>
+      <c r="F124" t="s">
+        <v>28</v>
+      </c>
+      <c r="G124" t="s">
+        <v>73</v>
+      </c>
+      <c r="H124">
         <v>33048</v>
       </c>
-      <c r="G124">
+      <c r="I124">
         <v>34486</v>
       </c>
-      <c r="H124" t="s">
-[...3 lines deleted...]
-    <row r="125" spans="1:8">
+      <c r="J124" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B125" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C125" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D125" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F125">
+        <v>32</v>
+      </c>
+      <c r="F125" t="s">
+        <v>28</v>
+      </c>
+      <c r="G125" t="s">
+        <v>225</v>
+      </c>
+      <c r="H125">
         <v>26418</v>
       </c>
-      <c r="G125">
+      <c r="I125">
         <v>33047</v>
       </c>
-      <c r="H125" t="s">
-[...3 lines deleted...]
-    <row r="126" spans="1:8">
+      <c r="J125" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B126" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C126" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D126" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="F126">
+        <v>32</v>
+      </c>
+      <c r="F126" t="s">
+        <v>28</v>
+      </c>
+      <c r="G126" t="s">
+        <v>227</v>
+      </c>
+      <c r="H126">
         <v>22675</v>
       </c>
-      <c r="G126">
+      <c r="I126">
         <v>26417</v>
       </c>
-      <c r="H126" t="s">
-[...3 lines deleted...]
-    <row r="127" spans="1:8">
+      <c r="J126" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C127" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D127" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="F127">
+        <v>32</v>
+      </c>
+      <c r="F127" t="s">
+        <v>28</v>
+      </c>
+      <c r="G127" t="s">
+        <v>229</v>
+      </c>
+      <c r="H127">
         <v>18169</v>
       </c>
-      <c r="G127">
+      <c r="I127">
         <v>22674</v>
       </c>
-      <c r="H127" t="s">
-[...3 lines deleted...]
-    <row r="128" spans="1:8">
+      <c r="J127" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B128" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C128" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D128" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="F128">
+        <v>32</v>
+      </c>
+      <c r="F128" t="s">
+        <v>28</v>
+      </c>
+      <c r="G128" t="s">
+        <v>231</v>
+      </c>
+      <c r="H128">
         <v>16289</v>
       </c>
-      <c r="G128">
+      <c r="I128">
         <v>18168</v>
       </c>
-      <c r="H128" t="s">
-[...3 lines deleted...]
-    <row r="129" spans="1:8">
+      <c r="J128" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B129" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D129" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="F129">
+        <v>32</v>
+      </c>
+      <c r="F129" t="s">
+        <v>28</v>
+      </c>
+      <c r="G129" t="s">
+        <v>233</v>
+      </c>
+      <c r="H129">
         <v>12676</v>
       </c>
-      <c r="G129">
+      <c r="I129">
         <v>16288</v>
       </c>
-      <c r="H129" t="s">
-[...3 lines deleted...]
-    <row r="130" spans="1:8">
+      <c r="J129" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C130" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D130" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F130">
+        <v>32</v>
+      </c>
+      <c r="F130" t="s">
+        <v>28</v>
+      </c>
+      <c r="G130" t="s">
+        <v>235</v>
+      </c>
+      <c r="H130">
         <v>11228</v>
       </c>
-      <c r="G130">
+      <c r="I130">
         <v>12675</v>
       </c>
-      <c r="H130" t="s">
-[...3 lines deleted...]
-    <row r="131" spans="1:8">
+      <c r="J130" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C131" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D131" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="F131">
+        <v>32</v>
+      </c>
+      <c r="F131" t="s">
+        <v>28</v>
+      </c>
+      <c r="G131" t="s">
+        <v>237</v>
+      </c>
+      <c r="H131">
         <v>7929</v>
       </c>
-      <c r="G131">
+      <c r="I131">
         <v>11227</v>
       </c>
-      <c r="H131" t="s">
-[...3 lines deleted...]
-    <row r="132" spans="1:8">
+      <c r="J131" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B132" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C132" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D132" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E132">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>32</v>
+      </c>
+      <c r="F132" t="s">
+        <v>28</v>
+      </c>
+      <c r="G132">
         <v>769</v>
       </c>
-      <c r="F132">
+      <c r="H132">
         <v>7160</v>
       </c>
-      <c r="G132">
+      <c r="I132">
         <v>7928</v>
       </c>
-      <c r="H132" t="s">
-[...3 lines deleted...]
-    <row r="133" spans="1:8">
+      <c r="J132" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B133" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C133" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D133" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="F133">
+        <v>32</v>
+      </c>
+      <c r="F133" t="s">
+        <v>28</v>
+      </c>
+      <c r="G133" t="s">
+        <v>240</v>
+      </c>
+      <c r="H133">
         <v>5779</v>
       </c>
-      <c r="G133">
+      <c r="I133">
         <v>7159</v>
       </c>
-      <c r="H133" t="s">
-[...3 lines deleted...]
-    <row r="134" spans="1:8">
+      <c r="J133" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B134" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C134" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D134" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="F134">
+        <v>32</v>
+      </c>
+      <c r="F134" t="s">
+        <v>28</v>
+      </c>
+      <c r="G134" t="s">
+        <v>242</v>
+      </c>
+      <c r="H134">
         <v>4492</v>
       </c>
-      <c r="G134">
+      <c r="I134">
         <v>5778</v>
       </c>
-      <c r="H134" t="s">
-[...3 lines deleted...]
-    <row r="135" spans="1:8">
+      <c r="J134" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B135" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C135" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D135" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="F135">
+        <v>32</v>
+      </c>
+      <c r="F135" t="s">
+        <v>28</v>
+      </c>
+      <c r="G135" t="s">
+        <v>244</v>
+      </c>
+      <c r="H135">
         <v>2955</v>
       </c>
-      <c r="G135">
+      <c r="I135">
         <v>4491</v>
       </c>
-      <c r="H135" t="s">
-[...3 lines deleted...]
-    <row r="136" spans="1:8">
+      <c r="J135" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C136" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D136" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="F136">
+        <v>32</v>
+      </c>
+      <c r="F136" t="s">
+        <v>28</v>
+      </c>
+      <c r="G136" t="s">
+        <v>246</v>
+      </c>
+      <c r="H136">
         <v>1</v>
       </c>
-      <c r="G136">
+      <c r="I136">
         <v>2954</v>
       </c>
-      <c r="H136" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:8">
+      <c r="J136" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>244</v>
+        <v>10</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C137" t="s">
-        <v>28</v>
+        <v>248</v>
       </c>
       <c r="D137" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="F137">
+        <v>32</v>
+      </c>
+      <c r="F137" t="s">
+        <v>28</v>
+      </c>
+      <c r="G137" t="s">
+        <v>249</v>
+      </c>
+      <c r="H137">
         <v>1</v>
       </c>
-      <c r="G137">
+      <c r="I137">
         <v>15791</v>
       </c>
-      <c r="H137" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:8">
+      <c r="J137" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>244</v>
+        <v>10</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C138" t="s">
-        <v>28</v>
+        <v>248</v>
       </c>
       <c r="D138" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F138">
+        <v>32</v>
+      </c>
+      <c r="F138" t="s">
+        <v>28</v>
+      </c>
+      <c r="G138" t="s">
+        <v>251</v>
+      </c>
+      <c r="H138">
         <v>1177</v>
       </c>
-      <c r="G138">
+      <c r="I138">
         <v>15745</v>
       </c>
-      <c r="H138" t="s">
-[...3 lines deleted...]
-    <row r="139" spans="1:8">
+      <c r="J138" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>249</v>
+        <v>10</v>
       </c>
       <c r="B139" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C139" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D139" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E139">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>254</v>
+      </c>
+      <c r="F139" t="s">
+        <v>28</v>
+      </c>
+      <c r="G139">
         <v>588</v>
       </c>
-      <c r="F139">
+      <c r="H139">
         <v>589</v>
       </c>
-      <c r="G139">
+      <c r="I139">
         <v>1176</v>
       </c>
-      <c r="H139" t="s">
-[...3 lines deleted...]
-    <row r="140" spans="1:8">
+      <c r="J139" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>252</v>
+        <v>10</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C140" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D140" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>257</v>
+      </c>
+      <c r="F140" t="s">
+        <v>28</v>
       </c>
       <c r="G140">
         <v>588</v>
       </c>
-      <c r="H140" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:8">
+      <c r="H140">
+        <v>1</v>
+      </c>
+      <c r="I140">
+        <v>588</v>
+      </c>
+      <c r="J140" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>255</v>
+        <v>10</v>
       </c>
       <c r="B141" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C141" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D141" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="F141">
+        <v>260</v>
+      </c>
+      <c r="F141" t="s">
+        <v>28</v>
+      </c>
+      <c r="G141" t="s">
+        <v>261</v>
+      </c>
+      <c r="H141">
         <v>74907</v>
       </c>
-      <c r="G141">
+      <c r="I141">
         <v>79484</v>
       </c>
-      <c r="H141" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:8">
+      <c r="J141" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>255</v>
+        <v>10</v>
       </c>
       <c r="B142" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C142" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D142" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="F142">
+        <v>260</v>
+      </c>
+      <c r="F142" t="s">
+        <v>28</v>
+      </c>
+      <c r="G142" t="s">
+        <v>263</v>
+      </c>
+      <c r="H142">
         <v>79485</v>
       </c>
-      <c r="G142">
+      <c r="I142">
         <v>89484</v>
       </c>
-      <c r="H142" t="s">
-[...3 lines deleted...]
-    <row r="143" spans="1:8">
+      <c r="J142" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C143" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D143" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="F143">
+        <v>266</v>
+      </c>
+      <c r="F143" t="s">
+        <v>28</v>
+      </c>
+      <c r="G143" t="s">
+        <v>267</v>
+      </c>
+      <c r="H143">
         <v>1</v>
       </c>
-      <c r="G143">
+      <c r="I143">
         <v>74906</v>
       </c>
-      <c r="H143" t="s">
-[...3 lines deleted...]
-    <row r="144" spans="1:8">
+      <c r="J143" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
       <c r="A144" t="s">
-        <v>261</v>
+        <v>10</v>
       </c>
       <c r="B144" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C144" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D144" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E144" t="s">
+        <v>266</v>
+      </c>
+      <c r="F144" t="s">
+        <v>28</v>
+      </c>
+      <c r="G144" t="s">
+        <v>269</v>
+      </c>
+      <c r="H144">
+        <v>1</v>
+      </c>
+      <c r="I144">
+        <v>89220</v>
+      </c>
+      <c r="J144" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
         <v>265</v>
       </c>
-      <c r="F144">
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>266</v>
+      </c>
+      <c r="F145" t="s">
+        <v>28</v>
+      </c>
+      <c r="G145" t="s">
+        <v>271</v>
+      </c>
+      <c r="H145">
         <v>1</v>
       </c>
-      <c r="G144">
-[...25 lines deleted...]
-      <c r="G145">
+      <c r="I145">
         <v>35874</v>
       </c>
-      <c r="H145" t="s">
-        <v>268</v>
+      <c r="J145" t="s">
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">