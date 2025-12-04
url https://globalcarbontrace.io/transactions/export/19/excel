--- v0 (2025-10-21)
+++ v1 (2025-12-04)
@@ -12,88 +12,673 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="987">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1175">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>DABUCURY REDD+</t>
+  </si>
+  <si>
+    <t>CHEVRON PETROLEUM COMPANY</t>
+  </si>
+  <si>
+    <t>KSAVAL ENERGY SAS</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0020844-0021158</t>
+  </si>
+  <si>
+    <t>ORGANIZACION TERPEL SA</t>
+  </si>
+  <si>
+    <t>5,178</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0015666-0020843</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>ORGANIZACIÓN TERPEL S.A.</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>1,234</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0082229-0083462</t>
+  </si>
+  <si>
+    <t>4,086</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0078143-0082228</t>
+  </si>
+  <si>
+    <t>2,418</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0075725-0078142</t>
+  </si>
+  <si>
+    <t>1,112</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0074613-0075724</t>
+  </si>
+  <si>
+    <t>1,057</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0073556-0074612</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0073381-0073555</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0072946-0073380</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0071992-0072945</t>
+  </si>
+  <si>
+    <t>2,433</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0069559-0071991</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0069226-0069558</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0068378-0069225</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0068144-0068377</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0067534-0068143</t>
+  </si>
+  <si>
+    <t>2,375</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0065159-0067533</t>
+  </si>
+  <si>
+    <t>2,612</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0062547-0065158</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0062098-0062546</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0061754-0062097</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0061006-0061753</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0060417-0061005</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0060071-0060416</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0059197-0060070</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0058925-0059196</t>
+  </si>
+  <si>
+    <t>1,209</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0057716-0058924</t>
+  </si>
+  <si>
+    <t>1,912</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0055804-0057715</t>
+  </si>
+  <si>
+    <t>5,003</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0050801-0055803</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0050375-0050800</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0049990-0050374</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0049749-0049989</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0049132-0049748</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0048981-0049131</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0048360-0048980</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0047981-0048359</t>
+  </si>
+  <si>
+    <t>6,623</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0041358-0047980</t>
+  </si>
+  <si>
+    <t>5,494</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0035864-0041357</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0034984-0035863</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0076124-0076193</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0034736-0034983</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0034252-0034735</t>
+  </si>
+  <si>
+    <t>1,329</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0032923-0034251</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0032432-0032922</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0032166-0032431</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0031832-0032165</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0031607-0031831</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0031333-0031606</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0031250-0031332</t>
+  </si>
+  <si>
+    <t>1,008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0030242-0031249</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0029512-0030241</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0076015-0076123</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0029036-0029511</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0028225-0029035</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0027484-0028224</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0027098-0027483</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0026280-0027097</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0025920-0026279</t>
+  </si>
+  <si>
+    <t>1,099</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0024821-0025919</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0024415-0024820</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0023954-0024414</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0023307-0023953</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0022710-0023306</t>
+  </si>
+  <si>
+    <t>1,716</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0020994-0022709</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0020724-0020993</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0019815-0020723</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0019554-0019814</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0019388-0019553</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0019235-0019387</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0019118-0019234</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0018745-0019117</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0018388-0018744</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0017818-0018387</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0017450-0017817</t>
+  </si>
+  <si>
+    <t>1,988</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0015462-0017449</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>1,059</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0014403-0015461</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0014094-0014402</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0013810-0014093</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0013312-0013809</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0013049-0013311</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0012192-0013048</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0011820-0012191</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0011454-0011819</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0010896-0011453</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0010737-0010895</t>
+  </si>
+  <si>
+    <t>1,740</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0008997-0010736</t>
+  </si>
+  <si>
+    <t>1,075</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0007922-0008996</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0007039-0007921</t>
+  </si>
+  <si>
+    <t>1,532</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0005507-0007038</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0004895-0005506</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0004261-0004894</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0004195-0004260</t>
+  </si>
+  <si>
+    <t>1,216</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0002979-0004194</t>
+  </si>
+  <si>
+    <t>1,282</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0001697-0002978</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000804-0001696</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000580-0000803</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000455-0000579</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000001-0000454</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0075517-0076014</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0075103-0075516</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0074847-0075102</t>
+  </si>
+  <si>
+    <t>1,035</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0073812-0074846</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0073671-0073811</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0072869-0073670</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0072569-0072868</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0072237-0072568</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0071801-0072236</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0070991-0071800</t>
+  </si>
+  <si>
+    <t>1,240</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0069751-0070990</t>
+  </si>
+  <si>
+    <t>5,950</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0063801-0069750</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0063360-0063800</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0062373-0063359</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0062140-0062372</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0018740-0019156</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0061281-0062139</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0018508-0018739</t>
+  </si>
+  <si>
+    <t>1,408</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0059873-0061280</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0059601-0059872</t>
+  </si>
+  <si>
+    <t>2,080</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0057521-0059600</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0057052-0057520</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0056598-0057051</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0055834-0056597</t>
+  </si>
+  <si>
+    <t>38,772</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0017062-0055833</t>
+  </si>
+  <si>
+    <t>1,009</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0016053-0017061</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0015240-0016052</t>
+  </si>
+  <si>
+    <t>1,145</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0014095-0015239</t>
+  </si>
+  <si>
+    <t>1,680</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0012415-0014094</t>
+  </si>
+  <si>
+    <t>1,516</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0010899-0012414</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0010361-0010898</t>
+  </si>
+  <si>
+    <t>10,360</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0000001-0010360</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0018007-0018507</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0017782-0018006</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0016799-0017781</t>
+  </si>
+  <si>
+    <t>1,012</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0015787-0016798</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0015350-0015786</t>
+  </si>
+  <si>
+    <t>1,047</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0014303-0015349</t>
+  </si>
+  <si>
+    <t>1,823</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0012480-0014302</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0012253-0012479</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0012059-0012252</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0011967-0012058</t>
+  </si>
+  <si>
+    <t>6,564</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0005403-0011966</t>
+  </si>
+  <si>
+    <t>1,411</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0003992-0005402</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0003621-0003991</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0002903-0003620</t>
+  </si>
+  <si>
+    <t>2,902</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2001-2012-0000001-0002902</t>
+  </si>
+  <si>
     <t>2025-09-08</t>
   </si>
   <si>
-    <t>DABUCURY REDD+</t>
-[...7 lines deleted...]
-  <si>
     <t>5,532</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0117311-0122842</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>5,451</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0111860-0117310</t>
   </si>
   <si>
     <t>2025-07-02</t>
   </si>
   <si>
     <t>5,258</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0106602-0111859</t>
   </si>
   <si>
     <t>2025-06-04</t>
@@ -104,56 +689,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0101314-0106601</t>
   </si>
   <si>
     <t>2025-05-06</t>
   </si>
   <si>
     <t>4,844</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0096470-0101313</t>
   </si>
   <si>
     <t>2025-04-03</t>
   </si>
   <si>
     <t>5,336</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0091134-0096469</t>
   </si>
   <si>
     <t>2025-03-15</t>
   </si>
   <si>
-    <t>ORGANIZACIÓN TERPEL S.A.</t>
-[...4 lines deleted...]
-  <si>
     <t>2,471</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0077157-0079627</t>
   </si>
   <si>
     <t>1,108</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0076049-0077156</t>
   </si>
   <si>
     <t>1,379</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0074670-0076048</t>
   </si>
   <si>
     <t>1,969</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0072701-0074669</t>
   </si>
   <si>
     <t>3,473</t>
@@ -524,53 +1103,50 @@
   <si>
     <t>1,782</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0207895-0209676</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0206953-0207894</t>
   </si>
   <si>
     <t>1,637</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0205316-0206952</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0204520-0205315</t>
   </si>
   <si>
     <t>2,274</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0202246-0204519</t>
   </si>
   <si>
-    <t>1,112</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0201134-0202245</t>
   </si>
   <si>
     <t>3,274</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0197860-0201133</t>
   </si>
   <si>
     <t>2,047</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0195813-0197859</t>
   </si>
   <si>
     <t>1,265</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0194548-0195812</t>
   </si>
   <si>
     <t>1,599</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0192949-0194547</t>
@@ -1328,53 +1904,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0285551-0287234</t>
   </si>
   <si>
     <t>1,285</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0284266-0285550</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0283514-0284265</t>
   </si>
   <si>
     <t>1,199</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0282315-0283513</t>
   </si>
   <si>
     <t>1,424</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0280891-0282314</t>
   </si>
   <si>
-    <t>1,075</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0279816-0280890</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0279181-0279815</t>
   </si>
   <si>
     <t>1,580</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0277601-0279180</t>
   </si>
   <si>
     <t>1,853</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0275748-0277600</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0274744-0275747</t>
   </si>
   <si>
     <t>1,613</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0273131-0274743</t>
@@ -1913,53 +2486,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0072003-0083413</t>
   </si>
   <si>
     <t>3,800</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0068203-0072002</t>
   </si>
   <si>
     <t>7,416</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0060787-0068202</t>
   </si>
   <si>
     <t>1,582</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0059205-0060786</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0056185-0059204</t>
   </si>
   <si>
-    <t>1,408</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0054777-0056184</t>
   </si>
   <si>
     <t>3,506</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0051271-0054776</t>
   </si>
   <si>
     <t>5,520</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0045751-0051270</t>
   </si>
   <si>
     <t>2023-12-17</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0062902-0063344</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0062450-0062901</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0061894-0062449</t>
@@ -2624,53 +3194,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0032773-0034524</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0032069-0032772</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0031714-0032068</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0030841-0031713</t>
   </si>
   <si>
     <t>1,131</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0029710-0030840</t>
   </si>
   <si>
     <t>2,821</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0026889-0029709</t>
   </si>
   <si>
-    <t>1,234</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0025655-0026888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0023791-0025654</t>
   </si>
   <si>
     <t>2,172</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0021619-0023790</t>
   </si>
   <si>
     <t>1,625</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0019994-0021618</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0018842-0019993</t>
   </si>
   <si>
     <t>1,191</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0017651-0018841</t>
@@ -2859,53 +3426,50 @@
     <t>1,571</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0026512-0028082</t>
   </si>
   <si>
     <t>3,383</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0023129-0026511</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0022253-0023128</t>
   </si>
   <si>
     <t>1,393</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0020860-0022252</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0019436-0020859</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0017952-0019435</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,047</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0016905-0017951</t>
   </si>
   <si>
     <t>5,173</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0011732-0016904</t>
   </si>
   <si>
     <t>2,164</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0009568-0011731</t>
   </si>
   <si>
     <t>1,813</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0007755-0009567</t>
   </si>
   <si>
     <t>3,515</t>
   </si>
@@ -3320,14980 +3884,23000 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H574"/>
+  <dimension ref="A1:J717"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H574" sqref="H574"/>
+      <selection activeCell="J717" sqref="J717"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2">
+        <v>315</v>
+      </c>
+      <c r="H2">
+        <v>20844</v>
+      </c>
+      <c r="I2">
+        <v>21158</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3">
+        <v>15666</v>
+      </c>
+      <c r="I3">
+        <v>20843</v>
+      </c>
+      <c r="J3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4">
+        <v>82229</v>
+      </c>
+      <c r="I4">
+        <v>83462</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5">
+        <v>78143</v>
+      </c>
+      <c r="I5">
+        <v>82228</v>
+      </c>
+      <c r="J5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6">
+        <v>75725</v>
+      </c>
+      <c r="I6">
+        <v>78142</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7">
+        <v>74613</v>
+      </c>
+      <c r="I7">
+        <v>75724</v>
+      </c>
+      <c r="J7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8">
+        <v>73556</v>
+      </c>
+      <c r="I8">
+        <v>74612</v>
+      </c>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9">
+        <v>175</v>
+      </c>
+      <c r="H9">
+        <v>73381</v>
+      </c>
+      <c r="I9">
+        <v>73555</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10">
+        <v>435</v>
+      </c>
+      <c r="H10">
+        <v>72946</v>
+      </c>
+      <c r="I10">
+        <v>73380</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11">
+        <v>954</v>
+      </c>
+      <c r="H11">
+        <v>71992</v>
+      </c>
+      <c r="I11">
+        <v>72945</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>69559</v>
+      </c>
+      <c r="I12">
+        <v>71991</v>
+      </c>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13">
+        <v>333</v>
+      </c>
+      <c r="H13">
+        <v>69226</v>
+      </c>
+      <c r="I13">
+        <v>69558</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14">
+        <v>848</v>
+      </c>
+      <c r="H14">
+        <v>68378</v>
+      </c>
+      <c r="I14">
+        <v>69225</v>
+      </c>
+      <c r="J14" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>21</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15">
+        <v>234</v>
+      </c>
+      <c r="H15">
+        <v>68144</v>
+      </c>
+      <c r="I15">
+        <v>68377</v>
+      </c>
+      <c r="J15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>21</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16">
+        <v>610</v>
+      </c>
+      <c r="H16">
+        <v>67534</v>
+      </c>
+      <c r="I16">
+        <v>68143</v>
+      </c>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>21</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>65159</v>
+      </c>
+      <c r="I17">
+        <v>67533</v>
+      </c>
+      <c r="J17" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>62547</v>
+      </c>
+      <c r="I18">
+        <v>65158</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19">
+        <v>449</v>
+      </c>
+      <c r="H19">
+        <v>62098</v>
+      </c>
+      <c r="I19">
+        <v>62546</v>
+      </c>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20">
+        <v>344</v>
+      </c>
+      <c r="H20">
+        <v>61754</v>
+      </c>
+      <c r="I20">
+        <v>62097</v>
+      </c>
+      <c r="J20" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21">
+        <v>748</v>
+      </c>
+      <c r="H21">
+        <v>61006</v>
+      </c>
+      <c r="I21">
+        <v>61753</v>
+      </c>
+      <c r="J21" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>21</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22">
+        <v>589</v>
+      </c>
+      <c r="H22">
+        <v>60417</v>
+      </c>
+      <c r="I22">
+        <v>61005</v>
+      </c>
+      <c r="J22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>21</v>
+      </c>
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23">
+        <v>346</v>
+      </c>
+      <c r="H23">
+        <v>60071</v>
+      </c>
+      <c r="I23">
+        <v>60416</v>
+      </c>
+      <c r="J23" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" t="s">
+        <v>22</v>
+      </c>
+      <c r="G24">
+        <v>874</v>
+      </c>
+      <c r="H24">
+        <v>59197</v>
+      </c>
+      <c r="I24">
+        <v>60070</v>
+      </c>
+      <c r="J24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25">
+        <v>272</v>
+      </c>
+      <c r="H25">
+        <v>58925</v>
+      </c>
+      <c r="I25">
+        <v>59196</v>
+      </c>
+      <c r="J25" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>53</v>
+      </c>
+      <c r="H26">
+        <v>57716</v>
+      </c>
+      <c r="I26">
+        <v>58924</v>
+      </c>
+      <c r="J26" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>55804</v>
+      </c>
+      <c r="I27">
+        <v>57715</v>
+      </c>
+      <c r="J27" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>21</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>57</v>
+      </c>
+      <c r="H28">
+        <v>50801</v>
+      </c>
+      <c r="I28">
+        <v>55803</v>
+      </c>
+      <c r="J28" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29">
+        <v>426</v>
+      </c>
+      <c r="H29">
+        <v>50375</v>
+      </c>
+      <c r="I29">
+        <v>50800</v>
+      </c>
+      <c r="J29" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>21</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30">
+        <v>385</v>
+      </c>
+      <c r="H30">
+        <v>49990</v>
+      </c>
+      <c r="I30">
+        <v>50374</v>
+      </c>
+      <c r="J30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>21</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31">
+        <v>241</v>
+      </c>
+      <c r="H31">
+        <v>49749</v>
+      </c>
+      <c r="I31">
+        <v>49989</v>
+      </c>
+      <c r="J31" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32">
+        <v>617</v>
+      </c>
+      <c r="H32">
+        <v>49132</v>
+      </c>
+      <c r="I32">
+        <v>49748</v>
+      </c>
+      <c r="J32" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33">
+        <v>151</v>
+      </c>
+      <c r="H33">
+        <v>48981</v>
+      </c>
+      <c r="I33">
+        <v>49131</v>
+      </c>
+      <c r="J33" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>21</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34">
+        <v>621</v>
+      </c>
+      <c r="H34">
+        <v>48360</v>
+      </c>
+      <c r="I34">
+        <v>48980</v>
+      </c>
+      <c r="J34" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>21</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35">
+        <v>379</v>
+      </c>
+      <c r="H35">
+        <v>47981</v>
+      </c>
+      <c r="I35">
+        <v>48359</v>
+      </c>
+      <c r="J35" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>21</v>
+      </c>
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
+        <v>66</v>
+      </c>
+      <c r="H36">
+        <v>41358</v>
+      </c>
+      <c r="I36">
+        <v>47980</v>
+      </c>
+      <c r="J36" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>21</v>
+      </c>
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" t="s">
+        <v>68</v>
+      </c>
+      <c r="H37">
+        <v>35864</v>
+      </c>
+      <c r="I37">
+        <v>41357</v>
+      </c>
+      <c r="J37" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>21</v>
+      </c>
+      <c r="F38" t="s">
+        <v>22</v>
+      </c>
+      <c r="G38">
+        <v>880</v>
+      </c>
+      <c r="H38">
+        <v>34984</v>
+      </c>
+      <c r="I38">
+        <v>35863</v>
+      </c>
+      <c r="J38" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>21</v>
+      </c>
+      <c r="F39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G39">
+        <v>70</v>
+      </c>
+      <c r="H39">
+        <v>76124</v>
+      </c>
+      <c r="I39">
+        <v>76193</v>
+      </c>
+      <c r="J39" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>21</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40">
+        <v>248</v>
+      </c>
+      <c r="H40">
+        <v>34736</v>
+      </c>
+      <c r="I40">
+        <v>34983</v>
+      </c>
+      <c r="J40" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>21</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41">
+        <v>484</v>
+      </c>
+      <c r="H41">
+        <v>34252</v>
+      </c>
+      <c r="I41">
+        <v>34735</v>
+      </c>
+      <c r="J41" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>21</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>74</v>
+      </c>
+      <c r="H42">
+        <v>32923</v>
+      </c>
+      <c r="I42">
+        <v>34251</v>
+      </c>
+      <c r="J42" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43">
+        <v>491</v>
+      </c>
+      <c r="H43">
+        <v>32432</v>
+      </c>
+      <c r="I43">
+        <v>32922</v>
+      </c>
+      <c r="J43" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>21</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44">
+        <v>266</v>
+      </c>
+      <c r="H44">
+        <v>32166</v>
+      </c>
+      <c r="I44">
+        <v>32431</v>
+      </c>
+      <c r="J44" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45">
+        <v>334</v>
+      </c>
+      <c r="H45">
+        <v>31832</v>
+      </c>
+      <c r="I45">
+        <v>32165</v>
+      </c>
+      <c r="J45" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>21</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46">
+        <v>225</v>
+      </c>
+      <c r="H46">
+        <v>31607</v>
+      </c>
+      <c r="I46">
+        <v>31831</v>
+      </c>
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>21</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47">
+        <v>274</v>
+      </c>
+      <c r="H47">
+        <v>31333</v>
+      </c>
+      <c r="I47">
+        <v>31606</v>
+      </c>
+      <c r="J47" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>21</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48">
+        <v>83</v>
+      </c>
+      <c r="H48">
+        <v>31250</v>
+      </c>
+      <c r="I48">
+        <v>31332</v>
+      </c>
+      <c r="J48" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>21</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>82</v>
+      </c>
+      <c r="H49">
+        <v>30242</v>
+      </c>
+      <c r="I49">
+        <v>31249</v>
+      </c>
+      <c r="J49" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>21</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50">
+        <v>730</v>
+      </c>
+      <c r="H50">
+        <v>29512</v>
+      </c>
+      <c r="I50">
+        <v>30241</v>
+      </c>
+      <c r="J50" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51">
+        <v>109</v>
+      </c>
+      <c r="H51">
+        <v>76015</v>
+      </c>
+      <c r="I51">
+        <v>76123</v>
+      </c>
+      <c r="J51" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>21</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52">
+        <v>476</v>
+      </c>
+      <c r="H52">
+        <v>29036</v>
+      </c>
+      <c r="I52">
+        <v>29511</v>
+      </c>
+      <c r="J52" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>21</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53">
+        <v>811</v>
+      </c>
+      <c r="H53">
+        <v>28225</v>
+      </c>
+      <c r="I53">
+        <v>29035</v>
+      </c>
+      <c r="J53" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54">
+        <v>741</v>
+      </c>
+      <c r="H54">
+        <v>27484</v>
+      </c>
+      <c r="I54">
+        <v>28224</v>
+      </c>
+      <c r="J54" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>21</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55">
+        <v>386</v>
+      </c>
+      <c r="H55">
+        <v>27098</v>
+      </c>
+      <c r="I55">
+        <v>27483</v>
+      </c>
+      <c r="J55" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>21</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56">
+        <v>818</v>
+      </c>
+      <c r="H56">
+        <v>26280</v>
+      </c>
+      <c r="I56">
+        <v>27097</v>
+      </c>
+      <c r="J56" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>21</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57">
+        <v>360</v>
+      </c>
+      <c r="H57">
+        <v>25920</v>
+      </c>
+      <c r="I57">
+        <v>26279</v>
+      </c>
+      <c r="J57" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>11</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>21</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>92</v>
+      </c>
+      <c r="H58">
+        <v>24821</v>
+      </c>
+      <c r="I58">
+        <v>25919</v>
+      </c>
+      <c r="J58" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59">
+        <v>406</v>
+      </c>
+      <c r="H59">
+        <v>24415</v>
+      </c>
+      <c r="I59">
+        <v>24820</v>
+      </c>
+      <c r="J59" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>21</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60">
+        <v>461</v>
+      </c>
+      <c r="H60">
+        <v>23954</v>
+      </c>
+      <c r="I60">
+        <v>24414</v>
+      </c>
+      <c r="J60" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>11</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>21</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61">
+        <v>647</v>
+      </c>
+      <c r="H61">
+        <v>23307</v>
+      </c>
+      <c r="I61">
+        <v>23953</v>
+      </c>
+      <c r="J61" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>11</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>21</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62">
+        <v>597</v>
+      </c>
+      <c r="H62">
+        <v>22710</v>
+      </c>
+      <c r="I62">
+        <v>23306</v>
+      </c>
+      <c r="J62" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>98</v>
+      </c>
+      <c r="H63">
+        <v>20994</v>
+      </c>
+      <c r="I63">
+        <v>22709</v>
+      </c>
+      <c r="J63" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>21</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64">
+        <v>270</v>
+      </c>
+      <c r="H64">
+        <v>20724</v>
+      </c>
+      <c r="I64">
+        <v>20993</v>
+      </c>
+      <c r="J64" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65">
+        <v>909</v>
+      </c>
+      <c r="H65">
+        <v>19815</v>
+      </c>
+      <c r="I65">
+        <v>20723</v>
+      </c>
+      <c r="J65" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>21</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66">
+        <v>261</v>
+      </c>
+      <c r="H66">
+        <v>19554</v>
+      </c>
+      <c r="I66">
+        <v>19814</v>
+      </c>
+      <c r="J66" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>21</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67">
+        <v>166</v>
+      </c>
+      <c r="H67">
+        <v>19388</v>
+      </c>
+      <c r="I67">
+        <v>19553</v>
+      </c>
+      <c r="J67" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>21</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68">
+        <v>153</v>
+      </c>
+      <c r="H68">
+        <v>19235</v>
+      </c>
+      <c r="I68">
+        <v>19387</v>
+      </c>
+      <c r="J68" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69">
+        <v>117</v>
+      </c>
+      <c r="H69">
+        <v>19118</v>
+      </c>
+      <c r="I69">
+        <v>19234</v>
+      </c>
+      <c r="J69" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>11</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>21</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70">
+        <v>373</v>
+      </c>
+      <c r="H70">
+        <v>18745</v>
+      </c>
+      <c r="I70">
+        <v>19117</v>
+      </c>
+      <c r="J70" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>11</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>21</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71">
+        <v>357</v>
+      </c>
+      <c r="H71">
+        <v>18388</v>
+      </c>
+      <c r="I71">
+        <v>18744</v>
+      </c>
+      <c r="J71" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>21</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72">
+        <v>570</v>
+      </c>
+      <c r="H72">
+        <v>17818</v>
+      </c>
+      <c r="I72">
+        <v>18387</v>
+      </c>
+      <c r="J72" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>21</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73">
+        <v>368</v>
+      </c>
+      <c r="H73">
+        <v>17450</v>
+      </c>
+      <c r="I73">
+        <v>17817</v>
+      </c>
+      <c r="J73" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>21</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>110</v>
+      </c>
+      <c r="H74">
+        <v>15462</v>
+      </c>
+      <c r="I74">
+        <v>17449</v>
+      </c>
+      <c r="J74" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" t="s">
+        <v>112</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>113</v>
+      </c>
+      <c r="H75">
+        <v>14403</v>
+      </c>
+      <c r="I75">
+        <v>15461</v>
+      </c>
+      <c r="J75" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
+      <c r="C76" t="s">
+        <v>112</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76">
+        <v>309</v>
+      </c>
+      <c r="H76">
+        <v>14094</v>
+      </c>
+      <c r="I76">
+        <v>14402</v>
+      </c>
+      <c r="J76" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>112</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77">
+        <v>284</v>
+      </c>
+      <c r="H77">
+        <v>13810</v>
+      </c>
+      <c r="I77">
+        <v>14093</v>
+      </c>
+      <c r="J77" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>112</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>21</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78">
+        <v>498</v>
+      </c>
+      <c r="H78">
+        <v>13312</v>
+      </c>
+      <c r="I78">
+        <v>13809</v>
+      </c>
+      <c r="J78" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" t="s">
+        <v>112</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>21</v>
+      </c>
+      <c r="F79" t="s">
+        <v>22</v>
+      </c>
+      <c r="G79">
+        <v>263</v>
+      </c>
+      <c r="H79">
+        <v>13049</v>
+      </c>
+      <c r="I79">
+        <v>13311</v>
+      </c>
+      <c r="J79" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C80" t="s">
+        <v>112</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>21</v>
+      </c>
+      <c r="F80" t="s">
+        <v>22</v>
+      </c>
+      <c r="G80">
+        <v>857</v>
+      </c>
+      <c r="H80">
+        <v>12192</v>
+      </c>
+      <c r="I80">
+        <v>13048</v>
+      </c>
+      <c r="J80" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
+      </c>
+      <c r="C81" t="s">
+        <v>112</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81">
+        <v>372</v>
+      </c>
+      <c r="H81">
+        <v>11820</v>
+      </c>
+      <c r="I81">
+        <v>12191</v>
+      </c>
+      <c r="J81" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>11</v>
+      </c>
+      <c r="C82" t="s">
+        <v>112</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>21</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82">
+        <v>366</v>
+      </c>
+      <c r="H82">
+        <v>11454</v>
+      </c>
+      <c r="I82">
+        <v>11819</v>
+      </c>
+      <c r="J82" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" t="s">
+        <v>112</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83">
+        <v>558</v>
+      </c>
+      <c r="H83">
+        <v>10896</v>
+      </c>
+      <c r="I83">
+        <v>11453</v>
+      </c>
+      <c r="J83" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>112</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84">
+        <v>159</v>
+      </c>
+      <c r="H84">
+        <v>10737</v>
+      </c>
+      <c r="I84">
+        <v>10895</v>
+      </c>
+      <c r="J84" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>11</v>
+      </c>
+      <c r="C85" t="s">
+        <v>112</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>21</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>124</v>
+      </c>
+      <c r="H85">
+        <v>8997</v>
+      </c>
+      <c r="I85">
+        <v>10736</v>
+      </c>
+      <c r="J85" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" t="s">
+        <v>112</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>21</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>126</v>
+      </c>
+      <c r="H86">
+        <v>7922</v>
+      </c>
+      <c r="I86">
+        <v>8996</v>
+      </c>
+      <c r="J86" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" t="s">
+        <v>112</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>21</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87">
+        <v>883</v>
+      </c>
+      <c r="H87">
+        <v>7039</v>
+      </c>
+      <c r="I87">
+        <v>7921</v>
+      </c>
+      <c r="J87" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>11</v>
+      </c>
+      <c r="C88" t="s">
+        <v>112</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>21</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>129</v>
+      </c>
+      <c r="H88">
+        <v>5507</v>
+      </c>
+      <c r="I88">
+        <v>7038</v>
+      </c>
+      <c r="J88" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>11</v>
+      </c>
+      <c r="C89" t="s">
+        <v>112</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>21</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89">
+        <v>612</v>
+      </c>
+      <c r="H89">
+        <v>4895</v>
+      </c>
+      <c r="I89">
+        <v>5506</v>
+      </c>
+      <c r="J89" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
+      <c r="C90" t="s">
+        <v>112</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>21</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90">
+        <v>634</v>
+      </c>
+      <c r="H90">
+        <v>4261</v>
+      </c>
+      <c r="I90">
+        <v>4894</v>
+      </c>
+      <c r="J90" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" t="s">
+        <v>112</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>21</v>
+      </c>
+      <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91">
+        <v>66</v>
+      </c>
+      <c r="H91">
+        <v>4195</v>
+      </c>
+      <c r="I91">
+        <v>4260</v>
+      </c>
+      <c r="J91" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>11</v>
+      </c>
+      <c r="C92" t="s">
+        <v>112</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>21</v>
+      </c>
+      <c r="F92" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" t="s">
+        <v>134</v>
+      </c>
+      <c r="H92">
+        <v>2979</v>
+      </c>
+      <c r="I92">
+        <v>4194</v>
+      </c>
+      <c r="J92" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>11</v>
+      </c>
+      <c r="C93" t="s">
+        <v>112</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>21</v>
+      </c>
+      <c r="F93" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" t="s">
+        <v>136</v>
+      </c>
+      <c r="H93">
+        <v>1697</v>
+      </c>
+      <c r="I93">
+        <v>2978</v>
+      </c>
+      <c r="J93" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
+      <c r="C94" t="s">
+        <v>112</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>21</v>
+      </c>
+      <c r="F94" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94">
+        <v>893</v>
+      </c>
+      <c r="H94">
+        <v>804</v>
+      </c>
+      <c r="I94">
+        <v>1696</v>
+      </c>
+      <c r="J94" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>11</v>
+      </c>
+      <c r="C95" t="s">
+        <v>112</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>21</v>
+      </c>
+      <c r="F95" t="s">
+        <v>22</v>
+      </c>
+      <c r="G95">
+        <v>224</v>
+      </c>
+      <c r="H95">
+        <v>580</v>
+      </c>
+      <c r="I95">
+        <v>803</v>
+      </c>
+      <c r="J95" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>112</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>21</v>
+      </c>
+      <c r="F96" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96">
+        <v>125</v>
+      </c>
+      <c r="H96">
+        <v>455</v>
+      </c>
+      <c r="I96">
+        <v>579</v>
+      </c>
+      <c r="J96" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>112</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>21</v>
+      </c>
+      <c r="F97" t="s">
+        <v>22</v>
+      </c>
+      <c r="G97">
+        <v>454</v>
+      </c>
+      <c r="H97">
+        <v>1</v>
+      </c>
+      <c r="I97">
+        <v>454</v>
+      </c>
+      <c r="J97" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>112</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>21</v>
+      </c>
+      <c r="F98" t="s">
+        <v>22</v>
+      </c>
+      <c r="G98">
+        <v>498</v>
+      </c>
+      <c r="H98">
+        <v>75517</v>
+      </c>
+      <c r="I98">
+        <v>76014</v>
+      </c>
+      <c r="J98" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>112</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>21</v>
+      </c>
+      <c r="F99" t="s">
+        <v>22</v>
+      </c>
+      <c r="G99">
+        <v>414</v>
+      </c>
+      <c r="H99">
+        <v>75103</v>
+      </c>
+      <c r="I99">
+        <v>75516</v>
+      </c>
+      <c r="J99" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>11</v>
+      </c>
+      <c r="C100" t="s">
+        <v>112</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>21</v>
+      </c>
+      <c r="F100" t="s">
+        <v>22</v>
+      </c>
+      <c r="G100">
+        <v>256</v>
+      </c>
+      <c r="H100">
+        <v>74847</v>
+      </c>
+      <c r="I100">
+        <v>75102</v>
+      </c>
+      <c r="J100" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" t="s">
+        <v>112</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>21</v>
+      </c>
+      <c r="F101" t="s">
+        <v>22</v>
+      </c>
+      <c r="G101" t="s">
+        <v>145</v>
+      </c>
+      <c r="H101">
+        <v>73812</v>
+      </c>
+      <c r="I101">
+        <v>74846</v>
+      </c>
+      <c r="J101" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>11</v>
+      </c>
+      <c r="C102" t="s">
+        <v>112</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>21</v>
+      </c>
+      <c r="F102" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102">
+        <v>141</v>
+      </c>
+      <c r="H102">
+        <v>73671</v>
+      </c>
+      <c r="I102">
+        <v>73811</v>
+      </c>
+      <c r="J102" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
+      <c r="C103" t="s">
+        <v>112</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>21</v>
+      </c>
+      <c r="F103" t="s">
+        <v>22</v>
+      </c>
+      <c r="G103">
+        <v>802</v>
+      </c>
+      <c r="H103">
+        <v>72869</v>
+      </c>
+      <c r="I103">
+        <v>73670</v>
+      </c>
+      <c r="J103" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>11</v>
+      </c>
+      <c r="C104" t="s">
+        <v>112</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>21</v>
+      </c>
+      <c r="F104" t="s">
+        <v>22</v>
+      </c>
+      <c r="G104">
+        <v>300</v>
+      </c>
+      <c r="H104">
+        <v>72569</v>
+      </c>
+      <c r="I104">
+        <v>72868</v>
+      </c>
+      <c r="J104" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>11</v>
+      </c>
+      <c r="C105" t="s">
+        <v>112</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>21</v>
+      </c>
+      <c r="F105" t="s">
+        <v>22</v>
+      </c>
+      <c r="G105">
+        <v>332</v>
+      </c>
+      <c r="H105">
+        <v>72237</v>
+      </c>
+      <c r="I105">
+        <v>72568</v>
+      </c>
+      <c r="J105" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>11</v>
+      </c>
+      <c r="C106" t="s">
+        <v>112</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>21</v>
+      </c>
+      <c r="F106" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106">
+        <v>436</v>
+      </c>
+      <c r="H106">
+        <v>71801</v>
+      </c>
+      <c r="I106">
+        <v>72236</v>
+      </c>
+      <c r="J106" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
+      <c r="C107" t="s">
+        <v>112</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>21</v>
+      </c>
+      <c r="F107" t="s">
+        <v>22</v>
+      </c>
+      <c r="G107">
+        <v>810</v>
+      </c>
+      <c r="H107">
+        <v>70991</v>
+      </c>
+      <c r="I107">
+        <v>71800</v>
+      </c>
+      <c r="J107" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" t="s">
+        <v>11</v>
+      </c>
+      <c r="C108" t="s">
+        <v>112</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>21</v>
+      </c>
+      <c r="F108" t="s">
+        <v>22</v>
+      </c>
+      <c r="G108" t="s">
+        <v>153</v>
+      </c>
+      <c r="H108">
+        <v>69751</v>
+      </c>
+      <c r="I108">
+        <v>70990</v>
+      </c>
+      <c r="J108" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>11</v>
+      </c>
+      <c r="C109" t="s">
+        <v>112</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>21</v>
+      </c>
+      <c r="F109" t="s">
+        <v>22</v>
+      </c>
+      <c r="G109" t="s">
+        <v>155</v>
+      </c>
+      <c r="H109">
+        <v>63801</v>
+      </c>
+      <c r="I109">
+        <v>69750</v>
+      </c>
+      <c r="J109" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>11</v>
+      </c>
+      <c r="C110" t="s">
+        <v>112</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>21</v>
+      </c>
+      <c r="F110" t="s">
+        <v>22</v>
+      </c>
+      <c r="G110">
+        <v>441</v>
+      </c>
+      <c r="H110">
+        <v>63360</v>
+      </c>
+      <c r="I110">
+        <v>63800</v>
+      </c>
+      <c r="J110" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>11</v>
+      </c>
+      <c r="C111" t="s">
+        <v>112</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>21</v>
+      </c>
+      <c r="F111" t="s">
+        <v>22</v>
+      </c>
+      <c r="G111">
+        <v>987</v>
+      </c>
+      <c r="H111">
+        <v>62373</v>
+      </c>
+      <c r="I111">
+        <v>63359</v>
+      </c>
+      <c r="J111" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" t="s">
+        <v>112</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>21</v>
+      </c>
+      <c r="F112" t="s">
+        <v>22</v>
+      </c>
+      <c r="G112">
+        <v>233</v>
+      </c>
+      <c r="H112">
+        <v>62140</v>
+      </c>
+      <c r="I112">
+        <v>62372</v>
+      </c>
+      <c r="J112" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>11</v>
+      </c>
+      <c r="C113" t="s">
+        <v>112</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>21</v>
+      </c>
+      <c r="F113" t="s">
+        <v>22</v>
+      </c>
+      <c r="G113">
+        <v>417</v>
+      </c>
+      <c r="H113">
+        <v>18740</v>
+      </c>
+      <c r="I113">
+        <v>19156</v>
+      </c>
+      <c r="J113" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
+      <c r="C114" t="s">
+        <v>112</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>21</v>
+      </c>
+      <c r="F114" t="s">
+        <v>22</v>
+      </c>
+      <c r="G114">
+        <v>859</v>
+      </c>
+      <c r="H114">
+        <v>61281</v>
+      </c>
+      <c r="I114">
+        <v>62139</v>
+      </c>
+      <c r="J114" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>11</v>
+      </c>
+      <c r="C115" t="s">
+        <v>112</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>21</v>
+      </c>
+      <c r="F115" t="s">
+        <v>22</v>
+      </c>
+      <c r="G115">
+        <v>232</v>
+      </c>
+      <c r="H115">
+        <v>18508</v>
+      </c>
+      <c r="I115">
+        <v>18739</v>
+      </c>
+      <c r="J115" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>11</v>
+      </c>
+      <c r="C116" t="s">
+        <v>112</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>21</v>
+      </c>
+      <c r="F116" t="s">
+        <v>22</v>
+      </c>
+      <c r="G116" t="s">
+        <v>163</v>
+      </c>
+      <c r="H116">
+        <v>59873</v>
+      </c>
+      <c r="I116">
+        <v>61280</v>
+      </c>
+      <c r="J116" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
+        <v>112</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>21</v>
+      </c>
+      <c r="F117" t="s">
+        <v>22</v>
+      </c>
+      <c r="G117">
+        <v>272</v>
+      </c>
+      <c r="H117">
+        <v>59601</v>
+      </c>
+      <c r="I117">
+        <v>59872</v>
+      </c>
+      <c r="J117" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>11</v>
+      </c>
+      <c r="C118" t="s">
+        <v>112</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>21</v>
+      </c>
+      <c r="F118" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" t="s">
+        <v>166</v>
+      </c>
+      <c r="H118">
+        <v>57521</v>
+      </c>
+      <c r="I118">
+        <v>59600</v>
+      </c>
+      <c r="J118" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" t="s">
+        <v>112</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>21</v>
+      </c>
+      <c r="F119" t="s">
+        <v>22</v>
+      </c>
+      <c r="G119">
+        <v>469</v>
+      </c>
+      <c r="H119">
+        <v>57052</v>
+      </c>
+      <c r="I119">
+        <v>57520</v>
+      </c>
+      <c r="J119" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
+      <c r="C120" t="s">
+        <v>112</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>21</v>
+      </c>
+      <c r="F120" t="s">
+        <v>22</v>
+      </c>
+      <c r="G120">
+        <v>454</v>
+      </c>
+      <c r="H120">
+        <v>56598</v>
+      </c>
+      <c r="I120">
+        <v>57051</v>
+      </c>
+      <c r="J120" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" t="s">
+        <v>112</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>21</v>
+      </c>
+      <c r="F121" t="s">
+        <v>22</v>
+      </c>
+      <c r="G121">
+        <v>764</v>
+      </c>
+      <c r="H121">
+        <v>55834</v>
+      </c>
+      <c r="I121">
+        <v>56597</v>
+      </c>
+      <c r="J121" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>11</v>
+      </c>
+      <c r="C122" t="s">
+        <v>112</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>21</v>
+      </c>
+      <c r="F122" t="s">
+        <v>22</v>
+      </c>
+      <c r="G122" t="s">
+        <v>171</v>
+      </c>
+      <c r="H122">
+        <v>17062</v>
+      </c>
+      <c r="I122">
+        <v>55833</v>
+      </c>
+      <c r="J122" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>10</v>
+      </c>
+      <c r="B123" t="s">
+        <v>11</v>
+      </c>
+      <c r="C123" t="s">
+        <v>112</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>21</v>
+      </c>
+      <c r="F123" t="s">
+        <v>22</v>
+      </c>
+      <c r="G123" t="s">
+        <v>173</v>
+      </c>
+      <c r="H123">
+        <v>16053</v>
+      </c>
+      <c r="I123">
+        <v>17061</v>
+      </c>
+      <c r="J123" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>10</v>
+      </c>
+      <c r="B124" t="s">
+        <v>11</v>
+      </c>
+      <c r="C124" t="s">
+        <v>112</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F124" t="s">
+        <v>22</v>
+      </c>
+      <c r="G124">
+        <v>813</v>
+      </c>
+      <c r="H124">
+        <v>15240</v>
+      </c>
+      <c r="I124">
+        <v>16052</v>
+      </c>
+      <c r="J124" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>10</v>
+      </c>
+      <c r="B125" t="s">
+        <v>11</v>
+      </c>
+      <c r="C125" t="s">
+        <v>112</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>21</v>
+      </c>
+      <c r="F125" t="s">
+        <v>22</v>
+      </c>
+      <c r="G125" t="s">
+        <v>176</v>
+      </c>
+      <c r="H125">
+        <v>14095</v>
+      </c>
+      <c r="I125">
+        <v>15239</v>
+      </c>
+      <c r="J125" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" t="s">
+        <v>11</v>
+      </c>
+      <c r="C126" t="s">
+        <v>112</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>21</v>
+      </c>
+      <c r="F126" t="s">
+        <v>22</v>
+      </c>
+      <c r="G126" t="s">
+        <v>178</v>
+      </c>
+      <c r="H126">
+        <v>12415</v>
+      </c>
+      <c r="I126">
+        <v>14094</v>
+      </c>
+      <c r="J126" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>10</v>
+      </c>
+      <c r="B127" t="s">
+        <v>11</v>
+      </c>
+      <c r="C127" t="s">
+        <v>112</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>21</v>
+      </c>
+      <c r="F127" t="s">
+        <v>22</v>
+      </c>
+      <c r="G127" t="s">
+        <v>180</v>
+      </c>
+      <c r="H127">
+        <v>10899</v>
+      </c>
+      <c r="I127">
+        <v>12414</v>
+      </c>
+      <c r="J127" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>10</v>
+      </c>
+      <c r="B128" t="s">
+        <v>11</v>
+      </c>
+      <c r="C128" t="s">
+        <v>112</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>21</v>
+      </c>
+      <c r="F128" t="s">
+        <v>22</v>
+      </c>
+      <c r="G128">
+        <v>538</v>
+      </c>
+      <c r="H128">
+        <v>10361</v>
+      </c>
+      <c r="I128">
+        <v>10898</v>
+      </c>
+      <c r="J128" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" t="s">
+        <v>10</v>
+      </c>
+      <c r="B129" t="s">
+        <v>11</v>
+      </c>
+      <c r="C129" t="s">
+        <v>112</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>21</v>
+      </c>
+      <c r="F129" t="s">
+        <v>22</v>
+      </c>
+      <c r="G129" t="s">
+        <v>183</v>
+      </c>
+      <c r="H129">
+        <v>1</v>
+      </c>
+      <c r="I129">
+        <v>10360</v>
+      </c>
+      <c r="J129" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" t="s">
+        <v>10</v>
+      </c>
+      <c r="B130" t="s">
+        <v>11</v>
+      </c>
+      <c r="C130" t="s">
+        <v>112</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>21</v>
+      </c>
+      <c r="F130" t="s">
+        <v>22</v>
+      </c>
+      <c r="G130">
+        <v>501</v>
+      </c>
+      <c r="H130">
+        <v>18007</v>
+      </c>
+      <c r="I130">
+        <v>18507</v>
+      </c>
+      <c r="J130" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" t="s">
+        <v>10</v>
+      </c>
+      <c r="B131" t="s">
+        <v>11</v>
+      </c>
+      <c r="C131" t="s">
+        <v>112</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>21</v>
+      </c>
+      <c r="F131" t="s">
+        <v>22</v>
+      </c>
+      <c r="G131">
+        <v>225</v>
+      </c>
+      <c r="H131">
+        <v>17782</v>
+      </c>
+      <c r="I131">
+        <v>18006</v>
+      </c>
+      <c r="J131" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10">
+      <c r="A132" t="s">
+        <v>10</v>
+      </c>
+      <c r="B132" t="s">
+        <v>11</v>
+      </c>
+      <c r="C132" t="s">
+        <v>112</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>21</v>
+      </c>
+      <c r="F132" t="s">
+        <v>22</v>
+      </c>
+      <c r="G132">
+        <v>983</v>
+      </c>
+      <c r="H132">
+        <v>16799</v>
+      </c>
+      <c r="I132">
+        <v>17781</v>
+      </c>
+      <c r="J132" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="A133" t="s">
+        <v>10</v>
+      </c>
+      <c r="B133" t="s">
+        <v>11</v>
+      </c>
+      <c r="C133" t="s">
+        <v>112</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>21</v>
+      </c>
+      <c r="F133" t="s">
+        <v>22</v>
+      </c>
+      <c r="G133" t="s">
+        <v>188</v>
+      </c>
+      <c r="H133">
+        <v>15787</v>
+      </c>
+      <c r="I133">
+        <v>16798</v>
+      </c>
+      <c r="J133" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="A134" t="s">
+        <v>10</v>
+      </c>
+      <c r="B134" t="s">
+        <v>11</v>
+      </c>
+      <c r="C134" t="s">
+        <v>112</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>21</v>
+      </c>
+      <c r="F134" t="s">
+        <v>22</v>
+      </c>
+      <c r="G134">
+        <v>437</v>
+      </c>
+      <c r="H134">
+        <v>15350</v>
+      </c>
+      <c r="I134">
+        <v>15786</v>
+      </c>
+      <c r="J134" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10">
+      <c r="A135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B135" t="s">
+        <v>11</v>
+      </c>
+      <c r="C135" t="s">
+        <v>112</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>21</v>
+      </c>
+      <c r="F135" t="s">
+        <v>22</v>
+      </c>
+      <c r="G135" t="s">
+        <v>191</v>
+      </c>
+      <c r="H135">
+        <v>14303</v>
+      </c>
+      <c r="I135">
+        <v>15349</v>
+      </c>
+      <c r="J135" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B136" t="s">
+        <v>11</v>
+      </c>
+      <c r="C136" t="s">
+        <v>112</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>21</v>
+      </c>
+      <c r="F136" t="s">
+        <v>22</v>
+      </c>
+      <c r="G136" t="s">
+        <v>193</v>
+      </c>
+      <c r="H136">
+        <v>12480</v>
+      </c>
+      <c r="I136">
+        <v>14302</v>
+      </c>
+      <c r="J136" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" t="s">
+        <v>10</v>
+      </c>
+      <c r="B137" t="s">
+        <v>11</v>
+      </c>
+      <c r="C137" t="s">
+        <v>112</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>21</v>
+      </c>
+      <c r="F137" t="s">
+        <v>22</v>
+      </c>
+      <c r="G137">
+        <v>227</v>
+      </c>
+      <c r="H137">
+        <v>12253</v>
+      </c>
+      <c r="I137">
+        <v>12479</v>
+      </c>
+      <c r="J137" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" t="s">
+        <v>10</v>
+      </c>
+      <c r="B138" t="s">
+        <v>11</v>
+      </c>
+      <c r="C138" t="s">
+        <v>112</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>21</v>
+      </c>
+      <c r="F138" t="s">
+        <v>22</v>
+      </c>
+      <c r="G138">
+        <v>194</v>
+      </c>
+      <c r="H138">
+        <v>12059</v>
+      </c>
+      <c r="I138">
+        <v>12252</v>
+      </c>
+      <c r="J138" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" t="s">
+        <v>10</v>
+      </c>
+      <c r="B139" t="s">
+        <v>11</v>
+      </c>
+      <c r="C139" t="s">
+        <v>112</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>21</v>
+      </c>
+      <c r="F139" t="s">
+        <v>22</v>
+      </c>
+      <c r="G139">
+        <v>92</v>
+      </c>
+      <c r="H139">
+        <v>11967</v>
+      </c>
+      <c r="I139">
+        <v>12058</v>
+      </c>
+      <c r="J139" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" t="s">
+        <v>10</v>
+      </c>
+      <c r="B140" t="s">
+        <v>11</v>
+      </c>
+      <c r="C140" t="s">
+        <v>112</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>21</v>
+      </c>
+      <c r="F140" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" t="s">
+        <v>198</v>
+      </c>
+      <c r="H140">
+        <v>5403</v>
+      </c>
+      <c r="I140">
+        <v>11966</v>
+      </c>
+      <c r="J140" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" t="s">
+        <v>10</v>
+      </c>
+      <c r="B141" t="s">
+        <v>11</v>
+      </c>
+      <c r="C141" t="s">
+        <v>112</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>21</v>
+      </c>
+      <c r="F141" t="s">
+        <v>22</v>
+      </c>
+      <c r="G141" t="s">
+        <v>200</v>
+      </c>
+      <c r="H141">
+        <v>3992</v>
+      </c>
+      <c r="I141">
+        <v>5402</v>
+      </c>
+      <c r="J141" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" t="s">
+        <v>10</v>
+      </c>
+      <c r="B142" t="s">
+        <v>11</v>
+      </c>
+      <c r="C142" t="s">
+        <v>112</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>21</v>
+      </c>
+      <c r="F142" t="s">
+        <v>22</v>
+      </c>
+      <c r="G142">
+        <v>371</v>
+      </c>
+      <c r="H142">
+        <v>3621</v>
+      </c>
+      <c r="I142">
+        <v>3991</v>
+      </c>
+      <c r="J142" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" t="s">
+        <v>10</v>
+      </c>
+      <c r="B143" t="s">
+        <v>11</v>
+      </c>
+      <c r="C143" t="s">
+        <v>112</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>21</v>
+      </c>
+      <c r="F143" t="s">
+        <v>22</v>
+      </c>
+      <c r="G143">
+        <v>718</v>
+      </c>
+      <c r="H143">
+        <v>2903</v>
+      </c>
+      <c r="I143">
+        <v>3620</v>
+      </c>
+      <c r="J143" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" t="s">
+        <v>10</v>
+      </c>
+      <c r="B144" t="s">
+        <v>11</v>
+      </c>
+      <c r="C144" t="s">
+        <v>112</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>21</v>
+      </c>
+      <c r="F144" t="s">
+        <v>22</v>
+      </c>
+      <c r="G144" t="s">
+        <v>204</v>
+      </c>
+      <c r="H144">
+        <v>1</v>
+      </c>
+      <c r="I144">
+        <v>2902</v>
+      </c>
+      <c r="J144" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
+        <v>206</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>17</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>207</v>
+      </c>
+      <c r="H145">
         <v>117311</v>
       </c>
-      <c r="G2">
+      <c r="I145">
         <v>122842</v>
       </c>
-      <c r="H2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J145" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" t="s">
+        <v>11</v>
+      </c>
+      <c r="C146" t="s">
+        <v>209</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>17</v>
+      </c>
+      <c r="F146" t="s">
         <v>15</v>
       </c>
-      <c r="F3">
+      <c r="G146" t="s">
+        <v>210</v>
+      </c>
+      <c r="H146">
         <v>111860</v>
       </c>
-      <c r="G3">
+      <c r="I146">
         <v>117310</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="J146" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" t="s">
+        <v>11</v>
+      </c>
+      <c r="C147" t="s">
+        <v>212</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
         <v>17</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4">
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" t="s">
+        <v>213</v>
+      </c>
+      <c r="H147">
         <v>106602</v>
       </c>
-      <c r="G4">
+      <c r="I147">
         <v>111859</v>
       </c>
-      <c r="H4" t="s">
-[...19 lines deleted...]
-      <c r="F5">
+      <c r="J147" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" t="s">
+        <v>10</v>
+      </c>
+      <c r="B148" t="s">
+        <v>11</v>
+      </c>
+      <c r="C148" t="s">
+        <v>215</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>17</v>
+      </c>
+      <c r="F148" t="s">
+        <v>15</v>
+      </c>
+      <c r="G148" t="s">
+        <v>216</v>
+      </c>
+      <c r="H148">
         <v>101314</v>
       </c>
-      <c r="G5">
+      <c r="I148">
         <v>106601</v>
       </c>
-      <c r="H5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="J148" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" t="s">
+        <v>10</v>
+      </c>
+      <c r="B149" t="s">
+        <v>11</v>
+      </c>
+      <c r="C149" t="s">
+        <v>218</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>17</v>
+      </c>
+      <c r="F149" t="s">
+        <v>15</v>
+      </c>
+      <c r="G149" t="s">
+        <v>219</v>
+      </c>
+      <c r="H149">
+        <v>96470</v>
+      </c>
+      <c r="I149">
+        <v>101313</v>
+      </c>
+      <c r="J149" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" t="s">
+        <v>10</v>
+      </c>
+      <c r="B150" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" t="s">
+        <v>221</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>17</v>
+      </c>
+      <c r="F150" t="s">
+        <v>15</v>
+      </c>
+      <c r="G150" t="s">
+        <v>222</v>
+      </c>
+      <c r="H150">
+        <v>91134</v>
+      </c>
+      <c r="I150">
+        <v>96469</v>
+      </c>
+      <c r="J150" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="A151" t="s">
+        <v>10</v>
+      </c>
+      <c r="B151" t="s">
+        <v>11</v>
+      </c>
+      <c r="C151" t="s">
+        <v>224</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>21</v>
+      </c>
+      <c r="F151" t="s">
+        <v>22</v>
+      </c>
+      <c r="G151" t="s">
+        <v>225</v>
+      </c>
+      <c r="H151">
+        <v>77157</v>
+      </c>
+      <c r="I151">
+        <v>79627</v>
+      </c>
+      <c r="J151" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" t="s">
+        <v>10</v>
+      </c>
+      <c r="B152" t="s">
+        <v>11</v>
+      </c>
+      <c r="C152" t="s">
+        <v>224</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>21</v>
+      </c>
+      <c r="F152" t="s">
+        <v>22</v>
+      </c>
+      <c r="G152" t="s">
+        <v>227</v>
+      </c>
+      <c r="H152">
+        <v>76049</v>
+      </c>
+      <c r="I152">
+        <v>77156</v>
+      </c>
+      <c r="J152" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B153" t="s">
+        <v>11</v>
+      </c>
+      <c r="C153" t="s">
+        <v>224</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>21</v>
+      </c>
+      <c r="F153" t="s">
+        <v>22</v>
+      </c>
+      <c r="G153" t="s">
+        <v>229</v>
+      </c>
+      <c r="H153">
+        <v>74670</v>
+      </c>
+      <c r="I153">
+        <v>76048</v>
+      </c>
+      <c r="J153" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" t="s">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
+        <v>11</v>
+      </c>
+      <c r="C154" t="s">
+        <v>224</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>21</v>
+      </c>
+      <c r="F154" t="s">
+        <v>22</v>
+      </c>
+      <c r="G154" t="s">
+        <v>231</v>
+      </c>
+      <c r="H154">
+        <v>72701</v>
+      </c>
+      <c r="I154">
+        <v>74669</v>
+      </c>
+      <c r="J154" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B155" t="s">
+        <v>11</v>
+      </c>
+      <c r="C155" t="s">
+        <v>224</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>21</v>
+      </c>
+      <c r="F155" t="s">
+        <v>22</v>
+      </c>
+      <c r="G155" t="s">
+        <v>233</v>
+      </c>
+      <c r="H155">
+        <v>69228</v>
+      </c>
+      <c r="I155">
+        <v>72700</v>
+      </c>
+      <c r="J155" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="A156" t="s">
+        <v>10</v>
+      </c>
+      <c r="B156" t="s">
+        <v>11</v>
+      </c>
+      <c r="C156" t="s">
+        <v>224</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>21</v>
+      </c>
+      <c r="F156" t="s">
+        <v>22</v>
+      </c>
+      <c r="G156">
+        <v>555</v>
+      </c>
+      <c r="H156">
+        <v>68673</v>
+      </c>
+      <c r="I156">
+        <v>69227</v>
+      </c>
+      <c r="J156" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="A157" t="s">
+        <v>10</v>
+      </c>
+      <c r="B157" t="s">
+        <v>11</v>
+      </c>
+      <c r="C157" t="s">
+        <v>224</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>21</v>
+      </c>
+      <c r="F157" t="s">
+        <v>22</v>
+      </c>
+      <c r="G157">
+        <v>621</v>
+      </c>
+      <c r="H157">
+        <v>68052</v>
+      </c>
+      <c r="I157">
+        <v>68672</v>
+      </c>
+      <c r="J157" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="A158" t="s">
+        <v>10</v>
+      </c>
+      <c r="B158" t="s">
+        <v>11</v>
+      </c>
+      <c r="C158" t="s">
+        <v>224</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>21</v>
+      </c>
+      <c r="F158" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158">
+        <v>981</v>
+      </c>
+      <c r="H158">
+        <v>67071</v>
+      </c>
+      <c r="I158">
+        <v>68051</v>
+      </c>
+      <c r="J158" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10">
+      <c r="A159" t="s">
+        <v>10</v>
+      </c>
+      <c r="B159" t="s">
+        <v>11</v>
+      </c>
+      <c r="C159" t="s">
+        <v>224</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>21</v>
+      </c>
+      <c r="F159" t="s">
+        <v>22</v>
+      </c>
+      <c r="G159" t="s">
+        <v>238</v>
+      </c>
+      <c r="H159">
+        <v>62606</v>
+      </c>
+      <c r="I159">
+        <v>67070</v>
+      </c>
+      <c r="J159" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" t="s">
+        <v>10</v>
+      </c>
+      <c r="B160" t="s">
+        <v>11</v>
+      </c>
+      <c r="C160" t="s">
+        <v>224</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>21</v>
+      </c>
+      <c r="F160" t="s">
+        <v>22</v>
+      </c>
+      <c r="G160" t="s">
+        <v>240</v>
+      </c>
+      <c r="H160">
+        <v>60421</v>
+      </c>
+      <c r="I160">
+        <v>62605</v>
+      </c>
+      <c r="J160" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" t="s">
+        <v>10</v>
+      </c>
+      <c r="B161" t="s">
+        <v>11</v>
+      </c>
+      <c r="C161" t="s">
+        <v>224</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>21</v>
+      </c>
+      <c r="F161" t="s">
+        <v>22</v>
+      </c>
+      <c r="G161" t="s">
+        <v>242</v>
+      </c>
+      <c r="H161">
+        <v>52621</v>
+      </c>
+      <c r="I161">
+        <v>60420</v>
+      </c>
+      <c r="J161" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" t="s">
+        <v>10</v>
+      </c>
+      <c r="B162" t="s">
+        <v>11</v>
+      </c>
+      <c r="C162" t="s">
+        <v>244</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>21</v>
+      </c>
+      <c r="F162" t="s">
+        <v>22</v>
+      </c>
+      <c r="G162" t="s">
+        <v>245</v>
+      </c>
+      <c r="H162">
+        <v>45609</v>
+      </c>
+      <c r="I162">
+        <v>52620</v>
+      </c>
+      <c r="J162" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" t="s">
+        <v>10</v>
+      </c>
+      <c r="B163" t="s">
+        <v>11</v>
+      </c>
+      <c r="C163" t="s">
+        <v>244</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>21</v>
+      </c>
+      <c r="F163" t="s">
+        <v>22</v>
+      </c>
+      <c r="G163" t="s">
+        <v>247</v>
+      </c>
+      <c r="H163">
+        <v>42079</v>
+      </c>
+      <c r="I163">
+        <v>45608</v>
+      </c>
+      <c r="J163" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" t="s">
+        <v>10</v>
+      </c>
+      <c r="B164" t="s">
+        <v>11</v>
+      </c>
+      <c r="C164" t="s">
+        <v>244</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>21</v>
+      </c>
+      <c r="F164" t="s">
+        <v>22</v>
+      </c>
+      <c r="G164" t="s">
+        <v>249</v>
+      </c>
+      <c r="H164">
+        <v>34721</v>
+      </c>
+      <c r="I164">
+        <v>42078</v>
+      </c>
+      <c r="J164" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" t="s">
+        <v>10</v>
+      </c>
+      <c r="B165" t="s">
+        <v>11</v>
+      </c>
+      <c r="C165" t="s">
+        <v>244</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>21</v>
+      </c>
+      <c r="F165" t="s">
+        <v>22</v>
+      </c>
+      <c r="G165" t="s">
+        <v>251</v>
+      </c>
+      <c r="H165">
+        <v>1</v>
+      </c>
+      <c r="I165">
+        <v>34720</v>
+      </c>
+      <c r="J165" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10">
+      <c r="A166" t="s">
+        <v>10</v>
+      </c>
+      <c r="B166" t="s">
+        <v>11</v>
+      </c>
+      <c r="C166" t="s">
+        <v>244</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>21</v>
+      </c>
+      <c r="F166" t="s">
+        <v>22</v>
+      </c>
+      <c r="G166" t="s">
+        <v>253</v>
+      </c>
+      <c r="H166">
+        <v>13844</v>
+      </c>
+      <c r="I166">
+        <v>15665</v>
+      </c>
+      <c r="J166" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" t="s">
+        <v>10</v>
+      </c>
+      <c r="B167" t="s">
+        <v>11</v>
+      </c>
+      <c r="C167" t="s">
+        <v>244</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>21</v>
+      </c>
+      <c r="F167" t="s">
+        <v>22</v>
+      </c>
+      <c r="G167" t="s">
+        <v>255</v>
+      </c>
+      <c r="H167">
+        <v>12454</v>
+      </c>
+      <c r="I167">
+        <v>13843</v>
+      </c>
+      <c r="J167" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B168" t="s">
+        <v>11</v>
+      </c>
+      <c r="C168" t="s">
+        <v>244</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>21</v>
+      </c>
+      <c r="F168" t="s">
+        <v>22</v>
+      </c>
+      <c r="G168">
+        <v>858</v>
+      </c>
+      <c r="H168">
+        <v>11596</v>
+      </c>
+      <c r="I168">
+        <v>12453</v>
+      </c>
+      <c r="J168" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" t="s">
+        <v>10</v>
+      </c>
+      <c r="B169" t="s">
+        <v>11</v>
+      </c>
+      <c r="C169" t="s">
+        <v>244</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>21</v>
+      </c>
+      <c r="F169" t="s">
+        <v>22</v>
+      </c>
+      <c r="G169" t="s">
+        <v>258</v>
+      </c>
+      <c r="H169">
+        <v>9785</v>
+      </c>
+      <c r="I169">
+        <v>11595</v>
+      </c>
+      <c r="J169" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" t="s">
+        <v>10</v>
+      </c>
+      <c r="B170" t="s">
+        <v>11</v>
+      </c>
+      <c r="C170" t="s">
+        <v>244</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>21</v>
+      </c>
+      <c r="F170" t="s">
+        <v>22</v>
+      </c>
+      <c r="G170" t="s">
+        <v>260</v>
+      </c>
+      <c r="H170">
+        <v>7188</v>
+      </c>
+      <c r="I170">
+        <v>9784</v>
+      </c>
+      <c r="J170" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" t="s">
+        <v>10</v>
+      </c>
+      <c r="B171" t="s">
+        <v>11</v>
+      </c>
+      <c r="C171" t="s">
+        <v>244</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>21</v>
+      </c>
+      <c r="F171" t="s">
+        <v>22</v>
+      </c>
+      <c r="G171">
+        <v>801</v>
+      </c>
+      <c r="H171">
+        <v>6387</v>
+      </c>
+      <c r="I171">
+        <v>7187</v>
+      </c>
+      <c r="J171" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" t="s">
+        <v>10</v>
+      </c>
+      <c r="B172" t="s">
+        <v>11</v>
+      </c>
+      <c r="C172" t="s">
+        <v>244</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>21</v>
+      </c>
+      <c r="F172" t="s">
+        <v>22</v>
+      </c>
+      <c r="G172" t="s">
+        <v>263</v>
+      </c>
+      <c r="H172">
+        <v>5038</v>
+      </c>
+      <c r="I172">
+        <v>6386</v>
+      </c>
+      <c r="J172" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" t="s">
+        <v>10</v>
+      </c>
+      <c r="B173" t="s">
+        <v>11</v>
+      </c>
+      <c r="C173" t="s">
+        <v>244</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>21</v>
+      </c>
+      <c r="F173" t="s">
+        <v>22</v>
+      </c>
+      <c r="G173" t="s">
+        <v>265</v>
+      </c>
+      <c r="H173">
+        <v>2239</v>
+      </c>
+      <c r="I173">
+        <v>5037</v>
+      </c>
+      <c r="J173" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" t="s">
+        <v>10</v>
+      </c>
+      <c r="B174" t="s">
+        <v>11</v>
+      </c>
+      <c r="C174" t="s">
+        <v>244</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>21</v>
+      </c>
+      <c r="F174" t="s">
+        <v>22</v>
+      </c>
+      <c r="G174" t="s">
+        <v>267</v>
+      </c>
+      <c r="H174">
+        <v>1</v>
+      </c>
+      <c r="I174">
+        <v>2238</v>
+      </c>
+      <c r="J174" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" t="s">
+        <v>10</v>
+      </c>
+      <c r="B175" t="s">
+        <v>11</v>
+      </c>
+      <c r="C175" t="s">
+        <v>269</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>270</v>
+      </c>
+      <c r="F175" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175">
+        <v>407</v>
+      </c>
+      <c r="H175">
+        <v>90727</v>
+      </c>
+      <c r="I175">
+        <v>91133</v>
+      </c>
+      <c r="J175" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="A176" t="s">
+        <v>10</v>
+      </c>
+      <c r="B176" t="s">
+        <v>11</v>
+      </c>
+      <c r="C176" t="s">
+        <v>272</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" t="s">
+        <v>15</v>
+      </c>
+      <c r="G176" t="s">
+        <v>273</v>
+      </c>
+      <c r="H176">
+        <v>84810</v>
+      </c>
+      <c r="I176">
+        <v>90726</v>
+      </c>
+      <c r="J176" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10">
+      <c r="A177" t="s">
+        <v>10</v>
+      </c>
+      <c r="B177" t="s">
+        <v>11</v>
+      </c>
+      <c r="C177" t="s">
+        <v>275</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>270</v>
+      </c>
+      <c r="F177" t="s">
+        <v>15</v>
+      </c>
+      <c r="G177">
+        <v>400</v>
+      </c>
+      <c r="H177">
+        <v>84410</v>
+      </c>
+      <c r="I177">
+        <v>84809</v>
+      </c>
+      <c r="J177" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10">
+      <c r="A178" t="s">
+        <v>10</v>
+      </c>
+      <c r="B178" t="s">
+        <v>11</v>
+      </c>
+      <c r="C178" t="s">
+        <v>277</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>17</v>
+      </c>
+      <c r="F178" t="s">
+        <v>15</v>
+      </c>
+      <c r="G178" t="s">
+        <v>278</v>
+      </c>
+      <c r="H178">
+        <v>78898</v>
+      </c>
+      <c r="I178">
+        <v>84409</v>
+      </c>
+      <c r="J178" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10">
+      <c r="A179" t="s">
+        <v>10</v>
+      </c>
+      <c r="B179" t="s">
+        <v>11</v>
+      </c>
+      <c r="C179" t="s">
+        <v>280</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>270</v>
+      </c>
+      <c r="F179" t="s">
+        <v>15</v>
+      </c>
+      <c r="G179">
+        <v>405</v>
+      </c>
+      <c r="H179">
+        <v>78493</v>
+      </c>
+      <c r="I179">
+        <v>78897</v>
+      </c>
+      <c r="J179" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10">
+      <c r="A180" t="s">
+        <v>10</v>
+      </c>
+      <c r="B180" t="s">
+        <v>11</v>
+      </c>
+      <c r="C180" t="s">
+        <v>282</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>17</v>
+      </c>
+      <c r="F180" t="s">
+        <v>15</v>
+      </c>
+      <c r="G180" t="s">
+        <v>283</v>
+      </c>
+      <c r="H180">
+        <v>73143</v>
+      </c>
+      <c r="I180">
+        <v>78492</v>
+      </c>
+      <c r="J180" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10">
+      <c r="A181" t="s">
+        <v>10</v>
+      </c>
+      <c r="B181" t="s">
+        <v>11</v>
+      </c>
+      <c r="C181" t="s">
+        <v>285</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>286</v>
+      </c>
+      <c r="F181" t="s">
+        <v>22</v>
+      </c>
+      <c r="G181">
+        <v>511</v>
+      </c>
+      <c r="H181">
+        <v>311143</v>
+      </c>
+      <c r="I181">
+        <v>311653</v>
+      </c>
+      <c r="J181" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" t="s">
+        <v>10</v>
+      </c>
+      <c r="B182" t="s">
+        <v>11</v>
+      </c>
+      <c r="C182" t="s">
+        <v>285</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>286</v>
+      </c>
+      <c r="F182" t="s">
+        <v>22</v>
+      </c>
+      <c r="G182" t="s">
+        <v>288</v>
+      </c>
+      <c r="H182">
+        <v>307039</v>
+      </c>
+      <c r="I182">
+        <v>311142</v>
+      </c>
+      <c r="J182" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" t="s">
+        <v>10</v>
+      </c>
+      <c r="B183" t="s">
+        <v>11</v>
+      </c>
+      <c r="C183" t="s">
+        <v>285</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>286</v>
+      </c>
+      <c r="F183" t="s">
+        <v>22</v>
+      </c>
+      <c r="G183">
+        <v>342</v>
+      </c>
+      <c r="H183">
+        <v>306697</v>
+      </c>
+      <c r="I183">
+        <v>307038</v>
+      </c>
+      <c r="J183" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" t="s">
+        <v>10</v>
+      </c>
+      <c r="B184" t="s">
+        <v>11</v>
+      </c>
+      <c r="C184" t="s">
+        <v>285</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>286</v>
+      </c>
+      <c r="F184" t="s">
+        <v>22</v>
+      </c>
+      <c r="G184">
+        <v>621</v>
+      </c>
+      <c r="H184">
+        <v>306076</v>
+      </c>
+      <c r="I184">
+        <v>306696</v>
+      </c>
+      <c r="J184" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" t="s">
+        <v>10</v>
+      </c>
+      <c r="B185" t="s">
+        <v>11</v>
+      </c>
+      <c r="C185" t="s">
+        <v>285</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>286</v>
+      </c>
+      <c r="F185" t="s">
+        <v>22</v>
+      </c>
+      <c r="G185">
+        <v>926</v>
+      </c>
+      <c r="H185">
+        <v>305150</v>
+      </c>
+      <c r="I185">
+        <v>306075</v>
+      </c>
+      <c r="J185" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" t="s">
+        <v>10</v>
+      </c>
+      <c r="B186" t="s">
+        <v>11</v>
+      </c>
+      <c r="C186" t="s">
+        <v>285</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>286</v>
+      </c>
+      <c r="F186" t="s">
+        <v>22</v>
+      </c>
+      <c r="G186">
+        <v>844</v>
+      </c>
+      <c r="H186">
+        <v>304306</v>
+      </c>
+      <c r="I186">
+        <v>305149</v>
+      </c>
+      <c r="J186" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" t="s">
+        <v>10</v>
+      </c>
+      <c r="B187" t="s">
+        <v>11</v>
+      </c>
+      <c r="C187" t="s">
+        <v>285</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>286</v>
+      </c>
+      <c r="F187" t="s">
+        <v>22</v>
+      </c>
+      <c r="G187" t="s">
+        <v>294</v>
+      </c>
+      <c r="H187">
+        <v>303302</v>
+      </c>
+      <c r="I187">
+        <v>304305</v>
+      </c>
+      <c r="J187" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" t="s">
+        <v>10</v>
+      </c>
+      <c r="B188" t="s">
+        <v>11</v>
+      </c>
+      <c r="C188" t="s">
+        <v>285</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>286</v>
+      </c>
+      <c r="F188" t="s">
+        <v>22</v>
+      </c>
+      <c r="G188">
+        <v>92</v>
+      </c>
+      <c r="H188">
+        <v>303210</v>
+      </c>
+      <c r="I188">
+        <v>303301</v>
+      </c>
+      <c r="J188" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" t="s">
+        <v>10</v>
+      </c>
+      <c r="B189" t="s">
+        <v>11</v>
+      </c>
+      <c r="C189" t="s">
+        <v>285</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>286</v>
+      </c>
+      <c r="F189" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" t="s">
+        <v>297</v>
+      </c>
+      <c r="H189">
+        <v>300105</v>
+      </c>
+      <c r="I189">
+        <v>303209</v>
+      </c>
+      <c r="J189" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" t="s">
+        <v>10</v>
+      </c>
+      <c r="B190" t="s">
+        <v>11</v>
+      </c>
+      <c r="C190" t="s">
+        <v>285</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>286</v>
+      </c>
+      <c r="F190" t="s">
+        <v>22</v>
+      </c>
+      <c r="G190" t="s">
+        <v>299</v>
+      </c>
+      <c r="H190">
+        <v>297970</v>
+      </c>
+      <c r="I190">
+        <v>300104</v>
+      </c>
+      <c r="J190" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10">
+      <c r="A191" t="s">
+        <v>10</v>
+      </c>
+      <c r="B191" t="s">
+        <v>11</v>
+      </c>
+      <c r="C191" t="s">
+        <v>285</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>286</v>
+      </c>
+      <c r="F191" t="s">
+        <v>22</v>
+      </c>
+      <c r="G191" t="s">
+        <v>301</v>
+      </c>
+      <c r="H191">
+        <v>294471</v>
+      </c>
+      <c r="I191">
+        <v>297969</v>
+      </c>
+      <c r="J191" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10">
+      <c r="A192" t="s">
+        <v>10</v>
+      </c>
+      <c r="B192" t="s">
+        <v>11</v>
+      </c>
+      <c r="C192" t="s">
+        <v>285</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>286</v>
+      </c>
+      <c r="F192" t="s">
+        <v>22</v>
+      </c>
+      <c r="G192" t="s">
+        <v>303</v>
+      </c>
+      <c r="H192">
+        <v>290607</v>
+      </c>
+      <c r="I192">
+        <v>294470</v>
+      </c>
+      <c r="J192" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10">
+      <c r="A193" t="s">
+        <v>10</v>
+      </c>
+      <c r="B193" t="s">
+        <v>11</v>
+      </c>
+      <c r="C193" t="s">
+        <v>305</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>286</v>
+      </c>
+      <c r="F193" t="s">
+        <v>22</v>
+      </c>
+      <c r="G193" t="s">
+        <v>306</v>
+      </c>
+      <c r="H193">
+        <v>259132</v>
+      </c>
+      <c r="I193">
+        <v>290606</v>
+      </c>
+      <c r="J193" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" t="s">
+        <v>10</v>
+      </c>
+      <c r="B194" t="s">
+        <v>11</v>
+      </c>
+      <c r="C194" t="s">
+        <v>308</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>21</v>
+      </c>
+      <c r="F194" t="s">
+        <v>22</v>
+      </c>
+      <c r="G194">
+        <v>374</v>
+      </c>
+      <c r="H194">
+        <v>258758</v>
+      </c>
+      <c r="I194">
+        <v>259131</v>
+      </c>
+      <c r="J194" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" t="s">
+        <v>10</v>
+      </c>
+      <c r="B195" t="s">
+        <v>11</v>
+      </c>
+      <c r="C195" t="s">
+        <v>308</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>21</v>
+      </c>
+      <c r="F195" t="s">
+        <v>22</v>
+      </c>
+      <c r="G195">
+        <v>776</v>
+      </c>
+      <c r="H195">
+        <v>257982</v>
+      </c>
+      <c r="I195">
+        <v>258757</v>
+      </c>
+      <c r="J195" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" t="s">
+        <v>10</v>
+      </c>
+      <c r="B196" t="s">
+        <v>11</v>
+      </c>
+      <c r="C196" t="s">
+        <v>308</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>21</v>
+      </c>
+      <c r="F196" t="s">
+        <v>22</v>
+      </c>
+      <c r="G196">
+        <v>593</v>
+      </c>
+      <c r="H196">
+        <v>257389</v>
+      </c>
+      <c r="I196">
+        <v>257981</v>
+      </c>
+      <c r="J196" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" t="s">
+        <v>10</v>
+      </c>
+      <c r="B197" t="s">
+        <v>11</v>
+      </c>
+      <c r="C197" t="s">
+        <v>308</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>21</v>
+      </c>
+      <c r="F197" t="s">
+        <v>22</v>
+      </c>
+      <c r="G197">
+        <v>251</v>
+      </c>
+      <c r="H197">
+        <v>257138</v>
+      </c>
+      <c r="I197">
+        <v>257388</v>
+      </c>
+      <c r="J197" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" t="s">
+        <v>10</v>
+      </c>
+      <c r="B198" t="s">
+        <v>11</v>
+      </c>
+      <c r="C198" t="s">
+        <v>308</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>21</v>
+      </c>
+      <c r="F198" t="s">
+        <v>22</v>
+      </c>
+      <c r="G198" t="s">
+        <v>313</v>
+      </c>
+      <c r="H198">
+        <v>256075</v>
+      </c>
+      <c r="I198">
+        <v>257137</v>
+      </c>
+      <c r="J198" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" t="s">
+        <v>10</v>
+      </c>
+      <c r="B199" t="s">
+        <v>11</v>
+      </c>
+      <c r="C199" t="s">
+        <v>308</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>21</v>
+      </c>
+      <c r="F199" t="s">
+        <v>22</v>
+      </c>
+      <c r="G199">
+        <v>201</v>
+      </c>
+      <c r="H199">
+        <v>255874</v>
+      </c>
+      <c r="I199">
+        <v>256074</v>
+      </c>
+      <c r="J199" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" t="s">
+        <v>10</v>
+      </c>
+      <c r="B200" t="s">
+        <v>11</v>
+      </c>
+      <c r="C200" t="s">
+        <v>308</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>21</v>
+      </c>
+      <c r="F200" t="s">
+        <v>22</v>
+      </c>
+      <c r="G200">
+        <v>360</v>
+      </c>
+      <c r="H200">
+        <v>255514</v>
+      </c>
+      <c r="I200">
+        <v>255873</v>
+      </c>
+      <c r="J200" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" t="s">
+        <v>10</v>
+      </c>
+      <c r="B201" t="s">
+        <v>11</v>
+      </c>
+      <c r="C201" t="s">
+        <v>308</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>21</v>
+      </c>
+      <c r="F201" t="s">
+        <v>22</v>
+      </c>
+      <c r="G201" t="s">
+        <v>317</v>
+      </c>
+      <c r="H201">
+        <v>254468</v>
+      </c>
+      <c r="I201">
+        <v>255513</v>
+      </c>
+      <c r="J201" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" t="s">
+        <v>10</v>
+      </c>
+      <c r="B202" t="s">
+        <v>11</v>
+      </c>
+      <c r="C202" t="s">
+        <v>308</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>21</v>
+      </c>
+      <c r="F202" t="s">
+        <v>22</v>
+      </c>
+      <c r="G202">
+        <v>821</v>
+      </c>
+      <c r="H202">
+        <v>253647</v>
+      </c>
+      <c r="I202">
+        <v>254467</v>
+      </c>
+      <c r="J202" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" t="s">
+        <v>10</v>
+      </c>
+      <c r="B203" t="s">
+        <v>11</v>
+      </c>
+      <c r="C203" t="s">
+        <v>308</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>21</v>
+      </c>
+      <c r="F203" t="s">
+        <v>22</v>
+      </c>
+      <c r="G203">
+        <v>548</v>
+      </c>
+      <c r="H203">
+        <v>253099</v>
+      </c>
+      <c r="I203">
+        <v>253646</v>
+      </c>
+      <c r="J203" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" t="s">
+        <v>10</v>
+      </c>
+      <c r="B204" t="s">
+        <v>11</v>
+      </c>
+      <c r="C204" t="s">
+        <v>308</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>21</v>
+      </c>
+      <c r="F204" t="s">
+        <v>22</v>
+      </c>
+      <c r="G204" t="s">
+        <v>297</v>
+      </c>
+      <c r="H204">
+        <v>249994</v>
+      </c>
+      <c r="I204">
+        <v>253098</v>
+      </c>
+      <c r="J204" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" t="s">
+        <v>10</v>
+      </c>
+      <c r="B205" t="s">
+        <v>11</v>
+      </c>
+      <c r="C205" t="s">
+        <v>308</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>21</v>
+      </c>
+      <c r="F205" t="s">
+        <v>22</v>
+      </c>
+      <c r="G205">
+        <v>311</v>
+      </c>
+      <c r="H205">
+        <v>249683</v>
+      </c>
+      <c r="I205">
+        <v>249993</v>
+      </c>
+      <c r="J205" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" t="s">
+        <v>11</v>
+      </c>
+      <c r="C206" t="s">
+        <v>308</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>21</v>
+      </c>
+      <c r="F206" t="s">
+        <v>22</v>
+      </c>
+      <c r="G206" t="s">
+        <v>323</v>
+      </c>
+      <c r="H206">
+        <v>247262</v>
+      </c>
+      <c r="I206">
+        <v>249682</v>
+      </c>
+      <c r="J206" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" t="s">
+        <v>10</v>
+      </c>
+      <c r="B207" t="s">
+        <v>11</v>
+      </c>
+      <c r="C207" t="s">
+        <v>308</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>21</v>
+      </c>
+      <c r="F207" t="s">
+        <v>22</v>
+      </c>
+      <c r="G207" t="s">
+        <v>325</v>
+      </c>
+      <c r="H207">
+        <v>245472</v>
+      </c>
+      <c r="I207">
+        <v>247261</v>
+      </c>
+      <c r="J207" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" t="s">
+        <v>10</v>
+      </c>
+      <c r="B208" t="s">
+        <v>11</v>
+      </c>
+      <c r="C208" t="s">
+        <v>308</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>21</v>
+      </c>
+      <c r="F208" t="s">
+        <v>22</v>
+      </c>
+      <c r="G208" t="s">
+        <v>294</v>
+      </c>
+      <c r="H208">
+        <v>244468</v>
+      </c>
+      <c r="I208">
+        <v>245471</v>
+      </c>
+      <c r="J208" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" t="s">
+        <v>10</v>
+      </c>
+      <c r="B209" t="s">
+        <v>11</v>
+      </c>
+      <c r="C209" t="s">
+        <v>308</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>21</v>
+      </c>
+      <c r="F209" t="s">
+        <v>22</v>
+      </c>
+      <c r="G209" t="s">
+        <v>294</v>
+      </c>
+      <c r="H209">
+        <v>243464</v>
+      </c>
+      <c r="I209">
+        <v>244467</v>
+      </c>
+      <c r="J209" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10">
+      <c r="A210" t="s">
+        <v>10</v>
+      </c>
+      <c r="B210" t="s">
+        <v>11</v>
+      </c>
+      <c r="C210" t="s">
+        <v>329</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>21</v>
+      </c>
+      <c r="F210" t="s">
+        <v>22</v>
+      </c>
+      <c r="G210" t="s">
+        <v>330</v>
+      </c>
+      <c r="H210">
+        <v>240183</v>
+      </c>
+      <c r="I210">
+        <v>243463</v>
+      </c>
+      <c r="J210" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10">
+      <c r="A211" t="s">
+        <v>10</v>
+      </c>
+      <c r="B211" t="s">
+        <v>11</v>
+      </c>
+      <c r="C211" t="s">
+        <v>329</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>21</v>
+      </c>
+      <c r="F211" t="s">
+        <v>22</v>
+      </c>
+      <c r="G211" t="s">
+        <v>332</v>
+      </c>
+      <c r="H211">
+        <v>236775</v>
+      </c>
+      <c r="I211">
+        <v>240182</v>
+      </c>
+      <c r="J211" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10">
+      <c r="A212" t="s">
+        <v>10</v>
+      </c>
+      <c r="B212" t="s">
+        <v>11</v>
+      </c>
+      <c r="C212" t="s">
+        <v>329</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>21</v>
+      </c>
+      <c r="F212" t="s">
+        <v>22</v>
+      </c>
+      <c r="G212">
+        <v>839</v>
+      </c>
+      <c r="H212">
+        <v>235936</v>
+      </c>
+      <c r="I212">
+        <v>236774</v>
+      </c>
+      <c r="J212" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" t="s">
+        <v>10</v>
+      </c>
+      <c r="B213" t="s">
+        <v>11</v>
+      </c>
+      <c r="C213" t="s">
+        <v>329</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>21</v>
+      </c>
+      <c r="F213" t="s">
+        <v>22</v>
+      </c>
+      <c r="G213" t="s">
+        <v>335</v>
+      </c>
+      <c r="H213">
+        <v>234464</v>
+      </c>
+      <c r="I213">
+        <v>235935</v>
+      </c>
+      <c r="J213" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10">
+      <c r="A214" t="s">
+        <v>10</v>
+      </c>
+      <c r="B214" t="s">
+        <v>11</v>
+      </c>
+      <c r="C214" t="s">
+        <v>329</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>21</v>
+      </c>
+      <c r="F214" t="s">
+        <v>22</v>
+      </c>
+      <c r="G214" t="s">
+        <v>337</v>
+      </c>
+      <c r="H214">
+        <v>233083</v>
+      </c>
+      <c r="I214">
+        <v>234463</v>
+      </c>
+      <c r="J214" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10">
+      <c r="A215" t="s">
+        <v>10</v>
+      </c>
+      <c r="B215" t="s">
+        <v>11</v>
+      </c>
+      <c r="C215" t="s">
+        <v>329</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>21</v>
+      </c>
+      <c r="F215" t="s">
+        <v>22</v>
+      </c>
+      <c r="G215" t="s">
+        <v>339</v>
+      </c>
+      <c r="H215">
+        <v>229296</v>
+      </c>
+      <c r="I215">
+        <v>233082</v>
+      </c>
+      <c r="J215" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10">
+      <c r="A216" t="s">
+        <v>10</v>
+      </c>
+      <c r="B216" t="s">
+        <v>11</v>
+      </c>
+      <c r="C216" t="s">
+        <v>329</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>21</v>
+      </c>
+      <c r="F216" t="s">
+        <v>22</v>
+      </c>
+      <c r="G216" t="s">
+        <v>341</v>
+      </c>
+      <c r="H216">
+        <v>222954</v>
+      </c>
+      <c r="I216">
+        <v>229295</v>
+      </c>
+      <c r="J216" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10">
+      <c r="A217" t="s">
+        <v>10</v>
+      </c>
+      <c r="B217" t="s">
+        <v>11</v>
+      </c>
+      <c r="C217" t="s">
+        <v>329</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>21</v>
+      </c>
+      <c r="F217" t="s">
+        <v>22</v>
+      </c>
+      <c r="G217" t="s">
+        <v>343</v>
+      </c>
+      <c r="H217">
+        <v>220745</v>
+      </c>
+      <c r="I217">
+        <v>222953</v>
+      </c>
+      <c r="J217" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10">
+      <c r="A218" t="s">
+        <v>10</v>
+      </c>
+      <c r="B218" t="s">
+        <v>11</v>
+      </c>
+      <c r="C218" t="s">
+        <v>329</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>21</v>
+      </c>
+      <c r="F218" t="s">
+        <v>22</v>
+      </c>
+      <c r="G218" t="s">
+        <v>345</v>
+      </c>
+      <c r="H218">
+        <v>219387</v>
+      </c>
+      <c r="I218">
+        <v>220744</v>
+      </c>
+      <c r="J218" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10">
+      <c r="A219" t="s">
+        <v>10</v>
+      </c>
+      <c r="B219" t="s">
+        <v>11</v>
+      </c>
+      <c r="C219" t="s">
+        <v>329</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>21</v>
+      </c>
+      <c r="F219" t="s">
+        <v>22</v>
+      </c>
+      <c r="G219" t="s">
+        <v>347</v>
+      </c>
+      <c r="H219">
+        <v>216367</v>
+      </c>
+      <c r="I219">
+        <v>219386</v>
+      </c>
+      <c r="J219" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10">
+      <c r="A220" t="s">
+        <v>10</v>
+      </c>
+      <c r="B220" t="s">
+        <v>11</v>
+      </c>
+      <c r="C220" t="s">
+        <v>329</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>21</v>
+      </c>
+      <c r="F220" t="s">
+        <v>22</v>
+      </c>
+      <c r="G220">
+        <v>689</v>
+      </c>
+      <c r="H220">
+        <v>215678</v>
+      </c>
+      <c r="I220">
+        <v>216366</v>
+      </c>
+      <c r="J220" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" t="s">
+        <v>10</v>
+      </c>
+      <c r="B221" t="s">
+        <v>11</v>
+      </c>
+      <c r="C221" t="s">
+        <v>329</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>21</v>
+      </c>
+      <c r="F221" t="s">
+        <v>22</v>
+      </c>
+      <c r="G221" t="s">
+        <v>350</v>
+      </c>
+      <c r="H221">
+        <v>212284</v>
+      </c>
+      <c r="I221">
+        <v>215677</v>
+      </c>
+      <c r="J221" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" t="s">
+        <v>10</v>
+      </c>
+      <c r="B222" t="s">
+        <v>11</v>
+      </c>
+      <c r="C222" t="s">
+        <v>352</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>21</v>
+      </c>
+      <c r="F222" t="s">
+        <v>22</v>
+      </c>
+      <c r="G222" t="s">
+        <v>353</v>
+      </c>
+      <c r="H222">
+        <v>209677</v>
+      </c>
+      <c r="I222">
+        <v>212283</v>
+      </c>
+      <c r="J222" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" t="s">
+        <v>10</v>
+      </c>
+      <c r="B223" t="s">
+        <v>11</v>
+      </c>
+      <c r="C223" t="s">
+        <v>352</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>21</v>
+      </c>
+      <c r="F223" t="s">
+        <v>22</v>
+      </c>
+      <c r="G223" t="s">
+        <v>355</v>
+      </c>
+      <c r="H223">
+        <v>207895</v>
+      </c>
+      <c r="I223">
+        <v>209676</v>
+      </c>
+      <c r="J223" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" t="s">
+        <v>10</v>
+      </c>
+      <c r="B224" t="s">
+        <v>11</v>
+      </c>
+      <c r="C224" t="s">
+        <v>352</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>21</v>
+      </c>
+      <c r="F224" t="s">
+        <v>22</v>
+      </c>
+      <c r="G224">
+        <v>942</v>
+      </c>
+      <c r="H224">
+        <v>206953</v>
+      </c>
+      <c r="I224">
+        <v>207894</v>
+      </c>
+      <c r="J224" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10">
+      <c r="A225" t="s">
+        <v>10</v>
+      </c>
+      <c r="B225" t="s">
+        <v>11</v>
+      </c>
+      <c r="C225" t="s">
+        <v>352</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>21</v>
+      </c>
+      <c r="F225" t="s">
+        <v>22</v>
+      </c>
+      <c r="G225" t="s">
+        <v>358</v>
+      </c>
+      <c r="H225">
+        <v>205316</v>
+      </c>
+      <c r="I225">
+        <v>206952</v>
+      </c>
+      <c r="J225" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10">
+      <c r="A226" t="s">
+        <v>10</v>
+      </c>
+      <c r="B226" t="s">
+        <v>11</v>
+      </c>
+      <c r="C226" t="s">
+        <v>352</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>21</v>
+      </c>
+      <c r="F226" t="s">
+        <v>22</v>
+      </c>
+      <c r="G226">
+        <v>796</v>
+      </c>
+      <c r="H226">
+        <v>204520</v>
+      </c>
+      <c r="I226">
+        <v>205315</v>
+      </c>
+      <c r="J226" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" t="s">
+        <v>10</v>
+      </c>
+      <c r="B227" t="s">
+        <v>11</v>
+      </c>
+      <c r="C227" t="s">
+        <v>352</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>21</v>
+      </c>
+      <c r="F227" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" t="s">
+        <v>361</v>
+      </c>
+      <c r="H227">
+        <v>202246</v>
+      </c>
+      <c r="I227">
+        <v>204519</v>
+      </c>
+      <c r="J227" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" t="s">
+        <v>10</v>
+      </c>
+      <c r="B228" t="s">
+        <v>11</v>
+      </c>
+      <c r="C228" t="s">
+        <v>352</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>21</v>
+      </c>
+      <c r="F228" t="s">
+        <v>22</v>
+      </c>
+      <c r="G228" t="s">
+        <v>29</v>
+      </c>
+      <c r="H228">
+        <v>201134</v>
+      </c>
+      <c r="I228">
+        <v>202245</v>
+      </c>
+      <c r="J228" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" t="s">
+        <v>10</v>
+      </c>
+      <c r="B229" t="s">
+        <v>11</v>
+      </c>
+      <c r="C229" t="s">
+        <v>352</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>21</v>
+      </c>
+      <c r="F229" t="s">
+        <v>22</v>
+      </c>
+      <c r="G229" t="s">
+        <v>364</v>
+      </c>
+      <c r="H229">
+        <v>197860</v>
+      </c>
+      <c r="I229">
+        <v>201133</v>
+      </c>
+      <c r="J229" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" t="s">
+        <v>10</v>
+      </c>
+      <c r="B230" t="s">
+        <v>11</v>
+      </c>
+      <c r="C230" t="s">
+        <v>352</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>21</v>
+      </c>
+      <c r="F230" t="s">
+        <v>22</v>
+      </c>
+      <c r="G230" t="s">
+        <v>366</v>
+      </c>
+      <c r="H230">
+        <v>195813</v>
+      </c>
+      <c r="I230">
+        <v>197859</v>
+      </c>
+      <c r="J230" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" t="s">
+        <v>10</v>
+      </c>
+      <c r="B231" t="s">
+        <v>11</v>
+      </c>
+      <c r="C231" t="s">
+        <v>352</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>21</v>
+      </c>
+      <c r="F231" t="s">
+        <v>22</v>
+      </c>
+      <c r="G231" t="s">
+        <v>368</v>
+      </c>
+      <c r="H231">
+        <v>194548</v>
+      </c>
+      <c r="I231">
+        <v>195812</v>
+      </c>
+      <c r="J231" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B232" t="s">
+        <v>11</v>
+      </c>
+      <c r="C232" t="s">
+        <v>352</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>21</v>
+      </c>
+      <c r="F232" t="s">
+        <v>22</v>
+      </c>
+      <c r="G232" t="s">
+        <v>370</v>
+      </c>
+      <c r="H232">
+        <v>192949</v>
+      </c>
+      <c r="I232">
+        <v>194547</v>
+      </c>
+      <c r="J232" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10">
+      <c r="A233" t="s">
+        <v>10</v>
+      </c>
+      <c r="B233" t="s">
+        <v>11</v>
+      </c>
+      <c r="C233" t="s">
+        <v>352</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>21</v>
+      </c>
+      <c r="F233" t="s">
+        <v>22</v>
+      </c>
+      <c r="G233">
+        <v>978</v>
+      </c>
+      <c r="H233">
+        <v>191971</v>
+      </c>
+      <c r="I233">
+        <v>192948</v>
+      </c>
+      <c r="J233" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="A234" t="s">
+        <v>10</v>
+      </c>
+      <c r="B234" t="s">
+        <v>11</v>
+      </c>
+      <c r="C234" t="s">
+        <v>352</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>21</v>
+      </c>
+      <c r="F234" t="s">
+        <v>22</v>
+      </c>
+      <c r="G234">
+        <v>807</v>
+      </c>
+      <c r="H234">
+        <v>191164</v>
+      </c>
+      <c r="I234">
+        <v>191970</v>
+      </c>
+      <c r="J234" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="A235" t="s">
+        <v>10</v>
+      </c>
+      <c r="B235" t="s">
+        <v>11</v>
+      </c>
+      <c r="C235" t="s">
+        <v>352</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>21</v>
+      </c>
+      <c r="F235" t="s">
+        <v>22</v>
+      </c>
+      <c r="G235" t="s">
+        <v>374</v>
+      </c>
+      <c r="H235">
+        <v>189524</v>
+      </c>
+      <c r="I235">
+        <v>191163</v>
+      </c>
+      <c r="J235" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10">
+      <c r="A236" t="s">
+        <v>10</v>
+      </c>
+      <c r="B236" t="s">
+        <v>11</v>
+      </c>
+      <c r="C236" t="s">
+        <v>352</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>21</v>
+      </c>
+      <c r="F236" t="s">
+        <v>22</v>
+      </c>
+      <c r="G236" t="s">
+        <v>376</v>
+      </c>
+      <c r="H236">
+        <v>188444</v>
+      </c>
+      <c r="I236">
+        <v>189523</v>
+      </c>
+      <c r="J236" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10">
+      <c r="A237" t="s">
+        <v>10</v>
+      </c>
+      <c r="B237" t="s">
+        <v>11</v>
+      </c>
+      <c r="C237" t="s">
+        <v>378</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>21</v>
+      </c>
+      <c r="F237" t="s">
+        <v>22</v>
+      </c>
+      <c r="G237" t="s">
+        <v>379</v>
+      </c>
+      <c r="H237">
+        <v>186737</v>
+      </c>
+      <c r="I237">
+        <v>188443</v>
+      </c>
+      <c r="J237" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10">
+      <c r="A238" t="s">
+        <v>10</v>
+      </c>
+      <c r="B238" t="s">
+        <v>11</v>
+      </c>
+      <c r="C238" t="s">
+        <v>378</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>21</v>
+      </c>
+      <c r="F238" t="s">
+        <v>22</v>
+      </c>
+      <c r="G238" t="s">
+        <v>381</v>
+      </c>
+      <c r="H238">
+        <v>185577</v>
+      </c>
+      <c r="I238">
+        <v>186736</v>
+      </c>
+      <c r="J238" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10">
+      <c r="A239" t="s">
+        <v>10</v>
+      </c>
+      <c r="B239" t="s">
+        <v>11</v>
+      </c>
+      <c r="C239" t="s">
+        <v>378</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>21</v>
+      </c>
+      <c r="F239" t="s">
+        <v>22</v>
+      </c>
+      <c r="G239">
+        <v>965</v>
+      </c>
+      <c r="H239">
+        <v>184612</v>
+      </c>
+      <c r="I239">
+        <v>185576</v>
+      </c>
+      <c r="J239" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10">
+      <c r="A240" t="s">
+        <v>10</v>
+      </c>
+      <c r="B240" t="s">
+        <v>11</v>
+      </c>
+      <c r="C240" t="s">
+        <v>378</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>21</v>
+      </c>
+      <c r="F240" t="s">
+        <v>22</v>
+      </c>
+      <c r="G240">
+        <v>766</v>
+      </c>
+      <c r="H240">
+        <v>183846</v>
+      </c>
+      <c r="I240">
+        <v>184611</v>
+      </c>
+      <c r="J240" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10">
+      <c r="A241" t="s">
+        <v>10</v>
+      </c>
+      <c r="B241" t="s">
+        <v>11</v>
+      </c>
+      <c r="C241" t="s">
+        <v>378</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>21</v>
+      </c>
+      <c r="F241" t="s">
+        <v>22</v>
+      </c>
+      <c r="G241" t="s">
+        <v>385</v>
+      </c>
+      <c r="H241">
+        <v>182253</v>
+      </c>
+      <c r="I241">
+        <v>183845</v>
+      </c>
+      <c r="J241" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10">
+      <c r="A242" t="s">
+        <v>10</v>
+      </c>
+      <c r="B242" t="s">
+        <v>11</v>
+      </c>
+      <c r="C242" t="s">
+        <v>378</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>21</v>
+      </c>
+      <c r="F242" t="s">
+        <v>22</v>
+      </c>
+      <c r="G242" t="s">
+        <v>387</v>
+      </c>
+      <c r="H242">
+        <v>180779</v>
+      </c>
+      <c r="I242">
+        <v>182252</v>
+      </c>
+      <c r="J242" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243" t="s">
+        <v>11</v>
+      </c>
+      <c r="C243" t="s">
+        <v>378</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>21</v>
+      </c>
+      <c r="F243" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" t="s">
+        <v>389</v>
+      </c>
+      <c r="H243">
+        <v>179383</v>
+      </c>
+      <c r="I243">
+        <v>180778</v>
+      </c>
+      <c r="J243" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" t="s">
+        <v>10</v>
+      </c>
+      <c r="B244" t="s">
+        <v>11</v>
+      </c>
+      <c r="C244" t="s">
+        <v>378</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>21</v>
+      </c>
+      <c r="F244" t="s">
+        <v>22</v>
+      </c>
+      <c r="G244">
+        <v>922</v>
+      </c>
+      <c r="H244">
+        <v>178461</v>
+      </c>
+      <c r="I244">
+        <v>179382</v>
+      </c>
+      <c r="J244" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10">
+      <c r="A245" t="s">
+        <v>10</v>
+      </c>
+      <c r="B245" t="s">
+        <v>11</v>
+      </c>
+      <c r="C245" t="s">
+        <v>378</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>21</v>
+      </c>
+      <c r="F245" t="s">
+        <v>22</v>
+      </c>
+      <c r="G245" t="s">
+        <v>392</v>
+      </c>
+      <c r="H245">
+        <v>176675</v>
+      </c>
+      <c r="I245">
+        <v>178460</v>
+      </c>
+      <c r="J245" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246" t="s">
+        <v>10</v>
+      </c>
+      <c r="B246" t="s">
+        <v>11</v>
+      </c>
+      <c r="C246" t="s">
+        <v>378</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>21</v>
+      </c>
+      <c r="F246" t="s">
+        <v>22</v>
+      </c>
+      <c r="G246" t="s">
+        <v>394</v>
+      </c>
+      <c r="H246">
+        <v>173182</v>
+      </c>
+      <c r="I246">
+        <v>176674</v>
+      </c>
+      <c r="J246" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" t="s">
+        <v>10</v>
+      </c>
+      <c r="B247" t="s">
+        <v>11</v>
+      </c>
+      <c r="C247" t="s">
+        <v>378</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>21</v>
+      </c>
+      <c r="F247" t="s">
+        <v>22</v>
+      </c>
+      <c r="G247" t="s">
+        <v>396</v>
+      </c>
+      <c r="H247">
+        <v>171444</v>
+      </c>
+      <c r="I247">
+        <v>173181</v>
+      </c>
+      <c r="J247" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" t="s">
+        <v>10</v>
+      </c>
+      <c r="B248" t="s">
+        <v>11</v>
+      </c>
+      <c r="C248" t="s">
+        <v>378</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>21</v>
+      </c>
+      <c r="F248" t="s">
+        <v>22</v>
+      </c>
+      <c r="G248" t="s">
+        <v>398</v>
+      </c>
+      <c r="H248">
+        <v>169511</v>
+      </c>
+      <c r="I248">
+        <v>171443</v>
+      </c>
+      <c r="J248" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" t="s">
+        <v>10</v>
+      </c>
+      <c r="B249" t="s">
+        <v>11</v>
+      </c>
+      <c r="C249" t="s">
+        <v>378</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>21</v>
+      </c>
+      <c r="F249" t="s">
+        <v>22</v>
+      </c>
+      <c r="G249" t="s">
+        <v>400</v>
+      </c>
+      <c r="H249">
+        <v>167459</v>
+      </c>
+      <c r="I249">
+        <v>169510</v>
+      </c>
+      <c r="J249" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" t="s">
+        <v>10</v>
+      </c>
+      <c r="B250" t="s">
+        <v>11</v>
+      </c>
+      <c r="C250" t="s">
+        <v>378</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>21</v>
+      </c>
+      <c r="F250" t="s">
+        <v>22</v>
+      </c>
+      <c r="G250" t="s">
+        <v>402</v>
+      </c>
+      <c r="H250">
+        <v>165712</v>
+      </c>
+      <c r="I250">
+        <v>167458</v>
+      </c>
+      <c r="J250" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" t="s">
+        <v>10</v>
+      </c>
+      <c r="B251" t="s">
+        <v>11</v>
+      </c>
+      <c r="C251" t="s">
+        <v>378</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>21</v>
+      </c>
+      <c r="F251" t="s">
+        <v>22</v>
+      </c>
+      <c r="G251" t="s">
+        <v>404</v>
+      </c>
+      <c r="H251">
+        <v>163795</v>
+      </c>
+      <c r="I251">
+        <v>165711</v>
+      </c>
+      <c r="J251" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" t="s">
+        <v>10</v>
+      </c>
+      <c r="B252" t="s">
+        <v>11</v>
+      </c>
+      <c r="C252" t="s">
+        <v>378</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>21</v>
+      </c>
+      <c r="F252" t="s">
+        <v>22</v>
+      </c>
+      <c r="G252" t="s">
+        <v>406</v>
+      </c>
+      <c r="H252">
+        <v>160371</v>
+      </c>
+      <c r="I252">
+        <v>163794</v>
+      </c>
+      <c r="J252" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" t="s">
+        <v>10</v>
+      </c>
+      <c r="B253" t="s">
+        <v>11</v>
+      </c>
+      <c r="C253" t="s">
+        <v>378</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>21</v>
+      </c>
+      <c r="F253" t="s">
+        <v>22</v>
+      </c>
+      <c r="G253" t="s">
+        <v>408</v>
+      </c>
+      <c r="H253">
+        <v>158343</v>
+      </c>
+      <c r="I253">
+        <v>160370</v>
+      </c>
+      <c r="J253" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" t="s">
+        <v>10</v>
+      </c>
+      <c r="B254" t="s">
+        <v>11</v>
+      </c>
+      <c r="C254" t="s">
+        <v>378</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>21</v>
+      </c>
+      <c r="F254" t="s">
+        <v>22</v>
+      </c>
+      <c r="G254" t="s">
+        <v>410</v>
+      </c>
+      <c r="H254">
+        <v>156389</v>
+      </c>
+      <c r="I254">
+        <v>158342</v>
+      </c>
+      <c r="J254" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255" t="s">
+        <v>10</v>
+      </c>
+      <c r="B255" t="s">
+        <v>11</v>
+      </c>
+      <c r="C255" t="s">
+        <v>378</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>21</v>
+      </c>
+      <c r="F255" t="s">
+        <v>22</v>
+      </c>
+      <c r="G255" t="s">
+        <v>412</v>
+      </c>
+      <c r="H255">
+        <v>154128</v>
+      </c>
+      <c r="I255">
+        <v>156388</v>
+      </c>
+      <c r="J255" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256" t="s">
+        <v>10</v>
+      </c>
+      <c r="B256" t="s">
+        <v>11</v>
+      </c>
+      <c r="C256" t="s">
+        <v>378</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>21</v>
+      </c>
+      <c r="F256" t="s">
+        <v>22</v>
+      </c>
+      <c r="G256" t="s">
+        <v>414</v>
+      </c>
+      <c r="H256">
+        <v>151414</v>
+      </c>
+      <c r="I256">
+        <v>154127</v>
+      </c>
+      <c r="J256" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257" t="s">
+        <v>10</v>
+      </c>
+      <c r="B257" t="s">
+        <v>11</v>
+      </c>
+      <c r="C257" t="s">
+        <v>378</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>21</v>
+      </c>
+      <c r="F257" t="s">
+        <v>22</v>
+      </c>
+      <c r="G257" t="s">
+        <v>416</v>
+      </c>
+      <c r="H257">
+        <v>148940</v>
+      </c>
+      <c r="I257">
+        <v>151413</v>
+      </c>
+      <c r="J257" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10">
+      <c r="A258" t="s">
+        <v>10</v>
+      </c>
+      <c r="B258" t="s">
+        <v>11</v>
+      </c>
+      <c r="C258" t="s">
+        <v>418</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>21</v>
+      </c>
+      <c r="F258" t="s">
+        <v>22</v>
+      </c>
+      <c r="G258" t="s">
+        <v>419</v>
+      </c>
+      <c r="H258">
+        <v>144916</v>
+      </c>
+      <c r="I258">
+        <v>148939</v>
+      </c>
+      <c r="J258" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10">
+      <c r="A259" t="s">
+        <v>10</v>
+      </c>
+      <c r="B259" t="s">
+        <v>11</v>
+      </c>
+      <c r="C259" t="s">
+        <v>418</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>21</v>
+      </c>
+      <c r="F259" t="s">
+        <v>22</v>
+      </c>
+      <c r="G259">
+        <v>548</v>
+      </c>
+      <c r="H259">
+        <v>144368</v>
+      </c>
+      <c r="I259">
+        <v>144915</v>
+      </c>
+      <c r="J259" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10">
+      <c r="A260" t="s">
+        <v>10</v>
+      </c>
+      <c r="B260" t="s">
+        <v>11</v>
+      </c>
+      <c r="C260" t="s">
+        <v>418</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>21</v>
+      </c>
+      <c r="F260" t="s">
+        <v>22</v>
+      </c>
+      <c r="G260" t="s">
+        <v>317</v>
+      </c>
+      <c r="H260">
+        <v>143322</v>
+      </c>
+      <c r="I260">
+        <v>144367</v>
+      </c>
+      <c r="J260" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10">
+      <c r="A261" t="s">
+        <v>10</v>
+      </c>
+      <c r="B261" t="s">
+        <v>11</v>
+      </c>
+      <c r="C261" t="s">
+        <v>418</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>21</v>
+      </c>
+      <c r="F261" t="s">
+        <v>22</v>
+      </c>
+      <c r="G261">
+        <v>557</v>
+      </c>
+      <c r="H261">
+        <v>142765</v>
+      </c>
+      <c r="I261">
+        <v>143321</v>
+      </c>
+      <c r="J261" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10">
+      <c r="A262" t="s">
+        <v>10</v>
+      </c>
+      <c r="B262" t="s">
+        <v>11</v>
+      </c>
+      <c r="C262" t="s">
+        <v>418</v>
+      </c>
+      <c r="D262" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>21</v>
+      </c>
+      <c r="F262" t="s">
+        <v>22</v>
+      </c>
+      <c r="G262" t="s">
+        <v>424</v>
+      </c>
+      <c r="H262">
+        <v>139888</v>
+      </c>
+      <c r="I262">
+        <v>142764</v>
+      </c>
+      <c r="J262" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10">
+      <c r="A263" t="s">
+        <v>10</v>
+      </c>
+      <c r="B263" t="s">
+        <v>11</v>
+      </c>
+      <c r="C263" t="s">
+        <v>418</v>
+      </c>
+      <c r="D263" t="s">
+        <v>13</v>
+      </c>
+      <c r="E263" t="s">
+        <v>21</v>
+      </c>
+      <c r="F263" t="s">
+        <v>22</v>
+      </c>
+      <c r="G263">
+        <v>311</v>
+      </c>
+      <c r="H263">
+        <v>139577</v>
+      </c>
+      <c r="I263">
+        <v>139887</v>
+      </c>
+      <c r="J263" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10">
+      <c r="A264" t="s">
+        <v>10</v>
+      </c>
+      <c r="B264" t="s">
+        <v>11</v>
+      </c>
+      <c r="C264" t="s">
+        <v>418</v>
+      </c>
+      <c r="D264" t="s">
+        <v>13</v>
+      </c>
+      <c r="E264" t="s">
+        <v>21</v>
+      </c>
+      <c r="F264" t="s">
+        <v>22</v>
+      </c>
+      <c r="G264" t="s">
+        <v>294</v>
+      </c>
+      <c r="H264">
+        <v>138573</v>
+      </c>
+      <c r="I264">
+        <v>139576</v>
+      </c>
+      <c r="J264" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10">
+      <c r="A265" t="s">
+        <v>10</v>
+      </c>
+      <c r="B265" t="s">
+        <v>11</v>
+      </c>
+      <c r="C265" t="s">
+        <v>418</v>
+      </c>
+      <c r="D265" t="s">
+        <v>13</v>
+      </c>
+      <c r="E265" t="s">
+        <v>21</v>
+      </c>
+      <c r="F265" t="s">
+        <v>22</v>
+      </c>
+      <c r="G265" t="s">
+        <v>428</v>
+      </c>
+      <c r="H265">
+        <v>135448</v>
+      </c>
+      <c r="I265">
+        <v>138572</v>
+      </c>
+      <c r="J265" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266" t="s">
+        <v>10</v>
+      </c>
+      <c r="B266" t="s">
+        <v>11</v>
+      </c>
+      <c r="C266" t="s">
+        <v>418</v>
+      </c>
+      <c r="D266" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" t="s">
+        <v>21</v>
+      </c>
+      <c r="F266" t="s">
+        <v>22</v>
+      </c>
+      <c r="G266" t="s">
+        <v>430</v>
+      </c>
+      <c r="H266">
+        <v>130722</v>
+      </c>
+      <c r="I266">
+        <v>135447</v>
+      </c>
+      <c r="J266" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267" t="s">
+        <v>10</v>
+      </c>
+      <c r="B267" t="s">
+        <v>11</v>
+      </c>
+      <c r="C267" t="s">
+        <v>418</v>
+      </c>
+      <c r="D267" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" t="s">
+        <v>21</v>
+      </c>
+      <c r="F267" t="s">
+        <v>22</v>
+      </c>
+      <c r="G267" t="s">
+        <v>432</v>
+      </c>
+      <c r="H267">
+        <v>123811</v>
+      </c>
+      <c r="I267">
+        <v>130721</v>
+      </c>
+      <c r="J267" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" t="s">
+        <v>10</v>
+      </c>
+      <c r="B268" t="s">
+        <v>11</v>
+      </c>
+      <c r="C268" t="s">
+        <v>434</v>
+      </c>
+      <c r="D268" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" t="s">
+        <v>21</v>
+      </c>
+      <c r="F268" t="s">
+        <v>22</v>
+      </c>
+      <c r="G268">
+        <v>525</v>
+      </c>
+      <c r="H268">
+        <v>123286</v>
+      </c>
+      <c r="I268">
+        <v>123810</v>
+      </c>
+      <c r="J268" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" t="s">
+        <v>10</v>
+      </c>
+      <c r="B269" t="s">
+        <v>11</v>
+      </c>
+      <c r="C269" t="s">
+        <v>434</v>
+      </c>
+      <c r="D269" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" t="s">
+        <v>21</v>
+      </c>
+      <c r="F269" t="s">
+        <v>22</v>
+      </c>
+      <c r="G269" t="s">
+        <v>436</v>
+      </c>
+      <c r="H269">
+        <v>96087</v>
+      </c>
+      <c r="I269">
+        <v>123285</v>
+      </c>
+      <c r="J269" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270" t="s">
+        <v>10</v>
+      </c>
+      <c r="B270" t="s">
+        <v>11</v>
+      </c>
+      <c r="C270" t="s">
+        <v>438</v>
+      </c>
+      <c r="D270" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" t="s">
+        <v>21</v>
+      </c>
+      <c r="F270" t="s">
+        <v>22</v>
+      </c>
+      <c r="G270" t="s">
+        <v>439</v>
+      </c>
+      <c r="H270">
+        <v>94487</v>
+      </c>
+      <c r="I270">
+        <v>96086</v>
+      </c>
+      <c r="J270" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271" t="s">
+        <v>10</v>
+      </c>
+      <c r="B271" t="s">
+        <v>11</v>
+      </c>
+      <c r="C271" t="s">
+        <v>438</v>
+      </c>
+      <c r="D271" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" t="s">
+        <v>21</v>
+      </c>
+      <c r="F271" t="s">
+        <v>22</v>
+      </c>
+      <c r="G271" t="s">
+        <v>441</v>
+      </c>
+      <c r="H271">
+        <v>92313</v>
+      </c>
+      <c r="I271">
+        <v>94486</v>
+      </c>
+      <c r="J271" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" t="s">
+        <v>10</v>
+      </c>
+      <c r="B272" t="s">
+        <v>11</v>
+      </c>
+      <c r="C272" t="s">
+        <v>438</v>
+      </c>
+      <c r="D272" t="s">
+        <v>13</v>
+      </c>
+      <c r="E272" t="s">
+        <v>21</v>
+      </c>
+      <c r="F272" t="s">
+        <v>22</v>
+      </c>
+      <c r="G272" t="s">
+        <v>443</v>
+      </c>
+      <c r="H272">
+        <v>90282</v>
+      </c>
+      <c r="I272">
+        <v>92312</v>
+      </c>
+      <c r="J272" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" t="s">
+        <v>10</v>
+      </c>
+      <c r="B273" t="s">
+        <v>11</v>
+      </c>
+      <c r="C273" t="s">
+        <v>438</v>
+      </c>
+      <c r="D273" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" t="s">
+        <v>21</v>
+      </c>
+      <c r="F273" t="s">
+        <v>22</v>
+      </c>
+      <c r="G273">
+        <v>721</v>
+      </c>
+      <c r="H273">
+        <v>89561</v>
+      </c>
+      <c r="I273">
+        <v>90281</v>
+      </c>
+      <c r="J273" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" t="s">
+        <v>10</v>
+      </c>
+      <c r="B274" t="s">
+        <v>11</v>
+      </c>
+      <c r="C274" t="s">
+        <v>438</v>
+      </c>
+      <c r="D274" t="s">
+        <v>13</v>
+      </c>
+      <c r="E274" t="s">
+        <v>21</v>
+      </c>
+      <c r="F274" t="s">
+        <v>22</v>
+      </c>
+      <c r="G274">
+        <v>340</v>
+      </c>
+      <c r="H274">
+        <v>89221</v>
+      </c>
+      <c r="I274">
+        <v>89560</v>
+      </c>
+      <c r="J274" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" t="s">
+        <v>10</v>
+      </c>
+      <c r="B275" t="s">
+        <v>11</v>
+      </c>
+      <c r="C275" t="s">
+        <v>438</v>
+      </c>
+      <c r="D275" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" t="s">
+        <v>21</v>
+      </c>
+      <c r="F275" t="s">
+        <v>22</v>
+      </c>
+      <c r="G275">
+        <v>854</v>
+      </c>
+      <c r="H275">
+        <v>88367</v>
+      </c>
+      <c r="I275">
+        <v>89220</v>
+      </c>
+      <c r="J275" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" t="s">
+        <v>10</v>
+      </c>
+      <c r="B276" t="s">
+        <v>11</v>
+      </c>
+      <c r="C276" t="s">
+        <v>438</v>
+      </c>
+      <c r="D276" t="s">
+        <v>13</v>
+      </c>
+      <c r="E276" t="s">
+        <v>21</v>
+      </c>
+      <c r="F276" t="s">
+        <v>22</v>
+      </c>
+      <c r="G276" t="s">
+        <v>448</v>
+      </c>
+      <c r="H276">
+        <v>86609</v>
+      </c>
+      <c r="I276">
+        <v>88366</v>
+      </c>
+      <c r="J276" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" t="s">
+        <v>10</v>
+      </c>
+      <c r="B277" t="s">
+        <v>11</v>
+      </c>
+      <c r="C277" t="s">
+        <v>438</v>
+      </c>
+      <c r="D277" t="s">
+        <v>13</v>
+      </c>
+      <c r="E277" t="s">
+        <v>21</v>
+      </c>
+      <c r="F277" t="s">
+        <v>22</v>
+      </c>
+      <c r="G277">
+        <v>278</v>
+      </c>
+      <c r="H277">
+        <v>86331</v>
+      </c>
+      <c r="I277">
+        <v>86608</v>
+      </c>
+      <c r="J277" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278" t="s">
+        <v>10</v>
+      </c>
+      <c r="B278" t="s">
+        <v>11</v>
+      </c>
+      <c r="C278" t="s">
+        <v>438</v>
+      </c>
+      <c r="D278" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" t="s">
+        <v>21</v>
+      </c>
+      <c r="F278" t="s">
+        <v>22</v>
+      </c>
+      <c r="G278" t="s">
+        <v>451</v>
+      </c>
+      <c r="H278">
+        <v>84496</v>
+      </c>
+      <c r="I278">
+        <v>86330</v>
+      </c>
+      <c r="J278" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279" t="s">
+        <v>10</v>
+      </c>
+      <c r="B279" t="s">
+        <v>11</v>
+      </c>
+      <c r="C279" t="s">
+        <v>438</v>
+      </c>
+      <c r="D279" t="s">
+        <v>13</v>
+      </c>
+      <c r="E279" t="s">
+        <v>21</v>
+      </c>
+      <c r="F279" t="s">
+        <v>22</v>
+      </c>
+      <c r="G279" t="s">
+        <v>453</v>
+      </c>
+      <c r="H279">
+        <v>82739</v>
+      </c>
+      <c r="I279">
+        <v>84495</v>
+      </c>
+      <c r="J279" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280" t="s">
+        <v>10</v>
+      </c>
+      <c r="B280" t="s">
+        <v>11</v>
+      </c>
+      <c r="C280" t="s">
+        <v>438</v>
+      </c>
+      <c r="D280" t="s">
+        <v>13</v>
+      </c>
+      <c r="E280" t="s">
+        <v>21</v>
+      </c>
+      <c r="F280" t="s">
+        <v>22</v>
+      </c>
+      <c r="G280" t="s">
+        <v>455</v>
+      </c>
+      <c r="H280">
+        <v>81062</v>
+      </c>
+      <c r="I280">
+        <v>82738</v>
+      </c>
+      <c r="J280" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10">
+      <c r="A281" t="s">
+        <v>10</v>
+      </c>
+      <c r="B281" t="s">
+        <v>11</v>
+      </c>
+      <c r="C281" t="s">
+        <v>438</v>
+      </c>
+      <c r="D281" t="s">
+        <v>13</v>
+      </c>
+      <c r="E281" t="s">
+        <v>21</v>
+      </c>
+      <c r="F281" t="s">
+        <v>22</v>
+      </c>
+      <c r="G281" t="s">
+        <v>457</v>
+      </c>
+      <c r="H281">
+        <v>79628</v>
+      </c>
+      <c r="I281">
+        <v>81061</v>
+      </c>
+      <c r="J281" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282" t="s">
+        <v>10</v>
+      </c>
+      <c r="B282" t="s">
+        <v>11</v>
+      </c>
+      <c r="C282" t="s">
+        <v>438</v>
+      </c>
+      <c r="D282" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" t="s">
+        <v>21</v>
+      </c>
+      <c r="F282" t="s">
+        <v>22</v>
+      </c>
+      <c r="G282" t="s">
+        <v>459</v>
+      </c>
+      <c r="H282">
+        <v>608501</v>
+      </c>
+      <c r="I282">
+        <v>609554</v>
+      </c>
+      <c r="J282" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283" t="s">
+        <v>10</v>
+      </c>
+      <c r="B283" t="s">
+        <v>11</v>
+      </c>
+      <c r="C283" t="s">
+        <v>438</v>
+      </c>
+      <c r="D283" t="s">
+        <v>13</v>
+      </c>
+      <c r="E283" t="s">
+        <v>21</v>
+      </c>
+      <c r="F283" t="s">
+        <v>22</v>
+      </c>
+      <c r="G283" t="s">
+        <v>461</v>
+      </c>
+      <c r="H283">
+        <v>606293</v>
+      </c>
+      <c r="I283">
+        <v>608500</v>
+      </c>
+      <c r="J283" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284" t="s">
+        <v>10</v>
+      </c>
+      <c r="B284" t="s">
+        <v>11</v>
+      </c>
+      <c r="C284" t="s">
+        <v>438</v>
+      </c>
+      <c r="D284" t="s">
+        <v>13</v>
+      </c>
+      <c r="E284" t="s">
+        <v>21</v>
+      </c>
+      <c r="F284" t="s">
+        <v>22</v>
+      </c>
+      <c r="G284" t="s">
+        <v>463</v>
+      </c>
+      <c r="H284">
+        <v>602683</v>
+      </c>
+      <c r="I284">
+        <v>606292</v>
+      </c>
+      <c r="J284" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285" t="s">
+        <v>10</v>
+      </c>
+      <c r="B285" t="s">
+        <v>11</v>
+      </c>
+      <c r="C285" t="s">
+        <v>438</v>
+      </c>
+      <c r="D285" t="s">
+        <v>13</v>
+      </c>
+      <c r="E285" t="s">
+        <v>21</v>
+      </c>
+      <c r="F285" t="s">
+        <v>22</v>
+      </c>
+      <c r="G285" t="s">
+        <v>465</v>
+      </c>
+      <c r="H285">
+        <v>600039</v>
+      </c>
+      <c r="I285">
+        <v>602682</v>
+      </c>
+      <c r="J285" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286" t="s">
+        <v>10</v>
+      </c>
+      <c r="B286" t="s">
+        <v>11</v>
+      </c>
+      <c r="C286" t="s">
+        <v>438</v>
+      </c>
+      <c r="D286" t="s">
+        <v>13</v>
+      </c>
+      <c r="E286" t="s">
+        <v>21</v>
+      </c>
+      <c r="F286" t="s">
+        <v>22</v>
+      </c>
+      <c r="G286" t="s">
+        <v>467</v>
+      </c>
+      <c r="H286">
+        <v>597329</v>
+      </c>
+      <c r="I286">
+        <v>600038</v>
+      </c>
+      <c r="J286" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287" t="s">
+        <v>10</v>
+      </c>
+      <c r="B287" t="s">
+        <v>11</v>
+      </c>
+      <c r="C287" t="s">
+        <v>438</v>
+      </c>
+      <c r="D287" t="s">
+        <v>13</v>
+      </c>
+      <c r="E287" t="s">
+        <v>21</v>
+      </c>
+      <c r="F287" t="s">
+        <v>22</v>
+      </c>
+      <c r="G287" t="s">
+        <v>469</v>
+      </c>
+      <c r="H287">
+        <v>593891</v>
+      </c>
+      <c r="I287">
+        <v>597328</v>
+      </c>
+      <c r="J287" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288" t="s">
+        <v>10</v>
+      </c>
+      <c r="B288" t="s">
+        <v>11</v>
+      </c>
+      <c r="C288" t="s">
+        <v>471</v>
+      </c>
+      <c r="D288" t="s">
+        <v>13</v>
+      </c>
+      <c r="E288" t="s">
+        <v>21</v>
+      </c>
+      <c r="F288" t="s">
+        <v>22</v>
+      </c>
+      <c r="G288" t="s">
+        <v>472</v>
+      </c>
+      <c r="H288">
+        <v>588611</v>
+      </c>
+      <c r="I288">
+        <v>593890</v>
+      </c>
+      <c r="J288" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289" t="s">
+        <v>10</v>
+      </c>
+      <c r="B289" t="s">
+        <v>11</v>
+      </c>
+      <c r="C289" t="s">
+        <v>471</v>
+      </c>
+      <c r="D289" t="s">
+        <v>13</v>
+      </c>
+      <c r="E289" t="s">
+        <v>21</v>
+      </c>
+      <c r="F289" t="s">
+        <v>22</v>
+      </c>
+      <c r="G289">
+        <v>411</v>
+      </c>
+      <c r="H289">
+        <v>588200</v>
+      </c>
+      <c r="I289">
+        <v>588610</v>
+      </c>
+      <c r="J289" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290" t="s">
+        <v>10</v>
+      </c>
+      <c r="B290" t="s">
+        <v>11</v>
+      </c>
+      <c r="C290" t="s">
+        <v>471</v>
+      </c>
+      <c r="D290" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" t="s">
+        <v>21</v>
+      </c>
+      <c r="F290" t="s">
+        <v>22</v>
+      </c>
+      <c r="G290">
+        <v>548</v>
+      </c>
+      <c r="H290">
+        <v>587652</v>
+      </c>
+      <c r="I290">
+        <v>588199</v>
+      </c>
+      <c r="J290" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291" t="s">
+        <v>10</v>
+      </c>
+      <c r="B291" t="s">
+        <v>11</v>
+      </c>
+      <c r="C291" t="s">
+        <v>471</v>
+      </c>
+      <c r="D291" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" t="s">
+        <v>21</v>
+      </c>
+      <c r="F291" t="s">
+        <v>22</v>
+      </c>
+      <c r="G291" t="s">
+        <v>476</v>
+      </c>
+      <c r="H291">
+        <v>585003</v>
+      </c>
+      <c r="I291">
+        <v>587651</v>
+      </c>
+      <c r="J291" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292" t="s">
+        <v>10</v>
+      </c>
+      <c r="B292" t="s">
+        <v>11</v>
+      </c>
+      <c r="C292" t="s">
+        <v>471</v>
+      </c>
+      <c r="D292" t="s">
+        <v>13</v>
+      </c>
+      <c r="E292" t="s">
+        <v>21</v>
+      </c>
+      <c r="F292" t="s">
+        <v>22</v>
+      </c>
+      <c r="G292">
+        <v>251</v>
+      </c>
+      <c r="H292">
+        <v>584752</v>
+      </c>
+      <c r="I292">
+        <v>585002</v>
+      </c>
+      <c r="J292" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293" t="s">
+        <v>10</v>
+      </c>
+      <c r="B293" t="s">
+        <v>11</v>
+      </c>
+      <c r="C293" t="s">
+        <v>471</v>
+      </c>
+      <c r="D293" t="s">
+        <v>13</v>
+      </c>
+      <c r="E293" t="s">
+        <v>21</v>
+      </c>
+      <c r="F293" t="s">
+        <v>22</v>
+      </c>
+      <c r="G293" t="s">
+        <v>479</v>
+      </c>
+      <c r="H293">
+        <v>582313</v>
+      </c>
+      <c r="I293">
+        <v>584751</v>
+      </c>
+      <c r="J293" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294" t="s">
+        <v>10</v>
+      </c>
+      <c r="B294" t="s">
+        <v>11</v>
+      </c>
+      <c r="C294" t="s">
+        <v>471</v>
+      </c>
+      <c r="D294" t="s">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s">
+        <v>21</v>
+      </c>
+      <c r="F294" t="s">
+        <v>22</v>
+      </c>
+      <c r="G294" t="s">
+        <v>481</v>
+      </c>
+      <c r="H294">
+        <v>580449</v>
+      </c>
+      <c r="I294">
+        <v>582312</v>
+      </c>
+      <c r="J294" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10">
+      <c r="A295" t="s">
+        <v>10</v>
+      </c>
+      <c r="B295" t="s">
+        <v>11</v>
+      </c>
+      <c r="C295" t="s">
+        <v>471</v>
+      </c>
+      <c r="D295" t="s">
+        <v>13</v>
+      </c>
+      <c r="E295" t="s">
+        <v>21</v>
+      </c>
+      <c r="F295" t="s">
+        <v>22</v>
+      </c>
+      <c r="G295">
+        <v>912</v>
+      </c>
+      <c r="H295">
+        <v>579537</v>
+      </c>
+      <c r="I295">
+        <v>580448</v>
+      </c>
+      <c r="J295" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10">
+      <c r="A296" t="s">
+        <v>10</v>
+      </c>
+      <c r="B296" t="s">
+        <v>11</v>
+      </c>
+      <c r="C296" t="s">
+        <v>471</v>
+      </c>
+      <c r="D296" t="s">
+        <v>13</v>
+      </c>
+      <c r="E296" t="s">
+        <v>21</v>
+      </c>
+      <c r="F296" t="s">
+        <v>22</v>
+      </c>
+      <c r="G296">
+        <v>548</v>
+      </c>
+      <c r="H296">
+        <v>578989</v>
+      </c>
+      <c r="I296">
+        <v>579536</v>
+      </c>
+      <c r="J296" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10">
+      <c r="A297" t="s">
+        <v>10</v>
+      </c>
+      <c r="B297" t="s">
+        <v>11</v>
+      </c>
+      <c r="C297" t="s">
+        <v>471</v>
+      </c>
+      <c r="D297" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" t="s">
+        <v>21</v>
+      </c>
+      <c r="F297" t="s">
+        <v>22</v>
+      </c>
+      <c r="G297" t="s">
+        <v>294</v>
+      </c>
+      <c r="H297">
+        <v>577985</v>
+      </c>
+      <c r="I297">
+        <v>578988</v>
+      </c>
+      <c r="J297" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10">
+      <c r="A298" t="s">
+        <v>10</v>
+      </c>
+      <c r="B298" t="s">
+        <v>11</v>
+      </c>
+      <c r="C298" t="s">
+        <v>471</v>
+      </c>
+      <c r="D298" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" t="s">
+        <v>21</v>
+      </c>
+      <c r="F298" t="s">
+        <v>22</v>
+      </c>
+      <c r="G298" t="s">
+        <v>486</v>
+      </c>
+      <c r="H298">
+        <v>576901</v>
+      </c>
+      <c r="I298">
+        <v>577984</v>
+      </c>
+      <c r="J298" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10">
+      <c r="A299" t="s">
+        <v>10</v>
+      </c>
+      <c r="B299" t="s">
+        <v>11</v>
+      </c>
+      <c r="C299" t="s">
+        <v>471</v>
+      </c>
+      <c r="D299" t="s">
+        <v>13</v>
+      </c>
+      <c r="E299" t="s">
+        <v>21</v>
+      </c>
+      <c r="F299" t="s">
+        <v>22</v>
+      </c>
+      <c r="G299" t="s">
+        <v>432</v>
+      </c>
+      <c r="H299">
+        <v>569990</v>
+      </c>
+      <c r="I299">
+        <v>576900</v>
+      </c>
+      <c r="J299" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10">
+      <c r="A300" t="s">
+        <v>10</v>
+      </c>
+      <c r="B300" t="s">
+        <v>11</v>
+      </c>
+      <c r="C300" t="s">
+        <v>471</v>
+      </c>
+      <c r="D300" t="s">
+        <v>13</v>
+      </c>
+      <c r="E300" t="s">
+        <v>21</v>
+      </c>
+      <c r="F300" t="s">
+        <v>22</v>
+      </c>
+      <c r="G300" t="s">
+        <v>489</v>
+      </c>
+      <c r="H300">
+        <v>555866</v>
+      </c>
+      <c r="I300">
+        <v>569989</v>
+      </c>
+      <c r="J300" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10">
+      <c r="A301" t="s">
+        <v>10</v>
+      </c>
+      <c r="B301" t="s">
+        <v>11</v>
+      </c>
+      <c r="C301" t="s">
+        <v>471</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
+        <v>21</v>
+      </c>
+      <c r="F301" t="s">
+        <v>22</v>
+      </c>
+      <c r="G301" t="s">
+        <v>491</v>
+      </c>
+      <c r="H301">
+        <v>544986</v>
+      </c>
+      <c r="I301">
+        <v>555865</v>
+      </c>
+      <c r="J301" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302" t="s">
+        <v>10</v>
+      </c>
+      <c r="B302" t="s">
+        <v>11</v>
+      </c>
+      <c r="C302" t="s">
+        <v>493</v>
+      </c>
+      <c r="D302" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" t="s">
+        <v>494</v>
+      </c>
+      <c r="F302" t="s">
+        <v>15</v>
+      </c>
+      <c r="G302" t="s">
+        <v>495</v>
+      </c>
+      <c r="H302">
+        <v>68203</v>
+      </c>
+      <c r="I302">
+        <v>73142</v>
+      </c>
+      <c r="J302" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303" t="s">
+        <v>10</v>
+      </c>
+      <c r="B303" t="s">
+        <v>11</v>
+      </c>
+      <c r="C303" t="s">
+        <v>497</v>
+      </c>
+      <c r="D303" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" t="s">
+        <v>21</v>
+      </c>
+      <c r="F303" t="s">
+        <v>22</v>
+      </c>
+      <c r="G303" t="s">
+        <v>498</v>
+      </c>
+      <c r="H303">
+        <v>543602</v>
+      </c>
+      <c r="I303">
+        <v>544985</v>
+      </c>
+      <c r="J303" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304" t="s">
+        <v>10</v>
+      </c>
+      <c r="B304" t="s">
+        <v>11</v>
+      </c>
+      <c r="C304" t="s">
+        <v>497</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
+        <v>21</v>
+      </c>
+      <c r="F304" t="s">
+        <v>22</v>
+      </c>
+      <c r="G304" t="s">
+        <v>500</v>
+      </c>
+      <c r="H304">
+        <v>540852</v>
+      </c>
+      <c r="I304">
+        <v>543601</v>
+      </c>
+      <c r="J304" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305" t="s">
+        <v>10</v>
+      </c>
+      <c r="B305" t="s">
+        <v>11</v>
+      </c>
+      <c r="C305" t="s">
+        <v>497</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
+        <v>21</v>
+      </c>
+      <c r="F305" t="s">
+        <v>22</v>
+      </c>
+      <c r="G305">
+        <v>853</v>
+      </c>
+      <c r="H305">
+        <v>539999</v>
+      </c>
+      <c r="I305">
+        <v>540851</v>
+      </c>
+      <c r="J305" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10">
+      <c r="A306" t="s">
+        <v>10</v>
+      </c>
+      <c r="B306" t="s">
+        <v>11</v>
+      </c>
+      <c r="C306" t="s">
+        <v>497</v>
+      </c>
+      <c r="D306" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" t="s">
+        <v>21</v>
+      </c>
+      <c r="F306" t="s">
+        <v>22</v>
+      </c>
+      <c r="G306" t="s">
+        <v>503</v>
+      </c>
+      <c r="H306">
+        <v>538130</v>
+      </c>
+      <c r="I306">
+        <v>539998</v>
+      </c>
+      <c r="J306" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10">
+      <c r="A307" t="s">
+        <v>10</v>
+      </c>
+      <c r="B307" t="s">
+        <v>11</v>
+      </c>
+      <c r="C307" t="s">
+        <v>505</v>
+      </c>
+      <c r="D307" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" t="s">
+        <v>21</v>
+      </c>
+      <c r="F307" t="s">
+        <v>22</v>
+      </c>
+      <c r="G307">
+        <v>750</v>
+      </c>
+      <c r="H307">
+        <v>537380</v>
+      </c>
+      <c r="I307">
+        <v>538129</v>
+      </c>
+      <c r="J307" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10">
+      <c r="A308" t="s">
+        <v>10</v>
+      </c>
+      <c r="B308" t="s">
+        <v>11</v>
+      </c>
+      <c r="C308" t="s">
+        <v>505</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
+        <v>21</v>
+      </c>
+      <c r="F308" t="s">
+        <v>22</v>
+      </c>
+      <c r="G308">
+        <v>894</v>
+      </c>
+      <c r="H308">
+        <v>536486</v>
+      </c>
+      <c r="I308">
+        <v>537379</v>
+      </c>
+      <c r="J308" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10">
+      <c r="A309" t="s">
+        <v>10</v>
+      </c>
+      <c r="B309" t="s">
+        <v>11</v>
+      </c>
+      <c r="C309" t="s">
+        <v>505</v>
+      </c>
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
+        <v>21</v>
+      </c>
+      <c r="F309" t="s">
+        <v>22</v>
+      </c>
+      <c r="G309">
+        <v>875</v>
+      </c>
+      <c r="H309">
+        <v>535611</v>
+      </c>
+      <c r="I309">
+        <v>536485</v>
+      </c>
+      <c r="J309" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10">
+      <c r="A310" t="s">
+        <v>10</v>
+      </c>
+      <c r="B310" t="s">
+        <v>11</v>
+      </c>
+      <c r="C310" t="s">
+        <v>505</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
+        <v>21</v>
+      </c>
+      <c r="F310" t="s">
+        <v>22</v>
+      </c>
+      <c r="G310">
+        <v>975</v>
+      </c>
+      <c r="H310">
+        <v>534636</v>
+      </c>
+      <c r="I310">
+        <v>535610</v>
+      </c>
+      <c r="J310" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10">
+      <c r="A311" t="s">
+        <v>10</v>
+      </c>
+      <c r="B311" t="s">
+        <v>11</v>
+      </c>
+      <c r="C311" t="s">
+        <v>505</v>
+      </c>
+      <c r="D311" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" t="s">
+        <v>21</v>
+      </c>
+      <c r="F311" t="s">
+        <v>22</v>
+      </c>
+      <c r="G311">
+        <v>886</v>
+      </c>
+      <c r="H311">
+        <v>533750</v>
+      </c>
+      <c r="I311">
+        <v>534635</v>
+      </c>
+      <c r="J311" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10">
+      <c r="A312" t="s">
+        <v>10</v>
+      </c>
+      <c r="B312" t="s">
+        <v>11</v>
+      </c>
+      <c r="C312" t="s">
+        <v>505</v>
+      </c>
+      <c r="D312" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
+        <v>21</v>
+      </c>
+      <c r="F312" t="s">
+        <v>22</v>
+      </c>
+      <c r="G312">
+        <v>686</v>
+      </c>
+      <c r="H312">
+        <v>533064</v>
+      </c>
+      <c r="I312">
+        <v>533749</v>
+      </c>
+      <c r="J312" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10">
+      <c r="A313" t="s">
+        <v>10</v>
+      </c>
+      <c r="B313" t="s">
+        <v>11</v>
+      </c>
+      <c r="C313" t="s">
+        <v>505</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
+        <v>21</v>
+      </c>
+      <c r="F313" t="s">
+        <v>22</v>
+      </c>
+      <c r="G313">
+        <v>948</v>
+      </c>
+      <c r="H313">
+        <v>532116</v>
+      </c>
+      <c r="I313">
+        <v>533063</v>
+      </c>
+      <c r="J313" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10">
+      <c r="A314" t="s">
+        <v>10</v>
+      </c>
+      <c r="B314" t="s">
+        <v>11</v>
+      </c>
+      <c r="C314" t="s">
+        <v>505</v>
+      </c>
+      <c r="D314" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" t="s">
+        <v>21</v>
+      </c>
+      <c r="F314" t="s">
+        <v>22</v>
+      </c>
+      <c r="G314" t="s">
+        <v>513</v>
+      </c>
+      <c r="H314">
+        <v>530679</v>
+      </c>
+      <c r="I314">
+        <v>532115</v>
+      </c>
+      <c r="J314" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315" t="s">
+        <v>10</v>
+      </c>
+      <c r="B315" t="s">
+        <v>11</v>
+      </c>
+      <c r="C315" t="s">
+        <v>505</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
+        <v>21</v>
+      </c>
+      <c r="F315" t="s">
+        <v>22</v>
+      </c>
+      <c r="G315" t="s">
+        <v>515</v>
+      </c>
+      <c r="H315">
+        <v>529208</v>
+      </c>
+      <c r="I315">
+        <v>530678</v>
+      </c>
+      <c r="J315" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
+      <c r="A316" t="s">
+        <v>10</v>
+      </c>
+      <c r="B316" t="s">
+        <v>11</v>
+      </c>
+      <c r="C316" t="s">
+        <v>505</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
+        <v>21</v>
+      </c>
+      <c r="F316" t="s">
+        <v>22</v>
+      </c>
+      <c r="G316">
+        <v>796</v>
+      </c>
+      <c r="H316">
+        <v>528412</v>
+      </c>
+      <c r="I316">
+        <v>529207</v>
+      </c>
+      <c r="J316" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" t="s">
+        <v>10</v>
+      </c>
+      <c r="B317" t="s">
+        <v>11</v>
+      </c>
+      <c r="C317" t="s">
+        <v>505</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
+        <v>21</v>
+      </c>
+      <c r="F317" t="s">
+        <v>22</v>
+      </c>
+      <c r="G317" t="s">
+        <v>518</v>
+      </c>
+      <c r="H317">
+        <v>527290</v>
+      </c>
+      <c r="I317">
+        <v>528411</v>
+      </c>
+      <c r="J317" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" t="s">
+        <v>10</v>
+      </c>
+      <c r="B318" t="s">
+        <v>11</v>
+      </c>
+      <c r="C318" t="s">
+        <v>505</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
+        <v>21</v>
+      </c>
+      <c r="F318" t="s">
+        <v>22</v>
+      </c>
+      <c r="G318">
+        <v>774</v>
+      </c>
+      <c r="H318">
+        <v>526516</v>
+      </c>
+      <c r="I318">
+        <v>527289</v>
+      </c>
+      <c r="J318" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" t="s">
+        <v>10</v>
+      </c>
+      <c r="B319" t="s">
+        <v>11</v>
+      </c>
+      <c r="C319" t="s">
+        <v>505</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
+        <v>21</v>
+      </c>
+      <c r="F319" t="s">
+        <v>22</v>
+      </c>
+      <c r="G319" t="s">
+        <v>521</v>
+      </c>
+      <c r="H319">
+        <v>525464</v>
+      </c>
+      <c r="I319">
+        <v>526515</v>
+      </c>
+      <c r="J319" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" t="s">
+        <v>10</v>
+      </c>
+      <c r="B320" t="s">
+        <v>11</v>
+      </c>
+      <c r="C320" t="s">
+        <v>505</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
+        <v>21</v>
+      </c>
+      <c r="F320" t="s">
+        <v>22</v>
+      </c>
+      <c r="G320" t="s">
+        <v>317</v>
+      </c>
+      <c r="H320">
+        <v>524418</v>
+      </c>
+      <c r="I320">
+        <v>525463</v>
+      </c>
+      <c r="J320" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" t="s">
+        <v>10</v>
+      </c>
+      <c r="B321" t="s">
+        <v>11</v>
+      </c>
+      <c r="C321" t="s">
+        <v>505</v>
+      </c>
+      <c r="D321" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" t="s">
+        <v>21</v>
+      </c>
+      <c r="F321" t="s">
+        <v>22</v>
+      </c>
+      <c r="G321" t="s">
+        <v>524</v>
+      </c>
+      <c r="H321">
+        <v>522868</v>
+      </c>
+      <c r="I321">
+        <v>524417</v>
+      </c>
+      <c r="J321" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" t="s">
+        <v>10</v>
+      </c>
+      <c r="B322" t="s">
+        <v>11</v>
+      </c>
+      <c r="C322" t="s">
+        <v>505</v>
+      </c>
+      <c r="D322" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s">
+        <v>21</v>
+      </c>
+      <c r="F322" t="s">
+        <v>22</v>
+      </c>
+      <c r="G322">
+        <v>870</v>
+      </c>
+      <c r="H322">
+        <v>521998</v>
+      </c>
+      <c r="I322">
+        <v>522867</v>
+      </c>
+      <c r="J322" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323" t="s">
+        <v>10</v>
+      </c>
+      <c r="B323" t="s">
+        <v>11</v>
+      </c>
+      <c r="C323" t="s">
+        <v>505</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
+        <v>21</v>
+      </c>
+      <c r="F323" t="s">
+        <v>22</v>
+      </c>
+      <c r="G323" t="s">
+        <v>527</v>
+      </c>
+      <c r="H323">
+        <v>520431</v>
+      </c>
+      <c r="I323">
+        <v>521997</v>
+      </c>
+      <c r="J323" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324" t="s">
+        <v>10</v>
+      </c>
+      <c r="B324" t="s">
+        <v>11</v>
+      </c>
+      <c r="C324" t="s">
+        <v>505</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
+        <v>21</v>
+      </c>
+      <c r="F324" t="s">
+        <v>22</v>
+      </c>
+      <c r="G324" t="s">
+        <v>529</v>
+      </c>
+      <c r="H324">
+        <v>518916</v>
+      </c>
+      <c r="I324">
+        <v>520430</v>
+      </c>
+      <c r="J324" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325" t="s">
+        <v>10</v>
+      </c>
+      <c r="B325" t="s">
+        <v>11</v>
+      </c>
+      <c r="C325" t="s">
+        <v>505</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
+        <v>21</v>
+      </c>
+      <c r="F325" t="s">
+        <v>22</v>
+      </c>
+      <c r="G325" t="s">
+        <v>531</v>
+      </c>
+      <c r="H325">
+        <v>517109</v>
+      </c>
+      <c r="I325">
+        <v>518915</v>
+      </c>
+      <c r="J325" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326" t="s">
+        <v>10</v>
+      </c>
+      <c r="B326" t="s">
+        <v>11</v>
+      </c>
+      <c r="C326" t="s">
+        <v>505</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
+        <v>21</v>
+      </c>
+      <c r="F326" t="s">
+        <v>22</v>
+      </c>
+      <c r="G326" t="s">
+        <v>533</v>
+      </c>
+      <c r="H326">
+        <v>515111</v>
+      </c>
+      <c r="I326">
+        <v>517108</v>
+      </c>
+      <c r="J326" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327" t="s">
+        <v>10</v>
+      </c>
+      <c r="B327" t="s">
+        <v>11</v>
+      </c>
+      <c r="C327" t="s">
+        <v>505</v>
+      </c>
+      <c r="D327" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" t="s">
+        <v>21</v>
+      </c>
+      <c r="F327" t="s">
+        <v>22</v>
+      </c>
+      <c r="G327" t="s">
+        <v>535</v>
+      </c>
+      <c r="H327">
+        <v>512525</v>
+      </c>
+      <c r="I327">
+        <v>515110</v>
+      </c>
+      <c r="J327" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328" t="s">
+        <v>10</v>
+      </c>
+      <c r="B328" t="s">
+        <v>11</v>
+      </c>
+      <c r="C328" t="s">
+        <v>505</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
+        <v>21</v>
+      </c>
+      <c r="F328" t="s">
+        <v>22</v>
+      </c>
+      <c r="G328" t="s">
+        <v>537</v>
+      </c>
+      <c r="H328">
+        <v>510566</v>
+      </c>
+      <c r="I328">
+        <v>512524</v>
+      </c>
+      <c r="J328" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329" t="s">
+        <v>10</v>
+      </c>
+      <c r="B329" t="s">
+        <v>11</v>
+      </c>
+      <c r="C329" t="s">
+        <v>505</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
+        <v>21</v>
+      </c>
+      <c r="F329" t="s">
+        <v>22</v>
+      </c>
+      <c r="G329" t="s">
+        <v>539</v>
+      </c>
+      <c r="H329">
+        <v>509506</v>
+      </c>
+      <c r="I329">
+        <v>510565</v>
+      </c>
+      <c r="J329" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330" t="s">
+        <v>10</v>
+      </c>
+      <c r="B330" t="s">
+        <v>11</v>
+      </c>
+      <c r="C330" t="s">
+        <v>505</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
+        <v>21</v>
+      </c>
+      <c r="F330" t="s">
+        <v>22</v>
+      </c>
+      <c r="G330" t="s">
+        <v>335</v>
+      </c>
+      <c r="H330">
+        <v>508034</v>
+      </c>
+      <c r="I330">
+        <v>509505</v>
+      </c>
+      <c r="J330" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331" t="s">
+        <v>10</v>
+      </c>
+      <c r="B331" t="s">
+        <v>11</v>
+      </c>
+      <c r="C331" t="s">
+        <v>505</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
+        <v>21</v>
+      </c>
+      <c r="F331" t="s">
+        <v>22</v>
+      </c>
+      <c r="G331" t="s">
+        <v>542</v>
+      </c>
+      <c r="H331">
+        <v>505929</v>
+      </c>
+      <c r="I331">
+        <v>508033</v>
+      </c>
+      <c r="J331" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332" t="s">
+        <v>10</v>
+      </c>
+      <c r="B332" t="s">
+        <v>11</v>
+      </c>
+      <c r="C332" t="s">
+        <v>505</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
+        <v>21</v>
+      </c>
+      <c r="F332" t="s">
+        <v>22</v>
+      </c>
+      <c r="G332" t="s">
+        <v>544</v>
+      </c>
+      <c r="H332">
+        <v>504063</v>
+      </c>
+      <c r="I332">
+        <v>505928</v>
+      </c>
+      <c r="J332" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333" t="s">
+        <v>10</v>
+      </c>
+      <c r="B333" t="s">
+        <v>11</v>
+      </c>
+      <c r="C333" t="s">
+        <v>505</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
+        <v>21</v>
+      </c>
+      <c r="F333" t="s">
+        <v>22</v>
+      </c>
+      <c r="G333" t="s">
+        <v>389</v>
+      </c>
+      <c r="H333">
+        <v>502667</v>
+      </c>
+      <c r="I333">
+        <v>504062</v>
+      </c>
+      <c r="J333" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334" t="s">
+        <v>10</v>
+      </c>
+      <c r="B334" t="s">
+        <v>11</v>
+      </c>
+      <c r="C334" t="s">
+        <v>505</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
+        <v>21</v>
+      </c>
+      <c r="F334" t="s">
+        <v>22</v>
+      </c>
+      <c r="G334" t="s">
+        <v>547</v>
+      </c>
+      <c r="H334">
+        <v>501630</v>
+      </c>
+      <c r="I334">
+        <v>502666</v>
+      </c>
+      <c r="J334" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335" t="s">
+        <v>10</v>
+      </c>
+      <c r="B335" t="s">
+        <v>11</v>
+      </c>
+      <c r="C335" t="s">
+        <v>505</v>
+      </c>
+      <c r="D335" t="s">
+        <v>13</v>
+      </c>
+      <c r="E335" t="s">
+        <v>21</v>
+      </c>
+      <c r="F335" t="s">
+        <v>22</v>
+      </c>
+      <c r="G335" t="s">
+        <v>549</v>
+      </c>
+      <c r="H335">
+        <v>500331</v>
+      </c>
+      <c r="I335">
+        <v>501629</v>
+      </c>
+      <c r="J335" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336" t="s">
+        <v>10</v>
+      </c>
+      <c r="B336" t="s">
+        <v>11</v>
+      </c>
+      <c r="C336" t="s">
+        <v>505</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
+        <v>21</v>
+      </c>
+      <c r="F336" t="s">
+        <v>22</v>
+      </c>
+      <c r="G336" t="s">
+        <v>551</v>
+      </c>
+      <c r="H336">
+        <v>498972</v>
+      </c>
+      <c r="I336">
+        <v>500330</v>
+      </c>
+      <c r="J336" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337" t="s">
+        <v>10</v>
+      </c>
+      <c r="B337" t="s">
+        <v>11</v>
+      </c>
+      <c r="C337" t="s">
+        <v>505</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
+        <v>21</v>
+      </c>
+      <c r="F337" t="s">
+        <v>22</v>
+      </c>
+      <c r="G337" t="s">
+        <v>553</v>
+      </c>
+      <c r="H337">
+        <v>497315</v>
+      </c>
+      <c r="I337">
+        <v>498971</v>
+      </c>
+      <c r="J337" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338" t="s">
+        <v>10</v>
+      </c>
+      <c r="B338" t="s">
+        <v>11</v>
+      </c>
+      <c r="C338" t="s">
+        <v>505</v>
+      </c>
+      <c r="D338" t="s">
+        <v>13</v>
+      </c>
+      <c r="E338" t="s">
+        <v>21</v>
+      </c>
+      <c r="F338" t="s">
+        <v>22</v>
+      </c>
+      <c r="G338" t="s">
+        <v>555</v>
+      </c>
+      <c r="H338">
+        <v>495721</v>
+      </c>
+      <c r="I338">
+        <v>497314</v>
+      </c>
+      <c r="J338" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339" t="s">
+        <v>10</v>
+      </c>
+      <c r="B339" t="s">
+        <v>11</v>
+      </c>
+      <c r="C339" t="s">
+        <v>505</v>
+      </c>
+      <c r="D339" t="s">
+        <v>13</v>
+      </c>
+      <c r="E339" t="s">
+        <v>21</v>
+      </c>
+      <c r="F339" t="s">
+        <v>22</v>
+      </c>
+      <c r="G339" t="s">
+        <v>557</v>
+      </c>
+      <c r="H339">
+        <v>494374</v>
+      </c>
+      <c r="I339">
+        <v>495720</v>
+      </c>
+      <c r="J339" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340" t="s">
+        <v>10</v>
+      </c>
+      <c r="B340" t="s">
+        <v>11</v>
+      </c>
+      <c r="C340" t="s">
+        <v>505</v>
+      </c>
+      <c r="D340" t="s">
+        <v>13</v>
+      </c>
+      <c r="E340" t="s">
+        <v>21</v>
+      </c>
+      <c r="F340" t="s">
+        <v>22</v>
+      </c>
+      <c r="G340" t="s">
+        <v>559</v>
+      </c>
+      <c r="H340">
+        <v>490684</v>
+      </c>
+      <c r="I340">
+        <v>494373</v>
+      </c>
+      <c r="J340" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341" t="s">
+        <v>10</v>
+      </c>
+      <c r="B341" t="s">
+        <v>11</v>
+      </c>
+      <c r="C341" t="s">
+        <v>505</v>
+      </c>
+      <c r="D341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E341" t="s">
+        <v>21</v>
+      </c>
+      <c r="F341" t="s">
+        <v>22</v>
+      </c>
+      <c r="G341" t="s">
+        <v>561</v>
+      </c>
+      <c r="H341">
+        <v>489639</v>
+      </c>
+      <c r="I341">
+        <v>490683</v>
+      </c>
+      <c r="J341" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342" t="s">
+        <v>10</v>
+      </c>
+      <c r="B342" t="s">
+        <v>11</v>
+      </c>
+      <c r="C342" t="s">
+        <v>505</v>
+      </c>
+      <c r="D342" t="s">
+        <v>13</v>
+      </c>
+      <c r="E342" t="s">
+        <v>21</v>
+      </c>
+      <c r="F342" t="s">
+        <v>22</v>
+      </c>
+      <c r="G342" t="s">
+        <v>563</v>
+      </c>
+      <c r="H342">
+        <v>487116</v>
+      </c>
+      <c r="I342">
+        <v>489638</v>
+      </c>
+      <c r="J342" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343" t="s">
+        <v>10</v>
+      </c>
+      <c r="B343" t="s">
+        <v>11</v>
+      </c>
+      <c r="C343" t="s">
+        <v>505</v>
+      </c>
+      <c r="D343" t="s">
+        <v>13</v>
+      </c>
+      <c r="E343" t="s">
+        <v>21</v>
+      </c>
+      <c r="F343" t="s">
+        <v>22</v>
+      </c>
+      <c r="G343" t="s">
+        <v>565</v>
+      </c>
+      <c r="H343">
+        <v>486042</v>
+      </c>
+      <c r="I343">
+        <v>487115</v>
+      </c>
+      <c r="J343" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344" t="s">
+        <v>10</v>
+      </c>
+      <c r="B344" t="s">
+        <v>11</v>
+      </c>
+      <c r="C344" t="s">
+        <v>505</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
+        <v>21</v>
+      </c>
+      <c r="F344" t="s">
+        <v>22</v>
+      </c>
+      <c r="G344" t="s">
+        <v>567</v>
+      </c>
+      <c r="H344">
+        <v>483084</v>
+      </c>
+      <c r="I344">
+        <v>486041</v>
+      </c>
+      <c r="J344" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345" t="s">
+        <v>10</v>
+      </c>
+      <c r="B345" t="s">
+        <v>11</v>
+      </c>
+      <c r="C345" t="s">
+        <v>569</v>
+      </c>
+      <c r="D345" t="s">
+        <v>13</v>
+      </c>
+      <c r="E345" t="s">
+        <v>494</v>
+      </c>
+      <c r="F345" t="s">
+        <v>15</v>
+      </c>
+      <c r="G345" t="s">
+        <v>570</v>
+      </c>
+      <c r="H345">
+        <v>63345</v>
+      </c>
+      <c r="I345">
+        <v>68202</v>
+      </c>
+      <c r="J345" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346" t="s">
+        <v>10</v>
+      </c>
+      <c r="B346" t="s">
+        <v>11</v>
+      </c>
+      <c r="C346" t="s">
+        <v>572</v>
+      </c>
+      <c r="D346" t="s">
+        <v>13</v>
+      </c>
+      <c r="E346" t="s">
+        <v>573</v>
+      </c>
+      <c r="F346" t="s">
+        <v>22</v>
+      </c>
+      <c r="G346" t="s">
+        <v>574</v>
+      </c>
+      <c r="H346">
+        <v>397834</v>
+      </c>
+      <c r="I346">
+        <v>483083</v>
+      </c>
+      <c r="J346" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347" t="s">
+        <v>10</v>
+      </c>
+      <c r="B347" t="s">
+        <v>11</v>
+      </c>
+      <c r="C347" t="s">
+        <v>576</v>
+      </c>
+      <c r="D347" t="s">
+        <v>13</v>
+      </c>
+      <c r="E347" t="s">
+        <v>21</v>
+      </c>
+      <c r="F347" t="s">
+        <v>22</v>
+      </c>
+      <c r="G347" t="s">
+        <v>577</v>
+      </c>
+      <c r="H347">
+        <v>323642</v>
+      </c>
+      <c r="I347">
+        <v>397833</v>
+      </c>
+      <c r="J347" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348" t="s">
+        <v>10</v>
+      </c>
+      <c r="B348" t="s">
+        <v>11</v>
+      </c>
+      <c r="C348" t="s">
+        <v>576</v>
+      </c>
+      <c r="D348" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" t="s">
+        <v>21</v>
+      </c>
+      <c r="F348" t="s">
+        <v>22</v>
+      </c>
+      <c r="G348" t="s">
+        <v>579</v>
+      </c>
+      <c r="H348">
+        <v>319082</v>
+      </c>
+      <c r="I348">
+        <v>323641</v>
+      </c>
+      <c r="J348" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349" t="s">
+        <v>10</v>
+      </c>
+      <c r="B349" t="s">
+        <v>11</v>
+      </c>
+      <c r="C349" t="s">
+        <v>576</v>
+      </c>
+      <c r="D349" t="s">
+        <v>13</v>
+      </c>
+      <c r="E349" t="s">
+        <v>21</v>
+      </c>
+      <c r="F349" t="s">
+        <v>22</v>
+      </c>
+      <c r="G349" t="s">
+        <v>581</v>
+      </c>
+      <c r="H349">
+        <v>317075</v>
+      </c>
+      <c r="I349">
+        <v>319081</v>
+      </c>
+      <c r="J349" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350" t="s">
+        <v>10</v>
+      </c>
+      <c r="B350" t="s">
+        <v>11</v>
+      </c>
+      <c r="C350" t="s">
+        <v>576</v>
+      </c>
+      <c r="D350" t="s">
+        <v>13</v>
+      </c>
+      <c r="E350" t="s">
+        <v>21</v>
+      </c>
+      <c r="F350" t="s">
+        <v>22</v>
+      </c>
+      <c r="G350">
+        <v>849</v>
+      </c>
+      <c r="H350">
+        <v>316226</v>
+      </c>
+      <c r="I350">
+        <v>317074</v>
+      </c>
+      <c r="J350" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351" t="s">
+        <v>10</v>
+      </c>
+      <c r="B351" t="s">
+        <v>11</v>
+      </c>
+      <c r="C351" t="s">
+        <v>576</v>
+      </c>
+      <c r="D351" t="s">
+        <v>13</v>
+      </c>
+      <c r="E351" t="s">
+        <v>21</v>
+      </c>
+      <c r="F351" t="s">
+        <v>22</v>
+      </c>
+      <c r="G351" t="s">
+        <v>584</v>
+      </c>
+      <c r="H351">
+        <v>315110</v>
+      </c>
+      <c r="I351">
+        <v>316225</v>
+      </c>
+      <c r="J351" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352" t="s">
+        <v>10</v>
+      </c>
+      <c r="B352" t="s">
+        <v>11</v>
+      </c>
+      <c r="C352" t="s">
+        <v>576</v>
+      </c>
+      <c r="D352" t="s">
+        <v>13</v>
+      </c>
+      <c r="E352" t="s">
+        <v>21</v>
+      </c>
+      <c r="F352" t="s">
+        <v>22</v>
+      </c>
+      <c r="G352" t="s">
+        <v>586</v>
+      </c>
+      <c r="H352">
+        <v>313983</v>
+      </c>
+      <c r="I352">
+        <v>315109</v>
+      </c>
+      <c r="J352" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353" t="s">
+        <v>10</v>
+      </c>
+      <c r="B353" t="s">
+        <v>11</v>
+      </c>
+      <c r="C353" t="s">
+        <v>576</v>
+      </c>
+      <c r="D353" t="s">
+        <v>13</v>
+      </c>
+      <c r="E353" t="s">
+        <v>21</v>
+      </c>
+      <c r="F353" t="s">
+        <v>22</v>
+      </c>
+      <c r="G353" t="s">
+        <v>588</v>
+      </c>
+      <c r="H353">
+        <v>312104</v>
+      </c>
+      <c r="I353">
+        <v>313982</v>
+      </c>
+      <c r="J353" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354" t="s">
+        <v>10</v>
+      </c>
+      <c r="B354" t="s">
+        <v>11</v>
+      </c>
+      <c r="C354" t="s">
+        <v>576</v>
+      </c>
+      <c r="D354" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" t="s">
+        <v>21</v>
+      </c>
+      <c r="F354" t="s">
+        <v>22</v>
+      </c>
+      <c r="G354" t="s">
+        <v>590</v>
+      </c>
+      <c r="H354">
+        <v>310515</v>
+      </c>
+      <c r="I354">
+        <v>312103</v>
+      </c>
+      <c r="J354" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355" t="s">
+        <v>10</v>
+      </c>
+      <c r="B355" t="s">
+        <v>11</v>
+      </c>
+      <c r="C355" t="s">
+        <v>576</v>
+      </c>
+      <c r="D355" t="s">
+        <v>13</v>
+      </c>
+      <c r="E355" t="s">
+        <v>21</v>
+      </c>
+      <c r="F355" t="s">
+        <v>22</v>
+      </c>
+      <c r="G355" t="s">
+        <v>592</v>
+      </c>
+      <c r="H355">
+        <v>309344</v>
+      </c>
+      <c r="I355">
+        <v>310514</v>
+      </c>
+      <c r="J355" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356" t="s">
+        <v>10</v>
+      </c>
+      <c r="B356" t="s">
+        <v>11</v>
+      </c>
+      <c r="C356" t="s">
+        <v>576</v>
+      </c>
+      <c r="D356" t="s">
+        <v>13</v>
+      </c>
+      <c r="E356" t="s">
+        <v>21</v>
+      </c>
+      <c r="F356" t="s">
+        <v>22</v>
+      </c>
+      <c r="G356">
+        <v>801</v>
+      </c>
+      <c r="H356">
+        <v>308543</v>
+      </c>
+      <c r="I356">
+        <v>309343</v>
+      </c>
+      <c r="J356" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357" t="s">
+        <v>10</v>
+      </c>
+      <c r="B357" t="s">
+        <v>11</v>
+      </c>
+      <c r="C357" t="s">
+        <v>576</v>
+      </c>
+      <c r="D357" t="s">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s">
+        <v>21</v>
+      </c>
+      <c r="F357" t="s">
+        <v>22</v>
+      </c>
+      <c r="G357">
+        <v>406</v>
+      </c>
+      <c r="H357">
+        <v>308137</v>
+      </c>
+      <c r="I357">
+        <v>308542</v>
+      </c>
+      <c r="J357" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358" t="s">
+        <v>10</v>
+      </c>
+      <c r="B358" t="s">
+        <v>11</v>
+      </c>
+      <c r="C358" t="s">
+        <v>576</v>
+      </c>
+      <c r="D358" t="s">
+        <v>13</v>
+      </c>
+      <c r="E358" t="s">
+        <v>21</v>
+      </c>
+      <c r="F358" t="s">
+        <v>22</v>
+      </c>
+      <c r="G358" t="s">
+        <v>596</v>
+      </c>
+      <c r="H358">
+        <v>306736</v>
+      </c>
+      <c r="I358">
+        <v>308136</v>
+      </c>
+      <c r="J358" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359" t="s">
+        <v>10</v>
+      </c>
+      <c r="B359" t="s">
+        <v>11</v>
+      </c>
+      <c r="C359" t="s">
+        <v>576</v>
+      </c>
+      <c r="D359" t="s">
+        <v>13</v>
+      </c>
+      <c r="E359" t="s">
+        <v>21</v>
+      </c>
+      <c r="F359" t="s">
+        <v>22</v>
+      </c>
+      <c r="G359" t="s">
+        <v>598</v>
+      </c>
+      <c r="H359">
+        <v>305207</v>
+      </c>
+      <c r="I359">
+        <v>306735</v>
+      </c>
+      <c r="J359" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360" t="s">
+        <v>10</v>
+      </c>
+      <c r="B360" t="s">
+        <v>11</v>
+      </c>
+      <c r="C360" t="s">
+        <v>576</v>
+      </c>
+      <c r="D360" t="s">
+        <v>13</v>
+      </c>
+      <c r="E360" t="s">
+        <v>21</v>
+      </c>
+      <c r="F360" t="s">
+        <v>22</v>
+      </c>
+      <c r="G360" t="s">
+        <v>600</v>
+      </c>
+      <c r="H360">
+        <v>303993</v>
+      </c>
+      <c r="I360">
+        <v>305206</v>
+      </c>
+      <c r="J360" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361" t="s">
+        <v>10</v>
+      </c>
+      <c r="B361" t="s">
+        <v>11</v>
+      </c>
+      <c r="C361" t="s">
+        <v>576</v>
+      </c>
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+      <c r="E361" t="s">
+        <v>21</v>
+      </c>
+      <c r="F361" t="s">
+        <v>22</v>
+      </c>
+      <c r="G361">
+        <v>861</v>
+      </c>
+      <c r="H361">
+        <v>303132</v>
+      </c>
+      <c r="I361">
+        <v>303992</v>
+      </c>
+      <c r="J361" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362" t="s">
+        <v>10</v>
+      </c>
+      <c r="B362" t="s">
+        <v>11</v>
+      </c>
+      <c r="C362" t="s">
+        <v>576</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
+        <v>21</v>
+      </c>
+      <c r="F362" t="s">
+        <v>22</v>
+      </c>
+      <c r="G362" t="s">
+        <v>603</v>
+      </c>
+      <c r="H362">
+        <v>301599</v>
+      </c>
+      <c r="I362">
+        <v>303131</v>
+      </c>
+      <c r="J362" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363" t="s">
+        <v>10</v>
+      </c>
+      <c r="B363" t="s">
+        <v>11</v>
+      </c>
+      <c r="C363" t="s">
+        <v>576</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+      <c r="E363" t="s">
+        <v>21</v>
+      </c>
+      <c r="F363" t="s">
+        <v>22</v>
+      </c>
+      <c r="G363">
+        <v>433</v>
+      </c>
+      <c r="H363">
+        <v>301166</v>
+      </c>
+      <c r="I363">
+        <v>301598</v>
+      </c>
+      <c r="J363" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364" t="s">
+        <v>10</v>
+      </c>
+      <c r="B364" t="s">
+        <v>11</v>
+      </c>
+      <c r="C364" t="s">
+        <v>576</v>
+      </c>
+      <c r="D364" t="s">
+        <v>13</v>
+      </c>
+      <c r="E364" t="s">
+        <v>21</v>
+      </c>
+      <c r="F364" t="s">
+        <v>22</v>
+      </c>
+      <c r="G364">
+        <v>506</v>
+      </c>
+      <c r="H364">
+        <v>300660</v>
+      </c>
+      <c r="I364">
+        <v>301165</v>
+      </c>
+      <c r="J364" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365" t="s">
+        <v>10</v>
+      </c>
+      <c r="B365" t="s">
+        <v>11</v>
+      </c>
+      <c r="C365" t="s">
+        <v>576</v>
+      </c>
+      <c r="D365" t="s">
+        <v>13</v>
+      </c>
+      <c r="E365" t="s">
+        <v>21</v>
+      </c>
+      <c r="F365" t="s">
+        <v>22</v>
+      </c>
+      <c r="G365">
+        <v>840</v>
+      </c>
+      <c r="H365">
+        <v>299820</v>
+      </c>
+      <c r="I365">
+        <v>300659</v>
+      </c>
+      <c r="J365" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366" t="s">
+        <v>10</v>
+      </c>
+      <c r="B366" t="s">
+        <v>11</v>
+      </c>
+      <c r="C366" t="s">
+        <v>576</v>
+      </c>
+      <c r="D366" t="s">
+        <v>13</v>
+      </c>
+      <c r="E366" t="s">
+        <v>21</v>
+      </c>
+      <c r="F366" t="s">
+        <v>22</v>
+      </c>
+      <c r="G366" t="s">
+        <v>404</v>
+      </c>
+      <c r="H366">
+        <v>297903</v>
+      </c>
+      <c r="I366">
+        <v>299819</v>
+      </c>
+      <c r="J366" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367" t="s">
+        <v>10</v>
+      </c>
+      <c r="B367" t="s">
+        <v>11</v>
+      </c>
+      <c r="C367" t="s">
+        <v>576</v>
+      </c>
+      <c r="D367" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" t="s">
+        <v>21</v>
+      </c>
+      <c r="F367" t="s">
+        <v>22</v>
+      </c>
+      <c r="G367">
+        <v>651</v>
+      </c>
+      <c r="H367">
+        <v>297252</v>
+      </c>
+      <c r="I367">
+        <v>297902</v>
+      </c>
+      <c r="J367" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368" t="s">
+        <v>10</v>
+      </c>
+      <c r="B368" t="s">
+        <v>11</v>
+      </c>
+      <c r="C368" t="s">
+        <v>576</v>
+      </c>
+      <c r="D368" t="s">
+        <v>13</v>
+      </c>
+      <c r="E368" t="s">
+        <v>21</v>
+      </c>
+      <c r="F368" t="s">
+        <v>22</v>
+      </c>
+      <c r="G368" t="s">
+        <v>610</v>
+      </c>
+      <c r="H368">
+        <v>296167</v>
+      </c>
+      <c r="I368">
+        <v>297251</v>
+      </c>
+      <c r="J368" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369" t="s">
+        <v>10</v>
+      </c>
+      <c r="B369" t="s">
+        <v>11</v>
+      </c>
+      <c r="C369" t="s">
+        <v>576</v>
+      </c>
+      <c r="D369" t="s">
+        <v>13</v>
+      </c>
+      <c r="E369" t="s">
+        <v>21</v>
+      </c>
+      <c r="F369" t="s">
+        <v>22</v>
+      </c>
+      <c r="G369">
+        <v>545</v>
+      </c>
+      <c r="H369">
+        <v>295622</v>
+      </c>
+      <c r="I369">
+        <v>296166</v>
+      </c>
+      <c r="J369" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370" t="s">
+        <v>10</v>
+      </c>
+      <c r="B370" t="s">
+        <v>11</v>
+      </c>
+      <c r="C370" t="s">
+        <v>576</v>
+      </c>
+      <c r="D370" t="s">
+        <v>13</v>
+      </c>
+      <c r="E370" t="s">
+        <v>21</v>
+      </c>
+      <c r="F370" t="s">
+        <v>22</v>
+      </c>
+      <c r="G370" t="s">
+        <v>613</v>
+      </c>
+      <c r="H370">
+        <v>294131</v>
+      </c>
+      <c r="I370">
+        <v>295621</v>
+      </c>
+      <c r="J370" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371" t="s">
+        <v>10</v>
+      </c>
+      <c r="B371" t="s">
+        <v>11</v>
+      </c>
+      <c r="C371" t="s">
+        <v>576</v>
+      </c>
+      <c r="D371" t="s">
+        <v>13</v>
+      </c>
+      <c r="E371" t="s">
+        <v>21</v>
+      </c>
+      <c r="F371" t="s">
+        <v>22</v>
+      </c>
+      <c r="G371" t="s">
+        <v>615</v>
+      </c>
+      <c r="H371">
+        <v>292714</v>
+      </c>
+      <c r="I371">
+        <v>294130</v>
+      </c>
+      <c r="J371" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372" t="s">
+        <v>10</v>
+      </c>
+      <c r="B372" t="s">
+        <v>11</v>
+      </c>
+      <c r="C372" t="s">
+        <v>576</v>
+      </c>
+      <c r="D372" t="s">
+        <v>13</v>
+      </c>
+      <c r="E372" t="s">
+        <v>21</v>
+      </c>
+      <c r="F372" t="s">
+        <v>22</v>
+      </c>
+      <c r="G372" t="s">
+        <v>617</v>
+      </c>
+      <c r="H372">
+        <v>290216</v>
+      </c>
+      <c r="I372">
+        <v>292713</v>
+      </c>
+      <c r="J372" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373" t="s">
+        <v>10</v>
+      </c>
+      <c r="B373" t="s">
+        <v>11</v>
+      </c>
+      <c r="C373" t="s">
+        <v>576</v>
+      </c>
+      <c r="D373" t="s">
+        <v>13</v>
+      </c>
+      <c r="E373" t="s">
+        <v>21</v>
+      </c>
+      <c r="F373" t="s">
+        <v>22</v>
+      </c>
+      <c r="G373" t="s">
+        <v>619</v>
+      </c>
+      <c r="H373">
+        <v>287235</v>
+      </c>
+      <c r="I373">
+        <v>290215</v>
+      </c>
+      <c r="J373" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374" t="s">
+        <v>10</v>
+      </c>
+      <c r="B374" t="s">
+        <v>11</v>
+      </c>
+      <c r="C374" t="s">
+        <v>576</v>
+      </c>
+      <c r="D374" t="s">
+        <v>13</v>
+      </c>
+      <c r="E374" t="s">
+        <v>21</v>
+      </c>
+      <c r="F374" t="s">
+        <v>22</v>
+      </c>
+      <c r="G374" t="s">
+        <v>621</v>
+      </c>
+      <c r="H374">
+        <v>285551</v>
+      </c>
+      <c r="I374">
+        <v>287234</v>
+      </c>
+      <c r="J374" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" t="s">
+        <v>10</v>
+      </c>
+      <c r="B375" t="s">
+        <v>11</v>
+      </c>
+      <c r="C375" t="s">
+        <v>576</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+      <c r="E375" t="s">
+        <v>21</v>
+      </c>
+      <c r="F375" t="s">
+        <v>22</v>
+      </c>
+      <c r="G375" t="s">
+        <v>623</v>
+      </c>
+      <c r="H375">
+        <v>284266</v>
+      </c>
+      <c r="I375">
+        <v>285550</v>
+      </c>
+      <c r="J375" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" t="s">
+        <v>10</v>
+      </c>
+      <c r="B376" t="s">
+        <v>11</v>
+      </c>
+      <c r="C376" t="s">
+        <v>576</v>
+      </c>
+      <c r="D376" t="s">
+        <v>13</v>
+      </c>
+      <c r="E376" t="s">
+        <v>21</v>
+      </c>
+      <c r="F376" t="s">
+        <v>22</v>
+      </c>
+      <c r="G376">
+        <v>752</v>
+      </c>
+      <c r="H376">
+        <v>283514</v>
+      </c>
+      <c r="I376">
+        <v>284265</v>
+      </c>
+      <c r="J376" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" t="s">
+        <v>10</v>
+      </c>
+      <c r="B377" t="s">
+        <v>11</v>
+      </c>
+      <c r="C377" t="s">
+        <v>576</v>
+      </c>
+      <c r="D377" t="s">
+        <v>13</v>
+      </c>
+      <c r="E377" t="s">
+        <v>21</v>
+      </c>
+      <c r="F377" t="s">
+        <v>22</v>
+      </c>
+      <c r="G377" t="s">
+        <v>626</v>
+      </c>
+      <c r="H377">
+        <v>282315</v>
+      </c>
+      <c r="I377">
+        <v>283513</v>
+      </c>
+      <c r="J377" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378" t="s">
+        <v>10</v>
+      </c>
+      <c r="B378" t="s">
+        <v>11</v>
+      </c>
+      <c r="C378" t="s">
+        <v>576</v>
+      </c>
+      <c r="D378" t="s">
+        <v>13</v>
+      </c>
+      <c r="E378" t="s">
+        <v>21</v>
+      </c>
+      <c r="F378" t="s">
+        <v>22</v>
+      </c>
+      <c r="G378" t="s">
+        <v>628</v>
+      </c>
+      <c r="H378">
+        <v>280891</v>
+      </c>
+      <c r="I378">
+        <v>282314</v>
+      </c>
+      <c r="J378" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379" t="s">
+        <v>10</v>
+      </c>
+      <c r="B379" t="s">
+        <v>11</v>
+      </c>
+      <c r="C379" t="s">
+        <v>576</v>
+      </c>
+      <c r="D379" t="s">
+        <v>13</v>
+      </c>
+      <c r="E379" t="s">
+        <v>21</v>
+      </c>
+      <c r="F379" t="s">
+        <v>22</v>
+      </c>
+      <c r="G379" t="s">
+        <v>126</v>
+      </c>
+      <c r="H379">
+        <v>279816</v>
+      </c>
+      <c r="I379">
+        <v>280890</v>
+      </c>
+      <c r="J379" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380" t="s">
+        <v>10</v>
+      </c>
+      <c r="B380" t="s">
+        <v>11</v>
+      </c>
+      <c r="C380" t="s">
+        <v>576</v>
+      </c>
+      <c r="D380" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" t="s">
+        <v>21</v>
+      </c>
+      <c r="F380" t="s">
+        <v>22</v>
+      </c>
+      <c r="G380">
+        <v>635</v>
+      </c>
+      <c r="H380">
+        <v>279181</v>
+      </c>
+      <c r="I380">
+        <v>279815</v>
+      </c>
+      <c r="J380" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381" t="s">
+        <v>10</v>
+      </c>
+      <c r="B381" t="s">
+        <v>11</v>
+      </c>
+      <c r="C381" t="s">
+        <v>576</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+      <c r="E381" t="s">
+        <v>21</v>
+      </c>
+      <c r="F381" t="s">
+        <v>22</v>
+      </c>
+      <c r="G381" t="s">
+        <v>632</v>
+      </c>
+      <c r="H381">
+        <v>277601</v>
+      </c>
+      <c r="I381">
+        <v>279180</v>
+      </c>
+      <c r="J381" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382" t="s">
+        <v>10</v>
+      </c>
+      <c r="B382" t="s">
+        <v>11</v>
+      </c>
+      <c r="C382" t="s">
+        <v>576</v>
+      </c>
+      <c r="D382" t="s">
+        <v>13</v>
+      </c>
+      <c r="E382" t="s">
+        <v>21</v>
+      </c>
+      <c r="F382" t="s">
+        <v>22</v>
+      </c>
+      <c r="G382" t="s">
+        <v>634</v>
+      </c>
+      <c r="H382">
+        <v>275748</v>
+      </c>
+      <c r="I382">
+        <v>277600</v>
+      </c>
+      <c r="J382" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383" t="s">
+        <v>10</v>
+      </c>
+      <c r="B383" t="s">
+        <v>11</v>
+      </c>
+      <c r="C383" t="s">
+        <v>576</v>
+      </c>
+      <c r="D383" t="s">
+        <v>13</v>
+      </c>
+      <c r="E383" t="s">
+        <v>21</v>
+      </c>
+      <c r="F383" t="s">
+        <v>22</v>
+      </c>
+      <c r="G383" t="s">
+        <v>294</v>
+      </c>
+      <c r="H383">
+        <v>274744</v>
+      </c>
+      <c r="I383">
+        <v>275747</v>
+      </c>
+      <c r="J383" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384" t="s">
+        <v>10</v>
+      </c>
+      <c r="B384" t="s">
+        <v>11</v>
+      </c>
+      <c r="C384" t="s">
+        <v>576</v>
+      </c>
+      <c r="D384" t="s">
+        <v>13</v>
+      </c>
+      <c r="E384" t="s">
+        <v>21</v>
+      </c>
+      <c r="F384" t="s">
+        <v>22</v>
+      </c>
+      <c r="G384" t="s">
+        <v>637</v>
+      </c>
+      <c r="H384">
+        <v>273131</v>
+      </c>
+      <c r="I384">
+        <v>274743</v>
+      </c>
+      <c r="J384" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10">
+      <c r="A385" t="s">
+        <v>10</v>
+      </c>
+      <c r="B385" t="s">
+        <v>11</v>
+      </c>
+      <c r="C385" t="s">
+        <v>576</v>
+      </c>
+      <c r="D385" t="s">
+        <v>13</v>
+      </c>
+      <c r="E385" t="s">
+        <v>21</v>
+      </c>
+      <c r="F385" t="s">
+        <v>22</v>
+      </c>
+      <c r="G385">
+        <v>713</v>
+      </c>
+      <c r="H385">
+        <v>272418</v>
+      </c>
+      <c r="I385">
+        <v>273130</v>
+      </c>
+      <c r="J385" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10">
+      <c r="A386" t="s">
+        <v>10</v>
+      </c>
+      <c r="B386" t="s">
+        <v>11</v>
+      </c>
+      <c r="C386" t="s">
+        <v>576</v>
+      </c>
+      <c r="D386" t="s">
+        <v>13</v>
+      </c>
+      <c r="E386" t="s">
+        <v>21</v>
+      </c>
+      <c r="F386" t="s">
+        <v>22</v>
+      </c>
+      <c r="G386" t="s">
+        <v>640</v>
+      </c>
+      <c r="H386">
+        <v>270846</v>
+      </c>
+      <c r="I386">
+        <v>272417</v>
+      </c>
+      <c r="J386" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10">
+      <c r="A387" t="s">
+        <v>10</v>
+      </c>
+      <c r="B387" t="s">
+        <v>11</v>
+      </c>
+      <c r="C387" t="s">
+        <v>576</v>
+      </c>
+      <c r="D387" t="s">
+        <v>13</v>
+      </c>
+      <c r="E387" t="s">
+        <v>21</v>
+      </c>
+      <c r="F387" t="s">
+        <v>22</v>
+      </c>
+      <c r="G387" t="s">
+        <v>642</v>
+      </c>
+      <c r="H387">
+        <v>269315</v>
+      </c>
+      <c r="I387">
+        <v>270845</v>
+      </c>
+      <c r="J387" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10">
+      <c r="A388" t="s">
+        <v>10</v>
+      </c>
+      <c r="B388" t="s">
+        <v>11</v>
+      </c>
+      <c r="C388" t="s">
+        <v>576</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+      <c r="E388" t="s">
+        <v>21</v>
+      </c>
+      <c r="F388" t="s">
+        <v>22</v>
+      </c>
+      <c r="G388">
+        <v>951</v>
+      </c>
+      <c r="H388">
+        <v>268364</v>
+      </c>
+      <c r="I388">
+        <v>269314</v>
+      </c>
+      <c r="J388" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10">
+      <c r="A389" t="s">
+        <v>10</v>
+      </c>
+      <c r="B389" t="s">
+        <v>11</v>
+      </c>
+      <c r="C389" t="s">
+        <v>576</v>
+      </c>
+      <c r="D389" t="s">
+        <v>13</v>
+      </c>
+      <c r="E389" t="s">
+        <v>21</v>
+      </c>
+      <c r="F389" t="s">
+        <v>22</v>
+      </c>
+      <c r="G389">
+        <v>701</v>
+      </c>
+      <c r="H389">
+        <v>267663</v>
+      </c>
+      <c r="I389">
+        <v>268363</v>
+      </c>
+      <c r="J389" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10">
+      <c r="A390" t="s">
+        <v>10</v>
+      </c>
+      <c r="B390" t="s">
+        <v>11</v>
+      </c>
+      <c r="C390" t="s">
+        <v>576</v>
+      </c>
+      <c r="D390" t="s">
+        <v>13</v>
+      </c>
+      <c r="E390" t="s">
+        <v>21</v>
+      </c>
+      <c r="F390" t="s">
+        <v>22</v>
+      </c>
+      <c r="G390" t="s">
+        <v>646</v>
+      </c>
+      <c r="H390">
+        <v>265787</v>
+      </c>
+      <c r="I390">
+        <v>267662</v>
+      </c>
+      <c r="J390" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10">
+      <c r="A391" t="s">
+        <v>10</v>
+      </c>
+      <c r="B391" t="s">
+        <v>11</v>
+      </c>
+      <c r="C391" t="s">
+        <v>576</v>
+      </c>
+      <c r="D391" t="s">
+        <v>13</v>
+      </c>
+      <c r="E391" t="s">
+        <v>21</v>
+      </c>
+      <c r="F391" t="s">
+        <v>22</v>
+      </c>
+      <c r="G391" t="s">
+        <v>648</v>
+      </c>
+      <c r="H391">
+        <v>264372</v>
+      </c>
+      <c r="I391">
+        <v>265786</v>
+      </c>
+      <c r="J391" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10">
+      <c r="A392" t="s">
+        <v>10</v>
+      </c>
+      <c r="B392" t="s">
+        <v>11</v>
+      </c>
+      <c r="C392" t="s">
+        <v>576</v>
+      </c>
+      <c r="D392" t="s">
+        <v>13</v>
+      </c>
+      <c r="E392" t="s">
+        <v>21</v>
+      </c>
+      <c r="F392" t="s">
+        <v>22</v>
+      </c>
+      <c r="G392">
+        <v>612</v>
+      </c>
+      <c r="H392">
+        <v>263760</v>
+      </c>
+      <c r="I392">
+        <v>264371</v>
+      </c>
+      <c r="J392" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10">
+      <c r="A393" t="s">
+        <v>10</v>
+      </c>
+      <c r="B393" t="s">
+        <v>11</v>
+      </c>
+      <c r="C393" t="s">
+        <v>576</v>
+      </c>
+      <c r="D393" t="s">
+        <v>13</v>
+      </c>
+      <c r="E393" t="s">
+        <v>21</v>
+      </c>
+      <c r="F393" t="s">
+        <v>22</v>
+      </c>
+      <c r="G393">
+        <v>814</v>
+      </c>
+      <c r="H393">
+        <v>262946</v>
+      </c>
+      <c r="I393">
+        <v>263759</v>
+      </c>
+      <c r="J393" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10">
+      <c r="A394" t="s">
+        <v>10</v>
+      </c>
+      <c r="B394" t="s">
+        <v>11</v>
+      </c>
+      <c r="C394" t="s">
+        <v>576</v>
+      </c>
+      <c r="D394" t="s">
+        <v>13</v>
+      </c>
+      <c r="E394" t="s">
+        <v>21</v>
+      </c>
+      <c r="F394" t="s">
+        <v>22</v>
+      </c>
+      <c r="G394">
+        <v>927</v>
+      </c>
+      <c r="H394">
+        <v>262019</v>
+      </c>
+      <c r="I394">
+        <v>262945</v>
+      </c>
+      <c r="J394" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10">
+      <c r="A395" t="s">
+        <v>10</v>
+      </c>
+      <c r="B395" t="s">
+        <v>11</v>
+      </c>
+      <c r="C395" t="s">
+        <v>576</v>
+      </c>
+      <c r="D395" t="s">
+        <v>13</v>
+      </c>
+      <c r="E395" t="s">
+        <v>21</v>
+      </c>
+      <c r="F395" t="s">
+        <v>22</v>
+      </c>
+      <c r="G395">
+        <v>626</v>
+      </c>
+      <c r="H395">
+        <v>261393</v>
+      </c>
+      <c r="I395">
+        <v>262018</v>
+      </c>
+      <c r="J395" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10">
+      <c r="A396" t="s">
+        <v>10</v>
+      </c>
+      <c r="B396" t="s">
+        <v>11</v>
+      </c>
+      <c r="C396" t="s">
+        <v>576</v>
+      </c>
+      <c r="D396" t="s">
+        <v>13</v>
+      </c>
+      <c r="E396" t="s">
+        <v>21</v>
+      </c>
+      <c r="F396" t="s">
+        <v>22</v>
+      </c>
+      <c r="G396">
+        <v>613</v>
+      </c>
+      <c r="H396">
+        <v>260780</v>
+      </c>
+      <c r="I396">
+        <v>261392</v>
+      </c>
+      <c r="J396" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10">
+      <c r="A397" t="s">
+        <v>10</v>
+      </c>
+      <c r="B397" t="s">
+        <v>11</v>
+      </c>
+      <c r="C397" t="s">
+        <v>576</v>
+      </c>
+      <c r="D397" t="s">
+        <v>13</v>
+      </c>
+      <c r="E397" t="s">
+        <v>21</v>
+      </c>
+      <c r="F397" t="s">
+        <v>22</v>
+      </c>
+      <c r="G397" t="s">
+        <v>655</v>
+      </c>
+      <c r="H397">
+        <v>258630</v>
+      </c>
+      <c r="I397">
+        <v>260779</v>
+      </c>
+      <c r="J397" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10">
+      <c r="A398" t="s">
+        <v>10</v>
+      </c>
+      <c r="B398" t="s">
+        <v>11</v>
+      </c>
+      <c r="C398" t="s">
+        <v>576</v>
+      </c>
+      <c r="D398" t="s">
+        <v>13</v>
+      </c>
+      <c r="E398" t="s">
+        <v>21</v>
+      </c>
+      <c r="F398" t="s">
+        <v>22</v>
+      </c>
+      <c r="G398">
+        <v>560</v>
+      </c>
+      <c r="H398">
+        <v>258070</v>
+      </c>
+      <c r="I398">
+        <v>258629</v>
+      </c>
+      <c r="J398" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10">
+      <c r="A399" t="s">
+        <v>10</v>
+      </c>
+      <c r="B399" t="s">
+        <v>11</v>
+      </c>
+      <c r="C399" t="s">
+        <v>576</v>
+      </c>
+      <c r="D399" t="s">
+        <v>13</v>
+      </c>
+      <c r="E399" t="s">
+        <v>21</v>
+      </c>
+      <c r="F399" t="s">
+        <v>22</v>
+      </c>
+      <c r="G399" t="s">
+        <v>658</v>
+      </c>
+      <c r="H399">
+        <v>256729</v>
+      </c>
+      <c r="I399">
+        <v>258069</v>
+      </c>
+      <c r="J399" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10">
+      <c r="A400" t="s">
+        <v>10</v>
+      </c>
+      <c r="B400" t="s">
+        <v>11</v>
+      </c>
+      <c r="C400" t="s">
+        <v>576</v>
+      </c>
+      <c r="D400" t="s">
+        <v>13</v>
+      </c>
+      <c r="E400" t="s">
+        <v>21</v>
+      </c>
+      <c r="F400" t="s">
+        <v>22</v>
+      </c>
+      <c r="G400" t="s">
+        <v>660</v>
+      </c>
+      <c r="H400">
+        <v>255265</v>
+      </c>
+      <c r="I400">
+        <v>256728</v>
+      </c>
+      <c r="J400" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10">
+      <c r="A401" t="s">
+        <v>10</v>
+      </c>
+      <c r="B401" t="s">
+        <v>11</v>
+      </c>
+      <c r="C401" t="s">
+        <v>576</v>
+      </c>
+      <c r="D401" t="s">
+        <v>13</v>
+      </c>
+      <c r="E401" t="s">
+        <v>21</v>
+      </c>
+      <c r="F401" t="s">
+        <v>22</v>
+      </c>
+      <c r="G401" t="s">
+        <v>662</v>
+      </c>
+      <c r="H401">
+        <v>253294</v>
+      </c>
+      <c r="I401">
+        <v>255264</v>
+      </c>
+      <c r="J401" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10">
+      <c r="A402" t="s">
+        <v>10</v>
+      </c>
+      <c r="B402" t="s">
+        <v>11</v>
+      </c>
+      <c r="C402" t="s">
+        <v>576</v>
+      </c>
+      <c r="D402" t="s">
+        <v>13</v>
+      </c>
+      <c r="E402" t="s">
+        <v>21</v>
+      </c>
+      <c r="F402" t="s">
+        <v>22</v>
+      </c>
+      <c r="G402">
+        <v>728</v>
+      </c>
+      <c r="H402">
+        <v>252566</v>
+      </c>
+      <c r="I402">
+        <v>253293</v>
+      </c>
+      <c r="J402" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10">
+      <c r="A403" t="s">
+        <v>10</v>
+      </c>
+      <c r="B403" t="s">
+        <v>11</v>
+      </c>
+      <c r="C403" t="s">
+        <v>576</v>
+      </c>
+      <c r="D403" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" t="s">
+        <v>21</v>
+      </c>
+      <c r="F403" t="s">
+        <v>22</v>
+      </c>
+      <c r="G403" t="s">
+        <v>665</v>
+      </c>
+      <c r="H403">
+        <v>251380</v>
+      </c>
+      <c r="I403">
+        <v>252565</v>
+      </c>
+      <c r="J403" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10">
+      <c r="A404" t="s">
+        <v>10</v>
+      </c>
+      <c r="B404" t="s">
+        <v>11</v>
+      </c>
+      <c r="C404" t="s">
+        <v>576</v>
+      </c>
+      <c r="D404" t="s">
+        <v>13</v>
+      </c>
+      <c r="E404" t="s">
+        <v>21</v>
+      </c>
+      <c r="F404" t="s">
+        <v>22</v>
+      </c>
+      <c r="G404" t="s">
+        <v>667</v>
+      </c>
+      <c r="H404">
+        <v>249599</v>
+      </c>
+      <c r="I404">
+        <v>251379</v>
+      </c>
+      <c r="J404" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10">
+      <c r="A405" t="s">
+        <v>10</v>
+      </c>
+      <c r="B405" t="s">
+        <v>11</v>
+      </c>
+      <c r="C405" t="s">
+        <v>576</v>
+      </c>
+      <c r="D405" t="s">
+        <v>13</v>
+      </c>
+      <c r="E405" t="s">
+        <v>21</v>
+      </c>
+      <c r="F405" t="s">
+        <v>22</v>
+      </c>
+      <c r="G405" t="s">
+        <v>669</v>
+      </c>
+      <c r="H405">
+        <v>248375</v>
+      </c>
+      <c r="I405">
+        <v>249598</v>
+      </c>
+      <c r="J405" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10">
+      <c r="A406" t="s">
+        <v>10</v>
+      </c>
+      <c r="B406" t="s">
+        <v>11</v>
+      </c>
+      <c r="C406" t="s">
+        <v>576</v>
+      </c>
+      <c r="D406" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406" t="s">
+        <v>21</v>
+      </c>
+      <c r="F406" t="s">
+        <v>22</v>
+      </c>
+      <c r="G406">
+        <v>525</v>
+      </c>
+      <c r="H406">
+        <v>247850</v>
+      </c>
+      <c r="I406">
+        <v>248374</v>
+      </c>
+      <c r="J406" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" t="s">
+        <v>10</v>
+      </c>
+      <c r="B407" t="s">
+        <v>11</v>
+      </c>
+      <c r="C407" t="s">
+        <v>576</v>
+      </c>
+      <c r="D407" t="s">
+        <v>13</v>
+      </c>
+      <c r="E407" t="s">
+        <v>21</v>
+      </c>
+      <c r="F407" t="s">
+        <v>22</v>
+      </c>
+      <c r="G407" t="s">
+        <v>672</v>
+      </c>
+      <c r="H407">
+        <v>244492</v>
+      </c>
+      <c r="I407">
+        <v>247849</v>
+      </c>
+      <c r="J407" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" t="s">
+        <v>10</v>
+      </c>
+      <c r="B408" t="s">
+        <v>11</v>
+      </c>
+      <c r="C408" t="s">
+        <v>576</v>
+      </c>
+      <c r="D408" t="s">
+        <v>13</v>
+      </c>
+      <c r="E408" t="s">
+        <v>21</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+      <c r="G408">
+        <v>997</v>
+      </c>
+      <c r="H408">
+        <v>243495</v>
+      </c>
+      <c r="I408">
+        <v>244491</v>
+      </c>
+      <c r="J408" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" t="s">
+        <v>10</v>
+      </c>
+      <c r="B409" t="s">
+        <v>11</v>
+      </c>
+      <c r="C409" t="s">
+        <v>576</v>
+      </c>
+      <c r="D409" t="s">
+        <v>13</v>
+      </c>
+      <c r="E409" t="s">
+        <v>21</v>
+      </c>
+      <c r="F409" t="s">
+        <v>22</v>
+      </c>
+      <c r="G409">
+        <v>661</v>
+      </c>
+      <c r="H409">
+        <v>242834</v>
+      </c>
+      <c r="I409">
+        <v>243494</v>
+      </c>
+      <c r="J409" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" t="s">
+        <v>10</v>
+      </c>
+      <c r="B410" t="s">
+        <v>11</v>
+      </c>
+      <c r="C410" t="s">
+        <v>576</v>
+      </c>
+      <c r="D410" t="s">
+        <v>13</v>
+      </c>
+      <c r="E410" t="s">
+        <v>21</v>
+      </c>
+      <c r="F410" t="s">
+        <v>22</v>
+      </c>
+      <c r="G410">
+        <v>856</v>
+      </c>
+      <c r="H410">
+        <v>241978</v>
+      </c>
+      <c r="I410">
+        <v>242833</v>
+      </c>
+      <c r="J410" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10">
+      <c r="A411" t="s">
+        <v>10</v>
+      </c>
+      <c r="B411" t="s">
+        <v>11</v>
+      </c>
+      <c r="C411" t="s">
+        <v>576</v>
+      </c>
+      <c r="D411" t="s">
+        <v>13</v>
+      </c>
+      <c r="E411" t="s">
+        <v>21</v>
+      </c>
+      <c r="F411" t="s">
+        <v>22</v>
+      </c>
+      <c r="G411" t="s">
+        <v>677</v>
+      </c>
+      <c r="H411">
+        <v>239974</v>
+      </c>
+      <c r="I411">
+        <v>241977</v>
+      </c>
+      <c r="J411" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10">
+      <c r="A412" t="s">
+        <v>10</v>
+      </c>
+      <c r="B412" t="s">
+        <v>11</v>
+      </c>
+      <c r="C412" t="s">
+        <v>576</v>
+      </c>
+      <c r="D412" t="s">
+        <v>13</v>
+      </c>
+      <c r="E412" t="s">
+        <v>21</v>
+      </c>
+      <c r="F412" t="s">
+        <v>22</v>
+      </c>
+      <c r="G412">
+        <v>694</v>
+      </c>
+      <c r="H412">
+        <v>239280</v>
+      </c>
+      <c r="I412">
+        <v>239973</v>
+      </c>
+      <c r="J412" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10">
+      <c r="A413" t="s">
+        <v>10</v>
+      </c>
+      <c r="B413" t="s">
+        <v>11</v>
+      </c>
+      <c r="C413" t="s">
+        <v>576</v>
+      </c>
+      <c r="D413" t="s">
+        <v>13</v>
+      </c>
+      <c r="E413" t="s">
+        <v>21</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+      <c r="G413" t="s">
+        <v>374</v>
+      </c>
+      <c r="H413">
+        <v>237640</v>
+      </c>
+      <c r="I413">
+        <v>239279</v>
+      </c>
+      <c r="J413" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" t="s">
+        <v>10</v>
+      </c>
+      <c r="B414" t="s">
+        <v>11</v>
+      </c>
+      <c r="C414" t="s">
+        <v>576</v>
+      </c>
+      <c r="D414" t="s">
+        <v>13</v>
+      </c>
+      <c r="E414" t="s">
+        <v>21</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+      <c r="G414" t="s">
+        <v>498</v>
+      </c>
+      <c r="H414">
+        <v>236256</v>
+      </c>
+      <c r="I414">
+        <v>237639</v>
+      </c>
+      <c r="J414" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" t="s">
+        <v>10</v>
+      </c>
+      <c r="B415" t="s">
+        <v>11</v>
+      </c>
+      <c r="C415" t="s">
+        <v>576</v>
+      </c>
+      <c r="D415" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415" t="s">
+        <v>21</v>
+      </c>
+      <c r="F415" t="s">
+        <v>22</v>
+      </c>
+      <c r="G415">
+        <v>742</v>
+      </c>
+      <c r="H415">
+        <v>235514</v>
+      </c>
+      <c r="I415">
+        <v>236255</v>
+      </c>
+      <c r="J415" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" t="s">
+        <v>10</v>
+      </c>
+      <c r="B416" t="s">
+        <v>11</v>
+      </c>
+      <c r="C416" t="s">
+        <v>576</v>
+      </c>
+      <c r="D416" t="s">
+        <v>13</v>
+      </c>
+      <c r="E416" t="s">
+        <v>21</v>
+      </c>
+      <c r="F416" t="s">
+        <v>22</v>
+      </c>
+      <c r="G416">
+        <v>632</v>
+      </c>
+      <c r="H416">
+        <v>234882</v>
+      </c>
+      <c r="I416">
+        <v>235513</v>
+      </c>
+      <c r="J416" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" t="s">
+        <v>10</v>
+      </c>
+      <c r="B417" t="s">
+        <v>11</v>
+      </c>
+      <c r="C417" t="s">
+        <v>576</v>
+      </c>
+      <c r="D417" t="s">
+        <v>13</v>
+      </c>
+      <c r="E417" t="s">
+        <v>21</v>
+      </c>
+      <c r="F417" t="s">
+        <v>22</v>
+      </c>
+      <c r="G417" t="s">
+        <v>684</v>
+      </c>
+      <c r="H417">
+        <v>233745</v>
+      </c>
+      <c r="I417">
+        <v>234881</v>
+      </c>
+      <c r="J417" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" t="s">
+        <v>10</v>
+      </c>
+      <c r="B418" t="s">
+        <v>11</v>
+      </c>
+      <c r="C418" t="s">
+        <v>576</v>
+      </c>
+      <c r="D418" t="s">
+        <v>13</v>
+      </c>
+      <c r="E418" t="s">
+        <v>21</v>
+      </c>
+      <c r="F418" t="s">
+        <v>22</v>
+      </c>
+      <c r="G418" t="s">
+        <v>686</v>
+      </c>
+      <c r="H418">
+        <v>232140</v>
+      </c>
+      <c r="I418">
+        <v>233744</v>
+      </c>
+      <c r="J418" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" t="s">
+        <v>10</v>
+      </c>
+      <c r="B419" t="s">
+        <v>11</v>
+      </c>
+      <c r="C419" t="s">
+        <v>576</v>
+      </c>
+      <c r="D419" t="s">
+        <v>13</v>
+      </c>
+      <c r="E419" t="s">
+        <v>21</v>
+      </c>
+      <c r="F419" t="s">
+        <v>22</v>
+      </c>
+      <c r="G419" t="s">
+        <v>688</v>
+      </c>
+      <c r="H419">
+        <v>230283</v>
+      </c>
+      <c r="I419">
+        <v>232139</v>
+      </c>
+      <c r="J419" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10">
+      <c r="A420" t="s">
+        <v>10</v>
+      </c>
+      <c r="B420" t="s">
+        <v>11</v>
+      </c>
+      <c r="C420" t="s">
+        <v>690</v>
+      </c>
+      <c r="D420" t="s">
+        <v>13</v>
+      </c>
+      <c r="E420" t="s">
+        <v>21</v>
+      </c>
+      <c r="F420" t="s">
+        <v>22</v>
+      </c>
+      <c r="G420" t="s">
+        <v>691</v>
+      </c>
+      <c r="H420">
+        <v>228517</v>
+      </c>
+      <c r="I420">
+        <v>230282</v>
+      </c>
+      <c r="J420" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10">
+      <c r="A421" t="s">
+        <v>10</v>
+      </c>
+      <c r="B421" t="s">
+        <v>11</v>
+      </c>
+      <c r="C421" t="s">
+        <v>690</v>
+      </c>
+      <c r="D421" t="s">
+        <v>13</v>
+      </c>
+      <c r="E421" t="s">
+        <v>21</v>
+      </c>
+      <c r="F421" t="s">
+        <v>22</v>
+      </c>
+      <c r="G421">
+        <v>798</v>
+      </c>
+      <c r="H421">
+        <v>227719</v>
+      </c>
+      <c r="I421">
+        <v>228516</v>
+      </c>
+      <c r="J421" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10">
+      <c r="A422" t="s">
+        <v>10</v>
+      </c>
+      <c r="B422" t="s">
+        <v>11</v>
+      </c>
+      <c r="C422" t="s">
+        <v>690</v>
+      </c>
+      <c r="D422" t="s">
+        <v>13</v>
+      </c>
+      <c r="E422" t="s">
+        <v>21</v>
+      </c>
+      <c r="F422" t="s">
+        <v>22</v>
+      </c>
+      <c r="G422" t="s">
+        <v>694</v>
+      </c>
+      <c r="H422">
+        <v>225580</v>
+      </c>
+      <c r="I422">
+        <v>227718</v>
+      </c>
+      <c r="J422" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10">
+      <c r="A423" t="s">
+        <v>10</v>
+      </c>
+      <c r="B423" t="s">
+        <v>11</v>
+      </c>
+      <c r="C423" t="s">
+        <v>690</v>
+      </c>
+      <c r="D423" t="s">
+        <v>13</v>
+      </c>
+      <c r="E423" t="s">
+        <v>21</v>
+      </c>
+      <c r="F423" t="s">
+        <v>22</v>
+      </c>
+      <c r="G423">
+        <v>617</v>
+      </c>
+      <c r="H423">
+        <v>224963</v>
+      </c>
+      <c r="I423">
+        <v>225579</v>
+      </c>
+      <c r="J423" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10">
+      <c r="A424" t="s">
+        <v>10</v>
+      </c>
+      <c r="B424" t="s">
+        <v>11</v>
+      </c>
+      <c r="C424" t="s">
+        <v>690</v>
+      </c>
+      <c r="D424" t="s">
+        <v>13</v>
+      </c>
+      <c r="E424" t="s">
+        <v>21</v>
+      </c>
+      <c r="F424" t="s">
+        <v>22</v>
+      </c>
+      <c r="G424">
+        <v>689</v>
+      </c>
+      <c r="H424">
+        <v>224274</v>
+      </c>
+      <c r="I424">
+        <v>224962</v>
+      </c>
+      <c r="J424" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10">
+      <c r="A425" t="s">
+        <v>10</v>
+      </c>
+      <c r="B425" t="s">
+        <v>11</v>
+      </c>
+      <c r="C425" t="s">
+        <v>690</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" t="s">
+        <v>21</v>
+      </c>
+      <c r="F425" t="s">
+        <v>22</v>
+      </c>
+      <c r="G425">
+        <v>655</v>
+      </c>
+      <c r="H425">
+        <v>223619</v>
+      </c>
+      <c r="I425">
+        <v>224273</v>
+      </c>
+      <c r="J425" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10">
+      <c r="A426" t="s">
+        <v>10</v>
+      </c>
+      <c r="B426" t="s">
+        <v>11</v>
+      </c>
+      <c r="C426" t="s">
+        <v>690</v>
+      </c>
+      <c r="D426" t="s">
+        <v>13</v>
+      </c>
+      <c r="E426" t="s">
+        <v>21</v>
+      </c>
+      <c r="F426" t="s">
+        <v>22</v>
+      </c>
+      <c r="G426" t="s">
+        <v>699</v>
+      </c>
+      <c r="H426">
+        <v>221338</v>
+      </c>
+      <c r="I426">
+        <v>223618</v>
+      </c>
+      <c r="J426" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" t="s">
+        <v>10</v>
+      </c>
+      <c r="B427" t="s">
+        <v>11</v>
+      </c>
+      <c r="C427" t="s">
+        <v>690</v>
+      </c>
+      <c r="D427" t="s">
+        <v>13</v>
+      </c>
+      <c r="E427" t="s">
+        <v>21</v>
+      </c>
+      <c r="F427" t="s">
+        <v>22</v>
+      </c>
+      <c r="G427">
+        <v>913</v>
+      </c>
+      <c r="H427">
+        <v>220425</v>
+      </c>
+      <c r="I427">
+        <v>221337</v>
+      </c>
+      <c r="J427" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" t="s">
+        <v>10</v>
+      </c>
+      <c r="B428" t="s">
+        <v>11</v>
+      </c>
+      <c r="C428" t="s">
+        <v>690</v>
+      </c>
+      <c r="D428" t="s">
+        <v>13</v>
+      </c>
+      <c r="E428" t="s">
+        <v>21</v>
+      </c>
+      <c r="F428" t="s">
+        <v>22</v>
+      </c>
+      <c r="G428" t="s">
+        <v>702</v>
+      </c>
+      <c r="H428">
+        <v>218170</v>
+      </c>
+      <c r="I428">
+        <v>220424</v>
+      </c>
+      <c r="J428" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" t="s">
+        <v>10</v>
+      </c>
+      <c r="B429" t="s">
+        <v>11</v>
+      </c>
+      <c r="C429" t="s">
+        <v>690</v>
+      </c>
+      <c r="D429" t="s">
+        <v>13</v>
+      </c>
+      <c r="E429" t="s">
+        <v>21</v>
+      </c>
+      <c r="F429" t="s">
+        <v>22</v>
+      </c>
+      <c r="G429" t="s">
+        <v>704</v>
+      </c>
+      <c r="H429">
+        <v>216757</v>
+      </c>
+      <c r="I429">
+        <v>218169</v>
+      </c>
+      <c r="J429" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" t="s">
+        <v>10</v>
+      </c>
+      <c r="B430" t="s">
+        <v>11</v>
+      </c>
+      <c r="C430" t="s">
+        <v>690</v>
+      </c>
+      <c r="D430" t="s">
+        <v>13</v>
+      </c>
+      <c r="E430" t="s">
+        <v>21</v>
+      </c>
+      <c r="F430" t="s">
+        <v>22</v>
+      </c>
+      <c r="G430">
+        <v>516</v>
+      </c>
+      <c r="H430">
+        <v>216241</v>
+      </c>
+      <c r="I430">
+        <v>216756</v>
+      </c>
+      <c r="J430" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" t="s">
+        <v>10</v>
+      </c>
+      <c r="B431" t="s">
+        <v>11</v>
+      </c>
+      <c r="C431" t="s">
+        <v>690</v>
+      </c>
+      <c r="D431" t="s">
+        <v>13</v>
+      </c>
+      <c r="E431" t="s">
+        <v>21</v>
+      </c>
+      <c r="F431" t="s">
+        <v>22</v>
+      </c>
+      <c r="G431">
+        <v>737</v>
+      </c>
+      <c r="H431">
+        <v>215504</v>
+      </c>
+      <c r="I431">
+        <v>216240</v>
+      </c>
+      <c r="J431" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" t="s">
+        <v>10</v>
+      </c>
+      <c r="B432" t="s">
+        <v>11</v>
+      </c>
+      <c r="C432" t="s">
+        <v>690</v>
+      </c>
+      <c r="D432" t="s">
+        <v>13</v>
+      </c>
+      <c r="E432" t="s">
+        <v>21</v>
+      </c>
+      <c r="F432" t="s">
+        <v>22</v>
+      </c>
+      <c r="G432">
+        <v>639</v>
+      </c>
+      <c r="H432">
+        <v>214865</v>
+      </c>
+      <c r="I432">
+        <v>215503</v>
+      </c>
+      <c r="J432" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" t="s">
+        <v>10</v>
+      </c>
+      <c r="B433" t="s">
+        <v>11</v>
+      </c>
+      <c r="C433" t="s">
+        <v>690</v>
+      </c>
+      <c r="D433" t="s">
+        <v>13</v>
+      </c>
+      <c r="E433" t="s">
+        <v>21</v>
+      </c>
+      <c r="F433" t="s">
+        <v>22</v>
+      </c>
+      <c r="G433">
+        <v>832</v>
+      </c>
+      <c r="H433">
+        <v>214033</v>
+      </c>
+      <c r="I433">
+        <v>214864</v>
+      </c>
+      <c r="J433" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" t="s">
+        <v>10</v>
+      </c>
+      <c r="B434" t="s">
+        <v>11</v>
+      </c>
+      <c r="C434" t="s">
+        <v>690</v>
+      </c>
+      <c r="D434" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" t="s">
+        <v>21</v>
+      </c>
+      <c r="F434" t="s">
+        <v>22</v>
+      </c>
+      <c r="G434">
+        <v>982</v>
+      </c>
+      <c r="H434">
+        <v>213051</v>
+      </c>
+      <c r="I434">
+        <v>214032</v>
+      </c>
+      <c r="J434" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" t="s">
+        <v>10</v>
+      </c>
+      <c r="B435" t="s">
+        <v>11</v>
+      </c>
+      <c r="C435" t="s">
+        <v>690</v>
+      </c>
+      <c r="D435" t="s">
+        <v>13</v>
+      </c>
+      <c r="E435" t="s">
+        <v>21</v>
+      </c>
+      <c r="F435" t="s">
+        <v>22</v>
+      </c>
+      <c r="G435" t="s">
+        <v>711</v>
+      </c>
+      <c r="H435">
+        <v>211940</v>
+      </c>
+      <c r="I435">
+        <v>213050</v>
+      </c>
+      <c r="J435" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" t="s">
+        <v>10</v>
+      </c>
+      <c r="B436" t="s">
+        <v>11</v>
+      </c>
+      <c r="C436" t="s">
+        <v>690</v>
+      </c>
+      <c r="D436" t="s">
+        <v>13</v>
+      </c>
+      <c r="E436" t="s">
+        <v>21</v>
+      </c>
+      <c r="F436" t="s">
+        <v>22</v>
+      </c>
+      <c r="G436">
+        <v>862</v>
+      </c>
+      <c r="H436">
+        <v>211078</v>
+      </c>
+      <c r="I436">
+        <v>211939</v>
+      </c>
+      <c r="J436" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" t="s">
+        <v>10</v>
+      </c>
+      <c r="B437" t="s">
+        <v>11</v>
+      </c>
+      <c r="C437" t="s">
+        <v>690</v>
+      </c>
+      <c r="D437" t="s">
+        <v>13</v>
+      </c>
+      <c r="E437" t="s">
+        <v>21</v>
+      </c>
+      <c r="F437" t="s">
+        <v>22</v>
+      </c>
+      <c r="G437" t="s">
+        <v>714</v>
+      </c>
+      <c r="H437">
+        <v>209308</v>
+      </c>
+      <c r="I437">
+        <v>211077</v>
+      </c>
+      <c r="J437" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" t="s">
+        <v>10</v>
+      </c>
+      <c r="B438" t="s">
+        <v>11</v>
+      </c>
+      <c r="C438" t="s">
+        <v>690</v>
+      </c>
+      <c r="D438" t="s">
+        <v>13</v>
+      </c>
+      <c r="E438" t="s">
+        <v>21</v>
+      </c>
+      <c r="F438" t="s">
+        <v>22</v>
+      </c>
+      <c r="G438" t="s">
+        <v>716</v>
+      </c>
+      <c r="H438">
+        <v>208265</v>
+      </c>
+      <c r="I438">
+        <v>209307</v>
+      </c>
+      <c r="J438" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" t="s">
+        <v>10</v>
+      </c>
+      <c r="B439" t="s">
+        <v>11</v>
+      </c>
+      <c r="C439" t="s">
+        <v>690</v>
+      </c>
+      <c r="D439" t="s">
+        <v>13</v>
+      </c>
+      <c r="E439" t="s">
+        <v>21</v>
+      </c>
+      <c r="F439" t="s">
+        <v>22</v>
+      </c>
+      <c r="G439">
+        <v>495</v>
+      </c>
+      <c r="H439">
+        <v>207770</v>
+      </c>
+      <c r="I439">
+        <v>208264</v>
+      </c>
+      <c r="J439" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" t="s">
+        <v>10</v>
+      </c>
+      <c r="B440" t="s">
+        <v>11</v>
+      </c>
+      <c r="C440" t="s">
+        <v>690</v>
+      </c>
+      <c r="D440" t="s">
+        <v>13</v>
+      </c>
+      <c r="E440" t="s">
+        <v>21</v>
+      </c>
+      <c r="F440" t="s">
+        <v>22</v>
+      </c>
+      <c r="G440">
+        <v>548</v>
+      </c>
+      <c r="H440">
+        <v>207222</v>
+      </c>
+      <c r="I440">
+        <v>207769</v>
+      </c>
+      <c r="J440" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" t="s">
+        <v>10</v>
+      </c>
+      <c r="B441" t="s">
+        <v>11</v>
+      </c>
+      <c r="C441" t="s">
+        <v>690</v>
+      </c>
+      <c r="D441" t="s">
+        <v>13</v>
+      </c>
+      <c r="E441" t="s">
+        <v>21</v>
+      </c>
+      <c r="F441" t="s">
+        <v>22</v>
+      </c>
+      <c r="G441">
+        <v>875</v>
+      </c>
+      <c r="H441">
+        <v>206347</v>
+      </c>
+      <c r="I441">
+        <v>207221</v>
+      </c>
+      <c r="J441" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" t="s">
+        <v>10</v>
+      </c>
+      <c r="B442" t="s">
+        <v>11</v>
+      </c>
+      <c r="C442" t="s">
+        <v>690</v>
+      </c>
+      <c r="D442" t="s">
+        <v>13</v>
+      </c>
+      <c r="E442" t="s">
+        <v>21</v>
+      </c>
+      <c r="F442" t="s">
+        <v>22</v>
+      </c>
+      <c r="G442" t="s">
+        <v>721</v>
+      </c>
+      <c r="H442">
+        <v>204292</v>
+      </c>
+      <c r="I442">
+        <v>206346</v>
+      </c>
+      <c r="J442" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" t="s">
+        <v>10</v>
+      </c>
+      <c r="B443" t="s">
+        <v>11</v>
+      </c>
+      <c r="C443" t="s">
+        <v>690</v>
+      </c>
+      <c r="D443" t="s">
+        <v>13</v>
+      </c>
+      <c r="E443" t="s">
+        <v>21</v>
+      </c>
+      <c r="F443" t="s">
+        <v>22</v>
+      </c>
+      <c r="G443">
+        <v>994</v>
+      </c>
+      <c r="H443">
+        <v>203298</v>
+      </c>
+      <c r="I443">
+        <v>204291</v>
+      </c>
+      <c r="J443" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" t="s">
+        <v>10</v>
+      </c>
+      <c r="B444" t="s">
+        <v>11</v>
+      </c>
+      <c r="C444" t="s">
+        <v>690</v>
+      </c>
+      <c r="D444" t="s">
+        <v>13</v>
+      </c>
+      <c r="E444" t="s">
+        <v>21</v>
+      </c>
+      <c r="F444" t="s">
+        <v>22</v>
+      </c>
+      <c r="G444" t="s">
+        <v>724</v>
+      </c>
+      <c r="H444">
+        <v>201847</v>
+      </c>
+      <c r="I444">
+        <v>203297</v>
+      </c>
+      <c r="J444" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" t="s">
+        <v>10</v>
+      </c>
+      <c r="B445" t="s">
+        <v>11</v>
+      </c>
+      <c r="C445" t="s">
+        <v>690</v>
+      </c>
+      <c r="D445" t="s">
+        <v>13</v>
+      </c>
+      <c r="E445" t="s">
+        <v>21</v>
+      </c>
+      <c r="F445" t="s">
+        <v>22</v>
+      </c>
+      <c r="G445" t="s">
+        <v>726</v>
+      </c>
+      <c r="H445">
+        <v>200278</v>
+      </c>
+      <c r="I445">
+        <v>201846</v>
+      </c>
+      <c r="J445" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" t="s">
+        <v>10</v>
+      </c>
+      <c r="B446" t="s">
+        <v>11</v>
+      </c>
+      <c r="C446" t="s">
+        <v>690</v>
+      </c>
+      <c r="D446" t="s">
+        <v>13</v>
+      </c>
+      <c r="E446" t="s">
+        <v>21</v>
+      </c>
+      <c r="F446" t="s">
+        <v>22</v>
+      </c>
+      <c r="G446">
+        <v>928</v>
+      </c>
+      <c r="H446">
+        <v>199350</v>
+      </c>
+      <c r="I446">
+        <v>200277</v>
+      </c>
+      <c r="J446" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" t="s">
+        <v>10</v>
+      </c>
+      <c r="B447" t="s">
+        <v>11</v>
+      </c>
+      <c r="C447" t="s">
+        <v>690</v>
+      </c>
+      <c r="D447" t="s">
+        <v>13</v>
+      </c>
+      <c r="E447" t="s">
+        <v>21</v>
+      </c>
+      <c r="F447" t="s">
+        <v>22</v>
+      </c>
+      <c r="G447" t="s">
+        <v>729</v>
+      </c>
+      <c r="H447">
+        <v>198337</v>
+      </c>
+      <c r="I447">
+        <v>199349</v>
+      </c>
+      <c r="J447" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" t="s">
+        <v>10</v>
+      </c>
+      <c r="B448" t="s">
+        <v>11</v>
+      </c>
+      <c r="C448" t="s">
+        <v>690</v>
+      </c>
+      <c r="D448" t="s">
+        <v>13</v>
+      </c>
+      <c r="E448" t="s">
+        <v>21</v>
+      </c>
+      <c r="F448" t="s">
+        <v>22</v>
+      </c>
+      <c r="G448" t="s">
+        <v>731</v>
+      </c>
+      <c r="H448">
+        <v>196773</v>
+      </c>
+      <c r="I448">
+        <v>198336</v>
+      </c>
+      <c r="J448" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" t="s">
+        <v>10</v>
+      </c>
+      <c r="B449" t="s">
+        <v>11</v>
+      </c>
+      <c r="C449" t="s">
+        <v>690</v>
+      </c>
+      <c r="D449" t="s">
+        <v>13</v>
+      </c>
+      <c r="E449" t="s">
+        <v>21</v>
+      </c>
+      <c r="F449" t="s">
+        <v>22</v>
+      </c>
+      <c r="G449" t="s">
+        <v>733</v>
+      </c>
+      <c r="H449">
+        <v>194921</v>
+      </c>
+      <c r="I449">
+        <v>196772</v>
+      </c>
+      <c r="J449" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" t="s">
+        <v>10</v>
+      </c>
+      <c r="B450" t="s">
+        <v>11</v>
+      </c>
+      <c r="C450" t="s">
+        <v>690</v>
+      </c>
+      <c r="D450" t="s">
+        <v>13</v>
+      </c>
+      <c r="E450" t="s">
+        <v>21</v>
+      </c>
+      <c r="F450" t="s">
+        <v>22</v>
+      </c>
+      <c r="G450">
+        <v>787</v>
+      </c>
+      <c r="H450">
+        <v>194134</v>
+      </c>
+      <c r="I450">
+        <v>194920</v>
+      </c>
+      <c r="J450" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" t="s">
+        <v>10</v>
+      </c>
+      <c r="B451" t="s">
+        <v>11</v>
+      </c>
+      <c r="C451" t="s">
+        <v>690</v>
+      </c>
+      <c r="D451" t="s">
+        <v>13</v>
+      </c>
+      <c r="E451" t="s">
+        <v>21</v>
+      </c>
+      <c r="F451" t="s">
+        <v>22</v>
+      </c>
+      <c r="G451">
+        <v>585</v>
+      </c>
+      <c r="H451">
+        <v>193549</v>
+      </c>
+      <c r="I451">
+        <v>194133</v>
+      </c>
+      <c r="J451" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" t="s">
+        <v>10</v>
+      </c>
+      <c r="B452" t="s">
+        <v>11</v>
+      </c>
+      <c r="C452" t="s">
+        <v>690</v>
+      </c>
+      <c r="D452" t="s">
+        <v>13</v>
+      </c>
+      <c r="E452" t="s">
+        <v>21</v>
+      </c>
+      <c r="F452" t="s">
+        <v>22</v>
+      </c>
+      <c r="G452">
+        <v>842</v>
+      </c>
+      <c r="H452">
+        <v>192707</v>
+      </c>
+      <c r="I452">
+        <v>193548</v>
+      </c>
+      <c r="J452" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" t="s">
+        <v>10</v>
+      </c>
+      <c r="B453" t="s">
+        <v>11</v>
+      </c>
+      <c r="C453" t="s">
+        <v>690</v>
+      </c>
+      <c r="D453" t="s">
+        <v>13</v>
+      </c>
+      <c r="E453" t="s">
+        <v>21</v>
+      </c>
+      <c r="F453" t="s">
+        <v>22</v>
+      </c>
+      <c r="G453">
+        <v>478</v>
+      </c>
+      <c r="H453">
+        <v>192229</v>
+      </c>
+      <c r="I453">
+        <v>192706</v>
+      </c>
+      <c r="J453" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" t="s">
+        <v>10</v>
+      </c>
+      <c r="B454" t="s">
+        <v>11</v>
+      </c>
+      <c r="C454" t="s">
+        <v>690</v>
+      </c>
+      <c r="D454" t="s">
+        <v>13</v>
+      </c>
+      <c r="E454" t="s">
+        <v>21</v>
+      </c>
+      <c r="F454" t="s">
+        <v>22</v>
+      </c>
+      <c r="G454" t="s">
+        <v>739</v>
+      </c>
+      <c r="H454">
+        <v>190381</v>
+      </c>
+      <c r="I454">
+        <v>192228</v>
+      </c>
+      <c r="J454" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" t="s">
+        <v>10</v>
+      </c>
+      <c r="B455" t="s">
+        <v>11</v>
+      </c>
+      <c r="C455" t="s">
+        <v>690</v>
+      </c>
+      <c r="D455" t="s">
+        <v>13</v>
+      </c>
+      <c r="E455" t="s">
+        <v>21</v>
+      </c>
+      <c r="F455" t="s">
+        <v>22</v>
+      </c>
+      <c r="G455" t="s">
+        <v>741</v>
+      </c>
+      <c r="H455">
+        <v>187427</v>
+      </c>
+      <c r="I455">
+        <v>190380</v>
+      </c>
+      <c r="J455" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" t="s">
+        <v>10</v>
+      </c>
+      <c r="B456" t="s">
+        <v>11</v>
+      </c>
+      <c r="C456" t="s">
+        <v>690</v>
+      </c>
+      <c r="D456" t="s">
+        <v>13</v>
+      </c>
+      <c r="E456" t="s">
+        <v>21</v>
+      </c>
+      <c r="F456" t="s">
+        <v>22</v>
+      </c>
+      <c r="G456" t="s">
+        <v>743</v>
+      </c>
+      <c r="H456">
+        <v>185755</v>
+      </c>
+      <c r="I456">
+        <v>187426</v>
+      </c>
+      <c r="J456" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" t="s">
+        <v>10</v>
+      </c>
+      <c r="B457" t="s">
+        <v>11</v>
+      </c>
+      <c r="C457" t="s">
+        <v>690</v>
+      </c>
+      <c r="D457" t="s">
+        <v>13</v>
+      </c>
+      <c r="E457" t="s">
+        <v>21</v>
+      </c>
+      <c r="F457" t="s">
+        <v>22</v>
+      </c>
+      <c r="G457" t="s">
+        <v>745</v>
+      </c>
+      <c r="H457">
+        <v>184543</v>
+      </c>
+      <c r="I457">
+        <v>185754</v>
+      </c>
+      <c r="J457" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" t="s">
+        <v>10</v>
+      </c>
+      <c r="B458" t="s">
+        <v>11</v>
+      </c>
+      <c r="C458" t="s">
+        <v>690</v>
+      </c>
+      <c r="D458" t="s">
+        <v>13</v>
+      </c>
+      <c r="E458" t="s">
+        <v>21</v>
+      </c>
+      <c r="F458" t="s">
+        <v>22</v>
+      </c>
+      <c r="G458" t="s">
+        <v>747</v>
+      </c>
+      <c r="H458">
+        <v>183191</v>
+      </c>
+      <c r="I458">
+        <v>184542</v>
+      </c>
+      <c r="J458" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" t="s">
+        <v>10</v>
+      </c>
+      <c r="B459" t="s">
+        <v>11</v>
+      </c>
+      <c r="C459" t="s">
+        <v>690</v>
+      </c>
+      <c r="D459" t="s">
+        <v>13</v>
+      </c>
+      <c r="E459" t="s">
+        <v>21</v>
+      </c>
+      <c r="F459" t="s">
+        <v>22</v>
+      </c>
+      <c r="G459">
+        <v>688</v>
+      </c>
+      <c r="H459">
+        <v>182503</v>
+      </c>
+      <c r="I459">
+        <v>183190</v>
+      </c>
+      <c r="J459" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" t="s">
+        <v>10</v>
+      </c>
+      <c r="B460" t="s">
+        <v>11</v>
+      </c>
+      <c r="C460" t="s">
+        <v>690</v>
+      </c>
+      <c r="D460" t="s">
+        <v>13</v>
+      </c>
+      <c r="E460" t="s">
+        <v>21</v>
+      </c>
+      <c r="F460" t="s">
+        <v>22</v>
+      </c>
+      <c r="G460" t="s">
+        <v>750</v>
+      </c>
+      <c r="H460">
+        <v>181478</v>
+      </c>
+      <c r="I460">
+        <v>182502</v>
+      </c>
+      <c r="J460" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" t="s">
+        <v>10</v>
+      </c>
+      <c r="B461" t="s">
+        <v>11</v>
+      </c>
+      <c r="C461" t="s">
+        <v>690</v>
+      </c>
+      <c r="D461" t="s">
+        <v>13</v>
+      </c>
+      <c r="E461" t="s">
+        <v>21</v>
+      </c>
+      <c r="F461" t="s">
+        <v>22</v>
+      </c>
+      <c r="G461">
+        <v>646</v>
+      </c>
+      <c r="H461">
+        <v>180832</v>
+      </c>
+      <c r="I461">
+        <v>181477</v>
+      </c>
+      <c r="J461" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" t="s">
+        <v>10</v>
+      </c>
+      <c r="B462" t="s">
+        <v>11</v>
+      </c>
+      <c r="C462" t="s">
+        <v>690</v>
+      </c>
+      <c r="D462" t="s">
+        <v>13</v>
+      </c>
+      <c r="E462" t="s">
+        <v>21</v>
+      </c>
+      <c r="F462" t="s">
+        <v>22</v>
+      </c>
+      <c r="G462" t="s">
+        <v>753</v>
+      </c>
+      <c r="H462">
+        <v>179816</v>
+      </c>
+      <c r="I462">
+        <v>180831</v>
+      </c>
+      <c r="J462" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" t="s">
+        <v>10</v>
+      </c>
+      <c r="B463" t="s">
+        <v>11</v>
+      </c>
+      <c r="C463" t="s">
+        <v>690</v>
+      </c>
+      <c r="D463" t="s">
+        <v>13</v>
+      </c>
+      <c r="E463" t="s">
+        <v>21</v>
+      </c>
+      <c r="F463" t="s">
+        <v>22</v>
+      </c>
+      <c r="G463" t="s">
+        <v>755</v>
+      </c>
+      <c r="H463">
+        <v>178091</v>
+      </c>
+      <c r="I463">
+        <v>179815</v>
+      </c>
+      <c r="J463" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" t="s">
+        <v>10</v>
+      </c>
+      <c r="B464" t="s">
+        <v>11</v>
+      </c>
+      <c r="C464" t="s">
+        <v>690</v>
+      </c>
+      <c r="D464" t="s">
+        <v>13</v>
+      </c>
+      <c r="E464" t="s">
+        <v>21</v>
+      </c>
+      <c r="F464" t="s">
+        <v>22</v>
+      </c>
+      <c r="G464">
+        <v>773</v>
+      </c>
+      <c r="H464">
+        <v>177318</v>
+      </c>
+      <c r="I464">
+        <v>178090</v>
+      </c>
+      <c r="J464" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" t="s">
+        <v>10</v>
+      </c>
+      <c r="B465" t="s">
+        <v>11</v>
+      </c>
+      <c r="C465" t="s">
+        <v>690</v>
+      </c>
+      <c r="D465" t="s">
+        <v>13</v>
+      </c>
+      <c r="E465" t="s">
+        <v>21</v>
+      </c>
+      <c r="F465" t="s">
+        <v>22</v>
+      </c>
+      <c r="G465" t="s">
+        <v>758</v>
+      </c>
+      <c r="H465">
+        <v>175570</v>
+      </c>
+      <c r="I465">
+        <v>177317</v>
+      </c>
+      <c r="J465" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" t="s">
+        <v>10</v>
+      </c>
+      <c r="B466" t="s">
+        <v>11</v>
+      </c>
+      <c r="C466" t="s">
+        <v>690</v>
+      </c>
+      <c r="D466" t="s">
+        <v>13</v>
+      </c>
+      <c r="E466" t="s">
+        <v>21</v>
+      </c>
+      <c r="F466" t="s">
+        <v>22</v>
+      </c>
+      <c r="G466">
+        <v>711</v>
+      </c>
+      <c r="H466">
+        <v>174859</v>
+      </c>
+      <c r="I466">
+        <v>175569</v>
+      </c>
+      <c r="J466" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" t="s">
+        <v>10</v>
+      </c>
+      <c r="B467" t="s">
+        <v>11</v>
+      </c>
+      <c r="C467" t="s">
+        <v>690</v>
+      </c>
+      <c r="D467" t="s">
+        <v>13</v>
+      </c>
+      <c r="E467" t="s">
+        <v>21</v>
+      </c>
+      <c r="F467" t="s">
+        <v>22</v>
+      </c>
+      <c r="G467" t="s">
+        <v>761</v>
+      </c>
+      <c r="H467">
+        <v>172481</v>
+      </c>
+      <c r="I467">
+        <v>174858</v>
+      </c>
+      <c r="J467" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" t="s">
+        <v>10</v>
+      </c>
+      <c r="B468" t="s">
+        <v>11</v>
+      </c>
+      <c r="C468" t="s">
+        <v>690</v>
+      </c>
+      <c r="D468" t="s">
+        <v>13</v>
+      </c>
+      <c r="E468" t="s">
+        <v>21</v>
+      </c>
+      <c r="F468" t="s">
+        <v>22</v>
+      </c>
+      <c r="G468" t="s">
+        <v>763</v>
+      </c>
+      <c r="H468">
+        <v>171378</v>
+      </c>
+      <c r="I468">
+        <v>172480</v>
+      </c>
+      <c r="J468" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" t="s">
+        <v>10</v>
+      </c>
+      <c r="B469" t="s">
+        <v>11</v>
+      </c>
+      <c r="C469" t="s">
+        <v>690</v>
+      </c>
+      <c r="D469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E469" t="s">
+        <v>21</v>
+      </c>
+      <c r="F469" t="s">
+        <v>22</v>
+      </c>
+      <c r="G469" t="s">
+        <v>765</v>
+      </c>
+      <c r="H469">
+        <v>169993</v>
+      </c>
+      <c r="I469">
+        <v>171377</v>
+      </c>
+      <c r="J469" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" t="s">
+        <v>10</v>
+      </c>
+      <c r="B470" t="s">
+        <v>11</v>
+      </c>
+      <c r="C470" t="s">
+        <v>690</v>
+      </c>
+      <c r="D470" t="s">
+        <v>13</v>
+      </c>
+      <c r="E470" t="s">
+        <v>21</v>
+      </c>
+      <c r="F470" t="s">
+        <v>22</v>
+      </c>
+      <c r="G470" t="s">
+        <v>767</v>
+      </c>
+      <c r="H470">
+        <v>167945</v>
+      </c>
+      <c r="I470">
+        <v>169992</v>
+      </c>
+      <c r="J470" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" t="s">
+        <v>10</v>
+      </c>
+      <c r="B471" t="s">
+        <v>11</v>
+      </c>
+      <c r="C471" t="s">
+        <v>690</v>
+      </c>
+      <c r="D471" t="s">
+        <v>13</v>
+      </c>
+      <c r="E471" t="s">
+        <v>21</v>
+      </c>
+      <c r="F471" t="s">
+        <v>22</v>
+      </c>
+      <c r="G471">
+        <v>555</v>
+      </c>
+      <c r="H471">
+        <v>167390</v>
+      </c>
+      <c r="I471">
+        <v>167944</v>
+      </c>
+      <c r="J471" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" t="s">
+        <v>10</v>
+      </c>
+      <c r="B472" t="s">
+        <v>11</v>
+      </c>
+      <c r="C472" t="s">
+        <v>690</v>
+      </c>
+      <c r="D472" t="s">
+        <v>13</v>
+      </c>
+      <c r="E472" t="s">
+        <v>21</v>
+      </c>
+      <c r="F472" t="s">
+        <v>22</v>
+      </c>
+      <c r="G472" t="s">
+        <v>770</v>
+      </c>
+      <c r="H472">
+        <v>166196</v>
+      </c>
+      <c r="I472">
+        <v>167389</v>
+      </c>
+      <c r="J472" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" t="s">
+        <v>10</v>
+      </c>
+      <c r="B473" t="s">
+        <v>11</v>
+      </c>
+      <c r="C473" t="s">
+        <v>690</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+      <c r="E473" t="s">
+        <v>21</v>
+      </c>
+      <c r="F473" t="s">
+        <v>22</v>
+      </c>
+      <c r="G473" t="s">
+        <v>772</v>
+      </c>
+      <c r="H473">
+        <v>163675</v>
+      </c>
+      <c r="I473">
+        <v>166195</v>
+      </c>
+      <c r="J473" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" t="s">
+        <v>10</v>
+      </c>
+      <c r="B474" t="s">
+        <v>11</v>
+      </c>
+      <c r="C474" t="s">
+        <v>690</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+      <c r="E474" t="s">
+        <v>21</v>
+      </c>
+      <c r="F474" t="s">
+        <v>22</v>
+      </c>
+      <c r="G474" t="s">
+        <v>774</v>
+      </c>
+      <c r="H474">
+        <v>162312</v>
+      </c>
+      <c r="I474">
+        <v>163674</v>
+      </c>
+      <c r="J474" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" t="s">
+        <v>10</v>
+      </c>
+      <c r="B475" t="s">
+        <v>11</v>
+      </c>
+      <c r="C475" t="s">
+        <v>690</v>
+      </c>
+      <c r="D475" t="s">
+        <v>13</v>
+      </c>
+      <c r="E475" t="s">
+        <v>21</v>
+      </c>
+      <c r="F475" t="s">
+        <v>22</v>
+      </c>
+      <c r="G475" t="s">
+        <v>776</v>
+      </c>
+      <c r="H475">
+        <v>160616</v>
+      </c>
+      <c r="I475">
+        <v>162311</v>
+      </c>
+      <c r="J475" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" t="s">
+        <v>10</v>
+      </c>
+      <c r="B476" t="s">
+        <v>11</v>
+      </c>
+      <c r="C476" t="s">
+        <v>690</v>
+      </c>
+      <c r="D476" t="s">
+        <v>13</v>
+      </c>
+      <c r="E476" t="s">
+        <v>21</v>
+      </c>
+      <c r="F476" t="s">
+        <v>22</v>
+      </c>
+      <c r="G476" t="s">
+        <v>778</v>
+      </c>
+      <c r="H476">
+        <v>158727</v>
+      </c>
+      <c r="I476">
+        <v>160615</v>
+      </c>
+      <c r="J476" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" t="s">
+        <v>10</v>
+      </c>
+      <c r="B477" t="s">
+        <v>11</v>
+      </c>
+      <c r="C477" t="s">
+        <v>690</v>
+      </c>
+      <c r="D477" t="s">
+        <v>13</v>
+      </c>
+      <c r="E477" t="s">
+        <v>21</v>
+      </c>
+      <c r="F477" t="s">
+        <v>22</v>
+      </c>
+      <c r="G477" t="s">
+        <v>780</v>
+      </c>
+      <c r="H477">
+        <v>156965</v>
+      </c>
+      <c r="I477">
+        <v>158726</v>
+      </c>
+      <c r="J477" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" t="s">
+        <v>10</v>
+      </c>
+      <c r="B478" t="s">
+        <v>11</v>
+      </c>
+      <c r="C478" t="s">
+        <v>690</v>
+      </c>
+      <c r="D478" t="s">
+        <v>13</v>
+      </c>
+      <c r="E478" t="s">
+        <v>21</v>
+      </c>
+      <c r="F478" t="s">
+        <v>22</v>
+      </c>
+      <c r="G478" t="s">
+        <v>537</v>
+      </c>
+      <c r="H478">
+        <v>155006</v>
+      </c>
+      <c r="I478">
+        <v>156964</v>
+      </c>
+      <c r="J478" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10">
+      <c r="A479" t="s">
+        <v>10</v>
+      </c>
+      <c r="B479" t="s">
+        <v>11</v>
+      </c>
+      <c r="C479" t="s">
+        <v>690</v>
+      </c>
+      <c r="D479" t="s">
+        <v>13</v>
+      </c>
+      <c r="E479" t="s">
+        <v>21</v>
+      </c>
+      <c r="F479" t="s">
+        <v>22</v>
+      </c>
+      <c r="G479" t="s">
+        <v>783</v>
+      </c>
+      <c r="H479">
+        <v>153055</v>
+      </c>
+      <c r="I479">
+        <v>155005</v>
+      </c>
+      <c r="J479" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10">
+      <c r="A480" t="s">
+        <v>10</v>
+      </c>
+      <c r="B480" t="s">
+        <v>11</v>
+      </c>
+      <c r="C480" t="s">
+        <v>690</v>
+      </c>
+      <c r="D480" t="s">
+        <v>13</v>
+      </c>
+      <c r="E480" t="s">
+        <v>21</v>
+      </c>
+      <c r="F480" t="s">
+        <v>22</v>
+      </c>
+      <c r="G480">
+        <v>917</v>
+      </c>
+      <c r="H480">
+        <v>152138</v>
+      </c>
+      <c r="I480">
+        <v>153054</v>
+      </c>
+      <c r="J480" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10">
+      <c r="A481" t="s">
+        <v>10</v>
+      </c>
+      <c r="B481" t="s">
+        <v>11</v>
+      </c>
+      <c r="C481" t="s">
+        <v>690</v>
+      </c>
+      <c r="D481" t="s">
+        <v>13</v>
+      </c>
+      <c r="E481" t="s">
+        <v>21</v>
+      </c>
+      <c r="F481" t="s">
+        <v>22</v>
+      </c>
+      <c r="G481" t="s">
+        <v>786</v>
+      </c>
+      <c r="H481">
+        <v>150988</v>
+      </c>
+      <c r="I481">
+        <v>152137</v>
+      </c>
+      <c r="J481" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10">
+      <c r="A482" t="s">
+        <v>10</v>
+      </c>
+      <c r="B482" t="s">
+        <v>11</v>
+      </c>
+      <c r="C482" t="s">
+        <v>690</v>
+      </c>
+      <c r="D482" t="s">
+        <v>13</v>
+      </c>
+      <c r="E482" t="s">
+        <v>21</v>
+      </c>
+      <c r="F482" t="s">
+        <v>22</v>
+      </c>
+      <c r="G482" t="s">
+        <v>788</v>
+      </c>
+      <c r="H482">
+        <v>149343</v>
+      </c>
+      <c r="I482">
+        <v>150987</v>
+      </c>
+      <c r="J482" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10">
+      <c r="A483" t="s">
+        <v>10</v>
+      </c>
+      <c r="B483" t="s">
+        <v>11</v>
+      </c>
+      <c r="C483" t="s">
+        <v>690</v>
+      </c>
+      <c r="D483" t="s">
+        <v>13</v>
+      </c>
+      <c r="E483" t="s">
+        <v>21</v>
+      </c>
+      <c r="F483" t="s">
+        <v>22</v>
+      </c>
+      <c r="G483" t="s">
+        <v>790</v>
+      </c>
+      <c r="H483">
+        <v>148186</v>
+      </c>
+      <c r="I483">
+        <v>149342</v>
+      </c>
+      <c r="J483" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10">
+      <c r="A484" t="s">
+        <v>10</v>
+      </c>
+      <c r="B484" t="s">
+        <v>11</v>
+      </c>
+      <c r="C484" t="s">
+        <v>690</v>
+      </c>
+      <c r="D484" t="s">
+        <v>13</v>
+      </c>
+      <c r="E484" t="s">
+        <v>21</v>
+      </c>
+      <c r="F484" t="s">
+        <v>22</v>
+      </c>
+      <c r="G484" t="s">
+        <v>792</v>
+      </c>
+      <c r="H484">
+        <v>145138</v>
+      </c>
+      <c r="I484">
+        <v>148185</v>
+      </c>
+      <c r="J484" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10">
+      <c r="A485" t="s">
+        <v>10</v>
+      </c>
+      <c r="B485" t="s">
+        <v>11</v>
+      </c>
+      <c r="C485" t="s">
+        <v>690</v>
+      </c>
+      <c r="D485" t="s">
+        <v>13</v>
+      </c>
+      <c r="E485" t="s">
+        <v>21</v>
+      </c>
+      <c r="F485" t="s">
+        <v>22</v>
+      </c>
+      <c r="G485">
+        <v>611</v>
+      </c>
+      <c r="H485">
+        <v>144527</v>
+      </c>
+      <c r="I485">
+        <v>145137</v>
+      </c>
+      <c r="J485" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10">
+      <c r="A486" t="s">
+        <v>10</v>
+      </c>
+      <c r="B486" t="s">
+        <v>11</v>
+      </c>
+      <c r="C486" t="s">
+        <v>690</v>
+      </c>
+      <c r="D486" t="s">
+        <v>13</v>
+      </c>
+      <c r="E486" t="s">
+        <v>21</v>
+      </c>
+      <c r="F486" t="s">
+        <v>22</v>
+      </c>
+      <c r="G486">
+        <v>977</v>
+      </c>
+      <c r="H486">
+        <v>143550</v>
+      </c>
+      <c r="I486">
+        <v>144526</v>
+      </c>
+      <c r="J486" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10">
+      <c r="A487" t="s">
+        <v>10</v>
+      </c>
+      <c r="B487" t="s">
+        <v>11</v>
+      </c>
+      <c r="C487" t="s">
+        <v>690</v>
+      </c>
+      <c r="D487" t="s">
+        <v>13</v>
+      </c>
+      <c r="E487" t="s">
+        <v>21</v>
+      </c>
+      <c r="F487" t="s">
+        <v>22</v>
+      </c>
+      <c r="G487" t="s">
+        <v>796</v>
+      </c>
+      <c r="H487">
+        <v>142357</v>
+      </c>
+      <c r="I487">
+        <v>143549</v>
+      </c>
+      <c r="J487" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10">
+      <c r="A488" t="s">
+        <v>10</v>
+      </c>
+      <c r="B488" t="s">
+        <v>11</v>
+      </c>
+      <c r="C488" t="s">
+        <v>690</v>
+      </c>
+      <c r="D488" t="s">
+        <v>13</v>
+      </c>
+      <c r="E488" t="s">
+        <v>21</v>
+      </c>
+      <c r="F488" t="s">
+        <v>22</v>
+      </c>
+      <c r="G488" t="s">
+        <v>592</v>
+      </c>
+      <c r="H488">
+        <v>141186</v>
+      </c>
+      <c r="I488">
+        <v>142356</v>
+      </c>
+      <c r="J488" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10">
+      <c r="A489" t="s">
+        <v>10</v>
+      </c>
+      <c r="B489" t="s">
+        <v>11</v>
+      </c>
+      <c r="C489" t="s">
+        <v>690</v>
+      </c>
+      <c r="D489" t="s">
+        <v>13</v>
+      </c>
+      <c r="E489" t="s">
+        <v>21</v>
+      </c>
+      <c r="F489" t="s">
+        <v>22</v>
+      </c>
+      <c r="G489" t="s">
+        <v>799</v>
+      </c>
+      <c r="H489">
+        <v>139683</v>
+      </c>
+      <c r="I489">
+        <v>141185</v>
+      </c>
+      <c r="J489" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10">
+      <c r="A490" t="s">
+        <v>10</v>
+      </c>
+      <c r="B490" t="s">
+        <v>11</v>
+      </c>
+      <c r="C490" t="s">
+        <v>690</v>
+      </c>
+      <c r="D490" t="s">
+        <v>13</v>
+      </c>
+      <c r="E490" t="s">
+        <v>21</v>
+      </c>
+      <c r="F490" t="s">
+        <v>22</v>
+      </c>
+      <c r="G490" t="s">
+        <v>801</v>
+      </c>
+      <c r="H490">
+        <v>135158</v>
+      </c>
+      <c r="I490">
+        <v>139682</v>
+      </c>
+      <c r="J490" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10">
+      <c r="A491" t="s">
+        <v>10</v>
+      </c>
+      <c r="B491" t="s">
+        <v>11</v>
+      </c>
+      <c r="C491" t="s">
+        <v>690</v>
+      </c>
+      <c r="D491" t="s">
+        <v>13</v>
+      </c>
+      <c r="E491" t="s">
+        <v>21</v>
+      </c>
+      <c r="F491" t="s">
+        <v>22</v>
+      </c>
+      <c r="G491" t="s">
+        <v>803</v>
+      </c>
+      <c r="H491">
+        <v>133640</v>
+      </c>
+      <c r="I491">
+        <v>135157</v>
+      </c>
+      <c r="J491" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10">
+      <c r="A492" t="s">
+        <v>10</v>
+      </c>
+      <c r="B492" t="s">
+        <v>11</v>
+      </c>
+      <c r="C492" t="s">
+        <v>690</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+      <c r="E492" t="s">
+        <v>21</v>
+      </c>
+      <c r="F492" t="s">
+        <v>22</v>
+      </c>
+      <c r="G492" t="s">
+        <v>805</v>
+      </c>
+      <c r="H492">
+        <v>132367</v>
+      </c>
+      <c r="I492">
+        <v>133639</v>
+      </c>
+      <c r="J492" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10">
+      <c r="A493" t="s">
+        <v>10</v>
+      </c>
+      <c r="B493" t="s">
+        <v>11</v>
+      </c>
+      <c r="C493" t="s">
+        <v>690</v>
+      </c>
+      <c r="D493" t="s">
+        <v>13</v>
+      </c>
+      <c r="E493" t="s">
+        <v>21</v>
+      </c>
+      <c r="F493" t="s">
+        <v>22</v>
+      </c>
+      <c r="G493" t="s">
+        <v>807</v>
+      </c>
+      <c r="H493">
+        <v>129299</v>
+      </c>
+      <c r="I493">
+        <v>132366</v>
+      </c>
+      <c r="J493" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10">
+      <c r="A494" t="s">
+        <v>10</v>
+      </c>
+      <c r="B494" t="s">
+        <v>11</v>
+      </c>
+      <c r="C494" t="s">
+        <v>690</v>
+      </c>
+      <c r="D494" t="s">
+        <v>13</v>
+      </c>
+      <c r="E494" t="s">
+        <v>21</v>
+      </c>
+      <c r="F494" t="s">
+        <v>22</v>
+      </c>
+      <c r="G494" t="s">
+        <v>809</v>
+      </c>
+      <c r="H494">
+        <v>125557</v>
+      </c>
+      <c r="I494">
+        <v>129298</v>
+      </c>
+      <c r="J494" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10">
+      <c r="A495" t="s">
+        <v>10</v>
+      </c>
+      <c r="B495" t="s">
+        <v>11</v>
+      </c>
+      <c r="C495" t="s">
+        <v>690</v>
+      </c>
+      <c r="D495" t="s">
+        <v>13</v>
+      </c>
+      <c r="E495" t="s">
+        <v>21</v>
+      </c>
+      <c r="F495" t="s">
+        <v>22</v>
+      </c>
+      <c r="G495" t="s">
+        <v>811</v>
+      </c>
+      <c r="H495">
+        <v>95714</v>
+      </c>
+      <c r="I495">
+        <v>125556</v>
+      </c>
+      <c r="J495" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10">
+      <c r="A496" t="s">
+        <v>10</v>
+      </c>
+      <c r="B496" t="s">
+        <v>11</v>
+      </c>
+      <c r="C496" t="s">
+        <v>690</v>
+      </c>
+      <c r="D496" t="s">
+        <v>13</v>
+      </c>
+      <c r="E496" t="s">
+        <v>21</v>
+      </c>
+      <c r="F496" t="s">
+        <v>22</v>
+      </c>
+      <c r="G496" t="s">
+        <v>813</v>
+      </c>
+      <c r="H496">
+        <v>83414</v>
+      </c>
+      <c r="I496">
+        <v>95713</v>
+      </c>
+      <c r="J496" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10">
+      <c r="A497" t="s">
+        <v>10</v>
+      </c>
+      <c r="B497" t="s">
+        <v>11</v>
+      </c>
+      <c r="C497" t="s">
+        <v>690</v>
+      </c>
+      <c r="D497" t="s">
+        <v>13</v>
+      </c>
+      <c r="E497" t="s">
+        <v>21</v>
+      </c>
+      <c r="F497" t="s">
+        <v>22</v>
+      </c>
+      <c r="G497" t="s">
+        <v>815</v>
+      </c>
+      <c r="H497">
+        <v>72003</v>
+      </c>
+      <c r="I497">
+        <v>83413</v>
+      </c>
+      <c r="J497" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10">
+      <c r="A498" t="s">
+        <v>10</v>
+      </c>
+      <c r="B498" t="s">
+        <v>11</v>
+      </c>
+      <c r="C498" t="s">
+        <v>690</v>
+      </c>
+      <c r="D498" t="s">
+        <v>13</v>
+      </c>
+      <c r="E498" t="s">
+        <v>21</v>
+      </c>
+      <c r="F498" t="s">
+        <v>22</v>
+      </c>
+      <c r="G498" t="s">
+        <v>817</v>
+      </c>
+      <c r="H498">
+        <v>68203</v>
+      </c>
+      <c r="I498">
+        <v>72002</v>
+      </c>
+      <c r="J498" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10">
+      <c r="A499" t="s">
+        <v>10</v>
+      </c>
+      <c r="B499" t="s">
+        <v>11</v>
+      </c>
+      <c r="C499" t="s">
+        <v>690</v>
+      </c>
+      <c r="D499" t="s">
+        <v>13</v>
+      </c>
+      <c r="E499" t="s">
+        <v>21</v>
+      </c>
+      <c r="F499" t="s">
+        <v>22</v>
+      </c>
+      <c r="G499" t="s">
+        <v>819</v>
+      </c>
+      <c r="H499">
+        <v>60787</v>
+      </c>
+      <c r="I499">
+        <v>68202</v>
+      </c>
+      <c r="J499" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10">
+      <c r="A500" t="s">
+        <v>10</v>
+      </c>
+      <c r="B500" t="s">
+        <v>11</v>
+      </c>
+      <c r="C500" t="s">
+        <v>690</v>
+      </c>
+      <c r="D500" t="s">
+        <v>13</v>
+      </c>
+      <c r="E500" t="s">
+        <v>21</v>
+      </c>
+      <c r="F500" t="s">
+        <v>22</v>
+      </c>
+      <c r="G500" t="s">
+        <v>821</v>
+      </c>
+      <c r="H500">
+        <v>59205</v>
+      </c>
+      <c r="I500">
+        <v>60786</v>
+      </c>
+      <c r="J500" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10">
+      <c r="A501" t="s">
+        <v>10</v>
+      </c>
+      <c r="B501" t="s">
+        <v>11</v>
+      </c>
+      <c r="C501" t="s">
+        <v>690</v>
+      </c>
+      <c r="D501" t="s">
+        <v>13</v>
+      </c>
+      <c r="E501" t="s">
+        <v>21</v>
+      </c>
+      <c r="F501" t="s">
+        <v>22</v>
+      </c>
+      <c r="G501" t="s">
+        <v>347</v>
+      </c>
+      <c r="H501">
+        <v>56185</v>
+      </c>
+      <c r="I501">
+        <v>59204</v>
+      </c>
+      <c r="J501" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10">
+      <c r="A502" t="s">
+        <v>10</v>
+      </c>
+      <c r="B502" t="s">
+        <v>11</v>
+      </c>
+      <c r="C502" t="s">
+        <v>690</v>
+      </c>
+      <c r="D502" t="s">
+        <v>13</v>
+      </c>
+      <c r="E502" t="s">
+        <v>21</v>
+      </c>
+      <c r="F502" t="s">
+        <v>22</v>
+      </c>
+      <c r="G502" t="s">
+        <v>163</v>
+      </c>
+      <c r="H502">
+        <v>54777</v>
+      </c>
+      <c r="I502">
+        <v>56184</v>
+      </c>
+      <c r="J502" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10">
+      <c r="A503" t="s">
+        <v>10</v>
+      </c>
+      <c r="B503" t="s">
+        <v>11</v>
+      </c>
+      <c r="C503" t="s">
+        <v>690</v>
+      </c>
+      <c r="D503" t="s">
+        <v>13</v>
+      </c>
+      <c r="E503" t="s">
+        <v>21</v>
+      </c>
+      <c r="F503" t="s">
+        <v>22</v>
+      </c>
+      <c r="G503" t="s">
+        <v>825</v>
+      </c>
+      <c r="H503">
+        <v>51271</v>
+      </c>
+      <c r="I503">
+        <v>54776</v>
+      </c>
+      <c r="J503" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10">
+      <c r="A504" t="s">
+        <v>10</v>
+      </c>
+      <c r="B504" t="s">
+        <v>11</v>
+      </c>
+      <c r="C504" t="s">
+        <v>690</v>
+      </c>
+      <c r="D504" t="s">
+        <v>13</v>
+      </c>
+      <c r="E504" t="s">
+        <v>21</v>
+      </c>
+      <c r="F504" t="s">
+        <v>22</v>
+      </c>
+      <c r="G504" t="s">
+        <v>827</v>
+      </c>
+      <c r="H504">
+        <v>45751</v>
+      </c>
+      <c r="I504">
+        <v>51270</v>
+      </c>
+      <c r="J504" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10">
+      <c r="A505" t="s">
+        <v>10</v>
+      </c>
+      <c r="B505" t="s">
+        <v>11</v>
+      </c>
+      <c r="C505" t="s">
+        <v>829</v>
+      </c>
+      <c r="D505" t="s">
+        <v>13</v>
+      </c>
+      <c r="E505" t="s">
+        <v>21</v>
+      </c>
+      <c r="F505" t="s">
+        <v>22</v>
+      </c>
+      <c r="G505">
+        <v>443</v>
+      </c>
+      <c r="H505">
+        <v>62902</v>
+      </c>
+      <c r="I505">
+        <v>63344</v>
+      </c>
+      <c r="J505" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10">
+      <c r="A506" t="s">
+        <v>10</v>
+      </c>
+      <c r="B506" t="s">
+        <v>11</v>
+      </c>
+      <c r="C506" t="s">
+        <v>829</v>
+      </c>
+      <c r="D506" t="s">
+        <v>13</v>
+      </c>
+      <c r="E506" t="s">
+        <v>21</v>
+      </c>
+      <c r="F506" t="s">
+        <v>22</v>
+      </c>
+      <c r="G506">
+        <v>452</v>
+      </c>
+      <c r="H506">
+        <v>62450</v>
+      </c>
+      <c r="I506">
+        <v>62901</v>
+      </c>
+      <c r="J506" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10">
+      <c r="A507" t="s">
+        <v>10</v>
+      </c>
+      <c r="B507" t="s">
+        <v>11</v>
+      </c>
+      <c r="C507" t="s">
+        <v>829</v>
+      </c>
+      <c r="D507" t="s">
+        <v>13</v>
+      </c>
+      <c r="E507" t="s">
+        <v>21</v>
+      </c>
+      <c r="F507" t="s">
+        <v>22</v>
+      </c>
+      <c r="G507">
+        <v>556</v>
+      </c>
+      <c r="H507">
+        <v>61894</v>
+      </c>
+      <c r="I507">
+        <v>62449</v>
+      </c>
+      <c r="J507" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10">
+      <c r="A508" t="s">
+        <v>10</v>
+      </c>
+      <c r="B508" t="s">
+        <v>11</v>
+      </c>
+      <c r="C508" t="s">
+        <v>829</v>
+      </c>
+      <c r="D508" t="s">
+        <v>13</v>
+      </c>
+      <c r="E508" t="s">
+        <v>21</v>
+      </c>
+      <c r="F508" t="s">
+        <v>22</v>
+      </c>
+      <c r="G508">
+        <v>602</v>
+      </c>
+      <c r="H508">
+        <v>61292</v>
+      </c>
+      <c r="I508">
+        <v>61893</v>
+      </c>
+      <c r="J508" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10">
+      <c r="A509" t="s">
+        <v>10</v>
+      </c>
+      <c r="B509" t="s">
+        <v>11</v>
+      </c>
+      <c r="C509" t="s">
+        <v>834</v>
+      </c>
+      <c r="D509" t="s">
+        <v>13</v>
+      </c>
+      <c r="E509" t="s">
+        <v>835</v>
+      </c>
+      <c r="F509" t="s">
+        <v>22</v>
+      </c>
+      <c r="G509">
+        <v>634</v>
+      </c>
+      <c r="H509">
+        <v>60658</v>
+      </c>
+      <c r="I509">
+        <v>61291</v>
+      </c>
+      <c r="J509" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" t="s">
+        <v>10</v>
+      </c>
+      <c r="B510" t="s">
+        <v>11</v>
+      </c>
+      <c r="C510" t="s">
+        <v>834</v>
+      </c>
+      <c r="D510" t="s">
+        <v>13</v>
+      </c>
+      <c r="E510" t="s">
+        <v>835</v>
+      </c>
+      <c r="F510" t="s">
+        <v>22</v>
+      </c>
+      <c r="G510">
+        <v>654</v>
+      </c>
+      <c r="H510">
+        <v>60004</v>
+      </c>
+      <c r="I510">
+        <v>60657</v>
+      </c>
+      <c r="J510" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" t="s">
+        <v>10</v>
+      </c>
+      <c r="B511" t="s">
+        <v>11</v>
+      </c>
+      <c r="C511" t="s">
+        <v>834</v>
+      </c>
+      <c r="D511" t="s">
+        <v>13</v>
+      </c>
+      <c r="E511" t="s">
+        <v>835</v>
+      </c>
+      <c r="F511" t="s">
+        <v>22</v>
+      </c>
+      <c r="G511">
+        <v>662</v>
+      </c>
+      <c r="H511">
+        <v>59342</v>
+      </c>
+      <c r="I511">
+        <v>60003</v>
+      </c>
+      <c r="J511" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" t="s">
+        <v>10</v>
+      </c>
+      <c r="B512" t="s">
+        <v>11</v>
+      </c>
+      <c r="C512" t="s">
+        <v>834</v>
+      </c>
+      <c r="D512" t="s">
+        <v>13</v>
+      </c>
+      <c r="E512" t="s">
+        <v>835</v>
+      </c>
+      <c r="F512" t="s">
+        <v>22</v>
+      </c>
+      <c r="G512">
+        <v>671</v>
+      </c>
+      <c r="H512">
+        <v>58671</v>
+      </c>
+      <c r="I512">
+        <v>59341</v>
+      </c>
+      <c r="J512" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" t="s">
+        <v>10</v>
+      </c>
+      <c r="B513" t="s">
+        <v>11</v>
+      </c>
+      <c r="C513" t="s">
+        <v>834</v>
+      </c>
+      <c r="D513" t="s">
+        <v>13</v>
+      </c>
+      <c r="E513" t="s">
+        <v>835</v>
+      </c>
+      <c r="F513" t="s">
+        <v>22</v>
+      </c>
+      <c r="G513">
+        <v>723</v>
+      </c>
+      <c r="H513">
+        <v>57948</v>
+      </c>
+      <c r="I513">
+        <v>58670</v>
+      </c>
+      <c r="J513" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" t="s">
+        <v>10</v>
+      </c>
+      <c r="B514" t="s">
+        <v>11</v>
+      </c>
+      <c r="C514" t="s">
+        <v>834</v>
+      </c>
+      <c r="D514" t="s">
+        <v>13</v>
+      </c>
+      <c r="E514" t="s">
+        <v>835</v>
+      </c>
+      <c r="F514" t="s">
+        <v>22</v>
+      </c>
+      <c r="G514">
+        <v>690</v>
+      </c>
+      <c r="H514">
+        <v>57258</v>
+      </c>
+      <c r="I514">
+        <v>57947</v>
+      </c>
+      <c r="J514" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" t="s">
+        <v>10</v>
+      </c>
+      <c r="B515" t="s">
+        <v>11</v>
+      </c>
+      <c r="C515" t="s">
+        <v>834</v>
+      </c>
+      <c r="D515" t="s">
+        <v>13</v>
+      </c>
+      <c r="E515" t="s">
+        <v>835</v>
+      </c>
+      <c r="F515" t="s">
+        <v>22</v>
+      </c>
+      <c r="G515">
+        <v>713</v>
+      </c>
+      <c r="H515">
+        <v>56545</v>
+      </c>
+      <c r="I515">
+        <v>57257</v>
+      </c>
+      <c r="J515" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" t="s">
+        <v>10</v>
+      </c>
+      <c r="B516" t="s">
+        <v>11</v>
+      </c>
+      <c r="C516" t="s">
+        <v>834</v>
+      </c>
+      <c r="D516" t="s">
+        <v>13</v>
+      </c>
+      <c r="E516" t="s">
+        <v>835</v>
+      </c>
+      <c r="F516" t="s">
+        <v>22</v>
+      </c>
+      <c r="G516">
+        <v>714</v>
+      </c>
+      <c r="H516">
+        <v>55831</v>
+      </c>
+      <c r="I516">
+        <v>56544</v>
+      </c>
+      <c r="J516" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10">
+      <c r="A517" t="s">
+        <v>10</v>
+      </c>
+      <c r="B517" t="s">
+        <v>11</v>
+      </c>
+      <c r="C517" t="s">
+        <v>834</v>
+      </c>
+      <c r="D517" t="s">
+        <v>13</v>
+      </c>
+      <c r="E517" t="s">
+        <v>835</v>
+      </c>
+      <c r="F517" t="s">
+        <v>22</v>
+      </c>
+      <c r="G517">
+        <v>741</v>
+      </c>
+      <c r="H517">
+        <v>55090</v>
+      </c>
+      <c r="I517">
+        <v>55830</v>
+      </c>
+      <c r="J517" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10">
+      <c r="A518" t="s">
+        <v>10</v>
+      </c>
+      <c r="B518" t="s">
+        <v>11</v>
+      </c>
+      <c r="C518" t="s">
+        <v>834</v>
+      </c>
+      <c r="D518" t="s">
+        <v>13</v>
+      </c>
+      <c r="E518" t="s">
+        <v>835</v>
+      </c>
+      <c r="F518" t="s">
+        <v>22</v>
+      </c>
+      <c r="G518">
+        <v>743</v>
+      </c>
+      <c r="H518">
+        <v>54347</v>
+      </c>
+      <c r="I518">
+        <v>55089</v>
+      </c>
+      <c r="J518" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10">
+      <c r="A519" t="s">
+        <v>10</v>
+      </c>
+      <c r="B519" t="s">
+        <v>11</v>
+      </c>
+      <c r="C519" t="s">
+        <v>834</v>
+      </c>
+      <c r="D519" t="s">
+        <v>13</v>
+      </c>
+      <c r="E519" t="s">
+        <v>835</v>
+      </c>
+      <c r="F519" t="s">
+        <v>22</v>
+      </c>
+      <c r="G519">
+        <v>818</v>
+      </c>
+      <c r="H519">
+        <v>53529</v>
+      </c>
+      <c r="I519">
+        <v>54346</v>
+      </c>
+      <c r="J519" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10">
+      <c r="A520" t="s">
+        <v>10</v>
+      </c>
+      <c r="B520" t="s">
+        <v>11</v>
+      </c>
+      <c r="C520" t="s">
+        <v>834</v>
+      </c>
+      <c r="D520" t="s">
+        <v>13</v>
+      </c>
+      <c r="E520" t="s">
+        <v>835</v>
+      </c>
+      <c r="F520" t="s">
+        <v>22</v>
+      </c>
+      <c r="G520">
+        <v>838</v>
+      </c>
+      <c r="H520">
+        <v>52691</v>
+      </c>
+      <c r="I520">
+        <v>53528</v>
+      </c>
+      <c r="J520" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10">
+      <c r="A521" t="s">
+        <v>10</v>
+      </c>
+      <c r="B521" t="s">
+        <v>11</v>
+      </c>
+      <c r="C521" t="s">
+        <v>834</v>
+      </c>
+      <c r="D521" t="s">
+        <v>13</v>
+      </c>
+      <c r="E521" t="s">
+        <v>835</v>
+      </c>
+      <c r="F521" t="s">
+        <v>22</v>
+      </c>
+      <c r="G521">
+        <v>884</v>
+      </c>
+      <c r="H521">
+        <v>51807</v>
+      </c>
+      <c r="I521">
+        <v>52690</v>
+      </c>
+      <c r="J521" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10">
+      <c r="A522" t="s">
+        <v>10</v>
+      </c>
+      <c r="B522" t="s">
+        <v>11</v>
+      </c>
+      <c r="C522" t="s">
+        <v>834</v>
+      </c>
+      <c r="D522" t="s">
+        <v>13</v>
+      </c>
+      <c r="E522" t="s">
+        <v>835</v>
+      </c>
+      <c r="F522" t="s">
+        <v>22</v>
+      </c>
+      <c r="G522">
+        <v>902</v>
+      </c>
+      <c r="H522">
+        <v>50905</v>
+      </c>
+      <c r="I522">
+        <v>51806</v>
+      </c>
+      <c r="J522" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10">
+      <c r="A523" t="s">
+        <v>10</v>
+      </c>
+      <c r="B523" t="s">
+        <v>11</v>
+      </c>
+      <c r="C523" t="s">
+        <v>834</v>
+      </c>
+      <c r="D523" t="s">
+        <v>13</v>
+      </c>
+      <c r="E523" t="s">
+        <v>835</v>
+      </c>
+      <c r="F523" t="s">
+        <v>22</v>
+      </c>
+      <c r="G523">
+        <v>942</v>
+      </c>
+      <c r="H523">
+        <v>49963</v>
+      </c>
+      <c r="I523">
+        <v>50904</v>
+      </c>
+      <c r="J523" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10">
+      <c r="A524" t="s">
+        <v>10</v>
+      </c>
+      <c r="B524" t="s">
+        <v>11</v>
+      </c>
+      <c r="C524" t="s">
+        <v>834</v>
+      </c>
+      <c r="D524" t="s">
+        <v>13</v>
+      </c>
+      <c r="E524" t="s">
+        <v>835</v>
+      </c>
+      <c r="F524" t="s">
+        <v>22</v>
+      </c>
+      <c r="G524">
+        <v>946</v>
+      </c>
+      <c r="H524">
+        <v>49017</v>
+      </c>
+      <c r="I524">
+        <v>49962</v>
+      </c>
+      <c r="J524" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10">
+      <c r="A525" t="s">
+        <v>10</v>
+      </c>
+      <c r="B525" t="s">
+        <v>11</v>
+      </c>
+      <c r="C525" t="s">
+        <v>834</v>
+      </c>
+      <c r="D525" t="s">
+        <v>13</v>
+      </c>
+      <c r="E525" t="s">
+        <v>835</v>
+      </c>
+      <c r="F525" t="s">
+        <v>22</v>
+      </c>
+      <c r="G525">
+        <v>954</v>
+      </c>
+      <c r="H525">
+        <v>48063</v>
+      </c>
+      <c r="I525">
+        <v>49016</v>
+      </c>
+      <c r="J525" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10">
+      <c r="A526" t="s">
+        <v>10</v>
+      </c>
+      <c r="B526" t="s">
+        <v>11</v>
+      </c>
+      <c r="C526" t="s">
+        <v>834</v>
+      </c>
+      <c r="D526" t="s">
+        <v>13</v>
+      </c>
+      <c r="E526" t="s">
+        <v>835</v>
+      </c>
+      <c r="F526" t="s">
+        <v>22</v>
+      </c>
+      <c r="G526" t="s">
+        <v>853</v>
+      </c>
+      <c r="H526">
+        <v>47031</v>
+      </c>
+      <c r="I526">
+        <v>48062</v>
+      </c>
+      <c r="J526" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10">
+      <c r="A527" t="s">
+        <v>10</v>
+      </c>
+      <c r="B527" t="s">
+        <v>11</v>
+      </c>
+      <c r="C527" t="s">
+        <v>834</v>
+      </c>
+      <c r="D527" t="s">
+        <v>13</v>
+      </c>
+      <c r="E527" t="s">
+        <v>835</v>
+      </c>
+      <c r="F527" t="s">
+        <v>22</v>
+      </c>
+      <c r="G527" t="s">
+        <v>855</v>
+      </c>
+      <c r="H527">
+        <v>45966</v>
+      </c>
+      <c r="I527">
+        <v>47030</v>
+      </c>
+      <c r="J527" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="528" spans="1:10">
+      <c r="A528" t="s">
+        <v>10</v>
+      </c>
+      <c r="B528" t="s">
+        <v>11</v>
+      </c>
+      <c r="C528" t="s">
+        <v>834</v>
+      </c>
+      <c r="D528" t="s">
+        <v>13</v>
+      </c>
+      <c r="E528" t="s">
+        <v>21</v>
+      </c>
+      <c r="F528" t="s">
+        <v>22</v>
+      </c>
+      <c r="G528" t="s">
+        <v>857</v>
+      </c>
+      <c r="H528">
+        <v>44868</v>
+      </c>
+      <c r="I528">
+        <v>45965</v>
+      </c>
+      <c r="J528" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10">
+      <c r="A529" t="s">
+        <v>10</v>
+      </c>
+      <c r="B529" t="s">
+        <v>11</v>
+      </c>
+      <c r="C529" t="s">
+        <v>834</v>
+      </c>
+      <c r="D529" t="s">
+        <v>13</v>
+      </c>
+      <c r="E529" t="s">
+        <v>21</v>
+      </c>
+      <c r="F529" t="s">
+        <v>22</v>
+      </c>
+      <c r="G529" t="s">
+        <v>859</v>
+      </c>
+      <c r="H529">
+        <v>43721</v>
+      </c>
+      <c r="I529">
+        <v>44867</v>
+      </c>
+      <c r="J529" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10">
+      <c r="A530" t="s">
+        <v>10</v>
+      </c>
+      <c r="B530" t="s">
+        <v>11</v>
+      </c>
+      <c r="C530" t="s">
+        <v>834</v>
+      </c>
+      <c r="D530" t="s">
+        <v>13</v>
+      </c>
+      <c r="E530" t="s">
+        <v>21</v>
+      </c>
+      <c r="F530" t="s">
+        <v>22</v>
+      </c>
+      <c r="G530" t="s">
+        <v>861</v>
+      </c>
+      <c r="H530">
+        <v>42217</v>
+      </c>
+      <c r="I530">
+        <v>43720</v>
+      </c>
+      <c r="J530" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10">
+      <c r="A531" t="s">
+        <v>10</v>
+      </c>
+      <c r="B531" t="s">
+        <v>11</v>
+      </c>
+      <c r="C531" t="s">
+        <v>834</v>
+      </c>
+      <c r="D531" t="s">
+        <v>13</v>
+      </c>
+      <c r="E531" t="s">
+        <v>21</v>
+      </c>
+      <c r="F531" t="s">
+        <v>22</v>
+      </c>
+      <c r="G531" t="s">
+        <v>863</v>
+      </c>
+      <c r="H531">
+        <v>40664</v>
+      </c>
+      <c r="I531">
+        <v>42216</v>
+      </c>
+      <c r="J531" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10">
+      <c r="A532" t="s">
+        <v>10</v>
+      </c>
+      <c r="B532" t="s">
+        <v>11</v>
+      </c>
+      <c r="C532" t="s">
+        <v>834</v>
+      </c>
+      <c r="D532" t="s">
+        <v>13</v>
+      </c>
+      <c r="E532" t="s">
+        <v>21</v>
+      </c>
+      <c r="F532" t="s">
+        <v>22</v>
+      </c>
+      <c r="G532" t="s">
+        <v>865</v>
+      </c>
+      <c r="H532">
+        <v>39022</v>
+      </c>
+      <c r="I532">
+        <v>40663</v>
+      </c>
+      <c r="J532" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10">
+      <c r="A533" t="s">
+        <v>10</v>
+      </c>
+      <c r="B533" t="s">
+        <v>11</v>
+      </c>
+      <c r="C533" t="s">
+        <v>834</v>
+      </c>
+      <c r="D533" t="s">
+        <v>13</v>
+      </c>
+      <c r="E533" t="s">
+        <v>21</v>
+      </c>
+      <c r="F533" t="s">
+        <v>22</v>
+      </c>
+      <c r="G533" t="s">
+        <v>867</v>
+      </c>
+      <c r="H533">
+        <v>37337</v>
+      </c>
+      <c r="I533">
+        <v>39021</v>
+      </c>
+      <c r="J533" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10">
+      <c r="A534" t="s">
+        <v>10</v>
+      </c>
+      <c r="B534" t="s">
+        <v>11</v>
+      </c>
+      <c r="C534" t="s">
+        <v>834</v>
+      </c>
+      <c r="D534" t="s">
+        <v>13</v>
+      </c>
+      <c r="E534" t="s">
+        <v>21</v>
+      </c>
+      <c r="F534" t="s">
+        <v>22</v>
+      </c>
+      <c r="G534" t="s">
+        <v>869</v>
+      </c>
+      <c r="H534">
+        <v>35534</v>
+      </c>
+      <c r="I534">
+        <v>37336</v>
+      </c>
+      <c r="J534" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10">
+      <c r="A535" t="s">
+        <v>10</v>
+      </c>
+      <c r="B535" t="s">
+        <v>11</v>
+      </c>
+      <c r="C535" t="s">
+        <v>834</v>
+      </c>
+      <c r="D535" t="s">
+        <v>13</v>
+      </c>
+      <c r="E535" t="s">
+        <v>21</v>
+      </c>
+      <c r="F535" t="s">
+        <v>22</v>
+      </c>
+      <c r="G535" t="s">
+        <v>871</v>
+      </c>
+      <c r="H535">
+        <v>33633</v>
+      </c>
+      <c r="I535">
+        <v>35533</v>
+      </c>
+      <c r="J535" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10">
+      <c r="A536" t="s">
+        <v>10</v>
+      </c>
+      <c r="B536" t="s">
+        <v>11</v>
+      </c>
+      <c r="C536" t="s">
+        <v>873</v>
+      </c>
+      <c r="D536" t="s">
+        <v>13</v>
+      </c>
+      <c r="E536" t="s">
+        <v>21</v>
+      </c>
+      <c r="F536" t="s">
+        <v>22</v>
+      </c>
+      <c r="G536" t="s">
+        <v>874</v>
+      </c>
+      <c r="H536">
+        <v>31621</v>
+      </c>
+      <c r="I536">
+        <v>33632</v>
+      </c>
+      <c r="J536" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10">
+      <c r="A537" t="s">
+        <v>10</v>
+      </c>
+      <c r="B537" t="s">
+        <v>11</v>
+      </c>
+      <c r="C537" t="s">
+        <v>873</v>
+      </c>
+      <c r="D537" t="s">
+        <v>13</v>
+      </c>
+      <c r="E537" t="s">
+        <v>21</v>
+      </c>
+      <c r="F537" t="s">
+        <v>22</v>
+      </c>
+      <c r="G537" t="s">
+        <v>876</v>
+      </c>
+      <c r="H537">
+        <v>30175</v>
+      </c>
+      <c r="I537">
+        <v>31620</v>
+      </c>
+      <c r="J537" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10">
+      <c r="A538" t="s">
+        <v>10</v>
+      </c>
+      <c r="B538" t="s">
+        <v>11</v>
+      </c>
+      <c r="C538" t="s">
+        <v>873</v>
+      </c>
+      <c r="D538" t="s">
+        <v>13</v>
+      </c>
+      <c r="E538" t="s">
+        <v>21</v>
+      </c>
+      <c r="F538" t="s">
+        <v>22</v>
+      </c>
+      <c r="G538" t="s">
+        <v>878</v>
+      </c>
+      <c r="H538">
+        <v>28589</v>
+      </c>
+      <c r="I538">
+        <v>30174</v>
+      </c>
+      <c r="J538" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10">
+      <c r="A539" t="s">
+        <v>10</v>
+      </c>
+      <c r="B539" t="s">
+        <v>11</v>
+      </c>
+      <c r="C539" t="s">
+        <v>873</v>
+      </c>
+      <c r="D539" t="s">
+        <v>13</v>
+      </c>
+      <c r="E539" t="s">
+        <v>835</v>
+      </c>
+      <c r="F539" t="s">
+        <v>22</v>
+      </c>
+      <c r="G539" t="s">
+        <v>880</v>
+      </c>
+      <c r="H539">
+        <v>27400</v>
+      </c>
+      <c r="I539">
+        <v>28588</v>
+      </c>
+      <c r="J539" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10">
+      <c r="A540" t="s">
+        <v>10</v>
+      </c>
+      <c r="B540" t="s">
+        <v>11</v>
+      </c>
+      <c r="C540" t="s">
+        <v>873</v>
+      </c>
+      <c r="D540" t="s">
+        <v>13</v>
+      </c>
+      <c r="E540" t="s">
+        <v>835</v>
+      </c>
+      <c r="F540" t="s">
+        <v>22</v>
+      </c>
+      <c r="G540" t="s">
+        <v>882</v>
+      </c>
+      <c r="H540">
+        <v>26171</v>
+      </c>
+      <c r="I540">
+        <v>27399</v>
+      </c>
+      <c r="J540" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10">
+      <c r="A541" t="s">
+        <v>10</v>
+      </c>
+      <c r="B541" t="s">
+        <v>11</v>
+      </c>
+      <c r="C541" t="s">
+        <v>873</v>
+      </c>
+      <c r="D541" t="s">
+        <v>13</v>
+      </c>
+      <c r="E541" t="s">
+        <v>835</v>
+      </c>
+      <c r="F541" t="s">
+        <v>22</v>
+      </c>
+      <c r="G541" t="s">
+        <v>884</v>
+      </c>
+      <c r="H541">
+        <v>24903</v>
+      </c>
+      <c r="I541">
+        <v>26170</v>
+      </c>
+      <c r="J541" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="542" spans="1:10">
+      <c r="A542" t="s">
+        <v>10</v>
+      </c>
+      <c r="B542" t="s">
+        <v>11</v>
+      </c>
+      <c r="C542" t="s">
+        <v>873</v>
+      </c>
+      <c r="D542" t="s">
+        <v>13</v>
+      </c>
+      <c r="E542" t="s">
+        <v>835</v>
+      </c>
+      <c r="F542" t="s">
+        <v>22</v>
+      </c>
+      <c r="G542" t="s">
+        <v>886</v>
+      </c>
+      <c r="H542">
+        <v>23612</v>
+      </c>
+      <c r="I542">
+        <v>24902</v>
+      </c>
+      <c r="J542" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10">
+      <c r="A543" t="s">
+        <v>10</v>
+      </c>
+      <c r="B543" t="s">
+        <v>11</v>
+      </c>
+      <c r="C543" t="s">
+        <v>873</v>
+      </c>
+      <c r="D543" t="s">
+        <v>13</v>
+      </c>
+      <c r="E543" t="s">
+        <v>835</v>
+      </c>
+      <c r="F543" t="s">
+        <v>22</v>
+      </c>
+      <c r="G543" t="s">
+        <v>498</v>
+      </c>
+      <c r="H543">
+        <v>22228</v>
+      </c>
+      <c r="I543">
+        <v>23611</v>
+      </c>
+      <c r="J543" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10">
+      <c r="A544" t="s">
+        <v>10</v>
+      </c>
+      <c r="B544" t="s">
+        <v>11</v>
+      </c>
+      <c r="C544" t="s">
+        <v>873</v>
+      </c>
+      <c r="D544" t="s">
+        <v>13</v>
+      </c>
+      <c r="E544" t="s">
+        <v>835</v>
+      </c>
+      <c r="F544" t="s">
+        <v>22</v>
+      </c>
+      <c r="G544" t="s">
+        <v>889</v>
+      </c>
+      <c r="H544">
+        <v>20805</v>
+      </c>
+      <c r="I544">
+        <v>22227</v>
+      </c>
+      <c r="J544" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10">
+      <c r="A545" t="s">
+        <v>10</v>
+      </c>
+      <c r="B545" t="s">
+        <v>11</v>
+      </c>
+      <c r="C545" t="s">
+        <v>891</v>
+      </c>
+      <c r="D545" t="s">
+        <v>13</v>
+      </c>
+      <c r="E545" t="s">
+        <v>835</v>
+      </c>
+      <c r="F545" t="s">
+        <v>22</v>
+      </c>
+      <c r="G545" t="s">
+        <v>691</v>
+      </c>
+      <c r="H545">
+        <v>19039</v>
+      </c>
+      <c r="I545">
+        <v>20804</v>
+      </c>
+      <c r="J545" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10">
+      <c r="A546" t="s">
+        <v>10</v>
+      </c>
+      <c r="B546" t="s">
+        <v>11</v>
+      </c>
+      <c r="C546" t="s">
+        <v>893</v>
+      </c>
+      <c r="D546" t="s">
+        <v>13</v>
+      </c>
+      <c r="E546" t="s">
+        <v>835</v>
+      </c>
+      <c r="F546" t="s">
+        <v>22</v>
+      </c>
+      <c r="G546" t="s">
+        <v>894</v>
+      </c>
+      <c r="H546">
+        <v>1</v>
+      </c>
+      <c r="I546">
+        <v>19038</v>
+      </c>
+      <c r="J546" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10">
+      <c r="A547" t="s">
+        <v>10</v>
+      </c>
+      <c r="B547" t="s">
+        <v>11</v>
+      </c>
+      <c r="C547" t="s">
+        <v>893</v>
+      </c>
+      <c r="D547" t="s">
+        <v>13</v>
+      </c>
+      <c r="E547" t="s">
+        <v>835</v>
+      </c>
+      <c r="F547" t="s">
+        <v>22</v>
+      </c>
+      <c r="G547" t="s">
+        <v>896</v>
+      </c>
+      <c r="H547">
+        <v>65694</v>
+      </c>
+      <c r="I547">
+        <v>76206</v>
+      </c>
+      <c r="J547" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10">
+      <c r="A548" t="s">
+        <v>10</v>
+      </c>
+      <c r="B548" t="s">
+        <v>11</v>
+      </c>
+      <c r="C548" t="s">
+        <v>893</v>
+      </c>
+      <c r="D548" t="s">
+        <v>13</v>
+      </c>
+      <c r="E548" t="s">
+        <v>835</v>
+      </c>
+      <c r="F548" t="s">
+        <v>22</v>
+      </c>
+      <c r="G548" t="s">
+        <v>898</v>
+      </c>
+      <c r="H548">
+        <v>52406</v>
+      </c>
+      <c r="I548">
+        <v>65693</v>
+      </c>
+      <c r="J548" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10">
+      <c r="A549" t="s">
+        <v>10</v>
+      </c>
+      <c r="B549" t="s">
+        <v>11</v>
+      </c>
+      <c r="C549" t="s">
+        <v>893</v>
+      </c>
+      <c r="D549" t="s">
+        <v>13</v>
+      </c>
+      <c r="E549" t="s">
+        <v>835</v>
+      </c>
+      <c r="F549" t="s">
+        <v>22</v>
+      </c>
+      <c r="G549" t="s">
+        <v>900</v>
+      </c>
+      <c r="H549">
+        <v>39448</v>
+      </c>
+      <c r="I549">
+        <v>52405</v>
+      </c>
+      <c r="J549" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10">
+      <c r="A550" t="s">
+        <v>10</v>
+      </c>
+      <c r="B550" t="s">
+        <v>11</v>
+      </c>
+      <c r="C550" t="s">
+        <v>893</v>
+      </c>
+      <c r="D550" t="s">
+        <v>13</v>
+      </c>
+      <c r="E550" t="s">
+        <v>835</v>
+      </c>
+      <c r="F550" t="s">
+        <v>22</v>
+      </c>
+      <c r="G550" t="s">
+        <v>902</v>
+      </c>
+      <c r="H550">
+        <v>35172</v>
+      </c>
+      <c r="I550">
+        <v>39447</v>
+      </c>
+      <c r="J550" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10">
+      <c r="A551" t="s">
+        <v>10</v>
+      </c>
+      <c r="B551" t="s">
+        <v>11</v>
+      </c>
+      <c r="C551" t="s">
+        <v>893</v>
+      </c>
+      <c r="D551" t="s">
+        <v>13</v>
+      </c>
+      <c r="E551" t="s">
+        <v>835</v>
+      </c>
+      <c r="F551" t="s">
+        <v>22</v>
+      </c>
+      <c r="G551" t="s">
+        <v>904</v>
+      </c>
+      <c r="H551">
+        <v>26688</v>
+      </c>
+      <c r="I551">
+        <v>35171</v>
+      </c>
+      <c r="J551" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="552" spans="1:10">
+      <c r="A552" t="s">
+        <v>10</v>
+      </c>
+      <c r="B552" t="s">
+        <v>11</v>
+      </c>
+      <c r="C552" t="s">
+        <v>893</v>
+      </c>
+      <c r="D552" t="s">
+        <v>13</v>
+      </c>
+      <c r="E552" t="s">
+        <v>835</v>
+      </c>
+      <c r="F552" t="s">
+        <v>22</v>
+      </c>
+      <c r="G552" t="s">
+        <v>906</v>
+      </c>
+      <c r="H552">
+        <v>25236</v>
+      </c>
+      <c r="I552">
+        <v>26687</v>
+      </c>
+      <c r="J552" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10">
+      <c r="A553" t="s">
+        <v>10</v>
+      </c>
+      <c r="B553" t="s">
+        <v>11</v>
+      </c>
+      <c r="C553" t="s">
+        <v>893</v>
+      </c>
+      <c r="D553" t="s">
+        <v>13</v>
+      </c>
+      <c r="E553" t="s">
+        <v>835</v>
+      </c>
+      <c r="F553" t="s">
+        <v>22</v>
+      </c>
+      <c r="G553" t="s">
+        <v>908</v>
+      </c>
+      <c r="H553">
+        <v>22339</v>
+      </c>
+      <c r="I553">
+        <v>25235</v>
+      </c>
+      <c r="J553" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10">
+      <c r="A554" t="s">
+        <v>10</v>
+      </c>
+      <c r="B554" t="s">
+        <v>11</v>
+      </c>
+      <c r="C554" t="s">
+        <v>893</v>
+      </c>
+      <c r="D554" t="s">
+        <v>13</v>
+      </c>
+      <c r="E554" t="s">
+        <v>835</v>
+      </c>
+      <c r="F554" t="s">
+        <v>22</v>
+      </c>
+      <c r="G554" t="s">
+        <v>774</v>
+      </c>
+      <c r="H554">
+        <v>20976</v>
+      </c>
+      <c r="I554">
+        <v>22338</v>
+      </c>
+      <c r="J554" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="555" spans="1:10">
+      <c r="A555" t="s">
+        <v>10</v>
+      </c>
+      <c r="B555" t="s">
+        <v>11</v>
+      </c>
+      <c r="C555" t="s">
+        <v>893</v>
+      </c>
+      <c r="D555" t="s">
+        <v>13</v>
+      </c>
+      <c r="E555" t="s">
+        <v>835</v>
+      </c>
+      <c r="F555" t="s">
+        <v>22</v>
+      </c>
+      <c r="G555" t="s">
+        <v>911</v>
+      </c>
+      <c r="H555">
+        <v>17524</v>
+      </c>
+      <c r="I555">
+        <v>20975</v>
+      </c>
+      <c r="J555" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10">
+      <c r="A556" t="s">
+        <v>10</v>
+      </c>
+      <c r="B556" t="s">
+        <v>11</v>
+      </c>
+      <c r="C556" t="s">
+        <v>893</v>
+      </c>
+      <c r="D556" t="s">
+        <v>13</v>
+      </c>
+      <c r="E556" t="s">
+        <v>835</v>
+      </c>
+      <c r="F556" t="s">
+        <v>22</v>
+      </c>
+      <c r="G556" t="s">
+        <v>913</v>
+      </c>
+      <c r="H556">
+        <v>10596</v>
+      </c>
+      <c r="I556">
+        <v>17523</v>
+      </c>
+      <c r="J556" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10">
+      <c r="A557" t="s">
+        <v>10</v>
+      </c>
+      <c r="B557" t="s">
+        <v>11</v>
+      </c>
+      <c r="C557" t="s">
+        <v>893</v>
+      </c>
+      <c r="D557" t="s">
+        <v>13</v>
+      </c>
+      <c r="E557" t="s">
+        <v>835</v>
+      </c>
+      <c r="F557" t="s">
+        <v>22</v>
+      </c>
+      <c r="G557" t="s">
+        <v>915</v>
+      </c>
+      <c r="H557">
+        <v>9279</v>
+      </c>
+      <c r="I557">
+        <v>10595</v>
+      </c>
+      <c r="J557" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="558" spans="1:10">
+      <c r="A558" t="s">
+        <v>10</v>
+      </c>
+      <c r="B558" t="s">
+        <v>11</v>
+      </c>
+      <c r="C558" t="s">
+        <v>893</v>
+      </c>
+      <c r="D558" t="s">
+        <v>13</v>
+      </c>
+      <c r="E558" t="s">
+        <v>835</v>
+      </c>
+      <c r="F558" t="s">
+        <v>22</v>
+      </c>
+      <c r="G558" t="s">
+        <v>917</v>
+      </c>
+      <c r="H558">
+        <v>7631</v>
+      </c>
+      <c r="I558">
+        <v>9278</v>
+      </c>
+      <c r="J558" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="559" spans="1:10">
+      <c r="A559" t="s">
+        <v>10</v>
+      </c>
+      <c r="B559" t="s">
+        <v>11</v>
+      </c>
+      <c r="C559" t="s">
+        <v>893</v>
+      </c>
+      <c r="D559" t="s">
+        <v>13</v>
+      </c>
+      <c r="E559" t="s">
+        <v>835</v>
+      </c>
+      <c r="F559" t="s">
+        <v>22</v>
+      </c>
+      <c r="G559" t="s">
+        <v>555</v>
+      </c>
+      <c r="H559">
+        <v>6037</v>
+      </c>
+      <c r="I559">
+        <v>7630</v>
+      </c>
+      <c r="J559" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10">
+      <c r="A560" t="s">
+        <v>10</v>
+      </c>
+      <c r="B560" t="s">
+        <v>11</v>
+      </c>
+      <c r="C560" t="s">
+        <v>893</v>
+      </c>
+      <c r="D560" t="s">
+        <v>13</v>
+      </c>
+      <c r="E560" t="s">
+        <v>835</v>
+      </c>
+      <c r="F560" t="s">
+        <v>22</v>
+      </c>
+      <c r="G560">
+        <v>559</v>
+      </c>
+      <c r="H560">
+        <v>5478</v>
+      </c>
+      <c r="I560">
+        <v>6036</v>
+      </c>
+      <c r="J560" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10">
+      <c r="A561" t="s">
+        <v>10</v>
+      </c>
+      <c r="B561" t="s">
+        <v>11</v>
+      </c>
+      <c r="C561" t="s">
+        <v>893</v>
+      </c>
+      <c r="D561" t="s">
+        <v>13</v>
+      </c>
+      <c r="E561" t="s">
+        <v>835</v>
+      </c>
+      <c r="F561" t="s">
+        <v>22</v>
+      </c>
+      <c r="G561">
+        <v>776</v>
+      </c>
+      <c r="H561">
+        <v>4702</v>
+      </c>
+      <c r="I561">
+        <v>5477</v>
+      </c>
+      <c r="J561" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10">
+      <c r="A562" t="s">
+        <v>10</v>
+      </c>
+      <c r="B562" t="s">
+        <v>11</v>
+      </c>
+      <c r="C562" t="s">
+        <v>893</v>
+      </c>
+      <c r="D562" t="s">
+        <v>13</v>
+      </c>
+      <c r="E562" t="s">
+        <v>835</v>
+      </c>
+      <c r="F562" t="s">
+        <v>22</v>
+      </c>
+      <c r="G562">
+        <v>384</v>
+      </c>
+      <c r="H562">
+        <v>4318</v>
+      </c>
+      <c r="I562">
+        <v>4701</v>
+      </c>
+      <c r="J562" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="563" spans="1:10">
+      <c r="A563" t="s">
+        <v>10</v>
+      </c>
+      <c r="B563" t="s">
+        <v>11</v>
+      </c>
+      <c r="C563" t="s">
+        <v>893</v>
+      </c>
+      <c r="D563" t="s">
+        <v>13</v>
+      </c>
+      <c r="E563" t="s">
+        <v>835</v>
+      </c>
+      <c r="F563" t="s">
+        <v>22</v>
+      </c>
+      <c r="G563" t="s">
+        <v>923</v>
+      </c>
+      <c r="H563">
+        <v>3079</v>
+      </c>
+      <c r="I563">
+        <v>4317</v>
+      </c>
+      <c r="J563" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10">
+      <c r="A564" t="s">
+        <v>10</v>
+      </c>
+      <c r="B564" t="s">
+        <v>11</v>
+      </c>
+      <c r="C564" t="s">
+        <v>893</v>
+      </c>
+      <c r="D564" t="s">
+        <v>13</v>
+      </c>
+      <c r="E564" t="s">
+        <v>835</v>
+      </c>
+      <c r="F564" t="s">
+        <v>22</v>
+      </c>
+      <c r="G564" t="s">
+        <v>925</v>
+      </c>
+      <c r="H564">
+        <v>1102</v>
+      </c>
+      <c r="I564">
+        <v>3078</v>
+      </c>
+      <c r="J564" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10">
+      <c r="A565" t="s">
+        <v>10</v>
+      </c>
+      <c r="B565" t="s">
+        <v>11</v>
+      </c>
+      <c r="C565" t="s">
+        <v>893</v>
+      </c>
+      <c r="D565" t="s">
+        <v>13</v>
+      </c>
+      <c r="E565" t="s">
+        <v>835</v>
+      </c>
+      <c r="F565" t="s">
+        <v>22</v>
+      </c>
+      <c r="G565">
+        <v>850</v>
+      </c>
+      <c r="H565">
+        <v>252</v>
+      </c>
+      <c r="I565">
+        <v>1101</v>
+      </c>
+      <c r="J565" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="566" spans="1:10">
+      <c r="A566" t="s">
+        <v>10</v>
+      </c>
+      <c r="B566" t="s">
+        <v>11</v>
+      </c>
+      <c r="C566" t="s">
+        <v>893</v>
+      </c>
+      <c r="D566" t="s">
+        <v>13</v>
+      </c>
+      <c r="E566" t="s">
+        <v>835</v>
+      </c>
+      <c r="F566" t="s">
+        <v>22</v>
+      </c>
+      <c r="G566">
+        <v>251</v>
+      </c>
+      <c r="H566">
+        <v>1</v>
+      </c>
+      <c r="I566">
+        <v>251</v>
+      </c>
+      <c r="J566" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10">
+      <c r="A567" t="s">
+        <v>10</v>
+      </c>
+      <c r="B567" t="s">
+        <v>11</v>
+      </c>
+      <c r="C567" t="s">
+        <v>893</v>
+      </c>
+      <c r="D567" t="s">
+        <v>13</v>
+      </c>
+      <c r="E567" t="s">
+        <v>835</v>
+      </c>
+      <c r="F567" t="s">
+        <v>22</v>
+      </c>
+      <c r="G567">
+        <v>848</v>
+      </c>
+      <c r="H567">
+        <v>144151</v>
+      </c>
+      <c r="I567">
+        <v>144998</v>
+      </c>
+      <c r="J567" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10">
+      <c r="A568" t="s">
+        <v>10</v>
+      </c>
+      <c r="B568" t="s">
+        <v>11</v>
+      </c>
+      <c r="C568" t="s">
+        <v>893</v>
+      </c>
+      <c r="D568" t="s">
+        <v>13</v>
+      </c>
+      <c r="E568" t="s">
+        <v>835</v>
+      </c>
+      <c r="F568" t="s">
+        <v>22</v>
+      </c>
+      <c r="G568" t="s">
+        <v>930</v>
+      </c>
+      <c r="H568">
+        <v>143132</v>
+      </c>
+      <c r="I568">
+        <v>144150</v>
+      </c>
+      <c r="J568" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10">
+      <c r="A569" t="s">
+        <v>10</v>
+      </c>
+      <c r="B569" t="s">
+        <v>11</v>
+      </c>
+      <c r="C569" t="s">
+        <v>893</v>
+      </c>
+      <c r="D569" t="s">
+        <v>13</v>
+      </c>
+      <c r="E569" t="s">
+        <v>835</v>
+      </c>
+      <c r="F569" t="s">
+        <v>22</v>
+      </c>
+      <c r="G569">
+        <v>698</v>
+      </c>
+      <c r="H569">
+        <v>142434</v>
+      </c>
+      <c r="I569">
+        <v>143131</v>
+      </c>
+      <c r="J569" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10">
+      <c r="A570" t="s">
+        <v>10</v>
+      </c>
+      <c r="B570" t="s">
+        <v>11</v>
+      </c>
+      <c r="C570" t="s">
+        <v>893</v>
+      </c>
+      <c r="D570" t="s">
+        <v>13</v>
+      </c>
+      <c r="E570" t="s">
+        <v>835</v>
+      </c>
+      <c r="F570" t="s">
+        <v>22</v>
+      </c>
+      <c r="G570">
+        <v>356</v>
+      </c>
+      <c r="H570">
+        <v>142078</v>
+      </c>
+      <c r="I570">
+        <v>142433</v>
+      </c>
+      <c r="J570" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="571" spans="1:10">
+      <c r="A571" t="s">
+        <v>10</v>
+      </c>
+      <c r="B571" t="s">
+        <v>11</v>
+      </c>
+      <c r="C571" t="s">
+        <v>893</v>
+      </c>
+      <c r="D571" t="s">
+        <v>13</v>
+      </c>
+      <c r="E571" t="s">
+        <v>835</v>
+      </c>
+      <c r="F571" t="s">
+        <v>22</v>
+      </c>
+      <c r="G571">
+        <v>929</v>
+      </c>
+      <c r="H571">
+        <v>141149</v>
+      </c>
+      <c r="I571">
+        <v>142077</v>
+      </c>
+      <c r="J571" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10">
+      <c r="A572" t="s">
+        <v>10</v>
+      </c>
+      <c r="B572" t="s">
+        <v>11</v>
+      </c>
+      <c r="C572" t="s">
+        <v>893</v>
+      </c>
+      <c r="D572" t="s">
+        <v>13</v>
+      </c>
+      <c r="E572" t="s">
+        <v>835</v>
+      </c>
+      <c r="F572" t="s">
+        <v>22</v>
+      </c>
+      <c r="G572" t="s">
+        <v>935</v>
+      </c>
+      <c r="H572">
+        <v>138102</v>
+      </c>
+      <c r="I572">
+        <v>141148</v>
+      </c>
+      <c r="J572" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="573" spans="1:10">
+      <c r="A573" t="s">
+        <v>10</v>
+      </c>
+      <c r="B573" t="s">
+        <v>11</v>
+      </c>
+      <c r="C573" t="s">
+        <v>893</v>
+      </c>
+      <c r="D573" t="s">
+        <v>13</v>
+      </c>
+      <c r="E573" t="s">
+        <v>835</v>
+      </c>
+      <c r="F573" t="s">
+        <v>22</v>
+      </c>
+      <c r="G573">
+        <v>853</v>
+      </c>
+      <c r="H573">
+        <v>137249</v>
+      </c>
+      <c r="I573">
+        <v>138101</v>
+      </c>
+      <c r="J573" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10">
+      <c r="A574" t="s">
+        <v>10</v>
+      </c>
+      <c r="B574" t="s">
+        <v>11</v>
+      </c>
+      <c r="C574" t="s">
+        <v>893</v>
+      </c>
+      <c r="D574" t="s">
+        <v>13</v>
+      </c>
+      <c r="E574" t="s">
+        <v>835</v>
+      </c>
+      <c r="F574" t="s">
+        <v>22</v>
+      </c>
+      <c r="G574" t="s">
+        <v>684</v>
+      </c>
+      <c r="H574">
+        <v>136112</v>
+      </c>
+      <c r="I574">
+        <v>137248</v>
+      </c>
+      <c r="J574" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10">
+      <c r="A575" t="s">
+        <v>10</v>
+      </c>
+      <c r="B575" t="s">
+        <v>11</v>
+      </c>
+      <c r="C575" t="s">
+        <v>893</v>
+      </c>
+      <c r="D575" t="s">
+        <v>13</v>
+      </c>
+      <c r="E575" t="s">
+        <v>835</v>
+      </c>
+      <c r="F575" t="s">
+        <v>22</v>
+      </c>
+      <c r="G575" t="s">
+        <v>939</v>
+      </c>
+      <c r="H575">
+        <v>134960</v>
+      </c>
+      <c r="I575">
+        <v>136111</v>
+      </c>
+      <c r="J575" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10">
+      <c r="A576" t="s">
+        <v>10</v>
+      </c>
+      <c r="B576" t="s">
+        <v>11</v>
+      </c>
+      <c r="C576" t="s">
+        <v>893</v>
+      </c>
+      <c r="D576" t="s">
+        <v>13</v>
+      </c>
+      <c r="E576" t="s">
+        <v>835</v>
+      </c>
+      <c r="F576" t="s">
+        <v>22</v>
+      </c>
+      <c r="G576" t="s">
+        <v>941</v>
+      </c>
+      <c r="H576">
+        <v>133905</v>
+      </c>
+      <c r="I576">
+        <v>134959</v>
+      </c>
+      <c r="J576" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10">
+      <c r="A577" t="s">
+        <v>10</v>
+      </c>
+      <c r="B577" t="s">
+        <v>11</v>
+      </c>
+      <c r="C577" t="s">
+        <v>893</v>
+      </c>
+      <c r="D577" t="s">
+        <v>13</v>
+      </c>
+      <c r="E577" t="s">
+        <v>835</v>
+      </c>
+      <c r="F577" t="s">
+        <v>22</v>
+      </c>
+      <c r="G577" t="s">
+        <v>943</v>
+      </c>
+      <c r="H577">
+        <v>131773</v>
+      </c>
+      <c r="I577">
+        <v>133904</v>
+      </c>
+      <c r="J577" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10">
+      <c r="A578" t="s">
+        <v>10</v>
+      </c>
+      <c r="B578" t="s">
+        <v>11</v>
+      </c>
+      <c r="C578" t="s">
+        <v>893</v>
+      </c>
+      <c r="D578" t="s">
+        <v>13</v>
+      </c>
+      <c r="E578" t="s">
+        <v>835</v>
+      </c>
+      <c r="F578" t="s">
+        <v>22</v>
+      </c>
+      <c r="G578" t="s">
+        <v>945</v>
+      </c>
+      <c r="H578">
+        <v>129256</v>
+      </c>
+      <c r="I578">
+        <v>131772</v>
+      </c>
+      <c r="J578" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10">
+      <c r="A579" t="s">
+        <v>10</v>
+      </c>
+      <c r="B579" t="s">
+        <v>11</v>
+      </c>
+      <c r="C579" t="s">
+        <v>893</v>
+      </c>
+      <c r="D579" t="s">
+        <v>13</v>
+      </c>
+      <c r="E579" t="s">
+        <v>835</v>
+      </c>
+      <c r="F579" t="s">
+        <v>22</v>
+      </c>
+      <c r="G579" t="s">
+        <v>947</v>
+      </c>
+      <c r="H579">
+        <v>125188</v>
+      </c>
+      <c r="I579">
+        <v>129255</v>
+      </c>
+      <c r="J579" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="580" spans="1:10">
+      <c r="A580" t="s">
+        <v>10</v>
+      </c>
+      <c r="B580" t="s">
+        <v>11</v>
+      </c>
+      <c r="C580" t="s">
+        <v>893</v>
+      </c>
+      <c r="D580" t="s">
+        <v>13</v>
+      </c>
+      <c r="E580" t="s">
+        <v>835</v>
+      </c>
+      <c r="F580" t="s">
+        <v>22</v>
+      </c>
+      <c r="G580" t="s">
+        <v>949</v>
+      </c>
+      <c r="H580">
+        <v>123008</v>
+      </c>
+      <c r="I580">
+        <v>125187</v>
+      </c>
+      <c r="J580" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10">
+      <c r="A581" t="s">
+        <v>10</v>
+      </c>
+      <c r="B581" t="s">
+        <v>11</v>
+      </c>
+      <c r="C581" t="s">
+        <v>893</v>
+      </c>
+      <c r="D581" t="s">
+        <v>13</v>
+      </c>
+      <c r="E581" t="s">
+        <v>835</v>
+      </c>
+      <c r="F581" t="s">
+        <v>22</v>
+      </c>
+      <c r="G581" t="s">
+        <v>658</v>
+      </c>
+      <c r="H581">
+        <v>121667</v>
+      </c>
+      <c r="I581">
+        <v>123007</v>
+      </c>
+      <c r="J581" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="582" spans="1:10">
+      <c r="A582" t="s">
+        <v>10</v>
+      </c>
+      <c r="B582" t="s">
+        <v>11</v>
+      </c>
+      <c r="C582" t="s">
+        <v>893</v>
+      </c>
+      <c r="D582" t="s">
+        <v>13</v>
+      </c>
+      <c r="E582" t="s">
+        <v>835</v>
+      </c>
+      <c r="F582" t="s">
+        <v>22</v>
+      </c>
+      <c r="G582">
+        <v>831</v>
+      </c>
+      <c r="H582">
+        <v>120836</v>
+      </c>
+      <c r="I582">
+        <v>121666</v>
+      </c>
+      <c r="J582" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10">
+      <c r="A583" t="s">
+        <v>10</v>
+      </c>
+      <c r="B583" t="s">
+        <v>11</v>
+      </c>
+      <c r="C583" t="s">
+        <v>893</v>
+      </c>
+      <c r="D583" t="s">
+        <v>13</v>
+      </c>
+      <c r="E583" t="s">
+        <v>835</v>
+      </c>
+      <c r="F583" t="s">
+        <v>22</v>
+      </c>
+      <c r="G583">
+        <v>923</v>
+      </c>
+      <c r="H583">
+        <v>119913</v>
+      </c>
+      <c r="I583">
+        <v>120835</v>
+      </c>
+      <c r="J583" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10">
+      <c r="A584" t="s">
+        <v>10</v>
+      </c>
+      <c r="B584" t="s">
+        <v>11</v>
+      </c>
+      <c r="C584" t="s">
+        <v>893</v>
+      </c>
+      <c r="D584" t="s">
+        <v>13</v>
+      </c>
+      <c r="E584" t="s">
+        <v>835</v>
+      </c>
+      <c r="F584" t="s">
+        <v>22</v>
+      </c>
+      <c r="G584" t="s">
+        <v>954</v>
+      </c>
+      <c r="H584">
+        <v>118480</v>
+      </c>
+      <c r="I584">
+        <v>119912</v>
+      </c>
+      <c r="J584" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10">
+      <c r="A585" t="s">
+        <v>10</v>
+      </c>
+      <c r="B585" t="s">
+        <v>11</v>
+      </c>
+      <c r="C585" t="s">
+        <v>893</v>
+      </c>
+      <c r="D585" t="s">
+        <v>13</v>
+      </c>
+      <c r="E585" t="s">
+        <v>835</v>
+      </c>
+      <c r="F585" t="s">
+        <v>22</v>
+      </c>
+      <c r="G585" t="s">
+        <v>956</v>
+      </c>
+      <c r="H585">
+        <v>117331</v>
+      </c>
+      <c r="I585">
+        <v>118479</v>
+      </c>
+      <c r="J585" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10">
+      <c r="A586" t="s">
+        <v>10</v>
+      </c>
+      <c r="B586" t="s">
+        <v>11</v>
+      </c>
+      <c r="C586" t="s">
+        <v>893</v>
+      </c>
+      <c r="D586" t="s">
+        <v>13</v>
+      </c>
+      <c r="E586" t="s">
+        <v>835</v>
+      </c>
+      <c r="F586" t="s">
+        <v>22</v>
+      </c>
+      <c r="G586">
+        <v>909</v>
+      </c>
+      <c r="H586">
+        <v>116422</v>
+      </c>
+      <c r="I586">
+        <v>117330</v>
+      </c>
+      <c r="J586" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="587" spans="1:10">
+      <c r="A587" t="s">
+        <v>10</v>
+      </c>
+      <c r="B587" t="s">
+        <v>11</v>
+      </c>
+      <c r="C587" t="s">
+        <v>893</v>
+      </c>
+      <c r="D587" t="s">
+        <v>13</v>
+      </c>
+      <c r="E587" t="s">
+        <v>835</v>
+      </c>
+      <c r="F587" t="s">
+        <v>22</v>
+      </c>
+      <c r="G587" t="s">
+        <v>959</v>
+      </c>
+      <c r="H587">
+        <v>114518</v>
+      </c>
+      <c r="I587">
+        <v>116421</v>
+      </c>
+      <c r="J587" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="588" spans="1:10">
+      <c r="A588" t="s">
+        <v>10</v>
+      </c>
+      <c r="B588" t="s">
+        <v>11</v>
+      </c>
+      <c r="C588" t="s">
+        <v>893</v>
+      </c>
+      <c r="D588" t="s">
+        <v>13</v>
+      </c>
+      <c r="E588" t="s">
+        <v>835</v>
+      </c>
+      <c r="F588" t="s">
+        <v>22</v>
+      </c>
+      <c r="G588" t="s">
+        <v>686</v>
+      </c>
+      <c r="H588">
+        <v>112913</v>
+      </c>
+      <c r="I588">
+        <v>114517</v>
+      </c>
+      <c r="J588" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="589" spans="1:10">
+      <c r="A589" t="s">
+        <v>10</v>
+      </c>
+      <c r="B589" t="s">
+        <v>11</v>
+      </c>
+      <c r="C589" t="s">
+        <v>893</v>
+      </c>
+      <c r="D589" t="s">
+        <v>13</v>
+      </c>
+      <c r="E589" t="s">
+        <v>835</v>
+      </c>
+      <c r="F589" t="s">
+        <v>22</v>
+      </c>
+      <c r="G589">
+        <v>273</v>
+      </c>
+      <c r="H589">
+        <v>112640</v>
+      </c>
+      <c r="I589">
+        <v>112912</v>
+      </c>
+      <c r="J589" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="590" spans="1:10">
+      <c r="A590" t="s">
+        <v>10</v>
+      </c>
+      <c r="B590" t="s">
+        <v>11</v>
+      </c>
+      <c r="C590" t="s">
+        <v>893</v>
+      </c>
+      <c r="D590" t="s">
+        <v>13</v>
+      </c>
+      <c r="E590" t="s">
+        <v>835</v>
+      </c>
+      <c r="F590" t="s">
+        <v>22</v>
+      </c>
+      <c r="G590" t="s">
+        <v>963</v>
+      </c>
+      <c r="H590">
+        <v>110140</v>
+      </c>
+      <c r="I590">
+        <v>112639</v>
+      </c>
+      <c r="J590" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="591" spans="1:10">
+      <c r="A591" t="s">
+        <v>10</v>
+      </c>
+      <c r="B591" t="s">
+        <v>11</v>
+      </c>
+      <c r="C591" t="s">
+        <v>893</v>
+      </c>
+      <c r="D591" t="s">
+        <v>13</v>
+      </c>
+      <c r="E591" t="s">
+        <v>835</v>
+      </c>
+      <c r="F591" t="s">
+        <v>22</v>
+      </c>
+      <c r="G591" t="s">
+        <v>965</v>
+      </c>
+      <c r="H591">
+        <v>109114</v>
+      </c>
+      <c r="I591">
+        <v>110139</v>
+      </c>
+      <c r="J591" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="592" spans="1:10">
+      <c r="A592" t="s">
+        <v>10</v>
+      </c>
+      <c r="B592" t="s">
+        <v>11</v>
+      </c>
+      <c r="C592" t="s">
+        <v>893</v>
+      </c>
+      <c r="D592" t="s">
+        <v>13</v>
+      </c>
+      <c r="E592" t="s">
+        <v>835</v>
+      </c>
+      <c r="F592" t="s">
+        <v>22</v>
+      </c>
+      <c r="G592" t="s">
+        <v>967</v>
+      </c>
+      <c r="H592">
+        <v>107038</v>
+      </c>
+      <c r="I592">
+        <v>109113</v>
+      </c>
+      <c r="J592" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="593" spans="1:10">
+      <c r="A593" t="s">
+        <v>10</v>
+      </c>
+      <c r="B593" t="s">
+        <v>11</v>
+      </c>
+      <c r="C593" t="s">
+        <v>893</v>
+      </c>
+      <c r="D593" t="s">
+        <v>13</v>
+      </c>
+      <c r="E593" t="s">
+        <v>835</v>
+      </c>
+      <c r="F593" t="s">
+        <v>22</v>
+      </c>
+      <c r="G593" t="s">
+        <v>969</v>
+      </c>
+      <c r="H593">
+        <v>105171</v>
+      </c>
+      <c r="I593">
+        <v>107037</v>
+      </c>
+      <c r="J593" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="594" spans="1:10">
+      <c r="A594" t="s">
+        <v>10</v>
+      </c>
+      <c r="B594" t="s">
+        <v>11</v>
+      </c>
+      <c r="C594" t="s">
+        <v>893</v>
+      </c>
+      <c r="D594" t="s">
+        <v>13</v>
+      </c>
+      <c r="E594" t="s">
+        <v>835</v>
+      </c>
+      <c r="F594" t="s">
+        <v>22</v>
+      </c>
+      <c r="G594" t="s">
+        <v>615</v>
+      </c>
+      <c r="H594">
+        <v>103754</v>
+      </c>
+      <c r="I594">
+        <v>105170</v>
+      </c>
+      <c r="J594" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="595" spans="1:10">
+      <c r="A595" t="s">
+        <v>10</v>
+      </c>
+      <c r="B595" t="s">
+        <v>11</v>
+      </c>
+      <c r="C595" t="s">
+        <v>893</v>
+      </c>
+      <c r="D595" t="s">
+        <v>13</v>
+      </c>
+      <c r="E595" t="s">
+        <v>835</v>
+      </c>
+      <c r="F595" t="s">
+        <v>22</v>
+      </c>
+      <c r="G595" t="s">
+        <v>972</v>
+      </c>
+      <c r="H595">
+        <v>102537</v>
+      </c>
+      <c r="I595">
+        <v>103753</v>
+      </c>
+      <c r="J595" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="596" spans="1:10">
+      <c r="A596" t="s">
+        <v>10</v>
+      </c>
+      <c r="B596" t="s">
+        <v>11</v>
+      </c>
+      <c r="C596" t="s">
+        <v>893</v>
+      </c>
+      <c r="D596" t="s">
+        <v>13</v>
+      </c>
+      <c r="E596" t="s">
+        <v>835</v>
+      </c>
+      <c r="F596" t="s">
+        <v>22</v>
+      </c>
+      <c r="G596">
+        <v>708</v>
+      </c>
+      <c r="H596">
+        <v>101829</v>
+      </c>
+      <c r="I596">
+        <v>102536</v>
+      </c>
+      <c r="J596" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="597" spans="1:10">
+      <c r="A597" t="s">
+        <v>10</v>
+      </c>
+      <c r="B597" t="s">
+        <v>11</v>
+      </c>
+      <c r="C597" t="s">
+        <v>893</v>
+      </c>
+      <c r="D597" t="s">
+        <v>13</v>
+      </c>
+      <c r="E597" t="s">
+        <v>835</v>
+      </c>
+      <c r="F597" t="s">
+        <v>22</v>
+      </c>
+      <c r="G597" t="s">
+        <v>975</v>
+      </c>
+      <c r="H597">
+        <v>100568</v>
+      </c>
+      <c r="I597">
+        <v>101828</v>
+      </c>
+      <c r="J597" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="598" spans="1:10">
+      <c r="A598" t="s">
+        <v>10</v>
+      </c>
+      <c r="B598" t="s">
+        <v>11</v>
+      </c>
+      <c r="C598" t="s">
+        <v>893</v>
+      </c>
+      <c r="D598" t="s">
+        <v>13</v>
+      </c>
+      <c r="E598" t="s">
+        <v>835</v>
+      </c>
+      <c r="F598" t="s">
+        <v>22</v>
+      </c>
+      <c r="G598" t="s">
+        <v>977</v>
+      </c>
+      <c r="H598">
+        <v>98870</v>
+      </c>
+      <c r="I598">
+        <v>100567</v>
+      </c>
+      <c r="J598" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="599" spans="1:10">
+      <c r="A599" t="s">
+        <v>10</v>
+      </c>
+      <c r="B599" t="s">
+        <v>11</v>
+      </c>
+      <c r="C599" t="s">
+        <v>893</v>
+      </c>
+      <c r="D599" t="s">
+        <v>13</v>
+      </c>
+      <c r="E599" t="s">
+        <v>835</v>
+      </c>
+      <c r="F599" t="s">
+        <v>22</v>
+      </c>
+      <c r="G599" t="s">
+        <v>979</v>
+      </c>
+      <c r="H599">
+        <v>97774</v>
+      </c>
+      <c r="I599">
+        <v>98869</v>
+      </c>
+      <c r="J599" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="600" spans="1:10">
+      <c r="A600" t="s">
+        <v>10</v>
+      </c>
+      <c r="B600" t="s">
+        <v>11</v>
+      </c>
+      <c r="C600" t="s">
+        <v>893</v>
+      </c>
+      <c r="D600" t="s">
+        <v>13</v>
+      </c>
+      <c r="E600" t="s">
+        <v>835</v>
+      </c>
+      <c r="F600" t="s">
+        <v>22</v>
+      </c>
+      <c r="G600">
+        <v>723</v>
+      </c>
+      <c r="H600">
+        <v>97051</v>
+      </c>
+      <c r="I600">
+        <v>97773</v>
+      </c>
+      <c r="J600" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="601" spans="1:10">
+      <c r="A601" t="s">
+        <v>10</v>
+      </c>
+      <c r="B601" t="s">
+        <v>11</v>
+      </c>
+      <c r="C601" t="s">
+        <v>893</v>
+      </c>
+      <c r="D601" t="s">
+        <v>13</v>
+      </c>
+      <c r="E601" t="s">
+        <v>835</v>
+      </c>
+      <c r="F601" t="s">
+        <v>22</v>
+      </c>
+      <c r="G601">
+        <v>586</v>
+      </c>
+      <c r="H601">
+        <v>96465</v>
+      </c>
+      <c r="I601">
+        <v>97050</v>
+      </c>
+      <c r="J601" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="602" spans="1:10">
+      <c r="A602" t="s">
+        <v>10</v>
+      </c>
+      <c r="B602" t="s">
+        <v>11</v>
+      </c>
+      <c r="C602" t="s">
+        <v>893</v>
+      </c>
+      <c r="D602" t="s">
+        <v>13</v>
+      </c>
+      <c r="E602" t="s">
+        <v>835</v>
+      </c>
+      <c r="F602" t="s">
+        <v>22</v>
+      </c>
+      <c r="G602">
+        <v>548</v>
+      </c>
+      <c r="H602">
+        <v>95917</v>
+      </c>
+      <c r="I602">
+        <v>96464</v>
+      </c>
+      <c r="J602" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="603" spans="1:10">
+      <c r="A603" t="s">
+        <v>10</v>
+      </c>
+      <c r="B603" t="s">
+        <v>11</v>
+      </c>
+      <c r="C603" t="s">
+        <v>893</v>
+      </c>
+      <c r="D603" t="s">
+        <v>13</v>
+      </c>
+      <c r="E603" t="s">
+        <v>835</v>
+      </c>
+      <c r="F603" t="s">
+        <v>22</v>
+      </c>
+      <c r="G603">
+        <v>738</v>
+      </c>
+      <c r="H603">
+        <v>95179</v>
+      </c>
+      <c r="I603">
+        <v>95916</v>
+      </c>
+      <c r="J603" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="604" spans="1:10">
+      <c r="A604" t="s">
+        <v>10</v>
+      </c>
+      <c r="B604" t="s">
+        <v>11</v>
+      </c>
+      <c r="C604" t="s">
+        <v>893</v>
+      </c>
+      <c r="D604" t="s">
+        <v>13</v>
+      </c>
+      <c r="E604" t="s">
+        <v>21</v>
+      </c>
+      <c r="F604" t="s">
+        <v>22</v>
+      </c>
+      <c r="G604" t="s">
+        <v>985</v>
+      </c>
+      <c r="H604">
+        <v>92096</v>
+      </c>
+      <c r="I604">
+        <v>95178</v>
+      </c>
+      <c r="J604" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="605" spans="1:10">
+      <c r="A605" t="s">
+        <v>10</v>
+      </c>
+      <c r="B605" t="s">
+        <v>11</v>
+      </c>
+      <c r="C605" t="s">
+        <v>893</v>
+      </c>
+      <c r="D605" t="s">
+        <v>13</v>
+      </c>
+      <c r="E605" t="s">
+        <v>21</v>
+      </c>
+      <c r="F605" t="s">
+        <v>22</v>
+      </c>
+      <c r="G605">
+        <v>784</v>
+      </c>
+      <c r="H605">
+        <v>91312</v>
+      </c>
+      <c r="I605">
+        <v>92095</v>
+      </c>
+      <c r="J605" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="606" spans="1:10">
+      <c r="A606" t="s">
+        <v>10</v>
+      </c>
+      <c r="B606" t="s">
+        <v>11</v>
+      </c>
+      <c r="C606" t="s">
+        <v>893</v>
+      </c>
+      <c r="D606" t="s">
+        <v>13</v>
+      </c>
+      <c r="E606" t="s">
+        <v>21</v>
+      </c>
+      <c r="F606" t="s">
+        <v>22</v>
+      </c>
+      <c r="G606" t="s">
+        <v>906</v>
+      </c>
+      <c r="H606">
+        <v>89860</v>
+      </c>
+      <c r="I606">
+        <v>91311</v>
+      </c>
+      <c r="J606" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="607" spans="1:10">
+      <c r="A607" t="s">
+        <v>10</v>
+      </c>
+      <c r="B607" t="s">
+        <v>11</v>
+      </c>
+      <c r="C607" t="s">
+        <v>893</v>
+      </c>
+      <c r="D607" t="s">
+        <v>13</v>
+      </c>
+      <c r="E607" t="s">
+        <v>21</v>
+      </c>
+      <c r="F607" t="s">
+        <v>22</v>
+      </c>
+      <c r="G607" t="s">
+        <v>989</v>
+      </c>
+      <c r="H607">
+        <v>88628</v>
+      </c>
+      <c r="I607">
+        <v>89859</v>
+      </c>
+      <c r="J607" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="608" spans="1:10">
+      <c r="A608" t="s">
+        <v>10</v>
+      </c>
+      <c r="B608" t="s">
+        <v>11</v>
+      </c>
+      <c r="C608" t="s">
+        <v>893</v>
+      </c>
+      <c r="D608" t="s">
+        <v>13</v>
+      </c>
+      <c r="E608" t="s">
+        <v>21</v>
+      </c>
+      <c r="F608" t="s">
+        <v>22</v>
+      </c>
+      <c r="G608" t="s">
+        <v>991</v>
+      </c>
+      <c r="H608">
+        <v>86001</v>
+      </c>
+      <c r="I608">
+        <v>88627</v>
+      </c>
+      <c r="J608" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="609" spans="1:10">
+      <c r="A609" t="s">
+        <v>10</v>
+      </c>
+      <c r="B609" t="s">
+        <v>11</v>
+      </c>
+      <c r="C609" t="s">
+        <v>893</v>
+      </c>
+      <c r="D609" t="s">
+        <v>13</v>
+      </c>
+      <c r="E609" t="s">
+        <v>21</v>
+      </c>
+      <c r="F609" t="s">
+        <v>22</v>
+      </c>
+      <c r="G609">
+        <v>702</v>
+      </c>
+      <c r="H609">
+        <v>85299</v>
+      </c>
+      <c r="I609">
+        <v>86000</v>
+      </c>
+      <c r="J609" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="610" spans="1:10">
+      <c r="A610" t="s">
+        <v>10</v>
+      </c>
+      <c r="B610" t="s">
+        <v>11</v>
+      </c>
+      <c r="C610" t="s">
+        <v>893</v>
+      </c>
+      <c r="D610" t="s">
+        <v>13</v>
+      </c>
+      <c r="E610" t="s">
+        <v>21</v>
+      </c>
+      <c r="F610" t="s">
+        <v>22</v>
+      </c>
+      <c r="G610" t="s">
+        <v>994</v>
+      </c>
+      <c r="H610">
+        <v>83525</v>
+      </c>
+      <c r="I610">
+        <v>85298</v>
+      </c>
+      <c r="J610" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="611" spans="1:10">
+      <c r="A611" t="s">
+        <v>10</v>
+      </c>
+      <c r="B611" t="s">
+        <v>11</v>
+      </c>
+      <c r="C611" t="s">
+        <v>893</v>
+      </c>
+      <c r="D611" t="s">
+        <v>13</v>
+      </c>
+      <c r="E611" t="s">
+        <v>21</v>
+      </c>
+      <c r="F611" t="s">
+        <v>22</v>
+      </c>
+      <c r="G611" t="s">
+        <v>299</v>
+      </c>
+      <c r="H611">
+        <v>81390</v>
+      </c>
+      <c r="I611">
+        <v>83524</v>
+      </c>
+      <c r="J611" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="612" spans="1:10">
+      <c r="A612" t="s">
+        <v>10</v>
+      </c>
+      <c r="B612" t="s">
+        <v>11</v>
+      </c>
+      <c r="C612" t="s">
+        <v>893</v>
+      </c>
+      <c r="D612" t="s">
+        <v>13</v>
+      </c>
+      <c r="E612" t="s">
+        <v>21</v>
+      </c>
+      <c r="F612" t="s">
+        <v>22</v>
+      </c>
+      <c r="G612" t="s">
+        <v>997</v>
+      </c>
+      <c r="H612">
+        <v>79902</v>
+      </c>
+      <c r="I612">
+        <v>81389</v>
+      </c>
+      <c r="J612" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="613" spans="1:10">
+      <c r="A613" t="s">
+        <v>10</v>
+      </c>
+      <c r="B613" t="s">
+        <v>11</v>
+      </c>
+      <c r="C613" t="s">
+        <v>893</v>
+      </c>
+      <c r="D613" t="s">
+        <v>13</v>
+      </c>
+      <c r="E613" t="s">
+        <v>21</v>
+      </c>
+      <c r="F613" t="s">
+        <v>22</v>
+      </c>
+      <c r="G613">
+        <v>550</v>
+      </c>
+      <c r="H613">
+        <v>79352</v>
+      </c>
+      <c r="I613">
+        <v>79901</v>
+      </c>
+      <c r="J613" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="614" spans="1:10">
+      <c r="A614" t="s">
+        <v>10</v>
+      </c>
+      <c r="B614" t="s">
+        <v>11</v>
+      </c>
+      <c r="C614" t="s">
+        <v>893</v>
+      </c>
+      <c r="D614" t="s">
+        <v>13</v>
+      </c>
+      <c r="E614" t="s">
+        <v>21</v>
+      </c>
+      <c r="F614" t="s">
+        <v>22</v>
+      </c>
+      <c r="G614" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H614">
+        <v>75209</v>
+      </c>
+      <c r="I614">
+        <v>79351</v>
+      </c>
+      <c r="J614" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="615" spans="1:10">
+      <c r="A615" t="s">
+        <v>10</v>
+      </c>
+      <c r="B615" t="s">
+        <v>11</v>
+      </c>
+      <c r="C615" t="s">
+        <v>893</v>
+      </c>
+      <c r="D615" t="s">
+        <v>13</v>
+      </c>
+      <c r="E615" t="s">
+        <v>21</v>
+      </c>
+      <c r="F615" t="s">
+        <v>22</v>
+      </c>
+      <c r="G615" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H615">
+        <v>73780</v>
+      </c>
+      <c r="I615">
+        <v>75208</v>
+      </c>
+      <c r="J615" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="616" spans="1:10">
+      <c r="A616" t="s">
+        <v>10</v>
+      </c>
+      <c r="B616" t="s">
+        <v>11</v>
+      </c>
+      <c r="C616" t="s">
+        <v>893</v>
+      </c>
+      <c r="D616" t="s">
+        <v>13</v>
+      </c>
+      <c r="E616" t="s">
+        <v>21</v>
+      </c>
+      <c r="F616" t="s">
+        <v>22</v>
+      </c>
+      <c r="G616" t="s">
+        <v>956</v>
+      </c>
+      <c r="H616">
+        <v>72631</v>
+      </c>
+      <c r="I616">
+        <v>73779</v>
+      </c>
+      <c r="J616" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="617" spans="1:10">
+      <c r="A617" t="s">
+        <v>10</v>
+      </c>
+      <c r="B617" t="s">
+        <v>11</v>
+      </c>
+      <c r="C617" t="s">
+        <v>893</v>
+      </c>
+      <c r="D617" t="s">
+        <v>13</v>
+      </c>
+      <c r="E617" t="s">
+        <v>21</v>
+      </c>
+      <c r="F617" t="s">
+        <v>22</v>
+      </c>
+      <c r="G617" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H617">
+        <v>71277</v>
+      </c>
+      <c r="I617">
+        <v>72630</v>
+      </c>
+      <c r="J617" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="618" spans="1:10">
+      <c r="A618" t="s">
+        <v>10</v>
+      </c>
+      <c r="B618" t="s">
+        <v>11</v>
+      </c>
+      <c r="C618" t="s">
+        <v>893</v>
+      </c>
+      <c r="D618" t="s">
+        <v>13</v>
+      </c>
+      <c r="E618" t="s">
+        <v>21</v>
+      </c>
+      <c r="F618" t="s">
+        <v>22</v>
+      </c>
+      <c r="G618" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H618">
+        <v>69116</v>
+      </c>
+      <c r="I618">
+        <v>71276</v>
+      </c>
+      <c r="J618" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="619" spans="1:10">
+      <c r="A619" t="s">
+        <v>10</v>
+      </c>
+      <c r="B619" t="s">
+        <v>11</v>
+      </c>
+      <c r="C619" t="s">
+        <v>893</v>
+      </c>
+      <c r="D619" t="s">
+        <v>13</v>
+      </c>
+      <c r="E619" t="s">
+        <v>21</v>
+      </c>
+      <c r="F619" t="s">
+        <v>22</v>
+      </c>
+      <c r="G619">
+        <v>729</v>
+      </c>
+      <c r="H619">
+        <v>68387</v>
+      </c>
+      <c r="I619">
+        <v>69115</v>
+      </c>
+      <c r="J619" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10">
+      <c r="A620" t="s">
+        <v>10</v>
+      </c>
+      <c r="B620" t="s">
+        <v>11</v>
+      </c>
+      <c r="C620" t="s">
+        <v>893</v>
+      </c>
+      <c r="D620" t="s">
+        <v>13</v>
+      </c>
+      <c r="E620" t="s">
+        <v>21</v>
+      </c>
+      <c r="F620" t="s">
+        <v>22</v>
+      </c>
+      <c r="G620" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H620">
+        <v>66319</v>
+      </c>
+      <c r="I620">
+        <v>68386</v>
+      </c>
+      <c r="J620" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="621" spans="1:10">
+      <c r="A621" t="s">
+        <v>10</v>
+      </c>
+      <c r="B621" t="s">
+        <v>11</v>
+      </c>
+      <c r="C621" t="s">
+        <v>893</v>
+      </c>
+      <c r="D621" t="s">
+        <v>13</v>
+      </c>
+      <c r="E621" t="s">
+        <v>21</v>
+      </c>
+      <c r="F621" t="s">
+        <v>22</v>
+      </c>
+      <c r="G621" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H621">
+        <v>64745</v>
+      </c>
+      <c r="I621">
+        <v>66318</v>
+      </c>
+      <c r="J621" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="622" spans="1:10">
+      <c r="A622" t="s">
+        <v>10</v>
+      </c>
+      <c r="B622" t="s">
+        <v>11</v>
+      </c>
+      <c r="C622" t="s">
+        <v>893</v>
+      </c>
+      <c r="D622" t="s">
+        <v>13</v>
+      </c>
+      <c r="E622" t="s">
+        <v>21</v>
+      </c>
+      <c r="F622" t="s">
+        <v>22</v>
+      </c>
+      <c r="G622">
+        <v>921</v>
+      </c>
+      <c r="H622">
+        <v>63824</v>
+      </c>
+      <c r="I622">
+        <v>64744</v>
+      </c>
+      <c r="J622" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="623" spans="1:10">
+      <c r="A623" t="s">
+        <v>10</v>
+      </c>
+      <c r="B623" t="s">
+        <v>11</v>
+      </c>
+      <c r="C623" t="s">
+        <v>893</v>
+      </c>
+      <c r="D623" t="s">
+        <v>13</v>
+      </c>
+      <c r="E623" t="s">
+        <v>21</v>
+      </c>
+      <c r="F623" t="s">
+        <v>22</v>
+      </c>
+      <c r="G623">
+        <v>853</v>
+      </c>
+      <c r="H623">
+        <v>62971</v>
+      </c>
+      <c r="I623">
+        <v>63823</v>
+      </c>
+      <c r="J623" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="624" spans="1:10">
+      <c r="A624" t="s">
+        <v>10</v>
+      </c>
+      <c r="B624" t="s">
+        <v>11</v>
+      </c>
+      <c r="C624" t="s">
+        <v>893</v>
+      </c>
+      <c r="D624" t="s">
+        <v>13</v>
+      </c>
+      <c r="E624" t="s">
+        <v>21</v>
+      </c>
+      <c r="F624" t="s">
+        <v>22</v>
+      </c>
+      <c r="G624" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H624">
+        <v>61640</v>
+      </c>
+      <c r="I624">
+        <v>62970</v>
+      </c>
+      <c r="J624" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="625" spans="1:10">
+      <c r="A625" t="s">
+        <v>10</v>
+      </c>
+      <c r="B625" t="s">
+        <v>11</v>
+      </c>
+      <c r="C625" t="s">
+        <v>893</v>
+      </c>
+      <c r="D625" t="s">
+        <v>13</v>
+      </c>
+      <c r="E625" t="s">
+        <v>21</v>
+      </c>
+      <c r="F625" t="s">
+        <v>22</v>
+      </c>
+      <c r="G625" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H625">
+        <v>60172</v>
+      </c>
+      <c r="I625">
+        <v>61639</v>
+      </c>
+      <c r="J625" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="626" spans="1:10">
+      <c r="A626" t="s">
+        <v>10</v>
+      </c>
+      <c r="B626" t="s">
+        <v>11</v>
+      </c>
+      <c r="C626" t="s">
+        <v>893</v>
+      </c>
+      <c r="D626" t="s">
+        <v>13</v>
+      </c>
+      <c r="E626" t="s">
+        <v>21</v>
+      </c>
+      <c r="F626" t="s">
+        <v>22</v>
+      </c>
+      <c r="G626" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H626">
+        <v>57608</v>
+      </c>
+      <c r="I626">
+        <v>60171</v>
+      </c>
+      <c r="J626" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="627" spans="1:10">
+      <c r="A627" t="s">
+        <v>10</v>
+      </c>
+      <c r="B627" t="s">
+        <v>11</v>
+      </c>
+      <c r="C627" t="s">
+        <v>893</v>
+      </c>
+      <c r="D627" t="s">
+        <v>13</v>
+      </c>
+      <c r="E627" t="s">
+        <v>21</v>
+      </c>
+      <c r="F627" t="s">
+        <v>22</v>
+      </c>
+      <c r="G627" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H627">
+        <v>55020</v>
+      </c>
+      <c r="I627">
+        <v>57607</v>
+      </c>
+      <c r="J627" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="628" spans="1:10">
+      <c r="A628" t="s">
+        <v>10</v>
+      </c>
+      <c r="B628" t="s">
+        <v>11</v>
+      </c>
+      <c r="C628" t="s">
+        <v>893</v>
+      </c>
+      <c r="D628" t="s">
+        <v>13</v>
+      </c>
+      <c r="E628" t="s">
+        <v>21</v>
+      </c>
+      <c r="F628" t="s">
+        <v>22</v>
+      </c>
+      <c r="G628" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H628">
+        <v>53897</v>
+      </c>
+      <c r="I628">
+        <v>55019</v>
+      </c>
+      <c r="J628" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="629" spans="1:10">
+      <c r="A629" t="s">
+        <v>10</v>
+      </c>
+      <c r="B629" t="s">
+        <v>11</v>
+      </c>
+      <c r="C629" t="s">
+        <v>893</v>
+      </c>
+      <c r="D629" t="s">
+        <v>13</v>
+      </c>
+      <c r="E629" t="s">
+        <v>21</v>
+      </c>
+      <c r="F629" t="s">
+        <v>22</v>
+      </c>
+      <c r="G629" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H629">
+        <v>51632</v>
+      </c>
+      <c r="I629">
+        <v>53896</v>
+      </c>
+      <c r="J629" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="630" spans="1:10">
+      <c r="A630" t="s">
+        <v>10</v>
+      </c>
+      <c r="B630" t="s">
+        <v>11</v>
+      </c>
+      <c r="C630" t="s">
+        <v>893</v>
+      </c>
+      <c r="D630" t="s">
+        <v>13</v>
+      </c>
+      <c r="E630" t="s">
+        <v>21</v>
+      </c>
+      <c r="F630" t="s">
+        <v>22</v>
+      </c>
+      <c r="G630">
+        <v>664</v>
+      </c>
+      <c r="H630">
+        <v>50968</v>
+      </c>
+      <c r="I630">
+        <v>51631</v>
+      </c>
+      <c r="J630" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="631" spans="1:10">
+      <c r="A631" t="s">
+        <v>10</v>
+      </c>
+      <c r="B631" t="s">
+        <v>11</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D631" t="s">
+        <v>13</v>
+      </c>
+      <c r="E631" t="s">
+        <v>21</v>
+      </c>
+      <c r="F631" t="s">
+        <v>22</v>
+      </c>
+      <c r="G631">
+        <v>824</v>
+      </c>
+      <c r="H631">
+        <v>50144</v>
+      </c>
+      <c r="I631">
+        <v>50967</v>
+      </c>
+      <c r="J631" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="632" spans="1:10">
+      <c r="A632" t="s">
+        <v>10</v>
+      </c>
+      <c r="B632" t="s">
+        <v>11</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D632" t="s">
+        <v>13</v>
+      </c>
+      <c r="E632" t="s">
+        <v>21</v>
+      </c>
+      <c r="F632" t="s">
+        <v>22</v>
+      </c>
+      <c r="G632">
+        <v>505</v>
+      </c>
+      <c r="H632">
+        <v>49639</v>
+      </c>
+      <c r="I632">
+        <v>50143</v>
+      </c>
+      <c r="J632" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="633" spans="1:10">
+      <c r="A633" t="s">
+        <v>10</v>
+      </c>
+      <c r="B633" t="s">
+        <v>11</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D633" t="s">
+        <v>13</v>
+      </c>
+      <c r="E633" t="s">
+        <v>21</v>
+      </c>
+      <c r="F633" t="s">
+        <v>22</v>
+      </c>
+      <c r="G633" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H633">
+        <v>46706</v>
+      </c>
+      <c r="I633">
+        <v>49638</v>
+      </c>
+      <c r="J633" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="634" spans="1:10">
+      <c r="A634" t="s">
+        <v>10</v>
+      </c>
+      <c r="B634" t="s">
+        <v>11</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D634" t="s">
+        <v>13</v>
+      </c>
+      <c r="E634" t="s">
+        <v>21</v>
+      </c>
+      <c r="F634" t="s">
+        <v>22</v>
+      </c>
+      <c r="G634" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H634">
+        <v>45527</v>
+      </c>
+      <c r="I634">
+        <v>46705</v>
+      </c>
+      <c r="J634" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="635" spans="1:10">
+      <c r="A635" t="s">
+        <v>10</v>
+      </c>
+      <c r="B635" t="s">
+        <v>11</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D635" t="s">
+        <v>13</v>
+      </c>
+      <c r="E635" t="s">
+        <v>21</v>
+      </c>
+      <c r="F635" t="s">
+        <v>22</v>
+      </c>
+      <c r="G635" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H635">
+        <v>44072</v>
+      </c>
+      <c r="I635">
+        <v>45526</v>
+      </c>
+      <c r="J635" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="636" spans="1:10">
+      <c r="A636" t="s">
+        <v>10</v>
+      </c>
+      <c r="B636" t="s">
+        <v>11</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D636" t="s">
+        <v>13</v>
+      </c>
+      <c r="E636" t="s">
+        <v>21</v>
+      </c>
+      <c r="F636" t="s">
+        <v>22</v>
+      </c>
+      <c r="G636" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H636">
+        <v>42902</v>
+      </c>
+      <c r="I636">
+        <v>44071</v>
+      </c>
+      <c r="J636" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="637" spans="1:10">
+      <c r="A637" t="s">
+        <v>10</v>
+      </c>
+      <c r="B637" t="s">
+        <v>11</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D637" t="s">
+        <v>13</v>
+      </c>
+      <c r="E637" t="s">
+        <v>21</v>
+      </c>
+      <c r="F637" t="s">
+        <v>22</v>
+      </c>
+      <c r="G637">
+        <v>910</v>
+      </c>
+      <c r="H637">
+        <v>41992</v>
+      </c>
+      <c r="I637">
+        <v>42901</v>
+      </c>
+      <c r="J637" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="638" spans="1:10">
+      <c r="A638" t="s">
+        <v>10</v>
+      </c>
+      <c r="B638" t="s">
+        <v>11</v>
+      </c>
+      <c r="C638" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D638" t="s">
+        <v>13</v>
+      </c>
+      <c r="E638" t="s">
+        <v>21</v>
+      </c>
+      <c r="F638" t="s">
+        <v>22</v>
+      </c>
+      <c r="G638">
+        <v>602</v>
+      </c>
+      <c r="H638">
+        <v>41390</v>
+      </c>
+      <c r="I638">
+        <v>41991</v>
+      </c>
+      <c r="J638" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="639" spans="1:10">
+      <c r="A639" t="s">
+        <v>10</v>
+      </c>
+      <c r="B639" t="s">
+        <v>11</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D639" t="s">
+        <v>13</v>
+      </c>
+      <c r="E639" t="s">
+        <v>21</v>
+      </c>
+      <c r="F639" t="s">
+        <v>22</v>
+      </c>
+      <c r="G639">
+        <v>599</v>
+      </c>
+      <c r="H639">
+        <v>40791</v>
+      </c>
+      <c r="I639">
+        <v>41389</v>
+      </c>
+      <c r="J639" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="640" spans="1:10">
+      <c r="A640" t="s">
+        <v>10</v>
+      </c>
+      <c r="B640" t="s">
+        <v>11</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D640" t="s">
+        <v>13</v>
+      </c>
+      <c r="E640" t="s">
+        <v>21</v>
+      </c>
+      <c r="F640" t="s">
+        <v>22</v>
+      </c>
+      <c r="G640" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H640">
+        <v>39662</v>
+      </c>
+      <c r="I640">
+        <v>40790</v>
+      </c>
+      <c r="J640" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="641" spans="1:10">
+      <c r="A641" t="s">
+        <v>10</v>
+      </c>
+      <c r="B641" t="s">
+        <v>11</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D641" t="s">
+        <v>13</v>
+      </c>
+      <c r="E641" t="s">
+        <v>21</v>
+      </c>
+      <c r="F641" t="s">
+        <v>22</v>
+      </c>
+      <c r="G641">
+        <v>730</v>
+      </c>
+      <c r="H641">
+        <v>38932</v>
+      </c>
+      <c r="I641">
+        <v>39661</v>
+      </c>
+      <c r="J641" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="642" spans="1:10">
+      <c r="A642" t="s">
+        <v>10</v>
+      </c>
+      <c r="B642" t="s">
+        <v>11</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D642" t="s">
+        <v>13</v>
+      </c>
+      <c r="E642" t="s">
+        <v>21</v>
+      </c>
+      <c r="F642" t="s">
+        <v>22</v>
+      </c>
+      <c r="G642" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H642">
+        <v>37533</v>
+      </c>
+      <c r="I642">
+        <v>38931</v>
+      </c>
+      <c r="J642" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="643" spans="1:10">
+      <c r="A643" t="s">
+        <v>10</v>
+      </c>
+      <c r="B643" t="s">
+        <v>11</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D643" t="s">
+        <v>13</v>
+      </c>
+      <c r="E643" t="s">
+        <v>21</v>
+      </c>
+      <c r="F643" t="s">
+        <v>22</v>
+      </c>
+      <c r="G643" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H643">
+        <v>36532</v>
+      </c>
+      <c r="I643">
+        <v>37532</v>
+      </c>
+      <c r="J643" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="644" spans="1:10">
+      <c r="A644" t="s">
+        <v>10</v>
+      </c>
+      <c r="B644" t="s">
+        <v>11</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D644" t="s">
+        <v>13</v>
+      </c>
+      <c r="E644" t="s">
+        <v>21</v>
+      </c>
+      <c r="F644" t="s">
+        <v>22</v>
+      </c>
+      <c r="G644" t="s">
+        <v>581</v>
+      </c>
+      <c r="H644">
+        <v>34525</v>
+      </c>
+      <c r="I644">
+        <v>36531</v>
+      </c>
+      <c r="J644" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="645" spans="1:10">
+      <c r="A645" t="s">
+        <v>10</v>
+      </c>
+      <c r="B645" t="s">
+        <v>11</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D645" t="s">
+        <v>13</v>
+      </c>
+      <c r="E645" t="s">
+        <v>21</v>
+      </c>
+      <c r="F645" t="s">
+        <v>22</v>
+      </c>
+      <c r="G645" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H645">
+        <v>32773</v>
+      </c>
+      <c r="I645">
+        <v>34524</v>
+      </c>
+      <c r="J645" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="646" spans="1:10">
+      <c r="A646" t="s">
+        <v>10</v>
+      </c>
+      <c r="B646" t="s">
+        <v>11</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D646" t="s">
+        <v>13</v>
+      </c>
+      <c r="E646" t="s">
+        <v>21</v>
+      </c>
+      <c r="F646" t="s">
+        <v>22</v>
+      </c>
+      <c r="G646">
+        <v>704</v>
+      </c>
+      <c r="H646">
+        <v>32069</v>
+      </c>
+      <c r="I646">
+        <v>32772</v>
+      </c>
+      <c r="J646" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="647" spans="1:10">
+      <c r="A647" t="s">
+        <v>10</v>
+      </c>
+      <c r="B647" t="s">
+        <v>11</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D647" t="s">
+        <v>13</v>
+      </c>
+      <c r="E647" t="s">
+        <v>21</v>
+      </c>
+      <c r="F647" t="s">
+        <v>22</v>
+      </c>
+      <c r="G647">
+        <v>355</v>
+      </c>
+      <c r="H647">
+        <v>31714</v>
+      </c>
+      <c r="I647">
+        <v>32068</v>
+      </c>
+      <c r="J647" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="648" spans="1:10">
+      <c r="A648" t="s">
+        <v>10</v>
+      </c>
+      <c r="B648" t="s">
+        <v>11</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D648" t="s">
+        <v>13</v>
+      </c>
+      <c r="E648" t="s">
+        <v>21</v>
+      </c>
+      <c r="F648" t="s">
+        <v>22</v>
+      </c>
+      <c r="G648">
+        <v>873</v>
+      </c>
+      <c r="H648">
+        <v>30841</v>
+      </c>
+      <c r="I648">
+        <v>31713</v>
+      </c>
+      <c r="J648" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="649" spans="1:10">
+      <c r="A649" t="s">
+        <v>10</v>
+      </c>
+      <c r="B649" t="s">
+        <v>11</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D649" t="s">
+        <v>13</v>
+      </c>
+      <c r="E649" t="s">
+        <v>21</v>
+      </c>
+      <c r="F649" t="s">
+        <v>22</v>
+      </c>
+      <c r="G649" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H649">
+        <v>29710</v>
+      </c>
+      <c r="I649">
+        <v>30840</v>
+      </c>
+      <c r="J649" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="650" spans="1:10">
+      <c r="A650" t="s">
+        <v>10</v>
+      </c>
+      <c r="B650" t="s">
+        <v>11</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D650" t="s">
+        <v>13</v>
+      </c>
+      <c r="E650" t="s">
+        <v>21</v>
+      </c>
+      <c r="F650" t="s">
+        <v>22</v>
+      </c>
+      <c r="G650" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H650">
+        <v>26889</v>
+      </c>
+      <c r="I650">
+        <v>29709</v>
+      </c>
+      <c r="J650" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="651" spans="1:10">
+      <c r="A651" t="s">
+        <v>10</v>
+      </c>
+      <c r="B651" t="s">
+        <v>11</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D651" t="s">
+        <v>13</v>
+      </c>
+      <c r="E651" t="s">
+        <v>21</v>
+      </c>
+      <c r="F651" t="s">
+        <v>22</v>
+      </c>
+      <c r="G651" t="s">
         <v>23</v>
       </c>
-      <c r="B6" t="s">
-[...427 lines deleted...]
-      <c r="F22">
+      <c r="H651">
+        <v>25655</v>
+      </c>
+      <c r="I651">
+        <v>26888</v>
+      </c>
+      <c r="J651" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="652" spans="1:10">
+      <c r="A652" t="s">
+        <v>10</v>
+      </c>
+      <c r="B652" t="s">
+        <v>11</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D652" t="s">
+        <v>13</v>
+      </c>
+      <c r="E652" t="s">
+        <v>21</v>
+      </c>
+      <c r="F652" t="s">
+        <v>22</v>
+      </c>
+      <c r="G652" t="s">
+        <v>481</v>
+      </c>
+      <c r="H652">
+        <v>23791</v>
+      </c>
+      <c r="I652">
+        <v>25654</v>
+      </c>
+      <c r="J652" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="653" spans="1:10">
+      <c r="A653" t="s">
+        <v>10</v>
+      </c>
+      <c r="B653" t="s">
+        <v>11</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D653" t="s">
+        <v>13</v>
+      </c>
+      <c r="E653" t="s">
+        <v>21</v>
+      </c>
+      <c r="F653" t="s">
+        <v>22</v>
+      </c>
+      <c r="G653" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H653">
+        <v>21619</v>
+      </c>
+      <c r="I653">
+        <v>23790</v>
+      </c>
+      <c r="J653" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="654" spans="1:10">
+      <c r="A654" t="s">
+        <v>10</v>
+      </c>
+      <c r="B654" t="s">
+        <v>11</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D654" t="s">
+        <v>13</v>
+      </c>
+      <c r="E654" t="s">
+        <v>21</v>
+      </c>
+      <c r="F654" t="s">
+        <v>22</v>
+      </c>
+      <c r="G654" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H654">
+        <v>19994</v>
+      </c>
+      <c r="I654">
+        <v>21618</v>
+      </c>
+      <c r="J654" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="655" spans="1:10">
+      <c r="A655" t="s">
+        <v>10</v>
+      </c>
+      <c r="B655" t="s">
+        <v>11</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D655" t="s">
+        <v>13</v>
+      </c>
+      <c r="E655" t="s">
+        <v>21</v>
+      </c>
+      <c r="F655" t="s">
+        <v>22</v>
+      </c>
+      <c r="G655" t="s">
+        <v>939</v>
+      </c>
+      <c r="H655">
+        <v>18842</v>
+      </c>
+      <c r="I655">
+        <v>19993</v>
+      </c>
+      <c r="J655" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10">
+      <c r="A656" t="s">
+        <v>10</v>
+      </c>
+      <c r="B656" t="s">
+        <v>11</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D656" t="s">
+        <v>13</v>
+      </c>
+      <c r="E656" t="s">
+        <v>21</v>
+      </c>
+      <c r="F656" t="s">
+        <v>22</v>
+      </c>
+      <c r="G656" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H656">
+        <v>17651</v>
+      </c>
+      <c r="I656">
+        <v>18841</v>
+      </c>
+      <c r="J656" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10">
+      <c r="A657" t="s">
+        <v>10</v>
+      </c>
+      <c r="B657" t="s">
+        <v>11</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D657" t="s">
+        <v>13</v>
+      </c>
+      <c r="E657" t="s">
+        <v>21</v>
+      </c>
+      <c r="F657" t="s">
+        <v>22</v>
+      </c>
+      <c r="G657" t="s">
+        <v>404</v>
+      </c>
+      <c r="H657">
+        <v>15734</v>
+      </c>
+      <c r="I657">
+        <v>17650</v>
+      </c>
+      <c r="J657" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10">
+      <c r="A658" t="s">
+        <v>10</v>
+      </c>
+      <c r="B658" t="s">
+        <v>11</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D658" t="s">
+        <v>13</v>
+      </c>
+      <c r="E658" t="s">
+        <v>21</v>
+      </c>
+      <c r="F658" t="s">
+        <v>22</v>
+      </c>
+      <c r="G658" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H658">
+        <v>14115</v>
+      </c>
+      <c r="I658">
+        <v>15733</v>
+      </c>
+      <c r="J658" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="659" spans="1:10">
+      <c r="A659" t="s">
+        <v>10</v>
+      </c>
+      <c r="B659" t="s">
+        <v>11</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D659" t="s">
+        <v>13</v>
+      </c>
+      <c r="E659" t="s">
+        <v>21</v>
+      </c>
+      <c r="F659" t="s">
+        <v>22</v>
+      </c>
+      <c r="G659">
+        <v>909</v>
+      </c>
+      <c r="H659">
+        <v>13206</v>
+      </c>
+      <c r="I659">
+        <v>14114</v>
+      </c>
+      <c r="J659" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10">
+      <c r="A660" t="s">
+        <v>10</v>
+      </c>
+      <c r="B660" t="s">
+        <v>11</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D660" t="s">
+        <v>13</v>
+      </c>
+      <c r="E660" t="s">
+        <v>21</v>
+      </c>
+      <c r="F660" t="s">
+        <v>22</v>
+      </c>
+      <c r="G660">
+        <v>534</v>
+      </c>
+      <c r="H660">
+        <v>12672</v>
+      </c>
+      <c r="I660">
+        <v>13205</v>
+      </c>
+      <c r="J660" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10">
+      <c r="A661" t="s">
+        <v>10</v>
+      </c>
+      <c r="B661" t="s">
+        <v>11</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D661" t="s">
+        <v>13</v>
+      </c>
+      <c r="E661" t="s">
+        <v>21</v>
+      </c>
+      <c r="F661" t="s">
+        <v>22</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H661">
+        <v>11566</v>
+      </c>
+      <c r="I661">
+        <v>12671</v>
+      </c>
+      <c r="J661" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10">
+      <c r="A662" t="s">
+        <v>10</v>
+      </c>
+      <c r="B662" t="s">
+        <v>11</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D662" t="s">
+        <v>13</v>
+      </c>
+      <c r="E662" t="s">
+        <v>21</v>
+      </c>
+      <c r="F662" t="s">
+        <v>22</v>
+      </c>
+      <c r="G662" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H662">
+        <v>10004</v>
+      </c>
+      <c r="I662">
+        <v>11565</v>
+      </c>
+      <c r="J662" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10">
+      <c r="A663" t="s">
+        <v>10</v>
+      </c>
+      <c r="B663" t="s">
+        <v>11</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D663" t="s">
+        <v>13</v>
+      </c>
+      <c r="E663" t="s">
+        <v>21</v>
+      </c>
+      <c r="F663" t="s">
+        <v>22</v>
+      </c>
+      <c r="G663" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H663">
+        <v>6557</v>
+      </c>
+      <c r="I663">
+        <v>10003</v>
+      </c>
+      <c r="J663" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="664" spans="1:10">
+      <c r="A664" t="s">
+        <v>10</v>
+      </c>
+      <c r="B664" t="s">
+        <v>11</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D664" t="s">
+        <v>13</v>
+      </c>
+      <c r="E664" t="s">
+        <v>21</v>
+      </c>
+      <c r="F664" t="s">
+        <v>22</v>
+      </c>
+      <c r="G664" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H664">
+        <v>4228</v>
+      </c>
+      <c r="I664">
+        <v>6556</v>
+      </c>
+      <c r="J664" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10">
+      <c r="A665" t="s">
+        <v>10</v>
+      </c>
+      <c r="B665" t="s">
+        <v>11</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D665" t="s">
+        <v>13</v>
+      </c>
+      <c r="E665" t="s">
+        <v>21</v>
+      </c>
+      <c r="F665" t="s">
+        <v>22</v>
+      </c>
+      <c r="G665" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H665">
+        <v>1300</v>
+      </c>
+      <c r="I665">
+        <v>4227</v>
+      </c>
+      <c r="J665" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="666" spans="1:10">
+      <c r="A666" t="s">
+        <v>10</v>
+      </c>
+      <c r="B666" t="s">
+        <v>11</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D666" t="s">
+        <v>13</v>
+      </c>
+      <c r="E666" t="s">
+        <v>21</v>
+      </c>
+      <c r="F666" t="s">
+        <v>22</v>
+      </c>
+      <c r="G666" t="s">
+        <v>549</v>
+      </c>
+      <c r="H666">
         <v>1</v>
       </c>
-      <c r="G22">
-[...230 lines deleted...]
-      <c r="F31">
+      <c r="I666">
+        <v>1299</v>
+      </c>
+      <c r="J666" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10">
+      <c r="A667" t="s">
+        <v>10</v>
+      </c>
+      <c r="B667" t="s">
+        <v>11</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D667" t="s">
+        <v>13</v>
+      </c>
+      <c r="E667" t="s">
+        <v>21</v>
+      </c>
+      <c r="F667" t="s">
+        <v>22</v>
+      </c>
+      <c r="G667">
+        <v>861</v>
+      </c>
+      <c r="H667">
+        <v>71805</v>
+      </c>
+      <c r="I667">
+        <v>72665</v>
+      </c>
+      <c r="J667" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10">
+      <c r="A668" t="s">
+        <v>10</v>
+      </c>
+      <c r="B668" t="s">
+        <v>11</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D668" t="s">
+        <v>13</v>
+      </c>
+      <c r="E668" t="s">
+        <v>21</v>
+      </c>
+      <c r="F668" t="s">
+        <v>22</v>
+      </c>
+      <c r="G668" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H668">
+        <v>70321</v>
+      </c>
+      <c r="I668">
+        <v>71804</v>
+      </c>
+      <c r="J668" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10">
+      <c r="A669" t="s">
+        <v>10</v>
+      </c>
+      <c r="B669" t="s">
+        <v>11</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D669" t="s">
+        <v>13</v>
+      </c>
+      <c r="E669" t="s">
+        <v>21</v>
+      </c>
+      <c r="F669" t="s">
+        <v>22</v>
+      </c>
+      <c r="G669">
+        <v>591</v>
+      </c>
+      <c r="H669">
+        <v>69730</v>
+      </c>
+      <c r="I669">
+        <v>70320</v>
+      </c>
+      <c r="J669" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10">
+      <c r="A670" t="s">
+        <v>10</v>
+      </c>
+      <c r="B670" t="s">
+        <v>11</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D670" t="s">
+        <v>13</v>
+      </c>
+      <c r="E670" t="s">
+        <v>21</v>
+      </c>
+      <c r="F670" t="s">
+        <v>22</v>
+      </c>
+      <c r="G670" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H670">
+        <v>68325</v>
+      </c>
+      <c r="I670">
+        <v>69729</v>
+      </c>
+      <c r="J670" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10">
+      <c r="A671" t="s">
+        <v>10</v>
+      </c>
+      <c r="B671" t="s">
+        <v>11</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D671" t="s">
+        <v>13</v>
+      </c>
+      <c r="E671" t="s">
+        <v>21</v>
+      </c>
+      <c r="F671" t="s">
+        <v>22</v>
+      </c>
+      <c r="G671">
+        <v>895</v>
+      </c>
+      <c r="H671">
+        <v>67430</v>
+      </c>
+      <c r="I671">
+        <v>68324</v>
+      </c>
+      <c r="J671" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10">
+      <c r="A672" t="s">
+        <v>10</v>
+      </c>
+      <c r="B672" t="s">
+        <v>11</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D672" t="s">
+        <v>13</v>
+      </c>
+      <c r="E672" t="s">
+        <v>21</v>
+      </c>
+      <c r="F672" t="s">
+        <v>22</v>
+      </c>
+      <c r="G672" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H672">
+        <v>66205</v>
+      </c>
+      <c r="I672">
+        <v>67429</v>
+      </c>
+      <c r="J672" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="673" spans="1:10">
+      <c r="A673" t="s">
+        <v>10</v>
+      </c>
+      <c r="B673" t="s">
+        <v>11</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D673" t="s">
+        <v>13</v>
+      </c>
+      <c r="E673" t="s">
+        <v>21</v>
+      </c>
+      <c r="F673" t="s">
+        <v>22</v>
+      </c>
+      <c r="G673" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H673">
+        <v>63758</v>
+      </c>
+      <c r="I673">
+        <v>66204</v>
+      </c>
+      <c r="J673" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="674" spans="1:10">
+      <c r="A674" t="s">
+        <v>10</v>
+      </c>
+      <c r="B674" t="s">
+        <v>11</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D674" t="s">
+        <v>13</v>
+      </c>
+      <c r="E674" t="s">
+        <v>21</v>
+      </c>
+      <c r="F674" t="s">
+        <v>22</v>
+      </c>
+      <c r="G674" t="s">
+        <v>880</v>
+      </c>
+      <c r="H674">
+        <v>62569</v>
+      </c>
+      <c r="I674">
+        <v>63757</v>
+      </c>
+      <c r="J674" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="675" spans="1:10">
+      <c r="A675" t="s">
+        <v>10</v>
+      </c>
+      <c r="B675" t="s">
+        <v>11</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D675" t="s">
+        <v>13</v>
+      </c>
+      <c r="E675" t="s">
+        <v>21</v>
+      </c>
+      <c r="F675" t="s">
+        <v>22</v>
+      </c>
+      <c r="G675" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H675">
+        <v>60349</v>
+      </c>
+      <c r="I675">
+        <v>62568</v>
+      </c>
+      <c r="J675" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="676" spans="1:10">
+      <c r="A676" t="s">
+        <v>10</v>
+      </c>
+      <c r="B676" t="s">
+        <v>11</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D676" t="s">
+        <v>13</v>
+      </c>
+      <c r="E676" t="s">
+        <v>21</v>
+      </c>
+      <c r="F676" t="s">
+        <v>22</v>
+      </c>
+      <c r="G676">
+        <v>841</v>
+      </c>
+      <c r="H676">
+        <v>59508</v>
+      </c>
+      <c r="I676">
+        <v>60348</v>
+      </c>
+      <c r="J676" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="677" spans="1:10">
+      <c r="A677" t="s">
+        <v>10</v>
+      </c>
+      <c r="B677" t="s">
+        <v>11</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D677" t="s">
+        <v>13</v>
+      </c>
+      <c r="E677" t="s">
+        <v>21</v>
+      </c>
+      <c r="F677" t="s">
+        <v>22</v>
+      </c>
+      <c r="G677" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H677">
+        <v>55535</v>
+      </c>
+      <c r="I677">
+        <v>59507</v>
+      </c>
+      <c r="J677" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="678" spans="1:10">
+      <c r="A678" t="s">
+        <v>10</v>
+      </c>
+      <c r="B678" t="s">
+        <v>11</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D678" t="s">
+        <v>13</v>
+      </c>
+      <c r="E678" t="s">
+        <v>21</v>
+      </c>
+      <c r="F678" t="s">
+        <v>22</v>
+      </c>
+      <c r="G678" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H678">
+        <v>54272</v>
+      </c>
+      <c r="I678">
+        <v>55534</v>
+      </c>
+      <c r="J678" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="679" spans="1:10">
+      <c r="A679" t="s">
+        <v>10</v>
+      </c>
+      <c r="B679" t="s">
+        <v>11</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D679" t="s">
+        <v>13</v>
+      </c>
+      <c r="E679" t="s">
+        <v>21</v>
+      </c>
+      <c r="F679" t="s">
+        <v>22</v>
+      </c>
+      <c r="G679" t="s">
+        <v>392</v>
+      </c>
+      <c r="H679">
+        <v>52486</v>
+      </c>
+      <c r="I679">
+        <v>54271</v>
+      </c>
+      <c r="J679" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="680" spans="1:10">
+      <c r="A680" t="s">
+        <v>10</v>
+      </c>
+      <c r="B680" t="s">
+        <v>11</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D680" t="s">
+        <v>13</v>
+      </c>
+      <c r="E680" t="s">
+        <v>21</v>
+      </c>
+      <c r="F680" t="s">
+        <v>22</v>
+      </c>
+      <c r="G680" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H680">
+        <v>49896</v>
+      </c>
+      <c r="I680">
+        <v>52485</v>
+      </c>
+      <c r="J680" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="681" spans="1:10">
+      <c r="A681" t="s">
+        <v>10</v>
+      </c>
+      <c r="B681" t="s">
+        <v>11</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D681" t="s">
+        <v>13</v>
+      </c>
+      <c r="E681" t="s">
+        <v>21</v>
+      </c>
+      <c r="F681" t="s">
+        <v>22</v>
+      </c>
+      <c r="G681">
+        <v>863</v>
+      </c>
+      <c r="H681">
+        <v>49033</v>
+      </c>
+      <c r="I681">
+        <v>49895</v>
+      </c>
+      <c r="J681" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="682" spans="1:10">
+      <c r="A682" t="s">
+        <v>10</v>
+      </c>
+      <c r="B682" t="s">
+        <v>11</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D682" t="s">
+        <v>13</v>
+      </c>
+      <c r="E682" t="s">
+        <v>21</v>
+      </c>
+      <c r="F682" t="s">
+        <v>22</v>
+      </c>
+      <c r="G682" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H682">
+        <v>47730</v>
+      </c>
+      <c r="I682">
+        <v>49032</v>
+      </c>
+      <c r="J682" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="683" spans="1:10">
+      <c r="A683" t="s">
+        <v>10</v>
+      </c>
+      <c r="B683" t="s">
+        <v>11</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D683" t="s">
+        <v>13</v>
+      </c>
+      <c r="E683" t="s">
+        <v>21</v>
+      </c>
+      <c r="F683" t="s">
+        <v>22</v>
+      </c>
+      <c r="G683" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H683">
+        <v>44973</v>
+      </c>
+      <c r="I683">
+        <v>47729</v>
+      </c>
+      <c r="J683" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="684" spans="1:10">
+      <c r="A684" t="s">
+        <v>10</v>
+      </c>
+      <c r="B684" t="s">
+        <v>11</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D684" t="s">
+        <v>13</v>
+      </c>
+      <c r="E684" t="s">
+        <v>21</v>
+      </c>
+      <c r="F684" t="s">
+        <v>22</v>
+      </c>
+      <c r="G684" t="s">
+        <v>637</v>
+      </c>
+      <c r="H684">
+        <v>43360</v>
+      </c>
+      <c r="I684">
+        <v>44972</v>
+      </c>
+      <c r="J684" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="685" spans="1:10">
+      <c r="A685" t="s">
+        <v>10</v>
+      </c>
+      <c r="B685" t="s">
+        <v>11</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D685" t="s">
+        <v>13</v>
+      </c>
+      <c r="E685" t="s">
+        <v>21</v>
+      </c>
+      <c r="F685" t="s">
+        <v>22</v>
+      </c>
+      <c r="G685" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H685">
+        <v>41405</v>
+      </c>
+      <c r="I685">
+        <v>43359</v>
+      </c>
+      <c r="J685" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="686" spans="1:10">
+      <c r="A686" t="s">
+        <v>10</v>
+      </c>
+      <c r="B686" t="s">
+        <v>11</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D686" t="s">
+        <v>13</v>
+      </c>
+      <c r="E686" t="s">
+        <v>21</v>
+      </c>
+      <c r="F686" t="s">
+        <v>22</v>
+      </c>
+      <c r="G686" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H686">
+        <v>38365</v>
+      </c>
+      <c r="I686">
+        <v>41404</v>
+      </c>
+      <c r="J686" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="687" spans="1:10">
+      <c r="A687" t="s">
+        <v>10</v>
+      </c>
+      <c r="B687" t="s">
+        <v>11</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D687" t="s">
+        <v>13</v>
+      </c>
+      <c r="E687" t="s">
+        <v>21</v>
+      </c>
+      <c r="F687" t="s">
+        <v>22</v>
+      </c>
+      <c r="G687" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H687">
+        <v>35940</v>
+      </c>
+      <c r="I687">
+        <v>38364</v>
+      </c>
+      <c r="J687" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="688" spans="1:10">
+      <c r="A688" t="s">
+        <v>10</v>
+      </c>
+      <c r="B688" t="s">
+        <v>11</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D688" t="s">
+        <v>13</v>
+      </c>
+      <c r="E688" t="s">
+        <v>21</v>
+      </c>
+      <c r="F688" t="s">
+        <v>22</v>
+      </c>
+      <c r="G688" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H688">
+        <v>34254</v>
+      </c>
+      <c r="I688">
+        <v>35939</v>
+      </c>
+      <c r="J688" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="689" spans="1:10">
+      <c r="A689" t="s">
+        <v>10</v>
+      </c>
+      <c r="B689" t="s">
+        <v>11</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D689" t="s">
+        <v>13</v>
+      </c>
+      <c r="E689" t="s">
+        <v>21</v>
+      </c>
+      <c r="F689" t="s">
+        <v>22</v>
+      </c>
+      <c r="G689" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H689">
+        <v>32670</v>
+      </c>
+      <c r="I689">
+        <v>34253</v>
+      </c>
+      <c r="J689" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="690" spans="1:10">
+      <c r="A690" t="s">
+        <v>10</v>
+      </c>
+      <c r="B690" t="s">
+        <v>11</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D690" t="s">
+        <v>13</v>
+      </c>
+      <c r="E690" t="s">
+        <v>21</v>
+      </c>
+      <c r="F690" t="s">
+        <v>22</v>
+      </c>
+      <c r="G690" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H690">
+        <v>31485</v>
+      </c>
+      <c r="I690">
+        <v>32669</v>
+      </c>
+      <c r="J690" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="691" spans="1:10">
+      <c r="A691" t="s">
+        <v>10</v>
+      </c>
+      <c r="B691" t="s">
+        <v>11</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D691" t="s">
+        <v>13</v>
+      </c>
+      <c r="E691" t="s">
+        <v>21</v>
+      </c>
+      <c r="F691" t="s">
+        <v>22</v>
+      </c>
+      <c r="G691" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H691">
+        <v>30312</v>
+      </c>
+      <c r="I691">
+        <v>31484</v>
+      </c>
+      <c r="J691" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="692" spans="1:10">
+      <c r="A692" t="s">
+        <v>10</v>
+      </c>
+      <c r="B692" t="s">
+        <v>11</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D692" t="s">
+        <v>13</v>
+      </c>
+      <c r="E692" t="s">
+        <v>21</v>
+      </c>
+      <c r="F692" t="s">
+        <v>22</v>
+      </c>
+      <c r="G692" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H692">
+        <v>28083</v>
+      </c>
+      <c r="I692">
+        <v>30311</v>
+      </c>
+      <c r="J692" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="693" spans="1:10">
+      <c r="A693" t="s">
+        <v>10</v>
+      </c>
+      <c r="B693" t="s">
+        <v>11</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D693" t="s">
+        <v>13</v>
+      </c>
+      <c r="E693" t="s">
+        <v>21</v>
+      </c>
+      <c r="F693" t="s">
+        <v>22</v>
+      </c>
+      <c r="G693" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H693">
+        <v>26512</v>
+      </c>
+      <c r="I693">
+        <v>28082</v>
+      </c>
+      <c r="J693" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10">
+      <c r="A694" t="s">
+        <v>10</v>
+      </c>
+      <c r="B694" t="s">
+        <v>11</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D694" t="s">
+        <v>13</v>
+      </c>
+      <c r="E694" t="s">
+        <v>21</v>
+      </c>
+      <c r="F694" t="s">
+        <v>22</v>
+      </c>
+      <c r="G694" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H694">
+        <v>23129</v>
+      </c>
+      <c r="I694">
+        <v>26511</v>
+      </c>
+      <c r="J694" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="695" spans="1:10">
+      <c r="A695" t="s">
+        <v>10</v>
+      </c>
+      <c r="B695" t="s">
+        <v>11</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D695" t="s">
+        <v>13</v>
+      </c>
+      <c r="E695" t="s">
+        <v>21</v>
+      </c>
+      <c r="F695" t="s">
+        <v>22</v>
+      </c>
+      <c r="G695">
+        <v>876</v>
+      </c>
+      <c r="H695">
+        <v>22253</v>
+      </c>
+      <c r="I695">
+        <v>23128</v>
+      </c>
+      <c r="J695" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10">
+      <c r="A696" t="s">
+        <v>10</v>
+      </c>
+      <c r="B696" t="s">
+        <v>11</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D696" t="s">
+        <v>13</v>
+      </c>
+      <c r="E696" t="s">
+        <v>21</v>
+      </c>
+      <c r="F696" t="s">
+        <v>22</v>
+      </c>
+      <c r="G696" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H696">
+        <v>20860</v>
+      </c>
+      <c r="I696">
+        <v>22252</v>
+      </c>
+      <c r="J696" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10">
+      <c r="A697" t="s">
+        <v>10</v>
+      </c>
+      <c r="B697" t="s">
+        <v>11</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D697" t="s">
+        <v>13</v>
+      </c>
+      <c r="E697" t="s">
+        <v>21</v>
+      </c>
+      <c r="F697" t="s">
+        <v>22</v>
+      </c>
+      <c r="G697" t="s">
+        <v>628</v>
+      </c>
+      <c r="H697">
+        <v>19436</v>
+      </c>
+      <c r="I697">
+        <v>20859</v>
+      </c>
+      <c r="J697" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10">
+      <c r="A698" t="s">
+        <v>10</v>
+      </c>
+      <c r="B698" t="s">
+        <v>11</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D698" t="s">
+        <v>13</v>
+      </c>
+      <c r="E698" t="s">
+        <v>21</v>
+      </c>
+      <c r="F698" t="s">
+        <v>22</v>
+      </c>
+      <c r="G698" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H698">
+        <v>17952</v>
+      </c>
+      <c r="I698">
+        <v>19435</v>
+      </c>
+      <c r="J698" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10">
+      <c r="A699" t="s">
+        <v>10</v>
+      </c>
+      <c r="B699" t="s">
+        <v>11</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D699" t="s">
+        <v>13</v>
+      </c>
+      <c r="E699" t="s">
+        <v>21</v>
+      </c>
+      <c r="F699" t="s">
+        <v>22</v>
+      </c>
+      <c r="G699" t="s">
+        <v>191</v>
+      </c>
+      <c r="H699">
+        <v>16905</v>
+      </c>
+      <c r="I699">
+        <v>17951</v>
+      </c>
+      <c r="J699" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10">
+      <c r="A700" t="s">
+        <v>10</v>
+      </c>
+      <c r="B700" t="s">
+        <v>11</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D700" t="s">
+        <v>13</v>
+      </c>
+      <c r="E700" t="s">
+        <v>21</v>
+      </c>
+      <c r="F700" t="s">
+        <v>22</v>
+      </c>
+      <c r="G700" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H700">
+        <v>11732</v>
+      </c>
+      <c r="I700">
+        <v>16904</v>
+      </c>
+      <c r="J700" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10">
+      <c r="A701" t="s">
+        <v>10</v>
+      </c>
+      <c r="B701" t="s">
+        <v>11</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D701" t="s">
+        <v>13</v>
+      </c>
+      <c r="E701" t="s">
+        <v>21</v>
+      </c>
+      <c r="F701" t="s">
+        <v>22</v>
+      </c>
+      <c r="G701" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H701">
+        <v>9568</v>
+      </c>
+      <c r="I701">
+        <v>11731</v>
+      </c>
+      <c r="J701" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10">
+      <c r="A702" t="s">
+        <v>10</v>
+      </c>
+      <c r="B702" t="s">
+        <v>11</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D702" t="s">
+        <v>13</v>
+      </c>
+      <c r="E702" t="s">
+        <v>21</v>
+      </c>
+      <c r="F702" t="s">
+        <v>22</v>
+      </c>
+      <c r="G702" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H702">
+        <v>7755</v>
+      </c>
+      <c r="I702">
+        <v>9567</v>
+      </c>
+      <c r="J702" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10">
+      <c r="A703" t="s">
+        <v>10</v>
+      </c>
+      <c r="B703" t="s">
+        <v>11</v>
+      </c>
+      <c r="C703" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D703" t="s">
+        <v>13</v>
+      </c>
+      <c r="E703" t="s">
+        <v>21</v>
+      </c>
+      <c r="F703" t="s">
+        <v>22</v>
+      </c>
+      <c r="G703" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H703">
+        <v>4240</v>
+      </c>
+      <c r="I703">
+        <v>7754</v>
+      </c>
+      <c r="J703" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10">
+      <c r="A704" t="s">
+        <v>10</v>
+      </c>
+      <c r="B704" t="s">
+        <v>11</v>
+      </c>
+      <c r="C704" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D704" t="s">
+        <v>13</v>
+      </c>
+      <c r="E704" t="s">
+        <v>21</v>
+      </c>
+      <c r="F704" t="s">
+        <v>22</v>
+      </c>
+      <c r="G704" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H704">
         <v>1</v>
       </c>
-      <c r="G31">
-[...4422 lines deleted...]
-      <c r="H201" t="s">
+      <c r="I704">
+        <v>4239</v>
+      </c>
+      <c r="J704" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="705" spans="1:10">
+      <c r="A705" t="s">
+        <v>10</v>
+      </c>
+      <c r="B705" t="s">
+        <v>11</v>
+      </c>
+      <c r="C705" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D705" t="s">
+        <v>13</v>
+      </c>
+      <c r="E705" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F705" t="s">
+        <v>22</v>
+      </c>
+      <c r="G705" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H705">
+        <v>426234</v>
+      </c>
+      <c r="I705">
+        <v>431834</v>
+      </c>
+      <c r="J705" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="706" spans="1:10">
+      <c r="A706" t="s">
+        <v>10</v>
+      </c>
+      <c r="B706" t="s">
+        <v>11</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D706" t="s">
+        <v>13</v>
+      </c>
+      <c r="E706" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F706" t="s">
+        <v>22</v>
+      </c>
+      <c r="G706">
+        <v>507</v>
+      </c>
+      <c r="H706">
+        <v>425727</v>
+      </c>
+      <c r="I706">
+        <v>426233</v>
+      </c>
+      <c r="J706" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="707" spans="1:10">
+      <c r="A707" t="s">
+        <v>10</v>
+      </c>
+      <c r="B707" t="s">
+        <v>11</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D707" t="s">
+        <v>13</v>
+      </c>
+      <c r="E707" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F707" t="s">
+        <v>22</v>
+      </c>
+      <c r="G707">
+        <v>810</v>
+      </c>
+      <c r="H707">
+        <v>424917</v>
+      </c>
+      <c r="I707">
+        <v>425726</v>
+      </c>
+      <c r="J707" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="708" spans="1:10">
+      <c r="A708" t="s">
+        <v>10</v>
+      </c>
+      <c r="B708" t="s">
+        <v>11</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D708" t="s">
+        <v>13</v>
+      </c>
+      <c r="E708" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F708" t="s">
+        <v>22</v>
+      </c>
+      <c r="G708" t="s">
         <v>376</v>
       </c>
-    </row>
-[...2102 lines deleted...]
-      <c r="H282" t="s">
+      <c r="H708">
+        <v>423837</v>
+      </c>
+      <c r="I708">
+        <v>424916</v>
+      </c>
+      <c r="J708" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="709" spans="1:10">
+      <c r="A709" t="s">
+        <v>10</v>
+      </c>
+      <c r="B709" t="s">
+        <v>11</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D709" t="s">
+        <v>13</v>
+      </c>
+      <c r="E709" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F709" t="s">
+        <v>22</v>
+      </c>
+      <c r="G709" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H709">
+        <v>379727</v>
+      </c>
+      <c r="I709">
+        <v>423836</v>
+      </c>
+      <c r="J709" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="710" spans="1:10">
+      <c r="A710" t="s">
+        <v>10</v>
+      </c>
+      <c r="B710" t="s">
+        <v>11</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D710" t="s">
+        <v>13</v>
+      </c>
+      <c r="E710" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F710" t="s">
+        <v>22</v>
+      </c>
+      <c r="G710" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H710">
+        <v>342234</v>
+      </c>
+      <c r="I710">
+        <v>379726</v>
+      </c>
+      <c r="J710" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="711" spans="1:10">
+      <c r="A711" t="s">
+        <v>10</v>
+      </c>
+      <c r="B711" t="s">
+        <v>11</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D711" t="s">
+        <v>13</v>
+      </c>
+      <c r="E711" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F711" t="s">
+        <v>22</v>
+      </c>
+      <c r="G711">
         <v>507</v>
       </c>
-    </row>
-[...3136 lines deleted...]
-      <c r="F403">
+      <c r="H711">
+        <v>341727</v>
+      </c>
+      <c r="I711">
+        <v>342233</v>
+      </c>
+      <c r="J711" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="712" spans="1:10">
+      <c r="A712" t="s">
+        <v>10</v>
+      </c>
+      <c r="B712" t="s">
+        <v>11</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D712" t="s">
+        <v>13</v>
+      </c>
+      <c r="E712" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F712" t="s">
+        <v>22</v>
+      </c>
+      <c r="G712">
+        <v>855</v>
+      </c>
+      <c r="H712">
+        <v>340872</v>
+      </c>
+      <c r="I712">
+        <v>341726</v>
+      </c>
+      <c r="J712" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="713" spans="1:10">
+      <c r="A713" t="s">
+        <v>10</v>
+      </c>
+      <c r="B713" t="s">
+        <v>11</v>
+      </c>
+      <c r="C713" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D713" t="s">
+        <v>13</v>
+      </c>
+      <c r="E713" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F713" t="s">
+        <v>22</v>
+      </c>
+      <c r="G713">
+        <v>720</v>
+      </c>
+      <c r="H713">
+        <v>340152</v>
+      </c>
+      <c r="I713">
+        <v>340871</v>
+      </c>
+      <c r="J713" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="714" spans="1:10">
+      <c r="A714" t="s">
+        <v>10</v>
+      </c>
+      <c r="B714" t="s">
+        <v>11</v>
+      </c>
+      <c r="C714" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D714" t="s">
+        <v>13</v>
+      </c>
+      <c r="E714" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F714" t="s">
+        <v>22</v>
+      </c>
+      <c r="G714" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H714">
+        <v>312252</v>
+      </c>
+      <c r="I714">
+        <v>340151</v>
+      </c>
+      <c r="J714" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="715" spans="1:10">
+      <c r="A715" t="s">
+        <v>10</v>
+      </c>
+      <c r="B715" t="s">
+        <v>11</v>
+      </c>
+      <c r="C715" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D715" t="s">
+        <v>13</v>
+      </c>
+      <c r="E715" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F715" t="s">
+        <v>22</v>
+      </c>
+      <c r="G715" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H715">
+        <v>288234</v>
+      </c>
+      <c r="I715">
+        <v>312251</v>
+      </c>
+      <c r="J715" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="716" spans="1:10">
+      <c r="A716" t="s">
+        <v>10</v>
+      </c>
+      <c r="B716" t="s">
+        <v>11</v>
+      </c>
+      <c r="C716" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D716" t="s">
+        <v>13</v>
+      </c>
+      <c r="E716" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F716" t="s">
+        <v>22</v>
+      </c>
+      <c r="G716" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H716">
         <v>1</v>
       </c>
-      <c r="G403">
-[...516 lines deleted...]
-      <c r="F423">
+      <c r="I716">
+        <v>288233</v>
+      </c>
+      <c r="J716" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="717" spans="1:10">
+      <c r="A717" t="s">
+        <v>10</v>
+      </c>
+      <c r="B717" t="s">
+        <v>11</v>
+      </c>
+      <c r="C717" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D717" t="s">
+        <v>13</v>
+      </c>
+      <c r="E717" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F717" t="s">
+        <v>22</v>
+      </c>
+      <c r="G717" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H717">
         <v>1</v>
       </c>
-      <c r="G423">
-[...3925 lines deleted...]
-      <c r="G574">
+      <c r="I717">
         <v>411767</v>
       </c>
-      <c r="H574" t="s">
-        <v>986</v>
+      <c r="J717" t="s">
+        <v>1174</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">