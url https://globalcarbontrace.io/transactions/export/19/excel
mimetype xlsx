--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -12,121 +12,1387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1586">
   <si>
     <t>Name of Program</t>
   </si>
   <si>
     <t>Unit type</t>
   </si>
   <si>
     <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>Name of</t>
   </si>
   <si>
     <t>Account Holder</t>
   </si>
   <si>
     <t>Quantity of emission units cancelled</t>
   </si>
   <si>
     <t>Start of serial numbers</t>
   </si>
   <si>
     <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>BioCarbon Standard</t>
   </si>
   <si>
     <t>VCC</t>
   </si>
   <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>DABUCURY REDD+</t>
+  </si>
+  <si>
+    <t>PROMOTORA COLOMBIA S.A.S.</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>1,582</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0006530-0008111</t>
+  </si>
+  <si>
+    <t>4,891</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0001639-0006529</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>ORGANIZACIÓN TERPEL S.A.</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0232804-0233502</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0232095-0232803</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0231643-0232094</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0231357-0231642</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0230853-0231356</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0230491-0230852</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0230236-0230490</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0229963-0230235</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0229791-0229962</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0228982-0229790</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0228260-0228981</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0227708-0228259</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0227341-0227707</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0226495-0227340</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0225819-0226494</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0225466-0225818</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0224471-0225465</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0224287-0224470</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0223720-0224286</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0223041-0223719</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0222597-0223040</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0222171-0222596</t>
+  </si>
+  <si>
+    <t>1,185</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0220986-0222170</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0220304-0220985</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0219818-0220303</t>
+  </si>
+  <si>
+    <t>1,069</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0218749-0219817</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0218563-0218748</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0218127-0218562</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0217163-0218126</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0216854-0217162</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0216620-0216853</t>
+  </si>
+  <si>
+    <t>1,083</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0215537-0216619</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0215044-0215536</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0214581-0215043</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0214425-0214580</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0213800-0214424</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0213387-0213799</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0212526-0213386</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0212282-0212525</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0211770-0212281</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0211276-0211769</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0210666-0211275</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0210544-0210665</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0210149-0210543</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0209309-0210148</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0208860-0209308</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0208462-0208859</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0207988-0208461</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0207326-0207987</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0206627-0207325</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0206291-0206626</t>
+  </si>
+  <si>
+    <t>1,056</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0205235-0206290</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0204906-0205234</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0204711-0204905</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0204552-0204710</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0204423-0204551</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0204053-0204422</t>
+  </si>
+  <si>
+    <t>ESTACION DE SERVICIO EXICENTRO SAS</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0203629-0204052</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0203038-0203628</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0202632-0203037</t>
+  </si>
+  <si>
+    <t>1,106</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0201526-0202631</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0201150-0201525</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0200883-0201149</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0200413-0200882</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0200194-0200412</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0199250-0200193</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0198863-0199249</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0198490-0198862</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0197893-0198489</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0197668-0197892</t>
+  </si>
+  <si>
+    <t>1,097</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0196571-0197667</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0195668-0196570</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0195054-0195667</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0194416-0195053</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0194350-0194415</t>
+  </si>
+  <si>
+    <t>1,251</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0193099-0194349</t>
+  </si>
+  <si>
+    <t>1,265</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0191834-0193098</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0190921-0191833</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0190678-0190920</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0190549-0190677</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0190143-0190548</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0189661-0190142</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0189252-0189660</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0188957-0189251</t>
+  </si>
+  <si>
+    <t>1,061</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0187896-0188956</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0187731-0187895</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0186829-0187730</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0186564-0186828</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0186224-0186563</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0185784-0186223</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0185001-0185783</t>
+  </si>
+  <si>
+    <t>1,139</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0183862-0185000</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0183397-0183861</t>
+  </si>
+  <si>
+    <t>1,008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0182389-0183396</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0182154-0182388</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0181746-0182153</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0180898-0181745</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0180666-0180897</t>
+  </si>
+  <si>
+    <t>1,281</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0179385-0180665</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0179108-0179384</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0178667-0179107</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0178298-0178666</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0177559-0178297</t>
+  </si>
+  <si>
+    <t>1,005</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0176554-0177558</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0175735-0176553</t>
+  </si>
+  <si>
+    <t>1,158</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0174577-0175734</t>
+  </si>
+  <si>
+    <t>1,699</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0172878-0174576</t>
+  </si>
+  <si>
+    <t>1,532</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0171346-0172877</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0170821-0171345</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0170334-0170820</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0170085-0170333</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0169088-0170084</t>
+  </si>
+  <si>
+    <t>1,361</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0167727-0169087</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0167279-0167726</t>
+  </si>
+  <si>
+    <t>1,146</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0166133-0167278</t>
+  </si>
+  <si>
+    <t>1,832</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0164301-0166132</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0164102-0164300</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0163904-0164101</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0163814-0163903</t>
+  </si>
+  <si>
+    <t>1,453</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0162361-0163813</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0161982-0162360</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0161254-0161981</t>
+  </si>
+  <si>
+    <t>2,779</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0158475-0161253</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>CHEVRON PETROLEUM COMPANY</t>
+  </si>
+  <si>
+    <t>KSAVAL ENERGY SAS</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0026631-0027002</t>
+  </si>
+  <si>
+    <t>ORGANIZACION TERPEL SA</t>
+  </si>
+  <si>
+    <t>5,472</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0021159-0026630</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>PA Bancolombia</t>
+  </si>
+  <si>
+    <t>Carbo Sostenible S.A.S.</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0001033-0001638</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>Almacenes Éxito</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000972-0001032</t>
+  </si>
+  <si>
+    <t>Brisas Plaza Shopping</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000908-0000971</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000899-0000907</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000897-0000898</t>
+  </si>
+  <si>
+    <t>Centro Comercial Portal de la Sabana</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000881-0000896</t>
+  </si>
+  <si>
+    <t>PA Credicorp Capital</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000856-0000880</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000807-0000855</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000652-0000806</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000478-0000651</t>
+  </si>
+  <si>
+    <t>San Pedro Plaza Comercial</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000267-0000477</t>
+  </si>
+  <si>
+    <t>La Sabana Centro Comercial</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000013-0000266</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-1901-1912-0000001-0000012</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0157661-0158474</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0157088-0157660</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0156127-0157087</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0155442-0156126</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0155022-0155441</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0154557-0155021</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0154286-0154556</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0153783-0154285</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0153439-0153782</t>
+  </si>
+  <si>
+    <t>1,073</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0152366-0153438</t>
+  </si>
+  <si>
+    <t>1,224</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0151142-0152365</t>
+  </si>
+  <si>
+    <t>1,211</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0149931-0151141</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0148870-0149930</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0148629-0148869</t>
+  </si>
+  <si>
+    <t>1,409</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0147220-0148628</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0146979-0147219</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0146815-0146978</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0146054-0146814</t>
+  </si>
+  <si>
+    <t>1,633</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0144421-0146053</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0143692-0144420</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0143116-0143691</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0142747-0143115</t>
+  </si>
+  <si>
+    <t>3,358</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0139389-0142746</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0136031-0139388</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0135235-0136030</t>
+  </si>
+  <si>
+    <t>1,134</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0134101-0135234</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0133474-0134100</t>
+  </si>
+  <si>
+    <t>2,871</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0130603-0133473</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0130275-0130602</t>
+  </si>
+  <si>
+    <t>8,755</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0121520-0130274</t>
+  </si>
+  <si>
+    <t>1,184</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0120336-0121519</t>
+  </si>
+  <si>
+    <t>3,778</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0116558-0120335</t>
+  </si>
+  <si>
+    <t>1,510</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0115048-0116557</t>
+  </si>
+  <si>
+    <t>1,062</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0113986-0115047</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0113802-0113985</t>
+  </si>
+  <si>
+    <t>10,455</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0103347-0113801</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0102797-0103346</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0102139-0102796</t>
+  </si>
+  <si>
+    <t>1,465</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0100674-0102138</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0100246-0100673</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0099844-0100245</t>
+  </si>
+  <si>
+    <t>1,593</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0098251-0099843</t>
+  </si>
+  <si>
+    <t>1,192</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0097059-0098250</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0095778-0097058</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0095133-0095777</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0094703-0095132</t>
+  </si>
+  <si>
+    <t>3,747</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0090956-0094702</t>
+  </si>
+  <si>
+    <t>2,499</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0088457-0090955</t>
+  </si>
+  <si>
+    <t>1,092</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0087365-0088456</t>
+  </si>
+  <si>
+    <t>1,030</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0086335-0087364</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0086181-0086334</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0085766-0086180</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0084858-0085765</t>
+  </si>
+  <si>
+    <t>2,233</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0082625-0084857</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0082295-0082624</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0081708-0082294</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0081481-0081707</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0080896-0081480</t>
+  </si>
+  <si>
+    <t>2,301</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0078595-0080895</t>
+  </si>
+  <si>
+    <t>2,563</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0076032-0078594</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0075604-0076031</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0075267-0075603</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0074547-0075266</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0073987-0074546</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0073644-0073986</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0072855-0073643</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0072591-0072854</t>
+  </si>
+  <si>
+    <t>1,115</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0071476-0072590</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0069644-0071475</t>
+  </si>
+  <si>
+    <t>3,703</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0065941-0069643</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0065478-0065940</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0065014-0065477</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0064778-0065013</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0064176-0064777</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0063860-0064175</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0063713-0063859</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0063107-0063712</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0062736-0063106</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0062332-0062735</t>
+  </si>
+  <si>
+    <t>6,192</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0056140-0062331</t>
+  </si>
+  <si>
+    <t>5,084</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0051056-0056139</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0050241-0051055</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0050011-0050240</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0049531-0050010</t>
+  </si>
+  <si>
+    <t>1,250</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0048281-0049530</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0047829-0048280</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0047582-0047828</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0047355-0047581</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0046568-0047354</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0045784-0046567</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0045328-0045783</t>
+  </si>
+  <si>
+    <t>1,266</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0044062-0045327</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0043738-0044061</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0043541-0043737</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0043394-0043540</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0043263-0043393</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0042909-0043262</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0042496-0042908</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0041946-0042495</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0041537-0041945</t>
+  </si>
+  <si>
+    <t>1,793</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0039744-0041536</t>
+  </si>
+  <si>
+    <t>1,098</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0038646-0039743</t>
+  </si>
+  <si>
+    <t>38,645</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0000001-0038645</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0038740-0038957</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0038118-0038739</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0037669-0038117</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0037287-0037668</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0036910-0037286</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0036255-0036909</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0035562-0036254</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0035225-0035561</t>
+  </si>
+  <si>
+    <t>1,031</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0034194-0035224</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0033815-0034193</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0033549-0033814</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0033112-0033548</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0032860-0033111</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0031920-0032859</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0031552-0031919</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0031192-0031551</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0030630-0031191</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0030455-0030629</t>
+  </si>
+  <si>
+    <t>1,697</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0028758-0030454</t>
+  </si>
+  <si>
+    <t>1,034</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0027724-0028757</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0026907-0027723</t>
+  </si>
+  <si>
+    <t>1,456</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0025451-0026906</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0024844-0025450</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0024232-0024843</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0024173-0024231</t>
+  </si>
+  <si>
+    <t>1,163</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0023010-0024172</t>
+  </si>
+  <si>
+    <t>1,230</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0021780-0023009</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0020905-0021779</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0020670-0020904</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0020547-0020669</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0020102-0020546</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0019621-0020101</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0019220-0019620</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0018928-0019219</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0017942-0018927</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0017797-0017941</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0016965-0017796</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0016685-0016964</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0016366-0016684</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0015943-0016365</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0015210-0015942</t>
+  </si>
+  <si>
+    <t>1,063</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0014147-0015209</t>
+  </si>
+  <si>
+    <t>6,010</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0008137-0014146</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0007693-0008136</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0006745-0007692</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0006518-0006744</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0006137-0006517</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0005287-0006136</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0005065-0005286</t>
+  </si>
+  <si>
+    <t>1,155</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0003910-0005064</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0003642-0003909</t>
+  </si>
+  <si>
+    <t>2,124</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0001518-0003641</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0001098-0001517</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0000729-0001097</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2206-0000001-0000728</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0121929-0122246</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0120965-0121928</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0120170-0120964</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0120047-0120169</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0119274-0120046</t>
+  </si>
+  <si>
+    <t>1,541</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0117733-0119273</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0116769-0117732</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0115994-0116768</t>
+  </si>
+  <si>
+    <t>1,090</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0114904-0115993</t>
+  </si>
+  <si>
+    <t>1,560</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0113344-0114903</t>
+  </si>
+  <si>
+    <t>1,482</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0111862-0113343</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0111354-0111861</t>
+  </si>
+  <si>
+    <t>9,938</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0101416-0111353</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0100950-0101415</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0100729-0100949</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0099815-0100728</t>
+  </si>
+  <si>
+    <t>1,210</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0098605-0099814</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0098179-0098604</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0097290-0098178</t>
+  </si>
+  <si>
+    <t>1,731</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0095559-0097289</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0095360-0095558</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0095173-0095359</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0095081-0095172</t>
+  </si>
+  <si>
+    <t>6,593</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0088488-0095080</t>
+  </si>
+  <si>
+    <t>1,343</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0087145-0088487</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0086837-0087144</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0086141-0086836</t>
+  </si>
+  <si>
+    <t>2,678</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0083463-0086140</t>
+  </si>
+  <si>
     <t>2025-12-03</t>
   </si>
   <si>
-    <t>DABUCURY REDD+</t>
-[...7 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0020844-0021158</t>
   </si>
   <si>
-    <t>ORGANIZACION TERPEL SA</t>
-[...1 lines deleted...]
-  <si>
     <t>5,178</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0015666-0020843</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
-    <t>ORGANIZACIÓN TERPEL S.A.</t>
-[...4 lines deleted...]
-  <si>
     <t>1,234</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0082229-0083462</t>
   </si>
   <si>
     <t>4,086</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0078143-0082228</t>
   </si>
   <si>
     <t>2,418</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0075725-0078142</t>
   </si>
   <si>
     <t>1,112</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0074613-0075724</t>
   </si>
   <si>
     <t>1,057</t>
@@ -260,53 +1526,50 @@
   <si>
     <t>1,329</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0032923-0034251</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0032432-0032922</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0032166-0032431</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0031832-0032165</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0031607-0031831</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0031333-0031606</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0031250-0031332</t>
   </si>
   <si>
-    <t>1,008</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0030242-0031249</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0029512-0030241</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0076015-0076123</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0029036-0029511</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0028225-0029035</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0027484-0028224</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0027098-0027483</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0026280-0027097</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0025920-0026279</t>
@@ -401,53 +1664,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0011454-0011819</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0010896-0011453</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0010737-0010895</t>
   </si>
   <si>
     <t>1,740</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0008997-0010736</t>
   </si>
   <si>
     <t>1,075</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0007922-0008996</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0007039-0007921</t>
   </si>
   <si>
-    <t>1,532</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0005507-0007038</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0004895-0005506</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0004261-0004894</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0004195-0004260</t>
   </si>
   <si>
     <t>1,216</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0002979-0004194</t>
   </si>
   <si>
     <t>1,282</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0001697-0002978</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000804-0001696</t>
@@ -953,53 +2213,50 @@
   <si>
     <t>2024-08-15</t>
   </si>
   <si>
     <t>31,475</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0259132-0290606</t>
   </si>
   <si>
     <t>2024-06-15</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0258758-0259131</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0257982-0258757</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0257389-0257981</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0257138-0257388</t>
   </si>
   <si>
-    <t>1,063</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0256075-0257137</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0255874-0256074</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0255514-0255873</t>
   </si>
   <si>
     <t>1,046</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0254468-0255513</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0253647-0254467</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0253099-0253646</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0249994-0253098</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0249683-0249993</t>
@@ -1118,104 +2375,98 @@
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0204520-0205315</t>
   </si>
   <si>
     <t>2,274</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0202246-0204519</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0201134-0202245</t>
   </si>
   <si>
     <t>3,274</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0197860-0201133</t>
   </si>
   <si>
     <t>2,047</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0195813-0197859</t>
   </si>
   <si>
-    <t>1,265</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0194548-0195812</t>
   </si>
   <si>
     <t>1,599</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0192949-0194547</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0191971-0192948</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0191164-0191970</t>
   </si>
   <si>
     <t>1,640</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0189524-0191163</t>
   </si>
   <si>
     <t>1,080</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0188444-0189523</t>
   </si>
   <si>
     <t>2024-05-17</t>
   </si>
   <si>
     <t>1,707</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0186737-0188443</t>
   </si>
   <si>
     <t>1,160</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0185577-0186736</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0184612-0185576</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0183846-0184611</t>
   </si>
   <si>
-    <t>1,593</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0182253-0183845</t>
   </si>
   <si>
     <t>1,474</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0180779-0182252</t>
   </si>
   <si>
     <t>1,396</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0179383-0180778</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0178461-0179382</t>
   </si>
   <si>
     <t>1,786</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0176675-0178460</t>
   </si>
   <si>
     <t>3,493</t>
@@ -2021,62 +3272,56 @@
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0255265-0256728</t>
   </si>
   <si>
     <t>1,971</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0253294-0255264</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0252566-0253293</t>
   </si>
   <si>
     <t>1,186</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0251380-0252565</t>
   </si>
   <si>
     <t>1,781</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0249599-0251379</t>
   </si>
   <si>
-    <t>1,224</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0248375-0249598</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0247850-0248374</t>
   </si>
   <si>
-    <t>3,358</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0244492-0247849</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0243495-0244491</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0242834-0243494</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0241978-0242833</t>
   </si>
   <si>
     <t>2,004</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0239974-0241977</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0239280-0239973</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0237640-0239279</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0236256-0237639</t>
@@ -2477,53 +3722,50 @@
   <si>
     <t>12,300</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0083414-0095713</t>
   </si>
   <si>
     <t>11,411</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0072003-0083413</t>
   </si>
   <si>
     <t>3,800</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0068203-0072002</t>
   </si>
   <si>
     <t>7,416</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0060787-0068202</t>
   </si>
   <si>
-    <t>1,582</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0059205-0060786</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0056185-0059204</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0054777-0056184</t>
   </si>
   <si>
     <t>3,506</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0051271-0054776</t>
   </si>
   <si>
     <t>5,520</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0045751-0051270</t>
   </si>
   <si>
     <t>2023-12-17</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0062902-0063344</t>
@@ -2585,53 +3827,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0050905-0051806</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0049963-0050904</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0049017-0049962</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0048063-0049016</t>
   </si>
   <si>
     <t>1,032</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0047031-0048062</t>
   </si>
   <si>
     <t>1,065</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0045966-0047030</t>
   </si>
   <si>
-    <t>1,098</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0044868-0045965</t>
   </si>
   <si>
     <t>1,147</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0043721-0044867</t>
   </si>
   <si>
     <t>1,504</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0042217-0043720</t>
   </si>
   <si>
     <t>1,553</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0040664-0042216</t>
   </si>
   <si>
     <t>1,642</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0039022-0040663</t>
@@ -3236,53 +4475,50 @@
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0018842-0019993</t>
   </si>
   <si>
     <t>1,191</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0017651-0018841</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0015734-0017650</t>
   </si>
   <si>
     <t>1,619</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0014115-0015733</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0013206-0014114</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0012672-0013205</t>
   </si>
   <si>
-    <t>1,106</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0011566-0012671</t>
   </si>
   <si>
     <t>1,562</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0010004-0011565</t>
   </si>
   <si>
     <t>3,447</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0006557-0010003</t>
   </si>
   <si>
     <t>2,329</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0004228-0006556</t>
   </si>
   <si>
     <t>2,928</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0001300-0004227</t>
@@ -3381,53 +4617,50 @@
     <t>PCR-CO-319-141-001-3-1901-1912-0041405-0043359</t>
   </si>
   <si>
     <t>3,040</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0038365-0041404</t>
   </si>
   <si>
     <t>2,425</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0035940-0038364</t>
   </si>
   <si>
     <t>1,686</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0034254-0035939</t>
   </si>
   <si>
     <t>1,584</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0032670-0034253</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,185</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0031485-0032669</t>
   </si>
   <si>
     <t>1,173</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0030312-0031484</t>
   </si>
   <si>
     <t>2,229</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0028083-0030311</t>
   </si>
   <si>
     <t>1,571</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0026512-0028082</t>
   </si>
   <si>
     <t>3,383</t>
   </si>
@@ -3884,54 +5117,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J717"/>
+  <dimension ref="A1:J1043"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J717" sqref="J717"/>
+      <selection activeCell="J1043" sqref="J1043"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -3943,22941 +5176,33373 @@
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
-      <c r="G2">
-        <v>315</v>
+      <c r="G2" t="s">
+        <v>16</v>
       </c>
       <c r="H2">
-        <v>20844</v>
+        <v>6530</v>
       </c>
       <c r="I2">
-        <v>21158</v>
+        <v>8111</v>
       </c>
       <c r="J2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3">
-        <v>15666</v>
+        <v>1639</v>
       </c>
       <c r="I3">
-        <v>20843</v>
+        <v>6529</v>
       </c>
       <c r="J3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4">
+        <v>699</v>
+      </c>
+      <c r="H4">
+        <v>232804</v>
+      </c>
+      <c r="I4">
+        <v>233502</v>
+      </c>
+      <c r="J4" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>15</v>
+      </c>
+      <c r="G5">
+        <v>709</v>
       </c>
       <c r="H5">
-        <v>78143</v>
+        <v>232095</v>
       </c>
       <c r="I5">
-        <v>82228</v>
+        <v>232803</v>
       </c>
       <c r="J5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="G6">
+        <v>452</v>
       </c>
       <c r="H6">
-        <v>75725</v>
+        <v>231643</v>
       </c>
       <c r="I6">
-        <v>78142</v>
+        <v>232094</v>
       </c>
       <c r="J6" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>15</v>
+      </c>
+      <c r="G7">
+        <v>286</v>
       </c>
       <c r="H7">
-        <v>74613</v>
+        <v>231357</v>
       </c>
       <c r="I7">
-        <v>75724</v>
+        <v>231642</v>
       </c>
       <c r="J7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>15</v>
+      </c>
+      <c r="G8">
+        <v>504</v>
       </c>
       <c r="H8">
-        <v>73556</v>
+        <v>230853</v>
       </c>
       <c r="I8">
-        <v>74612</v>
+        <v>231356</v>
       </c>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G9">
-        <v>175</v>
+        <v>362</v>
       </c>
       <c r="H9">
-        <v>73381</v>
+        <v>230491</v>
       </c>
       <c r="I9">
-        <v>73555</v>
+        <v>230852</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>21</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G10">
-        <v>435</v>
+        <v>255</v>
       </c>
       <c r="H10">
-        <v>72946</v>
+        <v>230236</v>
       </c>
       <c r="I10">
-        <v>73380</v>
+        <v>230490</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>21</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G11">
-        <v>954</v>
+        <v>273</v>
       </c>
       <c r="H11">
-        <v>71992</v>
+        <v>229963</v>
       </c>
       <c r="I11">
-        <v>72945</v>
+        <v>230235</v>
       </c>
       <c r="J11" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>21</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>15</v>
+      </c>
+      <c r="G12">
+        <v>172</v>
       </c>
       <c r="H12">
-        <v>69559</v>
+        <v>229791</v>
       </c>
       <c r="I12">
-        <v>71991</v>
+        <v>229962</v>
       </c>
       <c r="J12" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G13">
-        <v>333</v>
+        <v>809</v>
       </c>
       <c r="H13">
-        <v>69226</v>
+        <v>228982</v>
       </c>
       <c r="I13">
-        <v>69558</v>
+        <v>229790</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>21</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G14">
-        <v>848</v>
+        <v>722</v>
       </c>
       <c r="H14">
-        <v>68378</v>
+        <v>228260</v>
       </c>
       <c r="I14">
-        <v>69225</v>
+        <v>228981</v>
       </c>
       <c r="J14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G15">
-        <v>234</v>
+        <v>552</v>
       </c>
       <c r="H15">
-        <v>68144</v>
+        <v>227708</v>
       </c>
       <c r="I15">
-        <v>68377</v>
+        <v>228259</v>
       </c>
       <c r="J15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>21</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G16">
-        <v>610</v>
+        <v>367</v>
       </c>
       <c r="H16">
-        <v>67534</v>
+        <v>227341</v>
       </c>
       <c r="I16">
-        <v>68143</v>
+        <v>227707</v>
       </c>
       <c r="J16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>21</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>15</v>
+      </c>
+      <c r="G17">
+        <v>846</v>
       </c>
       <c r="H17">
-        <v>65159</v>
+        <v>226495</v>
       </c>
       <c r="I17">
-        <v>67533</v>
+        <v>227340</v>
       </c>
       <c r="J17" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>15</v>
+      </c>
+      <c r="G18">
+        <v>676</v>
       </c>
       <c r="H18">
-        <v>62547</v>
+        <v>225819</v>
       </c>
       <c r="I18">
-        <v>65158</v>
+        <v>226494</v>
       </c>
       <c r="J18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>21</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G19">
-        <v>449</v>
+        <v>353</v>
       </c>
       <c r="H19">
-        <v>62098</v>
+        <v>225466</v>
       </c>
       <c r="I19">
-        <v>62546</v>
+        <v>225818</v>
       </c>
       <c r="J19" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G20">
-        <v>344</v>
+        <v>995</v>
       </c>
       <c r="H20">
-        <v>61754</v>
+        <v>224471</v>
       </c>
       <c r="I20">
-        <v>62097</v>
+        <v>225465</v>
       </c>
       <c r="J20" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G21">
-        <v>748</v>
+        <v>184</v>
       </c>
       <c r="H21">
-        <v>61006</v>
+        <v>224287</v>
       </c>
       <c r="I21">
-        <v>61753</v>
+        <v>224470</v>
       </c>
       <c r="J21" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G22">
-        <v>589</v>
+        <v>567</v>
       </c>
       <c r="H22">
-        <v>60417</v>
+        <v>223720</v>
       </c>
       <c r="I22">
-        <v>61005</v>
+        <v>224286</v>
       </c>
       <c r="J22" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G23">
-        <v>346</v>
+        <v>679</v>
       </c>
       <c r="H23">
-        <v>60071</v>
+        <v>223041</v>
       </c>
       <c r="I23">
-        <v>60416</v>
+        <v>223719</v>
       </c>
       <c r="J23" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G24">
-        <v>874</v>
+        <v>444</v>
       </c>
       <c r="H24">
-        <v>59197</v>
+        <v>222597</v>
       </c>
       <c r="I24">
-        <v>60070</v>
+        <v>223040</v>
       </c>
       <c r="J24" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>21</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G25">
-        <v>272</v>
+        <v>426</v>
       </c>
       <c r="H25">
-        <v>58925</v>
+        <v>222171</v>
       </c>
       <c r="I25">
-        <v>59196</v>
+        <v>222596</v>
       </c>
       <c r="J25" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>21</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="H26">
-        <v>57716</v>
+        <v>220986</v>
       </c>
       <c r="I26">
-        <v>58924</v>
+        <v>222170</v>
       </c>
       <c r="J26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>21</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>15</v>
+      </c>
+      <c r="G27">
+        <v>682</v>
       </c>
       <c r="H27">
-        <v>55804</v>
+        <v>220304</v>
       </c>
       <c r="I27">
-        <v>57715</v>
+        <v>220985</v>
       </c>
       <c r="J27" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>21</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>15</v>
+      </c>
+      <c r="G28">
+        <v>486</v>
       </c>
       <c r="H28">
-        <v>50801</v>
+        <v>219818</v>
       </c>
       <c r="I28">
-        <v>55803</v>
+        <v>220303</v>
       </c>
       <c r="J28" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>21</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>48</v>
       </c>
       <c r="H29">
-        <v>50375</v>
+        <v>218749</v>
       </c>
       <c r="I29">
-        <v>50800</v>
+        <v>219817</v>
       </c>
       <c r="J29" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>21</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G30">
-        <v>385</v>
+        <v>186</v>
       </c>
       <c r="H30">
-        <v>49990</v>
+        <v>218563</v>
       </c>
       <c r="I30">
-        <v>50374</v>
+        <v>218748</v>
       </c>
       <c r="J30" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>21</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G31">
-        <v>241</v>
+        <v>436</v>
       </c>
       <c r="H31">
-        <v>49749</v>
+        <v>218127</v>
       </c>
       <c r="I31">
-        <v>49989</v>
+        <v>218562</v>
       </c>
       <c r="J31" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G32">
-        <v>617</v>
+        <v>964</v>
       </c>
       <c r="H32">
-        <v>49132</v>
+        <v>217163</v>
       </c>
       <c r="I32">
-        <v>49748</v>
+        <v>218126</v>
       </c>
       <c r="J32" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G33">
-        <v>151</v>
+        <v>309</v>
       </c>
       <c r="H33">
-        <v>48981</v>
+        <v>216854</v>
       </c>
       <c r="I33">
-        <v>49131</v>
+        <v>217162</v>
       </c>
       <c r="J33" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>21</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G34">
-        <v>621</v>
+        <v>234</v>
       </c>
       <c r="H34">
-        <v>48360</v>
+        <v>216620</v>
       </c>
       <c r="I34">
-        <v>48980</v>
+        <v>216853</v>
       </c>
       <c r="J34" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>21</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
       </c>
       <c r="H35">
-        <v>47981</v>
+        <v>215537</v>
       </c>
       <c r="I35">
-        <v>48359</v>
+        <v>216619</v>
       </c>
       <c r="J35" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
         <v>21</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>15</v>
+      </c>
+      <c r="G36">
+        <v>493</v>
       </c>
       <c r="H36">
-        <v>41358</v>
+        <v>215044</v>
       </c>
       <c r="I36">
-        <v>47980</v>
+        <v>215536</v>
       </c>
       <c r="J36" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>21</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>15</v>
+      </c>
+      <c r="G37">
+        <v>463</v>
       </c>
       <c r="H37">
-        <v>35864</v>
+        <v>214581</v>
       </c>
       <c r="I37">
-        <v>41357</v>
+        <v>215043</v>
       </c>
       <c r="J37" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>21</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G38">
-        <v>880</v>
+        <v>156</v>
       </c>
       <c r="H38">
-        <v>34984</v>
+        <v>214425</v>
       </c>
       <c r="I38">
-        <v>35863</v>
+        <v>214580</v>
       </c>
       <c r="J38" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>21</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G39">
-        <v>70</v>
+        <v>625</v>
       </c>
       <c r="H39">
-        <v>76124</v>
+        <v>213800</v>
       </c>
       <c r="I39">
-        <v>76193</v>
+        <v>214424</v>
       </c>
       <c r="J39" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>21</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G40">
-        <v>248</v>
+        <v>413</v>
       </c>
       <c r="H40">
-        <v>34736</v>
+        <v>213387</v>
       </c>
       <c r="I40">
-        <v>34983</v>
+        <v>213799</v>
       </c>
       <c r="J40" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>21</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G41">
-        <v>484</v>
+        <v>861</v>
       </c>
       <c r="H41">
-        <v>34252</v>
+        <v>212526</v>
       </c>
       <c r="I41">
-        <v>34735</v>
+        <v>213386</v>
       </c>
       <c r="J41" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>15</v>
+      </c>
+      <c r="G42">
+        <v>244</v>
       </c>
       <c r="H42">
-        <v>32923</v>
+        <v>212282</v>
       </c>
       <c r="I42">
-        <v>34251</v>
+        <v>212525</v>
       </c>
       <c r="J42" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>21</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G43">
-        <v>491</v>
+        <v>512</v>
       </c>
       <c r="H43">
-        <v>32432</v>
+        <v>211770</v>
       </c>
       <c r="I43">
-        <v>32922</v>
+        <v>212281</v>
       </c>
       <c r="J43" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>21</v>
       </c>
       <c r="F44" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G44">
-        <v>266</v>
+        <v>494</v>
       </c>
       <c r="H44">
-        <v>32166</v>
+        <v>211276</v>
       </c>
       <c r="I44">
-        <v>32431</v>
+        <v>211769</v>
       </c>
       <c r="J44" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
         <v>11</v>
       </c>
       <c r="C45" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>21</v>
       </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G45">
-        <v>334</v>
+        <v>610</v>
       </c>
       <c r="H45">
-        <v>31832</v>
+        <v>210666</v>
       </c>
       <c r="I45">
-        <v>32165</v>
+        <v>211275</v>
       </c>
       <c r="J45" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>21</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G46">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="H46">
-        <v>31607</v>
+        <v>210544</v>
       </c>
       <c r="I46">
-        <v>31831</v>
+        <v>210665</v>
       </c>
       <c r="J46" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
         <v>11</v>
       </c>
       <c r="C47" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>21</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G47">
-        <v>274</v>
+        <v>395</v>
       </c>
       <c r="H47">
-        <v>31333</v>
+        <v>210149</v>
       </c>
       <c r="I47">
-        <v>31606</v>
+        <v>210543</v>
       </c>
       <c r="J47" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>21</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G48">
-        <v>83</v>
+        <v>840</v>
       </c>
       <c r="H48">
-        <v>31250</v>
+        <v>209309</v>
       </c>
       <c r="I48">
-        <v>31332</v>
+        <v>210148</v>
       </c>
       <c r="J48" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>21</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="G49">
+        <v>449</v>
       </c>
       <c r="H49">
-        <v>30242</v>
+        <v>208860</v>
       </c>
       <c r="I49">
-        <v>31249</v>
+        <v>209308</v>
       </c>
       <c r="J49" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>21</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G50">
-        <v>730</v>
+        <v>398</v>
       </c>
       <c r="H50">
-        <v>29512</v>
+        <v>208462</v>
       </c>
       <c r="I50">
-        <v>30241</v>
+        <v>208859</v>
       </c>
       <c r="J50" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
         <v>21</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G51">
-        <v>109</v>
+        <v>474</v>
       </c>
       <c r="H51">
-        <v>76015</v>
+        <v>207988</v>
       </c>
       <c r="I51">
-        <v>76123</v>
+        <v>208461</v>
       </c>
       <c r="J51" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
         <v>21</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G52">
-        <v>476</v>
+        <v>662</v>
       </c>
       <c r="H52">
-        <v>29036</v>
+        <v>207326</v>
       </c>
       <c r="I52">
-        <v>29511</v>
+        <v>207987</v>
       </c>
       <c r="J52" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
         <v>21</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G53">
-        <v>811</v>
+        <v>699</v>
       </c>
       <c r="H53">
-        <v>28225</v>
+        <v>206627</v>
       </c>
       <c r="I53">
-        <v>29035</v>
+        <v>207325</v>
       </c>
       <c r="J53" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>21</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G54">
-        <v>741</v>
+        <v>336</v>
       </c>
       <c r="H54">
-        <v>27484</v>
+        <v>206291</v>
       </c>
       <c r="I54">
-        <v>28224</v>
+        <v>206626</v>
       </c>
       <c r="J54" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
         <v>21</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>386</v>
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>77</v>
       </c>
       <c r="H55">
-        <v>27098</v>
+        <v>205235</v>
       </c>
       <c r="I55">
-        <v>27483</v>
+        <v>206290</v>
       </c>
       <c r="J55" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>10</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
         <v>21</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G56">
-        <v>818</v>
+        <v>329</v>
       </c>
       <c r="H56">
-        <v>26280</v>
+        <v>204906</v>
       </c>
       <c r="I56">
-        <v>27097</v>
+        <v>205234</v>
       </c>
       <c r="J56" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
         <v>10</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
         <v>21</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G57">
-        <v>360</v>
+        <v>195</v>
       </c>
       <c r="H57">
-        <v>25920</v>
+        <v>204711</v>
       </c>
       <c r="I57">
-        <v>26279</v>
+        <v>204905</v>
       </c>
       <c r="J57" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>10</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
         <v>21</v>
       </c>
       <c r="F58" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>15</v>
+      </c>
+      <c r="G58">
+        <v>159</v>
       </c>
       <c r="H58">
-        <v>24821</v>
+        <v>204552</v>
       </c>
       <c r="I58">
-        <v>25919</v>
+        <v>204710</v>
       </c>
       <c r="J58" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>10</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
         <v>21</v>
       </c>
       <c r="F59" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G59">
-        <v>406</v>
+        <v>129</v>
       </c>
       <c r="H59">
-        <v>24415</v>
+        <v>204423</v>
       </c>
       <c r="I59">
-        <v>24820</v>
+        <v>204551</v>
       </c>
       <c r="J59" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
         <v>10</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
         <v>21</v>
       </c>
       <c r="F60" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G60">
-        <v>461</v>
+        <v>370</v>
       </c>
       <c r="H60">
-        <v>23954</v>
+        <v>204053</v>
       </c>
       <c r="I60">
-        <v>24414</v>
+        <v>204422</v>
       </c>
       <c r="J60" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
         <v>10</v>
       </c>
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G61">
-        <v>647</v>
+        <v>424</v>
       </c>
       <c r="H61">
-        <v>23307</v>
+        <v>203629</v>
       </c>
       <c r="I61">
-        <v>23953</v>
+        <v>204052</v>
       </c>
       <c r="J61" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
         <v>10</v>
       </c>
       <c r="B62" t="s">
         <v>11</v>
       </c>
       <c r="C62" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>21</v>
       </c>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G62">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="H62">
-        <v>22710</v>
+        <v>203038</v>
       </c>
       <c r="I62">
-        <v>23306</v>
+        <v>203628</v>
       </c>
       <c r="J62" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
         <v>10</v>
       </c>
       <c r="B63" t="s">
         <v>11</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
         <v>21</v>
       </c>
       <c r="F63" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>15</v>
+      </c>
+      <c r="G63">
+        <v>406</v>
       </c>
       <c r="H63">
-        <v>20994</v>
+        <v>202632</v>
       </c>
       <c r="I63">
-        <v>22709</v>
+        <v>203037</v>
       </c>
       <c r="J63" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>10</v>
       </c>
       <c r="B64" t="s">
         <v>11</v>
       </c>
       <c r="C64" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
         <v>21</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>88</v>
       </c>
       <c r="H64">
-        <v>20724</v>
+        <v>201526</v>
       </c>
       <c r="I64">
-        <v>20993</v>
+        <v>202631</v>
       </c>
       <c r="J64" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>10</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
         <v>21</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G65">
-        <v>909</v>
+        <v>376</v>
       </c>
       <c r="H65">
-        <v>19815</v>
+        <v>201150</v>
       </c>
       <c r="I65">
-        <v>20723</v>
+        <v>201525</v>
       </c>
       <c r="J65" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>10</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
         <v>21</v>
       </c>
       <c r="F66" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G66">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="H66">
-        <v>19554</v>
+        <v>200883</v>
       </c>
       <c r="I66">
-        <v>19814</v>
+        <v>201149</v>
       </c>
       <c r="J66" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>10</v>
       </c>
       <c r="B67" t="s">
         <v>11</v>
       </c>
       <c r="C67" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
         <v>21</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G67">
-        <v>166</v>
+        <v>470</v>
       </c>
       <c r="H67">
-        <v>19388</v>
+        <v>200413</v>
       </c>
       <c r="I67">
-        <v>19553</v>
+        <v>200882</v>
       </c>
       <c r="J67" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>10</v>
       </c>
       <c r="B68" t="s">
         <v>11</v>
       </c>
       <c r="C68" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
         <v>21</v>
       </c>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G68">
-        <v>153</v>
+        <v>219</v>
       </c>
       <c r="H68">
-        <v>19235</v>
+        <v>200194</v>
       </c>
       <c r="I68">
-        <v>19387</v>
+        <v>200412</v>
       </c>
       <c r="J68" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>10</v>
       </c>
       <c r="B69" t="s">
         <v>11</v>
       </c>
       <c r="C69" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
         <v>21</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G69">
-        <v>117</v>
+        <v>944</v>
       </c>
       <c r="H69">
-        <v>19118</v>
+        <v>199250</v>
       </c>
       <c r="I69">
-        <v>19234</v>
+        <v>200193</v>
       </c>
       <c r="J69" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>10</v>
       </c>
       <c r="B70" t="s">
         <v>11</v>
       </c>
       <c r="C70" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
         <v>21</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G70">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="H70">
-        <v>18745</v>
+        <v>198863</v>
       </c>
       <c r="I70">
-        <v>19117</v>
+        <v>199249</v>
       </c>
       <c r="J70" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>10</v>
       </c>
       <c r="B71" t="s">
         <v>11</v>
       </c>
       <c r="C71" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G71">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="H71">
-        <v>18388</v>
+        <v>198490</v>
       </c>
       <c r="I71">
-        <v>18744</v>
+        <v>198862</v>
       </c>
       <c r="J71" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>10</v>
       </c>
       <c r="B72" t="s">
         <v>11</v>
       </c>
       <c r="C72" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
         <v>21</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G72">
-        <v>570</v>
+        <v>597</v>
       </c>
       <c r="H72">
-        <v>17818</v>
+        <v>197893</v>
       </c>
       <c r="I72">
-        <v>18387</v>
+        <v>198489</v>
       </c>
       <c r="J72" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>10</v>
       </c>
       <c r="B73" t="s">
         <v>11</v>
       </c>
       <c r="C73" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
         <v>21</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G73">
-        <v>368</v>
+        <v>225</v>
       </c>
       <c r="H73">
-        <v>17450</v>
+        <v>197668</v>
       </c>
       <c r="I73">
-        <v>17817</v>
+        <v>197892</v>
       </c>
       <c r="J73" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>10</v>
       </c>
       <c r="B74" t="s">
         <v>11</v>
       </c>
       <c r="C74" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>21</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="H74">
-        <v>15462</v>
+        <v>196571</v>
       </c>
       <c r="I74">
-        <v>17449</v>
+        <v>197667</v>
       </c>
       <c r="J74" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>10</v>
       </c>
       <c r="B75" t="s">
         <v>11</v>
       </c>
       <c r="C75" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
         <v>21</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>15</v>
+      </c>
+      <c r="G75">
+        <v>903</v>
       </c>
       <c r="H75">
-        <v>14403</v>
+        <v>195668</v>
       </c>
       <c r="I75">
-        <v>15461</v>
+        <v>196570</v>
       </c>
       <c r="J75" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>10</v>
       </c>
       <c r="B76" t="s">
         <v>11</v>
       </c>
       <c r="C76" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
         <v>21</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G76">
-        <v>309</v>
+        <v>614</v>
       </c>
       <c r="H76">
-        <v>14094</v>
+        <v>195054</v>
       </c>
       <c r="I76">
-        <v>14402</v>
+        <v>195667</v>
       </c>
       <c r="J76" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>10</v>
       </c>
       <c r="B77" t="s">
         <v>11</v>
       </c>
       <c r="C77" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
         <v>21</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G77">
-        <v>284</v>
+        <v>638</v>
       </c>
       <c r="H77">
-        <v>13810</v>
+        <v>194416</v>
       </c>
       <c r="I77">
-        <v>14093</v>
+        <v>195053</v>
       </c>
       <c r="J77" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>10</v>
       </c>
       <c r="B78" t="s">
         <v>11</v>
       </c>
       <c r="C78" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
         <v>21</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G78">
-        <v>498</v>
+        <v>66</v>
       </c>
       <c r="H78">
-        <v>13312</v>
+        <v>194350</v>
       </c>
       <c r="I78">
-        <v>13809</v>
+        <v>194415</v>
       </c>
       <c r="J78" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>10</v>
       </c>
       <c r="B79" t="s">
         <v>11</v>
       </c>
       <c r="C79" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
         <v>21</v>
       </c>
       <c r="F79" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>105</v>
       </c>
       <c r="H79">
-        <v>13049</v>
+        <v>193099</v>
       </c>
       <c r="I79">
-        <v>13311</v>
+        <v>194349</v>
       </c>
       <c r="J79" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>10</v>
       </c>
       <c r="B80" t="s">
         <v>11</v>
       </c>
       <c r="C80" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
         <v>21</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>107</v>
       </c>
       <c r="H80">
-        <v>12192</v>
+        <v>191834</v>
       </c>
       <c r="I80">
-        <v>13048</v>
+        <v>193098</v>
       </c>
       <c r="J80" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>10</v>
       </c>
       <c r="B81" t="s">
         <v>11</v>
       </c>
       <c r="C81" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
         <v>21</v>
       </c>
       <c r="F81" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G81">
-        <v>372</v>
+        <v>913</v>
       </c>
       <c r="H81">
-        <v>11820</v>
+        <v>190921</v>
       </c>
       <c r="I81">
-        <v>12191</v>
+        <v>191833</v>
       </c>
       <c r="J81" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>10</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
         <v>21</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G82">
-        <v>366</v>
+        <v>243</v>
       </c>
       <c r="H82">
-        <v>11454</v>
+        <v>190678</v>
       </c>
       <c r="I82">
-        <v>11819</v>
+        <v>190920</v>
       </c>
       <c r="J82" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>10</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
         <v>21</v>
       </c>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G83">
-        <v>558</v>
+        <v>129</v>
       </c>
       <c r="H83">
-        <v>10896</v>
+        <v>190549</v>
       </c>
       <c r="I83">
-        <v>11453</v>
+        <v>190677</v>
       </c>
       <c r="J83" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
         <v>10</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
+        <v>57</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84">
+        <v>406</v>
+      </c>
+      <c r="H84">
+        <v>190143</v>
+      </c>
+      <c r="I84">
+        <v>190548</v>
+      </c>
+      <c r="J84" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
         <v>10</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
         <v>21</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>15</v>
+      </c>
+      <c r="G85">
+        <v>482</v>
       </c>
       <c r="H85">
-        <v>8997</v>
+        <v>189661</v>
       </c>
       <c r="I85">
-        <v>10736</v>
+        <v>190142</v>
       </c>
       <c r="J85" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
         <v>10</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
       </c>
       <c r="C86" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
         <v>21</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>15</v>
+      </c>
+      <c r="G86">
+        <v>409</v>
       </c>
       <c r="H86">
-        <v>7922</v>
+        <v>189252</v>
       </c>
       <c r="I86">
-        <v>8996</v>
+        <v>189660</v>
       </c>
       <c r="J86" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
         <v>10</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
         <v>21</v>
       </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G87">
-        <v>883</v>
+        <v>295</v>
       </c>
       <c r="H87">
-        <v>7039</v>
+        <v>188957</v>
       </c>
       <c r="I87">
-        <v>7921</v>
+        <v>189251</v>
       </c>
       <c r="J87" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
         <v>10</v>
       </c>
       <c r="B88" t="s">
         <v>11</v>
       </c>
       <c r="C88" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
         <v>21</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G88" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="H88">
-        <v>5507</v>
+        <v>187896</v>
       </c>
       <c r="I88">
-        <v>7038</v>
+        <v>188956</v>
       </c>
       <c r="J88" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
         <v>10</v>
       </c>
       <c r="B89" t="s">
         <v>11</v>
       </c>
       <c r="C89" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
         <v>21</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G89">
-        <v>612</v>
+        <v>165</v>
       </c>
       <c r="H89">
-        <v>4895</v>
+        <v>187731</v>
       </c>
       <c r="I89">
-        <v>5506</v>
+        <v>187895</v>
       </c>
       <c r="J89" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
         <v>10</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
         <v>21</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G90">
-        <v>634</v>
+        <v>902</v>
       </c>
       <c r="H90">
-        <v>4261</v>
+        <v>186829</v>
       </c>
       <c r="I90">
-        <v>4894</v>
+        <v>187730</v>
       </c>
       <c r="J90" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
         <v>10</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
         <v>21</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G91">
-        <v>66</v>
+        <v>265</v>
       </c>
       <c r="H91">
-        <v>4195</v>
+        <v>186564</v>
       </c>
       <c r="I91">
-        <v>4260</v>
+        <v>186828</v>
       </c>
       <c r="J91" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
         <v>10</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
         <v>21</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>15</v>
+      </c>
+      <c r="G92">
+        <v>340</v>
       </c>
       <c r="H92">
-        <v>2979</v>
+        <v>186224</v>
       </c>
       <c r="I92">
-        <v>4194</v>
+        <v>186563</v>
       </c>
       <c r="J92" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
         <v>10</v>
       </c>
       <c r="B93" t="s">
         <v>11</v>
       </c>
       <c r="C93" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
         <v>21</v>
       </c>
       <c r="F93" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>15</v>
+      </c>
+      <c r="G93">
+        <v>440</v>
       </c>
       <c r="H93">
-        <v>1697</v>
+        <v>185784</v>
       </c>
       <c r="I93">
-        <v>2978</v>
+        <v>186223</v>
       </c>
       <c r="J93" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
         <v>10</v>
       </c>
       <c r="B94" t="s">
         <v>11</v>
       </c>
       <c r="C94" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
         <v>21</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G94">
-        <v>893</v>
+        <v>783</v>
       </c>
       <c r="H94">
-        <v>804</v>
+        <v>185001</v>
       </c>
       <c r="I94">
-        <v>1696</v>
+        <v>185783</v>
       </c>
       <c r="J94" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
         <v>10</v>
       </c>
       <c r="B95" t="s">
         <v>11</v>
       </c>
       <c r="C95" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
         <v>21</v>
       </c>
       <c r="F95" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>124</v>
       </c>
       <c r="H95">
-        <v>580</v>
+        <v>183862</v>
       </c>
       <c r="I95">
-        <v>803</v>
+        <v>185000</v>
       </c>
       <c r="J95" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
         <v>10</v>
       </c>
       <c r="B96" t="s">
         <v>11</v>
       </c>
       <c r="C96" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
         <v>21</v>
       </c>
       <c r="F96" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G96">
-        <v>125</v>
+        <v>465</v>
       </c>
       <c r="H96">
-        <v>455</v>
+        <v>183397</v>
       </c>
       <c r="I96">
-        <v>579</v>
+        <v>183861</v>
       </c>
       <c r="J96" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
         <v>10</v>
       </c>
       <c r="B97" t="s">
         <v>11</v>
       </c>
       <c r="C97" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
         <v>21</v>
       </c>
       <c r="F97" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>127</v>
       </c>
       <c r="H97">
-        <v>1</v>
+        <v>182389</v>
       </c>
       <c r="I97">
-        <v>454</v>
+        <v>183396</v>
       </c>
       <c r="J97" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
         <v>10</v>
       </c>
       <c r="B98" t="s">
         <v>11</v>
       </c>
       <c r="C98" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
         <v>21</v>
       </c>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G98">
-        <v>498</v>
+        <v>235</v>
       </c>
       <c r="H98">
-        <v>75517</v>
+        <v>182154</v>
       </c>
       <c r="I98">
-        <v>76014</v>
+        <v>182388</v>
       </c>
       <c r="J98" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
         <v>10</v>
       </c>
       <c r="B99" t="s">
         <v>11</v>
       </c>
       <c r="C99" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
         <v>21</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G99">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="H99">
-        <v>75103</v>
+        <v>181746</v>
       </c>
       <c r="I99">
-        <v>75516</v>
+        <v>182153</v>
       </c>
       <c r="J99" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
         <v>10</v>
       </c>
       <c r="B100" t="s">
         <v>11</v>
       </c>
       <c r="C100" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
         <v>21</v>
       </c>
       <c r="F100" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G100">
-        <v>256</v>
+        <v>848</v>
       </c>
       <c r="H100">
-        <v>74847</v>
+        <v>180898</v>
       </c>
       <c r="I100">
-        <v>75102</v>
+        <v>181745</v>
       </c>
       <c r="J100" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
         <v>10</v>
       </c>
       <c r="B101" t="s">
         <v>11</v>
       </c>
       <c r="C101" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
         <v>21</v>
       </c>
       <c r="F101" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>15</v>
+      </c>
+      <c r="G101">
+        <v>232</v>
       </c>
       <c r="H101">
-        <v>73812</v>
+        <v>180666</v>
       </c>
       <c r="I101">
-        <v>74846</v>
+        <v>180897</v>
       </c>
       <c r="J101" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
         <v>10</v>
       </c>
       <c r="B102" t="s">
         <v>11</v>
       </c>
       <c r="C102" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
         <v>21</v>
       </c>
       <c r="F102" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>133</v>
       </c>
       <c r="H102">
-        <v>73671</v>
+        <v>179385</v>
       </c>
       <c r="I102">
-        <v>73811</v>
+        <v>180665</v>
       </c>
       <c r="J102" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
         <v>10</v>
       </c>
       <c r="B103" t="s">
         <v>11</v>
       </c>
       <c r="C103" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
         <v>21</v>
       </c>
       <c r="F103" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G103">
-        <v>802</v>
+        <v>277</v>
       </c>
       <c r="H103">
-        <v>72869</v>
+        <v>179108</v>
       </c>
       <c r="I103">
-        <v>73670</v>
+        <v>179384</v>
       </c>
       <c r="J103" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
         <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
         <v>21</v>
       </c>
       <c r="F104" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G104">
-        <v>300</v>
+        <v>441</v>
       </c>
       <c r="H104">
-        <v>72569</v>
+        <v>178667</v>
       </c>
       <c r="I104">
-        <v>72868</v>
+        <v>179107</v>
       </c>
       <c r="J104" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
         <v>10</v>
       </c>
       <c r="B105" t="s">
         <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
         <v>21</v>
       </c>
       <c r="F105" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G105">
-        <v>332</v>
+        <v>369</v>
       </c>
       <c r="H105">
-        <v>72237</v>
+        <v>178298</v>
       </c>
       <c r="I105">
-        <v>72568</v>
+        <v>178666</v>
       </c>
       <c r="J105" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
         <v>10</v>
       </c>
       <c r="B106" t="s">
         <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
         <v>21</v>
       </c>
       <c r="F106" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G106">
-        <v>436</v>
+        <v>739</v>
       </c>
       <c r="H106">
-        <v>71801</v>
+        <v>177559</v>
       </c>
       <c r="I106">
-        <v>72236</v>
+        <v>178297</v>
       </c>
       <c r="J106" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
         <v>10</v>
       </c>
       <c r="B107" t="s">
         <v>11</v>
       </c>
       <c r="C107" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
         <v>21</v>
       </c>
       <c r="F107" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>139</v>
       </c>
       <c r="H107">
-        <v>70991</v>
+        <v>176554</v>
       </c>
       <c r="I107">
-        <v>71800</v>
+        <v>177558</v>
       </c>
       <c r="J107" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
         <v>10</v>
       </c>
       <c r="B108" t="s">
         <v>11</v>
       </c>
       <c r="C108" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
         <v>21</v>
       </c>
       <c r="F108" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>15</v>
+      </c>
+      <c r="G108">
+        <v>819</v>
       </c>
       <c r="H108">
-        <v>69751</v>
+        <v>175735</v>
       </c>
       <c r="I108">
-        <v>70990</v>
+        <v>176553</v>
       </c>
       <c r="J108" t="s">
-        <v>154</v>
+        <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
         <v>10</v>
       </c>
       <c r="B109" t="s">
         <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
         <v>21</v>
       </c>
       <c r="F109" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G109" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="H109">
-        <v>63801</v>
+        <v>174577</v>
       </c>
       <c r="I109">
-        <v>69750</v>
+        <v>175734</v>
       </c>
       <c r="J109" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
         <v>10</v>
       </c>
       <c r="B110" t="s">
         <v>11</v>
       </c>
       <c r="C110" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
         <v>21</v>
       </c>
       <c r="F110" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>144</v>
       </c>
       <c r="H110">
-        <v>63360</v>
+        <v>172878</v>
       </c>
       <c r="I110">
-        <v>63800</v>
+        <v>174576</v>
       </c>
       <c r="J110" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
         <v>10</v>
       </c>
       <c r="B111" t="s">
         <v>11</v>
       </c>
       <c r="C111" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
         <v>21</v>
       </c>
       <c r="F111" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>146</v>
       </c>
       <c r="H111">
-        <v>62373</v>
+        <v>171346</v>
       </c>
       <c r="I111">
-        <v>63359</v>
+        <v>172877</v>
       </c>
       <c r="J111" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
         <v>10</v>
       </c>
       <c r="B112" t="s">
         <v>11</v>
       </c>
       <c r="C112" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
         <v>21</v>
       </c>
       <c r="F112" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G112">
-        <v>233</v>
+        <v>525</v>
       </c>
       <c r="H112">
-        <v>62140</v>
+        <v>170821</v>
       </c>
       <c r="I112">
-        <v>62372</v>
+        <v>171345</v>
       </c>
       <c r="J112" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
         <v>10</v>
       </c>
       <c r="B113" t="s">
         <v>11</v>
       </c>
       <c r="C113" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
         <v>21</v>
       </c>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G113">
-        <v>417</v>
+        <v>487</v>
       </c>
       <c r="H113">
-        <v>18740</v>
+        <v>170334</v>
       </c>
       <c r="I113">
-        <v>19156</v>
+        <v>170820</v>
       </c>
       <c r="J113" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
         <v>10</v>
       </c>
       <c r="B114" t="s">
         <v>11</v>
       </c>
       <c r="C114" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
         <v>21</v>
       </c>
       <c r="F114" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G114">
-        <v>859</v>
+        <v>249</v>
       </c>
       <c r="H114">
-        <v>61281</v>
+        <v>170085</v>
       </c>
       <c r="I114">
-        <v>62139</v>
+        <v>170333</v>
       </c>
       <c r="J114" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
         <v>10</v>
       </c>
       <c r="B115" t="s">
         <v>11</v>
       </c>
       <c r="C115" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
         <v>21</v>
       </c>
       <c r="F115" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G115">
-        <v>232</v>
+        <v>997</v>
       </c>
       <c r="H115">
-        <v>18508</v>
+        <v>169088</v>
       </c>
       <c r="I115">
-        <v>18739</v>
+        <v>170084</v>
       </c>
       <c r="J115" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
         <v>10</v>
       </c>
       <c r="B116" t="s">
         <v>11</v>
       </c>
       <c r="C116" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
         <v>21</v>
       </c>
       <c r="F116" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G116" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="H116">
-        <v>59873</v>
+        <v>167727</v>
       </c>
       <c r="I116">
-        <v>61280</v>
+        <v>169087</v>
       </c>
       <c r="J116" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
         <v>10</v>
       </c>
       <c r="B117" t="s">
         <v>11</v>
       </c>
       <c r="C117" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
         <v>21</v>
       </c>
       <c r="F117" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G117">
-        <v>272</v>
+        <v>448</v>
       </c>
       <c r="H117">
-        <v>59601</v>
+        <v>167279</v>
       </c>
       <c r="I117">
-        <v>59872</v>
+        <v>167726</v>
       </c>
       <c r="J117" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
         <v>10</v>
       </c>
       <c r="B118" t="s">
         <v>11</v>
       </c>
       <c r="C118" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
         <v>21</v>
       </c>
       <c r="F118" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G118" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="H118">
-        <v>57521</v>
+        <v>166133</v>
       </c>
       <c r="I118">
-        <v>59600</v>
+        <v>167278</v>
       </c>
       <c r="J118" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
         <v>10</v>
       </c>
       <c r="B119" t="s">
         <v>11</v>
       </c>
       <c r="C119" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
         <v>21</v>
       </c>
       <c r="F119" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>157</v>
       </c>
       <c r="H119">
-        <v>57052</v>
+        <v>164301</v>
       </c>
       <c r="I119">
-        <v>57520</v>
+        <v>166132</v>
       </c>
       <c r="J119" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
         <v>10</v>
       </c>
       <c r="B120" t="s">
         <v>11</v>
       </c>
       <c r="C120" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
         <v>21</v>
       </c>
       <c r="F120" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G120">
-        <v>454</v>
+        <v>199</v>
       </c>
       <c r="H120">
-        <v>56598</v>
+        <v>164102</v>
       </c>
       <c r="I120">
-        <v>57051</v>
+        <v>164300</v>
       </c>
       <c r="J120" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
         <v>10</v>
       </c>
       <c r="B121" t="s">
         <v>11</v>
       </c>
       <c r="C121" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
         <v>21</v>
       </c>
       <c r="F121" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G121">
-        <v>764</v>
+        <v>198</v>
       </c>
       <c r="H121">
-        <v>55834</v>
+        <v>163904</v>
       </c>
       <c r="I121">
-        <v>56597</v>
+        <v>164101</v>
       </c>
       <c r="J121" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
         <v>10</v>
       </c>
       <c r="B122" t="s">
         <v>11</v>
       </c>
       <c r="C122" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
         <v>21</v>
       </c>
       <c r="F122" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>15</v>
+      </c>
+      <c r="G122">
+        <v>90</v>
       </c>
       <c r="H122">
-        <v>17062</v>
+        <v>163814</v>
       </c>
       <c r="I122">
-        <v>55833</v>
+        <v>163903</v>
       </c>
       <c r="J122" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
         <v>10</v>
       </c>
       <c r="B123" t="s">
         <v>11</v>
       </c>
       <c r="C123" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
         <v>21</v>
       </c>
       <c r="F123" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G123" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="H123">
-        <v>16053</v>
+        <v>162361</v>
       </c>
       <c r="I123">
-        <v>17061</v>
+        <v>163813</v>
       </c>
       <c r="J123" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
         <v>10</v>
       </c>
       <c r="B124" t="s">
         <v>11</v>
       </c>
       <c r="C124" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
         <v>21</v>
       </c>
       <c r="F124" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G124">
-        <v>813</v>
+        <v>379</v>
       </c>
       <c r="H124">
-        <v>15240</v>
+        <v>161982</v>
       </c>
       <c r="I124">
-        <v>16052</v>
+        <v>162360</v>
       </c>
       <c r="J124" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
         <v>10</v>
       </c>
       <c r="B125" t="s">
         <v>11</v>
       </c>
       <c r="C125" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
         <v>21</v>
       </c>
       <c r="F125" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>15</v>
+      </c>
+      <c r="G125">
+        <v>728</v>
       </c>
       <c r="H125">
-        <v>14095</v>
+        <v>161254</v>
       </c>
       <c r="I125">
-        <v>15239</v>
+        <v>161981</v>
       </c>
       <c r="J125" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
         <v>10</v>
       </c>
       <c r="B126" t="s">
         <v>11</v>
       </c>
       <c r="C126" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
         <v>21</v>
       </c>
       <c r="F126" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G126" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="H126">
-        <v>12415</v>
+        <v>158475</v>
       </c>
       <c r="I126">
-        <v>14094</v>
+        <v>161253</v>
       </c>
       <c r="J126" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
         <v>10</v>
       </c>
       <c r="B127" t="s">
         <v>11</v>
       </c>
       <c r="C127" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="F127" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>170</v>
+      </c>
+      <c r="G127">
+        <v>372</v>
       </c>
       <c r="H127">
-        <v>10899</v>
+        <v>26631</v>
       </c>
       <c r="I127">
-        <v>12414</v>
+        <v>27002</v>
       </c>
       <c r="J127" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
         <v>10</v>
       </c>
       <c r="B128" t="s">
         <v>11</v>
       </c>
       <c r="C128" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F128" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>170</v>
+      </c>
+      <c r="G128" t="s">
+        <v>173</v>
       </c>
       <c r="H128">
-        <v>10361</v>
+        <v>21159</v>
       </c>
       <c r="I128">
-        <v>10898</v>
+        <v>26630</v>
       </c>
       <c r="J128" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
         <v>10</v>
       </c>
       <c r="B129" t="s">
         <v>11</v>
       </c>
       <c r="C129" t="s">
-        <v>112</v>
+        <v>175</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F129" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>177</v>
+      </c>
+      <c r="G129">
+        <v>606</v>
       </c>
       <c r="H129">
-        <v>1</v>
+        <v>1033</v>
       </c>
       <c r="I129">
-        <v>10360</v>
+        <v>1638</v>
       </c>
       <c r="J129" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
         <v>10</v>
       </c>
       <c r="B130" t="s">
         <v>11</v>
       </c>
       <c r="C130" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>21</v>
+        <v>180</v>
       </c>
       <c r="F130" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G130">
-        <v>501</v>
+        <v>61</v>
       </c>
       <c r="H130">
-        <v>18007</v>
+        <v>972</v>
       </c>
       <c r="I130">
-        <v>18507</v>
+        <v>1032</v>
       </c>
       <c r="J130" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
         <v>10</v>
       </c>
       <c r="B131" t="s">
         <v>11</v>
       </c>
       <c r="C131" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>21</v>
+        <v>182</v>
       </c>
       <c r="F131" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G131">
-        <v>225</v>
+        <v>64</v>
       </c>
       <c r="H131">
-        <v>17782</v>
+        <v>908</v>
       </c>
       <c r="I131">
-        <v>18006</v>
+        <v>971</v>
       </c>
       <c r="J131" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
         <v>10</v>
       </c>
       <c r="B132" t="s">
         <v>11</v>
       </c>
       <c r="C132" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F132" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G132">
-        <v>983</v>
+        <v>9</v>
       </c>
       <c r="H132">
-        <v>16799</v>
+        <v>899</v>
       </c>
       <c r="I132">
-        <v>17781</v>
+        <v>907</v>
       </c>
       <c r="J132" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
         <v>10</v>
       </c>
       <c r="B133" t="s">
         <v>11</v>
       </c>
       <c r="C133" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F133" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>177</v>
+      </c>
+      <c r="G133">
+        <v>2</v>
       </c>
       <c r="H133">
-        <v>15787</v>
+        <v>897</v>
       </c>
       <c r="I133">
-        <v>16798</v>
+        <v>898</v>
       </c>
       <c r="J133" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
         <v>10</v>
       </c>
       <c r="B134" t="s">
         <v>11</v>
       </c>
       <c r="C134" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="F134" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G134">
-        <v>437</v>
+        <v>16</v>
       </c>
       <c r="H134">
-        <v>15350</v>
+        <v>881</v>
       </c>
       <c r="I134">
-        <v>15786</v>
+        <v>896</v>
       </c>
       <c r="J134" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
         <v>10</v>
       </c>
       <c r="B135" t="s">
         <v>11</v>
       </c>
       <c r="C135" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F135" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>177</v>
+      </c>
+      <c r="G135">
+        <v>25</v>
       </c>
       <c r="H135">
-        <v>14303</v>
+        <v>856</v>
       </c>
       <c r="I135">
-        <v>15349</v>
+        <v>880</v>
       </c>
       <c r="J135" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
         <v>10</v>
       </c>
       <c r="B136" t="s">
         <v>11</v>
       </c>
       <c r="C136" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F136" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>177</v>
+      </c>
+      <c r="G136">
+        <v>49</v>
       </c>
       <c r="H136">
-        <v>12480</v>
+        <v>807</v>
       </c>
       <c r="I136">
-        <v>14302</v>
+        <v>855</v>
       </c>
       <c r="J136" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
         <v>10</v>
       </c>
       <c r="B137" t="s">
         <v>11</v>
       </c>
       <c r="C137" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F137" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G137">
-        <v>227</v>
+        <v>155</v>
       </c>
       <c r="H137">
-        <v>12253</v>
+        <v>652</v>
       </c>
       <c r="I137">
-        <v>12479</v>
+        <v>806</v>
       </c>
       <c r="J137" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
         <v>10</v>
       </c>
       <c r="B138" t="s">
         <v>11</v>
       </c>
       <c r="C138" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F138" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G138">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="H138">
-        <v>12059</v>
+        <v>478</v>
       </c>
       <c r="I138">
-        <v>12252</v>
+        <v>651</v>
       </c>
       <c r="J138" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
         <v>10</v>
       </c>
       <c r="B139" t="s">
         <v>11</v>
       </c>
       <c r="C139" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>21</v>
+        <v>193</v>
       </c>
       <c r="F139" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="G139">
-        <v>92</v>
+        <v>211</v>
       </c>
       <c r="H139">
-        <v>11967</v>
+        <v>267</v>
       </c>
       <c r="I139">
-        <v>12058</v>
+        <v>477</v>
       </c>
       <c r="J139" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
         <v>10</v>
       </c>
       <c r="B140" t="s">
         <v>11</v>
       </c>
       <c r="C140" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>177</v>
+      </c>
+      <c r="G140">
+        <v>254</v>
       </c>
       <c r="H140">
-        <v>5403</v>
+        <v>13</v>
       </c>
       <c r="I140">
-        <v>11966</v>
+        <v>266</v>
       </c>
       <c r="J140" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
         <v>10</v>
       </c>
       <c r="B141" t="s">
         <v>11</v>
       </c>
       <c r="C141" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F141" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>177</v>
+      </c>
+      <c r="G141">
+        <v>12</v>
       </c>
       <c r="H141">
-        <v>3992</v>
+        <v>1</v>
       </c>
       <c r="I141">
-        <v>5402</v>
+        <v>12</v>
       </c>
       <c r="J141" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
         <v>10</v>
       </c>
       <c r="B142" t="s">
         <v>11</v>
       </c>
       <c r="C142" t="s">
-        <v>112</v>
+        <v>198</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
         <v>21</v>
       </c>
       <c r="F142" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G142">
-        <v>371</v>
+        <v>814</v>
       </c>
       <c r="H142">
-        <v>3621</v>
+        <v>157661</v>
       </c>
       <c r="I142">
-        <v>3991</v>
+        <v>158474</v>
       </c>
       <c r="J142" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
         <v>10</v>
       </c>
       <c r="B143" t="s">
         <v>11</v>
       </c>
       <c r="C143" t="s">
-        <v>112</v>
+        <v>198</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
       <c r="E143" t="s">
         <v>21</v>
       </c>
       <c r="F143" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G143">
-        <v>718</v>
+        <v>573</v>
       </c>
       <c r="H143">
-        <v>2903</v>
+        <v>157088</v>
       </c>
       <c r="I143">
-        <v>3620</v>
+        <v>157660</v>
       </c>
       <c r="J143" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
         <v>10</v>
       </c>
       <c r="B144" t="s">
         <v>11</v>
       </c>
       <c r="C144" t="s">
-        <v>112</v>
+        <v>198</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144" t="s">
         <v>21</v>
       </c>
       <c r="F144" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>15</v>
+      </c>
+      <c r="G144">
+        <v>961</v>
       </c>
       <c r="H144">
-        <v>1</v>
+        <v>156127</v>
       </c>
       <c r="I144">
-        <v>2902</v>
+        <v>157087</v>
       </c>
       <c r="J144" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
         <v>10</v>
       </c>
       <c r="B145" t="s">
         <v>11</v>
       </c>
       <c r="C145" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F145" t="s">
         <v>15</v>
       </c>
-      <c r="G145" t="s">
-        <v>207</v>
+      <c r="G145">
+        <v>685</v>
       </c>
       <c r="H145">
-        <v>117311</v>
+        <v>155442</v>
       </c>
       <c r="I145">
-        <v>122842</v>
+        <v>156126</v>
       </c>
       <c r="J145" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
         <v>10</v>
       </c>
       <c r="B146" t="s">
         <v>11</v>
       </c>
       <c r="C146" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F146" t="s">
         <v>15</v>
       </c>
-      <c r="G146" t="s">
-        <v>210</v>
+      <c r="G146">
+        <v>420</v>
       </c>
       <c r="H146">
-        <v>111860</v>
+        <v>155022</v>
       </c>
       <c r="I146">
-        <v>117310</v>
+        <v>155441</v>
       </c>
       <c r="J146" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
         <v>10</v>
       </c>
       <c r="B147" t="s">
         <v>11</v>
       </c>
       <c r="C147" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F147" t="s">
         <v>15</v>
       </c>
-      <c r="G147" t="s">
-        <v>213</v>
+      <c r="G147">
+        <v>465</v>
       </c>
       <c r="H147">
-        <v>106602</v>
+        <v>154557</v>
       </c>
       <c r="I147">
-        <v>111859</v>
+        <v>155021</v>
       </c>
       <c r="J147" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
         <v>10</v>
       </c>
       <c r="B148" t="s">
         <v>11</v>
       </c>
       <c r="C148" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F148" t="s">
         <v>15</v>
       </c>
-      <c r="G148" t="s">
-        <v>216</v>
+      <c r="G148">
+        <v>271</v>
       </c>
       <c r="H148">
-        <v>101314</v>
+        <v>154286</v>
       </c>
       <c r="I148">
-        <v>106601</v>
+        <v>154556</v>
       </c>
       <c r="J148" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
         <v>10</v>
       </c>
       <c r="B149" t="s">
         <v>11</v>
       </c>
       <c r="C149" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="D149" t="s">
         <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F149" t="s">
         <v>15</v>
       </c>
-      <c r="G149" t="s">
-        <v>219</v>
+      <c r="G149">
+        <v>503</v>
       </c>
       <c r="H149">
-        <v>96470</v>
+        <v>153783</v>
       </c>
       <c r="I149">
-        <v>101313</v>
+        <v>154285</v>
       </c>
       <c r="J149" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
         <v>10</v>
       </c>
       <c r="B150" t="s">
         <v>11</v>
       </c>
       <c r="C150" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F150" t="s">
         <v>15</v>
       </c>
-      <c r="G150" t="s">
-        <v>222</v>
+      <c r="G150">
+        <v>344</v>
       </c>
       <c r="H150">
-        <v>91134</v>
+        <v>153439</v>
       </c>
       <c r="I150">
-        <v>96469</v>
+        <v>153782</v>
       </c>
       <c r="J150" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
         <v>10</v>
       </c>
       <c r="B151" t="s">
         <v>11</v>
       </c>
       <c r="C151" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
       <c r="E151" t="s">
         <v>21</v>
       </c>
       <c r="F151" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G151" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="H151">
-        <v>77157</v>
+        <v>152366</v>
       </c>
       <c r="I151">
-        <v>79627</v>
+        <v>153438</v>
       </c>
       <c r="J151" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
         <v>10</v>
       </c>
       <c r="B152" t="s">
         <v>11</v>
       </c>
       <c r="C152" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
       <c r="E152" t="s">
         <v>21</v>
       </c>
       <c r="F152" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G152" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="H152">
-        <v>76049</v>
+        <v>151142</v>
       </c>
       <c r="I152">
-        <v>77156</v>
+        <v>152365</v>
       </c>
       <c r="J152" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
         <v>10</v>
       </c>
       <c r="B153" t="s">
         <v>11</v>
       </c>
       <c r="C153" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153" t="s">
         <v>21</v>
       </c>
       <c r="F153" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G153" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="H153">
-        <v>74670</v>
+        <v>149931</v>
       </c>
       <c r="I153">
-        <v>76048</v>
+        <v>151141</v>
       </c>
       <c r="J153" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
         <v>10</v>
       </c>
       <c r="B154" t="s">
         <v>11</v>
       </c>
       <c r="C154" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D154" t="s">
         <v>13</v>
       </c>
       <c r="E154" t="s">
         <v>21</v>
       </c>
       <c r="F154" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G154" t="s">
-        <v>231</v>
+        <v>116</v>
       </c>
       <c r="H154">
-        <v>72701</v>
+        <v>148870</v>
       </c>
       <c r="I154">
-        <v>74669</v>
+        <v>149930</v>
       </c>
       <c r="J154" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
         <v>10</v>
       </c>
       <c r="B155" t="s">
         <v>11</v>
       </c>
       <c r="C155" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D155" t="s">
         <v>13</v>
       </c>
       <c r="E155" t="s">
         <v>21</v>
       </c>
       <c r="F155" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>15</v>
+      </c>
+      <c r="G155">
+        <v>241</v>
       </c>
       <c r="H155">
-        <v>69228</v>
+        <v>148629</v>
       </c>
       <c r="I155">
-        <v>72700</v>
+        <v>148869</v>
       </c>
       <c r="J155" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
         <v>10</v>
       </c>
       <c r="B156" t="s">
         <v>11</v>
       </c>
       <c r="C156" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
       <c r="E156" t="s">
         <v>21</v>
       </c>
       <c r="F156" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>216</v>
       </c>
       <c r="H156">
-        <v>68673</v>
+        <v>147220</v>
       </c>
       <c r="I156">
-        <v>69227</v>
+        <v>148628</v>
       </c>
       <c r="J156" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
         <v>10</v>
       </c>
       <c r="B157" t="s">
         <v>11</v>
       </c>
       <c r="C157" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
         <v>21</v>
       </c>
       <c r="F157" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G157">
-        <v>621</v>
+        <v>241</v>
       </c>
       <c r="H157">
-        <v>68052</v>
+        <v>146979</v>
       </c>
       <c r="I157">
-        <v>68672</v>
+        <v>147219</v>
       </c>
       <c r="J157" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
         <v>10</v>
       </c>
       <c r="B158" t="s">
         <v>11</v>
       </c>
       <c r="C158" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
         <v>21</v>
       </c>
       <c r="F158" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G158">
-        <v>981</v>
+        <v>164</v>
       </c>
       <c r="H158">
-        <v>67071</v>
+        <v>146815</v>
       </c>
       <c r="I158">
-        <v>68051</v>
+        <v>146978</v>
       </c>
       <c r="J158" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
         <v>10</v>
       </c>
       <c r="B159" t="s">
         <v>11</v>
       </c>
       <c r="C159" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
         <v>21</v>
       </c>
       <c r="F159" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>15</v>
+      </c>
+      <c r="G159">
+        <v>761</v>
       </c>
       <c r="H159">
-        <v>62606</v>
+        <v>146054</v>
       </c>
       <c r="I159">
-        <v>67070</v>
+        <v>146814</v>
       </c>
       <c r="J159" t="s">
-        <v>239</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
         <v>10</v>
       </c>
       <c r="B160" t="s">
         <v>11</v>
       </c>
       <c r="C160" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
         <v>21</v>
       </c>
       <c r="F160" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G160" t="s">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="H160">
-        <v>60421</v>
+        <v>144421</v>
       </c>
       <c r="I160">
-        <v>62605</v>
+        <v>146053</v>
       </c>
       <c r="J160" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
         <v>10</v>
       </c>
       <c r="B161" t="s">
         <v>11</v>
       </c>
       <c r="C161" t="s">
-        <v>224</v>
+        <v>198</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
         <v>21</v>
       </c>
       <c r="F161" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>15</v>
+      </c>
+      <c r="G161">
+        <v>729</v>
       </c>
       <c r="H161">
-        <v>52621</v>
+        <v>143692</v>
       </c>
       <c r="I161">
-        <v>60420</v>
+        <v>144420</v>
       </c>
       <c r="J161" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
         <v>10</v>
       </c>
       <c r="B162" t="s">
         <v>11</v>
       </c>
       <c r="C162" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
         <v>21</v>
       </c>
       <c r="F162" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>15</v>
+      </c>
+      <c r="G162">
+        <v>576</v>
       </c>
       <c r="H162">
-        <v>45609</v>
+        <v>143116</v>
       </c>
       <c r="I162">
-        <v>52620</v>
+        <v>143691</v>
       </c>
       <c r="J162" t="s">
-        <v>246</v>
+        <v>224</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
         <v>10</v>
       </c>
       <c r="B163" t="s">
         <v>11</v>
       </c>
       <c r="C163" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D163" t="s">
         <v>13</v>
       </c>
       <c r="E163" t="s">
         <v>21</v>
       </c>
       <c r="F163" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>15</v>
+      </c>
+      <c r="G163">
+        <v>369</v>
       </c>
       <c r="H163">
-        <v>42079</v>
+        <v>142747</v>
       </c>
       <c r="I163">
-        <v>45608</v>
+        <v>143115</v>
       </c>
       <c r="J163" t="s">
-        <v>248</v>
+        <v>225</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
         <v>10</v>
       </c>
       <c r="B164" t="s">
         <v>11</v>
       </c>
       <c r="C164" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
       <c r="E164" t="s">
         <v>21</v>
       </c>
       <c r="F164" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G164" t="s">
-        <v>249</v>
+        <v>226</v>
       </c>
       <c r="H164">
-        <v>34721</v>
+        <v>139389</v>
       </c>
       <c r="I164">
-        <v>42078</v>
+        <v>142746</v>
       </c>
       <c r="J164" t="s">
-        <v>250</v>
+        <v>227</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
         <v>10</v>
       </c>
       <c r="B165" t="s">
         <v>11</v>
       </c>
       <c r="C165" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D165" t="s">
         <v>13</v>
       </c>
       <c r="E165" t="s">
         <v>21</v>
       </c>
       <c r="F165" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G165" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="H165">
-        <v>1</v>
+        <v>136031</v>
       </c>
       <c r="I165">
-        <v>34720</v>
+        <v>139388</v>
       </c>
       <c r="J165" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
         <v>10</v>
       </c>
       <c r="B166" t="s">
         <v>11</v>
       </c>
       <c r="C166" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
         <v>21</v>
       </c>
       <c r="F166" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>15</v>
+      </c>
+      <c r="G166">
+        <v>796</v>
       </c>
       <c r="H166">
-        <v>13844</v>
+        <v>135235</v>
       </c>
       <c r="I166">
-        <v>15665</v>
+        <v>136030</v>
       </c>
       <c r="J166" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
         <v>10</v>
       </c>
       <c r="B167" t="s">
         <v>11</v>
       </c>
       <c r="C167" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
         <v>21</v>
       </c>
       <c r="F167" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G167" t="s">
-        <v>255</v>
+        <v>230</v>
       </c>
       <c r="H167">
-        <v>12454</v>
+        <v>134101</v>
       </c>
       <c r="I167">
-        <v>13843</v>
+        <v>135234</v>
       </c>
       <c r="J167" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
         <v>10</v>
       </c>
       <c r="B168" t="s">
         <v>11</v>
       </c>
       <c r="C168" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
         <v>21</v>
       </c>
       <c r="F168" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G168">
-        <v>858</v>
+        <v>627</v>
       </c>
       <c r="H168">
-        <v>11596</v>
+        <v>133474</v>
       </c>
       <c r="I168">
-        <v>12453</v>
+        <v>134100</v>
       </c>
       <c r="J168" t="s">
-        <v>257</v>
+        <v>232</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
         <v>10</v>
       </c>
       <c r="B169" t="s">
         <v>11</v>
       </c>
       <c r="C169" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
         <v>21</v>
       </c>
       <c r="F169" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G169" t="s">
-        <v>258</v>
+        <v>233</v>
       </c>
       <c r="H169">
-        <v>9785</v>
+        <v>130603</v>
       </c>
       <c r="I169">
-        <v>11595</v>
+        <v>133473</v>
       </c>
       <c r="J169" t="s">
-        <v>259</v>
+        <v>234</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
         <v>10</v>
       </c>
       <c r="B170" t="s">
         <v>11</v>
       </c>
       <c r="C170" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
         <v>21</v>
       </c>
       <c r="F170" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>15</v>
+      </c>
+      <c r="G170">
+        <v>328</v>
       </c>
       <c r="H170">
-        <v>7188</v>
+        <v>130275</v>
       </c>
       <c r="I170">
-        <v>9784</v>
+        <v>130602</v>
       </c>
       <c r="J170" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
         <v>10</v>
       </c>
       <c r="B171" t="s">
         <v>11</v>
       </c>
       <c r="C171" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
         <v>21</v>
       </c>
       <c r="F171" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>15</v>
+      </c>
+      <c r="G171" t="s">
+        <v>236</v>
       </c>
       <c r="H171">
-        <v>6387</v>
+        <v>121520</v>
       </c>
       <c r="I171">
-        <v>7187</v>
+        <v>130274</v>
       </c>
       <c r="J171" t="s">
-        <v>262</v>
+        <v>237</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
         <v>10</v>
       </c>
       <c r="B172" t="s">
         <v>11</v>
       </c>
       <c r="C172" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
         <v>21</v>
       </c>
       <c r="F172" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G172" t="s">
-        <v>263</v>
+        <v>238</v>
       </c>
       <c r="H172">
-        <v>5038</v>
+        <v>120336</v>
       </c>
       <c r="I172">
-        <v>6386</v>
+        <v>121519</v>
       </c>
       <c r="J172" t="s">
-        <v>264</v>
+        <v>239</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
         <v>10</v>
       </c>
       <c r="B173" t="s">
         <v>11</v>
       </c>
       <c r="C173" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
         <v>21</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G173" t="s">
-        <v>265</v>
+        <v>240</v>
       </c>
       <c r="H173">
-        <v>2239</v>
+        <v>116558</v>
       </c>
       <c r="I173">
-        <v>5037</v>
+        <v>120335</v>
       </c>
       <c r="J173" t="s">
-        <v>266</v>
+        <v>241</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
         <v>10</v>
       </c>
       <c r="B174" t="s">
         <v>11</v>
       </c>
       <c r="C174" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
         <v>21</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G174" t="s">
-        <v>267</v>
+        <v>242</v>
       </c>
       <c r="H174">
-        <v>1</v>
+        <v>115048</v>
       </c>
       <c r="I174">
-        <v>2238</v>
+        <v>116557</v>
       </c>
       <c r="J174" t="s">
-        <v>268</v>
+        <v>243</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
         <v>10</v>
       </c>
       <c r="B175" t="s">
         <v>11</v>
       </c>
       <c r="C175" t="s">
-        <v>269</v>
+        <v>198</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="F175" t="s">
         <v>15</v>
       </c>
-      <c r="G175">
-        <v>407</v>
+      <c r="G175" t="s">
+        <v>244</v>
       </c>
       <c r="H175">
-        <v>90727</v>
+        <v>113986</v>
       </c>
       <c r="I175">
-        <v>91133</v>
+        <v>115047</v>
       </c>
       <c r="J175" t="s">
-        <v>271</v>
+        <v>245</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
         <v>10</v>
       </c>
       <c r="B176" t="s">
         <v>11</v>
       </c>
       <c r="C176" t="s">
-        <v>272</v>
+        <v>198</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F176" t="s">
         <v>15</v>
       </c>
-      <c r="G176" t="s">
-        <v>273</v>
+      <c r="G176">
+        <v>184</v>
       </c>
       <c r="H176">
-        <v>84810</v>
+        <v>113802</v>
       </c>
       <c r="I176">
-        <v>90726</v>
+        <v>113985</v>
       </c>
       <c r="J176" t="s">
-        <v>274</v>
+        <v>246</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
         <v>10</v>
       </c>
       <c r="B177" t="s">
         <v>11</v>
       </c>
       <c r="C177" t="s">
-        <v>275</v>
+        <v>198</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="F177" t="s">
         <v>15</v>
       </c>
-      <c r="G177">
-        <v>400</v>
+      <c r="G177" t="s">
+        <v>247</v>
       </c>
       <c r="H177">
-        <v>84410</v>
+        <v>103347</v>
       </c>
       <c r="I177">
-        <v>84809</v>
+        <v>113801</v>
       </c>
       <c r="J177" t="s">
-        <v>276</v>
+        <v>248</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
         <v>10</v>
       </c>
       <c r="B178" t="s">
         <v>11</v>
       </c>
       <c r="C178" t="s">
-        <v>277</v>
+        <v>198</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F178" t="s">
         <v>15</v>
       </c>
-      <c r="G178" t="s">
-        <v>278</v>
+      <c r="G178">
+        <v>550</v>
       </c>
       <c r="H178">
-        <v>78898</v>
+        <v>102797</v>
       </c>
       <c r="I178">
-        <v>84409</v>
+        <v>103346</v>
       </c>
       <c r="J178" t="s">
-        <v>279</v>
+        <v>249</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
         <v>10</v>
       </c>
       <c r="B179" t="s">
         <v>11</v>
       </c>
       <c r="C179" t="s">
-        <v>280</v>
+        <v>198</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="F179" t="s">
         <v>15</v>
       </c>
       <c r="G179">
-        <v>405</v>
+        <v>658</v>
       </c>
       <c r="H179">
-        <v>78493</v>
+        <v>102139</v>
       </c>
       <c r="I179">
-        <v>78897</v>
+        <v>102796</v>
       </c>
       <c r="J179" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
         <v>10</v>
       </c>
       <c r="B180" t="s">
         <v>11</v>
       </c>
       <c r="C180" t="s">
-        <v>282</v>
+        <v>198</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F180" t="s">
         <v>15</v>
       </c>
       <c r="G180" t="s">
-        <v>283</v>
+        <v>251</v>
       </c>
       <c r="H180">
-        <v>73143</v>
+        <v>100674</v>
       </c>
       <c r="I180">
-        <v>78492</v>
+        <v>102138</v>
       </c>
       <c r="J180" t="s">
-        <v>284</v>
+        <v>252</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
         <v>10</v>
       </c>
       <c r="B181" t="s">
         <v>11</v>
       </c>
       <c r="C181" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F181" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G181">
-        <v>511</v>
+        <v>428</v>
       </c>
       <c r="H181">
-        <v>311143</v>
+        <v>100246</v>
       </c>
       <c r="I181">
-        <v>311653</v>
+        <v>100673</v>
       </c>
       <c r="J181" t="s">
-        <v>287</v>
+        <v>253</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
         <v>10</v>
       </c>
       <c r="B182" t="s">
         <v>11</v>
       </c>
       <c r="C182" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F182" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>15</v>
+      </c>
+      <c r="G182">
+        <v>402</v>
       </c>
       <c r="H182">
-        <v>307039</v>
+        <v>99844</v>
       </c>
       <c r="I182">
-        <v>311142</v>
+        <v>100245</v>
       </c>
       <c r="J182" t="s">
-        <v>289</v>
+        <v>254</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
         <v>10</v>
       </c>
       <c r="B183" t="s">
         <v>11</v>
       </c>
       <c r="C183" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F183" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>15</v>
+      </c>
+      <c r="G183" t="s">
+        <v>255</v>
       </c>
       <c r="H183">
-        <v>306697</v>
+        <v>98251</v>
       </c>
       <c r="I183">
-        <v>307038</v>
+        <v>99843</v>
       </c>
       <c r="J183" t="s">
-        <v>290</v>
+        <v>256</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
         <v>10</v>
       </c>
       <c r="B184" t="s">
         <v>11</v>
       </c>
       <c r="C184" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F184" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>621</v>
+        <v>15</v>
+      </c>
+      <c r="G184" t="s">
+        <v>257</v>
       </c>
       <c r="H184">
-        <v>306076</v>
+        <v>97059</v>
       </c>
       <c r="I184">
-        <v>306696</v>
+        <v>98250</v>
       </c>
       <c r="J184" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
         <v>10</v>
       </c>
       <c r="B185" t="s">
         <v>11</v>
       </c>
       <c r="C185" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F185" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>926</v>
+        <v>15</v>
+      </c>
+      <c r="G185" t="s">
+        <v>133</v>
       </c>
       <c r="H185">
-        <v>305150</v>
+        <v>95778</v>
       </c>
       <c r="I185">
-        <v>306075</v>
+        <v>97058</v>
       </c>
       <c r="J185" t="s">
-        <v>292</v>
+        <v>259</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
         <v>10</v>
       </c>
       <c r="B186" t="s">
         <v>11</v>
       </c>
       <c r="C186" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F186" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G186">
-        <v>844</v>
+        <v>645</v>
       </c>
       <c r="H186">
-        <v>304306</v>
+        <v>95133</v>
       </c>
       <c r="I186">
-        <v>305149</v>
+        <v>95777</v>
       </c>
       <c r="J186" t="s">
-        <v>293</v>
+        <v>260</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
         <v>10</v>
       </c>
       <c r="B187" t="s">
         <v>11</v>
       </c>
       <c r="C187" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D187" t="s">
         <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F187" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>15</v>
+      </c>
+      <c r="G187">
+        <v>430</v>
       </c>
       <c r="H187">
-        <v>303302</v>
+        <v>94703</v>
       </c>
       <c r="I187">
-        <v>304305</v>
+        <v>95132</v>
       </c>
       <c r="J187" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
         <v>10</v>
       </c>
       <c r="B188" t="s">
         <v>11</v>
       </c>
       <c r="C188" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D188" t="s">
         <v>13</v>
       </c>
       <c r="E188" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F188" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>15</v>
+      </c>
+      <c r="G188" t="s">
+        <v>262</v>
       </c>
       <c r="H188">
-        <v>303210</v>
+        <v>90956</v>
       </c>
       <c r="I188">
-        <v>303301</v>
+        <v>94702</v>
       </c>
       <c r="J188" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
         <v>10</v>
       </c>
       <c r="B189" t="s">
         <v>11</v>
       </c>
       <c r="C189" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F189" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G189" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="H189">
-        <v>300105</v>
+        <v>88457</v>
       </c>
       <c r="I189">
-        <v>303209</v>
+        <v>90955</v>
       </c>
       <c r="J189" t="s">
-        <v>298</v>
+        <v>265</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
         <v>10</v>
       </c>
       <c r="B190" t="s">
         <v>11</v>
       </c>
       <c r="C190" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F190" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G190" t="s">
-        <v>299</v>
+        <v>266</v>
       </c>
       <c r="H190">
-        <v>297970</v>
+        <v>87365</v>
       </c>
       <c r="I190">
-        <v>300104</v>
+        <v>88456</v>
       </c>
       <c r="J190" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
         <v>10</v>
       </c>
       <c r="B191" t="s">
         <v>11</v>
       </c>
       <c r="C191" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F191" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G191" t="s">
-        <v>301</v>
+        <v>268</v>
       </c>
       <c r="H191">
-        <v>294471</v>
+        <v>86335</v>
       </c>
       <c r="I191">
-        <v>297969</v>
+        <v>87364</v>
       </c>
       <c r="J191" t="s">
-        <v>302</v>
+        <v>269</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
         <v>10</v>
       </c>
       <c r="B192" t="s">
         <v>11</v>
       </c>
       <c r="C192" t="s">
-        <v>285</v>
+        <v>198</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F192" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>15</v>
+      </c>
+      <c r="G192">
+        <v>154</v>
       </c>
       <c r="H192">
-        <v>290607</v>
+        <v>86181</v>
       </c>
       <c r="I192">
-        <v>294470</v>
+        <v>86334</v>
       </c>
       <c r="J192" t="s">
-        <v>304</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
         <v>10</v>
       </c>
       <c r="B193" t="s">
         <v>11</v>
       </c>
       <c r="C193" t="s">
-        <v>305</v>
+        <v>198</v>
       </c>
       <c r="D193" t="s">
         <v>13</v>
       </c>
       <c r="E193" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="F193" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>15</v>
+      </c>
+      <c r="G193">
+        <v>415</v>
       </c>
       <c r="H193">
-        <v>259132</v>
+        <v>85766</v>
       </c>
       <c r="I193">
-        <v>290606</v>
+        <v>86180</v>
       </c>
       <c r="J193" t="s">
-        <v>307</v>
+        <v>271</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
         <v>10</v>
       </c>
       <c r="B194" t="s">
         <v>11</v>
       </c>
       <c r="C194" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D194" t="s">
         <v>13</v>
       </c>
       <c r="E194" t="s">
         <v>21</v>
       </c>
       <c r="F194" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G194">
-        <v>374</v>
+        <v>908</v>
       </c>
       <c r="H194">
-        <v>258758</v>
+        <v>84858</v>
       </c>
       <c r="I194">
-        <v>259131</v>
+        <v>85765</v>
       </c>
       <c r="J194" t="s">
-        <v>309</v>
+        <v>272</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
         <v>10</v>
       </c>
       <c r="B195" t="s">
         <v>11</v>
       </c>
       <c r="C195" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D195" t="s">
         <v>13</v>
       </c>
       <c r="E195" t="s">
         <v>21</v>
       </c>
       <c r="F195" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>15</v>
+      </c>
+      <c r="G195" t="s">
+        <v>273</v>
       </c>
       <c r="H195">
-        <v>257982</v>
+        <v>82625</v>
       </c>
       <c r="I195">
-        <v>258757</v>
+        <v>84857</v>
       </c>
       <c r="J195" t="s">
-        <v>310</v>
+        <v>274</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
         <v>10</v>
       </c>
       <c r="B196" t="s">
         <v>11</v>
       </c>
       <c r="C196" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
       <c r="E196" t="s">
         <v>21</v>
       </c>
       <c r="F196" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G196">
-        <v>593</v>
+        <v>330</v>
       </c>
       <c r="H196">
-        <v>257389</v>
+        <v>82295</v>
       </c>
       <c r="I196">
-        <v>257981</v>
+        <v>82624</v>
       </c>
       <c r="J196" t="s">
-        <v>311</v>
+        <v>275</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
         <v>10</v>
       </c>
       <c r="B197" t="s">
         <v>11</v>
       </c>
       <c r="C197" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D197" t="s">
         <v>13</v>
       </c>
       <c r="E197" t="s">
         <v>21</v>
       </c>
       <c r="F197" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G197">
-        <v>251</v>
+        <v>587</v>
       </c>
       <c r="H197">
-        <v>257138</v>
+        <v>81708</v>
       </c>
       <c r="I197">
-        <v>257388</v>
+        <v>82294</v>
       </c>
       <c r="J197" t="s">
-        <v>312</v>
+        <v>276</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
         <v>10</v>
       </c>
       <c r="B198" t="s">
         <v>11</v>
       </c>
       <c r="C198" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D198" t="s">
         <v>13</v>
       </c>
       <c r="E198" t="s">
         <v>21</v>
       </c>
       <c r="F198" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>15</v>
+      </c>
+      <c r="G198">
+        <v>227</v>
       </c>
       <c r="H198">
-        <v>256075</v>
+        <v>81481</v>
       </c>
       <c r="I198">
-        <v>257137</v>
+        <v>81707</v>
       </c>
       <c r="J198" t="s">
-        <v>314</v>
+        <v>277</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
         <v>10</v>
       </c>
       <c r="B199" t="s">
         <v>11</v>
       </c>
       <c r="C199" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D199" t="s">
         <v>13</v>
       </c>
       <c r="E199" t="s">
         <v>21</v>
       </c>
       <c r="F199" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G199">
-        <v>201</v>
+        <v>585</v>
       </c>
       <c r="H199">
-        <v>255874</v>
+        <v>80896</v>
       </c>
       <c r="I199">
-        <v>256074</v>
+        <v>81480</v>
       </c>
       <c r="J199" t="s">
-        <v>315</v>
+        <v>278</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
         <v>10</v>
       </c>
       <c r="B200" t="s">
         <v>11</v>
       </c>
       <c r="C200" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200" t="s">
         <v>21</v>
       </c>
       <c r="F200" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>15</v>
+      </c>
+      <c r="G200" t="s">
+        <v>279</v>
       </c>
       <c r="H200">
-        <v>255514</v>
+        <v>78595</v>
       </c>
       <c r="I200">
-        <v>255873</v>
+        <v>80895</v>
       </c>
       <c r="J200" t="s">
-        <v>316</v>
+        <v>280</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
         <v>10</v>
       </c>
       <c r="B201" t="s">
         <v>11</v>
       </c>
       <c r="C201" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201" t="s">
         <v>21</v>
       </c>
       <c r="F201" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G201" t="s">
-        <v>317</v>
+        <v>281</v>
       </c>
       <c r="H201">
-        <v>254468</v>
+        <v>76032</v>
       </c>
       <c r="I201">
-        <v>255513</v>
+        <v>78594</v>
       </c>
       <c r="J201" t="s">
-        <v>318</v>
+        <v>282</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
         <v>10</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D202" t="s">
         <v>13</v>
       </c>
       <c r="E202" t="s">
         <v>21</v>
       </c>
       <c r="F202" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G202">
-        <v>821</v>
+        <v>428</v>
       </c>
       <c r="H202">
-        <v>253647</v>
+        <v>75604</v>
       </c>
       <c r="I202">
-        <v>254467</v>
+        <v>76031</v>
       </c>
       <c r="J202" t="s">
-        <v>319</v>
+        <v>283</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
         <v>10</v>
       </c>
       <c r="B203" t="s">
         <v>11</v>
       </c>
       <c r="C203" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D203" t="s">
         <v>13</v>
       </c>
       <c r="E203" t="s">
         <v>21</v>
       </c>
       <c r="F203" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G203">
-        <v>548</v>
+        <v>337</v>
       </c>
       <c r="H203">
-        <v>253099</v>
+        <v>75267</v>
       </c>
       <c r="I203">
-        <v>253646</v>
+        <v>75603</v>
       </c>
       <c r="J203" t="s">
-        <v>320</v>
+        <v>284</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
         <v>10</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204" t="s">
         <v>21</v>
       </c>
       <c r="F204" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>15</v>
+      </c>
+      <c r="G204">
+        <v>720</v>
       </c>
       <c r="H204">
-        <v>249994</v>
+        <v>74547</v>
       </c>
       <c r="I204">
-        <v>253098</v>
+        <v>75266</v>
       </c>
       <c r="J204" t="s">
-        <v>321</v>
+        <v>285</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
         <v>10</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205" t="s">
         <v>21</v>
       </c>
       <c r="F205" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G205">
-        <v>311</v>
+        <v>560</v>
       </c>
       <c r="H205">
-        <v>249683</v>
+        <v>73987</v>
       </c>
       <c r="I205">
-        <v>249993</v>
+        <v>74546</v>
       </c>
       <c r="J205" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
         <v>10</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
       </c>
       <c r="C206" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
       <c r="E206" t="s">
         <v>21</v>
       </c>
       <c r="F206" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>15</v>
+      </c>
+      <c r="G206">
+        <v>343</v>
       </c>
       <c r="H206">
-        <v>247262</v>
+        <v>73644</v>
       </c>
       <c r="I206">
-        <v>249682</v>
+        <v>73986</v>
       </c>
       <c r="J206" t="s">
-        <v>324</v>
+        <v>287</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
         <v>10</v>
       </c>
       <c r="B207" t="s">
         <v>11</v>
       </c>
       <c r="C207" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207" t="s">
         <v>21</v>
       </c>
       <c r="F207" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>15</v>
+      </c>
+      <c r="G207">
+        <v>789</v>
       </c>
       <c r="H207">
-        <v>245472</v>
+        <v>72855</v>
       </c>
       <c r="I207">
-        <v>247261</v>
+        <v>73643</v>
       </c>
       <c r="J207" t="s">
-        <v>326</v>
+        <v>288</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
         <v>10</v>
       </c>
       <c r="B208" t="s">
         <v>11</v>
       </c>
       <c r="C208" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D208" t="s">
         <v>13</v>
       </c>
       <c r="E208" t="s">
         <v>21</v>
       </c>
       <c r="F208" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>15</v>
+      </c>
+      <c r="G208">
+        <v>264</v>
       </c>
       <c r="H208">
-        <v>244468</v>
+        <v>72591</v>
       </c>
       <c r="I208">
-        <v>245471</v>
+        <v>72854</v>
       </c>
       <c r="J208" t="s">
-        <v>327</v>
+        <v>289</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
         <v>10</v>
       </c>
       <c r="B209" t="s">
         <v>11</v>
       </c>
       <c r="C209" t="s">
-        <v>308</v>
+        <v>198</v>
       </c>
       <c r="D209" t="s">
         <v>13</v>
       </c>
       <c r="E209" t="s">
         <v>21</v>
       </c>
       <c r="F209" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G209" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="H209">
-        <v>243464</v>
+        <v>71476</v>
       </c>
       <c r="I209">
-        <v>244467</v>
+        <v>72590</v>
       </c>
       <c r="J209" t="s">
-        <v>328</v>
+        <v>291</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
         <v>10</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210" t="s">
         <v>21</v>
       </c>
       <c r="F210" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G210" t="s">
-        <v>330</v>
+        <v>157</v>
       </c>
       <c r="H210">
-        <v>240183</v>
+        <v>69644</v>
       </c>
       <c r="I210">
-        <v>243463</v>
+        <v>71475</v>
       </c>
       <c r="J210" t="s">
-        <v>331</v>
+        <v>292</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
         <v>10</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D211" t="s">
         <v>13</v>
       </c>
       <c r="E211" t="s">
         <v>21</v>
       </c>
       <c r="F211" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G211" t="s">
-        <v>332</v>
+        <v>293</v>
       </c>
       <c r="H211">
-        <v>236775</v>
+        <v>65941</v>
       </c>
       <c r="I211">
-        <v>240182</v>
+        <v>69643</v>
       </c>
       <c r="J211" t="s">
-        <v>333</v>
+        <v>294</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
         <v>10</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D212" t="s">
         <v>13</v>
       </c>
       <c r="E212" t="s">
         <v>21</v>
       </c>
       <c r="F212" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G212">
-        <v>839</v>
+        <v>463</v>
       </c>
       <c r="H212">
-        <v>235936</v>
+        <v>65478</v>
       </c>
       <c r="I212">
-        <v>236774</v>
+        <v>65940</v>
       </c>
       <c r="J212" t="s">
-        <v>334</v>
+        <v>295</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
         <v>10</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D213" t="s">
         <v>13</v>
       </c>
       <c r="E213" t="s">
         <v>21</v>
       </c>
       <c r="F213" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>15</v>
+      </c>
+      <c r="G213">
+        <v>464</v>
       </c>
       <c r="H213">
-        <v>234464</v>
+        <v>65014</v>
       </c>
       <c r="I213">
-        <v>235935</v>
+        <v>65477</v>
       </c>
       <c r="J213" t="s">
-        <v>336</v>
+        <v>296</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
         <v>10</v>
       </c>
       <c r="B214" t="s">
         <v>11</v>
       </c>
       <c r="C214" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D214" t="s">
         <v>13</v>
       </c>
       <c r="E214" t="s">
         <v>21</v>
       </c>
       <c r="F214" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>15</v>
+      </c>
+      <c r="G214">
+        <v>236</v>
       </c>
       <c r="H214">
-        <v>233083</v>
+        <v>64778</v>
       </c>
       <c r="I214">
-        <v>234463</v>
+        <v>65013</v>
       </c>
       <c r="J214" t="s">
-        <v>338</v>
+        <v>297</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
         <v>10</v>
       </c>
       <c r="B215" t="s">
         <v>11</v>
       </c>
       <c r="C215" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D215" t="s">
         <v>13</v>
       </c>
       <c r="E215" t="s">
         <v>21</v>
       </c>
       <c r="F215" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>15</v>
+      </c>
+      <c r="G215">
+        <v>602</v>
       </c>
       <c r="H215">
-        <v>229296</v>
+        <v>64176</v>
       </c>
       <c r="I215">
-        <v>233082</v>
+        <v>64777</v>
       </c>
       <c r="J215" t="s">
-        <v>340</v>
+        <v>298</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
         <v>10</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D216" t="s">
         <v>13</v>
       </c>
       <c r="E216" t="s">
         <v>21</v>
       </c>
       <c r="F216" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>15</v>
+      </c>
+      <c r="G216">
+        <v>316</v>
       </c>
       <c r="H216">
-        <v>222954</v>
+        <v>63860</v>
       </c>
       <c r="I216">
-        <v>229295</v>
+        <v>64175</v>
       </c>
       <c r="J216" t="s">
-        <v>342</v>
+        <v>299</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
         <v>10</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
       </c>
       <c r="C217" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D217" t="s">
         <v>13</v>
       </c>
       <c r="E217" t="s">
         <v>21</v>
       </c>
       <c r="F217" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>15</v>
+      </c>
+      <c r="G217">
+        <v>147</v>
       </c>
       <c r="H217">
-        <v>220745</v>
+        <v>63713</v>
       </c>
       <c r="I217">
-        <v>222953</v>
+        <v>63859</v>
       </c>
       <c r="J217" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
         <v>10</v>
       </c>
       <c r="B218" t="s">
         <v>11</v>
       </c>
       <c r="C218" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D218" t="s">
         <v>13</v>
       </c>
       <c r="E218" t="s">
         <v>21</v>
       </c>
       <c r="F218" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>15</v>
+      </c>
+      <c r="G218">
+        <v>606</v>
       </c>
       <c r="H218">
-        <v>219387</v>
+        <v>63107</v>
       </c>
       <c r="I218">
-        <v>220744</v>
+        <v>63712</v>
       </c>
       <c r="J218" t="s">
-        <v>346</v>
+        <v>301</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
         <v>10</v>
       </c>
       <c r="B219" t="s">
         <v>11</v>
       </c>
       <c r="C219" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
       <c r="E219" t="s">
         <v>21</v>
       </c>
       <c r="F219" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>15</v>
+      </c>
+      <c r="G219">
+        <v>371</v>
       </c>
       <c r="H219">
-        <v>216367</v>
+        <v>62736</v>
       </c>
       <c r="I219">
-        <v>219386</v>
+        <v>63106</v>
       </c>
       <c r="J219" t="s">
-        <v>348</v>
+        <v>302</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
         <v>10</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D220" t="s">
         <v>13</v>
       </c>
       <c r="E220" t="s">
         <v>21</v>
       </c>
       <c r="F220" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G220">
-        <v>689</v>
+        <v>404</v>
       </c>
       <c r="H220">
-        <v>215678</v>
+        <v>62332</v>
       </c>
       <c r="I220">
-        <v>216366</v>
+        <v>62735</v>
       </c>
       <c r="J220" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
         <v>10</v>
       </c>
       <c r="B221" t="s">
         <v>11</v>
       </c>
       <c r="C221" t="s">
-        <v>329</v>
+        <v>198</v>
       </c>
       <c r="D221" t="s">
         <v>13</v>
       </c>
       <c r="E221" t="s">
         <v>21</v>
       </c>
       <c r="F221" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G221" t="s">
-        <v>350</v>
+        <v>304</v>
       </c>
       <c r="H221">
-        <v>212284</v>
+        <v>56140</v>
       </c>
       <c r="I221">
-        <v>215677</v>
+        <v>62331</v>
       </c>
       <c r="J221" t="s">
-        <v>351</v>
+        <v>305</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
         <v>10</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
       </c>
       <c r="C222" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222" t="s">
         <v>21</v>
       </c>
       <c r="F222" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G222" t="s">
-        <v>353</v>
+        <v>306</v>
       </c>
       <c r="H222">
-        <v>209677</v>
+        <v>51056</v>
       </c>
       <c r="I222">
-        <v>212283</v>
+        <v>56139</v>
       </c>
       <c r="J222" t="s">
-        <v>354</v>
+        <v>307</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
         <v>10</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
       </c>
       <c r="C223" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D223" t="s">
         <v>13</v>
       </c>
       <c r="E223" t="s">
         <v>21</v>
       </c>
       <c r="F223" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>15</v>
+      </c>
+      <c r="G223">
+        <v>815</v>
       </c>
       <c r="H223">
-        <v>207895</v>
+        <v>50241</v>
       </c>
       <c r="I223">
-        <v>209676</v>
+        <v>51055</v>
       </c>
       <c r="J223" t="s">
-        <v>356</v>
+        <v>308</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
         <v>10</v>
       </c>
       <c r="B224" t="s">
         <v>11</v>
       </c>
       <c r="C224" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224" t="s">
         <v>21</v>
       </c>
       <c r="F224" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G224">
-        <v>942</v>
+        <v>230</v>
       </c>
       <c r="H224">
-        <v>206953</v>
+        <v>50011</v>
       </c>
       <c r="I224">
-        <v>207894</v>
+        <v>50240</v>
       </c>
       <c r="J224" t="s">
-        <v>357</v>
+        <v>309</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
         <v>10</v>
       </c>
       <c r="B225" t="s">
         <v>11</v>
       </c>
       <c r="C225" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D225" t="s">
         <v>13</v>
       </c>
       <c r="E225" t="s">
         <v>21</v>
       </c>
       <c r="F225" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>15</v>
+      </c>
+      <c r="G225">
+        <v>480</v>
       </c>
       <c r="H225">
-        <v>205316</v>
+        <v>49531</v>
       </c>
       <c r="I225">
-        <v>206952</v>
+        <v>50010</v>
       </c>
       <c r="J225" t="s">
-        <v>359</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
         <v>10</v>
       </c>
       <c r="B226" t="s">
         <v>11</v>
       </c>
       <c r="C226" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D226" t="s">
         <v>13</v>
       </c>
       <c r="E226" t="s">
         <v>21</v>
       </c>
       <c r="F226" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>796</v>
+        <v>15</v>
+      </c>
+      <c r="G226" t="s">
+        <v>311</v>
       </c>
       <c r="H226">
-        <v>204520</v>
+        <v>48281</v>
       </c>
       <c r="I226">
-        <v>205315</v>
+        <v>49530</v>
       </c>
       <c r="J226" t="s">
-        <v>360</v>
+        <v>312</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
         <v>10</v>
       </c>
       <c r="B227" t="s">
         <v>11</v>
       </c>
       <c r="C227" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227" t="s">
         <v>21</v>
       </c>
       <c r="F227" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>15</v>
+      </c>
+      <c r="G227">
+        <v>452</v>
       </c>
       <c r="H227">
-        <v>202246</v>
+        <v>47829</v>
       </c>
       <c r="I227">
-        <v>204519</v>
+        <v>48280</v>
       </c>
       <c r="J227" t="s">
-        <v>362</v>
+        <v>313</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
         <v>10</v>
       </c>
       <c r="B228" t="s">
         <v>11</v>
       </c>
       <c r="C228" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228" t="s">
         <v>21</v>
       </c>
       <c r="F228" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>15</v>
+      </c>
+      <c r="G228">
+        <v>247</v>
       </c>
       <c r="H228">
-        <v>201134</v>
+        <v>47582</v>
       </c>
       <c r="I228">
-        <v>202245</v>
+        <v>47828</v>
       </c>
       <c r="J228" t="s">
-        <v>363</v>
+        <v>314</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
         <v>10</v>
       </c>
       <c r="B229" t="s">
         <v>11</v>
       </c>
       <c r="C229" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
       <c r="E229" t="s">
         <v>21</v>
       </c>
       <c r="F229" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>15</v>
+      </c>
+      <c r="G229">
+        <v>227</v>
       </c>
       <c r="H229">
-        <v>197860</v>
+        <v>47355</v>
       </c>
       <c r="I229">
-        <v>201133</v>
+        <v>47581</v>
       </c>
       <c r="J229" t="s">
-        <v>365</v>
+        <v>315</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
         <v>10</v>
       </c>
       <c r="B230" t="s">
         <v>11</v>
       </c>
       <c r="C230" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D230" t="s">
         <v>13</v>
       </c>
       <c r="E230" t="s">
         <v>21</v>
       </c>
       <c r="F230" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>15</v>
+      </c>
+      <c r="G230">
+        <v>787</v>
       </c>
       <c r="H230">
-        <v>195813</v>
+        <v>46568</v>
       </c>
       <c r="I230">
-        <v>197859</v>
+        <v>47354</v>
       </c>
       <c r="J230" t="s">
-        <v>367</v>
+        <v>316</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
         <v>10</v>
       </c>
       <c r="B231" t="s">
         <v>11</v>
       </c>
       <c r="C231" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D231" t="s">
         <v>13</v>
       </c>
       <c r="E231" t="s">
         <v>21</v>
       </c>
       <c r="F231" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>15</v>
+      </c>
+      <c r="G231">
+        <v>784</v>
       </c>
       <c r="H231">
-        <v>194548</v>
+        <v>45784</v>
       </c>
       <c r="I231">
-        <v>195812</v>
+        <v>46567</v>
       </c>
       <c r="J231" t="s">
-        <v>369</v>
+        <v>317</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
         <v>10</v>
       </c>
       <c r="B232" t="s">
         <v>11</v>
       </c>
       <c r="C232" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D232" t="s">
         <v>13</v>
       </c>
       <c r="E232" t="s">
         <v>21</v>
       </c>
       <c r="F232" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>15</v>
+      </c>
+      <c r="G232">
+        <v>456</v>
       </c>
       <c r="H232">
-        <v>192949</v>
+        <v>45328</v>
       </c>
       <c r="I232">
-        <v>194547</v>
+        <v>45783</v>
       </c>
       <c r="J232" t="s">
-        <v>371</v>
+        <v>318</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
         <v>10</v>
       </c>
       <c r="B233" t="s">
         <v>11</v>
       </c>
       <c r="C233" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D233" t="s">
         <v>13</v>
       </c>
       <c r="E233" t="s">
         <v>21</v>
       </c>
       <c r="F233" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>15</v>
+      </c>
+      <c r="G233" t="s">
+        <v>319</v>
       </c>
       <c r="H233">
-        <v>191971</v>
+        <v>44062</v>
       </c>
       <c r="I233">
-        <v>192948</v>
+        <v>45327</v>
       </c>
       <c r="J233" t="s">
-        <v>372</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
         <v>10</v>
       </c>
       <c r="B234" t="s">
         <v>11</v>
       </c>
       <c r="C234" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D234" t="s">
         <v>13</v>
       </c>
       <c r="E234" t="s">
         <v>21</v>
       </c>
       <c r="F234" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G234">
-        <v>807</v>
+        <v>324</v>
       </c>
       <c r="H234">
-        <v>191164</v>
+        <v>43738</v>
       </c>
       <c r="I234">
-        <v>191970</v>
+        <v>44061</v>
       </c>
       <c r="J234" t="s">
-        <v>373</v>
+        <v>321</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
         <v>10</v>
       </c>
       <c r="B235" t="s">
         <v>11</v>
       </c>
       <c r="C235" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D235" t="s">
         <v>13</v>
       </c>
       <c r="E235" t="s">
         <v>21</v>
       </c>
       <c r="F235" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>15</v>
+      </c>
+      <c r="G235">
+        <v>197</v>
       </c>
       <c r="H235">
-        <v>189524</v>
+        <v>43541</v>
       </c>
       <c r="I235">
-        <v>191163</v>
+        <v>43737</v>
       </c>
       <c r="J235" t="s">
-        <v>375</v>
+        <v>322</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
         <v>10</v>
       </c>
       <c r="B236" t="s">
         <v>11</v>
       </c>
       <c r="C236" t="s">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="D236" t="s">
         <v>13</v>
       </c>
       <c r="E236" t="s">
         <v>21</v>
       </c>
       <c r="F236" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>15</v>
+      </c>
+      <c r="G236">
+        <v>147</v>
       </c>
       <c r="H236">
-        <v>188444</v>
+        <v>43394</v>
       </c>
       <c r="I236">
-        <v>189523</v>
+        <v>43540</v>
       </c>
       <c r="J236" t="s">
-        <v>377</v>
+        <v>323</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
         <v>10</v>
       </c>
       <c r="B237" t="s">
         <v>11</v>
       </c>
       <c r="C237" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D237" t="s">
         <v>13</v>
       </c>
       <c r="E237" t="s">
         <v>21</v>
       </c>
       <c r="F237" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>15</v>
+      </c>
+      <c r="G237">
+        <v>131</v>
       </c>
       <c r="H237">
-        <v>186737</v>
+        <v>43263</v>
       </c>
       <c r="I237">
-        <v>188443</v>
+        <v>43393</v>
       </c>
       <c r="J237" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
         <v>10</v>
       </c>
       <c r="B238" t="s">
         <v>11</v>
       </c>
       <c r="C238" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D238" t="s">
         <v>13</v>
       </c>
       <c r="E238" t="s">
         <v>21</v>
       </c>
       <c r="F238" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>15</v>
+      </c>
+      <c r="G238">
+        <v>354</v>
       </c>
       <c r="H238">
-        <v>185577</v>
+        <v>42909</v>
       </c>
       <c r="I238">
-        <v>186736</v>
+        <v>43262</v>
       </c>
       <c r="J238" t="s">
-        <v>382</v>
+        <v>325</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
         <v>10</v>
       </c>
       <c r="B239" t="s">
         <v>11</v>
       </c>
       <c r="C239" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D239" t="s">
         <v>13</v>
       </c>
       <c r="E239" t="s">
         <v>21</v>
       </c>
       <c r="F239" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G239">
-        <v>965</v>
+        <v>413</v>
       </c>
       <c r="H239">
-        <v>184612</v>
+        <v>42496</v>
       </c>
       <c r="I239">
-        <v>185576</v>
+        <v>42908</v>
       </c>
       <c r="J239" t="s">
-        <v>383</v>
+        <v>326</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
         <v>10</v>
       </c>
       <c r="B240" t="s">
         <v>11</v>
       </c>
       <c r="C240" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240" t="s">
         <v>21</v>
       </c>
       <c r="F240" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G240">
-        <v>766</v>
+        <v>550</v>
       </c>
       <c r="H240">
-        <v>183846</v>
+        <v>41946</v>
       </c>
       <c r="I240">
-        <v>184611</v>
+        <v>42495</v>
       </c>
       <c r="J240" t="s">
-        <v>384</v>
+        <v>327</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
         <v>10</v>
       </c>
       <c r="B241" t="s">
         <v>11</v>
       </c>
       <c r="C241" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241" t="s">
         <v>21</v>
       </c>
       <c r="F241" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>15</v>
+      </c>
+      <c r="G241">
+        <v>409</v>
       </c>
       <c r="H241">
-        <v>182253</v>
+        <v>41537</v>
       </c>
       <c r="I241">
-        <v>183845</v>
+        <v>41945</v>
       </c>
       <c r="J241" t="s">
-        <v>386</v>
+        <v>328</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
         <v>10</v>
       </c>
       <c r="B242" t="s">
         <v>11</v>
       </c>
       <c r="C242" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242" t="s">
         <v>21</v>
       </c>
       <c r="F242" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G242" t="s">
-        <v>387</v>
+        <v>329</v>
       </c>
       <c r="H242">
-        <v>180779</v>
+        <v>39744</v>
       </c>
       <c r="I242">
-        <v>182252</v>
+        <v>41536</v>
       </c>
       <c r="J242" t="s">
-        <v>388</v>
+        <v>330</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
         <v>10</v>
       </c>
       <c r="B243" t="s">
         <v>11</v>
       </c>
       <c r="C243" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243" t="s">
         <v>21</v>
       </c>
       <c r="F243" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G243" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="H243">
-        <v>179383</v>
+        <v>38646</v>
       </c>
       <c r="I243">
-        <v>180778</v>
+        <v>39743</v>
       </c>
       <c r="J243" t="s">
-        <v>390</v>
+        <v>332</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
         <v>10</v>
       </c>
       <c r="B244" t="s">
         <v>11</v>
       </c>
       <c r="C244" t="s">
-        <v>378</v>
+        <v>198</v>
       </c>
       <c r="D244" t="s">
         <v>13</v>
       </c>
       <c r="E244" t="s">
         <v>21</v>
       </c>
       <c r="F244" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>922</v>
+        <v>15</v>
+      </c>
+      <c r="G244" t="s">
+        <v>333</v>
       </c>
       <c r="H244">
-        <v>178461</v>
+        <v>1</v>
       </c>
       <c r="I244">
-        <v>179382</v>
+        <v>38645</v>
       </c>
       <c r="J244" t="s">
-        <v>391</v>
+        <v>334</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
         <v>10</v>
       </c>
       <c r="B245" t="s">
         <v>11</v>
       </c>
       <c r="C245" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
       <c r="E245" t="s">
         <v>21</v>
       </c>
       <c r="F245" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>15</v>
+      </c>
+      <c r="G245">
+        <v>218</v>
       </c>
       <c r="H245">
-        <v>176675</v>
+        <v>38740</v>
       </c>
       <c r="I245">
-        <v>178460</v>
+        <v>38957</v>
       </c>
       <c r="J245" t="s">
-        <v>393</v>
+        <v>336</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
         <v>10</v>
       </c>
       <c r="B246" t="s">
         <v>11</v>
       </c>
       <c r="C246" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D246" t="s">
         <v>13</v>
       </c>
       <c r="E246" t="s">
         <v>21</v>
       </c>
       <c r="F246" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>15</v>
+      </c>
+      <c r="G246">
+        <v>622</v>
       </c>
       <c r="H246">
-        <v>173182</v>
+        <v>38118</v>
       </c>
       <c r="I246">
-        <v>176674</v>
+        <v>38739</v>
       </c>
       <c r="J246" t="s">
-        <v>395</v>
+        <v>337</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
         <v>10</v>
       </c>
       <c r="B247" t="s">
         <v>11</v>
       </c>
       <c r="C247" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D247" t="s">
         <v>13</v>
       </c>
       <c r="E247" t="s">
         <v>21</v>
       </c>
       <c r="F247" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>15</v>
+      </c>
+      <c r="G247">
+        <v>449</v>
       </c>
       <c r="H247">
-        <v>171444</v>
+        <v>37669</v>
       </c>
       <c r="I247">
-        <v>173181</v>
+        <v>38117</v>
       </c>
       <c r="J247" t="s">
-        <v>397</v>
+        <v>338</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
         <v>10</v>
       </c>
       <c r="B248" t="s">
         <v>11</v>
       </c>
       <c r="C248" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D248" t="s">
         <v>13</v>
       </c>
       <c r="E248" t="s">
         <v>21</v>
       </c>
       <c r="F248" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>15</v>
+      </c>
+      <c r="G248">
+        <v>382</v>
       </c>
       <c r="H248">
-        <v>169511</v>
+        <v>37287</v>
       </c>
       <c r="I248">
-        <v>171443</v>
+        <v>37668</v>
       </c>
       <c r="J248" t="s">
-        <v>399</v>
+        <v>339</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
         <v>10</v>
       </c>
       <c r="B249" t="s">
         <v>11</v>
       </c>
       <c r="C249" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D249" t="s">
         <v>13</v>
       </c>
       <c r="E249" t="s">
         <v>21</v>
       </c>
       <c r="F249" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>15</v>
+      </c>
+      <c r="G249">
+        <v>377</v>
       </c>
       <c r="H249">
-        <v>167459</v>
+        <v>36910</v>
       </c>
       <c r="I249">
-        <v>169510</v>
+        <v>37286</v>
       </c>
       <c r="J249" t="s">
-        <v>401</v>
+        <v>340</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
         <v>10</v>
       </c>
       <c r="B250" t="s">
         <v>11</v>
       </c>
       <c r="C250" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D250" t="s">
         <v>13</v>
       </c>
       <c r="E250" t="s">
         <v>21</v>
       </c>
       <c r="F250" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>15</v>
+      </c>
+      <c r="G250">
+        <v>655</v>
       </c>
       <c r="H250">
-        <v>165712</v>
+        <v>36255</v>
       </c>
       <c r="I250">
-        <v>167458</v>
+        <v>36909</v>
       </c>
       <c r="J250" t="s">
-        <v>403</v>
+        <v>341</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
         <v>10</v>
       </c>
       <c r="B251" t="s">
         <v>11</v>
       </c>
       <c r="C251" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D251" t="s">
         <v>13</v>
       </c>
       <c r="E251" t="s">
         <v>21</v>
       </c>
       <c r="F251" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>15</v>
+      </c>
+      <c r="G251">
+        <v>693</v>
       </c>
       <c r="H251">
-        <v>163795</v>
+        <v>35562</v>
       </c>
       <c r="I251">
-        <v>165711</v>
+        <v>36254</v>
       </c>
       <c r="J251" t="s">
-        <v>405</v>
+        <v>342</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
         <v>10</v>
       </c>
       <c r="B252" t="s">
         <v>11</v>
       </c>
       <c r="C252" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D252" t="s">
         <v>13</v>
       </c>
       <c r="E252" t="s">
         <v>21</v>
       </c>
       <c r="F252" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>15</v>
+      </c>
+      <c r="G252">
+        <v>337</v>
       </c>
       <c r="H252">
-        <v>160371</v>
+        <v>35225</v>
       </c>
       <c r="I252">
-        <v>163794</v>
+        <v>35561</v>
       </c>
       <c r="J252" t="s">
-        <v>407</v>
+        <v>343</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
         <v>10</v>
       </c>
       <c r="B253" t="s">
         <v>11</v>
       </c>
       <c r="C253" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D253" t="s">
         <v>13</v>
       </c>
       <c r="E253" t="s">
         <v>21</v>
       </c>
       <c r="F253" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G253" t="s">
-        <v>408</v>
+        <v>344</v>
       </c>
       <c r="H253">
-        <v>158343</v>
+        <v>34194</v>
       </c>
       <c r="I253">
-        <v>160370</v>
+        <v>35224</v>
       </c>
       <c r="J253" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
         <v>10</v>
       </c>
       <c r="B254" t="s">
         <v>11</v>
       </c>
       <c r="C254" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D254" t="s">
         <v>13</v>
       </c>
       <c r="E254" t="s">
         <v>21</v>
       </c>
       <c r="F254" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>15</v>
+      </c>
+      <c r="G254">
+        <v>379</v>
       </c>
       <c r="H254">
-        <v>156389</v>
+        <v>33815</v>
       </c>
       <c r="I254">
-        <v>158342</v>
+        <v>34193</v>
       </c>
       <c r="J254" t="s">
-        <v>411</v>
+        <v>346</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
         <v>10</v>
       </c>
       <c r="B255" t="s">
         <v>11</v>
       </c>
       <c r="C255" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D255" t="s">
         <v>13</v>
       </c>
       <c r="E255" t="s">
         <v>21</v>
       </c>
       <c r="F255" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>15</v>
+      </c>
+      <c r="G255">
+        <v>266</v>
       </c>
       <c r="H255">
-        <v>154128</v>
+        <v>33549</v>
       </c>
       <c r="I255">
-        <v>156388</v>
+        <v>33814</v>
       </c>
       <c r="J255" t="s">
-        <v>413</v>
+        <v>347</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
         <v>10</v>
       </c>
       <c r="B256" t="s">
         <v>11</v>
       </c>
       <c r="C256" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256" t="s">
         <v>21</v>
       </c>
       <c r="F256" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>15</v>
+      </c>
+      <c r="G256">
+        <v>437</v>
       </c>
       <c r="H256">
-        <v>151414</v>
+        <v>33112</v>
       </c>
       <c r="I256">
-        <v>154127</v>
+        <v>33548</v>
       </c>
       <c r="J256" t="s">
-        <v>415</v>
+        <v>348</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
         <v>10</v>
       </c>
       <c r="B257" t="s">
         <v>11</v>
       </c>
       <c r="C257" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257" t="s">
         <v>21</v>
       </c>
       <c r="F257" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>15</v>
+      </c>
+      <c r="G257">
+        <v>252</v>
       </c>
       <c r="H257">
-        <v>148940</v>
+        <v>32860</v>
       </c>
       <c r="I257">
-        <v>151413</v>
+        <v>33111</v>
       </c>
       <c r="J257" t="s">
-        <v>417</v>
+        <v>349</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
         <v>10</v>
       </c>
       <c r="B258" t="s">
         <v>11</v>
       </c>
       <c r="C258" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258" t="s">
         <v>21</v>
       </c>
       <c r="F258" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>15</v>
+      </c>
+      <c r="G258">
+        <v>940</v>
       </c>
       <c r="H258">
-        <v>144916</v>
+        <v>31920</v>
       </c>
       <c r="I258">
-        <v>148939</v>
+        <v>32859</v>
       </c>
       <c r="J258" t="s">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
         <v>10</v>
       </c>
       <c r="B259" t="s">
         <v>11</v>
       </c>
       <c r="C259" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259" t="s">
         <v>21</v>
       </c>
       <c r="F259" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G259">
-        <v>548</v>
+        <v>368</v>
       </c>
       <c r="H259">
-        <v>144368</v>
+        <v>31552</v>
       </c>
       <c r="I259">
-        <v>144915</v>
+        <v>31919</v>
       </c>
       <c r="J259" t="s">
-        <v>421</v>
+        <v>351</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
         <v>10</v>
       </c>
       <c r="B260" t="s">
         <v>11</v>
       </c>
       <c r="C260" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
       <c r="E260" t="s">
         <v>21</v>
       </c>
       <c r="F260" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>15</v>
+      </c>
+      <c r="G260">
+        <v>360</v>
       </c>
       <c r="H260">
-        <v>143322</v>
+        <v>31192</v>
       </c>
       <c r="I260">
-        <v>144367</v>
+        <v>31551</v>
       </c>
       <c r="J260" t="s">
-        <v>422</v>
+        <v>352</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
         <v>10</v>
       </c>
       <c r="B261" t="s">
         <v>11</v>
       </c>
       <c r="C261" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D261" t="s">
         <v>13</v>
       </c>
       <c r="E261" t="s">
         <v>21</v>
       </c>
       <c r="F261" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G261">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="H261">
-        <v>142765</v>
+        <v>30630</v>
       </c>
       <c r="I261">
-        <v>143321</v>
+        <v>31191</v>
       </c>
       <c r="J261" t="s">
-        <v>423</v>
+        <v>353</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
         <v>10</v>
       </c>
       <c r="B262" t="s">
         <v>11</v>
       </c>
       <c r="C262" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
       <c r="E262" t="s">
         <v>21</v>
       </c>
       <c r="F262" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>15</v>
+      </c>
+      <c r="G262">
+        <v>175</v>
       </c>
       <c r="H262">
-        <v>139888</v>
+        <v>30455</v>
       </c>
       <c r="I262">
-        <v>142764</v>
+        <v>30629</v>
       </c>
       <c r="J262" t="s">
-        <v>425</v>
+        <v>354</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
         <v>10</v>
       </c>
       <c r="B263" t="s">
         <v>11</v>
       </c>
       <c r="C263" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D263" t="s">
         <v>13</v>
       </c>
       <c r="E263" t="s">
         <v>21</v>
       </c>
       <c r="F263" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>15</v>
+      </c>
+      <c r="G263" t="s">
+        <v>355</v>
       </c>
       <c r="H263">
-        <v>139577</v>
+        <v>28758</v>
       </c>
       <c r="I263">
-        <v>139887</v>
+        <v>30454</v>
       </c>
       <c r="J263" t="s">
-        <v>426</v>
+        <v>356</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
         <v>10</v>
       </c>
       <c r="B264" t="s">
         <v>11</v>
       </c>
       <c r="C264" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D264" t="s">
         <v>13</v>
       </c>
       <c r="E264" t="s">
         <v>21</v>
       </c>
       <c r="F264" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G264" t="s">
-        <v>294</v>
+        <v>357</v>
       </c>
       <c r="H264">
-        <v>138573</v>
+        <v>27724</v>
       </c>
       <c r="I264">
-        <v>139576</v>
+        <v>28757</v>
       </c>
       <c r="J264" t="s">
-        <v>427</v>
+        <v>358</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
         <v>10</v>
       </c>
       <c r="B265" t="s">
         <v>11</v>
       </c>
       <c r="C265" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D265" t="s">
         <v>13</v>
       </c>
       <c r="E265" t="s">
         <v>21</v>
       </c>
       <c r="F265" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>15</v>
+      </c>
+      <c r="G265">
+        <v>817</v>
       </c>
       <c r="H265">
-        <v>135448</v>
+        <v>26907</v>
       </c>
       <c r="I265">
-        <v>138572</v>
+        <v>27723</v>
       </c>
       <c r="J265" t="s">
-        <v>429</v>
+        <v>359</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
         <v>10</v>
       </c>
       <c r="B266" t="s">
         <v>11</v>
       </c>
       <c r="C266" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D266" t="s">
         <v>13</v>
       </c>
       <c r="E266" t="s">
         <v>21</v>
       </c>
       <c r="F266" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G266" t="s">
-        <v>430</v>
+        <v>360</v>
       </c>
       <c r="H266">
-        <v>130722</v>
+        <v>25451</v>
       </c>
       <c r="I266">
-        <v>135447</v>
+        <v>26906</v>
       </c>
       <c r="J266" t="s">
-        <v>431</v>
+        <v>361</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
         <v>10</v>
       </c>
       <c r="B267" t="s">
         <v>11</v>
       </c>
       <c r="C267" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="D267" t="s">
         <v>13</v>
       </c>
       <c r="E267" t="s">
         <v>21</v>
       </c>
       <c r="F267" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>15</v>
+      </c>
+      <c r="G267">
+        <v>607</v>
       </c>
       <c r="H267">
-        <v>123811</v>
+        <v>24844</v>
       </c>
       <c r="I267">
-        <v>130721</v>
+        <v>25450</v>
       </c>
       <c r="J267" t="s">
-        <v>433</v>
+        <v>362</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
         <v>10</v>
       </c>
       <c r="B268" t="s">
         <v>11</v>
       </c>
       <c r="C268" t="s">
-        <v>434</v>
+        <v>335</v>
       </c>
       <c r="D268" t="s">
         <v>13</v>
       </c>
       <c r="E268" t="s">
         <v>21</v>
       </c>
       <c r="F268" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G268">
-        <v>525</v>
+        <v>612</v>
       </c>
       <c r="H268">
-        <v>123286</v>
+        <v>24232</v>
       </c>
       <c r="I268">
-        <v>123810</v>
+        <v>24843</v>
       </c>
       <c r="J268" t="s">
-        <v>435</v>
+        <v>363</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
         <v>10</v>
       </c>
       <c r="B269" t="s">
         <v>11</v>
       </c>
       <c r="C269" t="s">
-        <v>434</v>
+        <v>335</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
       <c r="E269" t="s">
         <v>21</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>15</v>
+      </c>
+      <c r="G269">
+        <v>59</v>
       </c>
       <c r="H269">
-        <v>96087</v>
+        <v>24173</v>
       </c>
       <c r="I269">
-        <v>123285</v>
+        <v>24231</v>
       </c>
       <c r="J269" t="s">
-        <v>437</v>
+        <v>364</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
         <v>10</v>
       </c>
       <c r="B270" t="s">
         <v>11</v>
       </c>
       <c r="C270" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270" t="s">
         <v>21</v>
       </c>
       <c r="F270" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G270" t="s">
-        <v>439</v>
+        <v>365</v>
       </c>
       <c r="H270">
-        <v>94487</v>
+        <v>23010</v>
       </c>
       <c r="I270">
-        <v>96086</v>
+        <v>24172</v>
       </c>
       <c r="J270" t="s">
-        <v>440</v>
+        <v>366</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
         <v>10</v>
       </c>
       <c r="B271" t="s">
         <v>11</v>
       </c>
       <c r="C271" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D271" t="s">
         <v>13</v>
       </c>
       <c r="E271" t="s">
         <v>21</v>
       </c>
       <c r="F271" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G271" t="s">
-        <v>441</v>
+        <v>367</v>
       </c>
       <c r="H271">
-        <v>92313</v>
+        <v>21780</v>
       </c>
       <c r="I271">
-        <v>94486</v>
+        <v>23009</v>
       </c>
       <c r="J271" t="s">
-        <v>442</v>
+        <v>368</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
         <v>10</v>
       </c>
       <c r="B272" t="s">
         <v>11</v>
       </c>
       <c r="C272" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D272" t="s">
         <v>13</v>
       </c>
       <c r="E272" t="s">
         <v>21</v>
       </c>
       <c r="F272" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>15</v>
+      </c>
+      <c r="G272">
+        <v>875</v>
       </c>
       <c r="H272">
-        <v>90282</v>
+        <v>20905</v>
       </c>
       <c r="I272">
-        <v>92312</v>
+        <v>21779</v>
       </c>
       <c r="J272" t="s">
-        <v>444</v>
+        <v>369</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
         <v>10</v>
       </c>
       <c r="B273" t="s">
         <v>11</v>
       </c>
       <c r="C273" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D273" t="s">
         <v>13</v>
       </c>
       <c r="E273" t="s">
         <v>21</v>
       </c>
       <c r="F273" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G273">
-        <v>721</v>
+        <v>235</v>
       </c>
       <c r="H273">
-        <v>89561</v>
+        <v>20670</v>
       </c>
       <c r="I273">
-        <v>90281</v>
+        <v>20904</v>
       </c>
       <c r="J273" t="s">
-        <v>445</v>
+        <v>370</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
         <v>10</v>
       </c>
       <c r="B274" t="s">
         <v>11</v>
       </c>
       <c r="C274" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D274" t="s">
         <v>13</v>
       </c>
       <c r="E274" t="s">
         <v>21</v>
       </c>
       <c r="F274" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G274">
-        <v>340</v>
+        <v>123</v>
       </c>
       <c r="H274">
-        <v>89221</v>
+        <v>20547</v>
       </c>
       <c r="I274">
-        <v>89560</v>
+        <v>20669</v>
       </c>
       <c r="J274" t="s">
-        <v>446</v>
+        <v>371</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
         <v>10</v>
       </c>
       <c r="B275" t="s">
         <v>11</v>
       </c>
       <c r="C275" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D275" t="s">
         <v>13</v>
       </c>
       <c r="E275" t="s">
         <v>21</v>
       </c>
       <c r="F275" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G275">
-        <v>854</v>
+        <v>445</v>
       </c>
       <c r="H275">
-        <v>88367</v>
+        <v>20102</v>
       </c>
       <c r="I275">
-        <v>89220</v>
+        <v>20546</v>
       </c>
       <c r="J275" t="s">
-        <v>447</v>
+        <v>372</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
         <v>10</v>
       </c>
       <c r="B276" t="s">
         <v>11</v>
       </c>
       <c r="C276" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D276" t="s">
         <v>13</v>
       </c>
       <c r="E276" t="s">
         <v>21</v>
       </c>
       <c r="F276" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>15</v>
+      </c>
+      <c r="G276">
+        <v>481</v>
       </c>
       <c r="H276">
-        <v>86609</v>
+        <v>19621</v>
       </c>
       <c r="I276">
-        <v>88366</v>
+        <v>20101</v>
       </c>
       <c r="J276" t="s">
-        <v>449</v>
+        <v>373</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
         <v>10</v>
       </c>
       <c r="B277" t="s">
         <v>11</v>
       </c>
       <c r="C277" t="s">
-        <v>438</v>
+        <v>335</v>
       </c>
       <c r="D277" t="s">
         <v>13</v>
       </c>
       <c r="E277" t="s">
         <v>21</v>
       </c>
       <c r="F277" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G277">
-        <v>278</v>
+        <v>401</v>
       </c>
       <c r="H277">
-        <v>86331</v>
+        <v>19220</v>
       </c>
       <c r="I277">
-        <v>86608</v>
+        <v>19620</v>
       </c>
       <c r="J277" t="s">
-        <v>450</v>
+        <v>374</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
         <v>10</v>
       </c>
       <c r="B278" t="s">
         <v>11</v>
       </c>
       <c r="C278" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D278" t="s">
         <v>13</v>
       </c>
       <c r="E278" t="s">
         <v>21</v>
       </c>
       <c r="F278" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>15</v>
+      </c>
+      <c r="G278">
+        <v>292</v>
       </c>
       <c r="H278">
-        <v>84496</v>
+        <v>18928</v>
       </c>
       <c r="I278">
-        <v>86330</v>
+        <v>19219</v>
       </c>
       <c r="J278" t="s">
-        <v>452</v>
+        <v>376</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
         <v>10</v>
       </c>
       <c r="B279" t="s">
         <v>11</v>
       </c>
       <c r="C279" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D279" t="s">
         <v>13</v>
       </c>
       <c r="E279" t="s">
         <v>21</v>
       </c>
       <c r="F279" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>15</v>
+      </c>
+      <c r="G279">
+        <v>986</v>
       </c>
       <c r="H279">
-        <v>82739</v>
+        <v>17942</v>
       </c>
       <c r="I279">
-        <v>84495</v>
+        <v>18927</v>
       </c>
       <c r="J279" t="s">
-        <v>454</v>
+        <v>377</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
         <v>10</v>
       </c>
       <c r="B280" t="s">
         <v>11</v>
       </c>
       <c r="C280" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D280" t="s">
         <v>13</v>
       </c>
       <c r="E280" t="s">
         <v>21</v>
       </c>
       <c r="F280" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>15</v>
+      </c>
+      <c r="G280">
+        <v>145</v>
       </c>
       <c r="H280">
-        <v>81062</v>
+        <v>17797</v>
       </c>
       <c r="I280">
-        <v>82738</v>
+        <v>17941</v>
       </c>
       <c r="J280" t="s">
-        <v>456</v>
+        <v>378</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
         <v>10</v>
       </c>
       <c r="B281" t="s">
         <v>11</v>
       </c>
       <c r="C281" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D281" t="s">
         <v>13</v>
       </c>
       <c r="E281" t="s">
         <v>21</v>
       </c>
       <c r="F281" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>15</v>
+      </c>
+      <c r="G281">
+        <v>832</v>
       </c>
       <c r="H281">
-        <v>79628</v>
+        <v>16965</v>
       </c>
       <c r="I281">
-        <v>81061</v>
+        <v>17796</v>
       </c>
       <c r="J281" t="s">
-        <v>458</v>
+        <v>379</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
         <v>10</v>
       </c>
       <c r="B282" t="s">
         <v>11</v>
       </c>
       <c r="C282" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D282" t="s">
         <v>13</v>
       </c>
       <c r="E282" t="s">
         <v>21</v>
       </c>
       <c r="F282" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>15</v>
+      </c>
+      <c r="G282">
+        <v>280</v>
       </c>
       <c r="H282">
-        <v>608501</v>
+        <v>16685</v>
       </c>
       <c r="I282">
-        <v>609554</v>
+        <v>16964</v>
       </c>
       <c r="J282" t="s">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
         <v>10</v>
       </c>
       <c r="B283" t="s">
         <v>11</v>
       </c>
       <c r="C283" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D283" t="s">
         <v>13</v>
       </c>
       <c r="E283" t="s">
         <v>21</v>
       </c>
       <c r="F283" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>15</v>
+      </c>
+      <c r="G283">
+        <v>319</v>
       </c>
       <c r="H283">
-        <v>606293</v>
+        <v>16366</v>
       </c>
       <c r="I283">
-        <v>608500</v>
+        <v>16684</v>
       </c>
       <c r="J283" t="s">
-        <v>462</v>
+        <v>381</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
         <v>10</v>
       </c>
       <c r="B284" t="s">
         <v>11</v>
       </c>
       <c r="C284" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D284" t="s">
         <v>13</v>
       </c>
       <c r="E284" t="s">
         <v>21</v>
       </c>
       <c r="F284" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>463</v>
+        <v>15</v>
+      </c>
+      <c r="G284">
+        <v>423</v>
       </c>
       <c r="H284">
-        <v>602683</v>
+        <v>15943</v>
       </c>
       <c r="I284">
-        <v>606292</v>
+        <v>16365</v>
       </c>
       <c r="J284" t="s">
-        <v>464</v>
+        <v>382</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
         <v>10</v>
       </c>
       <c r="B285" t="s">
         <v>11</v>
       </c>
       <c r="C285" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D285" t="s">
         <v>13</v>
       </c>
       <c r="E285" t="s">
         <v>21</v>
       </c>
       <c r="F285" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>15</v>
+      </c>
+      <c r="G285">
+        <v>733</v>
       </c>
       <c r="H285">
-        <v>600039</v>
+        <v>15210</v>
       </c>
       <c r="I285">
-        <v>602682</v>
+        <v>15942</v>
       </c>
       <c r="J285" t="s">
-        <v>466</v>
+        <v>383</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
         <v>10</v>
       </c>
       <c r="B286" t="s">
         <v>11</v>
       </c>
       <c r="C286" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
       <c r="E286" t="s">
         <v>21</v>
       </c>
       <c r="F286" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G286" t="s">
-        <v>467</v>
+        <v>384</v>
       </c>
       <c r="H286">
-        <v>597329</v>
+        <v>14147</v>
       </c>
       <c r="I286">
-        <v>600038</v>
+        <v>15209</v>
       </c>
       <c r="J286" t="s">
-        <v>468</v>
+        <v>385</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
         <v>10</v>
       </c>
       <c r="B287" t="s">
         <v>11</v>
       </c>
       <c r="C287" t="s">
-        <v>438</v>
+        <v>375</v>
       </c>
       <c r="D287" t="s">
         <v>13</v>
       </c>
       <c r="E287" t="s">
         <v>21</v>
       </c>
       <c r="F287" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G287" t="s">
-        <v>469</v>
+        <v>386</v>
       </c>
       <c r="H287">
-        <v>593891</v>
+        <v>8137</v>
       </c>
       <c r="I287">
-        <v>597328</v>
+        <v>14146</v>
       </c>
       <c r="J287" t="s">
-        <v>470</v>
+        <v>387</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
         <v>10</v>
       </c>
       <c r="B288" t="s">
         <v>11</v>
       </c>
       <c r="C288" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D288" t="s">
         <v>13</v>
       </c>
       <c r="E288" t="s">
         <v>21</v>
       </c>
       <c r="F288" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>15</v>
+      </c>
+      <c r="G288">
+        <v>444</v>
       </c>
       <c r="H288">
-        <v>588611</v>
+        <v>7693</v>
       </c>
       <c r="I288">
-        <v>593890</v>
+        <v>8136</v>
       </c>
       <c r="J288" t="s">
-        <v>473</v>
+        <v>388</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
         <v>10</v>
       </c>
       <c r="B289" t="s">
         <v>11</v>
       </c>
       <c r="C289" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D289" t="s">
         <v>13</v>
       </c>
       <c r="E289" t="s">
         <v>21</v>
       </c>
       <c r="F289" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G289">
-        <v>411</v>
+        <v>948</v>
       </c>
       <c r="H289">
-        <v>588200</v>
+        <v>6745</v>
       </c>
       <c r="I289">
-        <v>588610</v>
+        <v>7692</v>
       </c>
       <c r="J289" t="s">
-        <v>474</v>
+        <v>389</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
         <v>10</v>
       </c>
       <c r="B290" t="s">
         <v>11</v>
       </c>
       <c r="C290" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D290" t="s">
         <v>13</v>
       </c>
       <c r="E290" t="s">
         <v>21</v>
       </c>
       <c r="F290" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G290">
-        <v>548</v>
+        <v>227</v>
       </c>
       <c r="H290">
-        <v>587652</v>
+        <v>6518</v>
       </c>
       <c r="I290">
-        <v>588199</v>
+        <v>6744</v>
       </c>
       <c r="J290" t="s">
-        <v>475</v>
+        <v>390</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
         <v>10</v>
       </c>
       <c r="B291" t="s">
         <v>11</v>
       </c>
       <c r="C291" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D291" t="s">
         <v>13</v>
       </c>
       <c r="E291" t="s">
         <v>21</v>
       </c>
       <c r="F291" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>15</v>
+      </c>
+      <c r="G291">
+        <v>381</v>
       </c>
       <c r="H291">
-        <v>585003</v>
+        <v>6137</v>
       </c>
       <c r="I291">
-        <v>587651</v>
+        <v>6517</v>
       </c>
       <c r="J291" t="s">
-        <v>477</v>
+        <v>391</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
         <v>10</v>
       </c>
       <c r="B292" t="s">
         <v>11</v>
       </c>
       <c r="C292" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D292" t="s">
         <v>13</v>
       </c>
       <c r="E292" t="s">
         <v>21</v>
       </c>
       <c r="F292" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G292">
-        <v>251</v>
+        <v>850</v>
       </c>
       <c r="H292">
-        <v>584752</v>
+        <v>5287</v>
       </c>
       <c r="I292">
-        <v>585002</v>
+        <v>6136</v>
       </c>
       <c r="J292" t="s">
-        <v>478</v>
+        <v>392</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
         <v>10</v>
       </c>
       <c r="B293" t="s">
         <v>11</v>
       </c>
       <c r="C293" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D293" t="s">
         <v>13</v>
       </c>
       <c r="E293" t="s">
         <v>21</v>
       </c>
       <c r="F293" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>15</v>
+      </c>
+      <c r="G293">
+        <v>222</v>
       </c>
       <c r="H293">
-        <v>582313</v>
+        <v>5065</v>
       </c>
       <c r="I293">
-        <v>584751</v>
+        <v>5286</v>
       </c>
       <c r="J293" t="s">
-        <v>480</v>
+        <v>393</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
         <v>10</v>
       </c>
       <c r="B294" t="s">
         <v>11</v>
       </c>
       <c r="C294" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294" t="s">
         <v>21</v>
       </c>
       <c r="F294" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G294" t="s">
-        <v>481</v>
+        <v>394</v>
       </c>
       <c r="H294">
-        <v>580449</v>
+        <v>3910</v>
       </c>
       <c r="I294">
-        <v>582312</v>
+        <v>5064</v>
       </c>
       <c r="J294" t="s">
-        <v>482</v>
+        <v>395</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
         <v>10</v>
       </c>
       <c r="B295" t="s">
         <v>11</v>
       </c>
       <c r="C295" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D295" t="s">
         <v>13</v>
       </c>
       <c r="E295" t="s">
         <v>21</v>
       </c>
       <c r="F295" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G295">
-        <v>912</v>
+        <v>268</v>
       </c>
       <c r="H295">
-        <v>579537</v>
+        <v>3642</v>
       </c>
       <c r="I295">
-        <v>580448</v>
+        <v>3909</v>
       </c>
       <c r="J295" t="s">
-        <v>483</v>
+        <v>396</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
         <v>10</v>
       </c>
       <c r="B296" t="s">
         <v>11</v>
       </c>
       <c r="C296" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
       <c r="E296" t="s">
         <v>21</v>
       </c>
       <c r="F296" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>15</v>
+      </c>
+      <c r="G296" t="s">
+        <v>397</v>
       </c>
       <c r="H296">
-        <v>578989</v>
+        <v>1518</v>
       </c>
       <c r="I296">
-        <v>579536</v>
+        <v>3641</v>
       </c>
       <c r="J296" t="s">
-        <v>484</v>
+        <v>398</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
         <v>10</v>
       </c>
       <c r="B297" t="s">
         <v>11</v>
       </c>
       <c r="C297" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D297" t="s">
         <v>13</v>
       </c>
       <c r="E297" t="s">
         <v>21</v>
       </c>
       <c r="F297" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>15</v>
+      </c>
+      <c r="G297">
+        <v>420</v>
       </c>
       <c r="H297">
-        <v>577985</v>
+        <v>1098</v>
       </c>
       <c r="I297">
-        <v>578988</v>
+        <v>1517</v>
       </c>
       <c r="J297" t="s">
-        <v>485</v>
+        <v>399</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
         <v>10</v>
       </c>
       <c r="B298" t="s">
         <v>11</v>
       </c>
       <c r="C298" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D298" t="s">
         <v>13</v>
       </c>
       <c r="E298" t="s">
         <v>21</v>
       </c>
       <c r="F298" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>15</v>
+      </c>
+      <c r="G298">
+        <v>369</v>
       </c>
       <c r="H298">
-        <v>576901</v>
+        <v>729</v>
       </c>
       <c r="I298">
-        <v>577984</v>
+        <v>1097</v>
       </c>
       <c r="J298" t="s">
-        <v>487</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
         <v>10</v>
       </c>
       <c r="B299" t="s">
         <v>11</v>
       </c>
       <c r="C299" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D299" t="s">
         <v>13</v>
       </c>
       <c r="E299" t="s">
         <v>21</v>
       </c>
       <c r="F299" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>15</v>
+      </c>
+      <c r="G299">
+        <v>728</v>
       </c>
       <c r="H299">
-        <v>569990</v>
+        <v>1</v>
       </c>
       <c r="I299">
-        <v>576900</v>
+        <v>728</v>
       </c>
       <c r="J299" t="s">
-        <v>488</v>
+        <v>401</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" t="s">
         <v>10</v>
       </c>
       <c r="B300" t="s">
         <v>11</v>
       </c>
       <c r="C300" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300" t="s">
         <v>21</v>
       </c>
       <c r="F300" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>15</v>
+      </c>
+      <c r="G300">
+        <v>318</v>
       </c>
       <c r="H300">
-        <v>555866</v>
+        <v>121929</v>
       </c>
       <c r="I300">
-        <v>569989</v>
+        <v>122246</v>
       </c>
       <c r="J300" t="s">
-        <v>490</v>
+        <v>402</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" t="s">
         <v>10</v>
       </c>
       <c r="B301" t="s">
         <v>11</v>
       </c>
       <c r="C301" t="s">
-        <v>471</v>
+        <v>375</v>
       </c>
       <c r="D301" t="s">
         <v>13</v>
       </c>
       <c r="E301" t="s">
         <v>21</v>
       </c>
       <c r="F301" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>15</v>
+      </c>
+      <c r="G301">
+        <v>964</v>
       </c>
       <c r="H301">
-        <v>544986</v>
+        <v>120965</v>
       </c>
       <c r="I301">
-        <v>555865</v>
+        <v>121928</v>
       </c>
       <c r="J301" t="s">
-        <v>492</v>
+        <v>403</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
         <v>10</v>
       </c>
       <c r="B302" t="s">
         <v>11</v>
       </c>
       <c r="C302" t="s">
-        <v>493</v>
+        <v>375</v>
       </c>
       <c r="D302" t="s">
         <v>13</v>
       </c>
       <c r="E302" t="s">
-        <v>494</v>
+        <v>21</v>
       </c>
       <c r="F302" t="s">
         <v>15</v>
       </c>
-      <c r="G302" t="s">
-        <v>495</v>
+      <c r="G302">
+        <v>795</v>
       </c>
       <c r="H302">
-        <v>68203</v>
+        <v>120170</v>
       </c>
       <c r="I302">
-        <v>73142</v>
+        <v>120964</v>
       </c>
       <c r="J302" t="s">
-        <v>496</v>
+        <v>404</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
         <v>10</v>
       </c>
       <c r="B303" t="s">
         <v>11</v>
       </c>
       <c r="C303" t="s">
-        <v>497</v>
+        <v>375</v>
       </c>
       <c r="D303" t="s">
         <v>13</v>
       </c>
       <c r="E303" t="s">
         <v>21</v>
       </c>
       <c r="F303" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>15</v>
+      </c>
+      <c r="G303">
+        <v>123</v>
       </c>
       <c r="H303">
-        <v>543602</v>
+        <v>120047</v>
       </c>
       <c r="I303">
-        <v>544985</v>
+        <v>120169</v>
       </c>
       <c r="J303" t="s">
-        <v>499</v>
+        <v>405</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
         <v>10</v>
       </c>
       <c r="B304" t="s">
         <v>11</v>
       </c>
       <c r="C304" t="s">
-        <v>497</v>
+        <v>375</v>
       </c>
       <c r="D304" t="s">
         <v>13</v>
       </c>
       <c r="E304" t="s">
         <v>21</v>
       </c>
       <c r="F304" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>15</v>
+      </c>
+      <c r="G304">
+        <v>773</v>
       </c>
       <c r="H304">
-        <v>540852</v>
+        <v>119274</v>
       </c>
       <c r="I304">
-        <v>543601</v>
+        <v>120046</v>
       </c>
       <c r="J304" t="s">
-        <v>501</v>
+        <v>406</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
         <v>10</v>
       </c>
       <c r="B305" t="s">
         <v>11</v>
       </c>
       <c r="C305" t="s">
-        <v>497</v>
+        <v>375</v>
       </c>
       <c r="D305" t="s">
         <v>13</v>
       </c>
       <c r="E305" t="s">
         <v>21</v>
       </c>
       <c r="F305" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>15</v>
+      </c>
+      <c r="G305" t="s">
+        <v>407</v>
       </c>
       <c r="H305">
-        <v>539999</v>
+        <v>117733</v>
       </c>
       <c r="I305">
-        <v>540851</v>
+        <v>119273</v>
       </c>
       <c r="J305" t="s">
-        <v>502</v>
+        <v>408</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
         <v>10</v>
       </c>
       <c r="B306" t="s">
         <v>11</v>
       </c>
       <c r="C306" t="s">
-        <v>497</v>
+        <v>375</v>
       </c>
       <c r="D306" t="s">
         <v>13</v>
       </c>
       <c r="E306" t="s">
         <v>21</v>
       </c>
       <c r="F306" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>15</v>
+      </c>
+      <c r="G306">
+        <v>964</v>
       </c>
       <c r="H306">
-        <v>538130</v>
+        <v>116769</v>
       </c>
       <c r="I306">
-        <v>539998</v>
+        <v>117732</v>
       </c>
       <c r="J306" t="s">
-        <v>504</v>
+        <v>409</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
         <v>10</v>
       </c>
       <c r="B307" t="s">
         <v>11</v>
       </c>
       <c r="C307" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D307" t="s">
         <v>13</v>
       </c>
       <c r="E307" t="s">
         <v>21</v>
       </c>
       <c r="F307" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G307">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="H307">
-        <v>537380</v>
+        <v>115994</v>
       </c>
       <c r="I307">
-        <v>538129</v>
+        <v>116768</v>
       </c>
       <c r="J307" t="s">
-        <v>506</v>
+        <v>410</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
         <v>10</v>
       </c>
       <c r="B308" t="s">
         <v>11</v>
       </c>
       <c r="C308" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D308" t="s">
         <v>13</v>
       </c>
       <c r="E308" t="s">
         <v>21</v>
       </c>
       <c r="F308" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>894</v>
+        <v>15</v>
+      </c>
+      <c r="G308" t="s">
+        <v>411</v>
       </c>
       <c r="H308">
-        <v>536486</v>
+        <v>114904</v>
       </c>
       <c r="I308">
-        <v>537379</v>
+        <v>115993</v>
       </c>
       <c r="J308" t="s">
-        <v>507</v>
+        <v>412</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
         <v>10</v>
       </c>
       <c r="B309" t="s">
         <v>11</v>
       </c>
       <c r="C309" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D309" t="s">
         <v>13</v>
       </c>
       <c r="E309" t="s">
         <v>21</v>
       </c>
       <c r="F309" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>875</v>
+        <v>15</v>
+      </c>
+      <c r="G309" t="s">
+        <v>413</v>
       </c>
       <c r="H309">
-        <v>535611</v>
+        <v>113344</v>
       </c>
       <c r="I309">
-        <v>536485</v>
+        <v>114903</v>
       </c>
       <c r="J309" t="s">
-        <v>508</v>
+        <v>414</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
         <v>10</v>
       </c>
       <c r="B310" t="s">
         <v>11</v>
       </c>
       <c r="C310" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D310" t="s">
         <v>13</v>
       </c>
       <c r="E310" t="s">
         <v>21</v>
       </c>
       <c r="F310" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>15</v>
+      </c>
+      <c r="G310" t="s">
+        <v>415</v>
       </c>
       <c r="H310">
-        <v>534636</v>
+        <v>111862</v>
       </c>
       <c r="I310">
-        <v>535610</v>
+        <v>113343</v>
       </c>
       <c r="J310" t="s">
-        <v>509</v>
+        <v>416</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
         <v>10</v>
       </c>
       <c r="B311" t="s">
         <v>11</v>
       </c>
       <c r="C311" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D311" t="s">
         <v>13</v>
       </c>
       <c r="E311" t="s">
         <v>21</v>
       </c>
       <c r="F311" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G311">
-        <v>886</v>
+        <v>508</v>
       </c>
       <c r="H311">
-        <v>533750</v>
+        <v>111354</v>
       </c>
       <c r="I311">
-        <v>534635</v>
+        <v>111861</v>
       </c>
       <c r="J311" t="s">
-        <v>510</v>
+        <v>417</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
         <v>10</v>
       </c>
       <c r="B312" t="s">
         <v>11</v>
       </c>
       <c r="C312" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D312" t="s">
         <v>13</v>
       </c>
       <c r="E312" t="s">
         <v>21</v>
       </c>
       <c r="F312" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>15</v>
+      </c>
+      <c r="G312" t="s">
+        <v>418</v>
       </c>
       <c r="H312">
-        <v>533064</v>
+        <v>101416</v>
       </c>
       <c r="I312">
-        <v>533749</v>
+        <v>111353</v>
       </c>
       <c r="J312" t="s">
-        <v>511</v>
+        <v>419</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
         <v>10</v>
       </c>
       <c r="B313" t="s">
         <v>11</v>
       </c>
       <c r="C313" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D313" t="s">
         <v>13</v>
       </c>
       <c r="E313" t="s">
         <v>21</v>
       </c>
       <c r="F313" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G313">
-        <v>948</v>
+        <v>466</v>
       </c>
       <c r="H313">
-        <v>532116</v>
+        <v>100950</v>
       </c>
       <c r="I313">
-        <v>533063</v>
+        <v>101415</v>
       </c>
       <c r="J313" t="s">
-        <v>512</v>
+        <v>420</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
         <v>10</v>
       </c>
       <c r="B314" t="s">
         <v>11</v>
       </c>
       <c r="C314" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D314" t="s">
         <v>13</v>
       </c>
       <c r="E314" t="s">
         <v>21</v>
       </c>
       <c r="F314" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>15</v>
+      </c>
+      <c r="G314">
+        <v>221</v>
       </c>
       <c r="H314">
-        <v>530679</v>
+        <v>100729</v>
       </c>
       <c r="I314">
-        <v>532115</v>
+        <v>100949</v>
       </c>
       <c r="J314" t="s">
-        <v>514</v>
+        <v>421</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
         <v>10</v>
       </c>
       <c r="B315" t="s">
         <v>11</v>
       </c>
       <c r="C315" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D315" t="s">
         <v>13</v>
       </c>
       <c r="E315" t="s">
         <v>21</v>
       </c>
       <c r="F315" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>15</v>
+      </c>
+      <c r="G315">
+        <v>914</v>
       </c>
       <c r="H315">
-        <v>529208</v>
+        <v>99815</v>
       </c>
       <c r="I315">
-        <v>530678</v>
+        <v>100728</v>
       </c>
       <c r="J315" t="s">
-        <v>516</v>
+        <v>422</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
         <v>10</v>
       </c>
       <c r="B316" t="s">
         <v>11</v>
       </c>
       <c r="C316" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D316" t="s">
         <v>13</v>
       </c>
       <c r="E316" t="s">
         <v>21</v>
       </c>
       <c r="F316" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>796</v>
+        <v>15</v>
+      </c>
+      <c r="G316" t="s">
+        <v>423</v>
       </c>
       <c r="H316">
-        <v>528412</v>
+        <v>98605</v>
       </c>
       <c r="I316">
-        <v>529207</v>
+        <v>99814</v>
       </c>
       <c r="J316" t="s">
-        <v>517</v>
+        <v>424</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
         <v>10</v>
       </c>
       <c r="B317" t="s">
         <v>11</v>
       </c>
       <c r="C317" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D317" t="s">
         <v>13</v>
       </c>
       <c r="E317" t="s">
         <v>21</v>
       </c>
       <c r="F317" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>15</v>
+      </c>
+      <c r="G317">
+        <v>426</v>
       </c>
       <c r="H317">
-        <v>527290</v>
+        <v>98179</v>
       </c>
       <c r="I317">
-        <v>528411</v>
+        <v>98604</v>
       </c>
       <c r="J317" t="s">
-        <v>519</v>
+        <v>425</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
         <v>10</v>
       </c>
       <c r="B318" t="s">
         <v>11</v>
       </c>
       <c r="C318" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D318" t="s">
         <v>13</v>
       </c>
       <c r="E318" t="s">
         <v>21</v>
       </c>
       <c r="F318" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G318">
-        <v>774</v>
+        <v>889</v>
       </c>
       <c r="H318">
-        <v>526516</v>
+        <v>97290</v>
       </c>
       <c r="I318">
-        <v>527289</v>
+        <v>98178</v>
       </c>
       <c r="J318" t="s">
-        <v>520</v>
+        <v>426</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
         <v>10</v>
       </c>
       <c r="B319" t="s">
         <v>11</v>
       </c>
       <c r="C319" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D319" t="s">
         <v>13</v>
       </c>
       <c r="E319" t="s">
         <v>21</v>
       </c>
       <c r="F319" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G319" t="s">
-        <v>521</v>
+        <v>427</v>
       </c>
       <c r="H319">
-        <v>525464</v>
+        <v>95559</v>
       </c>
       <c r="I319">
-        <v>526515</v>
+        <v>97289</v>
       </c>
       <c r="J319" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
         <v>10</v>
       </c>
       <c r="B320" t="s">
         <v>11</v>
       </c>
       <c r="C320" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D320" t="s">
         <v>13</v>
       </c>
       <c r="E320" t="s">
         <v>21</v>
       </c>
       <c r="F320" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>15</v>
+      </c>
+      <c r="G320">
+        <v>199</v>
       </c>
       <c r="H320">
-        <v>524418</v>
+        <v>95360</v>
       </c>
       <c r="I320">
-        <v>525463</v>
+        <v>95558</v>
       </c>
       <c r="J320" t="s">
-        <v>523</v>
+        <v>429</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
         <v>10</v>
       </c>
       <c r="B321" t="s">
         <v>11</v>
       </c>
       <c r="C321" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D321" t="s">
         <v>13</v>
       </c>
       <c r="E321" t="s">
         <v>21</v>
       </c>
       <c r="F321" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>15</v>
+      </c>
+      <c r="G321">
+        <v>187</v>
       </c>
       <c r="H321">
-        <v>522868</v>
+        <v>95173</v>
       </c>
       <c r="I321">
-        <v>524417</v>
+        <v>95359</v>
       </c>
       <c r="J321" t="s">
-        <v>525</v>
+        <v>430</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
         <v>10</v>
       </c>
       <c r="B322" t="s">
         <v>11</v>
       </c>
       <c r="C322" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D322" t="s">
         <v>13</v>
       </c>
       <c r="E322" t="s">
         <v>21</v>
       </c>
       <c r="F322" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G322">
-        <v>870</v>
+        <v>92</v>
       </c>
       <c r="H322">
-        <v>521998</v>
+        <v>95081</v>
       </c>
       <c r="I322">
-        <v>522867</v>
+        <v>95172</v>
       </c>
       <c r="J322" t="s">
-        <v>526</v>
+        <v>431</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
         <v>10</v>
       </c>
       <c r="B323" t="s">
         <v>11</v>
       </c>
       <c r="C323" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D323" t="s">
         <v>13</v>
       </c>
       <c r="E323" t="s">
         <v>21</v>
       </c>
       <c r="F323" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G323" t="s">
-        <v>527</v>
+        <v>432</v>
       </c>
       <c r="H323">
-        <v>520431</v>
+        <v>88488</v>
       </c>
       <c r="I323">
-        <v>521997</v>
+        <v>95080</v>
       </c>
       <c r="J323" t="s">
-        <v>528</v>
+        <v>433</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
         <v>10</v>
       </c>
       <c r="B324" t="s">
         <v>11</v>
       </c>
       <c r="C324" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D324" t="s">
         <v>13</v>
       </c>
       <c r="E324" t="s">
         <v>21</v>
       </c>
       <c r="F324" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G324" t="s">
-        <v>529</v>
+        <v>434</v>
       </c>
       <c r="H324">
-        <v>518916</v>
+        <v>87145</v>
       </c>
       <c r="I324">
-        <v>520430</v>
+        <v>88487</v>
       </c>
       <c r="J324" t="s">
-        <v>530</v>
+        <v>435</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
         <v>10</v>
       </c>
       <c r="B325" t="s">
         <v>11</v>
       </c>
       <c r="C325" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D325" t="s">
         <v>13</v>
       </c>
       <c r="E325" t="s">
         <v>21</v>
       </c>
       <c r="F325" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>15</v>
+      </c>
+      <c r="G325">
+        <v>308</v>
       </c>
       <c r="H325">
-        <v>517109</v>
+        <v>86837</v>
       </c>
       <c r="I325">
-        <v>518915</v>
+        <v>87144</v>
       </c>
       <c r="J325" t="s">
-        <v>532</v>
+        <v>436</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
         <v>10</v>
       </c>
       <c r="B326" t="s">
         <v>11</v>
       </c>
       <c r="C326" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D326" t="s">
         <v>13</v>
       </c>
       <c r="E326" t="s">
         <v>21</v>
       </c>
       <c r="F326" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>15</v>
+      </c>
+      <c r="G326">
+        <v>696</v>
       </c>
       <c r="H326">
-        <v>515111</v>
+        <v>86141</v>
       </c>
       <c r="I326">
-        <v>517108</v>
+        <v>86836</v>
       </c>
       <c r="J326" t="s">
-        <v>534</v>
+        <v>437</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
         <v>10</v>
       </c>
       <c r="B327" t="s">
         <v>11</v>
       </c>
       <c r="C327" t="s">
-        <v>505</v>
+        <v>375</v>
       </c>
       <c r="D327" t="s">
         <v>13</v>
       </c>
       <c r="E327" t="s">
         <v>21</v>
       </c>
       <c r="F327" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G327" t="s">
-        <v>535</v>
+        <v>438</v>
       </c>
       <c r="H327">
-        <v>512525</v>
+        <v>83463</v>
       </c>
       <c r="I327">
-        <v>515110</v>
+        <v>86140</v>
       </c>
       <c r="J327" t="s">
-        <v>536</v>
+        <v>439</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
         <v>10</v>
       </c>
       <c r="B328" t="s">
         <v>11</v>
       </c>
       <c r="C328" t="s">
-        <v>505</v>
+        <v>440</v>
       </c>
       <c r="D328" t="s">
         <v>13</v>
       </c>
       <c r="E328" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="F328" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>170</v>
+      </c>
+      <c r="G328">
+        <v>315</v>
       </c>
       <c r="H328">
-        <v>510566</v>
+        <v>20844</v>
       </c>
       <c r="I328">
-        <v>512524</v>
+        <v>21158</v>
       </c>
       <c r="J328" t="s">
-        <v>538</v>
+        <v>441</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
         <v>10</v>
       </c>
       <c r="B329" t="s">
         <v>11</v>
       </c>
       <c r="C329" t="s">
-        <v>505</v>
+        <v>440</v>
       </c>
       <c r="D329" t="s">
         <v>13</v>
       </c>
       <c r="E329" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F329" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G329" t="s">
-        <v>539</v>
+        <v>442</v>
       </c>
       <c r="H329">
-        <v>509506</v>
+        <v>15666</v>
       </c>
       <c r="I329">
-        <v>510565</v>
+        <v>20843</v>
       </c>
       <c r="J329" t="s">
-        <v>540</v>
+        <v>443</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
         <v>10</v>
       </c>
       <c r="B330" t="s">
         <v>11</v>
       </c>
       <c r="C330" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D330" t="s">
         <v>13</v>
       </c>
       <c r="E330" t="s">
         <v>21</v>
       </c>
       <c r="F330" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G330" t="s">
-        <v>335</v>
+        <v>445</v>
       </c>
       <c r="H330">
-        <v>508034</v>
+        <v>82229</v>
       </c>
       <c r="I330">
-        <v>509505</v>
+        <v>83462</v>
       </c>
       <c r="J330" t="s">
-        <v>541</v>
+        <v>446</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
         <v>10</v>
       </c>
       <c r="B331" t="s">
         <v>11</v>
       </c>
       <c r="C331" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D331" t="s">
         <v>13</v>
       </c>
       <c r="E331" t="s">
         <v>21</v>
       </c>
       <c r="F331" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G331" t="s">
-        <v>542</v>
+        <v>447</v>
       </c>
       <c r="H331">
-        <v>505929</v>
+        <v>78143</v>
       </c>
       <c r="I331">
-        <v>508033</v>
+        <v>82228</v>
       </c>
       <c r="J331" t="s">
-        <v>543</v>
+        <v>448</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
         <v>10</v>
       </c>
       <c r="B332" t="s">
         <v>11</v>
       </c>
       <c r="C332" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D332" t="s">
         <v>13</v>
       </c>
       <c r="E332" t="s">
         <v>21</v>
       </c>
       <c r="F332" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G332" t="s">
-        <v>544</v>
+        <v>449</v>
       </c>
       <c r="H332">
-        <v>504063</v>
+        <v>75725</v>
       </c>
       <c r="I332">
-        <v>505928</v>
+        <v>78142</v>
       </c>
       <c r="J332" t="s">
-        <v>545</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
         <v>10</v>
       </c>
       <c r="B333" t="s">
         <v>11</v>
       </c>
       <c r="C333" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D333" t="s">
         <v>13</v>
       </c>
       <c r="E333" t="s">
         <v>21</v>
       </c>
       <c r="F333" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G333" t="s">
-        <v>389</v>
+        <v>451</v>
       </c>
       <c r="H333">
-        <v>502667</v>
+        <v>74613</v>
       </c>
       <c r="I333">
-        <v>504062</v>
+        <v>75724</v>
       </c>
       <c r="J333" t="s">
-        <v>546</v>
+        <v>452</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
         <v>10</v>
       </c>
       <c r="B334" t="s">
         <v>11</v>
       </c>
       <c r="C334" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D334" t="s">
         <v>13</v>
       </c>
       <c r="E334" t="s">
         <v>21</v>
       </c>
       <c r="F334" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G334" t="s">
-        <v>547</v>
+        <v>453</v>
       </c>
       <c r="H334">
-        <v>501630</v>
+        <v>73556</v>
       </c>
       <c r="I334">
-        <v>502666</v>
+        <v>74612</v>
       </c>
       <c r="J334" t="s">
-        <v>548</v>
+        <v>454</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
         <v>10</v>
       </c>
       <c r="B335" t="s">
         <v>11</v>
       </c>
       <c r="C335" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D335" t="s">
         <v>13</v>
       </c>
       <c r="E335" t="s">
         <v>21</v>
       </c>
       <c r="F335" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>15</v>
+      </c>
+      <c r="G335">
+        <v>175</v>
       </c>
       <c r="H335">
-        <v>500331</v>
+        <v>73381</v>
       </c>
       <c r="I335">
-        <v>501629</v>
+        <v>73555</v>
       </c>
       <c r="J335" t="s">
-        <v>550</v>
+        <v>455</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
         <v>10</v>
       </c>
       <c r="B336" t="s">
         <v>11</v>
       </c>
       <c r="C336" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D336" t="s">
         <v>13</v>
       </c>
       <c r="E336" t="s">
         <v>21</v>
       </c>
       <c r="F336" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>15</v>
+      </c>
+      <c r="G336">
+        <v>435</v>
       </c>
       <c r="H336">
-        <v>498972</v>
+        <v>72946</v>
       </c>
       <c r="I336">
-        <v>500330</v>
+        <v>73380</v>
       </c>
       <c r="J336" t="s">
-        <v>552</v>
+        <v>456</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
         <v>10</v>
       </c>
       <c r="B337" t="s">
         <v>11</v>
       </c>
       <c r="C337" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D337" t="s">
         <v>13</v>
       </c>
       <c r="E337" t="s">
         <v>21</v>
       </c>
       <c r="F337" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>15</v>
+      </c>
+      <c r="G337">
+        <v>954</v>
       </c>
       <c r="H337">
-        <v>497315</v>
+        <v>71992</v>
       </c>
       <c r="I337">
-        <v>498971</v>
+        <v>72945</v>
       </c>
       <c r="J337" t="s">
-        <v>554</v>
+        <v>457</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
         <v>10</v>
       </c>
       <c r="B338" t="s">
         <v>11</v>
       </c>
       <c r="C338" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D338" t="s">
         <v>13</v>
       </c>
       <c r="E338" t="s">
         <v>21</v>
       </c>
       <c r="F338" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G338" t="s">
-        <v>555</v>
+        <v>458</v>
       </c>
       <c r="H338">
-        <v>495721</v>
+        <v>69559</v>
       </c>
       <c r="I338">
-        <v>497314</v>
+        <v>71991</v>
       </c>
       <c r="J338" t="s">
-        <v>556</v>
+        <v>459</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
         <v>10</v>
       </c>
       <c r="B339" t="s">
         <v>11</v>
       </c>
       <c r="C339" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D339" t="s">
         <v>13</v>
       </c>
       <c r="E339" t="s">
         <v>21</v>
       </c>
       <c r="F339" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>15</v>
+      </c>
+      <c r="G339">
+        <v>333</v>
       </c>
       <c r="H339">
-        <v>494374</v>
+        <v>69226</v>
       </c>
       <c r="I339">
-        <v>495720</v>
+        <v>69558</v>
       </c>
       <c r="J339" t="s">
-        <v>558</v>
+        <v>460</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
         <v>10</v>
       </c>
       <c r="B340" t="s">
         <v>11</v>
       </c>
       <c r="C340" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D340" t="s">
         <v>13</v>
       </c>
       <c r="E340" t="s">
         <v>21</v>
       </c>
       <c r="F340" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>15</v>
+      </c>
+      <c r="G340">
+        <v>848</v>
       </c>
       <c r="H340">
-        <v>490684</v>
+        <v>68378</v>
       </c>
       <c r="I340">
-        <v>494373</v>
+        <v>69225</v>
       </c>
       <c r="J340" t="s">
-        <v>560</v>
+        <v>461</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
         <v>10</v>
       </c>
       <c r="B341" t="s">
         <v>11</v>
       </c>
       <c r="C341" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D341" t="s">
         <v>13</v>
       </c>
       <c r="E341" t="s">
         <v>21</v>
       </c>
       <c r="F341" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>15</v>
+      </c>
+      <c r="G341">
+        <v>234</v>
       </c>
       <c r="H341">
-        <v>489639</v>
+        <v>68144</v>
       </c>
       <c r="I341">
-        <v>490683</v>
+        <v>68377</v>
       </c>
       <c r="J341" t="s">
-        <v>562</v>
+        <v>462</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
         <v>10</v>
       </c>
       <c r="B342" t="s">
         <v>11</v>
       </c>
       <c r="C342" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D342" t="s">
         <v>13</v>
       </c>
       <c r="E342" t="s">
         <v>21</v>
       </c>
       <c r="F342" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>15</v>
+      </c>
+      <c r="G342">
+        <v>610</v>
       </c>
       <c r="H342">
-        <v>487116</v>
+        <v>67534</v>
       </c>
       <c r="I342">
-        <v>489638</v>
+        <v>68143</v>
       </c>
       <c r="J342" t="s">
-        <v>564</v>
+        <v>463</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
         <v>10</v>
       </c>
       <c r="B343" t="s">
         <v>11</v>
       </c>
       <c r="C343" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D343" t="s">
         <v>13</v>
       </c>
       <c r="E343" t="s">
         <v>21</v>
       </c>
       <c r="F343" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G343" t="s">
-        <v>565</v>
+        <v>464</v>
       </c>
       <c r="H343">
-        <v>486042</v>
+        <v>65159</v>
       </c>
       <c r="I343">
-        <v>487115</v>
+        <v>67533</v>
       </c>
       <c r="J343" t="s">
-        <v>566</v>
+        <v>465</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
         <v>10</v>
       </c>
       <c r="B344" t="s">
         <v>11</v>
       </c>
       <c r="C344" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="D344" t="s">
         <v>13</v>
       </c>
       <c r="E344" t="s">
         <v>21</v>
       </c>
       <c r="F344" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G344" t="s">
-        <v>567</v>
+        <v>466</v>
       </c>
       <c r="H344">
-        <v>483084</v>
+        <v>62547</v>
       </c>
       <c r="I344">
-        <v>486041</v>
+        <v>65158</v>
       </c>
       <c r="J344" t="s">
-        <v>568</v>
+        <v>467</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
         <v>10</v>
       </c>
       <c r="B345" t="s">
         <v>11</v>
       </c>
       <c r="C345" t="s">
-        <v>569</v>
+        <v>444</v>
       </c>
       <c r="D345" t="s">
         <v>13</v>
       </c>
       <c r="E345" t="s">
-        <v>494</v>
+        <v>21</v>
       </c>
       <c r="F345" t="s">
         <v>15</v>
       </c>
-      <c r="G345" t="s">
-        <v>570</v>
+      <c r="G345">
+        <v>449</v>
       </c>
       <c r="H345">
-        <v>63345</v>
+        <v>62098</v>
       </c>
       <c r="I345">
-        <v>68202</v>
+        <v>62546</v>
       </c>
       <c r="J345" t="s">
-        <v>571</v>
+        <v>468</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
         <v>10</v>
       </c>
       <c r="B346" t="s">
         <v>11</v>
       </c>
       <c r="C346" t="s">
-        <v>572</v>
+        <v>444</v>
       </c>
       <c r="D346" t="s">
         <v>13</v>
       </c>
       <c r="E346" t="s">
-        <v>573</v>
+        <v>21</v>
       </c>
       <c r="F346" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>15</v>
+      </c>
+      <c r="G346">
+        <v>344</v>
       </c>
       <c r="H346">
-        <v>397834</v>
+        <v>61754</v>
       </c>
       <c r="I346">
-        <v>483083</v>
+        <v>62097</v>
       </c>
       <c r="J346" t="s">
-        <v>575</v>
+        <v>469</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
         <v>10</v>
       </c>
       <c r="B347" t="s">
         <v>11</v>
       </c>
       <c r="C347" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D347" t="s">
         <v>13</v>
       </c>
       <c r="E347" t="s">
         <v>21</v>
       </c>
       <c r="F347" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>15</v>
+      </c>
+      <c r="G347">
+        <v>748</v>
       </c>
       <c r="H347">
-        <v>323642</v>
+        <v>61006</v>
       </c>
       <c r="I347">
-        <v>397833</v>
+        <v>61753</v>
       </c>
       <c r="J347" t="s">
-        <v>578</v>
+        <v>470</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
         <v>10</v>
       </c>
       <c r="B348" t="s">
         <v>11</v>
       </c>
       <c r="C348" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D348" t="s">
         <v>13</v>
       </c>
       <c r="E348" t="s">
         <v>21</v>
       </c>
       <c r="F348" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>15</v>
+      </c>
+      <c r="G348">
+        <v>589</v>
       </c>
       <c r="H348">
-        <v>319082</v>
+        <v>60417</v>
       </c>
       <c r="I348">
-        <v>323641</v>
+        <v>61005</v>
       </c>
       <c r="J348" t="s">
-        <v>580</v>
+        <v>471</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
         <v>10</v>
       </c>
       <c r="B349" t="s">
         <v>11</v>
       </c>
       <c r="C349" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D349" t="s">
         <v>13</v>
       </c>
       <c r="E349" t="s">
         <v>21</v>
       </c>
       <c r="F349" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>15</v>
+      </c>
+      <c r="G349">
+        <v>346</v>
       </c>
       <c r="H349">
-        <v>317075</v>
+        <v>60071</v>
       </c>
       <c r="I349">
-        <v>319081</v>
+        <v>60416</v>
       </c>
       <c r="J349" t="s">
-        <v>582</v>
+        <v>472</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
         <v>10</v>
       </c>
       <c r="B350" t="s">
         <v>11</v>
       </c>
       <c r="C350" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D350" t="s">
         <v>13</v>
       </c>
       <c r="E350" t="s">
         <v>21</v>
       </c>
       <c r="F350" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G350">
-        <v>849</v>
+        <v>874</v>
       </c>
       <c r="H350">
-        <v>316226</v>
+        <v>59197</v>
       </c>
       <c r="I350">
-        <v>317074</v>
+        <v>60070</v>
       </c>
       <c r="J350" t="s">
-        <v>583</v>
+        <v>473</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
         <v>10</v>
       </c>
       <c r="B351" t="s">
         <v>11</v>
       </c>
       <c r="C351" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D351" t="s">
         <v>13</v>
       </c>
       <c r="E351" t="s">
         <v>21</v>
       </c>
       <c r="F351" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>15</v>
+      </c>
+      <c r="G351">
+        <v>272</v>
       </c>
       <c r="H351">
-        <v>315110</v>
+        <v>58925</v>
       </c>
       <c r="I351">
-        <v>316225</v>
+        <v>59196</v>
       </c>
       <c r="J351" t="s">
-        <v>585</v>
+        <v>474</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
         <v>10</v>
       </c>
       <c r="B352" t="s">
         <v>11</v>
       </c>
       <c r="C352" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D352" t="s">
         <v>13</v>
       </c>
       <c r="E352" t="s">
         <v>21</v>
       </c>
       <c r="F352" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G352" t="s">
-        <v>586</v>
+        <v>475</v>
       </c>
       <c r="H352">
-        <v>313983</v>
+        <v>57716</v>
       </c>
       <c r="I352">
-        <v>315109</v>
+        <v>58924</v>
       </c>
       <c r="J352" t="s">
-        <v>587</v>
+        <v>476</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
         <v>10</v>
       </c>
       <c r="B353" t="s">
         <v>11</v>
       </c>
       <c r="C353" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D353" t="s">
         <v>13</v>
       </c>
       <c r="E353" t="s">
         <v>21</v>
       </c>
       <c r="F353" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G353" t="s">
-        <v>588</v>
+        <v>477</v>
       </c>
       <c r="H353">
-        <v>312104</v>
+        <v>55804</v>
       </c>
       <c r="I353">
-        <v>313982</v>
+        <v>57715</v>
       </c>
       <c r="J353" t="s">
-        <v>589</v>
+        <v>478</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
         <v>10</v>
       </c>
       <c r="B354" t="s">
         <v>11</v>
       </c>
       <c r="C354" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D354" t="s">
         <v>13</v>
       </c>
       <c r="E354" t="s">
         <v>21</v>
       </c>
       <c r="F354" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G354" t="s">
-        <v>590</v>
+        <v>479</v>
       </c>
       <c r="H354">
-        <v>310515</v>
+        <v>50801</v>
       </c>
       <c r="I354">
-        <v>312103</v>
+        <v>55803</v>
       </c>
       <c r="J354" t="s">
-        <v>591</v>
+        <v>480</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
         <v>10</v>
       </c>
       <c r="B355" t="s">
         <v>11</v>
       </c>
       <c r="C355" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D355" t="s">
         <v>13</v>
       </c>
       <c r="E355" t="s">
         <v>21</v>
       </c>
       <c r="F355" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>15</v>
+      </c>
+      <c r="G355">
+        <v>426</v>
       </c>
       <c r="H355">
-        <v>309344</v>
+        <v>50375</v>
       </c>
       <c r="I355">
-        <v>310514</v>
+        <v>50800</v>
       </c>
       <c r="J355" t="s">
-        <v>593</v>
+        <v>481</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
         <v>10</v>
       </c>
       <c r="B356" t="s">
         <v>11</v>
       </c>
       <c r="C356" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D356" t="s">
         <v>13</v>
       </c>
       <c r="E356" t="s">
         <v>21</v>
       </c>
       <c r="F356" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G356">
-        <v>801</v>
+        <v>385</v>
       </c>
       <c r="H356">
-        <v>308543</v>
+        <v>49990</v>
       </c>
       <c r="I356">
-        <v>309343</v>
+        <v>50374</v>
       </c>
       <c r="J356" t="s">
-        <v>594</v>
+        <v>482</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
         <v>10</v>
       </c>
       <c r="B357" t="s">
         <v>11</v>
       </c>
       <c r="C357" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D357" t="s">
         <v>13</v>
       </c>
       <c r="E357" t="s">
         <v>21</v>
       </c>
       <c r="F357" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G357">
-        <v>406</v>
+        <v>241</v>
       </c>
       <c r="H357">
-        <v>308137</v>
+        <v>49749</v>
       </c>
       <c r="I357">
-        <v>308542</v>
+        <v>49989</v>
       </c>
       <c r="J357" t="s">
-        <v>595</v>
+        <v>483</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
         <v>10</v>
       </c>
       <c r="B358" t="s">
         <v>11</v>
       </c>
       <c r="C358" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D358" t="s">
         <v>13</v>
       </c>
       <c r="E358" t="s">
         <v>21</v>
       </c>
       <c r="F358" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>15</v>
+      </c>
+      <c r="G358">
+        <v>617</v>
       </c>
       <c r="H358">
-        <v>306736</v>
+        <v>49132</v>
       </c>
       <c r="I358">
-        <v>308136</v>
+        <v>49748</v>
       </c>
       <c r="J358" t="s">
-        <v>597</v>
+        <v>484</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
         <v>10</v>
       </c>
       <c r="B359" t="s">
         <v>11</v>
       </c>
       <c r="C359" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D359" t="s">
         <v>13</v>
       </c>
       <c r="E359" t="s">
         <v>21</v>
       </c>
       <c r="F359" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>15</v>
+      </c>
+      <c r="G359">
+        <v>151</v>
       </c>
       <c r="H359">
-        <v>305207</v>
+        <v>48981</v>
       </c>
       <c r="I359">
-        <v>306735</v>
+        <v>49131</v>
       </c>
       <c r="J359" t="s">
-        <v>599</v>
+        <v>485</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
         <v>10</v>
       </c>
       <c r="B360" t="s">
         <v>11</v>
       </c>
       <c r="C360" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D360" t="s">
         <v>13</v>
       </c>
       <c r="E360" t="s">
         <v>21</v>
       </c>
       <c r="F360" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>15</v>
+      </c>
+      <c r="G360">
+        <v>621</v>
       </c>
       <c r="H360">
-        <v>303993</v>
+        <v>48360</v>
       </c>
       <c r="I360">
-        <v>305206</v>
+        <v>48980</v>
       </c>
       <c r="J360" t="s">
-        <v>601</v>
+        <v>486</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
         <v>10</v>
       </c>
       <c r="B361" t="s">
         <v>11</v>
       </c>
       <c r="C361" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D361" t="s">
         <v>13</v>
       </c>
       <c r="E361" t="s">
         <v>21</v>
       </c>
       <c r="F361" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G361">
-        <v>861</v>
+        <v>379</v>
       </c>
       <c r="H361">
-        <v>303132</v>
+        <v>47981</v>
       </c>
       <c r="I361">
-        <v>303992</v>
+        <v>48359</v>
       </c>
       <c r="J361" t="s">
-        <v>602</v>
+        <v>487</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
         <v>10</v>
       </c>
       <c r="B362" t="s">
         <v>11</v>
       </c>
       <c r="C362" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D362" t="s">
         <v>13</v>
       </c>
       <c r="E362" t="s">
         <v>21</v>
       </c>
       <c r="F362" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G362" t="s">
-        <v>603</v>
+        <v>488</v>
       </c>
       <c r="H362">
-        <v>301599</v>
+        <v>41358</v>
       </c>
       <c r="I362">
-        <v>303131</v>
+        <v>47980</v>
       </c>
       <c r="J362" t="s">
-        <v>604</v>
+        <v>489</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
         <v>10</v>
       </c>
       <c r="B363" t="s">
         <v>11</v>
       </c>
       <c r="C363" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D363" t="s">
         <v>13</v>
       </c>
       <c r="E363" t="s">
         <v>21</v>
       </c>
       <c r="F363" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>15</v>
+      </c>
+      <c r="G363" t="s">
+        <v>490</v>
       </c>
       <c r="H363">
-        <v>301166</v>
+        <v>35864</v>
       </c>
       <c r="I363">
-        <v>301598</v>
+        <v>41357</v>
       </c>
       <c r="J363" t="s">
-        <v>605</v>
+        <v>491</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
         <v>10</v>
       </c>
       <c r="B364" t="s">
         <v>11</v>
       </c>
       <c r="C364" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D364" t="s">
         <v>13</v>
       </c>
       <c r="E364" t="s">
         <v>21</v>
       </c>
       <c r="F364" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G364">
-        <v>506</v>
+        <v>880</v>
       </c>
       <c r="H364">
-        <v>300660</v>
+        <v>34984</v>
       </c>
       <c r="I364">
-        <v>301165</v>
+        <v>35863</v>
       </c>
       <c r="J364" t="s">
-        <v>606</v>
+        <v>492</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
         <v>10</v>
       </c>
       <c r="B365" t="s">
         <v>11</v>
       </c>
       <c r="C365" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D365" t="s">
         <v>13</v>
       </c>
       <c r="E365" t="s">
         <v>21</v>
       </c>
       <c r="F365" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G365">
-        <v>840</v>
+        <v>70</v>
       </c>
       <c r="H365">
-        <v>299820</v>
+        <v>76124</v>
       </c>
       <c r="I365">
-        <v>300659</v>
+        <v>76193</v>
       </c>
       <c r="J365" t="s">
-        <v>607</v>
+        <v>493</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
         <v>10</v>
       </c>
       <c r="B366" t="s">
         <v>11</v>
       </c>
       <c r="C366" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D366" t="s">
         <v>13</v>
       </c>
       <c r="E366" t="s">
         <v>21</v>
       </c>
       <c r="F366" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>15</v>
+      </c>
+      <c r="G366">
+        <v>248</v>
       </c>
       <c r="H366">
-        <v>297903</v>
+        <v>34736</v>
       </c>
       <c r="I366">
-        <v>299819</v>
+        <v>34983</v>
       </c>
       <c r="J366" t="s">
-        <v>608</v>
+        <v>494</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
         <v>10</v>
       </c>
       <c r="B367" t="s">
         <v>11</v>
       </c>
       <c r="C367" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D367" t="s">
         <v>13</v>
       </c>
       <c r="E367" t="s">
         <v>21</v>
       </c>
       <c r="F367" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G367">
-        <v>651</v>
+        <v>484</v>
       </c>
       <c r="H367">
-        <v>297252</v>
+        <v>34252</v>
       </c>
       <c r="I367">
-        <v>297902</v>
+        <v>34735</v>
       </c>
       <c r="J367" t="s">
-        <v>609</v>
+        <v>495</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
         <v>10</v>
       </c>
       <c r="B368" t="s">
         <v>11</v>
       </c>
       <c r="C368" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D368" t="s">
         <v>13</v>
       </c>
       <c r="E368" t="s">
         <v>21</v>
       </c>
       <c r="F368" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G368" t="s">
-        <v>610</v>
+        <v>496</v>
       </c>
       <c r="H368">
-        <v>296167</v>
+        <v>32923</v>
       </c>
       <c r="I368">
-        <v>297251</v>
+        <v>34251</v>
       </c>
       <c r="J368" t="s">
-        <v>611</v>
+        <v>497</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
         <v>10</v>
       </c>
       <c r="B369" t="s">
         <v>11</v>
       </c>
       <c r="C369" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D369" t="s">
         <v>13</v>
       </c>
       <c r="E369" t="s">
         <v>21</v>
       </c>
       <c r="F369" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G369">
-        <v>545</v>
+        <v>491</v>
       </c>
       <c r="H369">
-        <v>295622</v>
+        <v>32432</v>
       </c>
       <c r="I369">
-        <v>296166</v>
+        <v>32922</v>
       </c>
       <c r="J369" t="s">
-        <v>612</v>
+        <v>498</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
         <v>10</v>
       </c>
       <c r="B370" t="s">
         <v>11</v>
       </c>
       <c r="C370" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D370" t="s">
         <v>13</v>
       </c>
       <c r="E370" t="s">
         <v>21</v>
       </c>
       <c r="F370" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>15</v>
+      </c>
+      <c r="G370">
+        <v>266</v>
       </c>
       <c r="H370">
-        <v>294131</v>
+        <v>32166</v>
       </c>
       <c r="I370">
-        <v>295621</v>
+        <v>32431</v>
       </c>
       <c r="J370" t="s">
-        <v>614</v>
+        <v>499</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
         <v>10</v>
       </c>
       <c r="B371" t="s">
         <v>11</v>
       </c>
       <c r="C371" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D371" t="s">
         <v>13</v>
       </c>
       <c r="E371" t="s">
         <v>21</v>
       </c>
       <c r="F371" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>15</v>
+      </c>
+      <c r="G371">
+        <v>334</v>
       </c>
       <c r="H371">
-        <v>292714</v>
+        <v>31832</v>
       </c>
       <c r="I371">
-        <v>294130</v>
+        <v>32165</v>
       </c>
       <c r="J371" t="s">
-        <v>616</v>
+        <v>500</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
         <v>10</v>
       </c>
       <c r="B372" t="s">
         <v>11</v>
       </c>
       <c r="C372" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D372" t="s">
         <v>13</v>
       </c>
       <c r="E372" t="s">
         <v>21</v>
       </c>
       <c r="F372" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>15</v>
+      </c>
+      <c r="G372">
+        <v>225</v>
       </c>
       <c r="H372">
-        <v>290216</v>
+        <v>31607</v>
       </c>
       <c r="I372">
-        <v>292713</v>
+        <v>31831</v>
       </c>
       <c r="J372" t="s">
-        <v>618</v>
+        <v>501</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
         <v>10</v>
       </c>
       <c r="B373" t="s">
         <v>11</v>
       </c>
       <c r="C373" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D373" t="s">
         <v>13</v>
       </c>
       <c r="E373" t="s">
         <v>21</v>
       </c>
       <c r="F373" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>619</v>
+        <v>15</v>
+      </c>
+      <c r="G373">
+        <v>274</v>
       </c>
       <c r="H373">
-        <v>287235</v>
+        <v>31333</v>
       </c>
       <c r="I373">
-        <v>290215</v>
+        <v>31606</v>
       </c>
       <c r="J373" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
         <v>10</v>
       </c>
       <c r="B374" t="s">
         <v>11</v>
       </c>
       <c r="C374" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D374" t="s">
         <v>13</v>
       </c>
       <c r="E374" t="s">
         <v>21</v>
       </c>
       <c r="F374" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>621</v>
+        <v>15</v>
+      </c>
+      <c r="G374">
+        <v>83</v>
       </c>
       <c r="H374">
-        <v>285551</v>
+        <v>31250</v>
       </c>
       <c r="I374">
-        <v>287234</v>
+        <v>31332</v>
       </c>
       <c r="J374" t="s">
-        <v>622</v>
+        <v>503</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
         <v>10</v>
       </c>
       <c r="B375" t="s">
         <v>11</v>
       </c>
       <c r="C375" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D375" t="s">
         <v>13</v>
       </c>
       <c r="E375" t="s">
         <v>21</v>
       </c>
       <c r="F375" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G375" t="s">
-        <v>623</v>
+        <v>127</v>
       </c>
       <c r="H375">
-        <v>284266</v>
+        <v>30242</v>
       </c>
       <c r="I375">
-        <v>285550</v>
+        <v>31249</v>
       </c>
       <c r="J375" t="s">
-        <v>624</v>
+        <v>504</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
         <v>10</v>
       </c>
       <c r="B376" t="s">
         <v>11</v>
       </c>
       <c r="C376" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D376" t="s">
         <v>13</v>
       </c>
       <c r="E376" t="s">
         <v>21</v>
       </c>
       <c r="F376" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G376">
-        <v>752</v>
+        <v>730</v>
       </c>
       <c r="H376">
-        <v>283514</v>
+        <v>29512</v>
       </c>
       <c r="I376">
-        <v>284265</v>
+        <v>30241</v>
       </c>
       <c r="J376" t="s">
-        <v>625</v>
+        <v>505</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
         <v>10</v>
       </c>
       <c r="B377" t="s">
         <v>11</v>
       </c>
       <c r="C377" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D377" t="s">
         <v>13</v>
       </c>
       <c r="E377" t="s">
         <v>21</v>
       </c>
       <c r="F377" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>15</v>
+      </c>
+      <c r="G377">
+        <v>109</v>
       </c>
       <c r="H377">
-        <v>282315</v>
+        <v>76015</v>
       </c>
       <c r="I377">
-        <v>283513</v>
+        <v>76123</v>
       </c>
       <c r="J377" t="s">
-        <v>627</v>
+        <v>506</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
         <v>10</v>
       </c>
       <c r="B378" t="s">
         <v>11</v>
       </c>
       <c r="C378" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D378" t="s">
         <v>13</v>
       </c>
       <c r="E378" t="s">
         <v>21</v>
       </c>
       <c r="F378" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>628</v>
+        <v>15</v>
+      </c>
+      <c r="G378">
+        <v>476</v>
       </c>
       <c r="H378">
-        <v>280891</v>
+        <v>29036</v>
       </c>
       <c r="I378">
-        <v>282314</v>
+        <v>29511</v>
       </c>
       <c r="J378" t="s">
-        <v>629</v>
+        <v>507</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
         <v>10</v>
       </c>
       <c r="B379" t="s">
         <v>11</v>
       </c>
       <c r="C379" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D379" t="s">
         <v>13</v>
       </c>
       <c r="E379" t="s">
         <v>21</v>
       </c>
       <c r="F379" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>15</v>
+      </c>
+      <c r="G379">
+        <v>811</v>
       </c>
       <c r="H379">
-        <v>279816</v>
+        <v>28225</v>
       </c>
       <c r="I379">
-        <v>280890</v>
+        <v>29035</v>
       </c>
       <c r="J379" t="s">
-        <v>630</v>
+        <v>508</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
         <v>10</v>
       </c>
       <c r="B380" t="s">
         <v>11</v>
       </c>
       <c r="C380" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D380" t="s">
         <v>13</v>
       </c>
       <c r="E380" t="s">
         <v>21</v>
       </c>
       <c r="F380" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G380">
-        <v>635</v>
+        <v>741</v>
       </c>
       <c r="H380">
-        <v>279181</v>
+        <v>27484</v>
       </c>
       <c r="I380">
-        <v>279815</v>
+        <v>28224</v>
       </c>
       <c r="J380" t="s">
-        <v>631</v>
+        <v>509</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
         <v>10</v>
       </c>
       <c r="B381" t="s">
         <v>11</v>
       </c>
       <c r="C381" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D381" t="s">
         <v>13</v>
       </c>
       <c r="E381" t="s">
         <v>21</v>
       </c>
       <c r="F381" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>15</v>
+      </c>
+      <c r="G381">
+        <v>386</v>
       </c>
       <c r="H381">
-        <v>277601</v>
+        <v>27098</v>
       </c>
       <c r="I381">
-        <v>279180</v>
+        <v>27483</v>
       </c>
       <c r="J381" t="s">
-        <v>633</v>
+        <v>510</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
         <v>10</v>
       </c>
       <c r="B382" t="s">
         <v>11</v>
       </c>
       <c r="C382" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D382" t="s">
         <v>13</v>
       </c>
       <c r="E382" t="s">
         <v>21</v>
       </c>
       <c r="F382" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>15</v>
+      </c>
+      <c r="G382">
+        <v>818</v>
       </c>
       <c r="H382">
-        <v>275748</v>
+        <v>26280</v>
       </c>
       <c r="I382">
-        <v>277600</v>
+        <v>27097</v>
       </c>
       <c r="J382" t="s">
-        <v>635</v>
+        <v>511</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
         <v>10</v>
       </c>
       <c r="B383" t="s">
         <v>11</v>
       </c>
       <c r="C383" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D383" t="s">
         <v>13</v>
       </c>
       <c r="E383" t="s">
         <v>21</v>
       </c>
       <c r="F383" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>15</v>
+      </c>
+      <c r="G383">
+        <v>360</v>
       </c>
       <c r="H383">
-        <v>274744</v>
+        <v>25920</v>
       </c>
       <c r="I383">
-        <v>275747</v>
+        <v>26279</v>
       </c>
       <c r="J383" t="s">
-        <v>636</v>
+        <v>512</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
         <v>10</v>
       </c>
       <c r="B384" t="s">
         <v>11</v>
       </c>
       <c r="C384" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D384" t="s">
         <v>13</v>
       </c>
       <c r="E384" t="s">
         <v>21</v>
       </c>
       <c r="F384" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G384" t="s">
-        <v>637</v>
+        <v>513</v>
       </c>
       <c r="H384">
-        <v>273131</v>
+        <v>24821</v>
       </c>
       <c r="I384">
-        <v>274743</v>
+        <v>25919</v>
       </c>
       <c r="J384" t="s">
-        <v>638</v>
+        <v>514</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
         <v>10</v>
       </c>
       <c r="B385" t="s">
         <v>11</v>
       </c>
       <c r="C385" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D385" t="s">
         <v>13</v>
       </c>
       <c r="E385" t="s">
         <v>21</v>
       </c>
       <c r="F385" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G385">
-        <v>713</v>
+        <v>406</v>
       </c>
       <c r="H385">
-        <v>272418</v>
+        <v>24415</v>
       </c>
       <c r="I385">
-        <v>273130</v>
+        <v>24820</v>
       </c>
       <c r="J385" t="s">
-        <v>639</v>
+        <v>515</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
         <v>10</v>
       </c>
       <c r="B386" t="s">
         <v>11</v>
       </c>
       <c r="C386" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D386" t="s">
         <v>13</v>
       </c>
       <c r="E386" t="s">
         <v>21</v>
       </c>
       <c r="F386" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>15</v>
+      </c>
+      <c r="G386">
+        <v>461</v>
       </c>
       <c r="H386">
-        <v>270846</v>
+        <v>23954</v>
       </c>
       <c r="I386">
-        <v>272417</v>
+        <v>24414</v>
       </c>
       <c r="J386" t="s">
-        <v>641</v>
+        <v>516</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
         <v>10</v>
       </c>
       <c r="B387" t="s">
         <v>11</v>
       </c>
       <c r="C387" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D387" t="s">
         <v>13</v>
       </c>
       <c r="E387" t="s">
         <v>21</v>
       </c>
       <c r="F387" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>15</v>
+      </c>
+      <c r="G387">
+        <v>647</v>
       </c>
       <c r="H387">
-        <v>269315</v>
+        <v>23307</v>
       </c>
       <c r="I387">
-        <v>270845</v>
+        <v>23953</v>
       </c>
       <c r="J387" t="s">
-        <v>643</v>
+        <v>517</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
         <v>10</v>
       </c>
       <c r="B388" t="s">
         <v>11</v>
       </c>
       <c r="C388" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D388" t="s">
         <v>13</v>
       </c>
       <c r="E388" t="s">
         <v>21</v>
       </c>
       <c r="F388" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G388">
-        <v>951</v>
+        <v>597</v>
       </c>
       <c r="H388">
-        <v>268364</v>
+        <v>22710</v>
       </c>
       <c r="I388">
-        <v>269314</v>
+        <v>23306</v>
       </c>
       <c r="J388" t="s">
-        <v>644</v>
+        <v>518</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
         <v>10</v>
       </c>
       <c r="B389" t="s">
         <v>11</v>
       </c>
       <c r="C389" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D389" t="s">
         <v>13</v>
       </c>
       <c r="E389" t="s">
         <v>21</v>
       </c>
       <c r="F389" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>15</v>
+      </c>
+      <c r="G389" t="s">
+        <v>519</v>
       </c>
       <c r="H389">
-        <v>267663</v>
+        <v>20994</v>
       </c>
       <c r="I389">
-        <v>268363</v>
+        <v>22709</v>
       </c>
       <c r="J389" t="s">
-        <v>645</v>
+        <v>520</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
         <v>10</v>
       </c>
       <c r="B390" t="s">
         <v>11</v>
       </c>
       <c r="C390" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D390" t="s">
         <v>13</v>
       </c>
       <c r="E390" t="s">
         <v>21</v>
       </c>
       <c r="F390" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>15</v>
+      </c>
+      <c r="G390">
+        <v>270</v>
       </c>
       <c r="H390">
-        <v>265787</v>
+        <v>20724</v>
       </c>
       <c r="I390">
-        <v>267662</v>
+        <v>20993</v>
       </c>
       <c r="J390" t="s">
-        <v>647</v>
+        <v>521</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
         <v>10</v>
       </c>
       <c r="B391" t="s">
         <v>11</v>
       </c>
       <c r="C391" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D391" t="s">
         <v>13</v>
       </c>
       <c r="E391" t="s">
         <v>21</v>
       </c>
       <c r="F391" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>15</v>
+      </c>
+      <c r="G391">
+        <v>909</v>
       </c>
       <c r="H391">
-        <v>264372</v>
+        <v>19815</v>
       </c>
       <c r="I391">
-        <v>265786</v>
+        <v>20723</v>
       </c>
       <c r="J391" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
         <v>10</v>
       </c>
       <c r="B392" t="s">
         <v>11</v>
       </c>
       <c r="C392" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D392" t="s">
         <v>13</v>
       </c>
       <c r="E392" t="s">
         <v>21</v>
       </c>
       <c r="F392" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G392">
-        <v>612</v>
+        <v>261</v>
       </c>
       <c r="H392">
-        <v>263760</v>
+        <v>19554</v>
       </c>
       <c r="I392">
-        <v>264371</v>
+        <v>19814</v>
       </c>
       <c r="J392" t="s">
-        <v>650</v>
+        <v>523</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
         <v>10</v>
       </c>
       <c r="B393" t="s">
         <v>11</v>
       </c>
       <c r="C393" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D393" t="s">
         <v>13</v>
       </c>
       <c r="E393" t="s">
         <v>21</v>
       </c>
       <c r="F393" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G393">
-        <v>814</v>
+        <v>166</v>
       </c>
       <c r="H393">
-        <v>262946</v>
+        <v>19388</v>
       </c>
       <c r="I393">
-        <v>263759</v>
+        <v>19553</v>
       </c>
       <c r="J393" t="s">
-        <v>651</v>
+        <v>524</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
         <v>10</v>
       </c>
       <c r="B394" t="s">
         <v>11</v>
       </c>
       <c r="C394" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D394" t="s">
         <v>13</v>
       </c>
       <c r="E394" t="s">
         <v>21</v>
       </c>
       <c r="F394" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G394">
-        <v>927</v>
+        <v>153</v>
       </c>
       <c r="H394">
-        <v>262019</v>
+        <v>19235</v>
       </c>
       <c r="I394">
-        <v>262945</v>
+        <v>19387</v>
       </c>
       <c r="J394" t="s">
-        <v>652</v>
+        <v>525</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
         <v>10</v>
       </c>
       <c r="B395" t="s">
         <v>11</v>
       </c>
       <c r="C395" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D395" t="s">
         <v>13</v>
       </c>
       <c r="E395" t="s">
         <v>21</v>
       </c>
       <c r="F395" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G395">
-        <v>626</v>
+        <v>117</v>
       </c>
       <c r="H395">
-        <v>261393</v>
+        <v>19118</v>
       </c>
       <c r="I395">
-        <v>262018</v>
+        <v>19234</v>
       </c>
       <c r="J395" t="s">
-        <v>653</v>
+        <v>526</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
         <v>10</v>
       </c>
       <c r="B396" t="s">
         <v>11</v>
       </c>
       <c r="C396" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D396" t="s">
         <v>13</v>
       </c>
       <c r="E396" t="s">
         <v>21</v>
       </c>
       <c r="F396" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G396">
-        <v>613</v>
+        <v>373</v>
       </c>
       <c r="H396">
-        <v>260780</v>
+        <v>18745</v>
       </c>
       <c r="I396">
-        <v>261392</v>
+        <v>19117</v>
       </c>
       <c r="J396" t="s">
-        <v>654</v>
+        <v>527</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
         <v>10</v>
       </c>
       <c r="B397" t="s">
         <v>11</v>
       </c>
       <c r="C397" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D397" t="s">
         <v>13</v>
       </c>
       <c r="E397" t="s">
         <v>21</v>
       </c>
       <c r="F397" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>15</v>
+      </c>
+      <c r="G397">
+        <v>357</v>
       </c>
       <c r="H397">
-        <v>258630</v>
+        <v>18388</v>
       </c>
       <c r="I397">
-        <v>260779</v>
+        <v>18744</v>
       </c>
       <c r="J397" t="s">
-        <v>656</v>
+        <v>528</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
         <v>10</v>
       </c>
       <c r="B398" t="s">
         <v>11</v>
       </c>
       <c r="C398" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D398" t="s">
         <v>13</v>
       </c>
       <c r="E398" t="s">
         <v>21</v>
       </c>
       <c r="F398" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G398">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="H398">
-        <v>258070</v>
+        <v>17818</v>
       </c>
       <c r="I398">
-        <v>258629</v>
+        <v>18387</v>
       </c>
       <c r="J398" t="s">
-        <v>657</v>
+        <v>529</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
         <v>10</v>
       </c>
       <c r="B399" t="s">
         <v>11</v>
       </c>
       <c r="C399" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D399" t="s">
         <v>13</v>
       </c>
       <c r="E399" t="s">
         <v>21</v>
       </c>
       <c r="F399" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>15</v>
+      </c>
+      <c r="G399">
+        <v>368</v>
       </c>
       <c r="H399">
-        <v>256729</v>
+        <v>17450</v>
       </c>
       <c r="I399">
-        <v>258069</v>
+        <v>17817</v>
       </c>
       <c r="J399" t="s">
-        <v>659</v>
+        <v>530</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
         <v>10</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
       </c>
       <c r="C400" t="s">
-        <v>576</v>
+        <v>444</v>
       </c>
       <c r="D400" t="s">
         <v>13</v>
       </c>
       <c r="E400" t="s">
         <v>21</v>
       </c>
       <c r="F400" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G400" t="s">
-        <v>660</v>
+        <v>531</v>
       </c>
       <c r="H400">
-        <v>255265</v>
+        <v>15462</v>
       </c>
       <c r="I400">
-        <v>256728</v>
+        <v>17449</v>
       </c>
       <c r="J400" t="s">
-        <v>661</v>
+        <v>532</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
         <v>10</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="C401" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D401" t="s">
         <v>13</v>
       </c>
       <c r="E401" t="s">
         <v>21</v>
       </c>
       <c r="F401" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G401" t="s">
-        <v>662</v>
+        <v>534</v>
       </c>
       <c r="H401">
-        <v>253294</v>
+        <v>14403</v>
       </c>
       <c r="I401">
-        <v>255264</v>
+        <v>15461</v>
       </c>
       <c r="J401" t="s">
-        <v>663</v>
+        <v>535</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
         <v>10</v>
       </c>
       <c r="B402" t="s">
         <v>11</v>
       </c>
       <c r="C402" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D402" t="s">
         <v>13</v>
       </c>
       <c r="E402" t="s">
         <v>21</v>
       </c>
       <c r="F402" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G402">
-        <v>728</v>
+        <v>309</v>
       </c>
       <c r="H402">
-        <v>252566</v>
+        <v>14094</v>
       </c>
       <c r="I402">
-        <v>253293</v>
+        <v>14402</v>
       </c>
       <c r="J402" t="s">
-        <v>664</v>
+        <v>536</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
         <v>10</v>
       </c>
       <c r="B403" t="s">
         <v>11</v>
       </c>
       <c r="C403" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D403" t="s">
         <v>13</v>
       </c>
       <c r="E403" t="s">
         <v>21</v>
       </c>
       <c r="F403" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>15</v>
+      </c>
+      <c r="G403">
+        <v>284</v>
       </c>
       <c r="H403">
-        <v>251380</v>
+        <v>13810</v>
       </c>
       <c r="I403">
-        <v>252565</v>
+        <v>14093</v>
       </c>
       <c r="J403" t="s">
-        <v>666</v>
+        <v>537</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
         <v>10</v>
       </c>
       <c r="B404" t="s">
         <v>11</v>
       </c>
       <c r="C404" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D404" t="s">
         <v>13</v>
       </c>
       <c r="E404" t="s">
         <v>21</v>
       </c>
       <c r="F404" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>15</v>
+      </c>
+      <c r="G404">
+        <v>498</v>
       </c>
       <c r="H404">
-        <v>249599</v>
+        <v>13312</v>
       </c>
       <c r="I404">
-        <v>251379</v>
+        <v>13809</v>
       </c>
       <c r="J404" t="s">
-        <v>668</v>
+        <v>538</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
         <v>10</v>
       </c>
       <c r="B405" t="s">
         <v>11</v>
       </c>
       <c r="C405" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D405" t="s">
         <v>13</v>
       </c>
       <c r="E405" t="s">
         <v>21</v>
       </c>
       <c r="F405" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>15</v>
+      </c>
+      <c r="G405">
+        <v>263</v>
       </c>
       <c r="H405">
-        <v>248375</v>
+        <v>13049</v>
       </c>
       <c r="I405">
-        <v>249598</v>
+        <v>13311</v>
       </c>
       <c r="J405" t="s">
-        <v>670</v>
+        <v>539</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
         <v>10</v>
       </c>
       <c r="B406" t="s">
         <v>11</v>
       </c>
       <c r="C406" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D406" t="s">
         <v>13</v>
       </c>
       <c r="E406" t="s">
         <v>21</v>
       </c>
       <c r="F406" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G406">
-        <v>525</v>
+        <v>857</v>
       </c>
       <c r="H406">
-        <v>247850</v>
+        <v>12192</v>
       </c>
       <c r="I406">
-        <v>248374</v>
+        <v>13048</v>
       </c>
       <c r="J406" t="s">
-        <v>671</v>
+        <v>540</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
         <v>10</v>
       </c>
       <c r="B407" t="s">
         <v>11</v>
       </c>
       <c r="C407" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D407" t="s">
         <v>13</v>
       </c>
       <c r="E407" t="s">
         <v>21</v>
       </c>
       <c r="F407" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>15</v>
+      </c>
+      <c r="G407">
+        <v>372</v>
       </c>
       <c r="H407">
-        <v>244492</v>
+        <v>11820</v>
       </c>
       <c r="I407">
-        <v>247849</v>
+        <v>12191</v>
       </c>
       <c r="J407" t="s">
-        <v>673</v>
+        <v>541</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
         <v>10</v>
       </c>
       <c r="B408" t="s">
         <v>11</v>
       </c>
       <c r="C408" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D408" t="s">
         <v>13</v>
       </c>
       <c r="E408" t="s">
         <v>21</v>
       </c>
       <c r="F408" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G408">
-        <v>997</v>
+        <v>366</v>
       </c>
       <c r="H408">
-        <v>243495</v>
+        <v>11454</v>
       </c>
       <c r="I408">
-        <v>244491</v>
+        <v>11819</v>
       </c>
       <c r="J408" t="s">
-        <v>674</v>
+        <v>542</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
         <v>10</v>
       </c>
       <c r="B409" t="s">
         <v>11</v>
       </c>
       <c r="C409" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D409" t="s">
         <v>13</v>
       </c>
       <c r="E409" t="s">
         <v>21</v>
       </c>
       <c r="F409" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G409">
-        <v>661</v>
+        <v>558</v>
       </c>
       <c r="H409">
-        <v>242834</v>
+        <v>10896</v>
       </c>
       <c r="I409">
-        <v>243494</v>
+        <v>11453</v>
       </c>
       <c r="J409" t="s">
-        <v>675</v>
+        <v>543</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
         <v>10</v>
       </c>
       <c r="B410" t="s">
         <v>11</v>
       </c>
       <c r="C410" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D410" t="s">
         <v>13</v>
       </c>
       <c r="E410" t="s">
         <v>21</v>
       </c>
       <c r="F410" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G410">
-        <v>856</v>
+        <v>159</v>
       </c>
       <c r="H410">
-        <v>241978</v>
+        <v>10737</v>
       </c>
       <c r="I410">
-        <v>242833</v>
+        <v>10895</v>
       </c>
       <c r="J410" t="s">
-        <v>676</v>
+        <v>544</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
         <v>10</v>
       </c>
       <c r="B411" t="s">
         <v>11</v>
       </c>
       <c r="C411" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D411" t="s">
         <v>13</v>
       </c>
       <c r="E411" t="s">
         <v>21</v>
       </c>
       <c r="F411" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G411" t="s">
-        <v>677</v>
+        <v>545</v>
       </c>
       <c r="H411">
-        <v>239974</v>
+        <v>8997</v>
       </c>
       <c r="I411">
-        <v>241977</v>
+        <v>10736</v>
       </c>
       <c r="J411" t="s">
-        <v>678</v>
+        <v>546</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
         <v>10</v>
       </c>
       <c r="B412" t="s">
         <v>11</v>
       </c>
       <c r="C412" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D412" t="s">
         <v>13</v>
       </c>
       <c r="E412" t="s">
         <v>21</v>
       </c>
       <c r="F412" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>694</v>
+        <v>15</v>
+      </c>
+      <c r="G412" t="s">
+        <v>547</v>
       </c>
       <c r="H412">
-        <v>239280</v>
+        <v>7922</v>
       </c>
       <c r="I412">
-        <v>239973</v>
+        <v>8996</v>
       </c>
       <c r="J412" t="s">
-        <v>679</v>
+        <v>548</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
         <v>10</v>
       </c>
       <c r="B413" t="s">
         <v>11</v>
       </c>
       <c r="C413" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D413" t="s">
         <v>13</v>
       </c>
       <c r="E413" t="s">
         <v>21</v>
       </c>
       <c r="F413" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>15</v>
+      </c>
+      <c r="G413">
+        <v>883</v>
       </c>
       <c r="H413">
-        <v>237640</v>
+        <v>7039</v>
       </c>
       <c r="I413">
-        <v>239279</v>
+        <v>7921</v>
       </c>
       <c r="J413" t="s">
-        <v>680</v>
+        <v>549</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
         <v>10</v>
       </c>
       <c r="B414" t="s">
         <v>11</v>
       </c>
       <c r="C414" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D414" t="s">
         <v>13</v>
       </c>
       <c r="E414" t="s">
         <v>21</v>
       </c>
       <c r="F414" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G414" t="s">
-        <v>498</v>
+        <v>146</v>
       </c>
       <c r="H414">
-        <v>236256</v>
+        <v>5507</v>
       </c>
       <c r="I414">
-        <v>237639</v>
+        <v>7038</v>
       </c>
       <c r="J414" t="s">
-        <v>681</v>
+        <v>550</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
         <v>10</v>
       </c>
       <c r="B415" t="s">
         <v>11</v>
       </c>
       <c r="C415" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D415" t="s">
         <v>13</v>
       </c>
       <c r="E415" t="s">
         <v>21</v>
       </c>
       <c r="F415" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G415">
-        <v>742</v>
+        <v>612</v>
       </c>
       <c r="H415">
-        <v>235514</v>
+        <v>4895</v>
       </c>
       <c r="I415">
-        <v>236255</v>
+        <v>5506</v>
       </c>
       <c r="J415" t="s">
-        <v>682</v>
+        <v>551</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
         <v>10</v>
       </c>
       <c r="B416" t="s">
         <v>11</v>
       </c>
       <c r="C416" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D416" t="s">
         <v>13</v>
       </c>
       <c r="E416" t="s">
         <v>21</v>
       </c>
       <c r="F416" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G416">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="H416">
-        <v>234882</v>
+        <v>4261</v>
       </c>
       <c r="I416">
-        <v>235513</v>
+        <v>4894</v>
       </c>
       <c r="J416" t="s">
-        <v>683</v>
+        <v>552</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
         <v>10</v>
       </c>
       <c r="B417" t="s">
         <v>11</v>
       </c>
       <c r="C417" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D417" t="s">
         <v>13</v>
       </c>
       <c r="E417" t="s">
         <v>21</v>
       </c>
       <c r="F417" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>15</v>
+      </c>
+      <c r="G417">
+        <v>66</v>
       </c>
       <c r="H417">
-        <v>233745</v>
+        <v>4195</v>
       </c>
       <c r="I417">
-        <v>234881</v>
+        <v>4260</v>
       </c>
       <c r="J417" t="s">
-        <v>685</v>
+        <v>553</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
         <v>10</v>
       </c>
       <c r="B418" t="s">
         <v>11</v>
       </c>
       <c r="C418" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D418" t="s">
         <v>13</v>
       </c>
       <c r="E418" t="s">
         <v>21</v>
       </c>
       <c r="F418" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G418" t="s">
-        <v>686</v>
+        <v>554</v>
       </c>
       <c r="H418">
-        <v>232140</v>
+        <v>2979</v>
       </c>
       <c r="I418">
-        <v>233744</v>
+        <v>4194</v>
       </c>
       <c r="J418" t="s">
-        <v>687</v>
+        <v>555</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
         <v>10</v>
       </c>
       <c r="B419" t="s">
         <v>11</v>
       </c>
       <c r="C419" t="s">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="D419" t="s">
         <v>13</v>
       </c>
       <c r="E419" t="s">
         <v>21</v>
       </c>
       <c r="F419" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G419" t="s">
-        <v>688</v>
+        <v>556</v>
       </c>
       <c r="H419">
-        <v>230283</v>
+        <v>1697</v>
       </c>
       <c r="I419">
-        <v>232139</v>
+        <v>2978</v>
       </c>
       <c r="J419" t="s">
-        <v>689</v>
+        <v>557</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
         <v>10</v>
       </c>
       <c r="B420" t="s">
         <v>11</v>
       </c>
       <c r="C420" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D420" t="s">
         <v>13</v>
       </c>
       <c r="E420" t="s">
         <v>21</v>
       </c>
       <c r="F420" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>15</v>
+      </c>
+      <c r="G420">
+        <v>893</v>
       </c>
       <c r="H420">
-        <v>228517</v>
+        <v>804</v>
       </c>
       <c r="I420">
-        <v>230282</v>
+        <v>1696</v>
       </c>
       <c r="J420" t="s">
-        <v>692</v>
+        <v>558</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
         <v>10</v>
       </c>
       <c r="B421" t="s">
         <v>11</v>
       </c>
       <c r="C421" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D421" t="s">
         <v>13</v>
       </c>
       <c r="E421" t="s">
         <v>21</v>
       </c>
       <c r="F421" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G421">
-        <v>798</v>
+        <v>224</v>
       </c>
       <c r="H421">
-        <v>227719</v>
+        <v>580</v>
       </c>
       <c r="I421">
-        <v>228516</v>
+        <v>803</v>
       </c>
       <c r="J421" t="s">
-        <v>693</v>
+        <v>559</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
         <v>10</v>
       </c>
       <c r="B422" t="s">
         <v>11</v>
       </c>
       <c r="C422" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D422" t="s">
         <v>13</v>
       </c>
       <c r="E422" t="s">
         <v>21</v>
       </c>
       <c r="F422" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>694</v>
+        <v>15</v>
+      </c>
+      <c r="G422">
+        <v>125</v>
       </c>
       <c r="H422">
-        <v>225580</v>
+        <v>455</v>
       </c>
       <c r="I422">
-        <v>227718</v>
+        <v>579</v>
       </c>
       <c r="J422" t="s">
-        <v>695</v>
+        <v>560</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
         <v>10</v>
       </c>
       <c r="B423" t="s">
         <v>11</v>
       </c>
       <c r="C423" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D423" t="s">
         <v>13</v>
       </c>
       <c r="E423" t="s">
         <v>21</v>
       </c>
       <c r="F423" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G423">
-        <v>617</v>
+        <v>454</v>
       </c>
       <c r="H423">
-        <v>224963</v>
+        <v>1</v>
       </c>
       <c r="I423">
-        <v>225579</v>
+        <v>454</v>
       </c>
       <c r="J423" t="s">
-        <v>696</v>
+        <v>561</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
         <v>10</v>
       </c>
       <c r="B424" t="s">
         <v>11</v>
       </c>
       <c r="C424" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D424" t="s">
         <v>13</v>
       </c>
       <c r="E424" t="s">
         <v>21</v>
       </c>
       <c r="F424" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G424">
-        <v>689</v>
+        <v>498</v>
       </c>
       <c r="H424">
-        <v>224274</v>
+        <v>75517</v>
       </c>
       <c r="I424">
-        <v>224962</v>
+        <v>76014</v>
       </c>
       <c r="J424" t="s">
-        <v>697</v>
+        <v>562</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
         <v>10</v>
       </c>
       <c r="B425" t="s">
         <v>11</v>
       </c>
       <c r="C425" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D425" t="s">
         <v>13</v>
       </c>
       <c r="E425" t="s">
         <v>21</v>
       </c>
       <c r="F425" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G425">
-        <v>655</v>
+        <v>414</v>
       </c>
       <c r="H425">
-        <v>223619</v>
+        <v>75103</v>
       </c>
       <c r="I425">
-        <v>224273</v>
+        <v>75516</v>
       </c>
       <c r="J425" t="s">
-        <v>698</v>
+        <v>563</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
         <v>10</v>
       </c>
       <c r="B426" t="s">
         <v>11</v>
       </c>
       <c r="C426" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D426" t="s">
         <v>13</v>
       </c>
       <c r="E426" t="s">
         <v>21</v>
       </c>
       <c r="F426" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>15</v>
+      </c>
+      <c r="G426">
+        <v>256</v>
       </c>
       <c r="H426">
-        <v>221338</v>
+        <v>74847</v>
       </c>
       <c r="I426">
-        <v>223618</v>
+        <v>75102</v>
       </c>
       <c r="J426" t="s">
-        <v>700</v>
+        <v>564</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" t="s">
         <v>10</v>
       </c>
       <c r="B427" t="s">
         <v>11</v>
       </c>
       <c r="C427" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D427" t="s">
         <v>13</v>
       </c>
       <c r="E427" t="s">
         <v>21</v>
       </c>
       <c r="F427" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>15</v>
+      </c>
+      <c r="G427" t="s">
+        <v>565</v>
       </c>
       <c r="H427">
-        <v>220425</v>
+        <v>73812</v>
       </c>
       <c r="I427">
-        <v>221337</v>
+        <v>74846</v>
       </c>
       <c r="J427" t="s">
-        <v>701</v>
+        <v>566</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" t="s">
         <v>10</v>
       </c>
       <c r="B428" t="s">
         <v>11</v>
       </c>
       <c r="C428" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D428" t="s">
         <v>13</v>
       </c>
       <c r="E428" t="s">
         <v>21</v>
       </c>
       <c r="F428" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>15</v>
+      </c>
+      <c r="G428">
+        <v>141</v>
       </c>
       <c r="H428">
-        <v>218170</v>
+        <v>73671</v>
       </c>
       <c r="I428">
-        <v>220424</v>
+        <v>73811</v>
       </c>
       <c r="J428" t="s">
-        <v>703</v>
+        <v>567</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" t="s">
         <v>10</v>
       </c>
       <c r="B429" t="s">
         <v>11</v>
       </c>
       <c r="C429" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D429" t="s">
         <v>13</v>
       </c>
       <c r="E429" t="s">
         <v>21</v>
       </c>
       <c r="F429" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>15</v>
+      </c>
+      <c r="G429">
+        <v>802</v>
       </c>
       <c r="H429">
-        <v>216757</v>
+        <v>72869</v>
       </c>
       <c r="I429">
-        <v>218169</v>
+        <v>73670</v>
       </c>
       <c r="J429" t="s">
-        <v>705</v>
+        <v>568</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" t="s">
         <v>10</v>
       </c>
       <c r="B430" t="s">
         <v>11</v>
       </c>
       <c r="C430" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D430" t="s">
         <v>13</v>
       </c>
       <c r="E430" t="s">
         <v>21</v>
       </c>
       <c r="F430" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G430">
-        <v>516</v>
+        <v>300</v>
       </c>
       <c r="H430">
-        <v>216241</v>
+        <v>72569</v>
       </c>
       <c r="I430">
-        <v>216756</v>
+        <v>72868</v>
       </c>
       <c r="J430" t="s">
-        <v>706</v>
+        <v>569</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" t="s">
         <v>10</v>
       </c>
       <c r="B431" t="s">
         <v>11</v>
       </c>
       <c r="C431" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D431" t="s">
         <v>13</v>
       </c>
       <c r="E431" t="s">
         <v>21</v>
       </c>
       <c r="F431" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G431">
-        <v>737</v>
+        <v>332</v>
       </c>
       <c r="H431">
-        <v>215504</v>
+        <v>72237</v>
       </c>
       <c r="I431">
-        <v>216240</v>
+        <v>72568</v>
       </c>
       <c r="J431" t="s">
-        <v>707</v>
+        <v>570</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" t="s">
         <v>10</v>
       </c>
       <c r="B432" t="s">
         <v>11</v>
       </c>
       <c r="C432" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D432" t="s">
         <v>13</v>
       </c>
       <c r="E432" t="s">
         <v>21</v>
       </c>
       <c r="F432" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G432">
-        <v>639</v>
+        <v>436</v>
       </c>
       <c r="H432">
-        <v>214865</v>
+        <v>71801</v>
       </c>
       <c r="I432">
-        <v>215503</v>
+        <v>72236</v>
       </c>
       <c r="J432" t="s">
-        <v>708</v>
+        <v>571</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" t="s">
         <v>10</v>
       </c>
       <c r="B433" t="s">
         <v>11</v>
       </c>
       <c r="C433" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D433" t="s">
         <v>13</v>
       </c>
       <c r="E433" t="s">
         <v>21</v>
       </c>
       <c r="F433" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G433">
-        <v>832</v>
+        <v>810</v>
       </c>
       <c r="H433">
-        <v>214033</v>
+        <v>70991</v>
       </c>
       <c r="I433">
-        <v>214864</v>
+        <v>71800</v>
       </c>
       <c r="J433" t="s">
-        <v>709</v>
+        <v>572</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" t="s">
         <v>10</v>
       </c>
       <c r="B434" t="s">
         <v>11</v>
       </c>
       <c r="C434" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D434" t="s">
         <v>13</v>
       </c>
       <c r="E434" t="s">
         <v>21</v>
       </c>
       <c r="F434" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>982</v>
+        <v>15</v>
+      </c>
+      <c r="G434" t="s">
+        <v>573</v>
       </c>
       <c r="H434">
-        <v>213051</v>
+        <v>69751</v>
       </c>
       <c r="I434">
-        <v>214032</v>
+        <v>70990</v>
       </c>
       <c r="J434" t="s">
-        <v>710</v>
+        <v>574</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" t="s">
         <v>10</v>
       </c>
       <c r="B435" t="s">
         <v>11</v>
       </c>
       <c r="C435" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D435" t="s">
         <v>13</v>
       </c>
       <c r="E435" t="s">
         <v>21</v>
       </c>
       <c r="F435" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G435" t="s">
-        <v>711</v>
+        <v>575</v>
       </c>
       <c r="H435">
-        <v>211940</v>
+        <v>63801</v>
       </c>
       <c r="I435">
-        <v>213050</v>
+        <v>69750</v>
       </c>
       <c r="J435" t="s">
-        <v>712</v>
+        <v>576</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" t="s">
         <v>10</v>
       </c>
       <c r="B436" t="s">
         <v>11</v>
       </c>
       <c r="C436" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D436" t="s">
         <v>13</v>
       </c>
       <c r="E436" t="s">
         <v>21</v>
       </c>
       <c r="F436" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G436">
-        <v>862</v>
+        <v>441</v>
       </c>
       <c r="H436">
-        <v>211078</v>
+        <v>63360</v>
       </c>
       <c r="I436">
-        <v>211939</v>
+        <v>63800</v>
       </c>
       <c r="J436" t="s">
-        <v>713</v>
+        <v>577</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" t="s">
         <v>10</v>
       </c>
       <c r="B437" t="s">
         <v>11</v>
       </c>
       <c r="C437" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D437" t="s">
         <v>13</v>
       </c>
       <c r="E437" t="s">
         <v>21</v>
       </c>
       <c r="F437" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>15</v>
+      </c>
+      <c r="G437">
+        <v>987</v>
       </c>
       <c r="H437">
-        <v>209308</v>
+        <v>62373</v>
       </c>
       <c r="I437">
-        <v>211077</v>
+        <v>63359</v>
       </c>
       <c r="J437" t="s">
-        <v>715</v>
+        <v>578</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" t="s">
         <v>10</v>
       </c>
       <c r="B438" t="s">
         <v>11</v>
       </c>
       <c r="C438" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D438" t="s">
         <v>13</v>
       </c>
       <c r="E438" t="s">
         <v>21</v>
       </c>
       <c r="F438" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>15</v>
+      </c>
+      <c r="G438">
+        <v>233</v>
       </c>
       <c r="H438">
-        <v>208265</v>
+        <v>62140</v>
       </c>
       <c r="I438">
-        <v>209307</v>
+        <v>62372</v>
       </c>
       <c r="J438" t="s">
-        <v>717</v>
+        <v>579</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" t="s">
         <v>10</v>
       </c>
       <c r="B439" t="s">
         <v>11</v>
       </c>
       <c r="C439" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D439" t="s">
         <v>13</v>
       </c>
       <c r="E439" t="s">
         <v>21</v>
       </c>
       <c r="F439" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G439">
-        <v>495</v>
+        <v>417</v>
       </c>
       <c r="H439">
-        <v>207770</v>
+        <v>18740</v>
       </c>
       <c r="I439">
-        <v>208264</v>
+        <v>19156</v>
       </c>
       <c r="J439" t="s">
-        <v>718</v>
+        <v>580</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" t="s">
         <v>10</v>
       </c>
       <c r="B440" t="s">
         <v>11</v>
       </c>
       <c r="C440" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D440" t="s">
         <v>13</v>
       </c>
       <c r="E440" t="s">
         <v>21</v>
       </c>
       <c r="F440" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G440">
-        <v>548</v>
+        <v>859</v>
       </c>
       <c r="H440">
-        <v>207222</v>
+        <v>61281</v>
       </c>
       <c r="I440">
-        <v>207769</v>
+        <v>62139</v>
       </c>
       <c r="J440" t="s">
-        <v>719</v>
+        <v>581</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" t="s">
         <v>10</v>
       </c>
       <c r="B441" t="s">
         <v>11</v>
       </c>
       <c r="C441" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D441" t="s">
         <v>13</v>
       </c>
       <c r="E441" t="s">
         <v>21</v>
       </c>
       <c r="F441" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G441">
-        <v>875</v>
+        <v>232</v>
       </c>
       <c r="H441">
-        <v>206347</v>
+        <v>18508</v>
       </c>
       <c r="I441">
-        <v>207221</v>
+        <v>18739</v>
       </c>
       <c r="J441" t="s">
-        <v>720</v>
+        <v>582</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" t="s">
         <v>10</v>
       </c>
       <c r="B442" t="s">
         <v>11</v>
       </c>
       <c r="C442" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D442" t="s">
         <v>13</v>
       </c>
       <c r="E442" t="s">
         <v>21</v>
       </c>
       <c r="F442" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G442" t="s">
-        <v>721</v>
+        <v>583</v>
       </c>
       <c r="H442">
-        <v>204292</v>
+        <v>59873</v>
       </c>
       <c r="I442">
-        <v>206346</v>
+        <v>61280</v>
       </c>
       <c r="J442" t="s">
-        <v>722</v>
+        <v>584</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" t="s">
         <v>10</v>
       </c>
       <c r="B443" t="s">
         <v>11</v>
       </c>
       <c r="C443" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D443" t="s">
         <v>13</v>
       </c>
       <c r="E443" t="s">
         <v>21</v>
       </c>
       <c r="F443" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G443">
-        <v>994</v>
+        <v>272</v>
       </c>
       <c r="H443">
-        <v>203298</v>
+        <v>59601</v>
       </c>
       <c r="I443">
-        <v>204291</v>
+        <v>59872</v>
       </c>
       <c r="J443" t="s">
-        <v>723</v>
+        <v>585</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" t="s">
         <v>10</v>
       </c>
       <c r="B444" t="s">
         <v>11</v>
       </c>
       <c r="C444" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D444" t="s">
         <v>13</v>
       </c>
       <c r="E444" t="s">
         <v>21</v>
       </c>
       <c r="F444" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G444" t="s">
-        <v>724</v>
+        <v>586</v>
       </c>
       <c r="H444">
-        <v>201847</v>
+        <v>57521</v>
       </c>
       <c r="I444">
-        <v>203297</v>
+        <v>59600</v>
       </c>
       <c r="J444" t="s">
-        <v>725</v>
+        <v>587</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" t="s">
         <v>10</v>
       </c>
       <c r="B445" t="s">
         <v>11</v>
       </c>
       <c r="C445" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D445" t="s">
         <v>13</v>
       </c>
       <c r="E445" t="s">
         <v>21</v>
       </c>
       <c r="F445" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>15</v>
+      </c>
+      <c r="G445">
+        <v>469</v>
       </c>
       <c r="H445">
-        <v>200278</v>
+        <v>57052</v>
       </c>
       <c r="I445">
-        <v>201846</v>
+        <v>57520</v>
       </c>
       <c r="J445" t="s">
-        <v>727</v>
+        <v>588</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" t="s">
         <v>10</v>
       </c>
       <c r="B446" t="s">
         <v>11</v>
       </c>
       <c r="C446" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D446" t="s">
         <v>13</v>
       </c>
       <c r="E446" t="s">
         <v>21</v>
       </c>
       <c r="F446" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G446">
-        <v>928</v>
+        <v>454</v>
       </c>
       <c r="H446">
-        <v>199350</v>
+        <v>56598</v>
       </c>
       <c r="I446">
-        <v>200277</v>
+        <v>57051</v>
       </c>
       <c r="J446" t="s">
-        <v>728</v>
+        <v>589</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" t="s">
         <v>10</v>
       </c>
       <c r="B447" t="s">
         <v>11</v>
       </c>
       <c r="C447" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D447" t="s">
         <v>13</v>
       </c>
       <c r="E447" t="s">
         <v>21</v>
       </c>
       <c r="F447" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>15</v>
+      </c>
+      <c r="G447">
+        <v>764</v>
       </c>
       <c r="H447">
-        <v>198337</v>
+        <v>55834</v>
       </c>
       <c r="I447">
-        <v>199349</v>
+        <v>56597</v>
       </c>
       <c r="J447" t="s">
-        <v>730</v>
+        <v>590</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" t="s">
         <v>10</v>
       </c>
       <c r="B448" t="s">
         <v>11</v>
       </c>
       <c r="C448" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D448" t="s">
         <v>13</v>
       </c>
       <c r="E448" t="s">
         <v>21</v>
       </c>
       <c r="F448" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G448" t="s">
-        <v>731</v>
+        <v>591</v>
       </c>
       <c r="H448">
-        <v>196773</v>
+        <v>17062</v>
       </c>
       <c r="I448">
-        <v>198336</v>
+        <v>55833</v>
       </c>
       <c r="J448" t="s">
-        <v>732</v>
+        <v>592</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" t="s">
         <v>10</v>
       </c>
       <c r="B449" t="s">
         <v>11</v>
       </c>
       <c r="C449" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D449" t="s">
         <v>13</v>
       </c>
       <c r="E449" t="s">
         <v>21</v>
       </c>
       <c r="F449" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G449" t="s">
-        <v>733</v>
+        <v>593</v>
       </c>
       <c r="H449">
-        <v>194921</v>
+        <v>16053</v>
       </c>
       <c r="I449">
-        <v>196772</v>
+        <v>17061</v>
       </c>
       <c r="J449" t="s">
-        <v>734</v>
+        <v>594</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" t="s">
         <v>10</v>
       </c>
       <c r="B450" t="s">
         <v>11</v>
       </c>
       <c r="C450" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D450" t="s">
         <v>13</v>
       </c>
       <c r="E450" t="s">
         <v>21</v>
       </c>
       <c r="F450" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G450">
-        <v>787</v>
+        <v>813</v>
       </c>
       <c r="H450">
-        <v>194134</v>
+        <v>15240</v>
       </c>
       <c r="I450">
-        <v>194920</v>
+        <v>16052</v>
       </c>
       <c r="J450" t="s">
-        <v>735</v>
+        <v>595</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" t="s">
         <v>10</v>
       </c>
       <c r="B451" t="s">
         <v>11</v>
       </c>
       <c r="C451" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D451" t="s">
         <v>13</v>
       </c>
       <c r="E451" t="s">
         <v>21</v>
       </c>
       <c r="F451" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>15</v>
+      </c>
+      <c r="G451" t="s">
+        <v>596</v>
       </c>
       <c r="H451">
-        <v>193549</v>
+        <v>14095</v>
       </c>
       <c r="I451">
-        <v>194133</v>
+        <v>15239</v>
       </c>
       <c r="J451" t="s">
-        <v>736</v>
+        <v>597</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" t="s">
         <v>10</v>
       </c>
       <c r="B452" t="s">
         <v>11</v>
       </c>
       <c r="C452" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D452" t="s">
         <v>13</v>
       </c>
       <c r="E452" t="s">
         <v>21</v>
       </c>
       <c r="F452" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>15</v>
+      </c>
+      <c r="G452" t="s">
+        <v>598</v>
       </c>
       <c r="H452">
-        <v>192707</v>
+        <v>12415</v>
       </c>
       <c r="I452">
-        <v>193548</v>
+        <v>14094</v>
       </c>
       <c r="J452" t="s">
-        <v>737</v>
+        <v>599</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" t="s">
         <v>10</v>
       </c>
       <c r="B453" t="s">
         <v>11</v>
       </c>
       <c r="C453" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D453" t="s">
         <v>13</v>
       </c>
       <c r="E453" t="s">
         <v>21</v>
       </c>
       <c r="F453" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>15</v>
+      </c>
+      <c r="G453" t="s">
+        <v>600</v>
       </c>
       <c r="H453">
-        <v>192229</v>
+        <v>10899</v>
       </c>
       <c r="I453">
-        <v>192706</v>
+        <v>12414</v>
       </c>
       <c r="J453" t="s">
-        <v>738</v>
+        <v>601</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" t="s">
         <v>10</v>
       </c>
       <c r="B454" t="s">
         <v>11</v>
       </c>
       <c r="C454" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D454" t="s">
         <v>13</v>
       </c>
       <c r="E454" t="s">
         <v>21</v>
       </c>
       <c r="F454" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>15</v>
+      </c>
+      <c r="G454">
+        <v>538</v>
       </c>
       <c r="H454">
-        <v>190381</v>
+        <v>10361</v>
       </c>
       <c r="I454">
-        <v>192228</v>
+        <v>10898</v>
       </c>
       <c r="J454" t="s">
-        <v>740</v>
+        <v>602</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" t="s">
         <v>10</v>
       </c>
       <c r="B455" t="s">
         <v>11</v>
       </c>
       <c r="C455" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D455" t="s">
         <v>13</v>
       </c>
       <c r="E455" t="s">
         <v>21</v>
       </c>
       <c r="F455" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G455" t="s">
-        <v>741</v>
+        <v>603</v>
       </c>
       <c r="H455">
-        <v>187427</v>
+        <v>1</v>
       </c>
       <c r="I455">
-        <v>190380</v>
+        <v>10360</v>
       </c>
       <c r="J455" t="s">
-        <v>742</v>
+        <v>604</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" t="s">
         <v>10</v>
       </c>
       <c r="B456" t="s">
         <v>11</v>
       </c>
       <c r="C456" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D456" t="s">
         <v>13</v>
       </c>
       <c r="E456" t="s">
         <v>21</v>
       </c>
       <c r="F456" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>15</v>
+      </c>
+      <c r="G456">
+        <v>501</v>
       </c>
       <c r="H456">
-        <v>185755</v>
+        <v>18007</v>
       </c>
       <c r="I456">
-        <v>187426</v>
+        <v>18507</v>
       </c>
       <c r="J456" t="s">
-        <v>744</v>
+        <v>605</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" t="s">
         <v>10</v>
       </c>
       <c r="B457" t="s">
         <v>11</v>
       </c>
       <c r="C457" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D457" t="s">
         <v>13</v>
       </c>
       <c r="E457" t="s">
         <v>21</v>
       </c>
       <c r="F457" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>15</v>
+      </c>
+      <c r="G457">
+        <v>225</v>
       </c>
       <c r="H457">
-        <v>184543</v>
+        <v>17782</v>
       </c>
       <c r="I457">
-        <v>185754</v>
+        <v>18006</v>
       </c>
       <c r="J457" t="s">
-        <v>746</v>
+        <v>606</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" t="s">
         <v>10</v>
       </c>
       <c r="B458" t="s">
         <v>11</v>
       </c>
       <c r="C458" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D458" t="s">
         <v>13</v>
       </c>
       <c r="E458" t="s">
         <v>21</v>
       </c>
       <c r="F458" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>15</v>
+      </c>
+      <c r="G458">
+        <v>983</v>
       </c>
       <c r="H458">
-        <v>183191</v>
+        <v>16799</v>
       </c>
       <c r="I458">
-        <v>184542</v>
+        <v>17781</v>
       </c>
       <c r="J458" t="s">
-        <v>748</v>
+        <v>607</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" t="s">
         <v>10</v>
       </c>
       <c r="B459" t="s">
         <v>11</v>
       </c>
       <c r="C459" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D459" t="s">
         <v>13</v>
       </c>
       <c r="E459" t="s">
         <v>21</v>
       </c>
       <c r="F459" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>688</v>
+        <v>15</v>
+      </c>
+      <c r="G459" t="s">
+        <v>608</v>
       </c>
       <c r="H459">
-        <v>182503</v>
+        <v>15787</v>
       </c>
       <c r="I459">
-        <v>183190</v>
+        <v>16798</v>
       </c>
       <c r="J459" t="s">
-        <v>749</v>
+        <v>609</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" t="s">
         <v>10</v>
       </c>
       <c r="B460" t="s">
         <v>11</v>
       </c>
       <c r="C460" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D460" t="s">
         <v>13</v>
       </c>
       <c r="E460" t="s">
         <v>21</v>
       </c>
       <c r="F460" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>15</v>
+      </c>
+      <c r="G460">
+        <v>437</v>
       </c>
       <c r="H460">
-        <v>181478</v>
+        <v>15350</v>
       </c>
       <c r="I460">
-        <v>182502</v>
+        <v>15786</v>
       </c>
       <c r="J460" t="s">
-        <v>751</v>
+        <v>610</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" t="s">
         <v>10</v>
       </c>
       <c r="B461" t="s">
         <v>11</v>
       </c>
       <c r="C461" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D461" t="s">
         <v>13</v>
       </c>
       <c r="E461" t="s">
         <v>21</v>
       </c>
       <c r="F461" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>15</v>
+      </c>
+      <c r="G461" t="s">
+        <v>611</v>
       </c>
       <c r="H461">
-        <v>180832</v>
+        <v>14303</v>
       </c>
       <c r="I461">
-        <v>181477</v>
+        <v>15349</v>
       </c>
       <c r="J461" t="s">
-        <v>752</v>
+        <v>612</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" t="s">
         <v>10</v>
       </c>
       <c r="B462" t="s">
         <v>11</v>
       </c>
       <c r="C462" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D462" t="s">
         <v>13</v>
       </c>
       <c r="E462" t="s">
         <v>21</v>
       </c>
       <c r="F462" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G462" t="s">
-        <v>753</v>
+        <v>613</v>
       </c>
       <c r="H462">
-        <v>179816</v>
+        <v>12480</v>
       </c>
       <c r="I462">
-        <v>180831</v>
+        <v>14302</v>
       </c>
       <c r="J462" t="s">
-        <v>754</v>
+        <v>614</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" t="s">
         <v>10</v>
       </c>
       <c r="B463" t="s">
         <v>11</v>
       </c>
       <c r="C463" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D463" t="s">
         <v>13</v>
       </c>
       <c r="E463" t="s">
         <v>21</v>
       </c>
       <c r="F463" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>15</v>
+      </c>
+      <c r="G463">
+        <v>227</v>
       </c>
       <c r="H463">
-        <v>178091</v>
+        <v>12253</v>
       </c>
       <c r="I463">
-        <v>179815</v>
+        <v>12479</v>
       </c>
       <c r="J463" t="s">
-        <v>756</v>
+        <v>615</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" t="s">
         <v>10</v>
       </c>
       <c r="B464" t="s">
         <v>11</v>
       </c>
       <c r="C464" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D464" t="s">
         <v>13</v>
       </c>
       <c r="E464" t="s">
         <v>21</v>
       </c>
       <c r="F464" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G464">
-        <v>773</v>
+        <v>194</v>
       </c>
       <c r="H464">
-        <v>177318</v>
+        <v>12059</v>
       </c>
       <c r="I464">
-        <v>178090</v>
+        <v>12252</v>
       </c>
       <c r="J464" t="s">
-        <v>757</v>
+        <v>616</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" t="s">
         <v>10</v>
       </c>
       <c r="B465" t="s">
         <v>11</v>
       </c>
       <c r="C465" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D465" t="s">
         <v>13</v>
       </c>
       <c r="E465" t="s">
         <v>21</v>
       </c>
       <c r="F465" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>15</v>
+      </c>
+      <c r="G465">
+        <v>92</v>
       </c>
       <c r="H465">
-        <v>175570</v>
+        <v>11967</v>
       </c>
       <c r="I465">
-        <v>177317</v>
+        <v>12058</v>
       </c>
       <c r="J465" t="s">
-        <v>759</v>
+        <v>617</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" t="s">
         <v>10</v>
       </c>
       <c r="B466" t="s">
         <v>11</v>
       </c>
       <c r="C466" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D466" t="s">
         <v>13</v>
       </c>
       <c r="E466" t="s">
         <v>21</v>
       </c>
       <c r="F466" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>711</v>
+        <v>15</v>
+      </c>
+      <c r="G466" t="s">
+        <v>618</v>
       </c>
       <c r="H466">
-        <v>174859</v>
+        <v>5403</v>
       </c>
       <c r="I466">
-        <v>175569</v>
+        <v>11966</v>
       </c>
       <c r="J466" t="s">
-        <v>760</v>
+        <v>619</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" t="s">
         <v>10</v>
       </c>
       <c r="B467" t="s">
         <v>11</v>
       </c>
       <c r="C467" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D467" t="s">
         <v>13</v>
       </c>
       <c r="E467" t="s">
         <v>21</v>
       </c>
       <c r="F467" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G467" t="s">
-        <v>761</v>
+        <v>620</v>
       </c>
       <c r="H467">
-        <v>172481</v>
+        <v>3992</v>
       </c>
       <c r="I467">
-        <v>174858</v>
+        <v>5402</v>
       </c>
       <c r="J467" t="s">
-        <v>762</v>
+        <v>621</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" t="s">
         <v>10</v>
       </c>
       <c r="B468" t="s">
         <v>11</v>
       </c>
       <c r="C468" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D468" t="s">
         <v>13</v>
       </c>
       <c r="E468" t="s">
         <v>21</v>
       </c>
       <c r="F468" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>15</v>
+      </c>
+      <c r="G468">
+        <v>371</v>
       </c>
       <c r="H468">
-        <v>171378</v>
+        <v>3621</v>
       </c>
       <c r="I468">
-        <v>172480</v>
+        <v>3991</v>
       </c>
       <c r="J468" t="s">
-        <v>764</v>
+        <v>622</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" t="s">
         <v>10</v>
       </c>
       <c r="B469" t="s">
         <v>11</v>
       </c>
       <c r="C469" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D469" t="s">
         <v>13</v>
       </c>
       <c r="E469" t="s">
         <v>21</v>
       </c>
       <c r="F469" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>15</v>
+      </c>
+      <c r="G469">
+        <v>718</v>
       </c>
       <c r="H469">
-        <v>169993</v>
+        <v>2903</v>
       </c>
       <c r="I469">
-        <v>171377</v>
+        <v>3620</v>
       </c>
       <c r="J469" t="s">
-        <v>766</v>
+        <v>623</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" t="s">
         <v>10</v>
       </c>
       <c r="B470" t="s">
         <v>11</v>
       </c>
       <c r="C470" t="s">
-        <v>690</v>
+        <v>533</v>
       </c>
       <c r="D470" t="s">
         <v>13</v>
       </c>
       <c r="E470" t="s">
         <v>21</v>
       </c>
       <c r="F470" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G470" t="s">
-        <v>767</v>
+        <v>624</v>
       </c>
       <c r="H470">
-        <v>167945</v>
+        <v>1</v>
       </c>
       <c r="I470">
-        <v>169992</v>
+        <v>2902</v>
       </c>
       <c r="J470" t="s">
-        <v>768</v>
+        <v>625</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" t="s">
         <v>10</v>
       </c>
       <c r="B471" t="s">
         <v>11</v>
       </c>
       <c r="C471" t="s">
-        <v>690</v>
+        <v>626</v>
       </c>
       <c r="D471" t="s">
         <v>13</v>
       </c>
       <c r="E471" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F471" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>170</v>
+      </c>
+      <c r="G471" t="s">
+        <v>627</v>
       </c>
       <c r="H471">
-        <v>167390</v>
+        <v>117311</v>
       </c>
       <c r="I471">
-        <v>167944</v>
+        <v>122842</v>
       </c>
       <c r="J471" t="s">
-        <v>769</v>
+        <v>628</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" t="s">
         <v>10</v>
       </c>
       <c r="B472" t="s">
         <v>11</v>
       </c>
       <c r="C472" t="s">
-        <v>690</v>
+        <v>629</v>
       </c>
       <c r="D472" t="s">
         <v>13</v>
       </c>
       <c r="E472" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F472" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G472" t="s">
-        <v>770</v>
+        <v>630</v>
       </c>
       <c r="H472">
-        <v>166196</v>
+        <v>111860</v>
       </c>
       <c r="I472">
-        <v>167389</v>
+        <v>117310</v>
       </c>
       <c r="J472" t="s">
-        <v>771</v>
+        <v>631</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" t="s">
         <v>10</v>
       </c>
       <c r="B473" t="s">
         <v>11</v>
       </c>
       <c r="C473" t="s">
-        <v>690</v>
+        <v>632</v>
       </c>
       <c r="D473" t="s">
         <v>13</v>
       </c>
       <c r="E473" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F473" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G473" t="s">
-        <v>772</v>
+        <v>633</v>
       </c>
       <c r="H473">
-        <v>163675</v>
+        <v>106602</v>
       </c>
       <c r="I473">
-        <v>166195</v>
+        <v>111859</v>
       </c>
       <c r="J473" t="s">
-        <v>773</v>
+        <v>634</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" t="s">
         <v>10</v>
       </c>
       <c r="B474" t="s">
         <v>11</v>
       </c>
       <c r="C474" t="s">
-        <v>690</v>
+        <v>635</v>
       </c>
       <c r="D474" t="s">
         <v>13</v>
       </c>
       <c r="E474" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F474" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G474" t="s">
-        <v>774</v>
+        <v>636</v>
       </c>
       <c r="H474">
-        <v>162312</v>
+        <v>101314</v>
       </c>
       <c r="I474">
-        <v>163674</v>
+        <v>106601</v>
       </c>
       <c r="J474" t="s">
-        <v>775</v>
+        <v>637</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" t="s">
         <v>10</v>
       </c>
       <c r="B475" t="s">
         <v>11</v>
       </c>
       <c r="C475" t="s">
-        <v>690</v>
+        <v>638</v>
       </c>
       <c r="D475" t="s">
         <v>13</v>
       </c>
       <c r="E475" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F475" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G475" t="s">
-        <v>776</v>
+        <v>639</v>
       </c>
       <c r="H475">
-        <v>160616</v>
+        <v>96470</v>
       </c>
       <c r="I475">
-        <v>162311</v>
+        <v>101313</v>
       </c>
       <c r="J475" t="s">
-        <v>777</v>
+        <v>640</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" t="s">
         <v>10</v>
       </c>
       <c r="B476" t="s">
         <v>11</v>
       </c>
       <c r="C476" t="s">
-        <v>690</v>
+        <v>641</v>
       </c>
       <c r="D476" t="s">
         <v>13</v>
       </c>
       <c r="E476" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F476" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G476" t="s">
-        <v>778</v>
+        <v>642</v>
       </c>
       <c r="H476">
-        <v>158727</v>
+        <v>91134</v>
       </c>
       <c r="I476">
-        <v>160615</v>
+        <v>96469</v>
       </c>
       <c r="J476" t="s">
-        <v>779</v>
+        <v>643</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" t="s">
         <v>10</v>
       </c>
       <c r="B477" t="s">
         <v>11</v>
       </c>
       <c r="C477" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D477" t="s">
         <v>13</v>
       </c>
       <c r="E477" t="s">
         <v>21</v>
       </c>
       <c r="F477" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G477" t="s">
-        <v>780</v>
+        <v>645</v>
       </c>
       <c r="H477">
-        <v>156965</v>
+        <v>77157</v>
       </c>
       <c r="I477">
-        <v>158726</v>
+        <v>79627</v>
       </c>
       <c r="J477" t="s">
-        <v>781</v>
+        <v>646</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" t="s">
         <v>10</v>
       </c>
       <c r="B478" t="s">
         <v>11</v>
       </c>
       <c r="C478" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D478" t="s">
         <v>13</v>
       </c>
       <c r="E478" t="s">
         <v>21</v>
       </c>
       <c r="F478" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G478" t="s">
-        <v>537</v>
+        <v>647</v>
       </c>
       <c r="H478">
-        <v>155006</v>
+        <v>76049</v>
       </c>
       <c r="I478">
-        <v>156964</v>
+        <v>77156</v>
       </c>
       <c r="J478" t="s">
-        <v>782</v>
+        <v>648</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" t="s">
         <v>10</v>
       </c>
       <c r="B479" t="s">
         <v>11</v>
       </c>
       <c r="C479" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D479" t="s">
         <v>13</v>
       </c>
       <c r="E479" t="s">
         <v>21</v>
       </c>
       <c r="F479" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G479" t="s">
-        <v>783</v>
+        <v>649</v>
       </c>
       <c r="H479">
-        <v>153055</v>
+        <v>74670</v>
       </c>
       <c r="I479">
-        <v>155005</v>
+        <v>76048</v>
       </c>
       <c r="J479" t="s">
-        <v>784</v>
+        <v>650</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" t="s">
         <v>10</v>
       </c>
       <c r="B480" t="s">
         <v>11</v>
       </c>
       <c r="C480" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D480" t="s">
         <v>13</v>
       </c>
       <c r="E480" t="s">
         <v>21</v>
       </c>
       <c r="F480" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>15</v>
+      </c>
+      <c r="G480" t="s">
+        <v>651</v>
       </c>
       <c r="H480">
-        <v>152138</v>
+        <v>72701</v>
       </c>
       <c r="I480">
-        <v>153054</v>
+        <v>74669</v>
       </c>
       <c r="J480" t="s">
-        <v>785</v>
+        <v>652</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" t="s">
         <v>10</v>
       </c>
       <c r="B481" t="s">
         <v>11</v>
       </c>
       <c r="C481" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D481" t="s">
         <v>13</v>
       </c>
       <c r="E481" t="s">
         <v>21</v>
       </c>
       <c r="F481" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G481" t="s">
-        <v>786</v>
+        <v>653</v>
       </c>
       <c r="H481">
-        <v>150988</v>
+        <v>69228</v>
       </c>
       <c r="I481">
-        <v>152137</v>
+        <v>72700</v>
       </c>
       <c r="J481" t="s">
-        <v>787</v>
+        <v>654</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" t="s">
         <v>10</v>
       </c>
       <c r="B482" t="s">
         <v>11</v>
       </c>
       <c r="C482" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D482" t="s">
         <v>13</v>
       </c>
       <c r="E482" t="s">
         <v>21</v>
       </c>
       <c r="F482" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>15</v>
+      </c>
+      <c r="G482">
+        <v>555</v>
       </c>
       <c r="H482">
-        <v>149343</v>
+        <v>68673</v>
       </c>
       <c r="I482">
-        <v>150987</v>
+        <v>69227</v>
       </c>
       <c r="J482" t="s">
-        <v>789</v>
+        <v>655</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" t="s">
         <v>10</v>
       </c>
       <c r="B483" t="s">
         <v>11</v>
       </c>
       <c r="C483" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D483" t="s">
         <v>13</v>
       </c>
       <c r="E483" t="s">
         <v>21</v>
       </c>
       <c r="F483" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>790</v>
+        <v>15</v>
+      </c>
+      <c r="G483">
+        <v>621</v>
       </c>
       <c r="H483">
-        <v>148186</v>
+        <v>68052</v>
       </c>
       <c r="I483">
-        <v>149342</v>
+        <v>68672</v>
       </c>
       <c r="J483" t="s">
-        <v>791</v>
+        <v>656</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" t="s">
         <v>10</v>
       </c>
       <c r="B484" t="s">
         <v>11</v>
       </c>
       <c r="C484" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D484" t="s">
         <v>13</v>
       </c>
       <c r="E484" t="s">
         <v>21</v>
       </c>
       <c r="F484" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>15</v>
+      </c>
+      <c r="G484">
+        <v>981</v>
       </c>
       <c r="H484">
-        <v>145138</v>
+        <v>67071</v>
       </c>
       <c r="I484">
-        <v>148185</v>
+        <v>68051</v>
       </c>
       <c r="J484" t="s">
-        <v>793</v>
+        <v>657</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" t="s">
         <v>10</v>
       </c>
       <c r="B485" t="s">
         <v>11</v>
       </c>
       <c r="C485" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D485" t="s">
         <v>13</v>
       </c>
       <c r="E485" t="s">
         <v>21</v>
       </c>
       <c r="F485" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>15</v>
+      </c>
+      <c r="G485" t="s">
+        <v>658</v>
       </c>
       <c r="H485">
-        <v>144527</v>
+        <v>62606</v>
       </c>
       <c r="I485">
-        <v>145137</v>
+        <v>67070</v>
       </c>
       <c r="J485" t="s">
-        <v>794</v>
+        <v>659</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" t="s">
         <v>10</v>
       </c>
       <c r="B486" t="s">
         <v>11</v>
       </c>
       <c r="C486" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D486" t="s">
         <v>13</v>
       </c>
       <c r="E486" t="s">
         <v>21</v>
       </c>
       <c r="F486" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>15</v>
+      </c>
+      <c r="G486" t="s">
+        <v>660</v>
       </c>
       <c r="H486">
-        <v>143550</v>
+        <v>60421</v>
       </c>
       <c r="I486">
-        <v>144526</v>
+        <v>62605</v>
       </c>
       <c r="J486" t="s">
-        <v>795</v>
+        <v>661</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" t="s">
         <v>10</v>
       </c>
       <c r="B487" t="s">
         <v>11</v>
       </c>
       <c r="C487" t="s">
-        <v>690</v>
+        <v>644</v>
       </c>
       <c r="D487" t="s">
         <v>13</v>
       </c>
       <c r="E487" t="s">
         <v>21</v>
       </c>
       <c r="F487" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G487" t="s">
-        <v>796</v>
+        <v>662</v>
       </c>
       <c r="H487">
-        <v>142357</v>
+        <v>52621</v>
       </c>
       <c r="I487">
-        <v>143549</v>
+        <v>60420</v>
       </c>
       <c r="J487" t="s">
-        <v>797</v>
+        <v>663</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" t="s">
         <v>10</v>
       </c>
       <c r="B488" t="s">
         <v>11</v>
       </c>
       <c r="C488" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D488" t="s">
         <v>13</v>
       </c>
       <c r="E488" t="s">
         <v>21</v>
       </c>
       <c r="F488" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G488" t="s">
-        <v>592</v>
+        <v>665</v>
       </c>
       <c r="H488">
-        <v>141186</v>
+        <v>45609</v>
       </c>
       <c r="I488">
-        <v>142356</v>
+        <v>52620</v>
       </c>
       <c r="J488" t="s">
-        <v>798</v>
+        <v>666</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" t="s">
         <v>10</v>
       </c>
       <c r="B489" t="s">
         <v>11</v>
       </c>
       <c r="C489" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D489" t="s">
         <v>13</v>
       </c>
       <c r="E489" t="s">
         <v>21</v>
       </c>
       <c r="F489" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G489" t="s">
-        <v>799</v>
+        <v>667</v>
       </c>
       <c r="H489">
-        <v>139683</v>
+        <v>42079</v>
       </c>
       <c r="I489">
-        <v>141185</v>
+        <v>45608</v>
       </c>
       <c r="J489" t="s">
-        <v>800</v>
+        <v>668</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" t="s">
         <v>10</v>
       </c>
       <c r="B490" t="s">
         <v>11</v>
       </c>
       <c r="C490" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D490" t="s">
         <v>13</v>
       </c>
       <c r="E490" t="s">
         <v>21</v>
       </c>
       <c r="F490" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G490" t="s">
-        <v>801</v>
+        <v>669</v>
       </c>
       <c r="H490">
-        <v>135158</v>
+        <v>34721</v>
       </c>
       <c r="I490">
-        <v>139682</v>
+        <v>42078</v>
       </c>
       <c r="J490" t="s">
-        <v>802</v>
+        <v>670</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" t="s">
         <v>10</v>
       </c>
       <c r="B491" t="s">
         <v>11</v>
       </c>
       <c r="C491" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D491" t="s">
         <v>13</v>
       </c>
       <c r="E491" t="s">
         <v>21</v>
       </c>
       <c r="F491" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G491" t="s">
-        <v>803</v>
+        <v>671</v>
       </c>
       <c r="H491">
-        <v>133640</v>
+        <v>1</v>
       </c>
       <c r="I491">
-        <v>135157</v>
+        <v>34720</v>
       </c>
       <c r="J491" t="s">
-        <v>804</v>
+        <v>672</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" t="s">
         <v>10</v>
       </c>
       <c r="B492" t="s">
         <v>11</v>
       </c>
       <c r="C492" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D492" t="s">
         <v>13</v>
       </c>
       <c r="E492" t="s">
         <v>21</v>
       </c>
       <c r="F492" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G492" t="s">
-        <v>805</v>
+        <v>673</v>
       </c>
       <c r="H492">
-        <v>132367</v>
+        <v>13844</v>
       </c>
       <c r="I492">
-        <v>133639</v>
+        <v>15665</v>
       </c>
       <c r="J492" t="s">
-        <v>806</v>
+        <v>674</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" t="s">
         <v>10</v>
       </c>
       <c r="B493" t="s">
         <v>11</v>
       </c>
       <c r="C493" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D493" t="s">
         <v>13</v>
       </c>
       <c r="E493" t="s">
         <v>21</v>
       </c>
       <c r="F493" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G493" t="s">
-        <v>807</v>
+        <v>675</v>
       </c>
       <c r="H493">
-        <v>129299</v>
+        <v>12454</v>
       </c>
       <c r="I493">
-        <v>132366</v>
+        <v>13843</v>
       </c>
       <c r="J493" t="s">
-        <v>808</v>
+        <v>676</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" t="s">
         <v>10</v>
       </c>
       <c r="B494" t="s">
         <v>11</v>
       </c>
       <c r="C494" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D494" t="s">
         <v>13</v>
       </c>
       <c r="E494" t="s">
         <v>21</v>
       </c>
       <c r="F494" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>15</v>
+      </c>
+      <c r="G494">
+        <v>858</v>
       </c>
       <c r="H494">
-        <v>125557</v>
+        <v>11596</v>
       </c>
       <c r="I494">
-        <v>129298</v>
+        <v>12453</v>
       </c>
       <c r="J494" t="s">
-        <v>810</v>
+        <v>677</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" t="s">
         <v>10</v>
       </c>
       <c r="B495" t="s">
         <v>11</v>
       </c>
       <c r="C495" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D495" t="s">
         <v>13</v>
       </c>
       <c r="E495" t="s">
         <v>21</v>
       </c>
       <c r="F495" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G495" t="s">
-        <v>811</v>
+        <v>678</v>
       </c>
       <c r="H495">
-        <v>95714</v>
+        <v>9785</v>
       </c>
       <c r="I495">
-        <v>125556</v>
+        <v>11595</v>
       </c>
       <c r="J495" t="s">
-        <v>812</v>
+        <v>679</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" t="s">
         <v>10</v>
       </c>
       <c r="B496" t="s">
         <v>11</v>
       </c>
       <c r="C496" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D496" t="s">
         <v>13</v>
       </c>
       <c r="E496" t="s">
         <v>21</v>
       </c>
       <c r="F496" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G496" t="s">
-        <v>813</v>
+        <v>680</v>
       </c>
       <c r="H496">
-        <v>83414</v>
+        <v>7188</v>
       </c>
       <c r="I496">
-        <v>95713</v>
+        <v>9784</v>
       </c>
       <c r="J496" t="s">
-        <v>814</v>
+        <v>681</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" t="s">
         <v>10</v>
       </c>
       <c r="B497" t="s">
         <v>11</v>
       </c>
       <c r="C497" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D497" t="s">
         <v>13</v>
       </c>
       <c r="E497" t="s">
         <v>21</v>
       </c>
       <c r="F497" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>815</v>
+        <v>15</v>
+      </c>
+      <c r="G497">
+        <v>801</v>
       </c>
       <c r="H497">
-        <v>72003</v>
+        <v>6387</v>
       </c>
       <c r="I497">
-        <v>83413</v>
+        <v>7187</v>
       </c>
       <c r="J497" t="s">
-        <v>816</v>
+        <v>682</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" t="s">
         <v>10</v>
       </c>
       <c r="B498" t="s">
         <v>11</v>
       </c>
       <c r="C498" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D498" t="s">
         <v>13</v>
       </c>
       <c r="E498" t="s">
         <v>21</v>
       </c>
       <c r="F498" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G498" t="s">
-        <v>817</v>
+        <v>683</v>
       </c>
       <c r="H498">
-        <v>68203</v>
+        <v>5038</v>
       </c>
       <c r="I498">
-        <v>72002</v>
+        <v>6386</v>
       </c>
       <c r="J498" t="s">
-        <v>818</v>
+        <v>684</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" t="s">
         <v>10</v>
       </c>
       <c r="B499" t="s">
         <v>11</v>
       </c>
       <c r="C499" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D499" t="s">
         <v>13</v>
       </c>
       <c r="E499" t="s">
         <v>21</v>
       </c>
       <c r="F499" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G499" t="s">
-        <v>819</v>
+        <v>685</v>
       </c>
       <c r="H499">
-        <v>60787</v>
+        <v>2239</v>
       </c>
       <c r="I499">
-        <v>68202</v>
+        <v>5037</v>
       </c>
       <c r="J499" t="s">
-        <v>820</v>
+        <v>686</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" t="s">
         <v>10</v>
       </c>
       <c r="B500" t="s">
         <v>11</v>
       </c>
       <c r="C500" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D500" t="s">
         <v>13</v>
       </c>
       <c r="E500" t="s">
         <v>21</v>
       </c>
       <c r="F500" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G500" t="s">
-        <v>821</v>
+        <v>687</v>
       </c>
       <c r="H500">
-        <v>59205</v>
+        <v>1</v>
       </c>
       <c r="I500">
-        <v>60786</v>
+        <v>2238</v>
       </c>
       <c r="J500" t="s">
-        <v>822</v>
+        <v>688</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" t="s">
         <v>10</v>
       </c>
       <c r="B501" t="s">
         <v>11</v>
       </c>
       <c r="C501" t="s">
+        <v>689</v>
+      </c>
+      <c r="D501" t="s">
+        <v>13</v>
+      </c>
+      <c r="E501" t="s">
         <v>690</v>
       </c>
-      <c r="D501" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F501" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>170</v>
+      </c>
+      <c r="G501">
+        <v>407</v>
       </c>
       <c r="H501">
-        <v>56185</v>
+        <v>90727</v>
       </c>
       <c r="I501">
-        <v>59204</v>
+        <v>91133</v>
       </c>
       <c r="J501" t="s">
-        <v>823</v>
+        <v>691</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" t="s">
         <v>10</v>
       </c>
       <c r="B502" t="s">
         <v>11</v>
       </c>
       <c r="C502" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D502" t="s">
         <v>13</v>
       </c>
       <c r="E502" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F502" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G502" t="s">
-        <v>163</v>
+        <v>693</v>
       </c>
       <c r="H502">
-        <v>54777</v>
+        <v>84810</v>
       </c>
       <c r="I502">
-        <v>56184</v>
+        <v>90726</v>
       </c>
       <c r="J502" t="s">
-        <v>824</v>
+        <v>694</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" t="s">
         <v>10</v>
       </c>
       <c r="B503" t="s">
         <v>11</v>
       </c>
       <c r="C503" t="s">
+        <v>695</v>
+      </c>
+      <c r="D503" t="s">
+        <v>13</v>
+      </c>
+      <c r="E503" t="s">
         <v>690</v>
       </c>
-      <c r="D503" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F503" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>170</v>
+      </c>
+      <c r="G503">
+        <v>400</v>
       </c>
       <c r="H503">
-        <v>51271</v>
+        <v>84410</v>
       </c>
       <c r="I503">
-        <v>54776</v>
+        <v>84809</v>
       </c>
       <c r="J503" t="s">
-        <v>826</v>
+        <v>696</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" t="s">
         <v>10</v>
       </c>
       <c r="B504" t="s">
         <v>11</v>
       </c>
       <c r="C504" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="D504" t="s">
         <v>13</v>
       </c>
       <c r="E504" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F504" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G504" t="s">
-        <v>827</v>
+        <v>698</v>
       </c>
       <c r="H504">
-        <v>45751</v>
+        <v>78898</v>
       </c>
       <c r="I504">
-        <v>51270</v>
+        <v>84409</v>
       </c>
       <c r="J504" t="s">
-        <v>828</v>
+        <v>699</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" t="s">
         <v>10</v>
       </c>
       <c r="B505" t="s">
         <v>11</v>
       </c>
       <c r="C505" t="s">
-        <v>829</v>
+        <v>700</v>
       </c>
       <c r="D505" t="s">
         <v>13</v>
       </c>
       <c r="E505" t="s">
-        <v>21</v>
+        <v>690</v>
       </c>
       <c r="F505" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G505">
-        <v>443</v>
+        <v>405</v>
       </c>
       <c r="H505">
-        <v>62902</v>
+        <v>78493</v>
       </c>
       <c r="I505">
-        <v>63344</v>
+        <v>78897</v>
       </c>
       <c r="J505" t="s">
-        <v>830</v>
+        <v>701</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" t="s">
         <v>10</v>
       </c>
       <c r="B506" t="s">
         <v>11</v>
       </c>
       <c r="C506" t="s">
-        <v>829</v>
+        <v>702</v>
       </c>
       <c r="D506" t="s">
         <v>13</v>
       </c>
       <c r="E506" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="F506" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>170</v>
+      </c>
+      <c r="G506" t="s">
+        <v>703</v>
       </c>
       <c r="H506">
-        <v>62450</v>
+        <v>73143</v>
       </c>
       <c r="I506">
-        <v>62901</v>
+        <v>78492</v>
       </c>
       <c r="J506" t="s">
-        <v>831</v>
+        <v>704</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" t="s">
         <v>10</v>
       </c>
       <c r="B507" t="s">
         <v>11</v>
       </c>
       <c r="C507" t="s">
-        <v>829</v>
+        <v>705</v>
       </c>
       <c r="D507" t="s">
         <v>13</v>
       </c>
       <c r="E507" t="s">
-        <v>21</v>
+        <v>706</v>
       </c>
       <c r="F507" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G507">
-        <v>556</v>
+        <v>511</v>
       </c>
       <c r="H507">
-        <v>61894</v>
+        <v>311143</v>
       </c>
       <c r="I507">
-        <v>62449</v>
+        <v>311653</v>
       </c>
       <c r="J507" t="s">
-        <v>832</v>
+        <v>707</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" t="s">
         <v>10</v>
       </c>
       <c r="B508" t="s">
         <v>11</v>
       </c>
       <c r="C508" t="s">
-        <v>829</v>
+        <v>705</v>
       </c>
       <c r="D508" t="s">
         <v>13</v>
       </c>
       <c r="E508" t="s">
-        <v>21</v>
+        <v>706</v>
       </c>
       <c r="F508" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>602</v>
+        <v>15</v>
+      </c>
+      <c r="G508" t="s">
+        <v>708</v>
       </c>
       <c r="H508">
-        <v>61292</v>
+        <v>307039</v>
       </c>
       <c r="I508">
-        <v>61893</v>
+        <v>311142</v>
       </c>
       <c r="J508" t="s">
-        <v>833</v>
+        <v>709</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" t="s">
         <v>10</v>
       </c>
       <c r="B509" t="s">
         <v>11</v>
       </c>
       <c r="C509" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D509" t="s">
         <v>13</v>
       </c>
       <c r="E509" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F509" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G509">
-        <v>634</v>
+        <v>342</v>
       </c>
       <c r="H509">
-        <v>60658</v>
+        <v>306697</v>
       </c>
       <c r="I509">
-        <v>61291</v>
+        <v>307038</v>
       </c>
       <c r="J509" t="s">
-        <v>836</v>
+        <v>710</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" t="s">
         <v>10</v>
       </c>
       <c r="B510" t="s">
         <v>11</v>
       </c>
       <c r="C510" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D510" t="s">
         <v>13</v>
       </c>
       <c r="E510" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F510" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G510">
-        <v>654</v>
+        <v>621</v>
       </c>
       <c r="H510">
-        <v>60004</v>
+        <v>306076</v>
       </c>
       <c r="I510">
-        <v>60657</v>
+        <v>306696</v>
       </c>
       <c r="J510" t="s">
-        <v>837</v>
+        <v>711</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" t="s">
         <v>10</v>
       </c>
       <c r="B511" t="s">
         <v>11</v>
       </c>
       <c r="C511" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D511" t="s">
         <v>13</v>
       </c>
       <c r="E511" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F511" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G511">
-        <v>662</v>
+        <v>926</v>
       </c>
       <c r="H511">
-        <v>59342</v>
+        <v>305150</v>
       </c>
       <c r="I511">
-        <v>60003</v>
+        <v>306075</v>
       </c>
       <c r="J511" t="s">
-        <v>838</v>
+        <v>712</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" t="s">
         <v>10</v>
       </c>
       <c r="B512" t="s">
         <v>11</v>
       </c>
       <c r="C512" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D512" t="s">
         <v>13</v>
       </c>
       <c r="E512" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F512" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G512">
-        <v>671</v>
+        <v>844</v>
       </c>
       <c r="H512">
-        <v>58671</v>
+        <v>304306</v>
       </c>
       <c r="I512">
-        <v>59341</v>
+        <v>305149</v>
       </c>
       <c r="J512" t="s">
-        <v>839</v>
+        <v>713</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" t="s">
         <v>10</v>
       </c>
       <c r="B513" t="s">
         <v>11</v>
       </c>
       <c r="C513" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D513" t="s">
         <v>13</v>
       </c>
       <c r="E513" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F513" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>15</v>
+      </c>
+      <c r="G513" t="s">
+        <v>714</v>
       </c>
       <c r="H513">
-        <v>57948</v>
+        <v>303302</v>
       </c>
       <c r="I513">
-        <v>58670</v>
+        <v>304305</v>
       </c>
       <c r="J513" t="s">
-        <v>840</v>
+        <v>715</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" t="s">
         <v>10</v>
       </c>
       <c r="B514" t="s">
         <v>11</v>
       </c>
       <c r="C514" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D514" t="s">
         <v>13</v>
       </c>
       <c r="E514" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F514" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G514">
-        <v>690</v>
+        <v>92</v>
       </c>
       <c r="H514">
-        <v>57258</v>
+        <v>303210</v>
       </c>
       <c r="I514">
-        <v>57947</v>
+        <v>303301</v>
       </c>
       <c r="J514" t="s">
-        <v>841</v>
+        <v>716</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" t="s">
         <v>10</v>
       </c>
       <c r="B515" t="s">
         <v>11</v>
       </c>
       <c r="C515" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D515" t="s">
         <v>13</v>
       </c>
       <c r="E515" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F515" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>15</v>
+      </c>
+      <c r="G515" t="s">
+        <v>717</v>
       </c>
       <c r="H515">
-        <v>56545</v>
+        <v>300105</v>
       </c>
       <c r="I515">
-        <v>57257</v>
+        <v>303209</v>
       </c>
       <c r="J515" t="s">
-        <v>842</v>
+        <v>718</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" t="s">
         <v>10</v>
       </c>
       <c r="B516" t="s">
         <v>11</v>
       </c>
       <c r="C516" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D516" t="s">
         <v>13</v>
       </c>
       <c r="E516" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F516" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>15</v>
+      </c>
+      <c r="G516" t="s">
+        <v>719</v>
       </c>
       <c r="H516">
-        <v>55831</v>
+        <v>297970</v>
       </c>
       <c r="I516">
-        <v>56544</v>
+        <v>300104</v>
       </c>
       <c r="J516" t="s">
-        <v>843</v>
+        <v>720</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" t="s">
         <v>10</v>
       </c>
       <c r="B517" t="s">
         <v>11</v>
       </c>
       <c r="C517" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D517" t="s">
         <v>13</v>
       </c>
       <c r="E517" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F517" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>15</v>
+      </c>
+      <c r="G517" t="s">
+        <v>721</v>
       </c>
       <c r="H517">
-        <v>55090</v>
+        <v>294471</v>
       </c>
       <c r="I517">
-        <v>55830</v>
+        <v>297969</v>
       </c>
       <c r="J517" t="s">
-        <v>844</v>
+        <v>722</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" t="s">
         <v>10</v>
       </c>
       <c r="B518" t="s">
         <v>11</v>
       </c>
       <c r="C518" t="s">
-        <v>834</v>
+        <v>705</v>
       </c>
       <c r="D518" t="s">
         <v>13</v>
       </c>
       <c r="E518" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F518" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>15</v>
+      </c>
+      <c r="G518" t="s">
+        <v>723</v>
       </c>
       <c r="H518">
-        <v>54347</v>
+        <v>290607</v>
       </c>
       <c r="I518">
-        <v>55089</v>
+        <v>294470</v>
       </c>
       <c r="J518" t="s">
-        <v>845</v>
+        <v>724</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" t="s">
         <v>10</v>
       </c>
       <c r="B519" t="s">
         <v>11</v>
       </c>
       <c r="C519" t="s">
-        <v>834</v>
+        <v>725</v>
       </c>
       <c r="D519" t="s">
         <v>13</v>
       </c>
       <c r="E519" t="s">
-        <v>835</v>
+        <v>706</v>
       </c>
       <c r="F519" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>15</v>
+      </c>
+      <c r="G519" t="s">
+        <v>726</v>
       </c>
       <c r="H519">
-        <v>53529</v>
+        <v>259132</v>
       </c>
       <c r="I519">
-        <v>54346</v>
+        <v>290606</v>
       </c>
       <c r="J519" t="s">
-        <v>846</v>
+        <v>727</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" t="s">
         <v>10</v>
       </c>
       <c r="B520" t="s">
         <v>11</v>
       </c>
       <c r="C520" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D520" t="s">
         <v>13</v>
       </c>
       <c r="E520" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F520" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G520">
-        <v>838</v>
+        <v>374</v>
       </c>
       <c r="H520">
-        <v>52691</v>
+        <v>258758</v>
       </c>
       <c r="I520">
-        <v>53528</v>
+        <v>259131</v>
       </c>
       <c r="J520" t="s">
-        <v>847</v>
+        <v>729</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" t="s">
         <v>10</v>
       </c>
       <c r="B521" t="s">
         <v>11</v>
       </c>
       <c r="C521" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D521" t="s">
         <v>13</v>
       </c>
       <c r="E521" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F521" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G521">
-        <v>884</v>
+        <v>776</v>
       </c>
       <c r="H521">
-        <v>51807</v>
+        <v>257982</v>
       </c>
       <c r="I521">
-        <v>52690</v>
+        <v>258757</v>
       </c>
       <c r="J521" t="s">
-        <v>848</v>
+        <v>730</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" t="s">
         <v>10</v>
       </c>
       <c r="B522" t="s">
         <v>11</v>
       </c>
       <c r="C522" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D522" t="s">
         <v>13</v>
       </c>
       <c r="E522" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F522" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G522">
-        <v>902</v>
+        <v>593</v>
       </c>
       <c r="H522">
-        <v>50905</v>
+        <v>257389</v>
       </c>
       <c r="I522">
-        <v>51806</v>
+        <v>257981</v>
       </c>
       <c r="J522" t="s">
-        <v>849</v>
+        <v>731</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" t="s">
         <v>10</v>
       </c>
       <c r="B523" t="s">
         <v>11</v>
       </c>
       <c r="C523" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D523" t="s">
         <v>13</v>
       </c>
       <c r="E523" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F523" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G523">
-        <v>942</v>
+        <v>251</v>
       </c>
       <c r="H523">
-        <v>49963</v>
+        <v>257138</v>
       </c>
       <c r="I523">
-        <v>50904</v>
+        <v>257388</v>
       </c>
       <c r="J523" t="s">
-        <v>850</v>
+        <v>732</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" t="s">
         <v>10</v>
       </c>
       <c r="B524" t="s">
         <v>11</v>
       </c>
       <c r="C524" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D524" t="s">
         <v>13</v>
       </c>
       <c r="E524" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F524" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>946</v>
+        <v>15</v>
+      </c>
+      <c r="G524" t="s">
+        <v>384</v>
       </c>
       <c r="H524">
-        <v>49017</v>
+        <v>256075</v>
       </c>
       <c r="I524">
-        <v>49962</v>
+        <v>257137</v>
       </c>
       <c r="J524" t="s">
-        <v>851</v>
+        <v>733</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" t="s">
         <v>10</v>
       </c>
       <c r="B525" t="s">
         <v>11</v>
       </c>
       <c r="C525" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D525" t="s">
         <v>13</v>
       </c>
       <c r="E525" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F525" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G525">
-        <v>954</v>
+        <v>201</v>
       </c>
       <c r="H525">
-        <v>48063</v>
+        <v>255874</v>
       </c>
       <c r="I525">
-        <v>49016</v>
+        <v>256074</v>
       </c>
       <c r="J525" t="s">
-        <v>852</v>
+        <v>734</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" t="s">
         <v>10</v>
       </c>
       <c r="B526" t="s">
         <v>11</v>
       </c>
       <c r="C526" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D526" t="s">
         <v>13</v>
       </c>
       <c r="E526" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F526" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>15</v>
+      </c>
+      <c r="G526">
+        <v>360</v>
       </c>
       <c r="H526">
-        <v>47031</v>
+        <v>255514</v>
       </c>
       <c r="I526">
-        <v>48062</v>
+        <v>255873</v>
       </c>
       <c r="J526" t="s">
-        <v>854</v>
+        <v>735</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" t="s">
         <v>10</v>
       </c>
       <c r="B527" t="s">
         <v>11</v>
       </c>
       <c r="C527" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D527" t="s">
         <v>13</v>
       </c>
       <c r="E527" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F527" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G527" t="s">
-        <v>855</v>
+        <v>736</v>
       </c>
       <c r="H527">
-        <v>45966</v>
+        <v>254468</v>
       </c>
       <c r="I527">
-        <v>47030</v>
+        <v>255513</v>
       </c>
       <c r="J527" t="s">
-        <v>856</v>
+        <v>737</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" t="s">
         <v>10</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="C528" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D528" t="s">
         <v>13</v>
       </c>
       <c r="E528" t="s">
         <v>21</v>
       </c>
       <c r="F528" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>15</v>
+      </c>
+      <c r="G528">
+        <v>821</v>
       </c>
       <c r="H528">
-        <v>44868</v>
+        <v>253647</v>
       </c>
       <c r="I528">
-        <v>45965</v>
+        <v>254467</v>
       </c>
       <c r="J528" t="s">
-        <v>858</v>
+        <v>738</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" t="s">
         <v>10</v>
       </c>
       <c r="B529" t="s">
         <v>11</v>
       </c>
       <c r="C529" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D529" t="s">
         <v>13</v>
       </c>
       <c r="E529" t="s">
         <v>21</v>
       </c>
       <c r="F529" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>15</v>
+      </c>
+      <c r="G529">
+        <v>548</v>
       </c>
       <c r="H529">
-        <v>43721</v>
+        <v>253099</v>
       </c>
       <c r="I529">
-        <v>44867</v>
+        <v>253646</v>
       </c>
       <c r="J529" t="s">
-        <v>860</v>
+        <v>739</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" t="s">
         <v>10</v>
       </c>
       <c r="B530" t="s">
         <v>11</v>
       </c>
       <c r="C530" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D530" t="s">
         <v>13</v>
       </c>
       <c r="E530" t="s">
         <v>21</v>
       </c>
       <c r="F530" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G530" t="s">
-        <v>861</v>
+        <v>717</v>
       </c>
       <c r="H530">
-        <v>42217</v>
+        <v>249994</v>
       </c>
       <c r="I530">
-        <v>43720</v>
+        <v>253098</v>
       </c>
       <c r="J530" t="s">
-        <v>862</v>
+        <v>740</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" t="s">
         <v>10</v>
       </c>
       <c r="B531" t="s">
         <v>11</v>
       </c>
       <c r="C531" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D531" t="s">
         <v>13</v>
       </c>
       <c r="E531" t="s">
         <v>21</v>
       </c>
       <c r="F531" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>15</v>
+      </c>
+      <c r="G531">
+        <v>311</v>
       </c>
       <c r="H531">
-        <v>40664</v>
+        <v>249683</v>
       </c>
       <c r="I531">
-        <v>42216</v>
+        <v>249993</v>
       </c>
       <c r="J531" t="s">
-        <v>864</v>
+        <v>741</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" t="s">
         <v>10</v>
       </c>
       <c r="B532" t="s">
         <v>11</v>
       </c>
       <c r="C532" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D532" t="s">
         <v>13</v>
       </c>
       <c r="E532" t="s">
         <v>21</v>
       </c>
       <c r="F532" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G532" t="s">
-        <v>865</v>
+        <v>742</v>
       </c>
       <c r="H532">
-        <v>39022</v>
+        <v>247262</v>
       </c>
       <c r="I532">
-        <v>40663</v>
+        <v>249682</v>
       </c>
       <c r="J532" t="s">
-        <v>866</v>
+        <v>743</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" t="s">
         <v>10</v>
       </c>
       <c r="B533" t="s">
         <v>11</v>
       </c>
       <c r="C533" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D533" t="s">
         <v>13</v>
       </c>
       <c r="E533" t="s">
         <v>21</v>
       </c>
       <c r="F533" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G533" t="s">
-        <v>867</v>
+        <v>744</v>
       </c>
       <c r="H533">
-        <v>37337</v>
+        <v>245472</v>
       </c>
       <c r="I533">
-        <v>39021</v>
+        <v>247261</v>
       </c>
       <c r="J533" t="s">
-        <v>868</v>
+        <v>745</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" t="s">
         <v>10</v>
       </c>
       <c r="B534" t="s">
         <v>11</v>
       </c>
       <c r="C534" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D534" t="s">
         <v>13</v>
       </c>
       <c r="E534" t="s">
         <v>21</v>
       </c>
       <c r="F534" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G534" t="s">
-        <v>869</v>
+        <v>714</v>
       </c>
       <c r="H534">
-        <v>35534</v>
+        <v>244468</v>
       </c>
       <c r="I534">
-        <v>37336</v>
+        <v>245471</v>
       </c>
       <c r="J534" t="s">
-        <v>870</v>
+        <v>746</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" t="s">
         <v>10</v>
       </c>
       <c r="B535" t="s">
         <v>11</v>
       </c>
       <c r="C535" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="D535" t="s">
         <v>13</v>
       </c>
       <c r="E535" t="s">
         <v>21</v>
       </c>
       <c r="F535" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G535" t="s">
-        <v>871</v>
+        <v>714</v>
       </c>
       <c r="H535">
-        <v>33633</v>
+        <v>243464</v>
       </c>
       <c r="I535">
-        <v>35533</v>
+        <v>244467</v>
       </c>
       <c r="J535" t="s">
-        <v>872</v>
+        <v>747</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" t="s">
         <v>10</v>
       </c>
       <c r="B536" t="s">
         <v>11</v>
       </c>
       <c r="C536" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D536" t="s">
         <v>13</v>
       </c>
       <c r="E536" t="s">
         <v>21</v>
       </c>
       <c r="F536" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G536" t="s">
-        <v>874</v>
+        <v>749</v>
       </c>
       <c r="H536">
-        <v>31621</v>
+        <v>240183</v>
       </c>
       <c r="I536">
-        <v>33632</v>
+        <v>243463</v>
       </c>
       <c r="J536" t="s">
-        <v>875</v>
+        <v>750</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" t="s">
         <v>10</v>
       </c>
       <c r="B537" t="s">
         <v>11</v>
       </c>
       <c r="C537" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D537" t="s">
         <v>13</v>
       </c>
       <c r="E537" t="s">
         <v>21</v>
       </c>
       <c r="F537" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G537" t="s">
-        <v>876</v>
+        <v>751</v>
       </c>
       <c r="H537">
-        <v>30175</v>
+        <v>236775</v>
       </c>
       <c r="I537">
-        <v>31620</v>
+        <v>240182</v>
       </c>
       <c r="J537" t="s">
-        <v>877</v>
+        <v>752</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" t="s">
         <v>10</v>
       </c>
       <c r="B538" t="s">
         <v>11</v>
       </c>
       <c r="C538" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D538" t="s">
         <v>13</v>
       </c>
       <c r="E538" t="s">
         <v>21</v>
       </c>
       <c r="F538" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>878</v>
+        <v>15</v>
+      </c>
+      <c r="G538">
+        <v>839</v>
       </c>
       <c r="H538">
-        <v>28589</v>
+        <v>235936</v>
       </c>
       <c r="I538">
-        <v>30174</v>
+        <v>236774</v>
       </c>
       <c r="J538" t="s">
-        <v>879</v>
+        <v>753</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" t="s">
         <v>10</v>
       </c>
       <c r="B539" t="s">
         <v>11</v>
       </c>
       <c r="C539" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D539" t="s">
         <v>13</v>
       </c>
       <c r="E539" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F539" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G539" t="s">
-        <v>880</v>
+        <v>754</v>
       </c>
       <c r="H539">
-        <v>27400</v>
+        <v>234464</v>
       </c>
       <c r="I539">
-        <v>28588</v>
+        <v>235935</v>
       </c>
       <c r="J539" t="s">
-        <v>881</v>
+        <v>755</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" t="s">
         <v>10</v>
       </c>
       <c r="B540" t="s">
         <v>11</v>
       </c>
       <c r="C540" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D540" t="s">
         <v>13</v>
       </c>
       <c r="E540" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F540" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G540" t="s">
-        <v>882</v>
+        <v>756</v>
       </c>
       <c r="H540">
-        <v>26171</v>
+        <v>233083</v>
       </c>
       <c r="I540">
-        <v>27399</v>
+        <v>234463</v>
       </c>
       <c r="J540" t="s">
-        <v>883</v>
+        <v>757</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" t="s">
         <v>10</v>
       </c>
       <c r="B541" t="s">
         <v>11</v>
       </c>
       <c r="C541" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D541" t="s">
         <v>13</v>
       </c>
       <c r="E541" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F541" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G541" t="s">
-        <v>884</v>
+        <v>758</v>
       </c>
       <c r="H541">
-        <v>24903</v>
+        <v>229296</v>
       </c>
       <c r="I541">
-        <v>26170</v>
+        <v>233082</v>
       </c>
       <c r="J541" t="s">
-        <v>885</v>
+        <v>759</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" t="s">
         <v>10</v>
       </c>
       <c r="B542" t="s">
         <v>11</v>
       </c>
       <c r="C542" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D542" t="s">
         <v>13</v>
       </c>
       <c r="E542" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F542" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G542" t="s">
-        <v>886</v>
+        <v>760</v>
       </c>
       <c r="H542">
-        <v>23612</v>
+        <v>222954</v>
       </c>
       <c r="I542">
-        <v>24902</v>
+        <v>229295</v>
       </c>
       <c r="J542" t="s">
-        <v>887</v>
+        <v>761</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" t="s">
         <v>10</v>
       </c>
       <c r="B543" t="s">
         <v>11</v>
       </c>
       <c r="C543" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D543" t="s">
         <v>13</v>
       </c>
       <c r="E543" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F543" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G543" t="s">
-        <v>498</v>
+        <v>762</v>
       </c>
       <c r="H543">
-        <v>22228</v>
+        <v>220745</v>
       </c>
       <c r="I543">
-        <v>23611</v>
+        <v>222953</v>
       </c>
       <c r="J543" t="s">
-        <v>888</v>
+        <v>763</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" t="s">
         <v>10</v>
       </c>
       <c r="B544" t="s">
         <v>11</v>
       </c>
       <c r="C544" t="s">
-        <v>873</v>
+        <v>748</v>
       </c>
       <c r="D544" t="s">
         <v>13</v>
       </c>
       <c r="E544" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F544" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G544" t="s">
-        <v>889</v>
+        <v>764</v>
       </c>
       <c r="H544">
-        <v>20805</v>
+        <v>219387</v>
       </c>
       <c r="I544">
-        <v>22227</v>
+        <v>220744</v>
       </c>
       <c r="J544" t="s">
-        <v>890</v>
+        <v>765</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" t="s">
         <v>10</v>
       </c>
       <c r="B545" t="s">
         <v>11</v>
       </c>
       <c r="C545" t="s">
-        <v>891</v>
+        <v>748</v>
       </c>
       <c r="D545" t="s">
         <v>13</v>
       </c>
       <c r="E545" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F545" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G545" t="s">
-        <v>691</v>
+        <v>766</v>
       </c>
       <c r="H545">
-        <v>19039</v>
+        <v>216367</v>
       </c>
       <c r="I545">
-        <v>20804</v>
+        <v>219386</v>
       </c>
       <c r="J545" t="s">
-        <v>892</v>
+        <v>767</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" t="s">
         <v>10</v>
       </c>
       <c r="B546" t="s">
         <v>11</v>
       </c>
       <c r="C546" t="s">
-        <v>893</v>
+        <v>748</v>
       </c>
       <c r="D546" t="s">
         <v>13</v>
       </c>
       <c r="E546" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F546" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>894</v>
+        <v>15</v>
+      </c>
+      <c r="G546">
+        <v>689</v>
       </c>
       <c r="H546">
-        <v>1</v>
+        <v>215678</v>
       </c>
       <c r="I546">
-        <v>19038</v>
+        <v>216366</v>
       </c>
       <c r="J546" t="s">
-        <v>895</v>
+        <v>768</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" t="s">
         <v>10</v>
       </c>
       <c r="B547" t="s">
         <v>11</v>
       </c>
       <c r="C547" t="s">
-        <v>893</v>
+        <v>748</v>
       </c>
       <c r="D547" t="s">
         <v>13</v>
       </c>
       <c r="E547" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F547" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G547" t="s">
-        <v>896</v>
+        <v>769</v>
       </c>
       <c r="H547">
-        <v>65694</v>
+        <v>212284</v>
       </c>
       <c r="I547">
-        <v>76206</v>
+        <v>215677</v>
       </c>
       <c r="J547" t="s">
-        <v>897</v>
+        <v>770</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" t="s">
         <v>10</v>
       </c>
       <c r="B548" t="s">
         <v>11</v>
       </c>
       <c r="C548" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D548" t="s">
         <v>13</v>
       </c>
       <c r="E548" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F548" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G548" t="s">
-        <v>898</v>
+        <v>772</v>
       </c>
       <c r="H548">
-        <v>52406</v>
+        <v>209677</v>
       </c>
       <c r="I548">
-        <v>65693</v>
+        <v>212283</v>
       </c>
       <c r="J548" t="s">
-        <v>899</v>
+        <v>773</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" t="s">
         <v>10</v>
       </c>
       <c r="B549" t="s">
         <v>11</v>
       </c>
       <c r="C549" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D549" t="s">
         <v>13</v>
       </c>
       <c r="E549" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F549" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G549" t="s">
-        <v>900</v>
+        <v>774</v>
       </c>
       <c r="H549">
-        <v>39448</v>
+        <v>207895</v>
       </c>
       <c r="I549">
-        <v>52405</v>
+        <v>209676</v>
       </c>
       <c r="J549" t="s">
-        <v>901</v>
+        <v>775</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" t="s">
         <v>10</v>
       </c>
       <c r="B550" t="s">
         <v>11</v>
       </c>
       <c r="C550" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D550" t="s">
         <v>13</v>
       </c>
       <c r="E550" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F550" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>15</v>
+      </c>
+      <c r="G550">
+        <v>942</v>
       </c>
       <c r="H550">
-        <v>35172</v>
+        <v>206953</v>
       </c>
       <c r="I550">
-        <v>39447</v>
+        <v>207894</v>
       </c>
       <c r="J550" t="s">
-        <v>903</v>
+        <v>776</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" t="s">
         <v>10</v>
       </c>
       <c r="B551" t="s">
         <v>11</v>
       </c>
       <c r="C551" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D551" t="s">
         <v>13</v>
       </c>
       <c r="E551" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F551" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G551" t="s">
-        <v>904</v>
+        <v>777</v>
       </c>
       <c r="H551">
-        <v>26688</v>
+        <v>205316</v>
       </c>
       <c r="I551">
-        <v>35171</v>
+        <v>206952</v>
       </c>
       <c r="J551" t="s">
-        <v>905</v>
+        <v>778</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" t="s">
         <v>10</v>
       </c>
       <c r="B552" t="s">
         <v>11</v>
       </c>
       <c r="C552" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D552" t="s">
         <v>13</v>
       </c>
       <c r="E552" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F552" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>15</v>
+      </c>
+      <c r="G552">
+        <v>796</v>
       </c>
       <c r="H552">
-        <v>25236</v>
+        <v>204520</v>
       </c>
       <c r="I552">
-        <v>26687</v>
+        <v>205315</v>
       </c>
       <c r="J552" t="s">
-        <v>907</v>
+        <v>779</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" t="s">
         <v>10</v>
       </c>
       <c r="B553" t="s">
         <v>11</v>
       </c>
       <c r="C553" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D553" t="s">
         <v>13</v>
       </c>
       <c r="E553" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F553" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G553" t="s">
-        <v>908</v>
+        <v>780</v>
       </c>
       <c r="H553">
-        <v>22339</v>
+        <v>202246</v>
       </c>
       <c r="I553">
-        <v>25235</v>
+        <v>204519</v>
       </c>
       <c r="J553" t="s">
-        <v>909</v>
+        <v>781</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" t="s">
         <v>10</v>
       </c>
       <c r="B554" t="s">
         <v>11</v>
       </c>
       <c r="C554" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D554" t="s">
         <v>13</v>
       </c>
       <c r="E554" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F554" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G554" t="s">
-        <v>774</v>
+        <v>451</v>
       </c>
       <c r="H554">
-        <v>20976</v>
+        <v>201134</v>
       </c>
       <c r="I554">
-        <v>22338</v>
+        <v>202245</v>
       </c>
       <c r="J554" t="s">
-        <v>910</v>
+        <v>782</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" t="s">
         <v>10</v>
       </c>
       <c r="B555" t="s">
         <v>11</v>
       </c>
       <c r="C555" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D555" t="s">
         <v>13</v>
       </c>
       <c r="E555" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F555" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G555" t="s">
-        <v>911</v>
+        <v>783</v>
       </c>
       <c r="H555">
-        <v>17524</v>
+        <v>197860</v>
       </c>
       <c r="I555">
-        <v>20975</v>
+        <v>201133</v>
       </c>
       <c r="J555" t="s">
-        <v>912</v>
+        <v>784</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" t="s">
         <v>10</v>
       </c>
       <c r="B556" t="s">
         <v>11</v>
       </c>
       <c r="C556" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D556" t="s">
         <v>13</v>
       </c>
       <c r="E556" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F556" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G556" t="s">
-        <v>913</v>
+        <v>785</v>
       </c>
       <c r="H556">
-        <v>10596</v>
+        <v>195813</v>
       </c>
       <c r="I556">
-        <v>17523</v>
+        <v>197859</v>
       </c>
       <c r="J556" t="s">
-        <v>914</v>
+        <v>786</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" t="s">
         <v>10</v>
       </c>
       <c r="B557" t="s">
         <v>11</v>
       </c>
       <c r="C557" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D557" t="s">
         <v>13</v>
       </c>
       <c r="E557" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F557" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G557" t="s">
-        <v>915</v>
+        <v>107</v>
       </c>
       <c r="H557">
-        <v>9279</v>
+        <v>194548</v>
       </c>
       <c r="I557">
-        <v>10595</v>
+        <v>195812</v>
       </c>
       <c r="J557" t="s">
-        <v>916</v>
+        <v>787</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" t="s">
         <v>10</v>
       </c>
       <c r="B558" t="s">
         <v>11</v>
       </c>
       <c r="C558" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D558" t="s">
         <v>13</v>
       </c>
       <c r="E558" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F558" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G558" t="s">
-        <v>917</v>
+        <v>788</v>
       </c>
       <c r="H558">
-        <v>7631</v>
+        <v>192949</v>
       </c>
       <c r="I558">
-        <v>9278</v>
+        <v>194547</v>
       </c>
       <c r="J558" t="s">
-        <v>918</v>
+        <v>789</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" t="s">
         <v>10</v>
       </c>
       <c r="B559" t="s">
         <v>11</v>
       </c>
       <c r="C559" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D559" t="s">
         <v>13</v>
       </c>
       <c r="E559" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F559" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>15</v>
+      </c>
+      <c r="G559">
+        <v>978</v>
       </c>
       <c r="H559">
-        <v>6037</v>
+        <v>191971</v>
       </c>
       <c r="I559">
-        <v>7630</v>
+        <v>192948</v>
       </c>
       <c r="J559" t="s">
-        <v>919</v>
+        <v>790</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" t="s">
         <v>10</v>
       </c>
       <c r="B560" t="s">
         <v>11</v>
       </c>
       <c r="C560" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D560" t="s">
         <v>13</v>
       </c>
       <c r="E560" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F560" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G560">
-        <v>559</v>
+        <v>807</v>
       </c>
       <c r="H560">
-        <v>5478</v>
+        <v>191164</v>
       </c>
       <c r="I560">
-        <v>6036</v>
+        <v>191970</v>
       </c>
       <c r="J560" t="s">
-        <v>920</v>
+        <v>791</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" t="s">
         <v>10</v>
       </c>
       <c r="B561" t="s">
         <v>11</v>
       </c>
       <c r="C561" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D561" t="s">
         <v>13</v>
       </c>
       <c r="E561" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F561" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>15</v>
+      </c>
+      <c r="G561" t="s">
+        <v>792</v>
       </c>
       <c r="H561">
-        <v>4702</v>
+        <v>189524</v>
       </c>
       <c r="I561">
-        <v>5477</v>
+        <v>191163</v>
       </c>
       <c r="J561" t="s">
-        <v>921</v>
+        <v>793</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" t="s">
         <v>10</v>
       </c>
       <c r="B562" t="s">
         <v>11</v>
       </c>
       <c r="C562" t="s">
-        <v>893</v>
+        <v>771</v>
       </c>
       <c r="D562" t="s">
         <v>13</v>
       </c>
       <c r="E562" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F562" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>15</v>
+      </c>
+      <c r="G562" t="s">
+        <v>794</v>
       </c>
       <c r="H562">
-        <v>4318</v>
+        <v>188444</v>
       </c>
       <c r="I562">
-        <v>4701</v>
+        <v>189523</v>
       </c>
       <c r="J562" t="s">
-        <v>922</v>
+        <v>795</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" t="s">
         <v>10</v>
       </c>
       <c r="B563" t="s">
         <v>11</v>
       </c>
       <c r="C563" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D563" t="s">
         <v>13</v>
       </c>
       <c r="E563" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F563" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G563" t="s">
-        <v>923</v>
+        <v>797</v>
       </c>
       <c r="H563">
-        <v>3079</v>
+        <v>186737</v>
       </c>
       <c r="I563">
-        <v>4317</v>
+        <v>188443</v>
       </c>
       <c r="J563" t="s">
-        <v>924</v>
+        <v>798</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" t="s">
         <v>10</v>
       </c>
       <c r="B564" t="s">
         <v>11</v>
       </c>
       <c r="C564" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D564" t="s">
         <v>13</v>
       </c>
       <c r="E564" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F564" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G564" t="s">
-        <v>925</v>
+        <v>799</v>
       </c>
       <c r="H564">
-        <v>1102</v>
+        <v>185577</v>
       </c>
       <c r="I564">
-        <v>3078</v>
+        <v>186736</v>
       </c>
       <c r="J564" t="s">
-        <v>926</v>
+        <v>800</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" t="s">
         <v>10</v>
       </c>
       <c r="B565" t="s">
         <v>11</v>
       </c>
       <c r="C565" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D565" t="s">
         <v>13</v>
       </c>
       <c r="E565" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F565" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G565">
-        <v>850</v>
+        <v>965</v>
       </c>
       <c r="H565">
-        <v>252</v>
+        <v>184612</v>
       </c>
       <c r="I565">
-        <v>1101</v>
+        <v>185576</v>
       </c>
       <c r="J565" t="s">
-        <v>927</v>
+        <v>801</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" t="s">
         <v>10</v>
       </c>
       <c r="B566" t="s">
         <v>11</v>
       </c>
       <c r="C566" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D566" t="s">
         <v>13</v>
       </c>
       <c r="E566" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F566" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G566">
-        <v>251</v>
+        <v>766</v>
       </c>
       <c r="H566">
-        <v>1</v>
+        <v>183846</v>
       </c>
       <c r="I566">
-        <v>251</v>
+        <v>184611</v>
       </c>
       <c r="J566" t="s">
-        <v>928</v>
+        <v>802</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" t="s">
         <v>10</v>
       </c>
       <c r="B567" t="s">
         <v>11</v>
       </c>
       <c r="C567" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D567" t="s">
         <v>13</v>
       </c>
       <c r="E567" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F567" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>15</v>
+      </c>
+      <c r="G567" t="s">
+        <v>255</v>
       </c>
       <c r="H567">
-        <v>144151</v>
+        <v>182253</v>
       </c>
       <c r="I567">
-        <v>144998</v>
+        <v>183845</v>
       </c>
       <c r="J567" t="s">
-        <v>929</v>
+        <v>803</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" t="s">
         <v>10</v>
       </c>
       <c r="B568" t="s">
         <v>11</v>
       </c>
       <c r="C568" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D568" t="s">
         <v>13</v>
       </c>
       <c r="E568" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F568" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G568" t="s">
-        <v>930</v>
+        <v>804</v>
       </c>
       <c r="H568">
-        <v>143132</v>
+        <v>180779</v>
       </c>
       <c r="I568">
-        <v>144150</v>
+        <v>182252</v>
       </c>
       <c r="J568" t="s">
-        <v>931</v>
+        <v>805</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" t="s">
         <v>10</v>
       </c>
       <c r="B569" t="s">
         <v>11</v>
       </c>
       <c r="C569" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D569" t="s">
         <v>13</v>
       </c>
       <c r="E569" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F569" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>15</v>
+      </c>
+      <c r="G569" t="s">
+        <v>806</v>
       </c>
       <c r="H569">
-        <v>142434</v>
+        <v>179383</v>
       </c>
       <c r="I569">
-        <v>143131</v>
+        <v>180778</v>
       </c>
       <c r="J569" t="s">
-        <v>932</v>
+        <v>807</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" t="s">
         <v>10</v>
       </c>
       <c r="B570" t="s">
         <v>11</v>
       </c>
       <c r="C570" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D570" t="s">
         <v>13</v>
       </c>
       <c r="E570" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F570" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G570">
-        <v>356</v>
+        <v>922</v>
       </c>
       <c r="H570">
-        <v>142078</v>
+        <v>178461</v>
       </c>
       <c r="I570">
-        <v>142433</v>
+        <v>179382</v>
       </c>
       <c r="J570" t="s">
-        <v>933</v>
+        <v>808</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" t="s">
         <v>10</v>
       </c>
       <c r="B571" t="s">
         <v>11</v>
       </c>
       <c r="C571" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D571" t="s">
         <v>13</v>
       </c>
       <c r="E571" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F571" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>15</v>
+      </c>
+      <c r="G571" t="s">
+        <v>809</v>
       </c>
       <c r="H571">
-        <v>141149</v>
+        <v>176675</v>
       </c>
       <c r="I571">
-        <v>142077</v>
+        <v>178460</v>
       </c>
       <c r="J571" t="s">
-        <v>934</v>
+        <v>810</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" t="s">
         <v>10</v>
       </c>
       <c r="B572" t="s">
         <v>11</v>
       </c>
       <c r="C572" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D572" t="s">
         <v>13</v>
       </c>
       <c r="E572" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F572" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G572" t="s">
-        <v>935</v>
+        <v>811</v>
       </c>
       <c r="H572">
-        <v>138102</v>
+        <v>173182</v>
       </c>
       <c r="I572">
-        <v>141148</v>
+        <v>176674</v>
       </c>
       <c r="J572" t="s">
-        <v>936</v>
+        <v>812</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" t="s">
         <v>10</v>
       </c>
       <c r="B573" t="s">
         <v>11</v>
       </c>
       <c r="C573" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D573" t="s">
         <v>13</v>
       </c>
       <c r="E573" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F573" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>15</v>
+      </c>
+      <c r="G573" t="s">
+        <v>813</v>
       </c>
       <c r="H573">
-        <v>137249</v>
+        <v>171444</v>
       </c>
       <c r="I573">
-        <v>138101</v>
+        <v>173181</v>
       </c>
       <c r="J573" t="s">
-        <v>937</v>
+        <v>814</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" t="s">
         <v>10</v>
       </c>
       <c r="B574" t="s">
         <v>11</v>
       </c>
       <c r="C574" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D574" t="s">
         <v>13</v>
       </c>
       <c r="E574" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F574" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G574" t="s">
-        <v>684</v>
+        <v>815</v>
       </c>
       <c r="H574">
-        <v>136112</v>
+        <v>169511</v>
       </c>
       <c r="I574">
-        <v>137248</v>
+        <v>171443</v>
       </c>
       <c r="J574" t="s">
-        <v>938</v>
+        <v>816</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" t="s">
         <v>10</v>
       </c>
       <c r="B575" t="s">
         <v>11</v>
       </c>
       <c r="C575" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D575" t="s">
         <v>13</v>
       </c>
       <c r="E575" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F575" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G575" t="s">
-        <v>939</v>
+        <v>817</v>
       </c>
       <c r="H575">
-        <v>134960</v>
+        <v>167459</v>
       </c>
       <c r="I575">
-        <v>136111</v>
+        <v>169510</v>
       </c>
       <c r="J575" t="s">
-        <v>940</v>
+        <v>818</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" t="s">
         <v>10</v>
       </c>
       <c r="B576" t="s">
         <v>11</v>
       </c>
       <c r="C576" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D576" t="s">
         <v>13</v>
       </c>
       <c r="E576" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F576" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G576" t="s">
-        <v>941</v>
+        <v>819</v>
       </c>
       <c r="H576">
-        <v>133905</v>
+        <v>165712</v>
       </c>
       <c r="I576">
-        <v>134959</v>
+        <v>167458</v>
       </c>
       <c r="J576" t="s">
-        <v>942</v>
+        <v>820</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" t="s">
         <v>10</v>
       </c>
       <c r="B577" t="s">
         <v>11</v>
       </c>
       <c r="C577" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D577" t="s">
         <v>13</v>
       </c>
       <c r="E577" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F577" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G577" t="s">
-        <v>943</v>
+        <v>821</v>
       </c>
       <c r="H577">
-        <v>131773</v>
+        <v>163795</v>
       </c>
       <c r="I577">
-        <v>133904</v>
+        <v>165711</v>
       </c>
       <c r="J577" t="s">
-        <v>944</v>
+        <v>822</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" t="s">
         <v>10</v>
       </c>
       <c r="B578" t="s">
         <v>11</v>
       </c>
       <c r="C578" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D578" t="s">
         <v>13</v>
       </c>
       <c r="E578" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F578" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G578" t="s">
-        <v>945</v>
+        <v>823</v>
       </c>
       <c r="H578">
-        <v>129256</v>
+        <v>160371</v>
       </c>
       <c r="I578">
-        <v>131772</v>
+        <v>163794</v>
       </c>
       <c r="J578" t="s">
-        <v>946</v>
+        <v>824</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" t="s">
         <v>10</v>
       </c>
       <c r="B579" t="s">
         <v>11</v>
       </c>
       <c r="C579" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D579" t="s">
         <v>13</v>
       </c>
       <c r="E579" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F579" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G579" t="s">
-        <v>947</v>
+        <v>825</v>
       </c>
       <c r="H579">
-        <v>125188</v>
+        <v>158343</v>
       </c>
       <c r="I579">
-        <v>129255</v>
+        <v>160370</v>
       </c>
       <c r="J579" t="s">
-        <v>948</v>
+        <v>826</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" t="s">
         <v>10</v>
       </c>
       <c r="B580" t="s">
         <v>11</v>
       </c>
       <c r="C580" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D580" t="s">
         <v>13</v>
       </c>
       <c r="E580" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F580" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G580" t="s">
-        <v>949</v>
+        <v>827</v>
       </c>
       <c r="H580">
-        <v>123008</v>
+        <v>156389</v>
       </c>
       <c r="I580">
-        <v>125187</v>
+        <v>158342</v>
       </c>
       <c r="J580" t="s">
-        <v>950</v>
+        <v>828</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" t="s">
         <v>10</v>
       </c>
       <c r="B581" t="s">
         <v>11</v>
       </c>
       <c r="C581" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D581" t="s">
         <v>13</v>
       </c>
       <c r="E581" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F581" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G581" t="s">
-        <v>658</v>
+        <v>829</v>
       </c>
       <c r="H581">
-        <v>121667</v>
+        <v>154128</v>
       </c>
       <c r="I581">
-        <v>123007</v>
+        <v>156388</v>
       </c>
       <c r="J581" t="s">
-        <v>951</v>
+        <v>830</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" t="s">
         <v>10</v>
       </c>
       <c r="B582" t="s">
         <v>11</v>
       </c>
       <c r="C582" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D582" t="s">
         <v>13</v>
       </c>
       <c r="E582" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F582" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G582">
+        <v>15</v>
+      </c>
+      <c r="G582" t="s">
         <v>831</v>
       </c>
       <c r="H582">
-        <v>120836</v>
+        <v>151414</v>
       </c>
       <c r="I582">
-        <v>121666</v>
+        <v>154127</v>
       </c>
       <c r="J582" t="s">
-        <v>952</v>
+        <v>832</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" t="s">
         <v>10</v>
       </c>
       <c r="B583" t="s">
         <v>11</v>
       </c>
       <c r="C583" t="s">
-        <v>893</v>
+        <v>796</v>
       </c>
       <c r="D583" t="s">
         <v>13</v>
       </c>
       <c r="E583" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F583" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>923</v>
+        <v>15</v>
+      </c>
+      <c r="G583" t="s">
+        <v>833</v>
       </c>
       <c r="H583">
-        <v>119913</v>
+        <v>148940</v>
       </c>
       <c r="I583">
-        <v>120835</v>
+        <v>151413</v>
       </c>
       <c r="J583" t="s">
-        <v>953</v>
+        <v>834</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" t="s">
         <v>10</v>
       </c>
       <c r="B584" t="s">
         <v>11</v>
       </c>
       <c r="C584" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D584" t="s">
         <v>13</v>
       </c>
       <c r="E584" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F584" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G584" t="s">
-        <v>954</v>
+        <v>836</v>
       </c>
       <c r="H584">
-        <v>118480</v>
+        <v>144916</v>
       </c>
       <c r="I584">
-        <v>119912</v>
+        <v>148939</v>
       </c>
       <c r="J584" t="s">
-        <v>955</v>
+        <v>837</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" t="s">
         <v>10</v>
       </c>
       <c r="B585" t="s">
         <v>11</v>
       </c>
       <c r="C585" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D585" t="s">
         <v>13</v>
       </c>
       <c r="E585" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F585" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>15</v>
+      </c>
+      <c r="G585">
+        <v>548</v>
       </c>
       <c r="H585">
-        <v>117331</v>
+        <v>144368</v>
       </c>
       <c r="I585">
-        <v>118479</v>
+        <v>144915</v>
       </c>
       <c r="J585" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" t="s">
         <v>10</v>
       </c>
       <c r="B586" t="s">
         <v>11</v>
       </c>
       <c r="C586" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D586" t="s">
         <v>13</v>
       </c>
       <c r="E586" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F586" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>15</v>
+      </c>
+      <c r="G586" t="s">
+        <v>736</v>
       </c>
       <c r="H586">
-        <v>116422</v>
+        <v>143322</v>
       </c>
       <c r="I586">
-        <v>117330</v>
+        <v>144367</v>
       </c>
       <c r="J586" t="s">
-        <v>958</v>
+        <v>839</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" t="s">
         <v>10</v>
       </c>
       <c r="B587" t="s">
         <v>11</v>
       </c>
       <c r="C587" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D587" t="s">
         <v>13</v>
       </c>
       <c r="E587" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F587" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>15</v>
+      </c>
+      <c r="G587">
+        <v>557</v>
       </c>
       <c r="H587">
-        <v>114518</v>
+        <v>142765</v>
       </c>
       <c r="I587">
-        <v>116421</v>
+        <v>143321</v>
       </c>
       <c r="J587" t="s">
-        <v>960</v>
+        <v>840</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" t="s">
         <v>10</v>
       </c>
       <c r="B588" t="s">
         <v>11</v>
       </c>
       <c r="C588" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D588" t="s">
         <v>13</v>
       </c>
       <c r="E588" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F588" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G588" t="s">
-        <v>686</v>
+        <v>841</v>
       </c>
       <c r="H588">
-        <v>112913</v>
+        <v>139888</v>
       </c>
       <c r="I588">
-        <v>114517</v>
+        <v>142764</v>
       </c>
       <c r="J588" t="s">
-        <v>961</v>
+        <v>842</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" t="s">
         <v>10</v>
       </c>
       <c r="B589" t="s">
         <v>11</v>
       </c>
       <c r="C589" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D589" t="s">
         <v>13</v>
       </c>
       <c r="E589" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F589" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G589">
-        <v>273</v>
+        <v>311</v>
       </c>
       <c r="H589">
-        <v>112640</v>
+        <v>139577</v>
       </c>
       <c r="I589">
-        <v>112912</v>
+        <v>139887</v>
       </c>
       <c r="J589" t="s">
-        <v>962</v>
+        <v>843</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" t="s">
         <v>10</v>
       </c>
       <c r="B590" t="s">
         <v>11</v>
       </c>
       <c r="C590" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D590" t="s">
         <v>13</v>
       </c>
       <c r="E590" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F590" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G590" t="s">
-        <v>963</v>
+        <v>714</v>
       </c>
       <c r="H590">
-        <v>110140</v>
+        <v>138573</v>
       </c>
       <c r="I590">
-        <v>112639</v>
+        <v>139576</v>
       </c>
       <c r="J590" t="s">
-        <v>964</v>
+        <v>844</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" t="s">
         <v>10</v>
       </c>
       <c r="B591" t="s">
         <v>11</v>
       </c>
       <c r="C591" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D591" t="s">
         <v>13</v>
       </c>
       <c r="E591" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F591" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G591" t="s">
-        <v>965</v>
+        <v>845</v>
       </c>
       <c r="H591">
-        <v>109114</v>
+        <v>135448</v>
       </c>
       <c r="I591">
-        <v>110139</v>
+        <v>138572</v>
       </c>
       <c r="J591" t="s">
-        <v>966</v>
+        <v>846</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" t="s">
         <v>10</v>
       </c>
       <c r="B592" t="s">
         <v>11</v>
       </c>
       <c r="C592" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D592" t="s">
         <v>13</v>
       </c>
       <c r="E592" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F592" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G592" t="s">
-        <v>967</v>
+        <v>847</v>
       </c>
       <c r="H592">
-        <v>107038</v>
+        <v>130722</v>
       </c>
       <c r="I592">
-        <v>109113</v>
+        <v>135447</v>
       </c>
       <c r="J592" t="s">
-        <v>968</v>
+        <v>848</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" t="s">
         <v>10</v>
       </c>
       <c r="B593" t="s">
         <v>11</v>
       </c>
       <c r="C593" t="s">
-        <v>893</v>
+        <v>835</v>
       </c>
       <c r="D593" t="s">
         <v>13</v>
       </c>
       <c r="E593" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F593" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G593" t="s">
-        <v>969</v>
+        <v>849</v>
       </c>
       <c r="H593">
-        <v>105171</v>
+        <v>123811</v>
       </c>
       <c r="I593">
-        <v>107037</v>
+        <v>130721</v>
       </c>
       <c r="J593" t="s">
-        <v>970</v>
+        <v>850</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" t="s">
         <v>10</v>
       </c>
       <c r="B594" t="s">
         <v>11</v>
       </c>
       <c r="C594" t="s">
-        <v>893</v>
+        <v>851</v>
       </c>
       <c r="D594" t="s">
         <v>13</v>
       </c>
       <c r="E594" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F594" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>15</v>
+      </c>
+      <c r="G594">
+        <v>525</v>
       </c>
       <c r="H594">
-        <v>103754</v>
+        <v>123286</v>
       </c>
       <c r="I594">
-        <v>105170</v>
+        <v>123810</v>
       </c>
       <c r="J594" t="s">
-        <v>971</v>
+        <v>852</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" t="s">
         <v>10</v>
       </c>
       <c r="B595" t="s">
         <v>11</v>
       </c>
       <c r="C595" t="s">
-        <v>893</v>
+        <v>851</v>
       </c>
       <c r="D595" t="s">
         <v>13</v>
       </c>
       <c r="E595" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F595" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G595" t="s">
-        <v>972</v>
+        <v>853</v>
       </c>
       <c r="H595">
-        <v>102537</v>
+        <v>96087</v>
       </c>
       <c r="I595">
-        <v>103753</v>
+        <v>123285</v>
       </c>
       <c r="J595" t="s">
-        <v>973</v>
+        <v>854</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" t="s">
         <v>10</v>
       </c>
       <c r="B596" t="s">
         <v>11</v>
       </c>
       <c r="C596" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D596" t="s">
         <v>13</v>
       </c>
       <c r="E596" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F596" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>708</v>
+        <v>15</v>
+      </c>
+      <c r="G596" t="s">
+        <v>856</v>
       </c>
       <c r="H596">
-        <v>101829</v>
+        <v>94487</v>
       </c>
       <c r="I596">
-        <v>102536</v>
+        <v>96086</v>
       </c>
       <c r="J596" t="s">
-        <v>974</v>
+        <v>857</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" t="s">
         <v>10</v>
       </c>
       <c r="B597" t="s">
         <v>11</v>
       </c>
       <c r="C597" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D597" t="s">
         <v>13</v>
       </c>
       <c r="E597" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F597" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G597" t="s">
-        <v>975</v>
+        <v>858</v>
       </c>
       <c r="H597">
-        <v>100568</v>
+        <v>92313</v>
       </c>
       <c r="I597">
-        <v>101828</v>
+        <v>94486</v>
       </c>
       <c r="J597" t="s">
-        <v>976</v>
+        <v>859</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" t="s">
         <v>10</v>
       </c>
       <c r="B598" t="s">
         <v>11</v>
       </c>
       <c r="C598" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D598" t="s">
         <v>13</v>
       </c>
       <c r="E598" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F598" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G598" t="s">
-        <v>977</v>
+        <v>860</v>
       </c>
       <c r="H598">
-        <v>98870</v>
+        <v>90282</v>
       </c>
       <c r="I598">
-        <v>100567</v>
+        <v>92312</v>
       </c>
       <c r="J598" t="s">
-        <v>978</v>
+        <v>861</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" t="s">
         <v>10</v>
       </c>
       <c r="B599" t="s">
         <v>11</v>
       </c>
       <c r="C599" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D599" t="s">
         <v>13</v>
       </c>
       <c r="E599" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F599" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>979</v>
+        <v>15</v>
+      </c>
+      <c r="G599">
+        <v>721</v>
       </c>
       <c r="H599">
-        <v>97774</v>
+        <v>89561</v>
       </c>
       <c r="I599">
-        <v>98869</v>
+        <v>90281</v>
       </c>
       <c r="J599" t="s">
-        <v>980</v>
+        <v>862</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" t="s">
         <v>10</v>
       </c>
       <c r="B600" t="s">
         <v>11</v>
       </c>
       <c r="C600" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D600" t="s">
         <v>13</v>
       </c>
       <c r="E600" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F600" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G600">
-        <v>723</v>
+        <v>340</v>
       </c>
       <c r="H600">
-        <v>97051</v>
+        <v>89221</v>
       </c>
       <c r="I600">
-        <v>97773</v>
+        <v>89560</v>
       </c>
       <c r="J600" t="s">
-        <v>981</v>
+        <v>863</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" t="s">
         <v>10</v>
       </c>
       <c r="B601" t="s">
         <v>11</v>
       </c>
       <c r="C601" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D601" t="s">
         <v>13</v>
       </c>
       <c r="E601" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F601" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G601">
-        <v>586</v>
+        <v>854</v>
       </c>
       <c r="H601">
-        <v>96465</v>
+        <v>88367</v>
       </c>
       <c r="I601">
-        <v>97050</v>
+        <v>89220</v>
       </c>
       <c r="J601" t="s">
-        <v>982</v>
+        <v>864</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" t="s">
         <v>10</v>
       </c>
       <c r="B602" t="s">
         <v>11</v>
       </c>
       <c r="C602" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D602" t="s">
         <v>13</v>
       </c>
       <c r="E602" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F602" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>15</v>
+      </c>
+      <c r="G602" t="s">
+        <v>865</v>
       </c>
       <c r="H602">
-        <v>95917</v>
+        <v>86609</v>
       </c>
       <c r="I602">
-        <v>96464</v>
+        <v>88366</v>
       </c>
       <c r="J602" t="s">
-        <v>983</v>
+        <v>866</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" t="s">
         <v>10</v>
       </c>
       <c r="B603" t="s">
         <v>11</v>
       </c>
       <c r="C603" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D603" t="s">
         <v>13</v>
       </c>
       <c r="E603" t="s">
-        <v>835</v>
+        <v>21</v>
       </c>
       <c r="F603" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G603">
-        <v>738</v>
+        <v>278</v>
       </c>
       <c r="H603">
-        <v>95179</v>
+        <v>86331</v>
       </c>
       <c r="I603">
-        <v>95916</v>
+        <v>86608</v>
       </c>
       <c r="J603" t="s">
-        <v>984</v>
+        <v>867</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" t="s">
         <v>10</v>
       </c>
       <c r="B604" t="s">
         <v>11</v>
       </c>
       <c r="C604" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D604" t="s">
         <v>13</v>
       </c>
       <c r="E604" t="s">
         <v>21</v>
       </c>
       <c r="F604" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G604" t="s">
-        <v>985</v>
+        <v>868</v>
       </c>
       <c r="H604">
-        <v>92096</v>
+        <v>84496</v>
       </c>
       <c r="I604">
-        <v>95178</v>
+        <v>86330</v>
       </c>
       <c r="J604" t="s">
-        <v>986</v>
+        <v>869</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" t="s">
         <v>10</v>
       </c>
       <c r="B605" t="s">
         <v>11</v>
       </c>
       <c r="C605" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D605" t="s">
         <v>13</v>
       </c>
       <c r="E605" t="s">
         <v>21</v>
       </c>
       <c r="F605" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>784</v>
+        <v>15</v>
+      </c>
+      <c r="G605" t="s">
+        <v>870</v>
       </c>
       <c r="H605">
-        <v>91312</v>
+        <v>82739</v>
       </c>
       <c r="I605">
-        <v>92095</v>
+        <v>84495</v>
       </c>
       <c r="J605" t="s">
-        <v>987</v>
+        <v>871</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" t="s">
         <v>10</v>
       </c>
       <c r="B606" t="s">
         <v>11</v>
       </c>
       <c r="C606" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D606" t="s">
         <v>13</v>
       </c>
       <c r="E606" t="s">
         <v>21</v>
       </c>
       <c r="F606" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G606" t="s">
-        <v>906</v>
+        <v>872</v>
       </c>
       <c r="H606">
-        <v>89860</v>
+        <v>81062</v>
       </c>
       <c r="I606">
-        <v>91311</v>
+        <v>82738</v>
       </c>
       <c r="J606" t="s">
-        <v>988</v>
+        <v>873</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" t="s">
         <v>10</v>
       </c>
       <c r="B607" t="s">
         <v>11</v>
       </c>
       <c r="C607" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D607" t="s">
         <v>13</v>
       </c>
       <c r="E607" t="s">
         <v>21</v>
       </c>
       <c r="F607" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G607" t="s">
-        <v>989</v>
+        <v>874</v>
       </c>
       <c r="H607">
-        <v>88628</v>
+        <v>79628</v>
       </c>
       <c r="I607">
-        <v>89859</v>
+        <v>81061</v>
       </c>
       <c r="J607" t="s">
-        <v>990</v>
+        <v>875</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" t="s">
         <v>10</v>
       </c>
       <c r="B608" t="s">
         <v>11</v>
       </c>
       <c r="C608" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D608" t="s">
         <v>13</v>
       </c>
       <c r="E608" t="s">
         <v>21</v>
       </c>
       <c r="F608" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G608" t="s">
-        <v>991</v>
+        <v>876</v>
       </c>
       <c r="H608">
-        <v>86001</v>
+        <v>608501</v>
       </c>
       <c r="I608">
-        <v>88627</v>
+        <v>609554</v>
       </c>
       <c r="J608" t="s">
-        <v>992</v>
+        <v>877</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" t="s">
         <v>10</v>
       </c>
       <c r="B609" t="s">
         <v>11</v>
       </c>
       <c r="C609" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D609" t="s">
         <v>13</v>
       </c>
       <c r="E609" t="s">
         <v>21</v>
       </c>
       <c r="F609" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>15</v>
+      </c>
+      <c r="G609" t="s">
+        <v>878</v>
       </c>
       <c r="H609">
-        <v>85299</v>
+        <v>606293</v>
       </c>
       <c r="I609">
-        <v>86000</v>
+        <v>608500</v>
       </c>
       <c r="J609" t="s">
-        <v>993</v>
+        <v>879</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" t="s">
         <v>10</v>
       </c>
       <c r="B610" t="s">
         <v>11</v>
       </c>
       <c r="C610" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D610" t="s">
         <v>13</v>
       </c>
       <c r="E610" t="s">
         <v>21</v>
       </c>
       <c r="F610" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G610" t="s">
-        <v>994</v>
+        <v>880</v>
       </c>
       <c r="H610">
-        <v>83525</v>
+        <v>602683</v>
       </c>
       <c r="I610">
-        <v>85298</v>
+        <v>606292</v>
       </c>
       <c r="J610" t="s">
-        <v>995</v>
+        <v>881</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" t="s">
         <v>10</v>
       </c>
       <c r="B611" t="s">
         <v>11</v>
       </c>
       <c r="C611" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D611" t="s">
         <v>13</v>
       </c>
       <c r="E611" t="s">
         <v>21</v>
       </c>
       <c r="F611" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G611" t="s">
-        <v>299</v>
+        <v>882</v>
       </c>
       <c r="H611">
-        <v>81390</v>
+        <v>600039</v>
       </c>
       <c r="I611">
-        <v>83524</v>
+        <v>602682</v>
       </c>
       <c r="J611" t="s">
-        <v>996</v>
+        <v>883</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" t="s">
         <v>10</v>
       </c>
       <c r="B612" t="s">
         <v>11</v>
       </c>
       <c r="C612" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D612" t="s">
         <v>13</v>
       </c>
       <c r="E612" t="s">
         <v>21</v>
       </c>
       <c r="F612" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G612" t="s">
-        <v>997</v>
+        <v>884</v>
       </c>
       <c r="H612">
-        <v>79902</v>
+        <v>597329</v>
       </c>
       <c r="I612">
-        <v>81389</v>
+        <v>600038</v>
       </c>
       <c r="J612" t="s">
-        <v>998</v>
+        <v>885</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" t="s">
         <v>10</v>
       </c>
       <c r="B613" t="s">
         <v>11</v>
       </c>
       <c r="C613" t="s">
-        <v>893</v>
+        <v>855</v>
       </c>
       <c r="D613" t="s">
         <v>13</v>
       </c>
       <c r="E613" t="s">
         <v>21</v>
       </c>
       <c r="F613" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>15</v>
+      </c>
+      <c r="G613" t="s">
+        <v>886</v>
       </c>
       <c r="H613">
-        <v>79352</v>
+        <v>593891</v>
       </c>
       <c r="I613">
-        <v>79901</v>
+        <v>597328</v>
       </c>
       <c r="J613" t="s">
-        <v>999</v>
+        <v>887</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" t="s">
         <v>10</v>
       </c>
       <c r="B614" t="s">
         <v>11</v>
       </c>
       <c r="C614" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D614" t="s">
         <v>13</v>
       </c>
       <c r="E614" t="s">
         <v>21</v>
       </c>
       <c r="F614" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G614" t="s">
-        <v>1000</v>
+        <v>889</v>
       </c>
       <c r="H614">
-        <v>75209</v>
+        <v>588611</v>
       </c>
       <c r="I614">
-        <v>79351</v>
+        <v>593890</v>
       </c>
       <c r="J614" t="s">
-        <v>1001</v>
+        <v>890</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" t="s">
         <v>10</v>
       </c>
       <c r="B615" t="s">
         <v>11</v>
       </c>
       <c r="C615" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D615" t="s">
         <v>13</v>
       </c>
       <c r="E615" t="s">
         <v>21</v>
       </c>
       <c r="F615" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1002</v>
+        <v>15</v>
+      </c>
+      <c r="G615">
+        <v>411</v>
       </c>
       <c r="H615">
-        <v>73780</v>
+        <v>588200</v>
       </c>
       <c r="I615">
-        <v>75208</v>
+        <v>588610</v>
       </c>
       <c r="J615" t="s">
-        <v>1003</v>
+        <v>891</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" t="s">
         <v>10</v>
       </c>
       <c r="B616" t="s">
         <v>11</v>
       </c>
       <c r="C616" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D616" t="s">
         <v>13</v>
       </c>
       <c r="E616" t="s">
         <v>21</v>
       </c>
       <c r="F616" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>15</v>
+      </c>
+      <c r="G616">
+        <v>548</v>
       </c>
       <c r="H616">
-        <v>72631</v>
+        <v>587652</v>
       </c>
       <c r="I616">
-        <v>73779</v>
+        <v>588199</v>
       </c>
       <c r="J616" t="s">
-        <v>1004</v>
+        <v>892</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" t="s">
         <v>10</v>
       </c>
       <c r="B617" t="s">
         <v>11</v>
       </c>
       <c r="C617" t="s">
+        <v>888</v>
+      </c>
+      <c r="D617" t="s">
+        <v>13</v>
+      </c>
+      <c r="E617" t="s">
+        <v>21</v>
+      </c>
+      <c r="F617" t="s">
+        <v>15</v>
+      </c>
+      <c r="G617" t="s">
         <v>893</v>
       </c>
-      <c r="D617" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H617">
-        <v>71277</v>
+        <v>585003</v>
       </c>
       <c r="I617">
-        <v>72630</v>
+        <v>587651</v>
       </c>
       <c r="J617" t="s">
-        <v>1006</v>
+        <v>894</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" t="s">
         <v>10</v>
       </c>
       <c r="B618" t="s">
         <v>11</v>
       </c>
       <c r="C618" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D618" t="s">
         <v>13</v>
       </c>
       <c r="E618" t="s">
         <v>21</v>
       </c>
       <c r="F618" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>15</v>
+      </c>
+      <c r="G618">
+        <v>251</v>
       </c>
       <c r="H618">
-        <v>69116</v>
+        <v>584752</v>
       </c>
       <c r="I618">
-        <v>71276</v>
+        <v>585002</v>
       </c>
       <c r="J618" t="s">
-        <v>1008</v>
+        <v>895</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" t="s">
         <v>10</v>
       </c>
       <c r="B619" t="s">
         <v>11</v>
       </c>
       <c r="C619" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D619" t="s">
         <v>13</v>
       </c>
       <c r="E619" t="s">
         <v>21</v>
       </c>
       <c r="F619" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>15</v>
+      </c>
+      <c r="G619" t="s">
+        <v>896</v>
       </c>
       <c r="H619">
-        <v>68387</v>
+        <v>582313</v>
       </c>
       <c r="I619">
-        <v>69115</v>
+        <v>584751</v>
       </c>
       <c r="J619" t="s">
-        <v>1009</v>
+        <v>897</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" t="s">
         <v>10</v>
       </c>
       <c r="B620" t="s">
         <v>11</v>
       </c>
       <c r="C620" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D620" t="s">
         <v>13</v>
       </c>
       <c r="E620" t="s">
         <v>21</v>
       </c>
       <c r="F620" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G620" t="s">
-        <v>1010</v>
+        <v>898</v>
       </c>
       <c r="H620">
-        <v>66319</v>
+        <v>580449</v>
       </c>
       <c r="I620">
-        <v>68386</v>
+        <v>582312</v>
       </c>
       <c r="J620" t="s">
-        <v>1011</v>
+        <v>899</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" t="s">
         <v>10</v>
       </c>
       <c r="B621" t="s">
         <v>11</v>
       </c>
       <c r="C621" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D621" t="s">
         <v>13</v>
       </c>
       <c r="E621" t="s">
         <v>21</v>
       </c>
       <c r="F621" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1012</v>
+        <v>15</v>
+      </c>
+      <c r="G621">
+        <v>912</v>
       </c>
       <c r="H621">
-        <v>64745</v>
+        <v>579537</v>
       </c>
       <c r="I621">
-        <v>66318</v>
+        <v>580448</v>
       </c>
       <c r="J621" t="s">
-        <v>1013</v>
+        <v>900</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" t="s">
         <v>10</v>
       </c>
       <c r="B622" t="s">
         <v>11</v>
       </c>
       <c r="C622" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D622" t="s">
         <v>13</v>
       </c>
       <c r="E622" t="s">
         <v>21</v>
       </c>
       <c r="F622" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G622">
-        <v>921</v>
+        <v>548</v>
       </c>
       <c r="H622">
-        <v>63824</v>
+        <v>578989</v>
       </c>
       <c r="I622">
-        <v>64744</v>
+        <v>579536</v>
       </c>
       <c r="J622" t="s">
-        <v>1014</v>
+        <v>901</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" t="s">
         <v>10</v>
       </c>
       <c r="B623" t="s">
         <v>11</v>
       </c>
       <c r="C623" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D623" t="s">
         <v>13</v>
       </c>
       <c r="E623" t="s">
         <v>21</v>
       </c>
       <c r="F623" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>15</v>
+      </c>
+      <c r="G623" t="s">
+        <v>714</v>
       </c>
       <c r="H623">
-        <v>62971</v>
+        <v>577985</v>
       </c>
       <c r="I623">
-        <v>63823</v>
+        <v>578988</v>
       </c>
       <c r="J623" t="s">
-        <v>1015</v>
+        <v>902</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" t="s">
         <v>10</v>
       </c>
       <c r="B624" t="s">
         <v>11</v>
       </c>
       <c r="C624" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D624" t="s">
         <v>13</v>
       </c>
       <c r="E624" t="s">
         <v>21</v>
       </c>
       <c r="F624" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G624" t="s">
-        <v>1016</v>
+        <v>903</v>
       </c>
       <c r="H624">
-        <v>61640</v>
+        <v>576901</v>
       </c>
       <c r="I624">
-        <v>62970</v>
+        <v>577984</v>
       </c>
       <c r="J624" t="s">
-        <v>1017</v>
+        <v>904</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" t="s">
         <v>10</v>
       </c>
       <c r="B625" t="s">
         <v>11</v>
       </c>
       <c r="C625" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D625" t="s">
         <v>13</v>
       </c>
       <c r="E625" t="s">
         <v>21</v>
       </c>
       <c r="F625" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G625" t="s">
-        <v>1018</v>
+        <v>849</v>
       </c>
       <c r="H625">
-        <v>60172</v>
+        <v>569990</v>
       </c>
       <c r="I625">
-        <v>61639</v>
+        <v>576900</v>
       </c>
       <c r="J625" t="s">
-        <v>1019</v>
+        <v>905</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" t="s">
         <v>10</v>
       </c>
       <c r="B626" t="s">
         <v>11</v>
       </c>
       <c r="C626" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D626" t="s">
         <v>13</v>
       </c>
       <c r="E626" t="s">
         <v>21</v>
       </c>
       <c r="F626" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G626" t="s">
-        <v>1020</v>
+        <v>906</v>
       </c>
       <c r="H626">
-        <v>57608</v>
+        <v>555866</v>
       </c>
       <c r="I626">
-        <v>60171</v>
+        <v>569989</v>
       </c>
       <c r="J626" t="s">
-        <v>1021</v>
+        <v>907</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" t="s">
         <v>10</v>
       </c>
       <c r="B627" t="s">
         <v>11</v>
       </c>
       <c r="C627" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D627" t="s">
         <v>13</v>
       </c>
       <c r="E627" t="s">
         <v>21</v>
       </c>
       <c r="F627" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G627" t="s">
-        <v>1022</v>
+        <v>908</v>
       </c>
       <c r="H627">
-        <v>55020</v>
+        <v>544986</v>
       </c>
       <c r="I627">
-        <v>57607</v>
+        <v>555865</v>
       </c>
       <c r="J627" t="s">
-        <v>1023</v>
+        <v>909</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" t="s">
         <v>10</v>
       </c>
       <c r="B628" t="s">
         <v>11</v>
       </c>
       <c r="C628" t="s">
-        <v>893</v>
+        <v>910</v>
       </c>
       <c r="D628" t="s">
         <v>13</v>
       </c>
       <c r="E628" t="s">
-        <v>21</v>
+        <v>911</v>
       </c>
       <c r="F628" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="G628" t="s">
-        <v>1024</v>
+        <v>912</v>
       </c>
       <c r="H628">
-        <v>53897</v>
+        <v>68203</v>
       </c>
       <c r="I628">
-        <v>55019</v>
+        <v>73142</v>
       </c>
       <c r="J628" t="s">
-        <v>1025</v>
+        <v>913</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" t="s">
         <v>10</v>
       </c>
       <c r="B629" t="s">
         <v>11</v>
       </c>
       <c r="C629" t="s">
-        <v>893</v>
+        <v>914</v>
       </c>
       <c r="D629" t="s">
         <v>13</v>
       </c>
       <c r="E629" t="s">
         <v>21</v>
       </c>
       <c r="F629" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G629" t="s">
-        <v>1026</v>
+        <v>915</v>
       </c>
       <c r="H629">
-        <v>51632</v>
+        <v>543602</v>
       </c>
       <c r="I629">
-        <v>53896</v>
+        <v>544985</v>
       </c>
       <c r="J629" t="s">
-        <v>1027</v>
+        <v>916</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" t="s">
         <v>10</v>
       </c>
       <c r="B630" t="s">
         <v>11</v>
       </c>
       <c r="C630" t="s">
-        <v>893</v>
+        <v>914</v>
       </c>
       <c r="D630" t="s">
         <v>13</v>
       </c>
       <c r="E630" t="s">
         <v>21</v>
       </c>
       <c r="F630" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>15</v>
+      </c>
+      <c r="G630" t="s">
+        <v>917</v>
       </c>
       <c r="H630">
-        <v>50968</v>
+        <v>540852</v>
       </c>
       <c r="I630">
-        <v>51631</v>
+        <v>543601</v>
       </c>
       <c r="J630" t="s">
-        <v>1028</v>
+        <v>918</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" t="s">
         <v>10</v>
       </c>
       <c r="B631" t="s">
         <v>11</v>
       </c>
       <c r="C631" t="s">
-        <v>1029</v>
+        <v>914</v>
       </c>
       <c r="D631" t="s">
         <v>13</v>
       </c>
       <c r="E631" t="s">
         <v>21</v>
       </c>
       <c r="F631" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G631">
-        <v>824</v>
+        <v>853</v>
       </c>
       <c r="H631">
-        <v>50144</v>
+        <v>539999</v>
       </c>
       <c r="I631">
-        <v>50967</v>
+        <v>540851</v>
       </c>
       <c r="J631" t="s">
-        <v>1030</v>
+        <v>919</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" t="s">
         <v>10</v>
       </c>
       <c r="B632" t="s">
         <v>11</v>
       </c>
       <c r="C632" t="s">
-        <v>1029</v>
+        <v>914</v>
       </c>
       <c r="D632" t="s">
         <v>13</v>
       </c>
       <c r="E632" t="s">
         <v>21</v>
       </c>
       <c r="F632" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>15</v>
+      </c>
+      <c r="G632" t="s">
+        <v>920</v>
       </c>
       <c r="H632">
-        <v>49639</v>
+        <v>538130</v>
       </c>
       <c r="I632">
-        <v>50143</v>
+        <v>539998</v>
       </c>
       <c r="J632" t="s">
-        <v>1031</v>
+        <v>921</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" t="s">
         <v>10</v>
       </c>
       <c r="B633" t="s">
         <v>11</v>
       </c>
       <c r="C633" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D633" t="s">
         <v>13</v>
       </c>
       <c r="E633" t="s">
         <v>21</v>
       </c>
       <c r="F633" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1032</v>
+        <v>15</v>
+      </c>
+      <c r="G633">
+        <v>750</v>
       </c>
       <c r="H633">
-        <v>46706</v>
+        <v>537380</v>
       </c>
       <c r="I633">
-        <v>49638</v>
+        <v>538129</v>
       </c>
       <c r="J633" t="s">
-        <v>1033</v>
+        <v>923</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" t="s">
         <v>10</v>
       </c>
       <c r="B634" t="s">
         <v>11</v>
       </c>
       <c r="C634" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D634" t="s">
         <v>13</v>
       </c>
       <c r="E634" t="s">
         <v>21</v>
       </c>
       <c r="F634" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>15</v>
+      </c>
+      <c r="G634">
+        <v>894</v>
       </c>
       <c r="H634">
-        <v>45527</v>
+        <v>536486</v>
       </c>
       <c r="I634">
-        <v>46705</v>
+        <v>537379</v>
       </c>
       <c r="J634" t="s">
-        <v>1035</v>
+        <v>924</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" t="s">
         <v>10</v>
       </c>
       <c r="B635" t="s">
         <v>11</v>
       </c>
       <c r="C635" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D635" t="s">
         <v>13</v>
       </c>
       <c r="E635" t="s">
         <v>21</v>
       </c>
       <c r="F635" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1036</v>
+        <v>15</v>
+      </c>
+      <c r="G635">
+        <v>875</v>
       </c>
       <c r="H635">
-        <v>44072</v>
+        <v>535611</v>
       </c>
       <c r="I635">
-        <v>45526</v>
+        <v>536485</v>
       </c>
       <c r="J635" t="s">
-        <v>1037</v>
+        <v>925</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" t="s">
         <v>10</v>
       </c>
       <c r="B636" t="s">
         <v>11</v>
       </c>
       <c r="C636" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D636" t="s">
         <v>13</v>
       </c>
       <c r="E636" t="s">
         <v>21</v>
       </c>
       <c r="F636" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>15</v>
+      </c>
+      <c r="G636">
+        <v>975</v>
       </c>
       <c r="H636">
-        <v>42902</v>
+        <v>534636</v>
       </c>
       <c r="I636">
-        <v>44071</v>
+        <v>535610</v>
       </c>
       <c r="J636" t="s">
-        <v>1039</v>
+        <v>926</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" t="s">
         <v>10</v>
       </c>
       <c r="B637" t="s">
         <v>11</v>
       </c>
       <c r="C637" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D637" t="s">
         <v>13</v>
       </c>
       <c r="E637" t="s">
         <v>21</v>
       </c>
       <c r="F637" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G637">
-        <v>910</v>
+        <v>886</v>
       </c>
       <c r="H637">
-        <v>41992</v>
+        <v>533750</v>
       </c>
       <c r="I637">
-        <v>42901</v>
+        <v>534635</v>
       </c>
       <c r="J637" t="s">
-        <v>1040</v>
+        <v>927</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" t="s">
         <v>10</v>
       </c>
       <c r="B638" t="s">
         <v>11</v>
       </c>
       <c r="C638" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D638" t="s">
         <v>13</v>
       </c>
       <c r="E638" t="s">
         <v>21</v>
       </c>
       <c r="F638" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G638">
-        <v>602</v>
+        <v>686</v>
       </c>
       <c r="H638">
-        <v>41390</v>
+        <v>533064</v>
       </c>
       <c r="I638">
-        <v>41991</v>
+        <v>533749</v>
       </c>
       <c r="J638" t="s">
-        <v>1041</v>
+        <v>928</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" t="s">
         <v>10</v>
       </c>
       <c r="B639" t="s">
         <v>11</v>
       </c>
       <c r="C639" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D639" t="s">
         <v>13</v>
       </c>
       <c r="E639" t="s">
         <v>21</v>
       </c>
       <c r="F639" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G639">
-        <v>599</v>
+        <v>948</v>
       </c>
       <c r="H639">
-        <v>40791</v>
+        <v>532116</v>
       </c>
       <c r="I639">
-        <v>41389</v>
+        <v>533063</v>
       </c>
       <c r="J639" t="s">
-        <v>1042</v>
+        <v>929</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" t="s">
         <v>10</v>
       </c>
       <c r="B640" t="s">
         <v>11</v>
       </c>
       <c r="C640" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D640" t="s">
         <v>13</v>
       </c>
       <c r="E640" t="s">
         <v>21</v>
       </c>
       <c r="F640" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G640" t="s">
-        <v>1043</v>
+        <v>930</v>
       </c>
       <c r="H640">
-        <v>39662</v>
+        <v>530679</v>
       </c>
       <c r="I640">
-        <v>40790</v>
+        <v>532115</v>
       </c>
       <c r="J640" t="s">
-        <v>1044</v>
+        <v>931</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" t="s">
         <v>10</v>
       </c>
       <c r="B641" t="s">
         <v>11</v>
       </c>
       <c r="C641" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D641" t="s">
         <v>13</v>
       </c>
       <c r="E641" t="s">
         <v>21</v>
       </c>
       <c r="F641" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>15</v>
+      </c>
+      <c r="G641" t="s">
+        <v>932</v>
       </c>
       <c r="H641">
-        <v>38932</v>
+        <v>529208</v>
       </c>
       <c r="I641">
-        <v>39661</v>
+        <v>530678</v>
       </c>
       <c r="J641" t="s">
-        <v>1045</v>
+        <v>933</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" t="s">
         <v>10</v>
       </c>
       <c r="B642" t="s">
         <v>11</v>
       </c>
       <c r="C642" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D642" t="s">
         <v>13</v>
       </c>
       <c r="E642" t="s">
         <v>21</v>
       </c>
       <c r="F642" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1046</v>
+        <v>15</v>
+      </c>
+      <c r="G642">
+        <v>796</v>
       </c>
       <c r="H642">
-        <v>37533</v>
+        <v>528412</v>
       </c>
       <c r="I642">
-        <v>38931</v>
+        <v>529207</v>
       </c>
       <c r="J642" t="s">
-        <v>1047</v>
+        <v>934</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" t="s">
         <v>10</v>
       </c>
       <c r="B643" t="s">
         <v>11</v>
       </c>
       <c r="C643" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D643" t="s">
         <v>13</v>
       </c>
       <c r="E643" t="s">
         <v>21</v>
       </c>
       <c r="F643" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G643" t="s">
-        <v>1048</v>
+        <v>935</v>
       </c>
       <c r="H643">
-        <v>36532</v>
+        <v>527290</v>
       </c>
       <c r="I643">
-        <v>37532</v>
+        <v>528411</v>
       </c>
       <c r="J643" t="s">
-        <v>1049</v>
+        <v>936</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" t="s">
         <v>10</v>
       </c>
       <c r="B644" t="s">
         <v>11</v>
       </c>
       <c r="C644" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D644" t="s">
         <v>13</v>
       </c>
       <c r="E644" t="s">
         <v>21</v>
       </c>
       <c r="F644" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>15</v>
+      </c>
+      <c r="G644">
+        <v>774</v>
       </c>
       <c r="H644">
-        <v>34525</v>
+        <v>526516</v>
       </c>
       <c r="I644">
-        <v>36531</v>
+        <v>527289</v>
       </c>
       <c r="J644" t="s">
-        <v>1050</v>
+        <v>937</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" t="s">
         <v>10</v>
       </c>
       <c r="B645" t="s">
         <v>11</v>
       </c>
       <c r="C645" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D645" t="s">
         <v>13</v>
       </c>
       <c r="E645" t="s">
         <v>21</v>
       </c>
       <c r="F645" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G645" t="s">
-        <v>1051</v>
+        <v>938</v>
       </c>
       <c r="H645">
-        <v>32773</v>
+        <v>525464</v>
       </c>
       <c r="I645">
-        <v>34524</v>
+        <v>526515</v>
       </c>
       <c r="J645" t="s">
-        <v>1052</v>
+        <v>939</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" t="s">
         <v>10</v>
       </c>
       <c r="B646" t="s">
         <v>11</v>
       </c>
       <c r="C646" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D646" t="s">
         <v>13</v>
       </c>
       <c r="E646" t="s">
         <v>21</v>
       </c>
       <c r="F646" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>15</v>
+      </c>
+      <c r="G646" t="s">
+        <v>736</v>
       </c>
       <c r="H646">
-        <v>32069</v>
+        <v>524418</v>
       </c>
       <c r="I646">
-        <v>32772</v>
+        <v>525463</v>
       </c>
       <c r="J646" t="s">
-        <v>1053</v>
+        <v>940</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" t="s">
         <v>10</v>
       </c>
       <c r="B647" t="s">
         <v>11</v>
       </c>
       <c r="C647" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D647" t="s">
         <v>13</v>
       </c>
       <c r="E647" t="s">
         <v>21</v>
       </c>
       <c r="F647" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>15</v>
+      </c>
+      <c r="G647" t="s">
+        <v>941</v>
       </c>
       <c r="H647">
-        <v>31714</v>
+        <v>522868</v>
       </c>
       <c r="I647">
-        <v>32068</v>
+        <v>524417</v>
       </c>
       <c r="J647" t="s">
-        <v>1054</v>
+        <v>942</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" t="s">
         <v>10</v>
       </c>
       <c r="B648" t="s">
         <v>11</v>
       </c>
       <c r="C648" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D648" t="s">
         <v>13</v>
       </c>
       <c r="E648" t="s">
         <v>21</v>
       </c>
       <c r="F648" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G648">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="H648">
-        <v>30841</v>
+        <v>521998</v>
       </c>
       <c r="I648">
-        <v>31713</v>
+        <v>522867</v>
       </c>
       <c r="J648" t="s">
-        <v>1055</v>
+        <v>943</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" t="s">
         <v>10</v>
       </c>
       <c r="B649" t="s">
         <v>11</v>
       </c>
       <c r="C649" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D649" t="s">
         <v>13</v>
       </c>
       <c r="E649" t="s">
         <v>21</v>
       </c>
       <c r="F649" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G649" t="s">
-        <v>1056</v>
+        <v>944</v>
       </c>
       <c r="H649">
-        <v>29710</v>
+        <v>520431</v>
       </c>
       <c r="I649">
-        <v>30840</v>
+        <v>521997</v>
       </c>
       <c r="J649" t="s">
-        <v>1057</v>
+        <v>945</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" t="s">
         <v>10</v>
       </c>
       <c r="B650" t="s">
         <v>11</v>
       </c>
       <c r="C650" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D650" t="s">
         <v>13</v>
       </c>
       <c r="E650" t="s">
         <v>21</v>
       </c>
       <c r="F650" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G650" t="s">
-        <v>1058</v>
+        <v>946</v>
       </c>
       <c r="H650">
-        <v>26889</v>
+        <v>518916</v>
       </c>
       <c r="I650">
-        <v>29709</v>
+        <v>520430</v>
       </c>
       <c r="J650" t="s">
-        <v>1059</v>
+        <v>947</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" t="s">
         <v>10</v>
       </c>
       <c r="B651" t="s">
         <v>11</v>
       </c>
       <c r="C651" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D651" t="s">
         <v>13</v>
       </c>
       <c r="E651" t="s">
         <v>21</v>
       </c>
       <c r="F651" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G651" t="s">
-        <v>23</v>
+        <v>948</v>
       </c>
       <c r="H651">
-        <v>25655</v>
+        <v>517109</v>
       </c>
       <c r="I651">
-        <v>26888</v>
+        <v>518915</v>
       </c>
       <c r="J651" t="s">
-        <v>1060</v>
+        <v>949</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" t="s">
         <v>10</v>
       </c>
       <c r="B652" t="s">
         <v>11</v>
       </c>
       <c r="C652" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D652" t="s">
         <v>13</v>
       </c>
       <c r="E652" t="s">
         <v>21</v>
       </c>
       <c r="F652" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G652" t="s">
-        <v>481</v>
+        <v>950</v>
       </c>
       <c r="H652">
-        <v>23791</v>
+        <v>515111</v>
       </c>
       <c r="I652">
-        <v>25654</v>
+        <v>517108</v>
       </c>
       <c r="J652" t="s">
-        <v>1061</v>
+        <v>951</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" t="s">
         <v>10</v>
       </c>
       <c r="B653" t="s">
         <v>11</v>
       </c>
       <c r="C653" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D653" t="s">
         <v>13</v>
       </c>
       <c r="E653" t="s">
         <v>21</v>
       </c>
       <c r="F653" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G653" t="s">
-        <v>1062</v>
+        <v>952</v>
       </c>
       <c r="H653">
-        <v>21619</v>
+        <v>512525</v>
       </c>
       <c r="I653">
-        <v>23790</v>
+        <v>515110</v>
       </c>
       <c r="J653" t="s">
-        <v>1063</v>
+        <v>953</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" t="s">
         <v>10</v>
       </c>
       <c r="B654" t="s">
         <v>11</v>
       </c>
       <c r="C654" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D654" t="s">
         <v>13</v>
       </c>
       <c r="E654" t="s">
         <v>21</v>
       </c>
       <c r="F654" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G654" t="s">
-        <v>1064</v>
+        <v>954</v>
       </c>
       <c r="H654">
-        <v>19994</v>
+        <v>510566</v>
       </c>
       <c r="I654">
-        <v>21618</v>
+        <v>512524</v>
       </c>
       <c r="J654" t="s">
-        <v>1065</v>
+        <v>955</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" t="s">
         <v>10</v>
       </c>
       <c r="B655" t="s">
         <v>11</v>
       </c>
       <c r="C655" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D655" t="s">
         <v>13</v>
       </c>
       <c r="E655" t="s">
         <v>21</v>
       </c>
       <c r="F655" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G655" t="s">
-        <v>939</v>
+        <v>956</v>
       </c>
       <c r="H655">
-        <v>18842</v>
+        <v>509506</v>
       </c>
       <c r="I655">
-        <v>19993</v>
+        <v>510565</v>
       </c>
       <c r="J655" t="s">
-        <v>1066</v>
+        <v>957</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" t="s">
         <v>10</v>
       </c>
       <c r="B656" t="s">
         <v>11</v>
       </c>
       <c r="C656" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D656" t="s">
         <v>13</v>
       </c>
       <c r="E656" t="s">
         <v>21</v>
       </c>
       <c r="F656" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G656" t="s">
-        <v>1067</v>
+        <v>754</v>
       </c>
       <c r="H656">
-        <v>17651</v>
+        <v>508034</v>
       </c>
       <c r="I656">
-        <v>18841</v>
+        <v>509505</v>
       </c>
       <c r="J656" t="s">
-        <v>1068</v>
+        <v>958</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" t="s">
         <v>10</v>
       </c>
       <c r="B657" t="s">
         <v>11</v>
       </c>
       <c r="C657" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D657" t="s">
         <v>13</v>
       </c>
       <c r="E657" t="s">
         <v>21</v>
       </c>
       <c r="F657" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G657" t="s">
-        <v>404</v>
+        <v>959</v>
       </c>
       <c r="H657">
-        <v>15734</v>
+        <v>505929</v>
       </c>
       <c r="I657">
-        <v>17650</v>
+        <v>508033</v>
       </c>
       <c r="J657" t="s">
-        <v>1069</v>
+        <v>960</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" t="s">
         <v>10</v>
       </c>
       <c r="B658" t="s">
         <v>11</v>
       </c>
       <c r="C658" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D658" t="s">
         <v>13</v>
       </c>
       <c r="E658" t="s">
         <v>21</v>
       </c>
       <c r="F658" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G658" t="s">
-        <v>1070</v>
+        <v>961</v>
       </c>
       <c r="H658">
-        <v>14115</v>
+        <v>504063</v>
       </c>
       <c r="I658">
-        <v>15733</v>
+        <v>505928</v>
       </c>
       <c r="J658" t="s">
-        <v>1071</v>
+        <v>962</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" t="s">
         <v>10</v>
       </c>
       <c r="B659" t="s">
         <v>11</v>
       </c>
       <c r="C659" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D659" t="s">
         <v>13</v>
       </c>
       <c r="E659" t="s">
         <v>21</v>
       </c>
       <c r="F659" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>15</v>
+      </c>
+      <c r="G659" t="s">
+        <v>806</v>
       </c>
       <c r="H659">
-        <v>13206</v>
+        <v>502667</v>
       </c>
       <c r="I659">
-        <v>14114</v>
+        <v>504062</v>
       </c>
       <c r="J659" t="s">
-        <v>1072</v>
+        <v>963</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" t="s">
         <v>10</v>
       </c>
       <c r="B660" t="s">
         <v>11</v>
       </c>
       <c r="C660" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D660" t="s">
         <v>13</v>
       </c>
       <c r="E660" t="s">
         <v>21</v>
       </c>
       <c r="F660" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>534</v>
+        <v>15</v>
+      </c>
+      <c r="G660" t="s">
+        <v>964</v>
       </c>
       <c r="H660">
-        <v>12672</v>
+        <v>501630</v>
       </c>
       <c r="I660">
-        <v>13205</v>
+        <v>502666</v>
       </c>
       <c r="J660" t="s">
-        <v>1073</v>
+        <v>965</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" t="s">
         <v>10</v>
       </c>
       <c r="B661" t="s">
         <v>11</v>
       </c>
       <c r="C661" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D661" t="s">
         <v>13</v>
       </c>
       <c r="E661" t="s">
         <v>21</v>
       </c>
       <c r="F661" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G661" t="s">
-        <v>1074</v>
+        <v>966</v>
       </c>
       <c r="H661">
-        <v>11566</v>
+        <v>500331</v>
       </c>
       <c r="I661">
-        <v>12671</v>
+        <v>501629</v>
       </c>
       <c r="J661" t="s">
-        <v>1075</v>
+        <v>967</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" t="s">
         <v>10</v>
       </c>
       <c r="B662" t="s">
         <v>11</v>
       </c>
       <c r="C662" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D662" t="s">
         <v>13</v>
       </c>
       <c r="E662" t="s">
         <v>21</v>
       </c>
       <c r="F662" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G662" t="s">
-        <v>1076</v>
+        <v>968</v>
       </c>
       <c r="H662">
-        <v>10004</v>
+        <v>498972</v>
       </c>
       <c r="I662">
-        <v>11565</v>
+        <v>500330</v>
       </c>
       <c r="J662" t="s">
-        <v>1077</v>
+        <v>969</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" t="s">
         <v>10</v>
       </c>
       <c r="B663" t="s">
         <v>11</v>
       </c>
       <c r="C663" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D663" t="s">
         <v>13</v>
       </c>
       <c r="E663" t="s">
         <v>21</v>
       </c>
       <c r="F663" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G663" t="s">
-        <v>1078</v>
+        <v>970</v>
       </c>
       <c r="H663">
-        <v>6557</v>
+        <v>497315</v>
       </c>
       <c r="I663">
-        <v>10003</v>
+        <v>498971</v>
       </c>
       <c r="J663" t="s">
-        <v>1079</v>
+        <v>971</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" t="s">
         <v>10</v>
       </c>
       <c r="B664" t="s">
         <v>11</v>
       </c>
       <c r="C664" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D664" t="s">
         <v>13</v>
       </c>
       <c r="E664" t="s">
         <v>21</v>
       </c>
       <c r="F664" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G664" t="s">
-        <v>1080</v>
+        <v>972</v>
       </c>
       <c r="H664">
-        <v>4228</v>
+        <v>495721</v>
       </c>
       <c r="I664">
-        <v>6556</v>
+        <v>497314</v>
       </c>
       <c r="J664" t="s">
-        <v>1081</v>
+        <v>973</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" t="s">
         <v>10</v>
       </c>
       <c r="B665" t="s">
         <v>11</v>
       </c>
       <c r="C665" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D665" t="s">
         <v>13</v>
       </c>
       <c r="E665" t="s">
         <v>21</v>
       </c>
       <c r="F665" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G665" t="s">
-        <v>1082</v>
+        <v>974</v>
       </c>
       <c r="H665">
-        <v>1300</v>
+        <v>494374</v>
       </c>
       <c r="I665">
-        <v>4227</v>
+        <v>495720</v>
       </c>
       <c r="J665" t="s">
-        <v>1083</v>
+        <v>975</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" t="s">
         <v>10</v>
       </c>
       <c r="B666" t="s">
         <v>11</v>
       </c>
       <c r="C666" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D666" t="s">
         <v>13</v>
       </c>
       <c r="E666" t="s">
         <v>21</v>
       </c>
       <c r="F666" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G666" t="s">
-        <v>549</v>
+        <v>976</v>
       </c>
       <c r="H666">
-        <v>1</v>
+        <v>490684</v>
       </c>
       <c r="I666">
-        <v>1299</v>
+        <v>494373</v>
       </c>
       <c r="J666" t="s">
-        <v>1084</v>
+        <v>977</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" t="s">
         <v>10</v>
       </c>
       <c r="B667" t="s">
         <v>11</v>
       </c>
       <c r="C667" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D667" t="s">
         <v>13</v>
       </c>
       <c r="E667" t="s">
         <v>21</v>
       </c>
       <c r="F667" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>15</v>
+      </c>
+      <c r="G667" t="s">
+        <v>978</v>
       </c>
       <c r="H667">
-        <v>71805</v>
+        <v>489639</v>
       </c>
       <c r="I667">
-        <v>72665</v>
+        <v>490683</v>
       </c>
       <c r="J667" t="s">
-        <v>1085</v>
+        <v>979</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" t="s">
         <v>10</v>
       </c>
       <c r="B668" t="s">
         <v>11</v>
       </c>
       <c r="C668" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D668" t="s">
         <v>13</v>
       </c>
       <c r="E668" t="s">
         <v>21</v>
       </c>
       <c r="F668" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G668" t="s">
-        <v>1086</v>
+        <v>980</v>
       </c>
       <c r="H668">
-        <v>70321</v>
+        <v>487116</v>
       </c>
       <c r="I668">
-        <v>71804</v>
+        <v>489638</v>
       </c>
       <c r="J668" t="s">
-        <v>1087</v>
+        <v>981</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" t="s">
         <v>10</v>
       </c>
       <c r="B669" t="s">
         <v>11</v>
       </c>
       <c r="C669" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D669" t="s">
         <v>13</v>
       </c>
       <c r="E669" t="s">
         <v>21</v>
       </c>
       <c r="F669" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>15</v>
+      </c>
+      <c r="G669" t="s">
+        <v>982</v>
       </c>
       <c r="H669">
-        <v>69730</v>
+        <v>486042</v>
       </c>
       <c r="I669">
-        <v>70320</v>
+        <v>487115</v>
       </c>
       <c r="J669" t="s">
-        <v>1088</v>
+        <v>983</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" t="s">
         <v>10</v>
       </c>
       <c r="B670" t="s">
         <v>11</v>
       </c>
       <c r="C670" t="s">
-        <v>1029</v>
+        <v>922</v>
       </c>
       <c r="D670" t="s">
         <v>13</v>
       </c>
       <c r="E670" t="s">
         <v>21</v>
       </c>
       <c r="F670" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G670" t="s">
-        <v>1089</v>
+        <v>984</v>
       </c>
       <c r="H670">
-        <v>68325</v>
+        <v>483084</v>
       </c>
       <c r="I670">
-        <v>69729</v>
+        <v>486041</v>
       </c>
       <c r="J670" t="s">
-        <v>1090</v>
+        <v>985</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" t="s">
         <v>10</v>
       </c>
       <c r="B671" t="s">
         <v>11</v>
       </c>
       <c r="C671" t="s">
-        <v>1029</v>
+        <v>986</v>
       </c>
       <c r="D671" t="s">
         <v>13</v>
       </c>
       <c r="E671" t="s">
-        <v>21</v>
+        <v>911</v>
       </c>
       <c r="F671" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>170</v>
+      </c>
+      <c r="G671" t="s">
+        <v>987</v>
       </c>
       <c r="H671">
-        <v>67430</v>
+        <v>63345</v>
       </c>
       <c r="I671">
-        <v>68324</v>
+        <v>68202</v>
       </c>
       <c r="J671" t="s">
-        <v>1091</v>
+        <v>988</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" t="s">
         <v>10</v>
       </c>
       <c r="B672" t="s">
         <v>11</v>
       </c>
       <c r="C672" t="s">
-        <v>1029</v>
+        <v>989</v>
       </c>
       <c r="D672" t="s">
         <v>13</v>
       </c>
       <c r="E672" t="s">
-        <v>21</v>
+        <v>990</v>
       </c>
       <c r="F672" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G672" t="s">
-        <v>1092</v>
+        <v>991</v>
       </c>
       <c r="H672">
-        <v>66205</v>
+        <v>397834</v>
       </c>
       <c r="I672">
-        <v>67429</v>
+        <v>483083</v>
       </c>
       <c r="J672" t="s">
-        <v>1093</v>
+        <v>992</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" t="s">
         <v>10</v>
       </c>
       <c r="B673" t="s">
         <v>11</v>
       </c>
       <c r="C673" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D673" t="s">
         <v>13</v>
       </c>
       <c r="E673" t="s">
         <v>21</v>
       </c>
       <c r="F673" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G673" t="s">
-        <v>1094</v>
+        <v>994</v>
       </c>
       <c r="H673">
-        <v>63758</v>
+        <v>323642</v>
       </c>
       <c r="I673">
-        <v>66204</v>
+        <v>397833</v>
       </c>
       <c r="J673" t="s">
-        <v>1095</v>
+        <v>995</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" t="s">
         <v>10</v>
       </c>
       <c r="B674" t="s">
         <v>11</v>
       </c>
       <c r="C674" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D674" t="s">
         <v>13</v>
       </c>
       <c r="E674" t="s">
         <v>21</v>
       </c>
       <c r="F674" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G674" t="s">
-        <v>880</v>
+        <v>996</v>
       </c>
       <c r="H674">
-        <v>62569</v>
+        <v>319082</v>
       </c>
       <c r="I674">
-        <v>63757</v>
+        <v>323641</v>
       </c>
       <c r="J674" t="s">
-        <v>1096</v>
+        <v>997</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" t="s">
         <v>10</v>
       </c>
       <c r="B675" t="s">
         <v>11</v>
       </c>
       <c r="C675" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D675" t="s">
         <v>13</v>
       </c>
       <c r="E675" t="s">
         <v>21</v>
       </c>
       <c r="F675" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G675" t="s">
-        <v>1097</v>
+        <v>998</v>
       </c>
       <c r="H675">
-        <v>60349</v>
+        <v>317075</v>
       </c>
       <c r="I675">
-        <v>62568</v>
+        <v>319081</v>
       </c>
       <c r="J675" t="s">
-        <v>1098</v>
+        <v>999</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" t="s">
         <v>10</v>
       </c>
       <c r="B676" t="s">
         <v>11</v>
       </c>
       <c r="C676" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D676" t="s">
         <v>13</v>
       </c>
       <c r="E676" t="s">
         <v>21</v>
       </c>
       <c r="F676" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G676">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="H676">
-        <v>59508</v>
+        <v>316226</v>
       </c>
       <c r="I676">
-        <v>60348</v>
+        <v>317074</v>
       </c>
       <c r="J676" t="s">
-        <v>1099</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" t="s">
         <v>10</v>
       </c>
       <c r="B677" t="s">
         <v>11</v>
       </c>
       <c r="C677" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D677" t="s">
         <v>13</v>
       </c>
       <c r="E677" t="s">
         <v>21</v>
       </c>
       <c r="F677" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G677" t="s">
-        <v>1100</v>
+        <v>1001</v>
       </c>
       <c r="H677">
-        <v>55535</v>
+        <v>315110</v>
       </c>
       <c r="I677">
-        <v>59507</v>
+        <v>316225</v>
       </c>
       <c r="J677" t="s">
-        <v>1101</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" t="s">
         <v>10</v>
       </c>
       <c r="B678" t="s">
         <v>11</v>
       </c>
       <c r="C678" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D678" t="s">
         <v>13</v>
       </c>
       <c r="E678" t="s">
         <v>21</v>
       </c>
       <c r="F678" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G678" t="s">
-        <v>1102</v>
+        <v>1003</v>
       </c>
       <c r="H678">
-        <v>54272</v>
+        <v>313983</v>
       </c>
       <c r="I678">
-        <v>55534</v>
+        <v>315109</v>
       </c>
       <c r="J678" t="s">
-        <v>1103</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" t="s">
         <v>10</v>
       </c>
       <c r="B679" t="s">
         <v>11</v>
       </c>
       <c r="C679" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D679" t="s">
         <v>13</v>
       </c>
       <c r="E679" t="s">
         <v>21</v>
       </c>
       <c r="F679" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G679" t="s">
-        <v>392</v>
+        <v>1005</v>
       </c>
       <c r="H679">
-        <v>52486</v>
+        <v>312104</v>
       </c>
       <c r="I679">
-        <v>54271</v>
+        <v>313982</v>
       </c>
       <c r="J679" t="s">
-        <v>1104</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" t="s">
         <v>10</v>
       </c>
       <c r="B680" t="s">
         <v>11</v>
       </c>
       <c r="C680" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D680" t="s">
         <v>13</v>
       </c>
       <c r="E680" t="s">
         <v>21</v>
       </c>
       <c r="F680" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G680" t="s">
-        <v>1105</v>
+        <v>1007</v>
       </c>
       <c r="H680">
-        <v>49896</v>
+        <v>310515</v>
       </c>
       <c r="I680">
-        <v>52485</v>
+        <v>312103</v>
       </c>
       <c r="J680" t="s">
-        <v>1106</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" t="s">
         <v>10</v>
       </c>
       <c r="B681" t="s">
         <v>11</v>
       </c>
       <c r="C681" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D681" t="s">
         <v>13</v>
       </c>
       <c r="E681" t="s">
         <v>21</v>
       </c>
       <c r="F681" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>15</v>
+      </c>
+      <c r="G681" t="s">
+        <v>1009</v>
       </c>
       <c r="H681">
-        <v>49033</v>
+        <v>309344</v>
       </c>
       <c r="I681">
-        <v>49895</v>
+        <v>310514</v>
       </c>
       <c r="J681" t="s">
-        <v>1107</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" t="s">
         <v>10</v>
       </c>
       <c r="B682" t="s">
         <v>11</v>
       </c>
       <c r="C682" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D682" t="s">
         <v>13</v>
       </c>
       <c r="E682" t="s">
         <v>21</v>
       </c>
       <c r="F682" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1108</v>
+        <v>15</v>
+      </c>
+      <c r="G682">
+        <v>801</v>
       </c>
       <c r="H682">
-        <v>47730</v>
+        <v>308543</v>
       </c>
       <c r="I682">
-        <v>49032</v>
+        <v>309343</v>
       </c>
       <c r="J682" t="s">
-        <v>1109</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" t="s">
         <v>10</v>
       </c>
       <c r="B683" t="s">
         <v>11</v>
       </c>
       <c r="C683" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D683" t="s">
         <v>13</v>
       </c>
       <c r="E683" t="s">
         <v>21</v>
       </c>
       <c r="F683" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>15</v>
+      </c>
+      <c r="G683">
+        <v>406</v>
       </c>
       <c r="H683">
-        <v>44973</v>
+        <v>308137</v>
       </c>
       <c r="I683">
-        <v>47729</v>
+        <v>308542</v>
       </c>
       <c r="J683" t="s">
-        <v>1111</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" t="s">
         <v>10</v>
       </c>
       <c r="B684" t="s">
         <v>11</v>
       </c>
       <c r="C684" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D684" t="s">
         <v>13</v>
       </c>
       <c r="E684" t="s">
         <v>21</v>
       </c>
       <c r="F684" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G684" t="s">
-        <v>637</v>
+        <v>1013</v>
       </c>
       <c r="H684">
-        <v>43360</v>
+        <v>306736</v>
       </c>
       <c r="I684">
-        <v>44972</v>
+        <v>308136</v>
       </c>
       <c r="J684" t="s">
-        <v>1112</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" t="s">
         <v>10</v>
       </c>
       <c r="B685" t="s">
         <v>11</v>
       </c>
       <c r="C685" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D685" t="s">
         <v>13</v>
       </c>
       <c r="E685" t="s">
         <v>21</v>
       </c>
       <c r="F685" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G685" t="s">
-        <v>1113</v>
+        <v>1015</v>
       </c>
       <c r="H685">
-        <v>41405</v>
+        <v>305207</v>
       </c>
       <c r="I685">
-        <v>43359</v>
+        <v>306735</v>
       </c>
       <c r="J685" t="s">
-        <v>1114</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" t="s">
         <v>10</v>
       </c>
       <c r="B686" t="s">
         <v>11</v>
       </c>
       <c r="C686" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D686" t="s">
         <v>13</v>
       </c>
       <c r="E686" t="s">
         <v>21</v>
       </c>
       <c r="F686" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G686" t="s">
-        <v>1115</v>
+        <v>1017</v>
       </c>
       <c r="H686">
-        <v>38365</v>
+        <v>303993</v>
       </c>
       <c r="I686">
-        <v>41404</v>
+        <v>305206</v>
       </c>
       <c r="J686" t="s">
-        <v>1116</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" t="s">
         <v>10</v>
       </c>
       <c r="B687" t="s">
         <v>11</v>
       </c>
       <c r="C687" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D687" t="s">
         <v>13</v>
       </c>
       <c r="E687" t="s">
         <v>21</v>
       </c>
       <c r="F687" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1117</v>
+        <v>15</v>
+      </c>
+      <c r="G687">
+        <v>861</v>
       </c>
       <c r="H687">
-        <v>35940</v>
+        <v>303132</v>
       </c>
       <c r="I687">
-        <v>38364</v>
+        <v>303992</v>
       </c>
       <c r="J687" t="s">
-        <v>1118</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" t="s">
         <v>10</v>
       </c>
       <c r="B688" t="s">
         <v>11</v>
       </c>
       <c r="C688" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D688" t="s">
         <v>13</v>
       </c>
       <c r="E688" t="s">
         <v>21</v>
       </c>
       <c r="F688" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G688" t="s">
-        <v>1119</v>
+        <v>1020</v>
       </c>
       <c r="H688">
-        <v>34254</v>
+        <v>301599</v>
       </c>
       <c r="I688">
-        <v>35939</v>
+        <v>303131</v>
       </c>
       <c r="J688" t="s">
-        <v>1120</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" t="s">
         <v>10</v>
       </c>
       <c r="B689" t="s">
         <v>11</v>
       </c>
       <c r="C689" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D689" t="s">
         <v>13</v>
       </c>
       <c r="E689" t="s">
         <v>21</v>
       </c>
       <c r="F689" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1121</v>
+        <v>15</v>
+      </c>
+      <c r="G689">
+        <v>433</v>
       </c>
       <c r="H689">
-        <v>32670</v>
+        <v>301166</v>
       </c>
       <c r="I689">
-        <v>34253</v>
+        <v>301598</v>
       </c>
       <c r="J689" t="s">
-        <v>1122</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" t="s">
         <v>10</v>
       </c>
       <c r="B690" t="s">
         <v>11</v>
       </c>
       <c r="C690" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D690" t="s">
         <v>13</v>
       </c>
       <c r="E690" t="s">
         <v>21</v>
       </c>
       <c r="F690" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1123</v>
+        <v>15</v>
+      </c>
+      <c r="G690">
+        <v>506</v>
       </c>
       <c r="H690">
-        <v>31485</v>
+        <v>300660</v>
       </c>
       <c r="I690">
-        <v>32669</v>
+        <v>301165</v>
       </c>
       <c r="J690" t="s">
-        <v>1124</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" t="s">
         <v>10</v>
       </c>
       <c r="B691" t="s">
         <v>11</v>
       </c>
       <c r="C691" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D691" t="s">
         <v>13</v>
       </c>
       <c r="E691" t="s">
         <v>21</v>
       </c>
       <c r="F691" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1125</v>
+        <v>15</v>
+      </c>
+      <c r="G691">
+        <v>840</v>
       </c>
       <c r="H691">
-        <v>30312</v>
+        <v>299820</v>
       </c>
       <c r="I691">
-        <v>31484</v>
+        <v>300659</v>
       </c>
       <c r="J691" t="s">
-        <v>1126</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" t="s">
         <v>10</v>
       </c>
       <c r="B692" t="s">
         <v>11</v>
       </c>
       <c r="C692" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D692" t="s">
         <v>13</v>
       </c>
       <c r="E692" t="s">
         <v>21</v>
       </c>
       <c r="F692" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G692" t="s">
-        <v>1127</v>
+        <v>821</v>
       </c>
       <c r="H692">
-        <v>28083</v>
+        <v>297903</v>
       </c>
       <c r="I692">
-        <v>30311</v>
+        <v>299819</v>
       </c>
       <c r="J692" t="s">
-        <v>1128</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" t="s">
         <v>10</v>
       </c>
       <c r="B693" t="s">
         <v>11</v>
       </c>
       <c r="C693" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D693" t="s">
         <v>13</v>
       </c>
       <c r="E693" t="s">
         <v>21</v>
       </c>
       <c r="F693" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1129</v>
+        <v>15</v>
+      </c>
+      <c r="G693">
+        <v>651</v>
       </c>
       <c r="H693">
-        <v>26512</v>
+        <v>297252</v>
       </c>
       <c r="I693">
-        <v>28082</v>
+        <v>297902</v>
       </c>
       <c r="J693" t="s">
-        <v>1130</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" t="s">
         <v>10</v>
       </c>
       <c r="B694" t="s">
         <v>11</v>
       </c>
       <c r="C694" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D694" t="s">
         <v>13</v>
       </c>
       <c r="E694" t="s">
         <v>21</v>
       </c>
       <c r="F694" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G694" t="s">
-        <v>1131</v>
+        <v>1027</v>
       </c>
       <c r="H694">
-        <v>23129</v>
+        <v>296167</v>
       </c>
       <c r="I694">
-        <v>26511</v>
+        <v>297251</v>
       </c>
       <c r="J694" t="s">
-        <v>1132</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" t="s">
         <v>10</v>
       </c>
       <c r="B695" t="s">
         <v>11</v>
       </c>
       <c r="C695" t="s">
+        <v>993</v>
+      </c>
+      <c r="D695" t="s">
+        <v>13</v>
+      </c>
+      <c r="E695" t="s">
+        <v>21</v>
+      </c>
+      <c r="F695" t="s">
+        <v>15</v>
+      </c>
+      <c r="G695">
+        <v>545</v>
+      </c>
+      <c r="H695">
+        <v>295622</v>
+      </c>
+      <c r="I695">
+        <v>296166</v>
+      </c>
+      <c r="J695" t="s">
         <v>1029</v>
-      </c>
-[...19 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696" t="s">
         <v>10</v>
       </c>
       <c r="B696" t="s">
         <v>11</v>
       </c>
       <c r="C696" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D696" t="s">
         <v>13</v>
       </c>
       <c r="E696" t="s">
         <v>21</v>
       </c>
       <c r="F696" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G696" t="s">
-        <v>1134</v>
+        <v>1030</v>
       </c>
       <c r="H696">
-        <v>20860</v>
+        <v>294131</v>
       </c>
       <c r="I696">
-        <v>22252</v>
+        <v>295621</v>
       </c>
       <c r="J696" t="s">
-        <v>1135</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697" t="s">
         <v>10</v>
       </c>
       <c r="B697" t="s">
         <v>11</v>
       </c>
       <c r="C697" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D697" t="s">
         <v>13</v>
       </c>
       <c r="E697" t="s">
         <v>21</v>
       </c>
       <c r="F697" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G697" t="s">
-        <v>628</v>
+        <v>1032</v>
       </c>
       <c r="H697">
-        <v>19436</v>
+        <v>292714</v>
       </c>
       <c r="I697">
-        <v>20859</v>
+        <v>294130</v>
       </c>
       <c r="J697" t="s">
-        <v>1136</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698" t="s">
         <v>10</v>
       </c>
       <c r="B698" t="s">
         <v>11</v>
       </c>
       <c r="C698" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D698" t="s">
         <v>13</v>
       </c>
       <c r="E698" t="s">
         <v>21</v>
       </c>
       <c r="F698" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G698" t="s">
-        <v>1086</v>
+        <v>1034</v>
       </c>
       <c r="H698">
-        <v>17952</v>
+        <v>290216</v>
       </c>
       <c r="I698">
-        <v>19435</v>
+        <v>292713</v>
       </c>
       <c r="J698" t="s">
-        <v>1137</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699" t="s">
         <v>10</v>
       </c>
       <c r="B699" t="s">
         <v>11</v>
       </c>
       <c r="C699" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D699" t="s">
         <v>13</v>
       </c>
       <c r="E699" t="s">
         <v>21</v>
       </c>
       <c r="F699" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G699" t="s">
-        <v>191</v>
+        <v>1036</v>
       </c>
       <c r="H699">
-        <v>16905</v>
+        <v>287235</v>
       </c>
       <c r="I699">
-        <v>17951</v>
+        <v>290215</v>
       </c>
       <c r="J699" t="s">
-        <v>1138</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700" t="s">
         <v>10</v>
       </c>
       <c r="B700" t="s">
         <v>11</v>
       </c>
       <c r="C700" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D700" t="s">
         <v>13</v>
       </c>
       <c r="E700" t="s">
         <v>21</v>
       </c>
       <c r="F700" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G700" t="s">
-        <v>1139</v>
+        <v>1038</v>
       </c>
       <c r="H700">
-        <v>11732</v>
+        <v>285551</v>
       </c>
       <c r="I700">
-        <v>16904</v>
+        <v>287234</v>
       </c>
       <c r="J700" t="s">
-        <v>1140</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701" t="s">
         <v>10</v>
       </c>
       <c r="B701" t="s">
         <v>11</v>
       </c>
       <c r="C701" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D701" t="s">
         <v>13</v>
       </c>
       <c r="E701" t="s">
         <v>21</v>
       </c>
       <c r="F701" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G701" t="s">
-        <v>1141</v>
+        <v>1040</v>
       </c>
       <c r="H701">
-        <v>9568</v>
+        <v>284266</v>
       </c>
       <c r="I701">
-        <v>11731</v>
+        <v>285550</v>
       </c>
       <c r="J701" t="s">
-        <v>1142</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702" t="s">
         <v>10</v>
       </c>
       <c r="B702" t="s">
         <v>11</v>
       </c>
       <c r="C702" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D702" t="s">
         <v>13</v>
       </c>
       <c r="E702" t="s">
         <v>21</v>
       </c>
       <c r="F702" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1143</v>
+        <v>15</v>
+      </c>
+      <c r="G702">
+        <v>752</v>
       </c>
       <c r="H702">
-        <v>7755</v>
+        <v>283514</v>
       </c>
       <c r="I702">
-        <v>9567</v>
+        <v>284265</v>
       </c>
       <c r="J702" t="s">
-        <v>1144</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="A703" t="s">
         <v>10</v>
       </c>
       <c r="B703" t="s">
         <v>11</v>
       </c>
       <c r="C703" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D703" t="s">
         <v>13</v>
       </c>
       <c r="E703" t="s">
         <v>21</v>
       </c>
       <c r="F703" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G703" t="s">
-        <v>1145</v>
+        <v>1043</v>
       </c>
       <c r="H703">
-        <v>4240</v>
+        <v>282315</v>
       </c>
       <c r="I703">
-        <v>7754</v>
+        <v>283513</v>
       </c>
       <c r="J703" t="s">
-        <v>1146</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="A704" t="s">
         <v>10</v>
       </c>
       <c r="B704" t="s">
         <v>11</v>
       </c>
       <c r="C704" t="s">
-        <v>1029</v>
+        <v>993</v>
       </c>
       <c r="D704" t="s">
         <v>13</v>
       </c>
       <c r="E704" t="s">
         <v>21</v>
       </c>
       <c r="F704" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G704" t="s">
-        <v>1147</v>
+        <v>1045</v>
       </c>
       <c r="H704">
-        <v>1</v>
+        <v>280891</v>
       </c>
       <c r="I704">
-        <v>4239</v>
+        <v>282314</v>
       </c>
       <c r="J704" t="s">
-        <v>1148</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="A705" t="s">
         <v>10</v>
       </c>
       <c r="B705" t="s">
         <v>11</v>
       </c>
       <c r="C705" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D705" t="s">
         <v>13</v>
       </c>
       <c r="E705" t="s">
-        <v>1150</v>
+        <v>21</v>
       </c>
       <c r="F705" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G705" t="s">
-        <v>1151</v>
+        <v>547</v>
       </c>
       <c r="H705">
-        <v>426234</v>
+        <v>279816</v>
       </c>
       <c r="I705">
-        <v>431834</v>
+        <v>280890</v>
       </c>
       <c r="J705" t="s">
-        <v>1152</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="A706" t="s">
         <v>10</v>
       </c>
       <c r="B706" t="s">
         <v>11</v>
       </c>
       <c r="C706" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D706" t="s">
         <v>13</v>
       </c>
       <c r="E706" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F706" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G706">
-        <v>507</v>
+        <v>635</v>
       </c>
       <c r="H706">
-        <v>425727</v>
+        <v>279181</v>
       </c>
       <c r="I706">
-        <v>426233</v>
+        <v>279815</v>
       </c>
       <c r="J706" t="s">
-        <v>1154</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="707" spans="1:10">
       <c r="A707" t="s">
         <v>10</v>
       </c>
       <c r="B707" t="s">
         <v>11</v>
       </c>
       <c r="C707" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D707" t="s">
         <v>13</v>
       </c>
       <c r="E707" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F707" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>15</v>
+      </c>
+      <c r="G707" t="s">
+        <v>1049</v>
       </c>
       <c r="H707">
-        <v>424917</v>
+        <v>277601</v>
       </c>
       <c r="I707">
-        <v>425726</v>
+        <v>279180</v>
       </c>
       <c r="J707" t="s">
-        <v>1155</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="708" spans="1:10">
       <c r="A708" t="s">
         <v>10</v>
       </c>
       <c r="B708" t="s">
         <v>11</v>
       </c>
       <c r="C708" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D708" t="s">
         <v>13</v>
       </c>
       <c r="E708" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F708" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G708" t="s">
-        <v>376</v>
+        <v>1051</v>
       </c>
       <c r="H708">
-        <v>423837</v>
+        <v>275748</v>
       </c>
       <c r="I708">
-        <v>424916</v>
+        <v>277600</v>
       </c>
       <c r="J708" t="s">
-        <v>1156</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="709" spans="1:10">
       <c r="A709" t="s">
         <v>10</v>
       </c>
       <c r="B709" t="s">
         <v>11</v>
       </c>
       <c r="C709" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D709" t="s">
         <v>13</v>
       </c>
       <c r="E709" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F709" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G709" t="s">
-        <v>1157</v>
+        <v>714</v>
       </c>
       <c r="H709">
-        <v>379727</v>
+        <v>274744</v>
       </c>
       <c r="I709">
-        <v>423836</v>
+        <v>275747</v>
       </c>
       <c r="J709" t="s">
-        <v>1158</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="710" spans="1:10">
       <c r="A710" t="s">
         <v>10</v>
       </c>
       <c r="B710" t="s">
         <v>11</v>
       </c>
       <c r="C710" t="s">
-        <v>1149</v>
+        <v>993</v>
       </c>
       <c r="D710" t="s">
         <v>13</v>
       </c>
       <c r="E710" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F710" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G710" t="s">
-        <v>1159</v>
+        <v>1054</v>
       </c>
       <c r="H710">
-        <v>342234</v>
+        <v>273131</v>
       </c>
       <c r="I710">
-        <v>379726</v>
+        <v>274743</v>
       </c>
       <c r="J710" t="s">
-        <v>1160</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="711" spans="1:10">
       <c r="A711" t="s">
         <v>10</v>
       </c>
       <c r="B711" t="s">
         <v>11</v>
       </c>
       <c r="C711" t="s">
-        <v>1161</v>
+        <v>993</v>
       </c>
       <c r="D711" t="s">
         <v>13</v>
       </c>
       <c r="E711" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F711" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G711">
-        <v>507</v>
+        <v>713</v>
       </c>
       <c r="H711">
-        <v>341727</v>
+        <v>272418</v>
       </c>
       <c r="I711">
-        <v>342233</v>
+        <v>273130</v>
       </c>
       <c r="J711" t="s">
-        <v>1162</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="712" spans="1:10">
       <c r="A712" t="s">
         <v>10</v>
       </c>
       <c r="B712" t="s">
         <v>11</v>
       </c>
       <c r="C712" t="s">
-        <v>1161</v>
+        <v>993</v>
       </c>
       <c r="D712" t="s">
         <v>13</v>
       </c>
       <c r="E712" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F712" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>15</v>
+      </c>
+      <c r="G712" t="s">
+        <v>1057</v>
       </c>
       <c r="H712">
-        <v>340872</v>
+        <v>270846</v>
       </c>
       <c r="I712">
-        <v>341726</v>
+        <v>272417</v>
       </c>
       <c r="J712" t="s">
-        <v>1163</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="713" spans="1:10">
       <c r="A713" t="s">
         <v>10</v>
       </c>
       <c r="B713" t="s">
         <v>11</v>
       </c>
       <c r="C713" t="s">
-        <v>1161</v>
+        <v>993</v>
       </c>
       <c r="D713" t="s">
         <v>13</v>
       </c>
       <c r="E713" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F713" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>15</v>
+      </c>
+      <c r="G713" t="s">
+        <v>1059</v>
       </c>
       <c r="H713">
-        <v>340152</v>
+        <v>269315</v>
       </c>
       <c r="I713">
-        <v>340871</v>
+        <v>270845</v>
       </c>
       <c r="J713" t="s">
-        <v>1164</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="714" spans="1:10">
       <c r="A714" t="s">
         <v>10</v>
       </c>
       <c r="B714" t="s">
         <v>11</v>
       </c>
       <c r="C714" t="s">
-        <v>1161</v>
+        <v>993</v>
       </c>
       <c r="D714" t="s">
         <v>13</v>
       </c>
       <c r="E714" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F714" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1165</v>
+        <v>15</v>
+      </c>
+      <c r="G714">
+        <v>951</v>
       </c>
       <c r="H714">
-        <v>312252</v>
+        <v>268364</v>
       </c>
       <c r="I714">
-        <v>340151</v>
+        <v>269314</v>
       </c>
       <c r="J714" t="s">
-        <v>1166</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="715" spans="1:10">
       <c r="A715" t="s">
         <v>10</v>
       </c>
       <c r="B715" t="s">
         <v>11</v>
       </c>
       <c r="C715" t="s">
-        <v>1161</v>
+        <v>993</v>
       </c>
       <c r="D715" t="s">
         <v>13</v>
       </c>
       <c r="E715" t="s">
-        <v>1153</v>
+        <v>21</v>
       </c>
       <c r="F715" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>15</v>
+      </c>
+      <c r="G715">
+        <v>701</v>
       </c>
       <c r="H715">
-        <v>288234</v>
+        <v>267663</v>
       </c>
       <c r="I715">
-        <v>312251</v>
+        <v>268363</v>
       </c>
       <c r="J715" t="s">
-        <v>1168</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="716" spans="1:10">
       <c r="A716" t="s">
         <v>10</v>
       </c>
       <c r="B716" t="s">
         <v>11</v>
       </c>
       <c r="C716" t="s">
-        <v>1169</v>
+        <v>993</v>
       </c>
       <c r="D716" t="s">
         <v>13</v>
       </c>
       <c r="E716" t="s">
-        <v>1170</v>
+        <v>21</v>
       </c>
       <c r="F716" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G716" t="s">
-        <v>1171</v>
+        <v>1063</v>
       </c>
       <c r="H716">
-        <v>1</v>
+        <v>265787</v>
       </c>
       <c r="I716">
-        <v>288233</v>
+        <v>267662</v>
       </c>
       <c r="J716" t="s">
-        <v>1172</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="717" spans="1:10">
       <c r="A717" t="s">
         <v>10</v>
       </c>
       <c r="B717" t="s">
         <v>11</v>
       </c>
       <c r="C717" t="s">
+        <v>993</v>
+      </c>
+      <c r="D717" t="s">
+        <v>13</v>
+      </c>
+      <c r="E717" t="s">
+        <v>21</v>
+      </c>
+      <c r="F717" t="s">
+        <v>15</v>
+      </c>
+      <c r="G717" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H717">
+        <v>264372</v>
+      </c>
+      <c r="I717">
+        <v>265786</v>
+      </c>
+      <c r="J717" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="718" spans="1:10">
+      <c r="A718" t="s">
+        <v>10</v>
+      </c>
+      <c r="B718" t="s">
+        <v>11</v>
+      </c>
+      <c r="C718" t="s">
+        <v>993</v>
+      </c>
+      <c r="D718" t="s">
+        <v>13</v>
+      </c>
+      <c r="E718" t="s">
+        <v>21</v>
+      </c>
+      <c r="F718" t="s">
+        <v>15</v>
+      </c>
+      <c r="G718">
+        <v>612</v>
+      </c>
+      <c r="H718">
+        <v>263760</v>
+      </c>
+      <c r="I718">
+        <v>264371</v>
+      </c>
+      <c r="J718" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="719" spans="1:10">
+      <c r="A719" t="s">
+        <v>10</v>
+      </c>
+      <c r="B719" t="s">
+        <v>11</v>
+      </c>
+      <c r="C719" t="s">
+        <v>993</v>
+      </c>
+      <c r="D719" t="s">
+        <v>13</v>
+      </c>
+      <c r="E719" t="s">
+        <v>21</v>
+      </c>
+      <c r="F719" t="s">
+        <v>15</v>
+      </c>
+      <c r="G719">
+        <v>814</v>
+      </c>
+      <c r="H719">
+        <v>262946</v>
+      </c>
+      <c r="I719">
+        <v>263759</v>
+      </c>
+      <c r="J719" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="720" spans="1:10">
+      <c r="A720" t="s">
+        <v>10</v>
+      </c>
+      <c r="B720" t="s">
+        <v>11</v>
+      </c>
+      <c r="C720" t="s">
+        <v>993</v>
+      </c>
+      <c r="D720" t="s">
+        <v>13</v>
+      </c>
+      <c r="E720" t="s">
+        <v>21</v>
+      </c>
+      <c r="F720" t="s">
+        <v>15</v>
+      </c>
+      <c r="G720">
+        <v>927</v>
+      </c>
+      <c r="H720">
+        <v>262019</v>
+      </c>
+      <c r="I720">
+        <v>262945</v>
+      </c>
+      <c r="J720" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="721" spans="1:10">
+      <c r="A721" t="s">
+        <v>10</v>
+      </c>
+      <c r="B721" t="s">
+        <v>11</v>
+      </c>
+      <c r="C721" t="s">
+        <v>993</v>
+      </c>
+      <c r="D721" t="s">
+        <v>13</v>
+      </c>
+      <c r="E721" t="s">
+        <v>21</v>
+      </c>
+      <c r="F721" t="s">
+        <v>15</v>
+      </c>
+      <c r="G721">
+        <v>626</v>
+      </c>
+      <c r="H721">
+        <v>261393</v>
+      </c>
+      <c r="I721">
+        <v>262018</v>
+      </c>
+      <c r="J721" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="722" spans="1:10">
+      <c r="A722" t="s">
+        <v>10</v>
+      </c>
+      <c r="B722" t="s">
+        <v>11</v>
+      </c>
+      <c r="C722" t="s">
+        <v>993</v>
+      </c>
+      <c r="D722" t="s">
+        <v>13</v>
+      </c>
+      <c r="E722" t="s">
+        <v>21</v>
+      </c>
+      <c r="F722" t="s">
+        <v>15</v>
+      </c>
+      <c r="G722">
+        <v>613</v>
+      </c>
+      <c r="H722">
+        <v>260780</v>
+      </c>
+      <c r="I722">
+        <v>261392</v>
+      </c>
+      <c r="J722" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="723" spans="1:10">
+      <c r="A723" t="s">
+        <v>10</v>
+      </c>
+      <c r="B723" t="s">
+        <v>11</v>
+      </c>
+      <c r="C723" t="s">
+        <v>993</v>
+      </c>
+      <c r="D723" t="s">
+        <v>13</v>
+      </c>
+      <c r="E723" t="s">
+        <v>21</v>
+      </c>
+      <c r="F723" t="s">
+        <v>15</v>
+      </c>
+      <c r="G723" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H723">
+        <v>258630</v>
+      </c>
+      <c r="I723">
+        <v>260779</v>
+      </c>
+      <c r="J723" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="724" spans="1:10">
+      <c r="A724" t="s">
+        <v>10</v>
+      </c>
+      <c r="B724" t="s">
+        <v>11</v>
+      </c>
+      <c r="C724" t="s">
+        <v>993</v>
+      </c>
+      <c r="D724" t="s">
+        <v>13</v>
+      </c>
+      <c r="E724" t="s">
+        <v>21</v>
+      </c>
+      <c r="F724" t="s">
+        <v>15</v>
+      </c>
+      <c r="G724">
+        <v>560</v>
+      </c>
+      <c r="H724">
+        <v>258070</v>
+      </c>
+      <c r="I724">
+        <v>258629</v>
+      </c>
+      <c r="J724" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="725" spans="1:10">
+      <c r="A725" t="s">
+        <v>10</v>
+      </c>
+      <c r="B725" t="s">
+        <v>11</v>
+      </c>
+      <c r="C725" t="s">
+        <v>993</v>
+      </c>
+      <c r="D725" t="s">
+        <v>13</v>
+      </c>
+      <c r="E725" t="s">
+        <v>21</v>
+      </c>
+      <c r="F725" t="s">
+        <v>15</v>
+      </c>
+      <c r="G725" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H725">
+        <v>256729</v>
+      </c>
+      <c r="I725">
+        <v>258069</v>
+      </c>
+      <c r="J725" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="726" spans="1:10">
+      <c r="A726" t="s">
+        <v>10</v>
+      </c>
+      <c r="B726" t="s">
+        <v>11</v>
+      </c>
+      <c r="C726" t="s">
+        <v>993</v>
+      </c>
+      <c r="D726" t="s">
+        <v>13</v>
+      </c>
+      <c r="E726" t="s">
+        <v>21</v>
+      </c>
+      <c r="F726" t="s">
+        <v>15</v>
+      </c>
+      <c r="G726" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H726">
+        <v>255265</v>
+      </c>
+      <c r="I726">
+        <v>256728</v>
+      </c>
+      <c r="J726" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="727" spans="1:10">
+      <c r="A727" t="s">
+        <v>10</v>
+      </c>
+      <c r="B727" t="s">
+        <v>11</v>
+      </c>
+      <c r="C727" t="s">
+        <v>993</v>
+      </c>
+      <c r="D727" t="s">
+        <v>13</v>
+      </c>
+      <c r="E727" t="s">
+        <v>21</v>
+      </c>
+      <c r="F727" t="s">
+        <v>15</v>
+      </c>
+      <c r="G727" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H727">
+        <v>253294</v>
+      </c>
+      <c r="I727">
+        <v>255264</v>
+      </c>
+      <c r="J727" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="728" spans="1:10">
+      <c r="A728" t="s">
+        <v>10</v>
+      </c>
+      <c r="B728" t="s">
+        <v>11</v>
+      </c>
+      <c r="C728" t="s">
+        <v>993</v>
+      </c>
+      <c r="D728" t="s">
+        <v>13</v>
+      </c>
+      <c r="E728" t="s">
+        <v>21</v>
+      </c>
+      <c r="F728" t="s">
+        <v>15</v>
+      </c>
+      <c r="G728">
+        <v>728</v>
+      </c>
+      <c r="H728">
+        <v>252566</v>
+      </c>
+      <c r="I728">
+        <v>253293</v>
+      </c>
+      <c r="J728" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="729" spans="1:10">
+      <c r="A729" t="s">
+        <v>10</v>
+      </c>
+      <c r="B729" t="s">
+        <v>11</v>
+      </c>
+      <c r="C729" t="s">
+        <v>993</v>
+      </c>
+      <c r="D729" t="s">
+        <v>13</v>
+      </c>
+      <c r="E729" t="s">
+        <v>21</v>
+      </c>
+      <c r="F729" t="s">
+        <v>15</v>
+      </c>
+      <c r="G729" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H729">
+        <v>251380</v>
+      </c>
+      <c r="I729">
+        <v>252565</v>
+      </c>
+      <c r="J729" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="730" spans="1:10">
+      <c r="A730" t="s">
+        <v>10</v>
+      </c>
+      <c r="B730" t="s">
+        <v>11</v>
+      </c>
+      <c r="C730" t="s">
+        <v>993</v>
+      </c>
+      <c r="D730" t="s">
+        <v>13</v>
+      </c>
+      <c r="E730" t="s">
+        <v>21</v>
+      </c>
+      <c r="F730" t="s">
+        <v>15</v>
+      </c>
+      <c r="G730" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H730">
+        <v>249599</v>
+      </c>
+      <c r="I730">
+        <v>251379</v>
+      </c>
+      <c r="J730" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="731" spans="1:10">
+      <c r="A731" t="s">
+        <v>10</v>
+      </c>
+      <c r="B731" t="s">
+        <v>11</v>
+      </c>
+      <c r="C731" t="s">
+        <v>993</v>
+      </c>
+      <c r="D731" t="s">
+        <v>13</v>
+      </c>
+      <c r="E731" t="s">
+        <v>21</v>
+      </c>
+      <c r="F731" t="s">
+        <v>15</v>
+      </c>
+      <c r="G731" t="s">
+        <v>210</v>
+      </c>
+      <c r="H731">
+        <v>248375</v>
+      </c>
+      <c r="I731">
+        <v>249598</v>
+      </c>
+      <c r="J731" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="732" spans="1:10">
+      <c r="A732" t="s">
+        <v>10</v>
+      </c>
+      <c r="B732" t="s">
+        <v>11</v>
+      </c>
+      <c r="C732" t="s">
+        <v>993</v>
+      </c>
+      <c r="D732" t="s">
+        <v>13</v>
+      </c>
+      <c r="E732" t="s">
+        <v>21</v>
+      </c>
+      <c r="F732" t="s">
+        <v>15</v>
+      </c>
+      <c r="G732">
+        <v>525</v>
+      </c>
+      <c r="H732">
+        <v>247850</v>
+      </c>
+      <c r="I732">
+        <v>248374</v>
+      </c>
+      <c r="J732" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="733" spans="1:10">
+      <c r="A733" t="s">
+        <v>10</v>
+      </c>
+      <c r="B733" t="s">
+        <v>11</v>
+      </c>
+      <c r="C733" t="s">
+        <v>993</v>
+      </c>
+      <c r="D733" t="s">
+        <v>13</v>
+      </c>
+      <c r="E733" t="s">
+        <v>21</v>
+      </c>
+      <c r="F733" t="s">
+        <v>15</v>
+      </c>
+      <c r="G733" t="s">
+        <v>226</v>
+      </c>
+      <c r="H733">
+        <v>244492</v>
+      </c>
+      <c r="I733">
+        <v>247849</v>
+      </c>
+      <c r="J733" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="734" spans="1:10">
+      <c r="A734" t="s">
+        <v>10</v>
+      </c>
+      <c r="B734" t="s">
+        <v>11</v>
+      </c>
+      <c r="C734" t="s">
+        <v>993</v>
+      </c>
+      <c r="D734" t="s">
+        <v>13</v>
+      </c>
+      <c r="E734" t="s">
+        <v>21</v>
+      </c>
+      <c r="F734" t="s">
+        <v>15</v>
+      </c>
+      <c r="G734">
+        <v>997</v>
+      </c>
+      <c r="H734">
+        <v>243495</v>
+      </c>
+      <c r="I734">
+        <v>244491</v>
+      </c>
+      <c r="J734" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="735" spans="1:10">
+      <c r="A735" t="s">
+        <v>10</v>
+      </c>
+      <c r="B735" t="s">
+        <v>11</v>
+      </c>
+      <c r="C735" t="s">
+        <v>993</v>
+      </c>
+      <c r="D735" t="s">
+        <v>13</v>
+      </c>
+      <c r="E735" t="s">
+        <v>21</v>
+      </c>
+      <c r="F735" t="s">
+        <v>15</v>
+      </c>
+      <c r="G735">
+        <v>661</v>
+      </c>
+      <c r="H735">
+        <v>242834</v>
+      </c>
+      <c r="I735">
+        <v>243494</v>
+      </c>
+      <c r="J735" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="736" spans="1:10">
+      <c r="A736" t="s">
+        <v>10</v>
+      </c>
+      <c r="B736" t="s">
+        <v>11</v>
+      </c>
+      <c r="C736" t="s">
+        <v>993</v>
+      </c>
+      <c r="D736" t="s">
+        <v>13</v>
+      </c>
+      <c r="E736" t="s">
+        <v>21</v>
+      </c>
+      <c r="F736" t="s">
+        <v>15</v>
+      </c>
+      <c r="G736">
+        <v>856</v>
+      </c>
+      <c r="H736">
+        <v>241978</v>
+      </c>
+      <c r="I736">
+        <v>242833</v>
+      </c>
+      <c r="J736" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="737" spans="1:10">
+      <c r="A737" t="s">
+        <v>10</v>
+      </c>
+      <c r="B737" t="s">
+        <v>11</v>
+      </c>
+      <c r="C737" t="s">
+        <v>993</v>
+      </c>
+      <c r="D737" t="s">
+        <v>13</v>
+      </c>
+      <c r="E737" t="s">
+        <v>21</v>
+      </c>
+      <c r="F737" t="s">
+        <v>15</v>
+      </c>
+      <c r="G737" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H737">
+        <v>239974</v>
+      </c>
+      <c r="I737">
+        <v>241977</v>
+      </c>
+      <c r="J737" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="738" spans="1:10">
+      <c r="A738" t="s">
+        <v>10</v>
+      </c>
+      <c r="B738" t="s">
+        <v>11</v>
+      </c>
+      <c r="C738" t="s">
+        <v>993</v>
+      </c>
+      <c r="D738" t="s">
+        <v>13</v>
+      </c>
+      <c r="E738" t="s">
+        <v>21</v>
+      </c>
+      <c r="F738" t="s">
+        <v>15</v>
+      </c>
+      <c r="G738">
+        <v>694</v>
+      </c>
+      <c r="H738">
+        <v>239280</v>
+      </c>
+      <c r="I738">
+        <v>239973</v>
+      </c>
+      <c r="J738" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="739" spans="1:10">
+      <c r="A739" t="s">
+        <v>10</v>
+      </c>
+      <c r="B739" t="s">
+        <v>11</v>
+      </c>
+      <c r="C739" t="s">
+        <v>993</v>
+      </c>
+      <c r="D739" t="s">
+        <v>13</v>
+      </c>
+      <c r="E739" t="s">
+        <v>21</v>
+      </c>
+      <c r="F739" t="s">
+        <v>15</v>
+      </c>
+      <c r="G739" t="s">
+        <v>792</v>
+      </c>
+      <c r="H739">
+        <v>237640</v>
+      </c>
+      <c r="I739">
+        <v>239279</v>
+      </c>
+      <c r="J739" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="740" spans="1:10">
+      <c r="A740" t="s">
+        <v>10</v>
+      </c>
+      <c r="B740" t="s">
+        <v>11</v>
+      </c>
+      <c r="C740" t="s">
+        <v>993</v>
+      </c>
+      <c r="D740" t="s">
+        <v>13</v>
+      </c>
+      <c r="E740" t="s">
+        <v>21</v>
+      </c>
+      <c r="F740" t="s">
+        <v>15</v>
+      </c>
+      <c r="G740" t="s">
+        <v>915</v>
+      </c>
+      <c r="H740">
+        <v>236256</v>
+      </c>
+      <c r="I740">
+        <v>237639</v>
+      </c>
+      <c r="J740" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="741" spans="1:10">
+      <c r="A741" t="s">
+        <v>10</v>
+      </c>
+      <c r="B741" t="s">
+        <v>11</v>
+      </c>
+      <c r="C741" t="s">
+        <v>993</v>
+      </c>
+      <c r="D741" t="s">
+        <v>13</v>
+      </c>
+      <c r="E741" t="s">
+        <v>21</v>
+      </c>
+      <c r="F741" t="s">
+        <v>15</v>
+      </c>
+      <c r="G741">
+        <v>742</v>
+      </c>
+      <c r="H741">
+        <v>235514</v>
+      </c>
+      <c r="I741">
+        <v>236255</v>
+      </c>
+      <c r="J741" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="742" spans="1:10">
+      <c r="A742" t="s">
+        <v>10</v>
+      </c>
+      <c r="B742" t="s">
+        <v>11</v>
+      </c>
+      <c r="C742" t="s">
+        <v>993</v>
+      </c>
+      <c r="D742" t="s">
+        <v>13</v>
+      </c>
+      <c r="E742" t="s">
+        <v>21</v>
+      </c>
+      <c r="F742" t="s">
+        <v>15</v>
+      </c>
+      <c r="G742">
+        <v>632</v>
+      </c>
+      <c r="H742">
+        <v>234882</v>
+      </c>
+      <c r="I742">
+        <v>235513</v>
+      </c>
+      <c r="J742" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="743" spans="1:10">
+      <c r="A743" t="s">
+        <v>10</v>
+      </c>
+      <c r="B743" t="s">
+        <v>11</v>
+      </c>
+      <c r="C743" t="s">
+        <v>993</v>
+      </c>
+      <c r="D743" t="s">
+        <v>13</v>
+      </c>
+      <c r="E743" t="s">
+        <v>21</v>
+      </c>
+      <c r="F743" t="s">
+        <v>15</v>
+      </c>
+      <c r="G743" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H743">
+        <v>233745</v>
+      </c>
+      <c r="I743">
+        <v>234881</v>
+      </c>
+      <c r="J743" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="744" spans="1:10">
+      <c r="A744" t="s">
+        <v>10</v>
+      </c>
+      <c r="B744" t="s">
+        <v>11</v>
+      </c>
+      <c r="C744" t="s">
+        <v>993</v>
+      </c>
+      <c r="D744" t="s">
+        <v>13</v>
+      </c>
+      <c r="E744" t="s">
+        <v>21</v>
+      </c>
+      <c r="F744" t="s">
+        <v>15</v>
+      </c>
+      <c r="G744" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H744">
+        <v>232140</v>
+      </c>
+      <c r="I744">
+        <v>233744</v>
+      </c>
+      <c r="J744" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="745" spans="1:10">
+      <c r="A745" t="s">
+        <v>10</v>
+      </c>
+      <c r="B745" t="s">
+        <v>11</v>
+      </c>
+      <c r="C745" t="s">
+        <v>993</v>
+      </c>
+      <c r="D745" t="s">
+        <v>13</v>
+      </c>
+      <c r="E745" t="s">
+        <v>21</v>
+      </c>
+      <c r="F745" t="s">
+        <v>15</v>
+      </c>
+      <c r="G745" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H745">
+        <v>230283</v>
+      </c>
+      <c r="I745">
+        <v>232139</v>
+      </c>
+      <c r="J745" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="746" spans="1:10">
+      <c r="A746" t="s">
+        <v>10</v>
+      </c>
+      <c r="B746" t="s">
+        <v>11</v>
+      </c>
+      <c r="C746" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D746" t="s">
+        <v>13</v>
+      </c>
+      <c r="E746" t="s">
+        <v>21</v>
+      </c>
+      <c r="F746" t="s">
+        <v>15</v>
+      </c>
+      <c r="G746" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H746">
+        <v>228517</v>
+      </c>
+      <c r="I746">
+        <v>230282</v>
+      </c>
+      <c r="J746" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="747" spans="1:10">
+      <c r="A747" t="s">
+        <v>10</v>
+      </c>
+      <c r="B747" t="s">
+        <v>11</v>
+      </c>
+      <c r="C747" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D747" t="s">
+        <v>13</v>
+      </c>
+      <c r="E747" t="s">
+        <v>21</v>
+      </c>
+      <c r="F747" t="s">
+        <v>15</v>
+      </c>
+      <c r="G747">
+        <v>798</v>
+      </c>
+      <c r="H747">
+        <v>227719</v>
+      </c>
+      <c r="I747">
+        <v>228516</v>
+      </c>
+      <c r="J747" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="748" spans="1:10">
+      <c r="A748" t="s">
+        <v>10</v>
+      </c>
+      <c r="B748" t="s">
+        <v>11</v>
+      </c>
+      <c r="C748" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D748" t="s">
+        <v>13</v>
+      </c>
+      <c r="E748" t="s">
+        <v>21</v>
+      </c>
+      <c r="F748" t="s">
+        <v>15</v>
+      </c>
+      <c r="G748" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H748">
+        <v>225580</v>
+      </c>
+      <c r="I748">
+        <v>227718</v>
+      </c>
+      <c r="J748" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="749" spans="1:10">
+      <c r="A749" t="s">
+        <v>10</v>
+      </c>
+      <c r="B749" t="s">
+        <v>11</v>
+      </c>
+      <c r="C749" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D749" t="s">
+        <v>13</v>
+      </c>
+      <c r="E749" t="s">
+        <v>21</v>
+      </c>
+      <c r="F749" t="s">
+        <v>15</v>
+      </c>
+      <c r="G749">
+        <v>617</v>
+      </c>
+      <c r="H749">
+        <v>224963</v>
+      </c>
+      <c r="I749">
+        <v>225579</v>
+      </c>
+      <c r="J749" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="750" spans="1:10">
+      <c r="A750" t="s">
+        <v>10</v>
+      </c>
+      <c r="B750" t="s">
+        <v>11</v>
+      </c>
+      <c r="C750" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D750" t="s">
+        <v>13</v>
+      </c>
+      <c r="E750" t="s">
+        <v>21</v>
+      </c>
+      <c r="F750" t="s">
+        <v>15</v>
+      </c>
+      <c r="G750">
+        <v>689</v>
+      </c>
+      <c r="H750">
+        <v>224274</v>
+      </c>
+      <c r="I750">
+        <v>224962</v>
+      </c>
+      <c r="J750" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="751" spans="1:10">
+      <c r="A751" t="s">
+        <v>10</v>
+      </c>
+      <c r="B751" t="s">
+        <v>11</v>
+      </c>
+      <c r="C751" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D751" t="s">
+        <v>13</v>
+      </c>
+      <c r="E751" t="s">
+        <v>21</v>
+      </c>
+      <c r="F751" t="s">
+        <v>15</v>
+      </c>
+      <c r="G751">
+        <v>655</v>
+      </c>
+      <c r="H751">
+        <v>223619</v>
+      </c>
+      <c r="I751">
+        <v>224273</v>
+      </c>
+      <c r="J751" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="752" spans="1:10">
+      <c r="A752" t="s">
+        <v>10</v>
+      </c>
+      <c r="B752" t="s">
+        <v>11</v>
+      </c>
+      <c r="C752" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D752" t="s">
+        <v>13</v>
+      </c>
+      <c r="E752" t="s">
+        <v>21</v>
+      </c>
+      <c r="F752" t="s">
+        <v>15</v>
+      </c>
+      <c r="G752" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H752">
+        <v>221338</v>
+      </c>
+      <c r="I752">
+        <v>223618</v>
+      </c>
+      <c r="J752" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="753" spans="1:10">
+      <c r="A753" t="s">
+        <v>10</v>
+      </c>
+      <c r="B753" t="s">
+        <v>11</v>
+      </c>
+      <c r="C753" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D753" t="s">
+        <v>13</v>
+      </c>
+      <c r="E753" t="s">
+        <v>21</v>
+      </c>
+      <c r="F753" t="s">
+        <v>15</v>
+      </c>
+      <c r="G753">
+        <v>913</v>
+      </c>
+      <c r="H753">
+        <v>220425</v>
+      </c>
+      <c r="I753">
+        <v>221337</v>
+      </c>
+      <c r="J753" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="754" spans="1:10">
+      <c r="A754" t="s">
+        <v>10</v>
+      </c>
+      <c r="B754" t="s">
+        <v>11</v>
+      </c>
+      <c r="C754" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D754" t="s">
+        <v>13</v>
+      </c>
+      <c r="E754" t="s">
+        <v>21</v>
+      </c>
+      <c r="F754" t="s">
+        <v>15</v>
+      </c>
+      <c r="G754" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H754">
+        <v>218170</v>
+      </c>
+      <c r="I754">
+        <v>220424</v>
+      </c>
+      <c r="J754" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="755" spans="1:10">
+      <c r="A755" t="s">
+        <v>10</v>
+      </c>
+      <c r="B755" t="s">
+        <v>11</v>
+      </c>
+      <c r="C755" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D755" t="s">
+        <v>13</v>
+      </c>
+      <c r="E755" t="s">
+        <v>21</v>
+      </c>
+      <c r="F755" t="s">
+        <v>15</v>
+      </c>
+      <c r="G755" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H755">
+        <v>216757</v>
+      </c>
+      <c r="I755">
+        <v>218169</v>
+      </c>
+      <c r="J755" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="756" spans="1:10">
+      <c r="A756" t="s">
+        <v>10</v>
+      </c>
+      <c r="B756" t="s">
+        <v>11</v>
+      </c>
+      <c r="C756" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D756" t="s">
+        <v>13</v>
+      </c>
+      <c r="E756" t="s">
+        <v>21</v>
+      </c>
+      <c r="F756" t="s">
+        <v>15</v>
+      </c>
+      <c r="G756">
+        <v>516</v>
+      </c>
+      <c r="H756">
+        <v>216241</v>
+      </c>
+      <c r="I756">
+        <v>216756</v>
+      </c>
+      <c r="J756" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="757" spans="1:10">
+      <c r="A757" t="s">
+        <v>10</v>
+      </c>
+      <c r="B757" t="s">
+        <v>11</v>
+      </c>
+      <c r="C757" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D757" t="s">
+        <v>13</v>
+      </c>
+      <c r="E757" t="s">
+        <v>21</v>
+      </c>
+      <c r="F757" t="s">
+        <v>15</v>
+      </c>
+      <c r="G757">
+        <v>737</v>
+      </c>
+      <c r="H757">
+        <v>215504</v>
+      </c>
+      <c r="I757">
+        <v>216240</v>
+      </c>
+      <c r="J757" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="758" spans="1:10">
+      <c r="A758" t="s">
+        <v>10</v>
+      </c>
+      <c r="B758" t="s">
+        <v>11</v>
+      </c>
+      <c r="C758" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D758" t="s">
+        <v>13</v>
+      </c>
+      <c r="E758" t="s">
+        <v>21</v>
+      </c>
+      <c r="F758" t="s">
+        <v>15</v>
+      </c>
+      <c r="G758">
+        <v>639</v>
+      </c>
+      <c r="H758">
+        <v>214865</v>
+      </c>
+      <c r="I758">
+        <v>215503</v>
+      </c>
+      <c r="J758" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="759" spans="1:10">
+      <c r="A759" t="s">
+        <v>10</v>
+      </c>
+      <c r="B759" t="s">
+        <v>11</v>
+      </c>
+      <c r="C759" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D759" t="s">
+        <v>13</v>
+      </c>
+      <c r="E759" t="s">
+        <v>21</v>
+      </c>
+      <c r="F759" t="s">
+        <v>15</v>
+      </c>
+      <c r="G759">
+        <v>832</v>
+      </c>
+      <c r="H759">
+        <v>214033</v>
+      </c>
+      <c r="I759">
+        <v>214864</v>
+      </c>
+      <c r="J759" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="760" spans="1:10">
+      <c r="A760" t="s">
+        <v>10</v>
+      </c>
+      <c r="B760" t="s">
+        <v>11</v>
+      </c>
+      <c r="C760" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D760" t="s">
+        <v>13</v>
+      </c>
+      <c r="E760" t="s">
+        <v>21</v>
+      </c>
+      <c r="F760" t="s">
+        <v>15</v>
+      </c>
+      <c r="G760">
+        <v>982</v>
+      </c>
+      <c r="H760">
+        <v>213051</v>
+      </c>
+      <c r="I760">
+        <v>214032</v>
+      </c>
+      <c r="J760" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="761" spans="1:10">
+      <c r="A761" t="s">
+        <v>10</v>
+      </c>
+      <c r="B761" t="s">
+        <v>11</v>
+      </c>
+      <c r="C761" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D761" t="s">
+        <v>13</v>
+      </c>
+      <c r="E761" t="s">
+        <v>21</v>
+      </c>
+      <c r="F761" t="s">
+        <v>15</v>
+      </c>
+      <c r="G761" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H761">
+        <v>211940</v>
+      </c>
+      <c r="I761">
+        <v>213050</v>
+      </c>
+      <c r="J761" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="762" spans="1:10">
+      <c r="A762" t="s">
+        <v>10</v>
+      </c>
+      <c r="B762" t="s">
+        <v>11</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D762" t="s">
+        <v>13</v>
+      </c>
+      <c r="E762" t="s">
+        <v>21</v>
+      </c>
+      <c r="F762" t="s">
+        <v>15</v>
+      </c>
+      <c r="G762">
+        <v>862</v>
+      </c>
+      <c r="H762">
+        <v>211078</v>
+      </c>
+      <c r="I762">
+        <v>211939</v>
+      </c>
+      <c r="J762" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="763" spans="1:10">
+      <c r="A763" t="s">
+        <v>10</v>
+      </c>
+      <c r="B763" t="s">
+        <v>11</v>
+      </c>
+      <c r="C763" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D763" t="s">
+        <v>13</v>
+      </c>
+      <c r="E763" t="s">
+        <v>21</v>
+      </c>
+      <c r="F763" t="s">
+        <v>15</v>
+      </c>
+      <c r="G763" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H763">
+        <v>209308</v>
+      </c>
+      <c r="I763">
+        <v>211077</v>
+      </c>
+      <c r="J763" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="764" spans="1:10">
+      <c r="A764" t="s">
+        <v>10</v>
+      </c>
+      <c r="B764" t="s">
+        <v>11</v>
+      </c>
+      <c r="C764" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D764" t="s">
+        <v>13</v>
+      </c>
+      <c r="E764" t="s">
+        <v>21</v>
+      </c>
+      <c r="F764" t="s">
+        <v>15</v>
+      </c>
+      <c r="G764" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H764">
+        <v>208265</v>
+      </c>
+      <c r="I764">
+        <v>209307</v>
+      </c>
+      <c r="J764" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="765" spans="1:10">
+      <c r="A765" t="s">
+        <v>10</v>
+      </c>
+      <c r="B765" t="s">
+        <v>11</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D765" t="s">
+        <v>13</v>
+      </c>
+      <c r="E765" t="s">
+        <v>21</v>
+      </c>
+      <c r="F765" t="s">
+        <v>15</v>
+      </c>
+      <c r="G765">
+        <v>495</v>
+      </c>
+      <c r="H765">
+        <v>207770</v>
+      </c>
+      <c r="I765">
+        <v>208264</v>
+      </c>
+      <c r="J765" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="766" spans="1:10">
+      <c r="A766" t="s">
+        <v>10</v>
+      </c>
+      <c r="B766" t="s">
+        <v>11</v>
+      </c>
+      <c r="C766" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D766" t="s">
+        <v>13</v>
+      </c>
+      <c r="E766" t="s">
+        <v>21</v>
+      </c>
+      <c r="F766" t="s">
+        <v>15</v>
+      </c>
+      <c r="G766">
+        <v>548</v>
+      </c>
+      <c r="H766">
+        <v>207222</v>
+      </c>
+      <c r="I766">
+        <v>207769</v>
+      </c>
+      <c r="J766" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="767" spans="1:10">
+      <c r="A767" t="s">
+        <v>10</v>
+      </c>
+      <c r="B767" t="s">
+        <v>11</v>
+      </c>
+      <c r="C767" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D767" t="s">
+        <v>13</v>
+      </c>
+      <c r="E767" t="s">
+        <v>21</v>
+      </c>
+      <c r="F767" t="s">
+        <v>15</v>
+      </c>
+      <c r="G767">
+        <v>875</v>
+      </c>
+      <c r="H767">
+        <v>206347</v>
+      </c>
+      <c r="I767">
+        <v>207221</v>
+      </c>
+      <c r="J767" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="768" spans="1:10">
+      <c r="A768" t="s">
+        <v>10</v>
+      </c>
+      <c r="B768" t="s">
+        <v>11</v>
+      </c>
+      <c r="C768" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D768" t="s">
+        <v>13</v>
+      </c>
+      <c r="E768" t="s">
+        <v>21</v>
+      </c>
+      <c r="F768" t="s">
+        <v>15</v>
+      </c>
+      <c r="G768" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H768">
+        <v>204292</v>
+      </c>
+      <c r="I768">
+        <v>206346</v>
+      </c>
+      <c r="J768" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="769" spans="1:10">
+      <c r="A769" t="s">
+        <v>10</v>
+      </c>
+      <c r="B769" t="s">
+        <v>11</v>
+      </c>
+      <c r="C769" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D769" t="s">
+        <v>13</v>
+      </c>
+      <c r="E769" t="s">
+        <v>21</v>
+      </c>
+      <c r="F769" t="s">
+        <v>15</v>
+      </c>
+      <c r="G769">
+        <v>994</v>
+      </c>
+      <c r="H769">
+        <v>203298</v>
+      </c>
+      <c r="I769">
+        <v>204291</v>
+      </c>
+      <c r="J769" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="770" spans="1:10">
+      <c r="A770" t="s">
+        <v>10</v>
+      </c>
+      <c r="B770" t="s">
+        <v>11</v>
+      </c>
+      <c r="C770" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D770" t="s">
+        <v>13</v>
+      </c>
+      <c r="E770" t="s">
+        <v>21</v>
+      </c>
+      <c r="F770" t="s">
+        <v>15</v>
+      </c>
+      <c r="G770" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H770">
+        <v>201847</v>
+      </c>
+      <c r="I770">
+        <v>203297</v>
+      </c>
+      <c r="J770" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="771" spans="1:10">
+      <c r="A771" t="s">
+        <v>10</v>
+      </c>
+      <c r="B771" t="s">
+        <v>11</v>
+      </c>
+      <c r="C771" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D771" t="s">
+        <v>13</v>
+      </c>
+      <c r="E771" t="s">
+        <v>21</v>
+      </c>
+      <c r="F771" t="s">
+        <v>15</v>
+      </c>
+      <c r="G771" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H771">
+        <v>200278</v>
+      </c>
+      <c r="I771">
+        <v>201846</v>
+      </c>
+      <c r="J771" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="772" spans="1:10">
+      <c r="A772" t="s">
+        <v>10</v>
+      </c>
+      <c r="B772" t="s">
+        <v>11</v>
+      </c>
+      <c r="C772" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D772" t="s">
+        <v>13</v>
+      </c>
+      <c r="E772" t="s">
+        <v>21</v>
+      </c>
+      <c r="F772" t="s">
+        <v>15</v>
+      </c>
+      <c r="G772">
+        <v>928</v>
+      </c>
+      <c r="H772">
+        <v>199350</v>
+      </c>
+      <c r="I772">
+        <v>200277</v>
+      </c>
+      <c r="J772" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="773" spans="1:10">
+      <c r="A773" t="s">
+        <v>10</v>
+      </c>
+      <c r="B773" t="s">
+        <v>11</v>
+      </c>
+      <c r="C773" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D773" t="s">
+        <v>13</v>
+      </c>
+      <c r="E773" t="s">
+        <v>21</v>
+      </c>
+      <c r="F773" t="s">
+        <v>15</v>
+      </c>
+      <c r="G773" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H773">
+        <v>198337</v>
+      </c>
+      <c r="I773">
+        <v>199349</v>
+      </c>
+      <c r="J773" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="774" spans="1:10">
+      <c r="A774" t="s">
+        <v>10</v>
+      </c>
+      <c r="B774" t="s">
+        <v>11</v>
+      </c>
+      <c r="C774" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D774" t="s">
+        <v>13</v>
+      </c>
+      <c r="E774" t="s">
+        <v>21</v>
+      </c>
+      <c r="F774" t="s">
+        <v>15</v>
+      </c>
+      <c r="G774" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H774">
+        <v>196773</v>
+      </c>
+      <c r="I774">
+        <v>198336</v>
+      </c>
+      <c r="J774" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="775" spans="1:10">
+      <c r="A775" t="s">
+        <v>10</v>
+      </c>
+      <c r="B775" t="s">
+        <v>11</v>
+      </c>
+      <c r="C775" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D775" t="s">
+        <v>13</v>
+      </c>
+      <c r="E775" t="s">
+        <v>21</v>
+      </c>
+      <c r="F775" t="s">
+        <v>15</v>
+      </c>
+      <c r="G775" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H775">
+        <v>194921</v>
+      </c>
+      <c r="I775">
+        <v>196772</v>
+      </c>
+      <c r="J775" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="776" spans="1:10">
+      <c r="A776" t="s">
+        <v>10</v>
+      </c>
+      <c r="B776" t="s">
+        <v>11</v>
+      </c>
+      <c r="C776" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D776" t="s">
+        <v>13</v>
+      </c>
+      <c r="E776" t="s">
+        <v>21</v>
+      </c>
+      <c r="F776" t="s">
+        <v>15</v>
+      </c>
+      <c r="G776">
+        <v>787</v>
+      </c>
+      <c r="H776">
+        <v>194134</v>
+      </c>
+      <c r="I776">
+        <v>194920</v>
+      </c>
+      <c r="J776" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="777" spans="1:10">
+      <c r="A777" t="s">
+        <v>10</v>
+      </c>
+      <c r="B777" t="s">
+        <v>11</v>
+      </c>
+      <c r="C777" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D777" t="s">
+        <v>13</v>
+      </c>
+      <c r="E777" t="s">
+        <v>21</v>
+      </c>
+      <c r="F777" t="s">
+        <v>15</v>
+      </c>
+      <c r="G777">
+        <v>585</v>
+      </c>
+      <c r="H777">
+        <v>193549</v>
+      </c>
+      <c r="I777">
+        <v>194133</v>
+      </c>
+      <c r="J777" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="778" spans="1:10">
+      <c r="A778" t="s">
+        <v>10</v>
+      </c>
+      <c r="B778" t="s">
+        <v>11</v>
+      </c>
+      <c r="C778" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D778" t="s">
+        <v>13</v>
+      </c>
+      <c r="E778" t="s">
+        <v>21</v>
+      </c>
+      <c r="F778" t="s">
+        <v>15</v>
+      </c>
+      <c r="G778">
+        <v>842</v>
+      </c>
+      <c r="H778">
+        <v>192707</v>
+      </c>
+      <c r="I778">
+        <v>193548</v>
+      </c>
+      <c r="J778" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="779" spans="1:10">
+      <c r="A779" t="s">
+        <v>10</v>
+      </c>
+      <c r="B779" t="s">
+        <v>11</v>
+      </c>
+      <c r="C779" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D779" t="s">
+        <v>13</v>
+      </c>
+      <c r="E779" t="s">
+        <v>21</v>
+      </c>
+      <c r="F779" t="s">
+        <v>15</v>
+      </c>
+      <c r="G779">
+        <v>478</v>
+      </c>
+      <c r="H779">
+        <v>192229</v>
+      </c>
+      <c r="I779">
+        <v>192706</v>
+      </c>
+      <c r="J779" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="780" spans="1:10">
+      <c r="A780" t="s">
+        <v>10</v>
+      </c>
+      <c r="B780" t="s">
+        <v>11</v>
+      </c>
+      <c r="C780" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D780" t="s">
+        <v>13</v>
+      </c>
+      <c r="E780" t="s">
+        <v>21</v>
+      </c>
+      <c r="F780" t="s">
+        <v>15</v>
+      </c>
+      <c r="G780" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H780">
+        <v>190381</v>
+      </c>
+      <c r="I780">
+        <v>192228</v>
+      </c>
+      <c r="J780" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="781" spans="1:10">
+      <c r="A781" t="s">
+        <v>10</v>
+      </c>
+      <c r="B781" t="s">
+        <v>11</v>
+      </c>
+      <c r="C781" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D781" t="s">
+        <v>13</v>
+      </c>
+      <c r="E781" t="s">
+        <v>21</v>
+      </c>
+      <c r="F781" t="s">
+        <v>15</v>
+      </c>
+      <c r="G781" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H781">
+        <v>187427</v>
+      </c>
+      <c r="I781">
+        <v>190380</v>
+      </c>
+      <c r="J781" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="782" spans="1:10">
+      <c r="A782" t="s">
+        <v>10</v>
+      </c>
+      <c r="B782" t="s">
+        <v>11</v>
+      </c>
+      <c r="C782" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D782" t="s">
+        <v>13</v>
+      </c>
+      <c r="E782" t="s">
+        <v>21</v>
+      </c>
+      <c r="F782" t="s">
+        <v>15</v>
+      </c>
+      <c r="G782" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H782">
+        <v>185755</v>
+      </c>
+      <c r="I782">
+        <v>187426</v>
+      </c>
+      <c r="J782" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="783" spans="1:10">
+      <c r="A783" t="s">
+        <v>10</v>
+      </c>
+      <c r="B783" t="s">
+        <v>11</v>
+      </c>
+      <c r="C783" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D783" t="s">
+        <v>13</v>
+      </c>
+      <c r="E783" t="s">
+        <v>21</v>
+      </c>
+      <c r="F783" t="s">
+        <v>15</v>
+      </c>
+      <c r="G783" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H783">
+        <v>184543</v>
+      </c>
+      <c r="I783">
+        <v>185754</v>
+      </c>
+      <c r="J783" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="784" spans="1:10">
+      <c r="A784" t="s">
+        <v>10</v>
+      </c>
+      <c r="B784" t="s">
+        <v>11</v>
+      </c>
+      <c r="C784" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D784" t="s">
+        <v>13</v>
+      </c>
+      <c r="E784" t="s">
+        <v>21</v>
+      </c>
+      <c r="F784" t="s">
+        <v>15</v>
+      </c>
+      <c r="G784" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H784">
+        <v>183191</v>
+      </c>
+      <c r="I784">
+        <v>184542</v>
+      </c>
+      <c r="J784" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="785" spans="1:10">
+      <c r="A785" t="s">
+        <v>10</v>
+      </c>
+      <c r="B785" t="s">
+        <v>11</v>
+      </c>
+      <c r="C785" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D785" t="s">
+        <v>13</v>
+      </c>
+      <c r="E785" t="s">
+        <v>21</v>
+      </c>
+      <c r="F785" t="s">
+        <v>15</v>
+      </c>
+      <c r="G785">
+        <v>688</v>
+      </c>
+      <c r="H785">
+        <v>182503</v>
+      </c>
+      <c r="I785">
+        <v>183190</v>
+      </c>
+      <c r="J785" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="786" spans="1:10">
+      <c r="A786" t="s">
+        <v>10</v>
+      </c>
+      <c r="B786" t="s">
+        <v>11</v>
+      </c>
+      <c r="C786" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D786" t="s">
+        <v>13</v>
+      </c>
+      <c r="E786" t="s">
+        <v>21</v>
+      </c>
+      <c r="F786" t="s">
+        <v>15</v>
+      </c>
+      <c r="G786" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H786">
+        <v>181478</v>
+      </c>
+      <c r="I786">
+        <v>182502</v>
+      </c>
+      <c r="J786" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="787" spans="1:10">
+      <c r="A787" t="s">
+        <v>10</v>
+      </c>
+      <c r="B787" t="s">
+        <v>11</v>
+      </c>
+      <c r="C787" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D787" t="s">
+        <v>13</v>
+      </c>
+      <c r="E787" t="s">
+        <v>21</v>
+      </c>
+      <c r="F787" t="s">
+        <v>15</v>
+      </c>
+      <c r="G787">
+        <v>646</v>
+      </c>
+      <c r="H787">
+        <v>180832</v>
+      </c>
+      <c r="I787">
+        <v>181477</v>
+      </c>
+      <c r="J787" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="788" spans="1:10">
+      <c r="A788" t="s">
+        <v>10</v>
+      </c>
+      <c r="B788" t="s">
+        <v>11</v>
+      </c>
+      <c r="C788" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D788" t="s">
+        <v>13</v>
+      </c>
+      <c r="E788" t="s">
+        <v>21</v>
+      </c>
+      <c r="F788" t="s">
+        <v>15</v>
+      </c>
+      <c r="G788" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H788">
+        <v>179816</v>
+      </c>
+      <c r="I788">
+        <v>180831</v>
+      </c>
+      <c r="J788" t="s">
         <v>1169</v>
       </c>
-      <c r="D717" t="s">
-[...2 lines deleted...]
-      <c r="E717" t="s">
+    </row>
+    <row r="789" spans="1:10">
+      <c r="A789" t="s">
+        <v>10</v>
+      </c>
+      <c r="B789" t="s">
+        <v>11</v>
+      </c>
+      <c r="C789" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D789" t="s">
+        <v>13</v>
+      </c>
+      <c r="E789" t="s">
+        <v>21</v>
+      </c>
+      <c r="F789" t="s">
+        <v>15</v>
+      </c>
+      <c r="G789" t="s">
         <v>1170</v>
       </c>
-      <c r="F717" t="s">
-[...2 lines deleted...]
-      <c r="G717" t="s">
+      <c r="H789">
+        <v>178091</v>
+      </c>
+      <c r="I789">
+        <v>179815</v>
+      </c>
+      <c r="J789" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="790" spans="1:10">
+      <c r="A790" t="s">
+        <v>10</v>
+      </c>
+      <c r="B790" t="s">
+        <v>11</v>
+      </c>
+      <c r="C790" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D790" t="s">
+        <v>13</v>
+      </c>
+      <c r="E790" t="s">
+        <v>21</v>
+      </c>
+      <c r="F790" t="s">
+        <v>15</v>
+      </c>
+      <c r="G790">
+        <v>773</v>
+      </c>
+      <c r="H790">
+        <v>177318</v>
+      </c>
+      <c r="I790">
+        <v>178090</v>
+      </c>
+      <c r="J790" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="791" spans="1:10">
+      <c r="A791" t="s">
+        <v>10</v>
+      </c>
+      <c r="B791" t="s">
+        <v>11</v>
+      </c>
+      <c r="C791" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D791" t="s">
+        <v>13</v>
+      </c>
+      <c r="E791" t="s">
+        <v>21</v>
+      </c>
+      <c r="F791" t="s">
+        <v>15</v>
+      </c>
+      <c r="G791" t="s">
         <v>1173</v>
       </c>
-      <c r="H717">
+      <c r="H791">
+        <v>175570</v>
+      </c>
+      <c r="I791">
+        <v>177317</v>
+      </c>
+      <c r="J791" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="792" spans="1:10">
+      <c r="A792" t="s">
+        <v>10</v>
+      </c>
+      <c r="B792" t="s">
+        <v>11</v>
+      </c>
+      <c r="C792" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D792" t="s">
+        <v>13</v>
+      </c>
+      <c r="E792" t="s">
+        <v>21</v>
+      </c>
+      <c r="F792" t="s">
+        <v>15</v>
+      </c>
+      <c r="G792">
+        <v>711</v>
+      </c>
+      <c r="H792">
+        <v>174859</v>
+      </c>
+      <c r="I792">
+        <v>175569</v>
+      </c>
+      <c r="J792" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="793" spans="1:10">
+      <c r="A793" t="s">
+        <v>10</v>
+      </c>
+      <c r="B793" t="s">
+        <v>11</v>
+      </c>
+      <c r="C793" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D793" t="s">
+        <v>13</v>
+      </c>
+      <c r="E793" t="s">
+        <v>21</v>
+      </c>
+      <c r="F793" t="s">
+        <v>15</v>
+      </c>
+      <c r="G793" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H793">
+        <v>172481</v>
+      </c>
+      <c r="I793">
+        <v>174858</v>
+      </c>
+      <c r="J793" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="794" spans="1:10">
+      <c r="A794" t="s">
+        <v>10</v>
+      </c>
+      <c r="B794" t="s">
+        <v>11</v>
+      </c>
+      <c r="C794" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D794" t="s">
+        <v>13</v>
+      </c>
+      <c r="E794" t="s">
+        <v>21</v>
+      </c>
+      <c r="F794" t="s">
+        <v>15</v>
+      </c>
+      <c r="G794" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H794">
+        <v>171378</v>
+      </c>
+      <c r="I794">
+        <v>172480</v>
+      </c>
+      <c r="J794" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="795" spans="1:10">
+      <c r="A795" t="s">
+        <v>10</v>
+      </c>
+      <c r="B795" t="s">
+        <v>11</v>
+      </c>
+      <c r="C795" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D795" t="s">
+        <v>13</v>
+      </c>
+      <c r="E795" t="s">
+        <v>21</v>
+      </c>
+      <c r="F795" t="s">
+        <v>15</v>
+      </c>
+      <c r="G795" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H795">
+        <v>169993</v>
+      </c>
+      <c r="I795">
+        <v>171377</v>
+      </c>
+      <c r="J795" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="796" spans="1:10">
+      <c r="A796" t="s">
+        <v>10</v>
+      </c>
+      <c r="B796" t="s">
+        <v>11</v>
+      </c>
+      <c r="C796" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D796" t="s">
+        <v>13</v>
+      </c>
+      <c r="E796" t="s">
+        <v>21</v>
+      </c>
+      <c r="F796" t="s">
+        <v>15</v>
+      </c>
+      <c r="G796" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H796">
+        <v>167945</v>
+      </c>
+      <c r="I796">
+        <v>169992</v>
+      </c>
+      <c r="J796" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="797" spans="1:10">
+      <c r="A797" t="s">
+        <v>10</v>
+      </c>
+      <c r="B797" t="s">
+        <v>11</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D797" t="s">
+        <v>13</v>
+      </c>
+      <c r="E797" t="s">
+        <v>21</v>
+      </c>
+      <c r="F797" t="s">
+        <v>15</v>
+      </c>
+      <c r="G797">
+        <v>555</v>
+      </c>
+      <c r="H797">
+        <v>167390</v>
+      </c>
+      <c r="I797">
+        <v>167944</v>
+      </c>
+      <c r="J797" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="798" spans="1:10">
+      <c r="A798" t="s">
+        <v>10</v>
+      </c>
+      <c r="B798" t="s">
+        <v>11</v>
+      </c>
+      <c r="C798" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D798" t="s">
+        <v>13</v>
+      </c>
+      <c r="E798" t="s">
+        <v>21</v>
+      </c>
+      <c r="F798" t="s">
+        <v>15</v>
+      </c>
+      <c r="G798" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H798">
+        <v>166196</v>
+      </c>
+      <c r="I798">
+        <v>167389</v>
+      </c>
+      <c r="J798" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="799" spans="1:10">
+      <c r="A799" t="s">
+        <v>10</v>
+      </c>
+      <c r="B799" t="s">
+        <v>11</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D799" t="s">
+        <v>13</v>
+      </c>
+      <c r="E799" t="s">
+        <v>21</v>
+      </c>
+      <c r="F799" t="s">
+        <v>15</v>
+      </c>
+      <c r="G799" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H799">
+        <v>163675</v>
+      </c>
+      <c r="I799">
+        <v>166195</v>
+      </c>
+      <c r="J799" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="800" spans="1:10">
+      <c r="A800" t="s">
+        <v>10</v>
+      </c>
+      <c r="B800" t="s">
+        <v>11</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D800" t="s">
+        <v>13</v>
+      </c>
+      <c r="E800" t="s">
+        <v>21</v>
+      </c>
+      <c r="F800" t="s">
+        <v>15</v>
+      </c>
+      <c r="G800" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H800">
+        <v>162312</v>
+      </c>
+      <c r="I800">
+        <v>163674</v>
+      </c>
+      <c r="J800" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="801" spans="1:10">
+      <c r="A801" t="s">
+        <v>10</v>
+      </c>
+      <c r="B801" t="s">
+        <v>11</v>
+      </c>
+      <c r="C801" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D801" t="s">
+        <v>13</v>
+      </c>
+      <c r="E801" t="s">
+        <v>21</v>
+      </c>
+      <c r="F801" t="s">
+        <v>15</v>
+      </c>
+      <c r="G801" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H801">
+        <v>160616</v>
+      </c>
+      <c r="I801">
+        <v>162311</v>
+      </c>
+      <c r="J801" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="802" spans="1:10">
+      <c r="A802" t="s">
+        <v>10</v>
+      </c>
+      <c r="B802" t="s">
+        <v>11</v>
+      </c>
+      <c r="C802" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D802" t="s">
+        <v>13</v>
+      </c>
+      <c r="E802" t="s">
+        <v>21</v>
+      </c>
+      <c r="F802" t="s">
+        <v>15</v>
+      </c>
+      <c r="G802" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H802">
+        <v>158727</v>
+      </c>
+      <c r="I802">
+        <v>160615</v>
+      </c>
+      <c r="J802" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="803" spans="1:10">
+      <c r="A803" t="s">
+        <v>10</v>
+      </c>
+      <c r="B803" t="s">
+        <v>11</v>
+      </c>
+      <c r="C803" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D803" t="s">
+        <v>13</v>
+      </c>
+      <c r="E803" t="s">
+        <v>21</v>
+      </c>
+      <c r="F803" t="s">
+        <v>15</v>
+      </c>
+      <c r="G803" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H803">
+        <v>156965</v>
+      </c>
+      <c r="I803">
+        <v>158726</v>
+      </c>
+      <c r="J803" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="804" spans="1:10">
+      <c r="A804" t="s">
+        <v>10</v>
+      </c>
+      <c r="B804" t="s">
+        <v>11</v>
+      </c>
+      <c r="C804" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D804" t="s">
+        <v>13</v>
+      </c>
+      <c r="E804" t="s">
+        <v>21</v>
+      </c>
+      <c r="F804" t="s">
+        <v>15</v>
+      </c>
+      <c r="G804" t="s">
+        <v>954</v>
+      </c>
+      <c r="H804">
+        <v>155006</v>
+      </c>
+      <c r="I804">
+        <v>156964</v>
+      </c>
+      <c r="J804" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="805" spans="1:10">
+      <c r="A805" t="s">
+        <v>10</v>
+      </c>
+      <c r="B805" t="s">
+        <v>11</v>
+      </c>
+      <c r="C805" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D805" t="s">
+        <v>13</v>
+      </c>
+      <c r="E805" t="s">
+        <v>21</v>
+      </c>
+      <c r="F805" t="s">
+        <v>15</v>
+      </c>
+      <c r="G805" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H805">
+        <v>153055</v>
+      </c>
+      <c r="I805">
+        <v>155005</v>
+      </c>
+      <c r="J805" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="806" spans="1:10">
+      <c r="A806" t="s">
+        <v>10</v>
+      </c>
+      <c r="B806" t="s">
+        <v>11</v>
+      </c>
+      <c r="C806" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D806" t="s">
+        <v>13</v>
+      </c>
+      <c r="E806" t="s">
+        <v>21</v>
+      </c>
+      <c r="F806" t="s">
+        <v>15</v>
+      </c>
+      <c r="G806">
+        <v>917</v>
+      </c>
+      <c r="H806">
+        <v>152138</v>
+      </c>
+      <c r="I806">
+        <v>153054</v>
+      </c>
+      <c r="J806" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="807" spans="1:10">
+      <c r="A807" t="s">
+        <v>10</v>
+      </c>
+      <c r="B807" t="s">
+        <v>11</v>
+      </c>
+      <c r="C807" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D807" t="s">
+        <v>13</v>
+      </c>
+      <c r="E807" t="s">
+        <v>21</v>
+      </c>
+      <c r="F807" t="s">
+        <v>15</v>
+      </c>
+      <c r="G807" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H807">
+        <v>150988</v>
+      </c>
+      <c r="I807">
+        <v>152137</v>
+      </c>
+      <c r="J807" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="808" spans="1:10">
+      <c r="A808" t="s">
+        <v>10</v>
+      </c>
+      <c r="B808" t="s">
+        <v>11</v>
+      </c>
+      <c r="C808" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D808" t="s">
+        <v>13</v>
+      </c>
+      <c r="E808" t="s">
+        <v>21</v>
+      </c>
+      <c r="F808" t="s">
+        <v>15</v>
+      </c>
+      <c r="G808" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H808">
+        <v>149343</v>
+      </c>
+      <c r="I808">
+        <v>150987</v>
+      </c>
+      <c r="J808" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="809" spans="1:10">
+      <c r="A809" t="s">
+        <v>10</v>
+      </c>
+      <c r="B809" t="s">
+        <v>11</v>
+      </c>
+      <c r="C809" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D809" t="s">
+        <v>13</v>
+      </c>
+      <c r="E809" t="s">
+        <v>21</v>
+      </c>
+      <c r="F809" t="s">
+        <v>15</v>
+      </c>
+      <c r="G809" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H809">
+        <v>148186</v>
+      </c>
+      <c r="I809">
+        <v>149342</v>
+      </c>
+      <c r="J809" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="810" spans="1:10">
+      <c r="A810" t="s">
+        <v>10</v>
+      </c>
+      <c r="B810" t="s">
+        <v>11</v>
+      </c>
+      <c r="C810" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D810" t="s">
+        <v>13</v>
+      </c>
+      <c r="E810" t="s">
+        <v>21</v>
+      </c>
+      <c r="F810" t="s">
+        <v>15</v>
+      </c>
+      <c r="G810" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H810">
+        <v>145138</v>
+      </c>
+      <c r="I810">
+        <v>148185</v>
+      </c>
+      <c r="J810" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="811" spans="1:10">
+      <c r="A811" t="s">
+        <v>10</v>
+      </c>
+      <c r="B811" t="s">
+        <v>11</v>
+      </c>
+      <c r="C811" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D811" t="s">
+        <v>13</v>
+      </c>
+      <c r="E811" t="s">
+        <v>21</v>
+      </c>
+      <c r="F811" t="s">
+        <v>15</v>
+      </c>
+      <c r="G811">
+        <v>611</v>
+      </c>
+      <c r="H811">
+        <v>144527</v>
+      </c>
+      <c r="I811">
+        <v>145137</v>
+      </c>
+      <c r="J811" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="812" spans="1:10">
+      <c r="A812" t="s">
+        <v>10</v>
+      </c>
+      <c r="B812" t="s">
+        <v>11</v>
+      </c>
+      <c r="C812" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D812" t="s">
+        <v>13</v>
+      </c>
+      <c r="E812" t="s">
+        <v>21</v>
+      </c>
+      <c r="F812" t="s">
+        <v>15</v>
+      </c>
+      <c r="G812">
+        <v>977</v>
+      </c>
+      <c r="H812">
+        <v>143550</v>
+      </c>
+      <c r="I812">
+        <v>144526</v>
+      </c>
+      <c r="J812" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="813" spans="1:10">
+      <c r="A813" t="s">
+        <v>10</v>
+      </c>
+      <c r="B813" t="s">
+        <v>11</v>
+      </c>
+      <c r="C813" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D813" t="s">
+        <v>13</v>
+      </c>
+      <c r="E813" t="s">
+        <v>21</v>
+      </c>
+      <c r="F813" t="s">
+        <v>15</v>
+      </c>
+      <c r="G813" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H813">
+        <v>142357</v>
+      </c>
+      <c r="I813">
+        <v>143549</v>
+      </c>
+      <c r="J813" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="814" spans="1:10">
+      <c r="A814" t="s">
+        <v>10</v>
+      </c>
+      <c r="B814" t="s">
+        <v>11</v>
+      </c>
+      <c r="C814" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D814" t="s">
+        <v>13</v>
+      </c>
+      <c r="E814" t="s">
+        <v>21</v>
+      </c>
+      <c r="F814" t="s">
+        <v>15</v>
+      </c>
+      <c r="G814" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H814">
+        <v>141186</v>
+      </c>
+      <c r="I814">
+        <v>142356</v>
+      </c>
+      <c r="J814" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="815" spans="1:10">
+      <c r="A815" t="s">
+        <v>10</v>
+      </c>
+      <c r="B815" t="s">
+        <v>11</v>
+      </c>
+      <c r="C815" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D815" t="s">
+        <v>13</v>
+      </c>
+      <c r="E815" t="s">
+        <v>21</v>
+      </c>
+      <c r="F815" t="s">
+        <v>15</v>
+      </c>
+      <c r="G815" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H815">
+        <v>139683</v>
+      </c>
+      <c r="I815">
+        <v>141185</v>
+      </c>
+      <c r="J815" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="816" spans="1:10">
+      <c r="A816" t="s">
+        <v>10</v>
+      </c>
+      <c r="B816" t="s">
+        <v>11</v>
+      </c>
+      <c r="C816" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D816" t="s">
+        <v>13</v>
+      </c>
+      <c r="E816" t="s">
+        <v>21</v>
+      </c>
+      <c r="F816" t="s">
+        <v>15</v>
+      </c>
+      <c r="G816" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H816">
+        <v>135158</v>
+      </c>
+      <c r="I816">
+        <v>139682</v>
+      </c>
+      <c r="J816" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="817" spans="1:10">
+      <c r="A817" t="s">
+        <v>10</v>
+      </c>
+      <c r="B817" t="s">
+        <v>11</v>
+      </c>
+      <c r="C817" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D817" t="s">
+        <v>13</v>
+      </c>
+      <c r="E817" t="s">
+        <v>21</v>
+      </c>
+      <c r="F817" t="s">
+        <v>15</v>
+      </c>
+      <c r="G817" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H817">
+        <v>133640</v>
+      </c>
+      <c r="I817">
+        <v>135157</v>
+      </c>
+      <c r="J817" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="818" spans="1:10">
+      <c r="A818" t="s">
+        <v>10</v>
+      </c>
+      <c r="B818" t="s">
+        <v>11</v>
+      </c>
+      <c r="C818" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D818" t="s">
+        <v>13</v>
+      </c>
+      <c r="E818" t="s">
+        <v>21</v>
+      </c>
+      <c r="F818" t="s">
+        <v>15</v>
+      </c>
+      <c r="G818" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H818">
+        <v>132367</v>
+      </c>
+      <c r="I818">
+        <v>133639</v>
+      </c>
+      <c r="J818" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="819" spans="1:10">
+      <c r="A819" t="s">
+        <v>10</v>
+      </c>
+      <c r="B819" t="s">
+        <v>11</v>
+      </c>
+      <c r="C819" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D819" t="s">
+        <v>13</v>
+      </c>
+      <c r="E819" t="s">
+        <v>21</v>
+      </c>
+      <c r="F819" t="s">
+        <v>15</v>
+      </c>
+      <c r="G819" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H819">
+        <v>129299</v>
+      </c>
+      <c r="I819">
+        <v>132366</v>
+      </c>
+      <c r="J819" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="820" spans="1:10">
+      <c r="A820" t="s">
+        <v>10</v>
+      </c>
+      <c r="B820" t="s">
+        <v>11</v>
+      </c>
+      <c r="C820" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D820" t="s">
+        <v>13</v>
+      </c>
+      <c r="E820" t="s">
+        <v>21</v>
+      </c>
+      <c r="F820" t="s">
+        <v>15</v>
+      </c>
+      <c r="G820" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H820">
+        <v>125557</v>
+      </c>
+      <c r="I820">
+        <v>129298</v>
+      </c>
+      <c r="J820" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="821" spans="1:10">
+      <c r="A821" t="s">
+        <v>10</v>
+      </c>
+      <c r="B821" t="s">
+        <v>11</v>
+      </c>
+      <c r="C821" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D821" t="s">
+        <v>13</v>
+      </c>
+      <c r="E821" t="s">
+        <v>21</v>
+      </c>
+      <c r="F821" t="s">
+        <v>15</v>
+      </c>
+      <c r="G821" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H821">
+        <v>95714</v>
+      </c>
+      <c r="I821">
+        <v>125556</v>
+      </c>
+      <c r="J821" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="822" spans="1:10">
+      <c r="A822" t="s">
+        <v>10</v>
+      </c>
+      <c r="B822" t="s">
+        <v>11</v>
+      </c>
+      <c r="C822" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D822" t="s">
+        <v>13</v>
+      </c>
+      <c r="E822" t="s">
+        <v>21</v>
+      </c>
+      <c r="F822" t="s">
+        <v>15</v>
+      </c>
+      <c r="G822" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H822">
+        <v>83414</v>
+      </c>
+      <c r="I822">
+        <v>95713</v>
+      </c>
+      <c r="J822" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="823" spans="1:10">
+      <c r="A823" t="s">
+        <v>10</v>
+      </c>
+      <c r="B823" t="s">
+        <v>11</v>
+      </c>
+      <c r="C823" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D823" t="s">
+        <v>13</v>
+      </c>
+      <c r="E823" t="s">
+        <v>21</v>
+      </c>
+      <c r="F823" t="s">
+        <v>15</v>
+      </c>
+      <c r="G823" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H823">
+        <v>72003</v>
+      </c>
+      <c r="I823">
+        <v>83413</v>
+      </c>
+      <c r="J823" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="824" spans="1:10">
+      <c r="A824" t="s">
+        <v>10</v>
+      </c>
+      <c r="B824" t="s">
+        <v>11</v>
+      </c>
+      <c r="C824" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D824" t="s">
+        <v>13</v>
+      </c>
+      <c r="E824" t="s">
+        <v>21</v>
+      </c>
+      <c r="F824" t="s">
+        <v>15</v>
+      </c>
+      <c r="G824" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H824">
+        <v>68203</v>
+      </c>
+      <c r="I824">
+        <v>72002</v>
+      </c>
+      <c r="J824" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="825" spans="1:10">
+      <c r="A825" t="s">
+        <v>10</v>
+      </c>
+      <c r="B825" t="s">
+        <v>11</v>
+      </c>
+      <c r="C825" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D825" t="s">
+        <v>13</v>
+      </c>
+      <c r="E825" t="s">
+        <v>21</v>
+      </c>
+      <c r="F825" t="s">
+        <v>15</v>
+      </c>
+      <c r="G825" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H825">
+        <v>60787</v>
+      </c>
+      <c r="I825">
+        <v>68202</v>
+      </c>
+      <c r="J825" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="826" spans="1:10">
+      <c r="A826" t="s">
+        <v>10</v>
+      </c>
+      <c r="B826" t="s">
+        <v>11</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D826" t="s">
+        <v>13</v>
+      </c>
+      <c r="E826" t="s">
+        <v>21</v>
+      </c>
+      <c r="F826" t="s">
+        <v>15</v>
+      </c>
+      <c r="G826" t="s">
+        <v>16</v>
+      </c>
+      <c r="H826">
+        <v>59205</v>
+      </c>
+      <c r="I826">
+        <v>60786</v>
+      </c>
+      <c r="J826" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="827" spans="1:10">
+      <c r="A827" t="s">
+        <v>10</v>
+      </c>
+      <c r="B827" t="s">
+        <v>11</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D827" t="s">
+        <v>13</v>
+      </c>
+      <c r="E827" t="s">
+        <v>21</v>
+      </c>
+      <c r="F827" t="s">
+        <v>15</v>
+      </c>
+      <c r="G827" t="s">
+        <v>766</v>
+      </c>
+      <c r="H827">
+        <v>56185</v>
+      </c>
+      <c r="I827">
+        <v>59204</v>
+      </c>
+      <c r="J827" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="828" spans="1:10">
+      <c r="A828" t="s">
+        <v>10</v>
+      </c>
+      <c r="B828" t="s">
+        <v>11</v>
+      </c>
+      <c r="C828" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D828" t="s">
+        <v>13</v>
+      </c>
+      <c r="E828" t="s">
+        <v>21</v>
+      </c>
+      <c r="F828" t="s">
+        <v>15</v>
+      </c>
+      <c r="G828" t="s">
+        <v>583</v>
+      </c>
+      <c r="H828">
+        <v>54777</v>
+      </c>
+      <c r="I828">
+        <v>56184</v>
+      </c>
+      <c r="J828" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="829" spans="1:10">
+      <c r="A829" t="s">
+        <v>10</v>
+      </c>
+      <c r="B829" t="s">
+        <v>11</v>
+      </c>
+      <c r="C829" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D829" t="s">
+        <v>13</v>
+      </c>
+      <c r="E829" t="s">
+        <v>21</v>
+      </c>
+      <c r="F829" t="s">
+        <v>15</v>
+      </c>
+      <c r="G829" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H829">
+        <v>51271</v>
+      </c>
+      <c r="I829">
+        <v>54776</v>
+      </c>
+      <c r="J829" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="830" spans="1:10">
+      <c r="A830" t="s">
+        <v>10</v>
+      </c>
+      <c r="B830" t="s">
+        <v>11</v>
+      </c>
+      <c r="C830" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D830" t="s">
+        <v>13</v>
+      </c>
+      <c r="E830" t="s">
+        <v>21</v>
+      </c>
+      <c r="F830" t="s">
+        <v>15</v>
+      </c>
+      <c r="G830" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H830">
+        <v>45751</v>
+      </c>
+      <c r="I830">
+        <v>51270</v>
+      </c>
+      <c r="J830" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="831" spans="1:10">
+      <c r="A831" t="s">
+        <v>10</v>
+      </c>
+      <c r="B831" t="s">
+        <v>11</v>
+      </c>
+      <c r="C831" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D831" t="s">
+        <v>13</v>
+      </c>
+      <c r="E831" t="s">
+        <v>21</v>
+      </c>
+      <c r="F831" t="s">
+        <v>15</v>
+      </c>
+      <c r="G831">
+        <v>443</v>
+      </c>
+      <c r="H831">
+        <v>62902</v>
+      </c>
+      <c r="I831">
+        <v>63344</v>
+      </c>
+      <c r="J831" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="832" spans="1:10">
+      <c r="A832" t="s">
+        <v>10</v>
+      </c>
+      <c r="B832" t="s">
+        <v>11</v>
+      </c>
+      <c r="C832" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D832" t="s">
+        <v>13</v>
+      </c>
+      <c r="E832" t="s">
+        <v>21</v>
+      </c>
+      <c r="F832" t="s">
+        <v>15</v>
+      </c>
+      <c r="G832">
+        <v>452</v>
+      </c>
+      <c r="H832">
+        <v>62450</v>
+      </c>
+      <c r="I832">
+        <v>62901</v>
+      </c>
+      <c r="J832" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="833" spans="1:10">
+      <c r="A833" t="s">
+        <v>10</v>
+      </c>
+      <c r="B833" t="s">
+        <v>11</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D833" t="s">
+        <v>13</v>
+      </c>
+      <c r="E833" t="s">
+        <v>21</v>
+      </c>
+      <c r="F833" t="s">
+        <v>15</v>
+      </c>
+      <c r="G833">
+        <v>556</v>
+      </c>
+      <c r="H833">
+        <v>61894</v>
+      </c>
+      <c r="I833">
+        <v>62449</v>
+      </c>
+      <c r="J833" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="834" spans="1:10">
+      <c r="A834" t="s">
+        <v>10</v>
+      </c>
+      <c r="B834" t="s">
+        <v>11</v>
+      </c>
+      <c r="C834" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D834" t="s">
+        <v>13</v>
+      </c>
+      <c r="E834" t="s">
+        <v>21</v>
+      </c>
+      <c r="F834" t="s">
+        <v>15</v>
+      </c>
+      <c r="G834">
+        <v>602</v>
+      </c>
+      <c r="H834">
+        <v>61292</v>
+      </c>
+      <c r="I834">
+        <v>61893</v>
+      </c>
+      <c r="J834" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="835" spans="1:10">
+      <c r="A835" t="s">
+        <v>10</v>
+      </c>
+      <c r="B835" t="s">
+        <v>11</v>
+      </c>
+      <c r="C835" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D835" t="s">
+        <v>13</v>
+      </c>
+      <c r="E835" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F835" t="s">
+        <v>15</v>
+      </c>
+      <c r="G835">
+        <v>634</v>
+      </c>
+      <c r="H835">
+        <v>60658</v>
+      </c>
+      <c r="I835">
+        <v>61291</v>
+      </c>
+      <c r="J835" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="836" spans="1:10">
+      <c r="A836" t="s">
+        <v>10</v>
+      </c>
+      <c r="B836" t="s">
+        <v>11</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D836" t="s">
+        <v>13</v>
+      </c>
+      <c r="E836" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F836" t="s">
+        <v>15</v>
+      </c>
+      <c r="G836">
+        <v>654</v>
+      </c>
+      <c r="H836">
+        <v>60004</v>
+      </c>
+      <c r="I836">
+        <v>60657</v>
+      </c>
+      <c r="J836" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="837" spans="1:10">
+      <c r="A837" t="s">
+        <v>10</v>
+      </c>
+      <c r="B837" t="s">
+        <v>11</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D837" t="s">
+        <v>13</v>
+      </c>
+      <c r="E837" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F837" t="s">
+        <v>15</v>
+      </c>
+      <c r="G837">
+        <v>662</v>
+      </c>
+      <c r="H837">
+        <v>59342</v>
+      </c>
+      <c r="I837">
+        <v>60003</v>
+      </c>
+      <c r="J837" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="838" spans="1:10">
+      <c r="A838" t="s">
+        <v>10</v>
+      </c>
+      <c r="B838" t="s">
+        <v>11</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D838" t="s">
+        <v>13</v>
+      </c>
+      <c r="E838" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F838" t="s">
+        <v>15</v>
+      </c>
+      <c r="G838">
+        <v>671</v>
+      </c>
+      <c r="H838">
+        <v>58671</v>
+      </c>
+      <c r="I838">
+        <v>59341</v>
+      </c>
+      <c r="J838" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="839" spans="1:10">
+      <c r="A839" t="s">
+        <v>10</v>
+      </c>
+      <c r="B839" t="s">
+        <v>11</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D839" t="s">
+        <v>13</v>
+      </c>
+      <c r="E839" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F839" t="s">
+        <v>15</v>
+      </c>
+      <c r="G839">
+        <v>723</v>
+      </c>
+      <c r="H839">
+        <v>57948</v>
+      </c>
+      <c r="I839">
+        <v>58670</v>
+      </c>
+      <c r="J839" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="840" spans="1:10">
+      <c r="A840" t="s">
+        <v>10</v>
+      </c>
+      <c r="B840" t="s">
+        <v>11</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D840" t="s">
+        <v>13</v>
+      </c>
+      <c r="E840" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F840" t="s">
+        <v>15</v>
+      </c>
+      <c r="G840">
+        <v>690</v>
+      </c>
+      <c r="H840">
+        <v>57258</v>
+      </c>
+      <c r="I840">
+        <v>57947</v>
+      </c>
+      <c r="J840" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="841" spans="1:10">
+      <c r="A841" t="s">
+        <v>10</v>
+      </c>
+      <c r="B841" t="s">
+        <v>11</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D841" t="s">
+        <v>13</v>
+      </c>
+      <c r="E841" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F841" t="s">
+        <v>15</v>
+      </c>
+      <c r="G841">
+        <v>713</v>
+      </c>
+      <c r="H841">
+        <v>56545</v>
+      </c>
+      <c r="I841">
+        <v>57257</v>
+      </c>
+      <c r="J841" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="842" spans="1:10">
+      <c r="A842" t="s">
+        <v>10</v>
+      </c>
+      <c r="B842" t="s">
+        <v>11</v>
+      </c>
+      <c r="C842" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D842" t="s">
+        <v>13</v>
+      </c>
+      <c r="E842" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F842" t="s">
+        <v>15</v>
+      </c>
+      <c r="G842">
+        <v>714</v>
+      </c>
+      <c r="H842">
+        <v>55831</v>
+      </c>
+      <c r="I842">
+        <v>56544</v>
+      </c>
+      <c r="J842" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="843" spans="1:10">
+      <c r="A843" t="s">
+        <v>10</v>
+      </c>
+      <c r="B843" t="s">
+        <v>11</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D843" t="s">
+        <v>13</v>
+      </c>
+      <c r="E843" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F843" t="s">
+        <v>15</v>
+      </c>
+      <c r="G843">
+        <v>741</v>
+      </c>
+      <c r="H843">
+        <v>55090</v>
+      </c>
+      <c r="I843">
+        <v>55830</v>
+      </c>
+      <c r="J843" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="844" spans="1:10">
+      <c r="A844" t="s">
+        <v>10</v>
+      </c>
+      <c r="B844" t="s">
+        <v>11</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D844" t="s">
+        <v>13</v>
+      </c>
+      <c r="E844" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F844" t="s">
+        <v>15</v>
+      </c>
+      <c r="G844">
+        <v>743</v>
+      </c>
+      <c r="H844">
+        <v>54347</v>
+      </c>
+      <c r="I844">
+        <v>55089</v>
+      </c>
+      <c r="J844" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="845" spans="1:10">
+      <c r="A845" t="s">
+        <v>10</v>
+      </c>
+      <c r="B845" t="s">
+        <v>11</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D845" t="s">
+        <v>13</v>
+      </c>
+      <c r="E845" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F845" t="s">
+        <v>15</v>
+      </c>
+      <c r="G845">
+        <v>818</v>
+      </c>
+      <c r="H845">
+        <v>53529</v>
+      </c>
+      <c r="I845">
+        <v>54346</v>
+      </c>
+      <c r="J845" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="846" spans="1:10">
+      <c r="A846" t="s">
+        <v>10</v>
+      </c>
+      <c r="B846" t="s">
+        <v>11</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D846" t="s">
+        <v>13</v>
+      </c>
+      <c r="E846" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F846" t="s">
+        <v>15</v>
+      </c>
+      <c r="G846">
+        <v>838</v>
+      </c>
+      <c r="H846">
+        <v>52691</v>
+      </c>
+      <c r="I846">
+        <v>53528</v>
+      </c>
+      <c r="J846" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="847" spans="1:10">
+      <c r="A847" t="s">
+        <v>10</v>
+      </c>
+      <c r="B847" t="s">
+        <v>11</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D847" t="s">
+        <v>13</v>
+      </c>
+      <c r="E847" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F847" t="s">
+        <v>15</v>
+      </c>
+      <c r="G847">
+        <v>884</v>
+      </c>
+      <c r="H847">
+        <v>51807</v>
+      </c>
+      <c r="I847">
+        <v>52690</v>
+      </c>
+      <c r="J847" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="848" spans="1:10">
+      <c r="A848" t="s">
+        <v>10</v>
+      </c>
+      <c r="B848" t="s">
+        <v>11</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D848" t="s">
+        <v>13</v>
+      </c>
+      <c r="E848" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F848" t="s">
+        <v>15</v>
+      </c>
+      <c r="G848">
+        <v>902</v>
+      </c>
+      <c r="H848">
+        <v>50905</v>
+      </c>
+      <c r="I848">
+        <v>51806</v>
+      </c>
+      <c r="J848" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="849" spans="1:10">
+      <c r="A849" t="s">
+        <v>10</v>
+      </c>
+      <c r="B849" t="s">
+        <v>11</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D849" t="s">
+        <v>13</v>
+      </c>
+      <c r="E849" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F849" t="s">
+        <v>15</v>
+      </c>
+      <c r="G849">
+        <v>942</v>
+      </c>
+      <c r="H849">
+        <v>49963</v>
+      </c>
+      <c r="I849">
+        <v>50904</v>
+      </c>
+      <c r="J849" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="850" spans="1:10">
+      <c r="A850" t="s">
+        <v>10</v>
+      </c>
+      <c r="B850" t="s">
+        <v>11</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D850" t="s">
+        <v>13</v>
+      </c>
+      <c r="E850" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F850" t="s">
+        <v>15</v>
+      </c>
+      <c r="G850">
+        <v>946</v>
+      </c>
+      <c r="H850">
+        <v>49017</v>
+      </c>
+      <c r="I850">
+        <v>49962</v>
+      </c>
+      <c r="J850" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="851" spans="1:10">
+      <c r="A851" t="s">
+        <v>10</v>
+      </c>
+      <c r="B851" t="s">
+        <v>11</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D851" t="s">
+        <v>13</v>
+      </c>
+      <c r="E851" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F851" t="s">
+        <v>15</v>
+      </c>
+      <c r="G851">
+        <v>954</v>
+      </c>
+      <c r="H851">
+        <v>48063</v>
+      </c>
+      <c r="I851">
+        <v>49016</v>
+      </c>
+      <c r="J851" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="852" spans="1:10">
+      <c r="A852" t="s">
+        <v>10</v>
+      </c>
+      <c r="B852" t="s">
+        <v>11</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D852" t="s">
+        <v>13</v>
+      </c>
+      <c r="E852" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F852" t="s">
+        <v>15</v>
+      </c>
+      <c r="G852" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H852">
+        <v>47031</v>
+      </c>
+      <c r="I852">
+        <v>48062</v>
+      </c>
+      <c r="J852" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="853" spans="1:10">
+      <c r="A853" t="s">
+        <v>10</v>
+      </c>
+      <c r="B853" t="s">
+        <v>11</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D853" t="s">
+        <v>13</v>
+      </c>
+      <c r="E853" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F853" t="s">
+        <v>15</v>
+      </c>
+      <c r="G853" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H853">
+        <v>45966</v>
+      </c>
+      <c r="I853">
+        <v>47030</v>
+      </c>
+      <c r="J853" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="854" spans="1:10">
+      <c r="A854" t="s">
+        <v>10</v>
+      </c>
+      <c r="B854" t="s">
+        <v>11</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D854" t="s">
+        <v>13</v>
+      </c>
+      <c r="E854" t="s">
+        <v>21</v>
+      </c>
+      <c r="F854" t="s">
+        <v>15</v>
+      </c>
+      <c r="G854" t="s">
+        <v>331</v>
+      </c>
+      <c r="H854">
+        <v>44868</v>
+      </c>
+      <c r="I854">
+        <v>45965</v>
+      </c>
+      <c r="J854" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="855" spans="1:10">
+      <c r="A855" t="s">
+        <v>10</v>
+      </c>
+      <c r="B855" t="s">
+        <v>11</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D855" t="s">
+        <v>13</v>
+      </c>
+      <c r="E855" t="s">
+        <v>21</v>
+      </c>
+      <c r="F855" t="s">
+        <v>15</v>
+      </c>
+      <c r="G855" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H855">
+        <v>43721</v>
+      </c>
+      <c r="I855">
+        <v>44867</v>
+      </c>
+      <c r="J855" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="856" spans="1:10">
+      <c r="A856" t="s">
+        <v>10</v>
+      </c>
+      <c r="B856" t="s">
+        <v>11</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D856" t="s">
+        <v>13</v>
+      </c>
+      <c r="E856" t="s">
+        <v>21</v>
+      </c>
+      <c r="F856" t="s">
+        <v>15</v>
+      </c>
+      <c r="G856" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H856">
+        <v>42217</v>
+      </c>
+      <c r="I856">
+        <v>43720</v>
+      </c>
+      <c r="J856" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="857" spans="1:10">
+      <c r="A857" t="s">
+        <v>10</v>
+      </c>
+      <c r="B857" t="s">
+        <v>11</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D857" t="s">
+        <v>13</v>
+      </c>
+      <c r="E857" t="s">
+        <v>21</v>
+      </c>
+      <c r="F857" t="s">
+        <v>15</v>
+      </c>
+      <c r="G857" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H857">
+        <v>40664</v>
+      </c>
+      <c r="I857">
+        <v>42216</v>
+      </c>
+      <c r="J857" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="858" spans="1:10">
+      <c r="A858" t="s">
+        <v>10</v>
+      </c>
+      <c r="B858" t="s">
+        <v>11</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D858" t="s">
+        <v>13</v>
+      </c>
+      <c r="E858" t="s">
+        <v>21</v>
+      </c>
+      <c r="F858" t="s">
+        <v>15</v>
+      </c>
+      <c r="G858" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H858">
+        <v>39022</v>
+      </c>
+      <c r="I858">
+        <v>40663</v>
+      </c>
+      <c r="J858" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="859" spans="1:10">
+      <c r="A859" t="s">
+        <v>10</v>
+      </c>
+      <c r="B859" t="s">
+        <v>11</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D859" t="s">
+        <v>13</v>
+      </c>
+      <c r="E859" t="s">
+        <v>21</v>
+      </c>
+      <c r="F859" t="s">
+        <v>15</v>
+      </c>
+      <c r="G859" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H859">
+        <v>37337</v>
+      </c>
+      <c r="I859">
+        <v>39021</v>
+      </c>
+      <c r="J859" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="860" spans="1:10">
+      <c r="A860" t="s">
+        <v>10</v>
+      </c>
+      <c r="B860" t="s">
+        <v>11</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D860" t="s">
+        <v>13</v>
+      </c>
+      <c r="E860" t="s">
+        <v>21</v>
+      </c>
+      <c r="F860" t="s">
+        <v>15</v>
+      </c>
+      <c r="G860" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H860">
+        <v>35534</v>
+      </c>
+      <c r="I860">
+        <v>37336</v>
+      </c>
+      <c r="J860" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="861" spans="1:10">
+      <c r="A861" t="s">
+        <v>10</v>
+      </c>
+      <c r="B861" t="s">
+        <v>11</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D861" t="s">
+        <v>13</v>
+      </c>
+      <c r="E861" t="s">
+        <v>21</v>
+      </c>
+      <c r="F861" t="s">
+        <v>15</v>
+      </c>
+      <c r="G861" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H861">
+        <v>33633</v>
+      </c>
+      <c r="I861">
+        <v>35533</v>
+      </c>
+      <c r="J861" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="862" spans="1:10">
+      <c r="A862" t="s">
+        <v>10</v>
+      </c>
+      <c r="B862" t="s">
+        <v>11</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D862" t="s">
+        <v>13</v>
+      </c>
+      <c r="E862" t="s">
+        <v>21</v>
+      </c>
+      <c r="F862" t="s">
+        <v>15</v>
+      </c>
+      <c r="G862" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H862">
+        <v>31621</v>
+      </c>
+      <c r="I862">
+        <v>33632</v>
+      </c>
+      <c r="J862" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="863" spans="1:10">
+      <c r="A863" t="s">
+        <v>10</v>
+      </c>
+      <c r="B863" t="s">
+        <v>11</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D863" t="s">
+        <v>13</v>
+      </c>
+      <c r="E863" t="s">
+        <v>21</v>
+      </c>
+      <c r="F863" t="s">
+        <v>15</v>
+      </c>
+      <c r="G863" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H863">
+        <v>30175</v>
+      </c>
+      <c r="I863">
+        <v>31620</v>
+      </c>
+      <c r="J863" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="864" spans="1:10">
+      <c r="A864" t="s">
+        <v>10</v>
+      </c>
+      <c r="B864" t="s">
+        <v>11</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D864" t="s">
+        <v>13</v>
+      </c>
+      <c r="E864" t="s">
+        <v>21</v>
+      </c>
+      <c r="F864" t="s">
+        <v>15</v>
+      </c>
+      <c r="G864" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H864">
+        <v>28589</v>
+      </c>
+      <c r="I864">
+        <v>30174</v>
+      </c>
+      <c r="J864" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="865" spans="1:10">
+      <c r="A865" t="s">
+        <v>10</v>
+      </c>
+      <c r="B865" t="s">
+        <v>11</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D865" t="s">
+        <v>13</v>
+      </c>
+      <c r="E865" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F865" t="s">
+        <v>15</v>
+      </c>
+      <c r="G865" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H865">
+        <v>27400</v>
+      </c>
+      <c r="I865">
+        <v>28588</v>
+      </c>
+      <c r="J865" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="866" spans="1:10">
+      <c r="A866" t="s">
+        <v>10</v>
+      </c>
+      <c r="B866" t="s">
+        <v>11</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D866" t="s">
+        <v>13</v>
+      </c>
+      <c r="E866" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F866" t="s">
+        <v>15</v>
+      </c>
+      <c r="G866" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H866">
+        <v>26171</v>
+      </c>
+      <c r="I866">
+        <v>27399</v>
+      </c>
+      <c r="J866" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="867" spans="1:10">
+      <c r="A867" t="s">
+        <v>10</v>
+      </c>
+      <c r="B867" t="s">
+        <v>11</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D867" t="s">
+        <v>13</v>
+      </c>
+      <c r="E867" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F867" t="s">
+        <v>15</v>
+      </c>
+      <c r="G867" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H867">
+        <v>24903</v>
+      </c>
+      <c r="I867">
+        <v>26170</v>
+      </c>
+      <c r="J867" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="868" spans="1:10">
+      <c r="A868" t="s">
+        <v>10</v>
+      </c>
+      <c r="B868" t="s">
+        <v>11</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D868" t="s">
+        <v>13</v>
+      </c>
+      <c r="E868" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F868" t="s">
+        <v>15</v>
+      </c>
+      <c r="G868" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H868">
+        <v>23612</v>
+      </c>
+      <c r="I868">
+        <v>24902</v>
+      </c>
+      <c r="J868" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="869" spans="1:10">
+      <c r="A869" t="s">
+        <v>10</v>
+      </c>
+      <c r="B869" t="s">
+        <v>11</v>
+      </c>
+      <c r="C869" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D869" t="s">
+        <v>13</v>
+      </c>
+      <c r="E869" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F869" t="s">
+        <v>15</v>
+      </c>
+      <c r="G869" t="s">
+        <v>915</v>
+      </c>
+      <c r="H869">
+        <v>22228</v>
+      </c>
+      <c r="I869">
+        <v>23611</v>
+      </c>
+      <c r="J869" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="870" spans="1:10">
+      <c r="A870" t="s">
+        <v>10</v>
+      </c>
+      <c r="B870" t="s">
+        <v>11</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D870" t="s">
+        <v>13</v>
+      </c>
+      <c r="E870" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F870" t="s">
+        <v>15</v>
+      </c>
+      <c r="G870" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H870">
+        <v>20805</v>
+      </c>
+      <c r="I870">
+        <v>22227</v>
+      </c>
+      <c r="J870" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="871" spans="1:10">
+      <c r="A871" t="s">
+        <v>10</v>
+      </c>
+      <c r="B871" t="s">
+        <v>11</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D871" t="s">
+        <v>13</v>
+      </c>
+      <c r="E871" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F871" t="s">
+        <v>15</v>
+      </c>
+      <c r="G871" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H871">
+        <v>19039</v>
+      </c>
+      <c r="I871">
+        <v>20804</v>
+      </c>
+      <c r="J871" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="872" spans="1:10">
+      <c r="A872" t="s">
+        <v>10</v>
+      </c>
+      <c r="B872" t="s">
+        <v>11</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D872" t="s">
+        <v>13</v>
+      </c>
+      <c r="E872" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F872" t="s">
+        <v>15</v>
+      </c>
+      <c r="G872" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H872">
         <v>1</v>
       </c>
-      <c r="I717">
+      <c r="I872">
+        <v>19038</v>
+      </c>
+      <c r="J872" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="873" spans="1:10">
+      <c r="A873" t="s">
+        <v>10</v>
+      </c>
+      <c r="B873" t="s">
+        <v>11</v>
+      </c>
+      <c r="C873" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D873" t="s">
+        <v>13</v>
+      </c>
+      <c r="E873" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F873" t="s">
+        <v>15</v>
+      </c>
+      <c r="G873" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H873">
+        <v>65694</v>
+      </c>
+      <c r="I873">
+        <v>76206</v>
+      </c>
+      <c r="J873" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="874" spans="1:10">
+      <c r="A874" t="s">
+        <v>10</v>
+      </c>
+      <c r="B874" t="s">
+        <v>11</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D874" t="s">
+        <v>13</v>
+      </c>
+      <c r="E874" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F874" t="s">
+        <v>15</v>
+      </c>
+      <c r="G874" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H874">
+        <v>52406</v>
+      </c>
+      <c r="I874">
+        <v>65693</v>
+      </c>
+      <c r="J874" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="875" spans="1:10">
+      <c r="A875" t="s">
+        <v>10</v>
+      </c>
+      <c r="B875" t="s">
+        <v>11</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D875" t="s">
+        <v>13</v>
+      </c>
+      <c r="E875" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F875" t="s">
+        <v>15</v>
+      </c>
+      <c r="G875" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H875">
+        <v>39448</v>
+      </c>
+      <c r="I875">
+        <v>52405</v>
+      </c>
+      <c r="J875" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="876" spans="1:10">
+      <c r="A876" t="s">
+        <v>10</v>
+      </c>
+      <c r="B876" t="s">
+        <v>11</v>
+      </c>
+      <c r="C876" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D876" t="s">
+        <v>13</v>
+      </c>
+      <c r="E876" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F876" t="s">
+        <v>15</v>
+      </c>
+      <c r="G876" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H876">
+        <v>35172</v>
+      </c>
+      <c r="I876">
+        <v>39447</v>
+      </c>
+      <c r="J876" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="877" spans="1:10">
+      <c r="A877" t="s">
+        <v>10</v>
+      </c>
+      <c r="B877" t="s">
+        <v>11</v>
+      </c>
+      <c r="C877" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D877" t="s">
+        <v>13</v>
+      </c>
+      <c r="E877" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F877" t="s">
+        <v>15</v>
+      </c>
+      <c r="G877" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H877">
+        <v>26688</v>
+      </c>
+      <c r="I877">
+        <v>35171</v>
+      </c>
+      <c r="J877" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="878" spans="1:10">
+      <c r="A878" t="s">
+        <v>10</v>
+      </c>
+      <c r="B878" t="s">
+        <v>11</v>
+      </c>
+      <c r="C878" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D878" t="s">
+        <v>13</v>
+      </c>
+      <c r="E878" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F878" t="s">
+        <v>15</v>
+      </c>
+      <c r="G878" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H878">
+        <v>25236</v>
+      </c>
+      <c r="I878">
+        <v>26687</v>
+      </c>
+      <c r="J878" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="879" spans="1:10">
+      <c r="A879" t="s">
+        <v>10</v>
+      </c>
+      <c r="B879" t="s">
+        <v>11</v>
+      </c>
+      <c r="C879" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D879" t="s">
+        <v>13</v>
+      </c>
+      <c r="E879" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F879" t="s">
+        <v>15</v>
+      </c>
+      <c r="G879" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H879">
+        <v>22339</v>
+      </c>
+      <c r="I879">
+        <v>25235</v>
+      </c>
+      <c r="J879" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="880" spans="1:10">
+      <c r="A880" t="s">
+        <v>10</v>
+      </c>
+      <c r="B880" t="s">
+        <v>11</v>
+      </c>
+      <c r="C880" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D880" t="s">
+        <v>13</v>
+      </c>
+      <c r="E880" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F880" t="s">
+        <v>15</v>
+      </c>
+      <c r="G880" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H880">
+        <v>20976</v>
+      </c>
+      <c r="I880">
+        <v>22338</v>
+      </c>
+      <c r="J880" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="881" spans="1:10">
+      <c r="A881" t="s">
+        <v>10</v>
+      </c>
+      <c r="B881" t="s">
+        <v>11</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D881" t="s">
+        <v>13</v>
+      </c>
+      <c r="E881" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F881" t="s">
+        <v>15</v>
+      </c>
+      <c r="G881" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H881">
+        <v>17524</v>
+      </c>
+      <c r="I881">
+        <v>20975</v>
+      </c>
+      <c r="J881" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="882" spans="1:10">
+      <c r="A882" t="s">
+        <v>10</v>
+      </c>
+      <c r="B882" t="s">
+        <v>11</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D882" t="s">
+        <v>13</v>
+      </c>
+      <c r="E882" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F882" t="s">
+        <v>15</v>
+      </c>
+      <c r="G882" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H882">
+        <v>10596</v>
+      </c>
+      <c r="I882">
+        <v>17523</v>
+      </c>
+      <c r="J882" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="883" spans="1:10">
+      <c r="A883" t="s">
+        <v>10</v>
+      </c>
+      <c r="B883" t="s">
+        <v>11</v>
+      </c>
+      <c r="C883" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D883" t="s">
+        <v>13</v>
+      </c>
+      <c r="E883" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F883" t="s">
+        <v>15</v>
+      </c>
+      <c r="G883" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H883">
+        <v>9279</v>
+      </c>
+      <c r="I883">
+        <v>10595</v>
+      </c>
+      <c r="J883" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="884" spans="1:10">
+      <c r="A884" t="s">
+        <v>10</v>
+      </c>
+      <c r="B884" t="s">
+        <v>11</v>
+      </c>
+      <c r="C884" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D884" t="s">
+        <v>13</v>
+      </c>
+      <c r="E884" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F884" t="s">
+        <v>15</v>
+      </c>
+      <c r="G884" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H884">
+        <v>7631</v>
+      </c>
+      <c r="I884">
+        <v>9278</v>
+      </c>
+      <c r="J884" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="885" spans="1:10">
+      <c r="A885" t="s">
+        <v>10</v>
+      </c>
+      <c r="B885" t="s">
+        <v>11</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D885" t="s">
+        <v>13</v>
+      </c>
+      <c r="E885" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F885" t="s">
+        <v>15</v>
+      </c>
+      <c r="G885" t="s">
+        <v>972</v>
+      </c>
+      <c r="H885">
+        <v>6037</v>
+      </c>
+      <c r="I885">
+        <v>7630</v>
+      </c>
+      <c r="J885" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="886" spans="1:10">
+      <c r="A886" t="s">
+        <v>10</v>
+      </c>
+      <c r="B886" t="s">
+        <v>11</v>
+      </c>
+      <c r="C886" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D886" t="s">
+        <v>13</v>
+      </c>
+      <c r="E886" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F886" t="s">
+        <v>15</v>
+      </c>
+      <c r="G886">
+        <v>559</v>
+      </c>
+      <c r="H886">
+        <v>5478</v>
+      </c>
+      <c r="I886">
+        <v>6036</v>
+      </c>
+      <c r="J886" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="887" spans="1:10">
+      <c r="A887" t="s">
+        <v>10</v>
+      </c>
+      <c r="B887" t="s">
+        <v>11</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D887" t="s">
+        <v>13</v>
+      </c>
+      <c r="E887" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F887" t="s">
+        <v>15</v>
+      </c>
+      <c r="G887">
+        <v>776</v>
+      </c>
+      <c r="H887">
+        <v>4702</v>
+      </c>
+      <c r="I887">
+        <v>5477</v>
+      </c>
+      <c r="J887" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="888" spans="1:10">
+      <c r="A888" t="s">
+        <v>10</v>
+      </c>
+      <c r="B888" t="s">
+        <v>11</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D888" t="s">
+        <v>13</v>
+      </c>
+      <c r="E888" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F888" t="s">
+        <v>15</v>
+      </c>
+      <c r="G888">
+        <v>384</v>
+      </c>
+      <c r="H888">
+        <v>4318</v>
+      </c>
+      <c r="I888">
+        <v>4701</v>
+      </c>
+      <c r="J888" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="889" spans="1:10">
+      <c r="A889" t="s">
+        <v>10</v>
+      </c>
+      <c r="B889" t="s">
+        <v>11</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D889" t="s">
+        <v>13</v>
+      </c>
+      <c r="E889" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F889" t="s">
+        <v>15</v>
+      </c>
+      <c r="G889" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H889">
+        <v>3079</v>
+      </c>
+      <c r="I889">
+        <v>4317</v>
+      </c>
+      <c r="J889" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="890" spans="1:10">
+      <c r="A890" t="s">
+        <v>10</v>
+      </c>
+      <c r="B890" t="s">
+        <v>11</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D890" t="s">
+        <v>13</v>
+      </c>
+      <c r="E890" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F890" t="s">
+        <v>15</v>
+      </c>
+      <c r="G890" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H890">
+        <v>1102</v>
+      </c>
+      <c r="I890">
+        <v>3078</v>
+      </c>
+      <c r="J890" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="891" spans="1:10">
+      <c r="A891" t="s">
+        <v>10</v>
+      </c>
+      <c r="B891" t="s">
+        <v>11</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D891" t="s">
+        <v>13</v>
+      </c>
+      <c r="E891" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F891" t="s">
+        <v>15</v>
+      </c>
+      <c r="G891">
+        <v>850</v>
+      </c>
+      <c r="H891">
+        <v>252</v>
+      </c>
+      <c r="I891">
+        <v>1101</v>
+      </c>
+      <c r="J891" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="892" spans="1:10">
+      <c r="A892" t="s">
+        <v>10</v>
+      </c>
+      <c r="B892" t="s">
+        <v>11</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D892" t="s">
+        <v>13</v>
+      </c>
+      <c r="E892" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F892" t="s">
+        <v>15</v>
+      </c>
+      <c r="G892">
+        <v>251</v>
+      </c>
+      <c r="H892">
+        <v>1</v>
+      </c>
+      <c r="I892">
+        <v>251</v>
+      </c>
+      <c r="J892" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="893" spans="1:10">
+      <c r="A893" t="s">
+        <v>10</v>
+      </c>
+      <c r="B893" t="s">
+        <v>11</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D893" t="s">
+        <v>13</v>
+      </c>
+      <c r="E893" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F893" t="s">
+        <v>15</v>
+      </c>
+      <c r="G893">
+        <v>848</v>
+      </c>
+      <c r="H893">
+        <v>144151</v>
+      </c>
+      <c r="I893">
+        <v>144998</v>
+      </c>
+      <c r="J893" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="894" spans="1:10">
+      <c r="A894" t="s">
+        <v>10</v>
+      </c>
+      <c r="B894" t="s">
+        <v>11</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D894" t="s">
+        <v>13</v>
+      </c>
+      <c r="E894" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F894" t="s">
+        <v>15</v>
+      </c>
+      <c r="G894" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H894">
+        <v>143132</v>
+      </c>
+      <c r="I894">
+        <v>144150</v>
+      </c>
+      <c r="J894" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="895" spans="1:10">
+      <c r="A895" t="s">
+        <v>10</v>
+      </c>
+      <c r="B895" t="s">
+        <v>11</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D895" t="s">
+        <v>13</v>
+      </c>
+      <c r="E895" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F895" t="s">
+        <v>15</v>
+      </c>
+      <c r="G895">
+        <v>698</v>
+      </c>
+      <c r="H895">
+        <v>142434</v>
+      </c>
+      <c r="I895">
+        <v>143131</v>
+      </c>
+      <c r="J895" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="896" spans="1:10">
+      <c r="A896" t="s">
+        <v>10</v>
+      </c>
+      <c r="B896" t="s">
+        <v>11</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D896" t="s">
+        <v>13</v>
+      </c>
+      <c r="E896" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F896" t="s">
+        <v>15</v>
+      </c>
+      <c r="G896">
+        <v>356</v>
+      </c>
+      <c r="H896">
+        <v>142078</v>
+      </c>
+      <c r="I896">
+        <v>142433</v>
+      </c>
+      <c r="J896" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="897" spans="1:10">
+      <c r="A897" t="s">
+        <v>10</v>
+      </c>
+      <c r="B897" t="s">
+        <v>11</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D897" t="s">
+        <v>13</v>
+      </c>
+      <c r="E897" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F897" t="s">
+        <v>15</v>
+      </c>
+      <c r="G897">
+        <v>929</v>
+      </c>
+      <c r="H897">
+        <v>141149</v>
+      </c>
+      <c r="I897">
+        <v>142077</v>
+      </c>
+      <c r="J897" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="898" spans="1:10">
+      <c r="A898" t="s">
+        <v>10</v>
+      </c>
+      <c r="B898" t="s">
+        <v>11</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D898" t="s">
+        <v>13</v>
+      </c>
+      <c r="E898" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F898" t="s">
+        <v>15</v>
+      </c>
+      <c r="G898" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H898">
+        <v>138102</v>
+      </c>
+      <c r="I898">
+        <v>141148</v>
+      </c>
+      <c r="J898" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="899" spans="1:10">
+      <c r="A899" t="s">
+        <v>10</v>
+      </c>
+      <c r="B899" t="s">
+        <v>11</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D899" t="s">
+        <v>13</v>
+      </c>
+      <c r="E899" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F899" t="s">
+        <v>15</v>
+      </c>
+      <c r="G899">
+        <v>853</v>
+      </c>
+      <c r="H899">
+        <v>137249</v>
+      </c>
+      <c r="I899">
+        <v>138101</v>
+      </c>
+      <c r="J899" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="900" spans="1:10">
+      <c r="A900" t="s">
+        <v>10</v>
+      </c>
+      <c r="B900" t="s">
+        <v>11</v>
+      </c>
+      <c r="C900" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D900" t="s">
+        <v>13</v>
+      </c>
+      <c r="E900" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F900" t="s">
+        <v>15</v>
+      </c>
+      <c r="G900" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H900">
+        <v>136112</v>
+      </c>
+      <c r="I900">
+        <v>137248</v>
+      </c>
+      <c r="J900" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="901" spans="1:10">
+      <c r="A901" t="s">
+        <v>10</v>
+      </c>
+      <c r="B901" t="s">
+        <v>11</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D901" t="s">
+        <v>13</v>
+      </c>
+      <c r="E901" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F901" t="s">
+        <v>15</v>
+      </c>
+      <c r="G901" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H901">
+        <v>134960</v>
+      </c>
+      <c r="I901">
+        <v>136111</v>
+      </c>
+      <c r="J901" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="902" spans="1:10">
+      <c r="A902" t="s">
+        <v>10</v>
+      </c>
+      <c r="B902" t="s">
+        <v>11</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D902" t="s">
+        <v>13</v>
+      </c>
+      <c r="E902" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F902" t="s">
+        <v>15</v>
+      </c>
+      <c r="G902" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H902">
+        <v>133905</v>
+      </c>
+      <c r="I902">
+        <v>134959</v>
+      </c>
+      <c r="J902" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="903" spans="1:10">
+      <c r="A903" t="s">
+        <v>10</v>
+      </c>
+      <c r="B903" t="s">
+        <v>11</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D903" t="s">
+        <v>13</v>
+      </c>
+      <c r="E903" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F903" t="s">
+        <v>15</v>
+      </c>
+      <c r="G903" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H903">
+        <v>131773</v>
+      </c>
+      <c r="I903">
+        <v>133904</v>
+      </c>
+      <c r="J903" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="904" spans="1:10">
+      <c r="A904" t="s">
+        <v>10</v>
+      </c>
+      <c r="B904" t="s">
+        <v>11</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D904" t="s">
+        <v>13</v>
+      </c>
+      <c r="E904" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F904" t="s">
+        <v>15</v>
+      </c>
+      <c r="G904" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H904">
+        <v>129256</v>
+      </c>
+      <c r="I904">
+        <v>131772</v>
+      </c>
+      <c r="J904" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="905" spans="1:10">
+      <c r="A905" t="s">
+        <v>10</v>
+      </c>
+      <c r="B905" t="s">
+        <v>11</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D905" t="s">
+        <v>13</v>
+      </c>
+      <c r="E905" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F905" t="s">
+        <v>15</v>
+      </c>
+      <c r="G905" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H905">
+        <v>125188</v>
+      </c>
+      <c r="I905">
+        <v>129255</v>
+      </c>
+      <c r="J905" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="906" spans="1:10">
+      <c r="A906" t="s">
+        <v>10</v>
+      </c>
+      <c r="B906" t="s">
+        <v>11</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D906" t="s">
+        <v>13</v>
+      </c>
+      <c r="E906" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F906" t="s">
+        <v>15</v>
+      </c>
+      <c r="G906" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H906">
+        <v>123008</v>
+      </c>
+      <c r="I906">
+        <v>125187</v>
+      </c>
+      <c r="J906" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="907" spans="1:10">
+      <c r="A907" t="s">
+        <v>10</v>
+      </c>
+      <c r="B907" t="s">
+        <v>11</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D907" t="s">
+        <v>13</v>
+      </c>
+      <c r="E907" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F907" t="s">
+        <v>15</v>
+      </c>
+      <c r="G907" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H907">
+        <v>121667</v>
+      </c>
+      <c r="I907">
+        <v>123007</v>
+      </c>
+      <c r="J907" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="908" spans="1:10">
+      <c r="A908" t="s">
+        <v>10</v>
+      </c>
+      <c r="B908" t="s">
+        <v>11</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D908" t="s">
+        <v>13</v>
+      </c>
+      <c r="E908" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F908" t="s">
+        <v>15</v>
+      </c>
+      <c r="G908">
+        <v>831</v>
+      </c>
+      <c r="H908">
+        <v>120836</v>
+      </c>
+      <c r="I908">
+        <v>121666</v>
+      </c>
+      <c r="J908" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="909" spans="1:10">
+      <c r="A909" t="s">
+        <v>10</v>
+      </c>
+      <c r="B909" t="s">
+        <v>11</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D909" t="s">
+        <v>13</v>
+      </c>
+      <c r="E909" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F909" t="s">
+        <v>15</v>
+      </c>
+      <c r="G909">
+        <v>923</v>
+      </c>
+      <c r="H909">
+        <v>119913</v>
+      </c>
+      <c r="I909">
+        <v>120835</v>
+      </c>
+      <c r="J909" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="910" spans="1:10">
+      <c r="A910" t="s">
+        <v>10</v>
+      </c>
+      <c r="B910" t="s">
+        <v>11</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D910" t="s">
+        <v>13</v>
+      </c>
+      <c r="E910" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F910" t="s">
+        <v>15</v>
+      </c>
+      <c r="G910" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H910">
+        <v>118480</v>
+      </c>
+      <c r="I910">
+        <v>119912</v>
+      </c>
+      <c r="J910" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="911" spans="1:10">
+      <c r="A911" t="s">
+        <v>10</v>
+      </c>
+      <c r="B911" t="s">
+        <v>11</v>
+      </c>
+      <c r="C911" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D911" t="s">
+        <v>13</v>
+      </c>
+      <c r="E911" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F911" t="s">
+        <v>15</v>
+      </c>
+      <c r="G911" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H911">
+        <v>117331</v>
+      </c>
+      <c r="I911">
+        <v>118479</v>
+      </c>
+      <c r="J911" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="912" spans="1:10">
+      <c r="A912" t="s">
+        <v>10</v>
+      </c>
+      <c r="B912" t="s">
+        <v>11</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D912" t="s">
+        <v>13</v>
+      </c>
+      <c r="E912" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F912" t="s">
+        <v>15</v>
+      </c>
+      <c r="G912">
+        <v>909</v>
+      </c>
+      <c r="H912">
+        <v>116422</v>
+      </c>
+      <c r="I912">
+        <v>117330</v>
+      </c>
+      <c r="J912" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="913" spans="1:10">
+      <c r="A913" t="s">
+        <v>10</v>
+      </c>
+      <c r="B913" t="s">
+        <v>11</v>
+      </c>
+      <c r="C913" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D913" t="s">
+        <v>13</v>
+      </c>
+      <c r="E913" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F913" t="s">
+        <v>15</v>
+      </c>
+      <c r="G913" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H913">
+        <v>114518</v>
+      </c>
+      <c r="I913">
+        <v>116421</v>
+      </c>
+      <c r="J913" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="914" spans="1:10">
+      <c r="A914" t="s">
+        <v>10</v>
+      </c>
+      <c r="B914" t="s">
+        <v>11</v>
+      </c>
+      <c r="C914" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D914" t="s">
+        <v>13</v>
+      </c>
+      <c r="E914" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F914" t="s">
+        <v>15</v>
+      </c>
+      <c r="G914" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H914">
+        <v>112913</v>
+      </c>
+      <c r="I914">
+        <v>114517</v>
+      </c>
+      <c r="J914" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="915" spans="1:10">
+      <c r="A915" t="s">
+        <v>10</v>
+      </c>
+      <c r="B915" t="s">
+        <v>11</v>
+      </c>
+      <c r="C915" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D915" t="s">
+        <v>13</v>
+      </c>
+      <c r="E915" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F915" t="s">
+        <v>15</v>
+      </c>
+      <c r="G915">
+        <v>273</v>
+      </c>
+      <c r="H915">
+        <v>112640</v>
+      </c>
+      <c r="I915">
+        <v>112912</v>
+      </c>
+      <c r="J915" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="916" spans="1:10">
+      <c r="A916" t="s">
+        <v>10</v>
+      </c>
+      <c r="B916" t="s">
+        <v>11</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D916" t="s">
+        <v>13</v>
+      </c>
+      <c r="E916" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F916" t="s">
+        <v>15</v>
+      </c>
+      <c r="G916" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H916">
+        <v>110140</v>
+      </c>
+      <c r="I916">
+        <v>112639</v>
+      </c>
+      <c r="J916" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="917" spans="1:10">
+      <c r="A917" t="s">
+        <v>10</v>
+      </c>
+      <c r="B917" t="s">
+        <v>11</v>
+      </c>
+      <c r="C917" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D917" t="s">
+        <v>13</v>
+      </c>
+      <c r="E917" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F917" t="s">
+        <v>15</v>
+      </c>
+      <c r="G917" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H917">
+        <v>109114</v>
+      </c>
+      <c r="I917">
+        <v>110139</v>
+      </c>
+      <c r="J917" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="918" spans="1:10">
+      <c r="A918" t="s">
+        <v>10</v>
+      </c>
+      <c r="B918" t="s">
+        <v>11</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D918" t="s">
+        <v>13</v>
+      </c>
+      <c r="E918" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F918" t="s">
+        <v>15</v>
+      </c>
+      <c r="G918" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H918">
+        <v>107038</v>
+      </c>
+      <c r="I918">
+        <v>109113</v>
+      </c>
+      <c r="J918" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="919" spans="1:10">
+      <c r="A919" t="s">
+        <v>10</v>
+      </c>
+      <c r="B919" t="s">
+        <v>11</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D919" t="s">
+        <v>13</v>
+      </c>
+      <c r="E919" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F919" t="s">
+        <v>15</v>
+      </c>
+      <c r="G919" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H919">
+        <v>105171</v>
+      </c>
+      <c r="I919">
+        <v>107037</v>
+      </c>
+      <c r="J919" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="920" spans="1:10">
+      <c r="A920" t="s">
+        <v>10</v>
+      </c>
+      <c r="B920" t="s">
+        <v>11</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D920" t="s">
+        <v>13</v>
+      </c>
+      <c r="E920" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F920" t="s">
+        <v>15</v>
+      </c>
+      <c r="G920" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H920">
+        <v>103754</v>
+      </c>
+      <c r="I920">
+        <v>105170</v>
+      </c>
+      <c r="J920" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="921" spans="1:10">
+      <c r="A921" t="s">
+        <v>10</v>
+      </c>
+      <c r="B921" t="s">
+        <v>11</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D921" t="s">
+        <v>13</v>
+      </c>
+      <c r="E921" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F921" t="s">
+        <v>15</v>
+      </c>
+      <c r="G921" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H921">
+        <v>102537</v>
+      </c>
+      <c r="I921">
+        <v>103753</v>
+      </c>
+      <c r="J921" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="922" spans="1:10">
+      <c r="A922" t="s">
+        <v>10</v>
+      </c>
+      <c r="B922" t="s">
+        <v>11</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D922" t="s">
+        <v>13</v>
+      </c>
+      <c r="E922" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F922" t="s">
+        <v>15</v>
+      </c>
+      <c r="G922">
+        <v>708</v>
+      </c>
+      <c r="H922">
+        <v>101829</v>
+      </c>
+      <c r="I922">
+        <v>102536</v>
+      </c>
+      <c r="J922" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="923" spans="1:10">
+      <c r="A923" t="s">
+        <v>10</v>
+      </c>
+      <c r="B923" t="s">
+        <v>11</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D923" t="s">
+        <v>13</v>
+      </c>
+      <c r="E923" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F923" t="s">
+        <v>15</v>
+      </c>
+      <c r="G923" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H923">
+        <v>100568</v>
+      </c>
+      <c r="I923">
+        <v>101828</v>
+      </c>
+      <c r="J923" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="924" spans="1:10">
+      <c r="A924" t="s">
+        <v>10</v>
+      </c>
+      <c r="B924" t="s">
+        <v>11</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D924" t="s">
+        <v>13</v>
+      </c>
+      <c r="E924" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F924" t="s">
+        <v>15</v>
+      </c>
+      <c r="G924" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H924">
+        <v>98870</v>
+      </c>
+      <c r="I924">
+        <v>100567</v>
+      </c>
+      <c r="J924" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="925" spans="1:10">
+      <c r="A925" t="s">
+        <v>10</v>
+      </c>
+      <c r="B925" t="s">
+        <v>11</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D925" t="s">
+        <v>13</v>
+      </c>
+      <c r="E925" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F925" t="s">
+        <v>15</v>
+      </c>
+      <c r="G925" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H925">
+        <v>97774</v>
+      </c>
+      <c r="I925">
+        <v>98869</v>
+      </c>
+      <c r="J925" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="926" spans="1:10">
+      <c r="A926" t="s">
+        <v>10</v>
+      </c>
+      <c r="B926" t="s">
+        <v>11</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D926" t="s">
+        <v>13</v>
+      </c>
+      <c r="E926" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F926" t="s">
+        <v>15</v>
+      </c>
+      <c r="G926">
+        <v>723</v>
+      </c>
+      <c r="H926">
+        <v>97051</v>
+      </c>
+      <c r="I926">
+        <v>97773</v>
+      </c>
+      <c r="J926" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="927" spans="1:10">
+      <c r="A927" t="s">
+        <v>10</v>
+      </c>
+      <c r="B927" t="s">
+        <v>11</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D927" t="s">
+        <v>13</v>
+      </c>
+      <c r="E927" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F927" t="s">
+        <v>15</v>
+      </c>
+      <c r="G927">
+        <v>586</v>
+      </c>
+      <c r="H927">
+        <v>96465</v>
+      </c>
+      <c r="I927">
+        <v>97050</v>
+      </c>
+      <c r="J927" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="928" spans="1:10">
+      <c r="A928" t="s">
+        <v>10</v>
+      </c>
+      <c r="B928" t="s">
+        <v>11</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D928" t="s">
+        <v>13</v>
+      </c>
+      <c r="E928" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F928" t="s">
+        <v>15</v>
+      </c>
+      <c r="G928">
+        <v>548</v>
+      </c>
+      <c r="H928">
+        <v>95917</v>
+      </c>
+      <c r="I928">
+        <v>96464</v>
+      </c>
+      <c r="J928" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="929" spans="1:10">
+      <c r="A929" t="s">
+        <v>10</v>
+      </c>
+      <c r="B929" t="s">
+        <v>11</v>
+      </c>
+      <c r="C929" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D929" t="s">
+        <v>13</v>
+      </c>
+      <c r="E929" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F929" t="s">
+        <v>15</v>
+      </c>
+      <c r="G929">
+        <v>738</v>
+      </c>
+      <c r="H929">
+        <v>95179</v>
+      </c>
+      <c r="I929">
+        <v>95916</v>
+      </c>
+      <c r="J929" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="930" spans="1:10">
+      <c r="A930" t="s">
+        <v>10</v>
+      </c>
+      <c r="B930" t="s">
+        <v>11</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D930" t="s">
+        <v>13</v>
+      </c>
+      <c r="E930" t="s">
+        <v>21</v>
+      </c>
+      <c r="F930" t="s">
+        <v>15</v>
+      </c>
+      <c r="G930" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H930">
+        <v>92096</v>
+      </c>
+      <c r="I930">
+        <v>95178</v>
+      </c>
+      <c r="J930" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="931" spans="1:10">
+      <c r="A931" t="s">
+        <v>10</v>
+      </c>
+      <c r="B931" t="s">
+        <v>11</v>
+      </c>
+      <c r="C931" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D931" t="s">
+        <v>13</v>
+      </c>
+      <c r="E931" t="s">
+        <v>21</v>
+      </c>
+      <c r="F931" t="s">
+        <v>15</v>
+      </c>
+      <c r="G931">
+        <v>784</v>
+      </c>
+      <c r="H931">
+        <v>91312</v>
+      </c>
+      <c r="I931">
+        <v>92095</v>
+      </c>
+      <c r="J931" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="932" spans="1:10">
+      <c r="A932" t="s">
+        <v>10</v>
+      </c>
+      <c r="B932" t="s">
+        <v>11</v>
+      </c>
+      <c r="C932" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D932" t="s">
+        <v>13</v>
+      </c>
+      <c r="E932" t="s">
+        <v>21</v>
+      </c>
+      <c r="F932" t="s">
+        <v>15</v>
+      </c>
+      <c r="G932" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H932">
+        <v>89860</v>
+      </c>
+      <c r="I932">
+        <v>91311</v>
+      </c>
+      <c r="J932" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="933" spans="1:10">
+      <c r="A933" t="s">
+        <v>10</v>
+      </c>
+      <c r="B933" t="s">
+        <v>11</v>
+      </c>
+      <c r="C933" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D933" t="s">
+        <v>13</v>
+      </c>
+      <c r="E933" t="s">
+        <v>21</v>
+      </c>
+      <c r="F933" t="s">
+        <v>15</v>
+      </c>
+      <c r="G933" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H933">
+        <v>88628</v>
+      </c>
+      <c r="I933">
+        <v>89859</v>
+      </c>
+      <c r="J933" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="934" spans="1:10">
+      <c r="A934" t="s">
+        <v>10</v>
+      </c>
+      <c r="B934" t="s">
+        <v>11</v>
+      </c>
+      <c r="C934" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D934" t="s">
+        <v>13</v>
+      </c>
+      <c r="E934" t="s">
+        <v>21</v>
+      </c>
+      <c r="F934" t="s">
+        <v>15</v>
+      </c>
+      <c r="G934" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H934">
+        <v>86001</v>
+      </c>
+      <c r="I934">
+        <v>88627</v>
+      </c>
+      <c r="J934" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="935" spans="1:10">
+      <c r="A935" t="s">
+        <v>10</v>
+      </c>
+      <c r="B935" t="s">
+        <v>11</v>
+      </c>
+      <c r="C935" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D935" t="s">
+        <v>13</v>
+      </c>
+      <c r="E935" t="s">
+        <v>21</v>
+      </c>
+      <c r="F935" t="s">
+        <v>15</v>
+      </c>
+      <c r="G935">
+        <v>702</v>
+      </c>
+      <c r="H935">
+        <v>85299</v>
+      </c>
+      <c r="I935">
+        <v>86000</v>
+      </c>
+      <c r="J935" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="936" spans="1:10">
+      <c r="A936" t="s">
+        <v>10</v>
+      </c>
+      <c r="B936" t="s">
+        <v>11</v>
+      </c>
+      <c r="C936" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D936" t="s">
+        <v>13</v>
+      </c>
+      <c r="E936" t="s">
+        <v>21</v>
+      </c>
+      <c r="F936" t="s">
+        <v>15</v>
+      </c>
+      <c r="G936" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H936">
+        <v>83525</v>
+      </c>
+      <c r="I936">
+        <v>85298</v>
+      </c>
+      <c r="J936" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="937" spans="1:10">
+      <c r="A937" t="s">
+        <v>10</v>
+      </c>
+      <c r="B937" t="s">
+        <v>11</v>
+      </c>
+      <c r="C937" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D937" t="s">
+        <v>13</v>
+      </c>
+      <c r="E937" t="s">
+        <v>21</v>
+      </c>
+      <c r="F937" t="s">
+        <v>15</v>
+      </c>
+      <c r="G937" t="s">
+        <v>719</v>
+      </c>
+      <c r="H937">
+        <v>81390</v>
+      </c>
+      <c r="I937">
+        <v>83524</v>
+      </c>
+      <c r="J937" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="938" spans="1:10">
+      <c r="A938" t="s">
+        <v>10</v>
+      </c>
+      <c r="B938" t="s">
+        <v>11</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D938" t="s">
+        <v>13</v>
+      </c>
+      <c r="E938" t="s">
+        <v>21</v>
+      </c>
+      <c r="F938" t="s">
+        <v>15</v>
+      </c>
+      <c r="G938" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H938">
+        <v>79902</v>
+      </c>
+      <c r="I938">
+        <v>81389</v>
+      </c>
+      <c r="J938" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="939" spans="1:10">
+      <c r="A939" t="s">
+        <v>10</v>
+      </c>
+      <c r="B939" t="s">
+        <v>11</v>
+      </c>
+      <c r="C939" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D939" t="s">
+        <v>13</v>
+      </c>
+      <c r="E939" t="s">
+        <v>21</v>
+      </c>
+      <c r="F939" t="s">
+        <v>15</v>
+      </c>
+      <c r="G939">
+        <v>550</v>
+      </c>
+      <c r="H939">
+        <v>79352</v>
+      </c>
+      <c r="I939">
+        <v>79901</v>
+      </c>
+      <c r="J939" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="940" spans="1:10">
+      <c r="A940" t="s">
+        <v>10</v>
+      </c>
+      <c r="B940" t="s">
+        <v>11</v>
+      </c>
+      <c r="C940" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D940" t="s">
+        <v>13</v>
+      </c>
+      <c r="E940" t="s">
+        <v>21</v>
+      </c>
+      <c r="F940" t="s">
+        <v>15</v>
+      </c>
+      <c r="G940" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H940">
+        <v>75209</v>
+      </c>
+      <c r="I940">
+        <v>79351</v>
+      </c>
+      <c r="J940" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="941" spans="1:10">
+      <c r="A941" t="s">
+        <v>10</v>
+      </c>
+      <c r="B941" t="s">
+        <v>11</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D941" t="s">
+        <v>13</v>
+      </c>
+      <c r="E941" t="s">
+        <v>21</v>
+      </c>
+      <c r="F941" t="s">
+        <v>15</v>
+      </c>
+      <c r="G941" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H941">
+        <v>73780</v>
+      </c>
+      <c r="I941">
+        <v>75208</v>
+      </c>
+      <c r="J941" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="942" spans="1:10">
+      <c r="A942" t="s">
+        <v>10</v>
+      </c>
+      <c r="B942" t="s">
+        <v>11</v>
+      </c>
+      <c r="C942" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D942" t="s">
+        <v>13</v>
+      </c>
+      <c r="E942" t="s">
+        <v>21</v>
+      </c>
+      <c r="F942" t="s">
+        <v>15</v>
+      </c>
+      <c r="G942" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H942">
+        <v>72631</v>
+      </c>
+      <c r="I942">
+        <v>73779</v>
+      </c>
+      <c r="J942" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="943" spans="1:10">
+      <c r="A943" t="s">
+        <v>10</v>
+      </c>
+      <c r="B943" t="s">
+        <v>11</v>
+      </c>
+      <c r="C943" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D943" t="s">
+        <v>13</v>
+      </c>
+      <c r="E943" t="s">
+        <v>21</v>
+      </c>
+      <c r="F943" t="s">
+        <v>15</v>
+      </c>
+      <c r="G943" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H943">
+        <v>71277</v>
+      </c>
+      <c r="I943">
+        <v>72630</v>
+      </c>
+      <c r="J943" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="944" spans="1:10">
+      <c r="A944" t="s">
+        <v>10</v>
+      </c>
+      <c r="B944" t="s">
+        <v>11</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D944" t="s">
+        <v>13</v>
+      </c>
+      <c r="E944" t="s">
+        <v>21</v>
+      </c>
+      <c r="F944" t="s">
+        <v>15</v>
+      </c>
+      <c r="G944" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H944">
+        <v>69116</v>
+      </c>
+      <c r="I944">
+        <v>71276</v>
+      </c>
+      <c r="J944" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="945" spans="1:10">
+      <c r="A945" t="s">
+        <v>10</v>
+      </c>
+      <c r="B945" t="s">
+        <v>11</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D945" t="s">
+        <v>13</v>
+      </c>
+      <c r="E945" t="s">
+        <v>21</v>
+      </c>
+      <c r="F945" t="s">
+        <v>15</v>
+      </c>
+      <c r="G945">
+        <v>729</v>
+      </c>
+      <c r="H945">
+        <v>68387</v>
+      </c>
+      <c r="I945">
+        <v>69115</v>
+      </c>
+      <c r="J945" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="946" spans="1:10">
+      <c r="A946" t="s">
+        <v>10</v>
+      </c>
+      <c r="B946" t="s">
+        <v>11</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D946" t="s">
+        <v>13</v>
+      </c>
+      <c r="E946" t="s">
+        <v>21</v>
+      </c>
+      <c r="F946" t="s">
+        <v>15</v>
+      </c>
+      <c r="G946" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H946">
+        <v>66319</v>
+      </c>
+      <c r="I946">
+        <v>68386</v>
+      </c>
+      <c r="J946" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="947" spans="1:10">
+      <c r="A947" t="s">
+        <v>10</v>
+      </c>
+      <c r="B947" t="s">
+        <v>11</v>
+      </c>
+      <c r="C947" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D947" t="s">
+        <v>13</v>
+      </c>
+      <c r="E947" t="s">
+        <v>21</v>
+      </c>
+      <c r="F947" t="s">
+        <v>15</v>
+      </c>
+      <c r="G947" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H947">
+        <v>64745</v>
+      </c>
+      <c r="I947">
+        <v>66318</v>
+      </c>
+      <c r="J947" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="948" spans="1:10">
+      <c r="A948" t="s">
+        <v>10</v>
+      </c>
+      <c r="B948" t="s">
+        <v>11</v>
+      </c>
+      <c r="C948" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D948" t="s">
+        <v>13</v>
+      </c>
+      <c r="E948" t="s">
+        <v>21</v>
+      </c>
+      <c r="F948" t="s">
+        <v>15</v>
+      </c>
+      <c r="G948">
+        <v>921</v>
+      </c>
+      <c r="H948">
+        <v>63824</v>
+      </c>
+      <c r="I948">
+        <v>64744</v>
+      </c>
+      <c r="J948" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="949" spans="1:10">
+      <c r="A949" t="s">
+        <v>10</v>
+      </c>
+      <c r="B949" t="s">
+        <v>11</v>
+      </c>
+      <c r="C949" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D949" t="s">
+        <v>13</v>
+      </c>
+      <c r="E949" t="s">
+        <v>21</v>
+      </c>
+      <c r="F949" t="s">
+        <v>15</v>
+      </c>
+      <c r="G949">
+        <v>853</v>
+      </c>
+      <c r="H949">
+        <v>62971</v>
+      </c>
+      <c r="I949">
+        <v>63823</v>
+      </c>
+      <c r="J949" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="950" spans="1:10">
+      <c r="A950" t="s">
+        <v>10</v>
+      </c>
+      <c r="B950" t="s">
+        <v>11</v>
+      </c>
+      <c r="C950" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D950" t="s">
+        <v>13</v>
+      </c>
+      <c r="E950" t="s">
+        <v>21</v>
+      </c>
+      <c r="F950" t="s">
+        <v>15</v>
+      </c>
+      <c r="G950" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H950">
+        <v>61640</v>
+      </c>
+      <c r="I950">
+        <v>62970</v>
+      </c>
+      <c r="J950" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="951" spans="1:10">
+      <c r="A951" t="s">
+        <v>10</v>
+      </c>
+      <c r="B951" t="s">
+        <v>11</v>
+      </c>
+      <c r="C951" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D951" t="s">
+        <v>13</v>
+      </c>
+      <c r="E951" t="s">
+        <v>21</v>
+      </c>
+      <c r="F951" t="s">
+        <v>15</v>
+      </c>
+      <c r="G951" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H951">
+        <v>60172</v>
+      </c>
+      <c r="I951">
+        <v>61639</v>
+      </c>
+      <c r="J951" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="952" spans="1:10">
+      <c r="A952" t="s">
+        <v>10</v>
+      </c>
+      <c r="B952" t="s">
+        <v>11</v>
+      </c>
+      <c r="C952" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D952" t="s">
+        <v>13</v>
+      </c>
+      <c r="E952" t="s">
+        <v>21</v>
+      </c>
+      <c r="F952" t="s">
+        <v>15</v>
+      </c>
+      <c r="G952" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H952">
+        <v>57608</v>
+      </c>
+      <c r="I952">
+        <v>60171</v>
+      </c>
+      <c r="J952" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="953" spans="1:10">
+      <c r="A953" t="s">
+        <v>10</v>
+      </c>
+      <c r="B953" t="s">
+        <v>11</v>
+      </c>
+      <c r="C953" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D953" t="s">
+        <v>13</v>
+      </c>
+      <c r="E953" t="s">
+        <v>21</v>
+      </c>
+      <c r="F953" t="s">
+        <v>15</v>
+      </c>
+      <c r="G953" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H953">
+        <v>55020</v>
+      </c>
+      <c r="I953">
+        <v>57607</v>
+      </c>
+      <c r="J953" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="954" spans="1:10">
+      <c r="A954" t="s">
+        <v>10</v>
+      </c>
+      <c r="B954" t="s">
+        <v>11</v>
+      </c>
+      <c r="C954" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D954" t="s">
+        <v>13</v>
+      </c>
+      <c r="E954" t="s">
+        <v>21</v>
+      </c>
+      <c r="F954" t="s">
+        <v>15</v>
+      </c>
+      <c r="G954" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H954">
+        <v>53897</v>
+      </c>
+      <c r="I954">
+        <v>55019</v>
+      </c>
+      <c r="J954" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="955" spans="1:10">
+      <c r="A955" t="s">
+        <v>10</v>
+      </c>
+      <c r="B955" t="s">
+        <v>11</v>
+      </c>
+      <c r="C955" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D955" t="s">
+        <v>13</v>
+      </c>
+      <c r="E955" t="s">
+        <v>21</v>
+      </c>
+      <c r="F955" t="s">
+        <v>15</v>
+      </c>
+      <c r="G955" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H955">
+        <v>51632</v>
+      </c>
+      <c r="I955">
+        <v>53896</v>
+      </c>
+      <c r="J955" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="956" spans="1:10">
+      <c r="A956" t="s">
+        <v>10</v>
+      </c>
+      <c r="B956" t="s">
+        <v>11</v>
+      </c>
+      <c r="C956" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D956" t="s">
+        <v>13</v>
+      </c>
+      <c r="E956" t="s">
+        <v>21</v>
+      </c>
+      <c r="F956" t="s">
+        <v>15</v>
+      </c>
+      <c r="G956">
+        <v>664</v>
+      </c>
+      <c r="H956">
+        <v>50968</v>
+      </c>
+      <c r="I956">
+        <v>51631</v>
+      </c>
+      <c r="J956" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="957" spans="1:10">
+      <c r="A957" t="s">
+        <v>10</v>
+      </c>
+      <c r="B957" t="s">
+        <v>11</v>
+      </c>
+      <c r="C957" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D957" t="s">
+        <v>13</v>
+      </c>
+      <c r="E957" t="s">
+        <v>21</v>
+      </c>
+      <c r="F957" t="s">
+        <v>15</v>
+      </c>
+      <c r="G957">
+        <v>824</v>
+      </c>
+      <c r="H957">
+        <v>50144</v>
+      </c>
+      <c r="I957">
+        <v>50967</v>
+      </c>
+      <c r="J957" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="958" spans="1:10">
+      <c r="A958" t="s">
+        <v>10</v>
+      </c>
+      <c r="B958" t="s">
+        <v>11</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D958" t="s">
+        <v>13</v>
+      </c>
+      <c r="E958" t="s">
+        <v>21</v>
+      </c>
+      <c r="F958" t="s">
+        <v>15</v>
+      </c>
+      <c r="G958">
+        <v>505</v>
+      </c>
+      <c r="H958">
+        <v>49639</v>
+      </c>
+      <c r="I958">
+        <v>50143</v>
+      </c>
+      <c r="J958" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="959" spans="1:10">
+      <c r="A959" t="s">
+        <v>10</v>
+      </c>
+      <c r="B959" t="s">
+        <v>11</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D959" t="s">
+        <v>13</v>
+      </c>
+      <c r="E959" t="s">
+        <v>21</v>
+      </c>
+      <c r="F959" t="s">
+        <v>15</v>
+      </c>
+      <c r="G959" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H959">
+        <v>46706</v>
+      </c>
+      <c r="I959">
+        <v>49638</v>
+      </c>
+      <c r="J959" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="960" spans="1:10">
+      <c r="A960" t="s">
+        <v>10</v>
+      </c>
+      <c r="B960" t="s">
+        <v>11</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D960" t="s">
+        <v>13</v>
+      </c>
+      <c r="E960" t="s">
+        <v>21</v>
+      </c>
+      <c r="F960" t="s">
+        <v>15</v>
+      </c>
+      <c r="G960" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H960">
+        <v>45527</v>
+      </c>
+      <c r="I960">
+        <v>46705</v>
+      </c>
+      <c r="J960" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="961" spans="1:10">
+      <c r="A961" t="s">
+        <v>10</v>
+      </c>
+      <c r="B961" t="s">
+        <v>11</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D961" t="s">
+        <v>13</v>
+      </c>
+      <c r="E961" t="s">
+        <v>21</v>
+      </c>
+      <c r="F961" t="s">
+        <v>15</v>
+      </c>
+      <c r="G961" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H961">
+        <v>44072</v>
+      </c>
+      <c r="I961">
+        <v>45526</v>
+      </c>
+      <c r="J961" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="962" spans="1:10">
+      <c r="A962" t="s">
+        <v>10</v>
+      </c>
+      <c r="B962" t="s">
+        <v>11</v>
+      </c>
+      <c r="C962" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D962" t="s">
+        <v>13</v>
+      </c>
+      <c r="E962" t="s">
+        <v>21</v>
+      </c>
+      <c r="F962" t="s">
+        <v>15</v>
+      </c>
+      <c r="G962" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H962">
+        <v>42902</v>
+      </c>
+      <c r="I962">
+        <v>44071</v>
+      </c>
+      <c r="J962" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="963" spans="1:10">
+      <c r="A963" t="s">
+        <v>10</v>
+      </c>
+      <c r="B963" t="s">
+        <v>11</v>
+      </c>
+      <c r="C963" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D963" t="s">
+        <v>13</v>
+      </c>
+      <c r="E963" t="s">
+        <v>21</v>
+      </c>
+      <c r="F963" t="s">
+        <v>15</v>
+      </c>
+      <c r="G963">
+        <v>910</v>
+      </c>
+      <c r="H963">
+        <v>41992</v>
+      </c>
+      <c r="I963">
+        <v>42901</v>
+      </c>
+      <c r="J963" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="964" spans="1:10">
+      <c r="A964" t="s">
+        <v>10</v>
+      </c>
+      <c r="B964" t="s">
+        <v>11</v>
+      </c>
+      <c r="C964" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D964" t="s">
+        <v>13</v>
+      </c>
+      <c r="E964" t="s">
+        <v>21</v>
+      </c>
+      <c r="F964" t="s">
+        <v>15</v>
+      </c>
+      <c r="G964">
+        <v>602</v>
+      </c>
+      <c r="H964">
+        <v>41390</v>
+      </c>
+      <c r="I964">
+        <v>41991</v>
+      </c>
+      <c r="J964" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="965" spans="1:10">
+      <c r="A965" t="s">
+        <v>10</v>
+      </c>
+      <c r="B965" t="s">
+        <v>11</v>
+      </c>
+      <c r="C965" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D965" t="s">
+        <v>13</v>
+      </c>
+      <c r="E965" t="s">
+        <v>21</v>
+      </c>
+      <c r="F965" t="s">
+        <v>15</v>
+      </c>
+      <c r="G965">
+        <v>599</v>
+      </c>
+      <c r="H965">
+        <v>40791</v>
+      </c>
+      <c r="I965">
+        <v>41389</v>
+      </c>
+      <c r="J965" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="966" spans="1:10">
+      <c r="A966" t="s">
+        <v>10</v>
+      </c>
+      <c r="B966" t="s">
+        <v>11</v>
+      </c>
+      <c r="C966" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D966" t="s">
+        <v>13</v>
+      </c>
+      <c r="E966" t="s">
+        <v>21</v>
+      </c>
+      <c r="F966" t="s">
+        <v>15</v>
+      </c>
+      <c r="G966" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H966">
+        <v>39662</v>
+      </c>
+      <c r="I966">
+        <v>40790</v>
+      </c>
+      <c r="J966" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="967" spans="1:10">
+      <c r="A967" t="s">
+        <v>10</v>
+      </c>
+      <c r="B967" t="s">
+        <v>11</v>
+      </c>
+      <c r="C967" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D967" t="s">
+        <v>13</v>
+      </c>
+      <c r="E967" t="s">
+        <v>21</v>
+      </c>
+      <c r="F967" t="s">
+        <v>15</v>
+      </c>
+      <c r="G967">
+        <v>730</v>
+      </c>
+      <c r="H967">
+        <v>38932</v>
+      </c>
+      <c r="I967">
+        <v>39661</v>
+      </c>
+      <c r="J967" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="968" spans="1:10">
+      <c r="A968" t="s">
+        <v>10</v>
+      </c>
+      <c r="B968" t="s">
+        <v>11</v>
+      </c>
+      <c r="C968" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D968" t="s">
+        <v>13</v>
+      </c>
+      <c r="E968" t="s">
+        <v>21</v>
+      </c>
+      <c r="F968" t="s">
+        <v>15</v>
+      </c>
+      <c r="G968" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H968">
+        <v>37533</v>
+      </c>
+      <c r="I968">
+        <v>38931</v>
+      </c>
+      <c r="J968" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="969" spans="1:10">
+      <c r="A969" t="s">
+        <v>10</v>
+      </c>
+      <c r="B969" t="s">
+        <v>11</v>
+      </c>
+      <c r="C969" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D969" t="s">
+        <v>13</v>
+      </c>
+      <c r="E969" t="s">
+        <v>21</v>
+      </c>
+      <c r="F969" t="s">
+        <v>15</v>
+      </c>
+      <c r="G969" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H969">
+        <v>36532</v>
+      </c>
+      <c r="I969">
+        <v>37532</v>
+      </c>
+      <c r="J969" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="970" spans="1:10">
+      <c r="A970" t="s">
+        <v>10</v>
+      </c>
+      <c r="B970" t="s">
+        <v>11</v>
+      </c>
+      <c r="C970" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D970" t="s">
+        <v>13</v>
+      </c>
+      <c r="E970" t="s">
+        <v>21</v>
+      </c>
+      <c r="F970" t="s">
+        <v>15</v>
+      </c>
+      <c r="G970" t="s">
+        <v>998</v>
+      </c>
+      <c r="H970">
+        <v>34525</v>
+      </c>
+      <c r="I970">
+        <v>36531</v>
+      </c>
+      <c r="J970" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="971" spans="1:10">
+      <c r="A971" t="s">
+        <v>10</v>
+      </c>
+      <c r="B971" t="s">
+        <v>11</v>
+      </c>
+      <c r="C971" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D971" t="s">
+        <v>13</v>
+      </c>
+      <c r="E971" t="s">
+        <v>21</v>
+      </c>
+      <c r="F971" t="s">
+        <v>15</v>
+      </c>
+      <c r="G971" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H971">
+        <v>32773</v>
+      </c>
+      <c r="I971">
+        <v>34524</v>
+      </c>
+      <c r="J971" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="972" spans="1:10">
+      <c r="A972" t="s">
+        <v>10</v>
+      </c>
+      <c r="B972" t="s">
+        <v>11</v>
+      </c>
+      <c r="C972" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D972" t="s">
+        <v>13</v>
+      </c>
+      <c r="E972" t="s">
+        <v>21</v>
+      </c>
+      <c r="F972" t="s">
+        <v>15</v>
+      </c>
+      <c r="G972">
+        <v>704</v>
+      </c>
+      <c r="H972">
+        <v>32069</v>
+      </c>
+      <c r="I972">
+        <v>32772</v>
+      </c>
+      <c r="J972" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="973" spans="1:10">
+      <c r="A973" t="s">
+        <v>10</v>
+      </c>
+      <c r="B973" t="s">
+        <v>11</v>
+      </c>
+      <c r="C973" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D973" t="s">
+        <v>13</v>
+      </c>
+      <c r="E973" t="s">
+        <v>21</v>
+      </c>
+      <c r="F973" t="s">
+        <v>15</v>
+      </c>
+      <c r="G973">
+        <v>355</v>
+      </c>
+      <c r="H973">
+        <v>31714</v>
+      </c>
+      <c r="I973">
+        <v>32068</v>
+      </c>
+      <c r="J973" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="974" spans="1:10">
+      <c r="A974" t="s">
+        <v>10</v>
+      </c>
+      <c r="B974" t="s">
+        <v>11</v>
+      </c>
+      <c r="C974" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D974" t="s">
+        <v>13</v>
+      </c>
+      <c r="E974" t="s">
+        <v>21</v>
+      </c>
+      <c r="F974" t="s">
+        <v>15</v>
+      </c>
+      <c r="G974">
+        <v>873</v>
+      </c>
+      <c r="H974">
+        <v>30841</v>
+      </c>
+      <c r="I974">
+        <v>31713</v>
+      </c>
+      <c r="J974" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="975" spans="1:10">
+      <c r="A975" t="s">
+        <v>10</v>
+      </c>
+      <c r="B975" t="s">
+        <v>11</v>
+      </c>
+      <c r="C975" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D975" t="s">
+        <v>13</v>
+      </c>
+      <c r="E975" t="s">
+        <v>21</v>
+      </c>
+      <c r="F975" t="s">
+        <v>15</v>
+      </c>
+      <c r="G975" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H975">
+        <v>29710</v>
+      </c>
+      <c r="I975">
+        <v>30840</v>
+      </c>
+      <c r="J975" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="976" spans="1:10">
+      <c r="A976" t="s">
+        <v>10</v>
+      </c>
+      <c r="B976" t="s">
+        <v>11</v>
+      </c>
+      <c r="C976" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D976" t="s">
+        <v>13</v>
+      </c>
+      <c r="E976" t="s">
+        <v>21</v>
+      </c>
+      <c r="F976" t="s">
+        <v>15</v>
+      </c>
+      <c r="G976" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H976">
+        <v>26889</v>
+      </c>
+      <c r="I976">
+        <v>29709</v>
+      </c>
+      <c r="J976" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="977" spans="1:10">
+      <c r="A977" t="s">
+        <v>10</v>
+      </c>
+      <c r="B977" t="s">
+        <v>11</v>
+      </c>
+      <c r="C977" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D977" t="s">
+        <v>13</v>
+      </c>
+      <c r="E977" t="s">
+        <v>21</v>
+      </c>
+      <c r="F977" t="s">
+        <v>15</v>
+      </c>
+      <c r="G977" t="s">
+        <v>445</v>
+      </c>
+      <c r="H977">
+        <v>25655</v>
+      </c>
+      <c r="I977">
+        <v>26888</v>
+      </c>
+      <c r="J977" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="978" spans="1:10">
+      <c r="A978" t="s">
+        <v>10</v>
+      </c>
+      <c r="B978" t="s">
+        <v>11</v>
+      </c>
+      <c r="C978" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D978" t="s">
+        <v>13</v>
+      </c>
+      <c r="E978" t="s">
+        <v>21</v>
+      </c>
+      <c r="F978" t="s">
+        <v>15</v>
+      </c>
+      <c r="G978" t="s">
+        <v>898</v>
+      </c>
+      <c r="H978">
+        <v>23791</v>
+      </c>
+      <c r="I978">
+        <v>25654</v>
+      </c>
+      <c r="J978" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="979" spans="1:10">
+      <c r="A979" t="s">
+        <v>10</v>
+      </c>
+      <c r="B979" t="s">
+        <v>11</v>
+      </c>
+      <c r="C979" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D979" t="s">
+        <v>13</v>
+      </c>
+      <c r="E979" t="s">
+        <v>21</v>
+      </c>
+      <c r="F979" t="s">
+        <v>15</v>
+      </c>
+      <c r="G979" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H979">
+        <v>21619</v>
+      </c>
+      <c r="I979">
+        <v>23790</v>
+      </c>
+      <c r="J979" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="980" spans="1:10">
+      <c r="A980" t="s">
+        <v>10</v>
+      </c>
+      <c r="B980" t="s">
+        <v>11</v>
+      </c>
+      <c r="C980" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D980" t="s">
+        <v>13</v>
+      </c>
+      <c r="E980" t="s">
+        <v>21</v>
+      </c>
+      <c r="F980" t="s">
+        <v>15</v>
+      </c>
+      <c r="G980" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H980">
+        <v>19994</v>
+      </c>
+      <c r="I980">
+        <v>21618</v>
+      </c>
+      <c r="J980" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="981" spans="1:10">
+      <c r="A981" t="s">
+        <v>10</v>
+      </c>
+      <c r="B981" t="s">
+        <v>11</v>
+      </c>
+      <c r="C981" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D981" t="s">
+        <v>13</v>
+      </c>
+      <c r="E981" t="s">
+        <v>21</v>
+      </c>
+      <c r="F981" t="s">
+        <v>15</v>
+      </c>
+      <c r="G981" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H981">
+        <v>18842</v>
+      </c>
+      <c r="I981">
+        <v>19993</v>
+      </c>
+      <c r="J981" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="982" spans="1:10">
+      <c r="A982" t="s">
+        <v>10</v>
+      </c>
+      <c r="B982" t="s">
+        <v>11</v>
+      </c>
+      <c r="C982" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D982" t="s">
+        <v>13</v>
+      </c>
+      <c r="E982" t="s">
+        <v>21</v>
+      </c>
+      <c r="F982" t="s">
+        <v>15</v>
+      </c>
+      <c r="G982" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H982">
+        <v>17651</v>
+      </c>
+      <c r="I982">
+        <v>18841</v>
+      </c>
+      <c r="J982" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="983" spans="1:10">
+      <c r="A983" t="s">
+        <v>10</v>
+      </c>
+      <c r="B983" t="s">
+        <v>11</v>
+      </c>
+      <c r="C983" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D983" t="s">
+        <v>13</v>
+      </c>
+      <c r="E983" t="s">
+        <v>21</v>
+      </c>
+      <c r="F983" t="s">
+        <v>15</v>
+      </c>
+      <c r="G983" t="s">
+        <v>821</v>
+      </c>
+      <c r="H983">
+        <v>15734</v>
+      </c>
+      <c r="I983">
+        <v>17650</v>
+      </c>
+      <c r="J983" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="984" spans="1:10">
+      <c r="A984" t="s">
+        <v>10</v>
+      </c>
+      <c r="B984" t="s">
+        <v>11</v>
+      </c>
+      <c r="C984" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D984" t="s">
+        <v>13</v>
+      </c>
+      <c r="E984" t="s">
+        <v>21</v>
+      </c>
+      <c r="F984" t="s">
+        <v>15</v>
+      </c>
+      <c r="G984" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H984">
+        <v>14115</v>
+      </c>
+      <c r="I984">
+        <v>15733</v>
+      </c>
+      <c r="J984" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="985" spans="1:10">
+      <c r="A985" t="s">
+        <v>10</v>
+      </c>
+      <c r="B985" t="s">
+        <v>11</v>
+      </c>
+      <c r="C985" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D985" t="s">
+        <v>13</v>
+      </c>
+      <c r="E985" t="s">
+        <v>21</v>
+      </c>
+      <c r="F985" t="s">
+        <v>15</v>
+      </c>
+      <c r="G985">
+        <v>909</v>
+      </c>
+      <c r="H985">
+        <v>13206</v>
+      </c>
+      <c r="I985">
+        <v>14114</v>
+      </c>
+      <c r="J985" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="986" spans="1:10">
+      <c r="A986" t="s">
+        <v>10</v>
+      </c>
+      <c r="B986" t="s">
+        <v>11</v>
+      </c>
+      <c r="C986" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D986" t="s">
+        <v>13</v>
+      </c>
+      <c r="E986" t="s">
+        <v>21</v>
+      </c>
+      <c r="F986" t="s">
+        <v>15</v>
+      </c>
+      <c r="G986">
+        <v>534</v>
+      </c>
+      <c r="H986">
+        <v>12672</v>
+      </c>
+      <c r="I986">
+        <v>13205</v>
+      </c>
+      <c r="J986" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="987" spans="1:10">
+      <c r="A987" t="s">
+        <v>10</v>
+      </c>
+      <c r="B987" t="s">
+        <v>11</v>
+      </c>
+      <c r="C987" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D987" t="s">
+        <v>13</v>
+      </c>
+      <c r="E987" t="s">
+        <v>21</v>
+      </c>
+      <c r="F987" t="s">
+        <v>15</v>
+      </c>
+      <c r="G987" t="s">
+        <v>88</v>
+      </c>
+      <c r="H987">
+        <v>11566</v>
+      </c>
+      <c r="I987">
+        <v>12671</v>
+      </c>
+      <c r="J987" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="988" spans="1:10">
+      <c r="A988" t="s">
+        <v>10</v>
+      </c>
+      <c r="B988" t="s">
+        <v>11</v>
+      </c>
+      <c r="C988" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D988" t="s">
+        <v>13</v>
+      </c>
+      <c r="E988" t="s">
+        <v>21</v>
+      </c>
+      <c r="F988" t="s">
+        <v>15</v>
+      </c>
+      <c r="G988" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H988">
+        <v>10004</v>
+      </c>
+      <c r="I988">
+        <v>11565</v>
+      </c>
+      <c r="J988" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="989" spans="1:10">
+      <c r="A989" t="s">
+        <v>10</v>
+      </c>
+      <c r="B989" t="s">
+        <v>11</v>
+      </c>
+      <c r="C989" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D989" t="s">
+        <v>13</v>
+      </c>
+      <c r="E989" t="s">
+        <v>21</v>
+      </c>
+      <c r="F989" t="s">
+        <v>15</v>
+      </c>
+      <c r="G989" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H989">
+        <v>6557</v>
+      </c>
+      <c r="I989">
+        <v>10003</v>
+      </c>
+      <c r="J989" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="990" spans="1:10">
+      <c r="A990" t="s">
+        <v>10</v>
+      </c>
+      <c r="B990" t="s">
+        <v>11</v>
+      </c>
+      <c r="C990" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D990" t="s">
+        <v>13</v>
+      </c>
+      <c r="E990" t="s">
+        <v>21</v>
+      </c>
+      <c r="F990" t="s">
+        <v>15</v>
+      </c>
+      <c r="G990" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H990">
+        <v>4228</v>
+      </c>
+      <c r="I990">
+        <v>6556</v>
+      </c>
+      <c r="J990" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="991" spans="1:10">
+      <c r="A991" t="s">
+        <v>10</v>
+      </c>
+      <c r="B991" t="s">
+        <v>11</v>
+      </c>
+      <c r="C991" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D991" t="s">
+        <v>13</v>
+      </c>
+      <c r="E991" t="s">
+        <v>21</v>
+      </c>
+      <c r="F991" t="s">
+        <v>15</v>
+      </c>
+      <c r="G991" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H991">
+        <v>1300</v>
+      </c>
+      <c r="I991">
+        <v>4227</v>
+      </c>
+      <c r="J991" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="992" spans="1:10">
+      <c r="A992" t="s">
+        <v>10</v>
+      </c>
+      <c r="B992" t="s">
+        <v>11</v>
+      </c>
+      <c r="C992" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D992" t="s">
+        <v>13</v>
+      </c>
+      <c r="E992" t="s">
+        <v>21</v>
+      </c>
+      <c r="F992" t="s">
+        <v>15</v>
+      </c>
+      <c r="G992" t="s">
+        <v>966</v>
+      </c>
+      <c r="H992">
+        <v>1</v>
+      </c>
+      <c r="I992">
+        <v>1299</v>
+      </c>
+      <c r="J992" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="993" spans="1:10">
+      <c r="A993" t="s">
+        <v>10</v>
+      </c>
+      <c r="B993" t="s">
+        <v>11</v>
+      </c>
+      <c r="C993" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D993" t="s">
+        <v>13</v>
+      </c>
+      <c r="E993" t="s">
+        <v>21</v>
+      </c>
+      <c r="F993" t="s">
+        <v>15</v>
+      </c>
+      <c r="G993">
+        <v>861</v>
+      </c>
+      <c r="H993">
+        <v>71805</v>
+      </c>
+      <c r="I993">
+        <v>72665</v>
+      </c>
+      <c r="J993" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="994" spans="1:10">
+      <c r="A994" t="s">
+        <v>10</v>
+      </c>
+      <c r="B994" t="s">
+        <v>11</v>
+      </c>
+      <c r="C994" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D994" t="s">
+        <v>13</v>
+      </c>
+      <c r="E994" t="s">
+        <v>21</v>
+      </c>
+      <c r="F994" t="s">
+        <v>15</v>
+      </c>
+      <c r="G994" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H994">
+        <v>70321</v>
+      </c>
+      <c r="I994">
+        <v>71804</v>
+      </c>
+      <c r="J994" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="995" spans="1:10">
+      <c r="A995" t="s">
+        <v>10</v>
+      </c>
+      <c r="B995" t="s">
+        <v>11</v>
+      </c>
+      <c r="C995" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D995" t="s">
+        <v>13</v>
+      </c>
+      <c r="E995" t="s">
+        <v>21</v>
+      </c>
+      <c r="F995" t="s">
+        <v>15</v>
+      </c>
+      <c r="G995">
+        <v>591</v>
+      </c>
+      <c r="H995">
+        <v>69730</v>
+      </c>
+      <c r="I995">
+        <v>70320</v>
+      </c>
+      <c r="J995" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="996" spans="1:10">
+      <c r="A996" t="s">
+        <v>10</v>
+      </c>
+      <c r="B996" t="s">
+        <v>11</v>
+      </c>
+      <c r="C996" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D996" t="s">
+        <v>13</v>
+      </c>
+      <c r="E996" t="s">
+        <v>21</v>
+      </c>
+      <c r="F996" t="s">
+        <v>15</v>
+      </c>
+      <c r="G996" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H996">
+        <v>68325</v>
+      </c>
+      <c r="I996">
+        <v>69729</v>
+      </c>
+      <c r="J996" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="997" spans="1:10">
+      <c r="A997" t="s">
+        <v>10</v>
+      </c>
+      <c r="B997" t="s">
+        <v>11</v>
+      </c>
+      <c r="C997" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D997" t="s">
+        <v>13</v>
+      </c>
+      <c r="E997" t="s">
+        <v>21</v>
+      </c>
+      <c r="F997" t="s">
+        <v>15</v>
+      </c>
+      <c r="G997">
+        <v>895</v>
+      </c>
+      <c r="H997">
+        <v>67430</v>
+      </c>
+      <c r="I997">
+        <v>68324</v>
+      </c>
+      <c r="J997" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="998" spans="1:10">
+      <c r="A998" t="s">
+        <v>10</v>
+      </c>
+      <c r="B998" t="s">
+        <v>11</v>
+      </c>
+      <c r="C998" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D998" t="s">
+        <v>13</v>
+      </c>
+      <c r="E998" t="s">
+        <v>21</v>
+      </c>
+      <c r="F998" t="s">
+        <v>15</v>
+      </c>
+      <c r="G998" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H998">
+        <v>66205</v>
+      </c>
+      <c r="I998">
+        <v>67429</v>
+      </c>
+      <c r="J998" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="999" spans="1:10">
+      <c r="A999" t="s">
+        <v>10</v>
+      </c>
+      <c r="B999" t="s">
+        <v>11</v>
+      </c>
+      <c r="C999" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D999" t="s">
+        <v>13</v>
+      </c>
+      <c r="E999" t="s">
+        <v>21</v>
+      </c>
+      <c r="F999" t="s">
+        <v>15</v>
+      </c>
+      <c r="G999" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H999">
+        <v>63758</v>
+      </c>
+      <c r="I999">
+        <v>66204</v>
+      </c>
+      <c r="J999" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:10">
+      <c r="A1000" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1000" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H1000">
+        <v>62569</v>
+      </c>
+      <c r="I1000">
+        <v>63757</v>
+      </c>
+      <c r="J1000" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:10">
+      <c r="A1001" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H1001">
+        <v>60349</v>
+      </c>
+      <c r="I1001">
+        <v>62568</v>
+      </c>
+      <c r="J1001" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:10">
+      <c r="A1002" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1002">
+        <v>841</v>
+      </c>
+      <c r="H1002">
+        <v>59508</v>
+      </c>
+      <c r="I1002">
+        <v>60348</v>
+      </c>
+      <c r="J1002" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:10">
+      <c r="A1003" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1003" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H1003">
+        <v>55535</v>
+      </c>
+      <c r="I1003">
+        <v>59507</v>
+      </c>
+      <c r="J1003" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:10">
+      <c r="A1004" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1004" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H1004">
+        <v>54272</v>
+      </c>
+      <c r="I1004">
+        <v>55534</v>
+      </c>
+      <c r="J1004" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:10">
+      <c r="A1005" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1005" t="s">
+        <v>809</v>
+      </c>
+      <c r="H1005">
+        <v>52486</v>
+      </c>
+      <c r="I1005">
+        <v>54271</v>
+      </c>
+      <c r="J1005" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:10">
+      <c r="A1006" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1006" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H1006">
+        <v>49896</v>
+      </c>
+      <c r="I1006">
+        <v>52485</v>
+      </c>
+      <c r="J1006" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:10">
+      <c r="A1007" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1007">
+        <v>863</v>
+      </c>
+      <c r="H1007">
+        <v>49033</v>
+      </c>
+      <c r="I1007">
+        <v>49895</v>
+      </c>
+      <c r="J1007" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:10">
+      <c r="A1008" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1008" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H1008">
+        <v>47730</v>
+      </c>
+      <c r="I1008">
+        <v>49032</v>
+      </c>
+      <c r="J1008" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:10">
+      <c r="A1009" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1009" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H1009">
+        <v>44973</v>
+      </c>
+      <c r="I1009">
+        <v>47729</v>
+      </c>
+      <c r="J1009" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:10">
+      <c r="A1010" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1010" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H1010">
+        <v>43360</v>
+      </c>
+      <c r="I1010">
+        <v>44972</v>
+      </c>
+      <c r="J1010" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:10">
+      <c r="A1011" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1011" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H1011">
+        <v>41405</v>
+      </c>
+      <c r="I1011">
+        <v>43359</v>
+      </c>
+      <c r="J1011" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:10">
+      <c r="A1012" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1012" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H1012">
+        <v>38365</v>
+      </c>
+      <c r="I1012">
+        <v>41404</v>
+      </c>
+      <c r="J1012" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:10">
+      <c r="A1013" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1013" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H1013">
+        <v>35940</v>
+      </c>
+      <c r="I1013">
+        <v>38364</v>
+      </c>
+      <c r="J1013" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:10">
+      <c r="A1014" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1014" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H1014">
+        <v>34254</v>
+      </c>
+      <c r="I1014">
+        <v>35939</v>
+      </c>
+      <c r="J1014" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:10">
+      <c r="A1015" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1015" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H1015">
+        <v>32670</v>
+      </c>
+      <c r="I1015">
+        <v>34253</v>
+      </c>
+      <c r="J1015" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:10">
+      <c r="A1016" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>44</v>
+      </c>
+      <c r="H1016">
+        <v>31485</v>
+      </c>
+      <c r="I1016">
+        <v>32669</v>
+      </c>
+      <c r="J1016" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:10">
+      <c r="A1017" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H1017">
+        <v>30312</v>
+      </c>
+      <c r="I1017">
+        <v>31484</v>
+      </c>
+      <c r="J1017" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:10">
+      <c r="A1018" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H1018">
+        <v>28083</v>
+      </c>
+      <c r="I1018">
+        <v>30311</v>
+      </c>
+      <c r="J1018" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:10">
+      <c r="A1019" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H1019">
+        <v>26512</v>
+      </c>
+      <c r="I1019">
+        <v>28082</v>
+      </c>
+      <c r="J1019" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:10">
+      <c r="A1020" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H1020">
+        <v>23129</v>
+      </c>
+      <c r="I1020">
+        <v>26511</v>
+      </c>
+      <c r="J1020" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:10">
+      <c r="A1021" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1021">
+        <v>876</v>
+      </c>
+      <c r="H1021">
+        <v>22253</v>
+      </c>
+      <c r="I1021">
+        <v>23128</v>
+      </c>
+      <c r="J1021" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:10">
+      <c r="A1022" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H1022">
+        <v>20860</v>
+      </c>
+      <c r="I1022">
+        <v>22252</v>
+      </c>
+      <c r="J1022" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:10">
+      <c r="A1023" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1023" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H1023">
+        <v>19436</v>
+      </c>
+      <c r="I1023">
+        <v>20859</v>
+      </c>
+      <c r="J1023" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:10">
+      <c r="A1024" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1024" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H1024">
+        <v>17952</v>
+      </c>
+      <c r="I1024">
+        <v>19435</v>
+      </c>
+      <c r="J1024" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:10">
+      <c r="A1025" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1025" t="s">
+        <v>611</v>
+      </c>
+      <c r="H1025">
+        <v>16905</v>
+      </c>
+      <c r="I1025">
+        <v>17951</v>
+      </c>
+      <c r="J1025" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:10">
+      <c r="A1026" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1026" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H1026">
+        <v>11732</v>
+      </c>
+      <c r="I1026">
+        <v>16904</v>
+      </c>
+      <c r="J1026" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:10">
+      <c r="A1027" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H1027">
+        <v>9568</v>
+      </c>
+      <c r="I1027">
+        <v>11731</v>
+      </c>
+      <c r="J1027" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:10">
+      <c r="A1028" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1028" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H1028">
+        <v>7755</v>
+      </c>
+      <c r="I1028">
+        <v>9567</v>
+      </c>
+      <c r="J1028" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:10">
+      <c r="A1029" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1029" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H1029">
+        <v>4240</v>
+      </c>
+      <c r="I1029">
+        <v>7754</v>
+      </c>
+      <c r="J1029" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:10">
+      <c r="A1030" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>21</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1030" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H1030">
+        <v>1</v>
+      </c>
+      <c r="I1030">
+        <v>4239</v>
+      </c>
+      <c r="J1030" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:10">
+      <c r="A1031" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1031" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H1031">
+        <v>426234</v>
+      </c>
+      <c r="I1031">
+        <v>431834</v>
+      </c>
+      <c r="J1031" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:10">
+      <c r="A1032" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1032">
+        <v>507</v>
+      </c>
+      <c r="H1032">
+        <v>425727</v>
+      </c>
+      <c r="I1032">
+        <v>426233</v>
+      </c>
+      <c r="J1032" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:10">
+      <c r="A1033" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1033">
+        <v>810</v>
+      </c>
+      <c r="H1033">
+        <v>424917</v>
+      </c>
+      <c r="I1033">
+        <v>425726</v>
+      </c>
+      <c r="J1033" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:10">
+      <c r="A1034" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1034" t="s">
+        <v>794</v>
+      </c>
+      <c r="H1034">
+        <v>423837</v>
+      </c>
+      <c r="I1034">
+        <v>424916</v>
+      </c>
+      <c r="J1034" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:10">
+      <c r="A1035" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1035" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H1035">
+        <v>379727</v>
+      </c>
+      <c r="I1035">
+        <v>423836</v>
+      </c>
+      <c r="J1035" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:10">
+      <c r="A1036" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1036" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H1036">
+        <v>342234</v>
+      </c>
+      <c r="I1036">
+        <v>379726</v>
+      </c>
+      <c r="J1036" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:10">
+      <c r="A1037" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1037">
+        <v>507</v>
+      </c>
+      <c r="H1037">
+        <v>341727</v>
+      </c>
+      <c r="I1037">
+        <v>342233</v>
+      </c>
+      <c r="J1037" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:10">
+      <c r="A1038" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1038">
+        <v>855</v>
+      </c>
+      <c r="H1038">
+        <v>340872</v>
+      </c>
+      <c r="I1038">
+        <v>341726</v>
+      </c>
+      <c r="J1038" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:10">
+      <c r="A1039" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1039">
+        <v>720</v>
+      </c>
+      <c r="H1039">
+        <v>340152</v>
+      </c>
+      <c r="I1039">
+        <v>340871</v>
+      </c>
+      <c r="J1039" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:10">
+      <c r="A1040" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1040" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H1040">
+        <v>312252</v>
+      </c>
+      <c r="I1040">
+        <v>340151</v>
+      </c>
+      <c r="J1040" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:10">
+      <c r="A1041" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1041" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H1041">
+        <v>288234</v>
+      </c>
+      <c r="I1041">
+        <v>312251</v>
+      </c>
+      <c r="J1041" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:10">
+      <c r="A1042" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1042" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H1042">
+        <v>1</v>
+      </c>
+      <c r="I1042">
+        <v>288233</v>
+      </c>
+      <c r="J1042" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:10">
+      <c r="A1043" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1043" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H1043">
+        <v>1</v>
+      </c>
+      <c r="I1043">
         <v>411767</v>
       </c>
-      <c r="J717" t="s">
-        <v>1174</v>
+      <c r="J1043" t="s">
+        <v>1585</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">