--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -12,74 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
-[...1 lines deleted...]
-    <t>Transaction date (YYYY-MM-DD)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+  <si>
+    <t>Name of Program</t>
+  </si>
+  <si>
+    <t>Unit type</t>
+  </si>
+  <si>
+    <t>Date of cancellation</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
-    <t>In name of</t>
-[...11 lines deleted...]
-    <t>Final serial</t>
+    <t>Name of</t>
+  </si>
+  <si>
+    <t>Account Holder</t>
+  </si>
+  <si>
+    <t>Quantity of emission units cancelled</t>
+  </si>
+  <si>
+    <t>Start of serial numbers</t>
+  </si>
+  <si>
+    <t>End of serial numbers</t>
   </si>
   <si>
     <t>Serials</t>
+  </si>
+  <si>
+    <t>BioCarbon Standard</t>
+  </si>
+  <si>
+    <t>VCC</t>
   </si>
   <si>
     <t>2025-06-02</t>
   </si>
   <si>
     <t>Proyecto Forestal Fundación Obra Social Redentorista Señor de los Milagros</t>
   </si>
   <si>
     <t>East On Travel AB</t>
   </si>
   <si>
     <t>CTX_BCR_Retire</t>
   </si>
   <si>
     <t>PCR-CO-630-142-001-2-1501-1512-0000811-0001010</t>
   </si>
   <si>
     <t>2024-07-09</t>
   </si>
   <si>
     <t>PCR-CO-630-142-001-2-1501-1512-0000401-0000810</t>
   </si>
   <si>
     <t>2024-04-15</t>
   </si>
@@ -548,602 +560,728 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H21" sqref="H21"/>
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E2">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2">
         <v>200</v>
       </c>
-      <c r="F2">
+      <c r="H2">
         <v>811</v>
       </c>
-      <c r="G2">
+      <c r="I2">
         <v>1010</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:8">
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E3">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3">
         <v>410</v>
       </c>
-      <c r="F3">
+      <c r="H3">
         <v>401</v>
       </c>
-      <c r="G3">
+      <c r="I3">
         <v>810</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4">
+        <v>91</v>
+      </c>
+      <c r="H4">
+        <v>2236</v>
+      </c>
+      <c r="I4">
+        <v>2326</v>
+      </c>
+      <c r="J4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F5" t="s">
         <v>15</v>
       </c>
-      <c r="B4" t="s">
-[...34 lines deleted...]
-      <c r="E5">
+      <c r="G5">
         <v>200</v>
       </c>
-      <c r="F5">
+      <c r="H5">
         <v>201</v>
       </c>
-      <c r="G5">
+      <c r="I5">
         <v>400</v>
       </c>
-      <c r="H5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:8">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F6">
+        <v>25</v>
+      </c>
+      <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6">
         <v>1</v>
       </c>
-      <c r="G6">
+      <c r="I6">
         <v>7208</v>
       </c>
-      <c r="H6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:8">
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E7">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7">
         <v>200</v>
       </c>
-      <c r="F7">
+      <c r="H7">
         <v>2036</v>
       </c>
-      <c r="G7">
+      <c r="I7">
         <v>2235</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:8">
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="F8">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
         <v>201</v>
       </c>
-      <c r="G8">
+      <c r="I8">
         <v>2035</v>
       </c>
-      <c r="H8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:8">
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" t="s">
+        <v>38</v>
       </c>
       <c r="G9">
         <v>42</v>
       </c>
-      <c r="H9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:8">
+      <c r="H9">
+        <v>1</v>
+      </c>
+      <c r="I9">
+        <v>42</v>
+      </c>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E10">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10">
         <v>324</v>
       </c>
-      <c r="F10">
+      <c r="H10">
         <v>3787</v>
       </c>
-      <c r="G10">
+      <c r="I10">
         <v>4110</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:8">
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E11">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11">
         <v>74</v>
       </c>
-      <c r="F11">
+      <c r="H11">
         <v>127</v>
       </c>
-      <c r="G11">
+      <c r="I11">
         <v>200</v>
       </c>
-      <c r="H11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:8">
+      <c r="J11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E12">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12">
         <v>26</v>
       </c>
-      <c r="F12">
+      <c r="H12">
         <v>101</v>
       </c>
-      <c r="G12">
+      <c r="I12">
         <v>126</v>
       </c>
-      <c r="H12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:8">
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
       </c>
       <c r="G13">
         <v>42</v>
       </c>
-      <c r="H13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:8">
+      <c r="H13">
+        <v>1</v>
+      </c>
+      <c r="I13">
+        <v>42</v>
+      </c>
+      <c r="J13" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E14">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14">
         <v>520</v>
       </c>
-      <c r="F14">
+      <c r="H14">
         <v>669</v>
       </c>
-      <c r="G14">
+      <c r="I14">
         <v>1188</v>
       </c>
-      <c r="H14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:8">
+      <c r="J14" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E15">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15">
         <v>335</v>
       </c>
-      <c r="F15">
+      <c r="H15">
         <v>334</v>
       </c>
-      <c r="G15">
+      <c r="I15">
         <v>668</v>
       </c>
-      <c r="H15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:8">
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
       </c>
       <c r="G16">
         <v>333</v>
       </c>
-      <c r="H16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:8">
+      <c r="H16">
+        <v>1</v>
+      </c>
+      <c r="I16">
+        <v>333</v>
+      </c>
+      <c r="J16" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
       </c>
       <c r="G17">
         <v>200</v>
       </c>
-      <c r="H17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:8">
+      <c r="H17">
+        <v>1</v>
+      </c>
+      <c r="I17">
+        <v>200</v>
+      </c>
+      <c r="J17" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F18">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18">
         <v>1</v>
       </c>
-      <c r="G18">
+      <c r="I18">
         <v>44622</v>
       </c>
-      <c r="H18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:8">
+      <c r="J18" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H19">
+        <v>1</v>
+      </c>
+      <c r="I19">
+        <v>40845</v>
+      </c>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="F19">
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" t="s">
+        <v>63</v>
+      </c>
+      <c r="H20">
         <v>1</v>
       </c>
-      <c r="G19">
-[...2 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I20">
+        <v>34006</v>
+      </c>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
         <v>58</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F20">
+      <c r="F21" t="s">
+        <v>26</v>
+      </c>
+      <c r="G21" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21">
         <v>1</v>
       </c>
-      <c r="G20">
-[...25 lines deleted...]
-      <c r="G21">
+      <c r="I21">
         <v>25440</v>
       </c>
-      <c r="H21" t="s">
-        <v>62</v>
+      <c r="J21" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">