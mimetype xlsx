--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -12,200 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Quantification Period</t>
   </si>
   <si>
     <t>ICAO/CORSIA Eligible*</t>
   </si>
   <si>
     <t>Verified GHG Emission Reductions or Removals</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Project Type</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Special Category</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>BCR-CL-151-1-001</t>
+  </si>
+  <si>
+    <t>Andes Solar IV</t>
+  </si>
+  <si>
+    <t>Aes Andes S.A.</t>
+  </si>
+  <si>
+    <t>2024-09-30 to 2031-09-29</t>
+  </si>
+  <si>
+    <t>Energy industries (renewable sources / energy efficiency)</t>
+  </si>
+  <si>
+    <t>Renewable Energy</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Listed</t>
+  </si>
+  <si>
     <t>BCR-TR-259-13-001</t>
   </si>
   <si>
     <t>ASKOC DIYARBAKIR BIOGAS PLANT</t>
   </si>
   <si>
     <t>Termopet Akaryakıt A.Ş.</t>
   </si>
   <si>
     <t>2020-02-18 to 2027-02-17</t>
   </si>
   <si>
     <t>Waste handling and disposal</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>Listed</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-AR-131-1-005</t>
   </si>
   <si>
     <t>Lindero PV Captive Power Plant with BESS Integration</t>
   </si>
   <si>
     <t>Industrias Juan F. Secco SA</t>
   </si>
   <si>
     <t>2025-06-06 to 2035-06-05</t>
   </si>
   <si>
-    <t>Energy industries (renewable sources / energy efficiency)</t>
-[...1 lines deleted...]
-  <si>
     <t>Energy Industries - renewable/non-renewable sources</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>BCR-TR-195-13-001</t>
   </si>
   <si>
     <t>AREL MILAS LFG &amp; BIOMETHANISATION PLANT PROJECT</t>
   </si>
   <si>
     <t>Arel Çevre Yatırımları Enerji ve Elektrik Üretimi A.Ş.</t>
   </si>
   <si>
     <t>2019-12-06 to 2026-12-05</t>
   </si>
   <si>
     <t>BCR-CL-512-1-001</t>
   </si>
   <si>
     <t>Small-scale renewable energy projects in Chile</t>
   </si>
   <si>
     <t>Natural Assets SpA</t>
   </si>
   <si>
     <t>2021-09-23 to 2031-09-22</t>
   </si>
   <si>
-    <t>Renewable Energy</t>
-[...4 lines deleted...]
-  <si>
     <t>BCR-MX-459-7-003</t>
   </si>
   <si>
     <t>IE-Tram, Mérida, México</t>
   </si>
   <si>
     <t>Movilidad Urbana Mérida, S.A.P.I de C.V.</t>
   </si>
   <si>
     <t>2023-12-16 to 2030-12-15</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BCR-CL-365-14-001</t>
   </si>
   <si>
     <t>Conservation and degradation control in Chilean native forests in the Andean foot-hills of the Maule Región, Chile.</t>
   </si>
   <si>
     <t>VALLE LONTUE Professional Services Society Limited. The project is comprised of three owners and Valle Lontue Limitada, as a consultant and manager.</t>
   </si>
   <si>
     <t>2025-01-01 to 2044-12-31</t>
   </si>
   <si>
     <t>Agriculture, forestry and other land uses (AFOLU)</t>
   </si>
   <si>
     <t>Reduced emissions from deforestation &amp; degradation</t>
   </si>
   <si>
     <t>BCR-CO-635-14-007</t>
   </si>
   <si>
-    <t>CO2Bio Proyecto 4</t>
+    <t>CO2Bio P4 Carbono del Orinoco</t>
   </si>
   <si>
     <t>Fundacion Cataruben</t>
   </si>
   <si>
     <t>2020-02-01 to 2027-12-31</t>
   </si>
   <si>
     <t>Forest Restoration</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>BCR-CO-491-14-001</t>
   </si>
   <si>
     <t>SAHBIO CARBONO Natural Savanna and Forest Conservation</t>
   </si>
   <si>
     <t>Visso Consultores S.A.S</t>
   </si>
   <si>
     <t>2021-01-01 to 2060-12-31</t>
   </si>
@@ -269,80 +281,83 @@
   <si>
     <t>BCR-CL-314-14-001</t>
   </si>
   <si>
     <t>Cameron Patagonia</t>
   </si>
   <si>
     <t>Cameron Tourism and Trade LLC</t>
   </si>
   <si>
     <t>2020-01-01 to 2049-12-31</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001</t>
   </si>
   <si>
     <t>Solar parks in the cuyo region</t>
   </si>
   <si>
     <t>Genneia S.A</t>
   </si>
   <si>
     <t>2023-03-30 to 2030-03-29</t>
   </si>
   <si>
+    <t>123,470</t>
+  </si>
+  <si>
+    <t>Registered</t>
+  </si>
+  <si>
     <t>BCR-US-319-1-001</t>
   </si>
   <si>
     <t>Kansas - Carbon Optimum Corp. &amp; EVG</t>
   </si>
   <si>
     <t>Carbon Optimum Corporation</t>
   </si>
   <si>
     <t>2024-12-01 to 2031-11-30</t>
   </si>
   <si>
     <t>Biomass Energy</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>BCR-AR-131-1-004</t>
   </si>
   <si>
     <t>Proyecto Solar Fotovoltaico Distribuido de la Provincia de Jujuy – Valle Sur</t>
   </si>
   <si>
     <t>2024-10-01 to 2031-09-30</t>
   </si>
   <si>
-    <t>Registered</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-AR-131-1-003</t>
   </si>
   <si>
     <t>Yungas PV Power Plants Bundle Project</t>
   </si>
   <si>
     <t>2024-09-01 to 2031-08-31</t>
   </si>
   <si>
     <t>BCR-AR-131-1-002</t>
   </si>
   <si>
     <t>Proyecto Solar Fotovoltaico Distribuido de la Provincia de Jujuy - Perico</t>
   </si>
   <si>
     <t>BCR-CO-956-14-001</t>
   </si>
   <si>
     <t>Proyecto Forestal El Dorado</t>
   </si>
   <si>
     <t>Reforestadora El Dorado</t>
   </si>
   <si>
     <t>2015-06-30 to 2045-06-30</t>
@@ -377,57 +392,54 @@
   <si>
     <t>Tassaroli S.A.</t>
   </si>
   <si>
     <t>2022-04-01 to 2029-03-31</t>
   </si>
   <si>
     <t>10,016</t>
   </si>
   <si>
     <t>Grid-connected electricity generation from renewable sources</t>
   </si>
   <si>
     <t>BCR-CO-179-14-001</t>
   </si>
   <si>
     <t>RUTA ANDINA</t>
   </si>
   <si>
     <t>AGI AMBIENTAL SAS</t>
   </si>
   <si>
     <t>BCR-CO-339-14-001</t>
   </si>
   <si>
-    <t>REDD+ NUNUYA DE VILLAZUL- AMENANAE</t>
-[...5 lines deleted...]
-    <t>2020-01-01 to 2060-12-31</t>
+    <t>REDD+ NONUYA DE VILLAZUL</t>
+  </si>
+  <si>
+    <t>Resguardo indigena Nonuya de villa azul</t>
   </si>
   <si>
     <t>BCR-MX-459-7-002</t>
   </si>
   <si>
     <t>Trolebús Elevado, Mexico City</t>
   </si>
   <si>
     <t>Secretaría de Medio Ambiente de la Ciudad de México</t>
   </si>
   <si>
     <t>2022-10-29 to 2032-10-28</t>
   </si>
   <si>
     <t>BCR-MY-319-13-014</t>
   </si>
   <si>
     <t>MY_TRG_BIOGAS_Q2/24</t>
   </si>
   <si>
     <t>Carbon Vault Sdn Bhd</t>
   </si>
   <si>
     <t>2023-10-01 to 2030-10-01</t>
   </si>
@@ -783,50 +795,53 @@
     <t>1,308,467</t>
   </si>
   <si>
     <t>Orchid cathegory</t>
   </si>
   <si>
     <t>BCR-CO-CO-14-004</t>
   </si>
   <si>
     <t>REDD+ Awia Tuparro +9</t>
   </si>
   <si>
     <t>CO2CERO S.A.S</t>
   </si>
   <si>
     <t>2019-02-01 to 2023-12-31</t>
   </si>
   <si>
     <t>BCR-AR-131-1-001</t>
   </si>
   <si>
     <t>Proyecto Solar CASA La Calera San Luis</t>
   </si>
   <si>
     <t>2023-07-01 to 2030-06-30</t>
+  </si>
+  <si>
+    <t>32,043</t>
   </si>
   <si>
     <t>Solar electricity systems</t>
   </si>
   <si>
     <t>BCR-CL-536-14-001</t>
   </si>
   <si>
     <t>ECO2 INTERNATIONAL-FUNDO LOS CULENES</t>
   </si>
   <si>
     <t>ECO2 INTERNATIONAL OFFSET S.L</t>
   </si>
   <si>
     <t>to</t>
   </si>
   <si>
     <t>Reforestation</t>
   </si>
   <si>
     <t>Climate Change Adaptation, Community, Biodiversity</t>
   </si>
   <si>
     <t>BCR-CO-CO-14-003</t>
   </si>
@@ -1732,3306 +1747,3338 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/111" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/110" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/109" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/108" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/107" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/106" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/105" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/104" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/103" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/102" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/101" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/100" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/99" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/98" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/97" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/96" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/95" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/94" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/93" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/92" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/91" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/90" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/89" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/88" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/87" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/86" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/85" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/84" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/83" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/82" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/81" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/80" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/79" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/78" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/77" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/76" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/75" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/74" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/73" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/72" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/71" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/70" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/69" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/68" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/67" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/66" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/65" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/64" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/63" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/61" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/60" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/59" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/58" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/57" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/56" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/55" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/54" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/53" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/52" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/51" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/50" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/49" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/47" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/46" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/45" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/44" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/43" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/42" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/39" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/38" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/37" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/36" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/35" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/34" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/32" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/31" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/24" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/23" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/22" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/21" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/20" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/19" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/18" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/17" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/16" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/15" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/13" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/12" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/11" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/10" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/9" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/8" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/6" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/5" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/3" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/2" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/112" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/110" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/109" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/108" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/107" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/106" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/105" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/104" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/103" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/102" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/101" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/100" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/99" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/98" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/97" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/96" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/95" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/94" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/93" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/92" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/91" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/90" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/89" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/88" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/87" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/86" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/85" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/84" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/83" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/82" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/81" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/80" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/79" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/78" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/77" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/76" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/75" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/74" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/73" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/72" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/71" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/70" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/69" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/68" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/67" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/66" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/65" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/64" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/63" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/61" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/60" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/59" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/58" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/57" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/56" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/55" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/54" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/53" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/52" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/51" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/50" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/49" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/47" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/46" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/45" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/44" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/43" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/42" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/39" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/38" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/37" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/36" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/35" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/34" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/32" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/31" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/24" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/23" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/22" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/21" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/20" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/19" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/18" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/17" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/16" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/15" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/13" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/12" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/11" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/10" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/9" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/7" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/6" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/5" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/3" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/2" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L100"/>
+  <dimension ref="A1:L101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C100" sqref="C100"/>
+      <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="J4" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="L4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>38</v>
       </c>
       <c r="E6" t="s">
         <v>39</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="L6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
+      <c r="G7">
+        <v>0</v>
+      </c>
+      <c r="H7" t="s">
         <v>44</v>
       </c>
-      <c r="E7" t="s">
+      <c r="I7" t="s">
+        <v>44</v>
+      </c>
+      <c r="J7" t="s">
         <v>45</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="G8">
+        <v>0</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" t="s">
         <v>51</v>
       </c>
-      <c r="G8">
-[...7 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="L8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="E9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G9">
+        <v>0</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+      <c r="I9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
+      <c r="J9" t="s">
         <v>57</v>
       </c>
-      <c r="G9">
-[...10 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>61</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" t="s">
         <v>62</v>
       </c>
-      <c r="G10">
-[...7 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>65</v>
       </c>
       <c r="E11" t="s">
         <v>66</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J11" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>69</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I12" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J12" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="L12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>74</v>
       </c>
-      <c r="E13" t="s">
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I13" t="s">
+        <v>51</v>
+      </c>
+      <c r="J13" t="s">
         <v>75</v>
       </c>
-      <c r="G13">
-[...10 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>79</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14" t="s">
+        <v>50</v>
+      </c>
+      <c r="I14" t="s">
         <v>80</v>
       </c>
-      <c r="G14">
-[...7 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="L14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>83</v>
       </c>
       <c r="E15" t="s">
         <v>84</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I15" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="J15" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>88</v>
       </c>
-      <c r="G16">
-        <v>0</v>
+      <c r="G16" t="s">
+        <v>89</v>
       </c>
       <c r="H16" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="J16" t="s">
+        <v>31</v>
+      </c>
+      <c r="L16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I17" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="J17" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="L17" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I18" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="J18" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="L18" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I19" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="J19" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="L19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D20" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" t="s">
         <v>102</v>
       </c>
-      <c r="E20" t="s">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="G20">
+        <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I20" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="J20" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="L20" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>107</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>108</v>
       </c>
-      <c r="E21" t="s">
+      <c r="G21" t="s">
         <v>109</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I21" t="s">
         <v>110</v>
       </c>
       <c r="J21" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="L21" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B22" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D22" t="s">
         <v>113</v>
       </c>
       <c r="E22" t="s">
         <v>114</v>
       </c>
-      <c r="G22" t="s">
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22" t="s">
+        <v>24</v>
+      </c>
+      <c r="I22" t="s">
         <v>115</v>
       </c>
-      <c r="H22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="L22" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>118</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>119</v>
       </c>
-      <c r="E23" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G23" t="s">
+        <v>120</v>
       </c>
       <c r="H23" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I23" t="s">
-        <v>76</v>
+        <v>121</v>
       </c>
       <c r="J23" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="L23" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B24" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E24" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I24" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="J24" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L24" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D25" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E25" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I25" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="J25" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="L25" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>128</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D26" t="s">
         <v>130</v>
       </c>
       <c r="E26" t="s">
         <v>131</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="I26" t="s">
-        <v>132</v>
+        <v>44</v>
       </c>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>45</v>
       </c>
       <c r="L26" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D27" t="s">
         <v>134</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="E27" t="s">
         <v>135</v>
       </c>
-      <c r="D27" t="s">
+      <c r="G27">
+        <v>0</v>
+      </c>
+      <c r="H27" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" t="s">
         <v>136</v>
       </c>
-      <c r="E27" t="s">
+      <c r="J27" t="s">
         <v>137</v>
       </c>
-      <c r="G27">
-[...13 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D28" t="s">
         <v>140</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="E28" t="s">
         <v>141</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="G28">
+        <v>0</v>
+      </c>
+      <c r="H28" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" t="s">
         <v>142</v>
       </c>
-      <c r="G28" t="s">
+      <c r="J28" t="s">
+        <v>25</v>
+      </c>
+      <c r="K28" t="s">
         <v>143</v>
       </c>
-      <c r="H28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
         <v>144</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D29" t="s">
+        <v>140</v>
+      </c>
+      <c r="E29" t="s">
         <v>146</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
         <v>147</v>
       </c>
-      <c r="G29">
-[...1 lines deleted...]
-      </c>
       <c r="H29" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I29" t="s">
-        <v>47</v>
+        <v>142</v>
       </c>
       <c r="J29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>148</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="E30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I30" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="J30" t="s">
-        <v>133</v>
+        <v>31</v>
       </c>
       <c r="L30" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I31" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J31" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L31" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D32" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="E32" t="s">
         <v>157</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I32" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="J32" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="L32" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>158</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D33" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="E33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I33" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="J33" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="L33" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D34" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I34" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J34" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L34" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D35" t="s">
-        <v>166</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
         <v>167</v>
       </c>
-      <c r="G35" t="s">
-        <v>168</v>
+      <c r="G35">
+        <v>0</v>
       </c>
       <c r="H35" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I35" t="s">
-        <v>169</v>
+        <v>80</v>
       </c>
       <c r="J35" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="L35" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B36" t="s">
+        <v>168</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D36" t="s">
         <v>170</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="E36" t="s">
         <v>171</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>172</v>
       </c>
-      <c r="G36">
-[...1 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>76</v>
+        <v>173</v>
       </c>
       <c r="J36" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="L36" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D37" t="s">
-        <v>175</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
         <v>176</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I37" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J37" t="s">
-        <v>177</v>
+        <v>137</v>
       </c>
       <c r="L37" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>179</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>180</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38">
+        <v>0</v>
+      </c>
+      <c r="H38" t="s">
+        <v>50</v>
+      </c>
+      <c r="I38" t="s">
+        <v>80</v>
+      </c>
+      <c r="J38" t="s">
         <v>181</v>
       </c>
-      <c r="G38">
-[...10 lines deleted...]
-      </c>
       <c r="L38" t="s">
-        <v>182</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B39" t="s">
+        <v>182</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>184</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>185</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39">
+        <v>0</v>
+      </c>
+      <c r="H39" t="s">
+        <v>50</v>
+      </c>
+      <c r="I39" t="s">
+        <v>80</v>
+      </c>
+      <c r="J39" t="s">
+        <v>137</v>
+      </c>
+      <c r="L39" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>187</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D40" t="s">
         <v>189</v>
       </c>
       <c r="E40" t="s">
         <v>190</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I40" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="J40" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L40" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>191</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D41" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E41" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I41" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="J41" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L41" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B42" t="s">
+        <v>195</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D42" t="s">
         <v>193</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="E42" t="s">
         <v>194</v>
       </c>
-      <c r="D42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I42" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J42" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L42" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B43" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D43" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E43" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I43" t="s">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="J43" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L43" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B44" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D44" t="s">
         <v>199</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I44" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="J44" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L44" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B45" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D45" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="E45" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I45" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="J45" t="s">
-        <v>25</v>
+        <v>137</v>
       </c>
       <c r="L45" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B46" t="s">
         <v>204</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>205</v>
       </c>
       <c r="D46" t="s">
-        <v>130</v>
+        <v>206</v>
       </c>
       <c r="E46" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="I46" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="J46" t="s">
-        <v>133</v>
+        <v>31</v>
       </c>
       <c r="L46" t="s">
-        <v>182</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B47" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>207</v>
+        <v>175</v>
       </c>
       <c r="D47" t="s">
-        <v>208</v>
+        <v>134</v>
       </c>
       <c r="E47" t="s">
         <v>209</v>
       </c>
-      <c r="G47" t="s">
-        <v>210</v>
+      <c r="G47">
+        <v>0</v>
       </c>
       <c r="H47" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I47" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="J47" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>137</v>
       </c>
       <c r="L47" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B48" t="s">
+        <v>210</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D48" t="s">
         <v>212</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="E48" t="s">
         <v>213</v>
       </c>
-      <c r="D48" t="s">
+      <c r="G48" t="s">
         <v>214</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
+        <v>50</v>
+      </c>
+      <c r="I48" t="s">
+        <v>51</v>
+      </c>
+      <c r="J48" t="s">
+        <v>57</v>
+      </c>
+      <c r="K48" t="s">
         <v>215</v>
       </c>
-      <c r="G48">
-[...10 lines deleted...]
-      </c>
       <c r="L48" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B49" t="s">
+        <v>216</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" t="s">
         <v>218</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="E49" t="s">
         <v>219</v>
       </c>
-      <c r="D49" t="s">
+      <c r="G49">
+        <v>0</v>
+      </c>
+      <c r="H49" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" t="s">
         <v>220</v>
       </c>
-      <c r="E49" t="s">
+      <c r="J49" t="s">
         <v>221</v>
       </c>
-      <c r="G49">
-[...10 lines deleted...]
-      </c>
       <c r="L49" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B50" t="s">
         <v>222</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D50" t="s">
         <v>224</v>
       </c>
       <c r="E50" t="s">
         <v>225</v>
       </c>
-      <c r="G50" t="s">
-        <v>226</v>
+      <c r="G50">
+        <v>0</v>
       </c>
       <c r="H50" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I50" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="J50" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B51" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D51" t="s">
         <v>228</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="E51" t="s">
         <v>229</v>
       </c>
-      <c r="D51" t="s">
+      <c r="G51" t="s">
         <v>230</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
+        <v>50</v>
+      </c>
+      <c r="I51" t="s">
+        <v>56</v>
+      </c>
+      <c r="J51" t="s">
+        <v>57</v>
+      </c>
+      <c r="K51" t="s">
         <v>231</v>
       </c>
-      <c r="G51">
-[...10 lines deleted...]
-      </c>
       <c r="L51" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>232</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D52" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E52" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I52" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J52" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L52" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B53" t="s">
+        <v>236</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D53" t="s">
         <v>234</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="E53" t="s">
         <v>235</v>
       </c>
-      <c r="D53" t="s">
-[...6 lines deleted...]
-        <v>238</v>
+      <c r="G53">
+        <v>0</v>
       </c>
       <c r="H53" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I53" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="J53" t="s">
-        <v>239</v>
+        <v>57</v>
       </c>
       <c r="L53" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B54" t="s">
+        <v>238</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D54" t="s">
         <v>240</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="E54" t="s">
         <v>241</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="H54" t="s">
         <v>16</v>
       </c>
       <c r="I54" t="s">
-        <v>244</v>
+        <v>30</v>
       </c>
       <c r="J54" t="s">
-        <v>25</v>
+        <v>243</v>
       </c>
       <c r="L54" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B55" t="s">
+        <v>244</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
+        <v>206</v>
+      </c>
+      <c r="E55" t="s">
         <v>246</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="G55" t="s">
         <v>247</v>
       </c>
-      <c r="G55" t="s">
+      <c r="H55" t="s">
+        <v>24</v>
+      </c>
+      <c r="I55" t="s">
         <v>248</v>
       </c>
-      <c r="H55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>31</v>
       </c>
       <c r="L55" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B56" t="s">
+        <v>249</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
+        <v>228</v>
+      </c>
+      <c r="E56" t="s">
         <v>251</v>
       </c>
-      <c r="D56" t="s">
+      <c r="G56" t="s">
         <v>252</v>
       </c>
-      <c r="E56" t="s">
+      <c r="H56" t="s">
+        <v>50</v>
+      </c>
+      <c r="I56" t="s">
+        <v>62</v>
+      </c>
+      <c r="J56" t="s">
+        <v>57</v>
+      </c>
+      <c r="K56" t="s">
         <v>253</v>
       </c>
-      <c r="G56">
-[...13 lines deleted...]
-      </c>
       <c r="L56" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B57" t="s">
         <v>254</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D57" t="s">
-        <v>21</v>
+        <v>256</v>
       </c>
       <c r="E57" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I57" t="s">
-        <v>257</v>
+        <v>51</v>
       </c>
       <c r="J57" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="K57" t="s">
+        <v>231</v>
       </c>
       <c r="L57" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B58" t="s">
         <v>258</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D58" t="s">
+        <v>28</v>
+      </c>
+      <c r="E58" t="s">
         <v>260</v>
       </c>
-      <c r="E58" t="s">
+      <c r="G58" t="s">
         <v>261</v>
       </c>
-      <c r="G58">
-[...1 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="I58" t="s">
         <v>262</v>
       </c>
       <c r="J58" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>31</v>
       </c>
       <c r="L58" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B59" t="s">
+        <v>263</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>265</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>266</v>
       </c>
-      <c r="E59" t="s">
+      <c r="G59">
+        <v>0</v>
+      </c>
+      <c r="H59" t="s">
+        <v>50</v>
+      </c>
+      <c r="I59" t="s">
         <v>267</v>
       </c>
-      <c r="G59">
-[...7 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="K59" t="s">
         <v>268</v>
       </c>
       <c r="L59" t="s">
-        <v>269</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B60" t="s">
+        <v>269</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>271</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>272</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60">
+        <v>0</v>
+      </c>
+      <c r="H60" t="s">
+        <v>50</v>
+      </c>
+      <c r="I60" t="s">
+        <v>267</v>
+      </c>
+      <c r="J60" t="s">
+        <v>57</v>
+      </c>
+      <c r="K60" t="s">
         <v>273</v>
       </c>
-      <c r="G60" t="s">
+      <c r="L60" t="s">
         <v>274</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B61" t="s">
         <v>275</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D61" t="s">
         <v>277</v>
       </c>
       <c r="E61" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>278</v>
+      </c>
+      <c r="G61" t="s">
+        <v>279</v>
       </c>
       <c r="H61" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I61" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="J61" t="s">
-        <v>278</v>
+        <v>57</v>
+      </c>
+      <c r="K61" t="s">
+        <v>253</v>
       </c>
       <c r="L61" t="s">
-        <v>279</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B62" t="s">
         <v>280</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D62" t="s">
         <v>282</v>
       </c>
       <c r="E62" t="s">
+        <v>266</v>
+      </c>
+      <c r="G62">
+        <v>0</v>
+      </c>
+      <c r="H62" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" t="s">
+        <v>24</v>
+      </c>
+      <c r="J62" t="s">
         <v>283</v>
       </c>
-      <c r="G62" t="s">
+      <c r="L62" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B63" t="s">
+        <v>285</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>287</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>288</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>289</v>
       </c>
-      <c r="G63" t="s">
+      <c r="H63" t="s">
+        <v>50</v>
+      </c>
+      <c r="I63" t="s">
+        <v>267</v>
+      </c>
+      <c r="J63" t="s">
         <v>290</v>
       </c>
-      <c r="H63" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L63" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B64" t="s">
         <v>291</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D64" t="s">
-        <v>224</v>
+        <v>293</v>
       </c>
       <c r="E64" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G64" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H64" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I64" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J64" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L64" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B65" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D65" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E65" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G65" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H65" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I65" t="s">
-        <v>52</v>
+        <v>267</v>
       </c>
       <c r="J65" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>57</v>
       </c>
       <c r="L65" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B66" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D66" t="s">
-        <v>301</v>
+        <v>228</v>
       </c>
       <c r="E66" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>302</v>
+      </c>
+      <c r="G66" t="s">
+        <v>303</v>
       </c>
       <c r="H66" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I66" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="J66" t="s">
-        <v>17</v>
+        <v>57</v>
+      </c>
+      <c r="K66" t="s">
+        <v>253</v>
       </c>
       <c r="L66" t="s">
-        <v>182</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B67" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D67" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="E67" t="s">
-        <v>304</v>
+        <v>266</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I67" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="J67" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B68" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D68" t="s">
         <v>306</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" t="s">
-        <v>261</v>
+        <v>309</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I68" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="J68" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B69" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>13</v>
+        <v>311</v>
       </c>
       <c r="D69" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="E69" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I69" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="J69" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B70" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="E70" t="s">
-        <v>311</v>
+        <v>266</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I70" t="s">
-        <v>312</v>
+        <v>136</v>
       </c>
       <c r="J70" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="L70" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B71" t="s">
         <v>313</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D71" t="s">
         <v>315</v>
       </c>
       <c r="E71" t="s">
         <v>316</v>
       </c>
-      <c r="G71" t="s">
+      <c r="G71">
+        <v>0</v>
+      </c>
+      <c r="H71" t="s">
+        <v>16</v>
+      </c>
+      <c r="I71" t="s">
         <v>317</v>
       </c>
-      <c r="H71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>45</v>
       </c>
       <c r="L71" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B72" t="s">
+        <v>318</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D72" t="s">
         <v>320</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="E72" t="s">
         <v>321</v>
       </c>
-      <c r="D72" t="s">
+      <c r="G72" t="s">
         <v>322</v>
       </c>
-      <c r="E72" t="s">
+      <c r="H72" t="s">
+        <v>50</v>
+      </c>
+      <c r="I72" t="s">
+        <v>51</v>
+      </c>
+      <c r="J72" t="s">
         <v>323</v>
       </c>
-      <c r="G72" t="s">
+      <c r="K72" t="s">
         <v>324</v>
       </c>
-      <c r="H72" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L72" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B73" t="s">
         <v>325</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D73" t="s">
         <v>327</v>
       </c>
       <c r="E73" t="s">
         <v>328</v>
       </c>
       <c r="G73" t="s">
         <v>329</v>
       </c>
       <c r="H73" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I73" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="J73" t="s">
-        <v>53</v>
+        <v>57</v>
+      </c>
+      <c r="K73" t="s">
+        <v>253</v>
       </c>
       <c r="L73" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B74" t="s">
         <v>330</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D74" t="s">
         <v>332</v>
       </c>
       <c r="E74" t="s">
         <v>333</v>
       </c>
       <c r="G74" t="s">
         <v>334</v>
       </c>
       <c r="H74" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I74" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J74" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L74" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B75" t="s">
         <v>335</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D75" t="s">
         <v>337</v>
       </c>
       <c r="E75" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>338</v>
+      </c>
+      <c r="G75" t="s">
+        <v>339</v>
       </c>
       <c r="H75" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I75" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J75" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>57</v>
       </c>
       <c r="L75" t="s">
-        <v>182</v>
+        <v>90</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B76" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D76" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E76" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="G76" t="s">
+        <v>266</v>
+      </c>
+      <c r="G76">
+        <v>0</v>
+      </c>
+      <c r="H76" t="s">
+        <v>50</v>
+      </c>
+      <c r="I76" t="s">
+        <v>51</v>
+      </c>
+      <c r="J76" t="s">
+        <v>57</v>
+      </c>
+      <c r="K76" t="s">
         <v>343</v>
       </c>
-      <c r="H76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L76" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B77" t="s">
         <v>344</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D77" t="s">
         <v>346</v>
       </c>
       <c r="E77" t="s">
         <v>347</v>
       </c>
       <c r="G77" t="s">
         <v>348</v>
       </c>
       <c r="H77" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I77" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="J77" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L77" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B78" t="s">
         <v>349</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D78" t="s">
         <v>351</v>
       </c>
       <c r="E78" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="G78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H78" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I78" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J78" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L78" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B79" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D79" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E79" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="G79" t="s">
         <v>357</v>
       </c>
       <c r="H79" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I79" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J79" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L79" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B80" t="s">
         <v>358</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D80" t="s">
         <v>360</v>
       </c>
       <c r="E80" t="s">
         <v>361</v>
       </c>
       <c r="G80" t="s">
         <v>362</v>
       </c>
       <c r="H80" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I80" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J80" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L80" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B81" t="s">
         <v>363</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D81" t="s">
-        <v>224</v>
+        <v>365</v>
       </c>
       <c r="E81" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G81" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H81" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I81" t="s">
-        <v>52</v>
+        <v>267</v>
       </c>
       <c r="J81" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L81" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B82" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D82" t="s">
-        <v>369</v>
+        <v>228</v>
       </c>
       <c r="E82" t="s">
         <v>370</v>
       </c>
       <c r="G82" t="s">
         <v>371</v>
       </c>
       <c r="H82" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I82" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="J82" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L82" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B83" t="s">
         <v>372</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D83" t="s">
         <v>374</v>
       </c>
       <c r="E83" t="s">
         <v>375</v>
       </c>
       <c r="G83" t="s">
         <v>376</v>
       </c>
       <c r="H83" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I83" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J83" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L83" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B84" t="s">
         <v>377</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D84" t="s">
         <v>379</v>
       </c>
       <c r="E84" t="s">
         <v>380</v>
       </c>
       <c r="G84" t="s">
         <v>381</v>
       </c>
       <c r="H84" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I84" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J84" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L84" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B85" t="s">
         <v>382</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D85" t="s">
         <v>384</v>
       </c>
       <c r="E85" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="G85" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H85" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I85" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J85" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L85" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B86" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D86" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E86" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="G86" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H86" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I86" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J86" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L86" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B87" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D87" t="s">
-        <v>224</v>
+        <v>392</v>
       </c>
       <c r="E87" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G87" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H87" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I87" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="J87" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L87" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B88" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D88" t="s">
-        <v>396</v>
+        <v>228</v>
       </c>
       <c r="E88" t="s">
         <v>397</v>
       </c>
       <c r="G88" t="s">
         <v>398</v>
       </c>
       <c r="H88" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I88" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J88" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L88" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B89" t="s">
         <v>399</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D89" t="s">
         <v>401</v>
       </c>
       <c r="E89" t="s">
         <v>402</v>
       </c>
       <c r="G89" t="s">
         <v>403</v>
       </c>
       <c r="H89" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I89" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J89" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L89" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B90" t="s">
         <v>404</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D90" t="s">
         <v>406</v>
       </c>
       <c r="E90" t="s">
         <v>407</v>
       </c>
       <c r="G90" t="s">
         <v>408</v>
       </c>
       <c r="H90" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I90" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="J90" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L90" t="s">
-        <v>279</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B91" t="s">
         <v>409</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D91" t="s">
         <v>411</v>
       </c>
       <c r="E91" t="s">
         <v>412</v>
       </c>
       <c r="G91" t="s">
         <v>413</v>
       </c>
       <c r="H91" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I91" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J91" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L91" t="s">
-        <v>414</v>
+        <v>284</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B92" t="s">
+        <v>414</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" t="s">
         <v>416</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>417</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>418</v>
       </c>
-      <c r="G92" t="s">
+      <c r="H92" t="s">
+        <v>50</v>
+      </c>
+      <c r="I92" t="s">
+        <v>267</v>
+      </c>
+      <c r="J92" t="s">
+        <v>57</v>
+      </c>
+      <c r="L92" t="s">
         <v>419</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B93" t="s">
         <v>420</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D93" t="s">
         <v>422</v>
       </c>
       <c r="E93" t="s">
         <v>423</v>
       </c>
       <c r="G93" t="s">
         <v>424</v>
       </c>
       <c r="H93" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I93" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J93" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L93" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>425</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D94" t="s">
         <v>427</v>
       </c>
       <c r="E94" t="s">
-        <v>407</v>
+        <v>428</v>
       </c>
       <c r="G94" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H94" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I94" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J94" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L94" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B95" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D95" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E95" t="s">
-        <v>432</v>
+        <v>412</v>
       </c>
       <c r="G95" t="s">
         <v>433</v>
       </c>
       <c r="H95" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I95" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J95" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L95" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>434</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D96" t="s">
         <v>436</v>
       </c>
       <c r="E96" t="s">
         <v>437</v>
       </c>
       <c r="G96" t="s">
         <v>438</v>
       </c>
       <c r="H96" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I96" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="J96" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L96" t="s">
-        <v>414</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B97" t="s">
         <v>439</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D97" t="s">
         <v>441</v>
       </c>
       <c r="E97" t="s">
         <v>442</v>
       </c>
       <c r="G97" t="s">
         <v>443</v>
       </c>
       <c r="H97" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I97" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J97" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L97" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B98" t="s">
         <v>444</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D98" t="s">
         <v>446</v>
       </c>
       <c r="E98" t="s">
         <v>447</v>
       </c>
       <c r="G98" t="s">
         <v>448</v>
       </c>
       <c r="H98" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I98" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J98" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L98" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B99" t="s">
         <v>449</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D99" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="E99" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G99" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H99" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I99" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J99" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L99" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
+        <v>2</v>
+      </c>
+      <c r="B100" t="s">
+        <v>454</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D100" t="s">
+        <v>446</v>
+      </c>
+      <c r="E100" t="s">
+        <v>456</v>
+      </c>
+      <c r="G100" t="s">
+        <v>457</v>
+      </c>
+      <c r="H100" t="s">
+        <v>50</v>
+      </c>
+      <c r="I100" t="s">
+        <v>267</v>
+      </c>
+      <c r="J100" t="s">
+        <v>57</v>
+      </c>
+      <c r="L100" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12">
+      <c r="A101">
         <v>1</v>
       </c>
-      <c r="B100" t="s">
-[...24 lines deleted...]
-        <v>414</v>
+      <c r="B101" t="s">
+        <v>458</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D101" t="s">
+        <v>446</v>
+      </c>
+      <c r="E101" t="s">
+        <v>460</v>
+      </c>
+      <c r="G101" t="s">
+        <v>461</v>
+      </c>
+      <c r="H101" t="s">
+        <v>50</v>
+      </c>
+      <c r="I101" t="s">
+        <v>267</v>
+      </c>
+      <c r="J101" t="s">
+        <v>57</v>
+      </c>
+      <c r="L101" t="s">
+        <v>419</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -5091,50 +5138,51 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>