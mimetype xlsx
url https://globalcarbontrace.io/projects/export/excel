--- v1 (2025-10-29)
+++ v2 (2025-11-29)
@@ -12,112 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Quantification Period</t>
   </si>
   <si>
     <t>ICAO/CORSIA Eligible*</t>
   </si>
   <si>
     <t>Verified GHG Emission Reductions or Removals</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Project Type</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Special Category</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>BCR-CO-666-14-002</t>
+  </si>
+  <si>
+    <t>REDD+ Llanos del Yarí – Yaguara II</t>
+  </si>
+  <si>
+    <t>Resguardo Indigena Llanos del Yarí – Yaguara II, Pijao, Tucano y Piratapuyo</t>
+  </si>
+  <si>
+    <t>2021-09-30 to 2061-09-30</t>
+  </si>
+  <si>
+    <t>Agriculture, forestry and other land uses (AFOLU)</t>
+  </si>
+  <si>
+    <t>Reduced emissions from deforestation &amp; degradation</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Listed</t>
+  </si>
+  <si>
     <t>BCR-CL-151-1-001</t>
   </si>
   <si>
     <t>Andes Solar IV</t>
   </si>
   <si>
     <t>Aes Andes S.A.</t>
   </si>
   <si>
     <t>2024-09-30 to 2031-09-29</t>
   </si>
   <si>
     <t>Energy industries (renewable sources / energy efficiency)</t>
   </si>
   <si>
     <t>Renewable Energy</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
-    <t>Listed</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-TR-259-13-001</t>
   </si>
   <si>
     <t>ASKOC DIYARBAKIR BIOGAS PLANT</t>
   </si>
   <si>
     <t>Termopet Akaryakıt A.Ş.</t>
   </si>
   <si>
     <t>2020-02-18 to 2027-02-17</t>
   </si>
   <si>
     <t>Waste handling and disposal</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>BCR-AR-131-1-005</t>
   </si>
   <si>
     <t>Lindero PV Captive Power Plant with BESS Integration</t>
   </si>
   <si>
     <t>Industrias Juan F. Secco SA</t>
@@ -164,123 +185,114 @@
   <si>
     <t>Movilidad Urbana Mérida, S.A.P.I de C.V.</t>
   </si>
   <si>
     <t>2023-12-16 to 2030-12-15</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BCR-CL-365-14-001</t>
   </si>
   <si>
     <t>Conservation and degradation control in Chilean native forests in the Andean foot-hills of the Maule Región, Chile.</t>
   </si>
   <si>
     <t>VALLE LONTUE Professional Services Society Limited. The project is comprised of three owners and Valle Lontue Limitada, as a consultant and manager.</t>
   </si>
   <si>
     <t>2025-01-01 to 2044-12-31</t>
   </si>
   <si>
-    <t>Agriculture, forestry and other land uses (AFOLU)</t>
-[...4 lines deleted...]
-  <si>
     <t>BCR-CO-635-14-007</t>
   </si>
   <si>
     <t>CO2Bio P4 Carbono del Orinoco</t>
   </si>
   <si>
     <t>Fundacion Cataruben</t>
   </si>
   <si>
     <t>2020-02-01 to 2027-12-31</t>
   </si>
   <si>
     <t>Forest Restoration</t>
   </si>
   <si>
-    <t>Colombia</t>
-[...1 lines deleted...]
-  <si>
     <t>BCR-CO-491-14-001</t>
   </si>
   <si>
     <t>SAHBIO CARBONO Natural Savanna and Forest Conservation</t>
   </si>
   <si>
     <t>Visso Consultores S.A.S</t>
   </si>
   <si>
     <t>2021-01-01 to 2060-12-31</t>
   </si>
   <si>
     <t>Forest Conservation</t>
   </si>
   <si>
     <t>BCR-CO-666-14-001</t>
   </si>
   <si>
     <t>Proyecto REDD+ Cabildo Mayor Indígena de Vigía del Fuerte</t>
   </si>
   <si>
     <t>Resguardos indígenas Río Jarapetó, Ríos Jengadó – Apartadó, El Salado y Guaguandó</t>
   </si>
   <si>
     <t>2021-11-16 to 2061-11-16</t>
   </si>
   <si>
     <t>BCR-CO-639-14-001</t>
   </si>
   <si>
     <t>MATANI REDD+ DIOS MAYOR DE LOS PUEBLOS CABILLARI CONSERVACIÓN ANCESTRAL</t>
   </si>
   <si>
     <t>Asociación de Capitanes Tradicionales del Alto Apaporis-ACTIVA</t>
   </si>
   <si>
     <t>2019-07-23 to 2059-07-23</t>
   </si>
   <si>
-    <t>BCR-PE-154-14-001</t>
+    <t>BCR-PE-491-14-001</t>
   </si>
   <si>
     <t>Proyecto Awai</t>
   </si>
   <si>
     <t>Dismart Amazon Carbon</t>
   </si>
   <si>
-    <t>2025-02-04 to 2065-02-04</t>
+    <t>2024-05-14 to 2064-05-14</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>BCR-MX-494-14-001</t>
   </si>
   <si>
     <t>Carbono Forestal Viveros Montebelo</t>
   </si>
   <si>
     <t>Viveros Montebelo S.R.L de C.V.</t>
   </si>
   <si>
     <t>2019-12-22 to 2024-12-21</t>
   </si>
   <si>
     <t>Agriculture Forestry and Other Land Use</t>
   </si>
   <si>
     <t>BCR-CL-314-14-001</t>
   </si>
   <si>
     <t>Cameron Patagonia</t>
   </si>
@@ -1313,51 +1325,51 @@
   <si>
     <t>PCR-CO-FU-14-001</t>
   </si>
   <si>
     <t>Proyecto de compensación de emisiones Conservación del bosque Galilea-Amé</t>
   </si>
   <si>
     <t>FUNDACIÓN FUNDAME COL.</t>
   </si>
   <si>
     <t>2010-09-01 to 2040-08-31</t>
   </si>
   <si>
     <t>1,569,740</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002</t>
   </si>
   <si>
     <t>Proyecto de Conservación Delfines Cupica REDD+</t>
   </si>
   <si>
     <t>Consejo Comunitario General Los Delfines, Consejo Comunitario de Cupica y Biofix Consultoría S.A.S BIC.</t>
   </si>
   <si>
-    <t>4,041,756</t>
+    <t>5,414,387</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-001</t>
   </si>
   <si>
     <t>Proyecto de Conservación Palameku Kuwei REDD+</t>
   </si>
   <si>
     <t>Resguardo Indígena Ríos Tomo y Beweri, Resguardo Indígena San Luis del Tomo, Resguardo Indígena Punta Bandera, Resguardo Indígena Río Muco y Guarrojo, Resguardo Valdivia, Resguardo Indígena La Esmeralda y Biofix Consultoría S.A.S BIC.</t>
   </si>
   <si>
     <t>2010-06-01 to 2039-12-31</t>
   </si>
   <si>
     <t>1,211,971</t>
   </si>
   <si>
     <t>PCR-CO-FCO-14-001</t>
   </si>
   <si>
     <t>Carbono FOCOLSA</t>
   </si>
   <si>
     <t>FOCOLSA SAS</t>
   </si>
@@ -1405,93 +1417,83 @@
   </si>
   <si>
     <t>2008-06-04 to 2037-06-03</t>
   </si>
   <si>
     <t>143,428</t>
   </si>
   <si>
     <t>PCR-CO-ECO-14-001</t>
   </si>
   <si>
     <t>Proyecto Forestal CO2Cero Caucho PL UNO</t>
   </si>
   <si>
     <t>2008-05-12 to 2037-05-11</t>
   </si>
   <si>
     <t>193,181</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1747,3443 +1749,3373 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/112" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/110" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/109" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/108" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/107" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/106" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/105" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/104" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/103" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/102" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/101" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/100" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/99" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/98" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/97" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/96" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/95" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/94" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/93" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/92" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/91" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/90" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/89" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/88" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/87" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/86" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/85" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/84" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/83" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/82" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/81" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/80" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/79" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/78" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/77" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/76" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/75" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/74" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/73" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/72" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/71" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/70" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/69" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/68" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/67" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/66" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/65" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/64" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/63" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/61" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/60" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/59" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/58" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/57" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/56" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/55" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/54" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/53" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/52" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/51" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/50" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/49" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/47" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/46" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/45" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/44" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/43" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/42" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/39" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/38" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/37" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/36" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/35" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/34" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/32" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/31" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/24" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/23" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/22" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/21" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/20" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/19" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/18" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/17" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/16" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/15" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/13" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/12" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/11" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/10" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/9" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/7" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/6" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/5" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/3" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/2" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/projects/1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C101" sqref="C101"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="C4" s="1" t="s">
         <v>27</v>
       </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C5" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
       <c r="D5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="I5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="J6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="L6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="J7" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>47</v>
       </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
       <c r="J8" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="L8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C9" s="1" t="s">
         <v>53</v>
       </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I9" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="L9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" t="s">
         <v>61</v>
       </c>
-      <c r="G10">
-[...7 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11">
+        <v>0</v>
+      </c>
+      <c r="H11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" t="s">
         <v>66</v>
       </c>
-      <c r="G11">
-[...7 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>69</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I12" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
       <c r="D13" t="s">
         <v>73</v>
       </c>
       <c r="E13" t="s">
         <v>74</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I13" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="L13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>77</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J14" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="L14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>82</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>83</v>
       </c>
-      <c r="E15" t="s">
+      <c r="G15">
+        <v>0</v>
+      </c>
+      <c r="H15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" t="s">
         <v>84</v>
       </c>
-      <c r="G15">
-[...7 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="L15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>88</v>
       </c>
-      <c r="G16" t="s">
-        <v>89</v>
+      <c r="G16">
+        <v>0</v>
       </c>
       <c r="H16" t="s">
         <v>16</v>
       </c>
       <c r="I16" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="L16" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" t="s">
         <v>91</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="E17" t="s">
         <v>92</v>
       </c>
-      <c r="D17" t="s">
+      <c r="G17" t="s">
         <v>93</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" t="s">
+        <v>25</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" t="s">
         <v>97</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="E18" t="s">
         <v>98</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18" t="s">
+        <v>24</v>
+      </c>
+      <c r="I18" t="s">
         <v>99</v>
       </c>
-      <c r="G18">
-[...7 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="L18" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="C19" s="1" t="s">
         <v>101</v>
       </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I19" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="J19" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="L19" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C20" s="1" t="s">
         <v>104</v>
       </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E20" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I20" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="J20" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="L20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C21" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" t="s">
+        <v>35</v>
+      </c>
+      <c r="E21" t="s">
         <v>106</v>
       </c>
-      <c r="D21" t="s">
-[...6 lines deleted...]
-        <v>109</v>
+      <c r="G21">
+        <v>0</v>
       </c>
       <c r="H21" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I21" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="J21" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L21" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
         <v>111</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="E22" t="s">
         <v>112</v>
       </c>
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>113</v>
       </c>
-      <c r="E22" t="s">
+      <c r="H22" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" t="s">
         <v>114</v>
       </c>
-      <c r="G22">
-[...7 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L22" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B23" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" t="s">
         <v>116</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>117</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>118</v>
       </c>
-      <c r="E23" t="s">
+      <c r="G23">
+        <v>0</v>
+      </c>
+      <c r="H23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" t="s">
         <v>119</v>
       </c>
-      <c r="G23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="L23" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B24" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" t="s">
         <v>122</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="E24" t="s">
         <v>123</v>
       </c>
-      <c r="D24" t="s">
+      <c r="G24" t="s">
         <v>124</v>
       </c>
-      <c r="E24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I24" t="s">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="J24" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="L24" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C25" s="1" t="s">
         <v>126</v>
       </c>
+      <c r="C25" t="s">
+        <v>127</v>
+      </c>
       <c r="D25" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E25" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I25" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="J25" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C26" s="1" t="s">
         <v>129</v>
       </c>
+      <c r="C26" t="s">
+        <v>130</v>
+      </c>
       <c r="D26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E26" t="s">
-        <v>131</v>
+        <v>65</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="J26" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="L26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I27" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="J27" t="s">
-        <v>137</v>
+        <v>52</v>
       </c>
       <c r="L27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" t="s">
         <v>138</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="E28" t="s">
         <v>139</v>
       </c>
-      <c r="D28" t="s">
+      <c r="G28">
+        <v>0</v>
+      </c>
+      <c r="H28" t="s">
+        <v>31</v>
+      </c>
+      <c r="I28" t="s">
         <v>140</v>
       </c>
-      <c r="E28" t="s">
+      <c r="J28" t="s">
         <v>141</v>
       </c>
-      <c r="G28">
-[...13 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
         <v>144</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="E29" t="s">
         <v>145</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="G29">
+        <v>0</v>
+      </c>
+      <c r="H29" t="s">
+        <v>24</v>
+      </c>
+      <c r="I29" t="s">
         <v>146</v>
       </c>
-      <c r="G29" t="s">
+      <c r="J29" t="s">
+        <v>32</v>
+      </c>
+      <c r="K29" t="s">
         <v>147</v>
       </c>
-      <c r="H29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L29" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
         <v>148</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="C30" t="s">
         <v>149</v>
       </c>
       <c r="D30" t="s">
+        <v>144</v>
+      </c>
+      <c r="E30" t="s">
         <v>150</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>151</v>
       </c>
-      <c r="G30">
-[...1 lines deleted...]
-      </c>
       <c r="H30" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I30" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
       <c r="J30" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L30" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="E31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I31" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="J31" t="s">
-        <v>137</v>
+        <v>38</v>
       </c>
       <c r="L31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="C32" s="1" t="s">
         <v>156</v>
       </c>
+      <c r="C32" t="s">
+        <v>157</v>
+      </c>
       <c r="D32" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I32" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J32" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C33" s="1" t="s">
         <v>159</v>
       </c>
+      <c r="C33" t="s">
+        <v>160</v>
+      </c>
       <c r="D33" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="E33" t="s">
         <v>161</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I33" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="J33" t="s">
-        <v>57</v>
+        <v>141</v>
       </c>
       <c r="L33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="C34" t="s">
         <v>163</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I34" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="J34" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="L34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C35" s="1" t="s">
         <v>166</v>
       </c>
+      <c r="C35" t="s">
+        <v>167</v>
+      </c>
       <c r="D35" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I35" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J35" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C36" s="1" t="s">
         <v>169</v>
       </c>
+      <c r="C36" t="s">
+        <v>170</v>
+      </c>
       <c r="D36" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="E36" t="s">
         <v>171</v>
       </c>
-      <c r="G36" t="s">
-        <v>172</v>
+      <c r="G36">
+        <v>0</v>
       </c>
       <c r="H36" t="s">
         <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>173</v>
+        <v>84</v>
       </c>
       <c r="J36" t="s">
-        <v>57</v>
+        <v>141</v>
       </c>
       <c r="L36" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B37" t="s">
+        <v>172</v>
+      </c>
+      <c r="C37" t="s">
+        <v>173</v>
+      </c>
+      <c r="D37" t="s">
         <v>174</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="E37" t="s">
         <v>175</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>176</v>
       </c>
-      <c r="G37">
-[...1 lines deleted...]
-      </c>
       <c r="H37" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I37" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="J37" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="L37" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C38" s="1" t="s">
         <v>178</v>
       </c>
+      <c r="C38" t="s">
+        <v>179</v>
+      </c>
       <c r="D38" t="s">
-        <v>179</v>
+        <v>138</v>
       </c>
       <c r="E38" t="s">
         <v>180</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I38" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J38" t="s">
-        <v>181</v>
+        <v>141</v>
       </c>
       <c r="L38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B39" t="s">
+        <v>181</v>
+      </c>
+      <c r="C39" t="s">
         <v>182</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>183</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>184</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39">
+        <v>0</v>
+      </c>
+      <c r="H39" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" t="s">
+        <v>84</v>
+      </c>
+      <c r="J39" t="s">
         <v>185</v>
       </c>
-      <c r="G39">
-[...10 lines deleted...]
-      </c>
       <c r="L39" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B40" t="s">
+        <v>186</v>
+      </c>
+      <c r="C40" t="s">
         <v>187</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>188</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>189</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40">
+        <v>0</v>
+      </c>
+      <c r="H40" t="s">
+        <v>16</v>
+      </c>
+      <c r="I40" t="s">
+        <v>84</v>
+      </c>
+      <c r="J40" t="s">
+        <v>141</v>
+      </c>
+      <c r="L40" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>191</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C41" t="s">
         <v>192</v>
       </c>
       <c r="D41" t="s">
         <v>193</v>
       </c>
       <c r="E41" t="s">
         <v>194</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I41" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="J41" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L41" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B42" t="s">
         <v>195</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" t="s">
         <v>196</v>
       </c>
       <c r="D42" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E42" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I42" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="J42" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L42" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B43" t="s">
+        <v>199</v>
+      </c>
+      <c r="C43" t="s">
+        <v>200</v>
+      </c>
+      <c r="D43" t="s">
         <v>197</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="E43" t="s">
         <v>198</v>
       </c>
-      <c r="D43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I43" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J43" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L43" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B44" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="C44" s="1" t="s">
         <v>201</v>
       </c>
+      <c r="C44" t="s">
+        <v>202</v>
+      </c>
       <c r="D44" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E44" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I44" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="J44" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L44" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B45" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="C45" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C45" t="s">
+        <v>205</v>
+      </c>
+      <c r="D45" t="s">
         <v>203</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I45" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="J45" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L45" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B46" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>206</v>
+      </c>
+      <c r="C46" t="s">
+        <v>207</v>
       </c>
       <c r="D46" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E46" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I46" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="J46" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="L46" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B47" t="s">
         <v>208</v>
       </c>
-      <c r="C47" s="1" t="s">
-        <v>175</v>
+      <c r="C47" t="s">
+        <v>209</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
+        <v>210</v>
       </c>
       <c r="E47" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="I47" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="J47" t="s">
-        <v>137</v>
+        <v>38</v>
       </c>
       <c r="L47" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B48" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>212</v>
+      </c>
+      <c r="C48" t="s">
+        <v>179</v>
       </c>
       <c r="D48" t="s">
-        <v>212</v>
+        <v>138</v>
       </c>
       <c r="E48" t="s">
         <v>213</v>
       </c>
-      <c r="G48" t="s">
-        <v>214</v>
+      <c r="G48">
+        <v>0</v>
       </c>
       <c r="H48" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I48" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="J48" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>141</v>
       </c>
       <c r="L48" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B49" t="s">
+        <v>214</v>
+      </c>
+      <c r="C49" t="s">
+        <v>215</v>
+      </c>
+      <c r="D49" t="s">
         <v>216</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="E49" t="s">
         <v>217</v>
       </c>
-      <c r="D49" t="s">
+      <c r="G49" t="s">
         <v>218</v>
       </c>
-      <c r="E49" t="s">
+      <c r="H49" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" t="s">
+        <v>17</v>
+      </c>
+      <c r="J49" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" t="s">
         <v>219</v>
       </c>
-      <c r="G49">
-[...10 lines deleted...]
-      </c>
       <c r="L49" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B50" t="s">
+        <v>220</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
         <v>222</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="E50" t="s">
         <v>223</v>
       </c>
-      <c r="D50" t="s">
+      <c r="G50">
+        <v>0</v>
+      </c>
+      <c r="H50" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" t="s">
         <v>224</v>
       </c>
-      <c r="E50" t="s">
+      <c r="J50" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>226</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="C51" t="s">
         <v>227</v>
       </c>
       <c r="D51" t="s">
         <v>228</v>
       </c>
       <c r="E51" t="s">
         <v>229</v>
       </c>
-      <c r="G51" t="s">
-        <v>230</v>
+      <c r="G51">
+        <v>0</v>
       </c>
       <c r="H51" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I51" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="J51" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>32</v>
       </c>
       <c r="L51" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B52" t="s">
+        <v>230</v>
+      </c>
+      <c r="C52" t="s">
+        <v>231</v>
+      </c>
+      <c r="D52" t="s">
         <v>232</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="E52" t="s">
         <v>233</v>
       </c>
-      <c r="D52" t="s">
+      <c r="G52" t="s">
         <v>234</v>
       </c>
-      <c r="E52" t="s">
+      <c r="H52" t="s">
+        <v>16</v>
+      </c>
+      <c r="I52" t="s">
+        <v>61</v>
+      </c>
+      <c r="J52" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" t="s">
         <v>235</v>
       </c>
-      <c r="G52">
-[...10 lines deleted...]
-      </c>
       <c r="L52" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B53" t="s">
         <v>236</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" t="s">
         <v>237</v>
       </c>
       <c r="D53" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E53" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I53" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J53" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B54" t="s">
+        <v>240</v>
+      </c>
+      <c r="C54" t="s">
+        <v>241</v>
+      </c>
+      <c r="D54" t="s">
         <v>238</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="E54" t="s">
         <v>239</v>
       </c>
-      <c r="D54" t="s">
-[...6 lines deleted...]
-        <v>242</v>
+      <c r="G54">
+        <v>0</v>
       </c>
       <c r="H54" t="s">
         <v>16</v>
       </c>
       <c r="I54" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="J54" t="s">
-        <v>243</v>
+        <v>18</v>
       </c>
       <c r="L54" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B55" t="s">
+        <v>242</v>
+      </c>
+      <c r="C55" t="s">
+        <v>243</v>
+      </c>
+      <c r="D55" t="s">
         <v>244</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="E55" t="s">
         <v>245</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="G55" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="H55" t="s">
         <v>24</v>
       </c>
       <c r="I55" t="s">
-        <v>248</v>
+        <v>37</v>
       </c>
       <c r="J55" t="s">
-        <v>31</v>
+        <v>247</v>
       </c>
       <c r="L55" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B56" t="s">
+        <v>248</v>
+      </c>
+      <c r="C56" t="s">
         <v>249</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
+        <v>210</v>
+      </c>
+      <c r="E56" t="s">
         <v>250</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="G56" t="s">
         <v>251</v>
       </c>
-      <c r="G56" t="s">
+      <c r="H56" t="s">
+        <v>31</v>
+      </c>
+      <c r="I56" t="s">
         <v>252</v>
       </c>
-      <c r="H56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>38</v>
       </c>
       <c r="L56" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B57" t="s">
+        <v>253</v>
+      </c>
+      <c r="C57" t="s">
         <v>254</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
+        <v>232</v>
+      </c>
+      <c r="E57" t="s">
         <v>255</v>
       </c>
-      <c r="D57" t="s">
+      <c r="G57" t="s">
         <v>256</v>
       </c>
-      <c r="E57" t="s">
+      <c r="H57" t="s">
+        <v>16</v>
+      </c>
+      <c r="I57" t="s">
+        <v>66</v>
+      </c>
+      <c r="J57" t="s">
+        <v>18</v>
+      </c>
+      <c r="K57" t="s">
         <v>257</v>
       </c>
-      <c r="G57">
-[...13 lines deleted...]
-      </c>
       <c r="L57" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B58" t="s">
         <v>258</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C58" t="s">
         <v>259</v>
       </c>
       <c r="D58" t="s">
-        <v>28</v>
+        <v>260</v>
       </c>
       <c r="E58" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="G58" t="s">
         <v>261</v>
       </c>
+      <c r="G58">
+        <v>0</v>
+      </c>
       <c r="H58" t="s">
         <v>16</v>
       </c>
       <c r="I58" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="J58" t="s">
-        <v>31</v>
+        <v>18</v>
+      </c>
+      <c r="K58" t="s">
+        <v>235</v>
       </c>
       <c r="L58" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B59" t="s">
+        <v>262</v>
+      </c>
+      <c r="C59" t="s">
         <v>263</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" t="s">
         <v>264</v>
       </c>
-      <c r="D59" t="s">
+      <c r="G59" t="s">
         <v>265</v>
       </c>
-      <c r="E59" t="s">
+      <c r="H59" t="s">
+        <v>24</v>
+      </c>
+      <c r="I59" t="s">
         <v>266</v>
       </c>
-      <c r="G59">
-[...7 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>38</v>
       </c>
       <c r="L59" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B60" t="s">
+        <v>267</v>
+      </c>
+      <c r="C60" t="s">
+        <v>268</v>
+      </c>
+      <c r="D60" t="s">
         <v>269</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="E60" t="s">
         <v>270</v>
       </c>
-      <c r="D60" t="s">
+      <c r="G60">
+        <v>0</v>
+      </c>
+      <c r="H60" t="s">
+        <v>16</v>
+      </c>
+      <c r="I60" t="s">
         <v>271</v>
       </c>
-      <c r="E60" t="s">
+      <c r="J60" t="s">
+        <v>26</v>
+      </c>
+      <c r="K60" t="s">
         <v>272</v>
       </c>
-      <c r="G60">
-[...13 lines deleted...]
-      </c>
       <c r="L60" t="s">
-        <v>274</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B61" t="s">
+        <v>273</v>
+      </c>
+      <c r="C61" t="s">
+        <v>274</v>
+      </c>
+      <c r="D61" t="s">
         <v>275</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="E61" t="s">
         <v>276</v>
       </c>
-      <c r="D61" t="s">
+      <c r="G61">
+        <v>0</v>
+      </c>
+      <c r="H61" t="s">
+        <v>16</v>
+      </c>
+      <c r="I61" t="s">
+        <v>271</v>
+      </c>
+      <c r="J61" t="s">
+        <v>18</v>
+      </c>
+      <c r="K61" t="s">
         <v>277</v>
       </c>
-      <c r="E61" t="s">
+      <c r="L61" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B62" t="s">
+        <v>279</v>
+      </c>
+      <c r="C62" t="s">
         <v>280</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>281</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>282</v>
       </c>
-      <c r="E62" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G62" t="s">
+        <v>283</v>
       </c>
       <c r="H62" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I62" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="J62" t="s">
-        <v>283</v>
+        <v>18</v>
+      </c>
+      <c r="K62" t="s">
+        <v>257</v>
       </c>
       <c r="L62" t="s">
-        <v>284</v>
+        <v>94</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B63" t="s">
+        <v>284</v>
+      </c>
+      <c r="C63" t="s">
         <v>285</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>286</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
+        <v>270</v>
+      </c>
+      <c r="G63">
+        <v>0</v>
+      </c>
+      <c r="H63" t="s">
+        <v>31</v>
+      </c>
+      <c r="I63" t="s">
+        <v>31</v>
+      </c>
+      <c r="J63" t="s">
         <v>287</v>
       </c>
-      <c r="E63" t="s">
+      <c r="L63" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" t="s">
+        <v>289</v>
+      </c>
+      <c r="C64" t="s">
+        <v>290</v>
+      </c>
+      <c r="D64" t="s">
         <v>291</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="E64" t="s">
         <v>292</v>
       </c>
-      <c r="D64" t="s">
+      <c r="G64" t="s">
         <v>293</v>
       </c>
-      <c r="E64" t="s">
+      <c r="H64" t="s">
+        <v>16</v>
+      </c>
+      <c r="I64" t="s">
+        <v>271</v>
+      </c>
+      <c r="J64" t="s">
         <v>294</v>
       </c>
-      <c r="G64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L64" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B65" t="s">
+        <v>295</v>
+      </c>
+      <c r="C65" t="s">
         <v>296</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="E65" t="s">
         <v>298</v>
       </c>
       <c r="G65" t="s">
         <v>299</v>
       </c>
       <c r="H65" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I65" t="s">
-        <v>267</v>
+        <v>17</v>
       </c>
       <c r="J65" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L65" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B66" t="s">
         <v>300</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="C66" t="s">
         <v>301</v>
       </c>
       <c r="D66" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E66" t="s">
         <v>302</v>
       </c>
       <c r="G66" t="s">
         <v>303</v>
       </c>
       <c r="H66" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I66" t="s">
-        <v>56</v>
+        <v>271</v>
       </c>
       <c r="J66" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>18</v>
       </c>
       <c r="L66" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B67" t="s">
         <v>304</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="C67" t="s">
         <v>305</v>
       </c>
       <c r="D67" t="s">
+        <v>232</v>
+      </c>
+      <c r="E67" t="s">
         <v>306</v>
       </c>
-      <c r="E67" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G67" t="s">
+        <v>307</v>
       </c>
       <c r="H67" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I67" t="s">
-        <v>136</v>
+        <v>61</v>
       </c>
       <c r="J67" t="s">
-        <v>25</v>
+        <v>18</v>
+      </c>
+      <c r="K67" t="s">
+        <v>257</v>
       </c>
       <c r="L67" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B68" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="C68" s="1" t="s">
         <v>308</v>
       </c>
+      <c r="C68" t="s">
+        <v>309</v>
+      </c>
       <c r="D68" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E68" t="s">
-        <v>309</v>
+        <v>270</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I68" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="J68" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L68" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B69" t="s">
+        <v>311</v>
+      </c>
+      <c r="C69" t="s">
+        <v>312</v>
+      </c>
+      <c r="D69" t="s">
         <v>310</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" t="s">
-        <v>266</v>
+        <v>313</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I69" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="J69" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L69" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B70" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>314</v>
+      </c>
+      <c r="C70" t="s">
+        <v>315</v>
       </c>
       <c r="D70" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E70" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I70" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="J70" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L70" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
+        <v>33</v>
+      </c>
+      <c r="B71" t="s">
+        <v>316</v>
+      </c>
+      <c r="C71" t="s">
+        <v>28</v>
+      </c>
+      <c r="D71" t="s">
+        <v>310</v>
+      </c>
+      <c r="E71" t="s">
+        <v>270</v>
+      </c>
+      <c r="G71">
+        <v>0</v>
+      </c>
+      <c r="H71" t="s">
+        <v>31</v>
+      </c>
+      <c r="I71" t="s">
+        <v>140</v>
+      </c>
+      <c r="J71" t="s">
         <v>32</v>
       </c>
-      <c r="B71" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L71" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B72" t="s">
+        <v>317</v>
+      </c>
+      <c r="C72" t="s">
         <v>318</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>319</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>320</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72">
+        <v>0</v>
+      </c>
+      <c r="H72" t="s">
+        <v>24</v>
+      </c>
+      <c r="I72" t="s">
         <v>321</v>
       </c>
-      <c r="G72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>52</v>
       </c>
       <c r="L72" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B73" t="s">
+        <v>322</v>
+      </c>
+      <c r="C73" t="s">
+        <v>323</v>
+      </c>
+      <c r="D73" t="s">
+        <v>324</v>
+      </c>
+      <c r="E73" t="s">
         <v>325</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="G73" t="s">
         <v>326</v>
       </c>
-      <c r="D73" t="s">
+      <c r="H73" t="s">
+        <v>16</v>
+      </c>
+      <c r="I73" t="s">
+        <v>17</v>
+      </c>
+      <c r="J73" t="s">
         <v>327</v>
       </c>
-      <c r="E73" t="s">
+      <c r="K73" t="s">
         <v>328</v>
       </c>
-      <c r="G73" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L73" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B74" t="s">
+        <v>329</v>
+      </c>
+      <c r="C74" t="s">
         <v>330</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>331</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>332</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>333</v>
       </c>
-      <c r="G74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H74" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I74" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="J74" t="s">
-        <v>57</v>
+        <v>18</v>
+      </c>
+      <c r="K74" t="s">
+        <v>257</v>
       </c>
       <c r="L74" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B75" t="s">
+        <v>334</v>
+      </c>
+      <c r="C75" t="s">
         <v>335</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>336</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>337</v>
       </c>
-      <c r="E75" t="s">
+      <c r="G75" t="s">
         <v>338</v>
       </c>
-      <c r="G75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I75" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J75" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L75" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B76" t="s">
+        <v>339</v>
+      </c>
+      <c r="C76" t="s">
         <v>340</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>341</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>342</v>
       </c>
-      <c r="E76" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G76" t="s">
+        <v>343</v>
       </c>
       <c r="H76" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I76" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J76" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>18</v>
       </c>
       <c r="L76" t="s">
-        <v>186</v>
+        <v>94</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B77" t="s">
         <v>344</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="C77" t="s">
         <v>345</v>
       </c>
       <c r="D77" t="s">
         <v>346</v>
       </c>
       <c r="E77" t="s">
+        <v>270</v>
+      </c>
+      <c r="G77">
+        <v>0</v>
+      </c>
+      <c r="H77" t="s">
+        <v>16</v>
+      </c>
+      <c r="I77" t="s">
+        <v>17</v>
+      </c>
+      <c r="J77" t="s">
+        <v>18</v>
+      </c>
+      <c r="K77" t="s">
         <v>347</v>
       </c>
-      <c r="G77" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L77" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B78" t="s">
+        <v>348</v>
+      </c>
+      <c r="C78" t="s">
         <v>349</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>350</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>351</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
         <v>352</v>
       </c>
-      <c r="G78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I78" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="J78" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L78" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B79" t="s">
+        <v>353</v>
+      </c>
+      <c r="C79" t="s">
         <v>354</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>355</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G79" t="s">
         <v>357</v>
       </c>
       <c r="H79" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I79" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J79" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L79" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B80" t="s">
         <v>358</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="C80" t="s">
         <v>359</v>
       </c>
       <c r="D80" t="s">
         <v>360</v>
       </c>
       <c r="E80" t="s">
+        <v>356</v>
+      </c>
+      <c r="G80" t="s">
         <v>361</v>
       </c>
-      <c r="G80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H80" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I80" t="s">
-        <v>267</v>
+        <v>17</v>
       </c>
       <c r="J80" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L80" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B81" t="s">
+        <v>362</v>
+      </c>
+      <c r="C81" t="s">
         <v>363</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" t="s">
         <v>364</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>365</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>366</v>
       </c>
-      <c r="G81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H81" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I81" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J81" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L81" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B82" t="s">
+        <v>367</v>
+      </c>
+      <c r="C82" t="s">
         <v>368</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="E82" t="s">
         <v>370</v>
       </c>
       <c r="G82" t="s">
         <v>371</v>
       </c>
       <c r="H82" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I82" t="s">
-        <v>56</v>
+        <v>271</v>
       </c>
       <c r="J82" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L82" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B83" t="s">
         <v>372</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="C83" t="s">
         <v>373</v>
       </c>
       <c r="D83" t="s">
+        <v>232</v>
+      </c>
+      <c r="E83" t="s">
         <v>374</v>
       </c>
-      <c r="E83" t="s">
+      <c r="G83" t="s">
         <v>375</v>
       </c>
-      <c r="G83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I83" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="J83" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L83" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B84" t="s">
+        <v>376</v>
+      </c>
+      <c r="C84" t="s">
         <v>377</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" t="s">
         <v>378</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>379</v>
       </c>
-      <c r="E84" t="s">
+      <c r="G84" t="s">
         <v>380</v>
       </c>
-      <c r="G84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H84" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I84" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J84" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L84" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
+        <v>19</v>
+      </c>
+      <c r="B85" t="s">
+        <v>381</v>
+      </c>
+      <c r="C85" t="s">
+        <v>382</v>
+      </c>
+      <c r="D85" t="s">
+        <v>383</v>
+      </c>
+      <c r="E85" t="s">
+        <v>384</v>
+      </c>
+      <c r="G85" t="s">
+        <v>385</v>
+      </c>
+      <c r="H85" t="s">
+        <v>16</v>
+      </c>
+      <c r="I85" t="s">
+        <v>17</v>
+      </c>
+      <c r="J85" t="s">
         <v>18</v>
       </c>
-      <c r="B85" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L85" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B86" t="s">
+        <v>386</v>
+      </c>
+      <c r="C86" t="s">
         <v>387</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" t="s">
         <v>388</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="G86" t="s">
         <v>390</v>
       </c>
       <c r="H86" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I86" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J86" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L86" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B87" t="s">
         <v>391</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="C87" t="s">
         <v>392</v>
       </c>
       <c r="D87" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E87" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="G87" t="s">
         <v>394</v>
       </c>
       <c r="H87" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I87" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J87" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L87" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B88" t="s">
         <v>395</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="C88" t="s">
         <v>396</v>
       </c>
       <c r="D88" t="s">
-        <v>228</v>
+        <v>396</v>
       </c>
       <c r="E88" t="s">
         <v>397</v>
       </c>
       <c r="G88" t="s">
         <v>398</v>
       </c>
       <c r="H88" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I88" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="J88" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L88" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B89" t="s">
         <v>399</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="C89" t="s">
         <v>400</v>
       </c>
       <c r="D89" t="s">
+        <v>232</v>
+      </c>
+      <c r="E89" t="s">
         <v>401</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>402</v>
       </c>
-      <c r="G89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H89" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I89" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J89" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L89" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B90" t="s">
+        <v>403</v>
+      </c>
+      <c r="C90" t="s">
         <v>404</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" t="s">
         <v>405</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>406</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>407</v>
       </c>
-      <c r="G90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H90" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I90" t="s">
-        <v>267</v>
+        <v>17</v>
       </c>
       <c r="J90" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L90" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B91" t="s">
+        <v>408</v>
+      </c>
+      <c r="C91" t="s">
         <v>409</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" t="s">
         <v>410</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>411</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>412</v>
       </c>
-      <c r="G91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H91" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I91" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="J91" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L91" t="s">
-        <v>284</v>
+        <v>94</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B92" t="s">
+        <v>413</v>
+      </c>
+      <c r="C92" t="s">
         <v>414</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" t="s">
         <v>415</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>416</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>417</v>
       </c>
-      <c r="G92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I92" t="s">
-        <v>267</v>
+        <v>17</v>
       </c>
       <c r="J92" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L92" t="s">
-        <v>419</v>
+        <v>288</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B93" t="s">
+        <v>418</v>
+      </c>
+      <c r="C93" t="s">
+        <v>419</v>
+      </c>
+      <c r="D93" t="s">
         <v>420</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="E93" t="s">
         <v>421</v>
       </c>
-      <c r="D93" t="s">
+      <c r="G93" t="s">
         <v>422</v>
       </c>
-      <c r="E93" t="s">
+      <c r="H93" t="s">
+        <v>16</v>
+      </c>
+      <c r="I93" t="s">
+        <v>271</v>
+      </c>
+      <c r="J93" t="s">
+        <v>18</v>
+      </c>
+      <c r="L93" t="s">
         <v>423</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B94" t="s">
+        <v>424</v>
+      </c>
+      <c r="C94" t="s">
         <v>425</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" t="s">
         <v>426</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>427</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>428</v>
       </c>
-      <c r="G94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H94" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I94" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J94" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L94" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B95" t="s">
+        <v>429</v>
+      </c>
+      <c r="C95" t="s">
         <v>430</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" t="s">
         <v>431</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="G95" t="s">
         <v>433</v>
       </c>
       <c r="H95" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I95" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J95" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L95" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B96" t="s">
         <v>434</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="C96" t="s">
         <v>435</v>
       </c>
       <c r="D96" t="s">
         <v>436</v>
       </c>
       <c r="E96" t="s">
+        <v>416</v>
+      </c>
+      <c r="G96" t="s">
         <v>437</v>
       </c>
-      <c r="G96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H96" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I96" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="J96" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L96" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B97" t="s">
+        <v>438</v>
+      </c>
+      <c r="C97" t="s">
         <v>439</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D97" t="s">
         <v>440</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>441</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>442</v>
       </c>
-      <c r="G97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H97" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I97" t="s">
-        <v>267</v>
+        <v>17</v>
       </c>
       <c r="J97" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L97" t="s">
-        <v>419</v>
+        <v>94</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B98" t="s">
+        <v>443</v>
+      </c>
+      <c r="C98" t="s">
         <v>444</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" t="s">
         <v>445</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>446</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>447</v>
       </c>
-      <c r="G98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H98" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I98" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J98" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L98" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B99" t="s">
+        <v>448</v>
+      </c>
+      <c r="C99" t="s">
         <v>449</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" t="s">
         <v>450</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>451</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>452</v>
       </c>
-      <c r="G99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H99" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I99" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J99" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L99" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B100" t="s">
+        <v>453</v>
+      </c>
+      <c r="C100" t="s">
         <v>454</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="E100" t="s">
         <v>456</v>
       </c>
       <c r="G100" t="s">
         <v>457</v>
       </c>
       <c r="H100" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I100" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J100" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L100" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B101" t="s">
         <v>458</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="C101" t="s">
         <v>459</v>
       </c>
       <c r="D101" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="E101" t="s">
         <v>460</v>
       </c>
       <c r="G101" t="s">
         <v>461</v>
       </c>
       <c r="H101" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I101" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="J101" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L101" t="s">
-        <v>419</v>
+        <v>423</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12">
+      <c r="A102">
+        <v>1</v>
+      </c>
+      <c r="B102" t="s">
+        <v>462</v>
+      </c>
+      <c r="C102" t="s">
+        <v>463</v>
+      </c>
+      <c r="D102" t="s">
+        <v>450</v>
+      </c>
+      <c r="E102" t="s">
+        <v>464</v>
+      </c>
+      <c r="G102" t="s">
+        <v>465</v>
+      </c>
+      <c r="H102" t="s">
+        <v>16</v>
+      </c>
+      <c r="I102" t="s">
+        <v>271</v>
+      </c>
+      <c r="J102" t="s">
+        <v>18</v>
+      </c>
+      <c r="L102" t="s">
+        <v>423</v>
       </c>
     </row>
   </sheetData>
-  <hyperlinks>
-[...100 lines deleted...]
-  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>