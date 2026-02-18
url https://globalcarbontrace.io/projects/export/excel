--- v2 (2025-11-29)
+++ v3 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Quantification Period</t>
   </si>
   <si>
     <t>ICAO/CORSIA Eligible*</t>
   </si>
   <si>
     <t>Verified GHG Emission Reductions or Removals</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
@@ -155,50 +155,53 @@
   <si>
     <t>BCR-TR-195-13-001</t>
   </si>
   <si>
     <t>AREL MILAS LFG &amp; BIOMETHANISATION PLANT PROJECT</t>
   </si>
   <si>
     <t>Arel Çevre Yatırımları Enerji ve Elektrik Üretimi A.Ş.</t>
   </si>
   <si>
     <t>2019-12-06 to 2026-12-05</t>
   </si>
   <si>
     <t>BCR-CL-512-1-001</t>
   </si>
   <si>
     <t>Small-scale renewable energy projects in Chile</t>
   </si>
   <si>
     <t>Natural Assets SpA</t>
   </si>
   <si>
     <t>2021-09-23 to 2031-09-22</t>
   </si>
   <si>
+    <t>42,799</t>
+  </si>
+  <si>
     <t>BCR-MX-459-7-003</t>
   </si>
   <si>
     <t>IE-Tram, Mérida, México</t>
   </si>
   <si>
     <t>Movilidad Urbana Mérida, S.A.P.I de C.V.</t>
   </si>
   <si>
     <t>2023-12-16 to 2030-12-15</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>BCR-CL-365-14-001</t>
   </si>
   <si>
     <t>Conservation and degradation control in Chilean native forests in the Andean foot-hills of the Maule Región, Chile.</t>
   </si>
   <si>
     <t>VALLE LONTUE Professional Services Society Limited. The project is comprised of three owners and Valle Lontue Limitada, as a consultant and manager.</t>
@@ -1268,66 +1271,66 @@
   <si>
     <t>Sociedad MAVALLE S.A.</t>
   </si>
   <si>
     <t>2009-10-01 to 2039-10-31</t>
   </si>
   <si>
     <t>1,326,657</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-003</t>
   </si>
   <si>
     <t>Proyecto de Conservación Tángara REDD+</t>
   </si>
   <si>
     <t>BIOFIX CONSULTORÍA</t>
   </si>
   <si>
     <t>2010-01-01 to 2039-12-31</t>
   </si>
   <si>
     <t>1,157,405</t>
   </si>
   <si>
+    <t>De-registered</t>
+  </si>
+  <si>
     <t>PCR-CO-CO-14-001</t>
   </si>
   <si>
     <t>Proyecto Forestal CO2CERO Meta09</t>
   </si>
   <si>
     <t>CO2CERO SAS</t>
   </si>
   <si>
     <t>2009-07-13 to 2039-07-12</t>
   </si>
   <si>
     <t>15,403</t>
-  </si>
-[...1 lines deleted...]
-    <t>De-registered</t>
   </si>
   <si>
     <t>PCR-CO-ATI-14-001</t>
   </si>
   <si>
     <t>Proyecto de Mitigación Forestal Resguardo Indígena TICOYA</t>
   </si>
   <si>
     <t>Asociación de Autoridades Indígenas ATICOYA</t>
   </si>
   <si>
     <t>2010-12-31 to 2030-12-31</t>
   </si>
   <si>
     <t>652,151</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001</t>
   </si>
   <si>
     <t>Proyecto de compensación de emisiones Conservación del bosque Galilea-Amé</t>
   </si>
   <si>
     <t>FUNDACIÓN FUNDAME COL.</t>
   </si>
@@ -1979,3140 +1982,3140 @@
         <v>31</v>
       </c>
       <c r="J6" t="s">
         <v>32</v>
       </c>
       <c r="L6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>97</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
-      <c r="G7">
-        <v>0</v>
+      <c r="G7" t="s">
+        <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>24</v>
       </c>
       <c r="I7" t="s">
         <v>25</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>96</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>95</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="L9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
       <c r="I10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="L10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
       <c r="I11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="L11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>16</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="L12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>16</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="L13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>90</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
       <c r="J14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
         <v>16</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>88</v>
       </c>
       <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="G16">
+        <v>0</v>
+      </c>
+      <c r="H16" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J16" t="s">
         <v>26</v>
       </c>
       <c r="L16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>87</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H17" t="s">
         <v>24</v>
       </c>
       <c r="I17" t="s">
         <v>25</v>
       </c>
       <c r="J17" t="s">
         <v>38</v>
       </c>
       <c r="L17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>86</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
         <v>24</v>
       </c>
       <c r="I18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
         <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
         <v>24</v>
       </c>
       <c r="I19" t="s">
         <v>25</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="L19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D20" t="s">
         <v>35</v>
       </c>
       <c r="E20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
         <v>24</v>
       </c>
       <c r="I20" t="s">
         <v>25</v>
       </c>
       <c r="J20" t="s">
         <v>38</v>
       </c>
       <c r="L20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>83</v>
       </c>
       <c r="B21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D21" t="s">
         <v>35</v>
       </c>
       <c r="E21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21" t="s">
         <v>24</v>
       </c>
       <c r="I21" t="s">
         <v>25</v>
       </c>
       <c r="J21" t="s">
         <v>38</v>
       </c>
       <c r="L21" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>82</v>
       </c>
       <c r="B22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H22" t="s">
         <v>16</v>
       </c>
       <c r="I22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
       <c r="L22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>81</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C23" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D23" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23" t="s">
         <v>31</v>
       </c>
       <c r="I23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J23" t="s">
         <v>38</v>
       </c>
       <c r="L23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>80</v>
       </c>
       <c r="B24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H24" t="s">
         <v>24</v>
       </c>
       <c r="I24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J24" t="s">
         <v>38</v>
       </c>
       <c r="L24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C25" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D25" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
         <v>16</v>
       </c>
       <c r="I25" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
       <c r="L25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D26" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
         <v>16</v>
       </c>
       <c r="I26" t="s">
         <v>17</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
       <c r="L26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>77</v>
       </c>
       <c r="B27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J27" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28" t="s">
         <v>31</v>
       </c>
       <c r="I28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>75</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D29" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29" t="s">
         <v>24</v>
       </c>
       <c r="I29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J29" t="s">
         <v>32</v>
       </c>
       <c r="K29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L29" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>74</v>
       </c>
       <c r="B30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C30" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H30" t="s">
         <v>24</v>
       </c>
       <c r="I30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J30" t="s">
         <v>32</v>
       </c>
       <c r="L30" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>73</v>
       </c>
       <c r="B31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E31" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
         <v>16</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
       <c r="J31" t="s">
         <v>38</v>
       </c>
       <c r="L31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>72</v>
       </c>
       <c r="B32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
         <v>16</v>
       </c>
       <c r="I32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
         <v>16</v>
       </c>
       <c r="I33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J33" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
         <v>16</v>
       </c>
       <c r="I34" t="s">
         <v>17</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
       <c r="L34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>69</v>
       </c>
       <c r="B35" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35" t="s">
         <v>16</v>
       </c>
       <c r="I35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J35" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C36" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E36" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36" t="s">
         <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J36" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>67</v>
       </c>
       <c r="B37" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D37" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E37" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H37" t="s">
         <v>24</v>
       </c>
       <c r="I37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
       <c r="L37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C38" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E38" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
         <v>16</v>
       </c>
       <c r="I38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J38" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>65</v>
       </c>
       <c r="B39" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C39" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D39" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E39" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39" t="s">
         <v>16</v>
       </c>
       <c r="I39" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J39" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>64</v>
       </c>
       <c r="B40" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C40" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D40" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E40" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
         <v>16</v>
       </c>
       <c r="I40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J40" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L40" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>63</v>
       </c>
       <c r="B41" t="s">
+        <v>192</v>
+      </c>
+      <c r="C41" t="s">
+        <v>193</v>
+      </c>
+      <c r="D41" t="s">
+        <v>194</v>
+      </c>
+      <c r="E41" t="s">
+        <v>195</v>
+      </c>
+      <c r="G41">
+        <v>0</v>
+      </c>
+      <c r="H41" t="s">
+        <v>16</v>
+      </c>
+      <c r="I41" t="s">
+        <v>85</v>
+      </c>
+      <c r="J41" t="s">
+        <v>142</v>
+      </c>
+      <c r="L41" t="s">
         <v>191</v>
-      </c>
-[...22 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>62</v>
       </c>
       <c r="B42" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C42" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D42" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E42" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42" t="s">
         <v>16</v>
       </c>
       <c r="I42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J42" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L42" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>61</v>
       </c>
       <c r="B43" t="s">
+        <v>200</v>
+      </c>
+      <c r="C43" t="s">
+        <v>201</v>
+      </c>
+      <c r="D43" t="s">
+        <v>198</v>
+      </c>
+      <c r="E43" t="s">
         <v>199</v>
       </c>
-      <c r="C43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
         <v>16</v>
       </c>
       <c r="I43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J43" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>60</v>
       </c>
       <c r="B44" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C44" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D44" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E44" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44" t="s">
         <v>16</v>
       </c>
       <c r="I44" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J44" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L44" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>59</v>
       </c>
       <c r="B45" t="s">
+        <v>205</v>
+      </c>
+      <c r="C45" t="s">
+        <v>206</v>
+      </c>
+      <c r="D45" t="s">
         <v>204</v>
       </c>
-      <c r="C45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45" t="s">
         <v>16</v>
       </c>
       <c r="I45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J45" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L45" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>58</v>
       </c>
       <c r="B46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C46" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D46" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E46" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
         <v>16</v>
       </c>
       <c r="I46" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J46" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L46" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C47" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D47" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47" t="s">
         <v>31</v>
       </c>
       <c r="I47" t="s">
         <v>31</v>
       </c>
       <c r="J47" t="s">
         <v>38</v>
       </c>
       <c r="L47" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>56</v>
       </c>
       <c r="B48" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C48" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E48" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48" t="s">
         <v>16</v>
       </c>
       <c r="I48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>55</v>
       </c>
       <c r="B49" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C49" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D49" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E49" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G49" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H49" t="s">
         <v>16</v>
       </c>
       <c r="I49" t="s">
         <v>17</v>
       </c>
       <c r="J49" t="s">
         <v>18</v>
       </c>
       <c r="K49" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L49" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>54</v>
       </c>
       <c r="B50" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C50" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D50" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E50" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50" t="s">
         <v>24</v>
       </c>
       <c r="I50" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J50" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D51" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E51" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51" t="s">
         <v>24</v>
       </c>
       <c r="I51" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J51" t="s">
         <v>32</v>
       </c>
       <c r="L51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>52</v>
       </c>
       <c r="B52" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C52" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D52" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E52" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G52" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H52" t="s">
         <v>16</v>
       </c>
       <c r="I52" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J52" t="s">
         <v>18</v>
       </c>
       <c r="K52" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L52" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C53" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D53" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E53" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" t="s">
         <v>16</v>
       </c>
       <c r="I53" t="s">
         <v>17</v>
       </c>
       <c r="J53" t="s">
         <v>18</v>
       </c>
       <c r="L53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>50</v>
       </c>
       <c r="B54" t="s">
+        <v>241</v>
+      </c>
+      <c r="C54" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" t="s">
+        <v>239</v>
+      </c>
+      <c r="E54" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54" t="s">
         <v>16</v>
       </c>
       <c r="I54" t="s">
         <v>17</v>
       </c>
       <c r="J54" t="s">
         <v>18</v>
       </c>
       <c r="L54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>49</v>
       </c>
       <c r="B55" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C55" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D55" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E55" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G55" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H55" t="s">
         <v>24</v>
       </c>
       <c r="I55" t="s">
         <v>37</v>
       </c>
       <c r="J55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L55" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>48</v>
       </c>
       <c r="B56" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C56" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D56" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E56" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G56" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H56" t="s">
         <v>31</v>
       </c>
       <c r="I56" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J56" t="s">
         <v>38</v>
       </c>
       <c r="L56" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>47</v>
       </c>
       <c r="B57" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C57" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D57" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E57" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G57" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H57" t="s">
         <v>16</v>
       </c>
       <c r="I57" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J57" t="s">
         <v>18</v>
       </c>
       <c r="K57" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L57" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>46</v>
       </c>
       <c r="B58" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C58" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D58" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E58" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58" t="s">
         <v>16</v>
       </c>
       <c r="I58" t="s">
         <v>17</v>
       </c>
       <c r="J58" t="s">
         <v>18</v>
       </c>
       <c r="K58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L58" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>45</v>
       </c>
       <c r="B59" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C59" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D59" t="s">
         <v>35</v>
       </c>
       <c r="E59" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G59" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H59" t="s">
         <v>24</v>
       </c>
       <c r="I59" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J59" t="s">
         <v>38</v>
       </c>
       <c r="L59" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>44</v>
       </c>
       <c r="B60" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C60" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D60" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E60" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60" t="s">
         <v>16</v>
       </c>
       <c r="I60" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>43</v>
       </c>
       <c r="B61" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C61" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D61" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E61" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61" t="s">
         <v>16</v>
       </c>
       <c r="I61" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J61" t="s">
         <v>18</v>
       </c>
       <c r="K61" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="L61" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>42</v>
       </c>
       <c r="B62" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C62" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D62" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E62" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G62" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H62" t="s">
         <v>16</v>
       </c>
       <c r="I62" t="s">
         <v>17</v>
       </c>
       <c r="J62" t="s">
         <v>18</v>
       </c>
       <c r="K62" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L62" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>41</v>
       </c>
       <c r="B63" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C63" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D63" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E63" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63" t="s">
         <v>31</v>
       </c>
       <c r="I63" t="s">
         <v>31</v>
       </c>
       <c r="J63" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L63" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>40</v>
       </c>
       <c r="B64" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C64" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D64" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E64" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G64" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H64" t="s">
         <v>16</v>
       </c>
       <c r="I64" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J64" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="L64" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>39</v>
       </c>
       <c r="B65" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C65" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D65" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E65" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G65" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H65" t="s">
         <v>16</v>
       </c>
       <c r="I65" t="s">
         <v>17</v>
       </c>
       <c r="J65" t="s">
         <v>18</v>
       </c>
       <c r="L65" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>38</v>
       </c>
       <c r="B66" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C66" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D66" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E66" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G66" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H66" t="s">
         <v>16</v>
       </c>
       <c r="I66" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J66" t="s">
         <v>18</v>
       </c>
       <c r="L66" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>37</v>
       </c>
       <c r="B67" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C67" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D67" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E67" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G67" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H67" t="s">
         <v>16</v>
       </c>
       <c r="I67" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J67" t="s">
         <v>18</v>
       </c>
       <c r="K67" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L67" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>36</v>
       </c>
       <c r="B68" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C68" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D68" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
         <v>31</v>
       </c>
       <c r="I68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J68" t="s">
         <v>32</v>
       </c>
       <c r="L68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>35</v>
       </c>
       <c r="B69" t="s">
+        <v>312</v>
+      </c>
+      <c r="C69" t="s">
+        <v>313</v>
+      </c>
+      <c r="D69" t="s">
         <v>311</v>
       </c>
-      <c r="C69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
         <v>31</v>
       </c>
       <c r="I69" t="s">
         <v>31</v>
       </c>
       <c r="J69" t="s">
         <v>32</v>
       </c>
       <c r="L69" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>34</v>
       </c>
       <c r="B70" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C70" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D70" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E70" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
         <v>31</v>
       </c>
       <c r="I70" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J70" t="s">
         <v>32</v>
       </c>
       <c r="L70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>33</v>
       </c>
       <c r="B71" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C71" t="s">
         <v>28</v>
       </c>
       <c r="D71" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E71" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71" t="s">
         <v>31</v>
       </c>
       <c r="I71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J71" t="s">
         <v>32</v>
       </c>
       <c r="L71" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>32</v>
       </c>
       <c r="B72" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C72" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D72" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E72" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72" t="s">
         <v>24</v>
       </c>
       <c r="I72" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J72" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L72" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>31</v>
       </c>
       <c r="B73" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C73" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D73" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E73" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G73" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H73" t="s">
         <v>16</v>
       </c>
       <c r="I73" t="s">
         <v>17</v>
       </c>
       <c r="J73" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K73" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="L73" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>30</v>
       </c>
       <c r="B74" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C74" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D74" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E74" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G74" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H74" t="s">
         <v>16</v>
       </c>
       <c r="I74" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J74" t="s">
         <v>18</v>
       </c>
       <c r="K74" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L74" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>29</v>
       </c>
       <c r="B75" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C75" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D75" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E75" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G75" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H75" t="s">
         <v>16</v>
       </c>
       <c r="I75" t="s">
         <v>17</v>
       </c>
       <c r="J75" t="s">
         <v>18</v>
       </c>
       <c r="L75" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>28</v>
       </c>
       <c r="B76" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C76" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D76" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E76" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G76" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H76" t="s">
         <v>16</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
       <c r="J76" t="s">
         <v>18</v>
       </c>
       <c r="L76" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>27</v>
       </c>
       <c r="B77" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C77" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D77" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E77" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77" t="s">
         <v>16</v>
       </c>
       <c r="I77" t="s">
         <v>17</v>
       </c>
       <c r="J77" t="s">
         <v>18</v>
       </c>
       <c r="K77" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="L77" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>26</v>
       </c>
       <c r="B78" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C78" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D78" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E78" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H78" t="s">
         <v>16</v>
       </c>
       <c r="I78" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J78" t="s">
         <v>18</v>
       </c>
       <c r="L78" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>25</v>
       </c>
       <c r="B79" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C79" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D79" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E79" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G79" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H79" t="s">
         <v>16</v>
       </c>
       <c r="I79" t="s">
         <v>17</v>
       </c>
       <c r="J79" t="s">
         <v>18</v>
       </c>
       <c r="L79" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>24</v>
       </c>
       <c r="B80" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C80" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D80" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E80" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G80" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H80" t="s">
         <v>16</v>
       </c>
       <c r="I80" t="s">
         <v>17</v>
       </c>
       <c r="J80" t="s">
         <v>18</v>
       </c>
       <c r="L80" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>23</v>
       </c>
       <c r="B81" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C81" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D81" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E81" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G81" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H81" t="s">
         <v>16</v>
       </c>
       <c r="I81" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J81" t="s">
         <v>18</v>
       </c>
       <c r="L81" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>22</v>
       </c>
       <c r="B82" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C82" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D82" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E82" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H82" t="s">
         <v>16</v>
       </c>
       <c r="I82" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J82" t="s">
         <v>18</v>
       </c>
       <c r="L82" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>21</v>
       </c>
       <c r="B83" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C83" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D83" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E83" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G83" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H83" t="s">
         <v>16</v>
       </c>
       <c r="I83" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J83" t="s">
         <v>18</v>
       </c>
       <c r="L83" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>20</v>
       </c>
       <c r="B84" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C84" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D84" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E84" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G84" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H84" t="s">
         <v>16</v>
       </c>
       <c r="I84" t="s">
         <v>17</v>
       </c>
       <c r="J84" t="s">
         <v>18</v>
       </c>
       <c r="L84" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>19</v>
       </c>
       <c r="B85" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C85" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D85" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E85" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G85" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H85" t="s">
         <v>16</v>
       </c>
       <c r="I85" t="s">
         <v>17</v>
       </c>
       <c r="J85" t="s">
         <v>18</v>
       </c>
       <c r="L85" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C86" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D86" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E86" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G86" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H86" t="s">
         <v>16</v>
       </c>
       <c r="I86" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J86" t="s">
         <v>18</v>
       </c>
       <c r="L86" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>17</v>
       </c>
       <c r="B87" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C87" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D87" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E87" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G87" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H87" t="s">
         <v>16</v>
       </c>
       <c r="I87" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J87" t="s">
         <v>18</v>
       </c>
       <c r="L87" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>16</v>
       </c>
       <c r="B88" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C88" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D88" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E88" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G88" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H88" t="s">
         <v>16</v>
       </c>
       <c r="I88" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J88" t="s">
         <v>18</v>
       </c>
       <c r="L88" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>15</v>
       </c>
       <c r="B89" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C89" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D89" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E89" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G89" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H89" t="s">
         <v>16</v>
       </c>
       <c r="I89" t="s">
         <v>17</v>
       </c>
       <c r="J89" t="s">
         <v>18</v>
       </c>
       <c r="L89" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>13</v>
       </c>
       <c r="B90" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C90" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D90" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E90" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G90" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H90" t="s">
         <v>16</v>
       </c>
       <c r="I90" t="s">
         <v>17</v>
       </c>
       <c r="J90" t="s">
         <v>18</v>
       </c>
       <c r="L90" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>12</v>
       </c>
       <c r="B91" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C91" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D91" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E91" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G91" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H91" t="s">
         <v>16</v>
       </c>
       <c r="I91" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J91" t="s">
         <v>18</v>
       </c>
       <c r="L91" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>11</v>
       </c>
       <c r="B92" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C92" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D92" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E92" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G92" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H92" t="s">
         <v>16</v>
       </c>
       <c r="I92" t="s">
         <v>17</v>
       </c>
       <c r="J92" t="s">
         <v>18</v>
       </c>
       <c r="L92" t="s">
-        <v>288</v>
+        <v>419</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>10</v>
       </c>
       <c r="B93" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C93" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D93" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E93" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="G93" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="H93" t="s">
         <v>16</v>
       </c>
       <c r="I93" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J93" t="s">
         <v>18</v>
       </c>
       <c r="L93" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>9</v>
       </c>
       <c r="B94" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C94" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D94" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E94" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G94" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H94" t="s">
         <v>16</v>
       </c>
       <c r="I94" t="s">
         <v>17</v>
       </c>
       <c r="J94" t="s">
         <v>18</v>
       </c>
       <c r="L94" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>8</v>
       </c>
       <c r="B95" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C95" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D95" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E95" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G95" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H95" t="s">
         <v>16</v>
       </c>
       <c r="I95" t="s">
         <v>17</v>
       </c>
       <c r="J95" t="s">
         <v>18</v>
       </c>
       <c r="L95" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>7</v>
       </c>
       <c r="B96" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C96" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D96" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E96" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G96" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H96" t="s">
         <v>16</v>
       </c>
       <c r="I96" t="s">
         <v>17</v>
       </c>
       <c r="J96" t="s">
         <v>18</v>
       </c>
       <c r="L96" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>6</v>
       </c>
       <c r="B97" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C97" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D97" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E97" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G97" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H97" t="s">
         <v>16</v>
       </c>
       <c r="I97" t="s">
         <v>17</v>
       </c>
       <c r="J97" t="s">
         <v>18</v>
       </c>
       <c r="L97" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>5</v>
       </c>
       <c r="B98" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C98" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D98" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E98" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G98" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H98" t="s">
         <v>16</v>
       </c>
       <c r="I98" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J98" t="s">
         <v>18</v>
       </c>
       <c r="L98" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>4</v>
       </c>
       <c r="B99" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C99" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D99" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E99" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G99" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H99" t="s">
         <v>16</v>
       </c>
       <c r="I99" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J99" t="s">
         <v>18</v>
       </c>
       <c r="L99" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>3</v>
       </c>
       <c r="B100" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C100" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D100" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E100" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G100" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H100" t="s">
         <v>16</v>
       </c>
       <c r="I100" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J100" t="s">
         <v>18</v>
       </c>
       <c r="L100" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>2</v>
       </c>
       <c r="B101" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C101" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D101" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E101" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G101" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H101" t="s">
         <v>16</v>
       </c>
       <c r="I101" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J101" t="s">
         <v>18</v>
       </c>
       <c r="L101" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>1</v>
       </c>
       <c r="B102" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C102" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D102" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E102" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G102" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H102" t="s">
         <v>16</v>
       </c>
       <c r="I102" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J102" t="s">
         <v>18</v>
       </c>
       <c r="L102" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">