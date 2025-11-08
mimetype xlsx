--- v0 (2025-10-17)
+++ v1 (2025-11-08)
@@ -12,184 +12,349 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1393">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Retired</t>
   </si>
   <si>
     <t>Available</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>11,069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2401-2410-0000001-0011069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001</t>
+  </si>
+  <si>
+    <t>Proyecto Forestal MAVALLE en plantaciones de Caucho natural</t>
+  </si>
+  <si>
+    <t>Sociedad MAVALLE S.A.S.</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>3,569</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2310-2312-0000001-0003569</t>
+  </si>
+  <si>
+    <t>2023-10-03</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2401-2410-0000001-0011069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2310-2312-0000001-0003569</t>
+  </si>
+  <si>
+    <t>88,558</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2401-2410-0000001-0088558</t>
+  </si>
+  <si>
+    <t>28,558</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2310-2312-0000001-0028558</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>7,962</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-R-2401-2410-0000001-0007962</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001</t>
+  </si>
+  <si>
+    <t>Solar parks in the cuyo region</t>
+  </si>
+  <si>
+    <t>Genneia S.A</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>4,384</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-R-2303-2312-0000001-0004384</t>
+  </si>
+  <si>
+    <t>2023-03-30</t>
+  </si>
+  <si>
+    <t>71,663</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-2-2401-2410-0000001-0071663</t>
+  </si>
+  <si>
+    <t>39,461</t>
+  </si>
+  <si>
+    <t>BCR-AR-755-1-001-2-2303-2312-0000001-0039461</t>
+  </si>
+  <si>
+    <t>2025-08-21</t>
+  </si>
+  <si>
+    <t>63,008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2401-2408-0000001-0063008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001</t>
+  </si>
+  <si>
+    <t>DABUCURY REDD+</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>90,039</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2301-2312-0000001-0090039</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>61,888</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2201-2212-0000001-0061888</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>2022-12-31</t>
+  </si>
+  <si>
+    <t>15,280</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2101-2112-0000001-0015280</t>
+  </si>
+  <si>
+    <t>2021-01-10</t>
+  </si>
+  <si>
+    <t>2021-12-31</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2401-2408-0000001-0063008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2301-2312-0000001-0090039</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2212-0000001-0061888</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0000001-0015280</t>
+  </si>
+  <si>
+    <t>504,068</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2401-2408-0000001-0504068</t>
+  </si>
+  <si>
+    <t>720,318</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2301-2312-0000001-0720318</t>
+  </si>
+  <si>
+    <t>495,104</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0000001-0495104</t>
+  </si>
+  <si>
+    <t>122,246</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000001-0122246</t>
+  </si>
+  <si>
     <t>2025-08-14</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2401-2408-0000001-0000301</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001</t>
   </si>
   <si>
     <t>Helios Santa Rosa Solar PV Plant</t>
   </si>
   <si>
     <t>Tassaroli S.A.</t>
   </si>
   <si>
-    <t>2024-01-01</t>
-[...7 lines deleted...]
-  <si>
     <t>BCR-AR-211-1-001-R-2301-2312-0000001-0000379</t>
   </si>
   <si>
-    <t>2023-01-01</t>
-[...4 lines deleted...]
-  <si>
     <t>BCR-AR-211-1-001-R-2204-2212-0000001-0000320</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
-    <t>2022-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t>2,717</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-2-2401-2408-0000001-0002717</t>
   </si>
   <si>
     <t>3,419</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-2-2301-2312-0000001-0003419</t>
   </si>
   <si>
     <t>2,880</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-2-2204-2212-0000001-0002880</t>
   </si>
   <si>
     <t>2025-08-12</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-R-2301-2304-0000001-0000546</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001</t>
   </si>
   <si>
     <t>PROYECTO DE CARBONO FORESTAL ORGANIZACIÓN LA PRIMAVERA</t>
   </si>
   <si>
     <t>ORGANIZACION LA PRIMAVERA SA</t>
   </si>
   <si>
     <t>2023-04-30</t>
   </si>
   <si>
-    <t>CO</t>
-[...1 lines deleted...]
-  <si>
     <t>1,637</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-R-2201-2212-0000001-0001637</t>
   </si>
   <si>
-    <t>2022-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-697-142-001-R-2101-2112-0000001-0001637</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
-    <t>2021-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t>PCR-CO-697-142-001-R-2001-2012-0000001-0001637</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-3-2301-2304-0000001-0000546</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-3-2201-2212-0000001-0001637</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-3-2101-2112-0000001-0001637</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-3-2001-2012-0000001-0001637</t>
   </si>
   <si>
     <t>4,369</t>
   </si>
   <si>
     <t>PCR-CO-697-142-001-2-2301-2304-0000001-0004369</t>
@@ -689,54 +854,54 @@
   <si>
     <t>Proyecto REDD+ MARENA ICHENA- NAG+MA ENOYE RAFUE</t>
   </si>
   <si>
     <t>MAGUARES ZOMAC S.A.S</t>
   </si>
   <si>
     <t>157,901</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-3-1801-1812-0000001-0157901</t>
   </si>
   <si>
     <t>1,612,561</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2201-2212-0000001-1612561</t>
   </si>
   <si>
     <t>1,610,770</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0000001-1610770</t>
   </si>
   <si>
-    <t>547,272</t>
-[...2 lines deleted...]
-    <t>1,063,498</t>
+    <t>721,496</t>
+  </si>
+  <si>
+    <t>889,274</t>
   </si>
   <si>
     <t>1,565,469</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2001-2012-0000001-1565469</t>
   </si>
   <si>
     <t>1,492,551</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1901-1912-0000001-1492551</t>
   </si>
   <si>
     <t>1,294,791</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1801-1812-0000001-1294791</t>
   </si>
   <si>
     <t>2025-03-07</t>
   </si>
   <si>
     <t>BCR-PY-451-14-001-R-2301-2305-0000001-0000705</t>
   </si>
@@ -911,62 +1076,71 @@
   <si>
     <t>BCR-CO-635-14-006-3-1901-1912-0000001-0015122</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-1810-1812-0000001-0003699</t>
   </si>
   <si>
     <t>126,658</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2201-2212-0000001-0126658</t>
   </si>
   <si>
     <t>125,174</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2101-2112-0000001-0125174</t>
   </si>
   <si>
     <t>123,266</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2001-2012-0000001-0123266</t>
   </si>
   <si>
+    <t>1,838</t>
+  </si>
+  <si>
+    <t>121,428</t>
+  </si>
+  <si>
     <t>120,975</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1901-1912-0000001-0120975</t>
   </si>
   <si>
     <t>29,593</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1810-1812-0000001-0029593</t>
   </si>
   <si>
+    <t>29,586</t>
+  </si>
+  <si>
     <t>2024-11-01</t>
   </si>
   <si>
     <t>44,845</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-R-2201-2212-0000001-0044845</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001</t>
   </si>
   <si>
     <t>REDD+ JIGRANTU Project</t>
   </si>
   <si>
     <t>Biotrade SAS</t>
   </si>
   <si>
     <t>24,711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-R-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>29,173</t>
@@ -983,92 +1157,98 @@
   <si>
     <t>2019-01-02</t>
   </si>
   <si>
     <t>44,848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2201-2212-0000001-0044848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2001-2012-0000001-0029173</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-1901-1912-0000001-0053279</t>
   </si>
   <si>
     <t>358,786</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0358786</t>
   </si>
   <si>
+    <t>357,839</t>
+  </si>
+  <si>
     <t>197,685</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0197685</t>
   </si>
   <si>
+    <t>17,000</t>
+  </si>
+  <si>
+    <t>180,685</t>
+  </si>
+  <si>
     <t>233,381</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
   </si>
   <si>
     <t>426,229</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0426229</t>
   </si>
   <si>
-    <t>2,080</t>
-[...2 lines deleted...]
-    <t>424,149</t>
+    <t>2,081</t>
+  </si>
+  <si>
+    <t>424,148</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>143,120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-R-2301-2306-0000001-0143120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005</t>
   </si>
   <si>
     <t>CRIMA Predio Putumayo y Andoque de Aduche REDD+ Project</t>
   </si>
   <si>
-    <t>Terra Commodities S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>237,570</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-R-2201-2212-0000001-0237570</t>
   </si>
   <si>
     <t>143,121</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2301-2306-0000001-0143121</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2201-2212-0000001-0237570</t>
   </si>
   <si>
     <t>1,144,965</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2301-2306-0000001-1144965</t>
   </si>
   <si>
     <t>1,900,558</t>
@@ -1127,59 +1307,50 @@
   <si>
     <t>BCR-CO-259-14-002-2-2301-2306-0000001-0052743</t>
   </si>
   <si>
     <t>121,743</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-2-2201-2212-0000001-0121743</t>
   </si>
   <si>
     <t>115,262</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-2-2101-2112-0000001-0115262</t>
   </si>
   <si>
     <t>2024-07-12</t>
   </si>
   <si>
     <t>12,327</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2301-2310-0000001-0012327</t>
   </si>
   <si>
-    <t>PCR-CO-164-142-001</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-10-02</t>
   </si>
   <si>
     <t>3,975</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2210-2212-0000001-0003975</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>12,328</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2301-2310-0000001-0012328</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2210-2212-0000001-0003975</t>
   </si>
   <si>
     <t>98,620</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2301-2310-0000001-0098620</t>
@@ -1361,81 +1532,81 @@
   <si>
     <t>BCR-CO-635-14-003-3-1901-1912-0000001-0011093</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1801-1812-0000001-0010668</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1708-1712-0000001-0003177</t>
   </si>
   <si>
     <t>91,818</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0000001-0091818</t>
   </si>
   <si>
     <t>91,649</t>
   </si>
   <si>
     <t>90,778</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0000001-0090778</t>
   </si>
   <si>
-    <t>3,534</t>
-[...2 lines deleted...]
-    <t>87,244</t>
+    <t>11,832</t>
+  </si>
+  <si>
+    <t>78,946</t>
   </si>
   <si>
     <t>88,743</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1901-1912-0000001-0088743</t>
   </si>
   <si>
-    <t>88,317</t>
+    <t>88,207</t>
   </si>
   <si>
     <t>85,343</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1801-1812-0000001-0085343</t>
   </si>
   <si>
     <t>25,418</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1708-1712-0000001-0025418</t>
   </si>
   <si>
-    <t>4,402</t>
-[...2 lines deleted...]
-    <t>21,016</t>
+    <t>4,449</t>
+  </si>
+  <si>
+    <t>20,969</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>85,728</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-R-2201-2212-0000001-0085728</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003</t>
   </si>
   <si>
     <t>Aire de Vida “FIIVO JAAGAVA KOMUYA JAG+Y+” Monochoa REDD+</t>
   </si>
   <si>
     <t>41,709</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-R-2107-2112-0000001-0041709</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
@@ -1703,81 +1874,81 @@
   <si>
     <t>BCR-CO-635-14-004-3-1901-1912-0000001-0001024</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-3-1801-1812-0000001-0001029</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-3-1706-1712-0000001-0000561</t>
   </si>
   <si>
     <t>8,446</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-2101-2112-0000001-0008446</t>
   </si>
   <si>
     <t>8,431</t>
   </si>
   <si>
     <t>8,334</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-2001-2012-0000001-0008334</t>
   </si>
   <si>
-    <t>1,344</t>
-[...2 lines deleted...]
-    <t>6,990</t>
+    <t>1,499</t>
+  </si>
+  <si>
+    <t>6,835</t>
   </si>
   <si>
     <t>8,190</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-1901-1912-0000001-0008190</t>
   </si>
   <si>
     <t>8,228</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-1801-1812-0000001-0008228</t>
   </si>
   <si>
     <t>3,488</t>
   </si>
   <si>
     <t>4,740</t>
   </si>
   <si>
     <t>4,485</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-2-1706-1712-0000001-0004485</t>
   </si>
   <si>
-    <t>4,117</t>
+    <t>4,228</t>
   </si>
   <si>
     <t>2023-11-22</t>
   </si>
   <si>
     <t>155,275</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-R-2201-2212-0000001-0155275</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004</t>
   </si>
   <si>
     <t>Proyecto Nuestro Aire de Vida “Kai KOMUYA JAG+Y+” REDD+ Puerto Zábalo y Los Monos</t>
   </si>
   <si>
     <t>75,047</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-R-2107-2112-0000001-0075047</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-2201-2212-0000001-0155275</t>
   </si>
@@ -1790,56 +1961,50 @@
   <si>
     <t>BCR-CO-259-14-004-2-2201-2212-0000001-1242199</t>
   </si>
   <si>
     <t>600,378</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2107-2112-0000001-0600378</t>
   </si>
   <si>
     <t>293,433</t>
   </si>
   <si>
     <t>306,945</t>
   </si>
   <si>
     <t>2023-11-03</t>
   </si>
   <si>
     <t>38,957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2201-2206-0000001-0038957</t>
   </si>
   <si>
-    <t>PCR-CO-319-141-001</t>
-[...4 lines deleted...]
-  <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>76,194</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>19,157</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2001-2012-0000001-0019157</t>
   </si>
   <si>
     <t>18,125</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>2019-01-15</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2206-0000001-0038957</t>
@@ -2261,98 +2426,95 @@
   <si>
     <t>6,730</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1401-1412-0000001-0006730</t>
   </si>
   <si>
     <t>2,584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1301-1312-0000001-0002584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1206-1212-0000001-0000382</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
-    <t>287,058</t>
-[...2 lines deleted...]
-    <t>36,005</t>
+    <t>287,684</t>
+  </si>
+  <si>
+    <t>35,379</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>295,934</t>
   </si>
   <si>
     <t>4,324</t>
   </si>
   <si>
     <t>285,843</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1801-1812-0000001-0285843</t>
   </si>
   <si>
     <t>2018-01-05</t>
   </si>
   <si>
-    <t>136,124</t>
-[...2 lines deleted...]
-    <t>149,719</t>
+    <t>271,845</t>
+  </si>
+  <si>
+    <t>13,998</t>
   </si>
   <si>
     <t>1,830,691</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0000001-1830691</t>
   </si>
   <si>
-    <t>1,830,613</t>
-[...1 lines deleted...]
-  <si>
     <t>1,772,491</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2001-2012-0000001-1772491</t>
   </si>
   <si>
     <t>1,701,459</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-1901-1912-0000001-1701459</t>
   </si>
   <si>
     <t>1,697,407</t>
   </si>
   <si>
     <t>4,052</t>
   </si>
   <si>
     <t>1,619,780</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-1801-1812-0000001-1619780</t>
   </si>
   <si>
     <t>2022-05-05</t>
@@ -2435,99 +2597,96 @@
   <si>
     <t>98,917</t>
   </si>
   <si>
     <t>5,238</t>
   </si>
   <si>
     <t>350,503</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2101-2106-0000001-0350503</t>
   </si>
   <si>
     <t>347,602</t>
   </si>
   <si>
     <t>2,901</t>
   </si>
   <si>
     <t>678,480</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0000001-0678480</t>
   </si>
   <si>
-    <t>678,278</t>
-[...1 lines deleted...]
-  <si>
     <t>650,916</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-1901-1912-0000001-0650916</t>
   </si>
   <si>
     <t>650,416</t>
   </si>
   <si>
     <t>590,210</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-1801-1812-0000001-0590210</t>
   </si>
   <si>
     <t>2022-04-26</t>
   </si>
   <si>
     <t>132,826</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-2101-2106-0000001-0132826</t>
   </si>
   <si>
     <t>257,045</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-2001-2012-0000001-0257045</t>
   </si>
   <si>
     <t>246,429</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1901-1912-0000001-0246429</t>
   </si>
   <si>
     <t>222,662</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0000001-0222662</t>
   </si>
   <si>
-    <t>209,578</t>
-[...2 lines deleted...]
-    <t>13,084</t>
+    <t>209,808</t>
+  </si>
+  <si>
+    <t>12,854</t>
   </si>
   <si>
     <t>752,683</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2101-2106-0000001-0752683</t>
   </si>
   <si>
     <t>726,586</t>
   </si>
   <si>
     <t>26,097</t>
   </si>
   <si>
     <t>1,456,591</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2001-2012-0000001-1456591</t>
   </si>
   <si>
     <t>1,456,091</t>
   </si>
   <si>
     <t>1,396,429</t>
   </si>
@@ -3251,75 +3410,75 @@
   <si>
     <t>PCR-CO-BFX-14-002-3-1401-1412-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1301-1312-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1201-1212-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1101-1112-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1001-1012-0000001-0002259</t>
   </si>
   <si>
     <t>2010-01-01</t>
   </si>
   <si>
     <t>203,230</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-2001-2012-0000001-0203230</t>
   </si>
   <si>
-    <t>202,507</t>
+    <t>202,524</t>
   </si>
   <si>
     <t>204,898</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1901-1912-0000001-0204898</t>
   </si>
   <si>
     <t>203,570</t>
   </si>
   <si>
     <t>1,328</t>
   </si>
   <si>
     <t>12,803</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1801-1812-0000001-0012803</t>
   </si>
   <si>
-    <t>1,479</t>
-[...2 lines deleted...]
-    <t>11,324</t>
+    <t>1,533</t>
+  </si>
+  <si>
+    <t>11,270</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1701-1712-0000001-0012803</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1601-1612-0000001-0012803</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1501-1512-0000001-0012803</t>
   </si>
   <si>
     <t>4,145</t>
   </si>
   <si>
     <t>8,658</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1401-1412-0000001-0012803</t>
   </si>
   <si>
     <t>4,315</t>
   </si>
   <si>
     <t>8,488</t>
   </si>
@@ -4379,19166 +4538,19936 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K546"/>
+  <dimension ref="A1:K568"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C546" sqref="C546"/>
+      <selection activeCell="C568" sqref="C568"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
-      <c r="B2">
-        <v>301</v>
+      <c r="B2" t="s">
+        <v>12</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="J2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>11</v>
       </c>
-      <c r="B3">
-        <v>379</v>
+      <c r="B3" t="s">
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>11</v>
       </c>
-      <c r="B4">
-        <v>320</v>
+      <c r="B4" t="s">
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
-      <c r="J4">
-        <v>320</v>
+      <c r="J4" t="s">
+        <v>12</v>
       </c>
       <c r="K4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" t="s">
         <v>23</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="H8" t="s">
         <v>36</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
-      <c r="J8">
-        <v>546</v>
+      <c r="J8" t="s">
+        <v>31</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="H10" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="H11" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>46</v>
       </c>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
-      <c r="J12">
-        <v>546</v>
+      <c r="J12" t="s">
+        <v>46</v>
       </c>
       <c r="K12" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" t="s">
         <v>48</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F13" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="K13" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="C14" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
         <v>49</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H14" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="K14" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
         <v>50</v>
       </c>
-      <c r="D15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="H15" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="K15" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" t="s">
         <v>51</v>
       </c>
-      <c r="C16" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
         <v>54</v>
       </c>
-      <c r="D17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K17" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18" t="s">
+        <v>58</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18" t="s">
         <v>55</v>
       </c>
-      <c r="D18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G19" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="H19" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="K19" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K20" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="F21" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H21" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="K21" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" t="s">
         <v>57</v>
       </c>
-      <c r="B22" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" t="s">
         <v>61</v>
       </c>
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>62</v>
       </c>
-      <c r="G23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K23" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>75</v>
+      </c>
+      <c r="B24">
+        <v>301</v>
       </c>
       <c r="C24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="F24" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="G24" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="H24" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
-      <c r="J24" t="s">
-        <v>72</v>
+      <c r="J24">
+        <v>301</v>
       </c>
       <c r="K24" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>75</v>
+      </c>
+      <c r="B25">
+        <v>379</v>
       </c>
       <c r="C25" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="E25" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="F25" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="G25" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
-      <c r="J25" t="s">
-        <v>58</v>
+      <c r="J25">
+        <v>379</v>
       </c>
       <c r="K25" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>75</v>
+      </c>
+      <c r="B26">
+        <v>320</v>
       </c>
       <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
         <v>77</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="H26" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
-      <c r="J26" t="s">
-        <v>64</v>
+      <c r="J26">
+        <v>320</v>
       </c>
       <c r="K26" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="C27" t="s">
+        <v>84</v>
+      </c>
+      <c r="D27" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" t="s">
         <v>78</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="G27" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="K27" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="C28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" t="s">
+        <v>78</v>
+      </c>
+      <c r="F28" t="s">
         <v>79</v>
       </c>
-      <c r="D28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="K28" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="E29" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="G29" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="H29" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="K29" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>89</v>
+      </c>
+      <c r="B30">
+        <v>546</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="E30" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F30" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="G30" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H30" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
-      <c r="J30" t="s">
-        <v>81</v>
+      <c r="J30">
+        <v>546</v>
       </c>
       <c r="K30" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" t="s">
+        <v>93</v>
+      </c>
+      <c r="G31" t="s">
         <v>57</v>
       </c>
-      <c r="B31" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="K31" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D32" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="E32" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F32" t="s">
+        <v>93</v>
+      </c>
+      <c r="G32" t="s">
+        <v>98</v>
+      </c>
+      <c r="H32" t="s">
         <v>62</v>
       </c>
-      <c r="G32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="K32" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F33" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="G33" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="H33" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="K33" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="B34" t="s">
         <v>89</v>
       </c>
+      <c r="B34">
+        <v>546</v>
+      </c>
       <c r="C34" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="E34" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="F34" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="G34" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="H34" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="I34">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>546</v>
       </c>
       <c r="K34" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" t="s">
         <v>92</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
         <v>93</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="G35" t="s">
+        <v>57</v>
+      </c>
+      <c r="H35" t="s">
+        <v>58</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35" t="s">
         <v>95</v>
       </c>
-      <c r="E35" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
+        <v>89</v>
+      </c>
+      <c r="B36" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" t="s">
+        <v>104</v>
+      </c>
+      <c r="D36" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" t="s">
         <v>92</v>
       </c>
-      <c r="B36" t="s">
+      <c r="F36" t="s">
+        <v>93</v>
+      </c>
+      <c r="G36" t="s">
         <v>98</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="H36" t="s">
+        <v>62</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36" t="s">
         <v>95</v>
       </c>
-      <c r="E36" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K36" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
+        <v>89</v>
+      </c>
+      <c r="B37" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" t="s">
+        <v>105</v>
+      </c>
+      <c r="D37" t="s">
+        <v>91</v>
+      </c>
+      <c r="E37" t="s">
         <v>92</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
         <v>93</v>
       </c>
-      <c r="C37" t="s">
+      <c r="G37" t="s">
         <v>100</v>
       </c>
-      <c r="D37" t="s">
+      <c r="H37" t="s">
+        <v>101</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="J37" t="s">
         <v>95</v>
       </c>
-      <c r="E37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K37" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
+        <v>89</v>
+      </c>
+      <c r="B38" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" t="s">
+        <v>91</v>
+      </c>
+      <c r="E38" t="s">
         <v>92</v>
       </c>
-      <c r="B38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G38" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H38" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="K38" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B39" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" t="s">
         <v>92</v>
       </c>
-      <c r="B39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G39" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H39" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="K39" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
+        <v>89</v>
+      </c>
+      <c r="B40" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" t="s">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
         <v>92</v>
       </c>
-      <c r="B40" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G40" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H40" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K40" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>106</v>
+        <v>89</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" t="s">
+        <v>91</v>
+      </c>
+      <c r="E41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F41" t="s">
+        <v>93</v>
+      </c>
+      <c r="G41" t="s">
+        <v>100</v>
+      </c>
+      <c r="H41" t="s">
+        <v>101</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="J41" t="s">
         <v>108</v>
       </c>
-      <c r="D41" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K41" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B42" t="s">
         <v>113</v>
       </c>
       <c r="C42" t="s">
         <v>114</v>
       </c>
       <c r="D42" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E42" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F42" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G42" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H42" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>113</v>
       </c>
       <c r="K42" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B43" t="s">
+        <v>119</v>
+      </c>
+      <c r="C43" t="s">
+        <v>120</v>
+      </c>
+      <c r="D43" t="s">
         <v>115</v>
       </c>
-      <c r="C43" t="s">
+      <c r="E43" t="s">
         <v>116</v>
       </c>
-      <c r="D43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G43" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H43" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K43" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B44" t="s">
+        <v>121</v>
+      </c>
+      <c r="C44" t="s">
+        <v>122</v>
+      </c>
+      <c r="D44" t="s">
+        <v>115</v>
+      </c>
+      <c r="E44" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" t="s">
         <v>117</v>
       </c>
-      <c r="C44" t="s">
+      <c r="G44" t="s">
+        <v>100</v>
+      </c>
+      <c r="H44" t="s">
+        <v>101</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="J44" t="s">
+        <v>121</v>
+      </c>
+      <c r="K44" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>112</v>
+      </c>
+      <c r="B45" t="s">
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D45" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E45" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F45" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G45" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H45" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
-      <c r="J45">
-        <v>952</v>
+      <c r="J45" t="s">
+        <v>123</v>
       </c>
       <c r="K45" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B46" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C46" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E46" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F46" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G46" t="s">
-        <v>40</v>
+        <v>129</v>
       </c>
       <c r="H46" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="K46" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B47" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E47" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F47" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G47" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H47" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="K47" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E48" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F48" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G48" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H48" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="K48" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D49" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E49" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F49" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G49" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="H49" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="K49" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="C50" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="E50" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F50" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="G50" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H50" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I50">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="K50" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B51" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D51" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E51" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="F51" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="G51" t="s">
-        <v>20</v>
+        <v>129</v>
       </c>
       <c r="H51" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="I51">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="K51" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B52" t="s">
+        <v>136</v>
+      </c>
+      <c r="C52" t="s">
         <v>137</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E52" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="F52" t="s">
+        <v>117</v>
+      </c>
+      <c r="G52" t="s">
+        <v>57</v>
+      </c>
+      <c r="H52" t="s">
+        <v>58</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="J52" t="s">
         <v>136</v>
       </c>
-      <c r="G52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K52" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B53" t="s">
+        <v>138</v>
+      </c>
+      <c r="C53" t="s">
         <v>139</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E53" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="F53" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="G53" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H53" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="K53" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" t="s">
         <v>141</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E54" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="F54" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="G54" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H54" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I54">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K54" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" t="s">
         <v>143</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="E55" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="F55" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="G55" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H55" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K55" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="B56" t="s">
+        <v>144</v>
+      </c>
+      <c r="C56" t="s">
         <v>145</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>115</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>117</v>
+      </c>
+      <c r="G56" t="s">
+        <v>129</v>
+      </c>
+      <c r="H56" t="s">
+        <v>130</v>
+      </c>
+      <c r="I56">
+        <v>17</v>
+      </c>
+      <c r="J56" t="s">
         <v>146</v>
       </c>
-      <c r="D56" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K56" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>147</v>
+      </c>
+      <c r="B57" t="s">
+        <v>148</v>
       </c>
       <c r="C57" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" t="s">
+        <v>150</v>
+      </c>
+      <c r="E57" t="s">
+        <v>151</v>
+      </c>
+      <c r="F57" t="s">
+        <v>152</v>
+      </c>
+      <c r="G57" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57" t="s">
+        <v>23</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57" t="s">
         <v>148</v>
       </c>
-      <c r="D57" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K57" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>147</v>
+      </c>
+      <c r="B58" t="s">
+        <v>153</v>
       </c>
       <c r="C58" t="s">
+        <v>154</v>
+      </c>
+      <c r="D58" t="s">
+        <v>150</v>
+      </c>
+      <c r="E58" t="s">
         <v>151</v>
       </c>
-      <c r="D58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="G58" t="s">
-        <v>152</v>
+        <v>57</v>
       </c>
       <c r="H58" t="s">
+        <v>58</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58" t="s">
         <v>153</v>
       </c>
-      <c r="I58">
-[...4 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="B59" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D59" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E59" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F59" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="G59" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="H59" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="K59" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="B60" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D60" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E60" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F60" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="G60" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H60" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="K60" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="B61" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C61" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D61" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E61" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F61" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="G61" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H61" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="K61" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="B62" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="C62" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D62" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E62" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F62" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="G62" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="H62" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="K62" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B63" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="C63" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D63" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E63" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F63" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G63" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H63" t="s">
-        <v>71</v>
+        <v>167</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="K63" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="C64" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="D64" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E64" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F64" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G64" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="H64" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="K64" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>161</v>
+      </c>
+      <c r="B65" t="s">
+        <v>170</v>
       </c>
       <c r="C65" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="D65" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E65" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F65" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G65" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="H65" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="I65">
         <v>0</v>
       </c>
-      <c r="J65">
-        <v>487</v>
+      <c r="J65" t="s">
+        <v>170</v>
       </c>
       <c r="K65" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>161</v>
+      </c>
+      <c r="B66" t="s">
+        <v>172</v>
       </c>
       <c r="C66" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="D66" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E66" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F66" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G66" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="H66" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="I66">
         <v>0</v>
       </c>
-      <c r="J66">
-        <v>71</v>
+      <c r="J66" t="s">
+        <v>172</v>
       </c>
       <c r="K66" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>161</v>
+      </c>
+      <c r="B67">
+        <v>952</v>
       </c>
       <c r="C67" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D67" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E67" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F67" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G67" t="s">
-        <v>20</v>
+        <v>175</v>
       </c>
       <c r="H67" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
-      <c r="J67" t="s">
-        <v>162</v>
+      <c r="J67">
+        <v>952</v>
       </c>
       <c r="K67" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
+        <v>176</v>
+      </c>
+      <c r="C68" t="s">
+        <v>177</v>
+      </c>
+      <c r="D68" t="s">
         <v>164</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>165</v>
       </c>
-      <c r="D68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G68" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H68" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="K68" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B69" t="s">
+        <v>178</v>
+      </c>
+      <c r="C69" t="s">
+        <v>179</v>
+      </c>
+      <c r="D69" t="s">
+        <v>164</v>
+      </c>
+      <c r="E69" t="s">
+        <v>165</v>
+      </c>
+      <c r="F69" t="s">
         <v>166</v>
       </c>
-      <c r="C69" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G69" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H69" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="K69" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B70" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="C70" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D70" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E70" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F70" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G70" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H70" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="K70" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C71" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="D71" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E71" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F71" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G71" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H71" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I71">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="K71" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B72" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="C72" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="D72" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="E72" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="F72" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="G72" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="H72" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="K72" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
       <c r="B73" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="C73" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="D73" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="E73" t="s">
-        <v>135</v>
+        <v>190</v>
       </c>
       <c r="F73" t="s">
-        <v>136</v>
+        <v>191</v>
       </c>
       <c r="G73" t="s">
-        <v>149</v>
+        <v>54</v>
       </c>
       <c r="H73" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="I73">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="K73" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>186</v>
+      </c>
+      <c r="B74" t="s">
+        <v>192</v>
       </c>
       <c r="C74" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="D74" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="E74" t="s">
-        <v>135</v>
+        <v>190</v>
       </c>
       <c r="F74" t="s">
-        <v>136</v>
+        <v>191</v>
       </c>
       <c r="G74" t="s">
-        <v>152</v>
+        <v>57</v>
       </c>
       <c r="H74" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="I74">
         <v>0</v>
       </c>
-      <c r="J74">
-        <v>575</v>
+      <c r="J74" t="s">
+        <v>192</v>
       </c>
       <c r="K74" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B75" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="C75" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="D75" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E75" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F75" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G75" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H75" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I75">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="K75" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B76" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="C76" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="D76" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E76" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F76" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G76" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H76" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="K76" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B77" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C77" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="D77" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E77" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F77" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G77" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H77" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="K77" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B78" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="C78" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="D78" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E78" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F78" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G78" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="H78" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="K78" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>186</v>
+      </c>
+      <c r="B79">
+        <v>487</v>
       </c>
       <c r="C79" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="D79" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E79" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F79" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G79" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H79" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>205</v>
+      </c>
+      <c r="I79">
+        <v>0</v>
       </c>
       <c r="J79">
-        <v>0</v>
+        <v>487</v>
       </c>
       <c r="K79" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="B80" t="s">
+        <v>186</v>
+      </c>
+      <c r="B80">
+        <v>71</v>
+      </c>
+      <c r="C80" t="s">
+        <v>206</v>
+      </c>
+      <c r="D80" t="s">
         <v>189</v>
       </c>
-      <c r="C80" t="s">
+      <c r="E80" t="s">
         <v>190</v>
       </c>
-      <c r="D80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="G80" t="s">
-        <v>147</v>
+        <v>207</v>
       </c>
       <c r="H80" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>192</v>
+        <v>208</v>
+      </c>
+      <c r="I80">
+        <v>0</v>
+      </c>
+      <c r="J80">
+        <v>71</v>
       </c>
       <c r="K80" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B81" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C81" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="D81" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E81" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F81" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G81" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="H81" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="K81" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C82" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="D82" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E82" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F82" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G82" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H82" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="K82" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C83" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="D83" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E83" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F83" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G83" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H83" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="K83" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B84" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C84" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="D84" t="s">
+        <v>189</v>
+      </c>
+      <c r="E84" t="s">
+        <v>190</v>
+      </c>
+      <c r="F84" t="s">
+        <v>191</v>
+      </c>
+      <c r="G84" t="s">
+        <v>100</v>
+      </c>
+      <c r="H84" t="s">
+        <v>101</v>
+      </c>
+      <c r="I84">
+        <v>0</v>
+      </c>
+      <c r="J84" t="s">
         <v>196</v>
       </c>
-      <c r="E84" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K84" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B85" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C85" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="D85" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E85" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F85" t="s">
+        <v>191</v>
+      </c>
+      <c r="G85" t="s">
+        <v>125</v>
+      </c>
+      <c r="H85" t="s">
+        <v>126</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
+      </c>
+      <c r="J85" t="s">
         <v>198</v>
       </c>
-      <c r="G85" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K85" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B86" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C86" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="D86" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E86" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F86" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G86" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H86" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K86" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>186</v>
+      </c>
+      <c r="B87">
+        <v>487</v>
       </c>
       <c r="C87" t="s">
+        <v>215</v>
+      </c>
+      <c r="D87" t="s">
+        <v>189</v>
+      </c>
+      <c r="E87" t="s">
+        <v>190</v>
+      </c>
+      <c r="F87" t="s">
+        <v>191</v>
+      </c>
+      <c r="G87" t="s">
+        <v>204</v>
+      </c>
+      <c r="H87" t="s">
         <v>205</v>
       </c>
-      <c r="D87" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I87">
         <v>0</v>
       </c>
-      <c r="J87" t="s">
-        <v>199</v>
+      <c r="J87">
+        <v>487</v>
       </c>
       <c r="K87" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>186</v>
+      </c>
+      <c r="B88">
+        <v>71</v>
       </c>
       <c r="C88" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="D88" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E88" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F88" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G88" t="s">
-        <v>45</v>
+        <v>207</v>
       </c>
       <c r="H88" t="s">
-        <v>46</v>
+        <v>208</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
-      <c r="J88" t="s">
-        <v>199</v>
+      <c r="J88">
+        <v>71</v>
       </c>
       <c r="K88" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B89" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="C89" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="D89" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E89" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F89" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G89" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="H89" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="K89" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B90" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="C90" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="D90" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E90" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F90" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G90" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H90" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="K90" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="C91" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="D91" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E91" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F91" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G91" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H91" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="K91" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B92" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="C92" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="D92" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E92" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F92" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G92" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H92" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I92">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="K92" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="B93" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C93" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="D93" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="E93" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="F93" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="G93" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="H93" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="K93" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="B94" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="C94" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="D94" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="E94" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="F94" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="G94" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="H94" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="K94" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="B95" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C95" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="D95" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="E95" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="F95" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="G95" t="s">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="H95" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="K95" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>186</v>
+      </c>
+      <c r="B96">
+        <v>575</v>
       </c>
       <c r="C96" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D96" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="E96" t="s">
-        <v>217</v>
+        <v>190</v>
       </c>
       <c r="F96" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="G96" t="s">
-        <v>42</v>
+        <v>207</v>
       </c>
       <c r="H96" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>226</v>
+        <v>208</v>
+      </c>
+      <c r="I96">
+        <v>0</v>
+      </c>
+      <c r="J96">
+        <v>575</v>
       </c>
       <c r="K96" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="B97" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C97" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D97" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="E97" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="F97" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="G97" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="H97" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
+      </c>
+      <c r="J97" t="s">
+        <v>233</v>
       </c>
       <c r="K97" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="B98" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C98" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="D98" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="E98" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="F98" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="G98" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H98" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="K98" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="B99" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C99" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="D99" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="E99" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="F99" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="G99" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="H99" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="K99" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>232</v>
+      </c>
+      <c r="B100" t="s">
+        <v>238</v>
       </c>
       <c r="C100" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="D100" t="s">
         <v>235</v>
       </c>
       <c r="E100" t="s">
         <v>236</v>
       </c>
       <c r="F100" t="s">
         <v>237</v>
       </c>
       <c r="G100" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="H100" t="s">
+        <v>130</v>
+      </c>
+      <c r="I100">
+        <v>0</v>
+      </c>
+      <c r="J100" t="s">
         <v>238</v>
       </c>
-      <c r="I100">
-[...4 lines deleted...]
-      </c>
       <c r="K100" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>232</v>
+      </c>
+      <c r="B101" t="s">
+        <v>242</v>
       </c>
       <c r="C101" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D101" t="s">
         <v>235</v>
       </c>
       <c r="E101" t="s">
         <v>236</v>
       </c>
       <c r="F101" t="s">
         <v>237</v>
       </c>
       <c r="G101" t="s">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="H101" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I101" t="s">
+        <v>242</v>
       </c>
       <c r="J101">
-        <v>404</v>
+        <v>0</v>
       </c>
       <c r="K101" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>232</v>
+      </c>
+      <c r="B102" t="s">
+        <v>244</v>
       </c>
       <c r="C102" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D102" t="s">
         <v>235</v>
       </c>
       <c r="E102" t="s">
         <v>236</v>
       </c>
       <c r="F102" t="s">
         <v>237</v>
       </c>
       <c r="G102" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="H102" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>130</v>
+      </c>
+      <c r="I102" t="s">
+        <v>246</v>
+      </c>
+      <c r="J102" t="s">
+        <v>247</v>
       </c>
       <c r="K102" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>248</v>
+      </c>
+      <c r="B103" t="s">
+        <v>249</v>
       </c>
       <c r="C103" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="D103" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E103" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F103" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G103" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H103" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
-      <c r="J103">
-        <v>60</v>
+      <c r="J103" t="s">
+        <v>249</v>
       </c>
       <c r="K103" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>248</v>
+      </c>
+      <c r="B104" t="s">
+        <v>254</v>
       </c>
       <c r="C104" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="D104" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E104" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F104" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G104" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H104" t="s">
-        <v>238</v>
+        <v>58</v>
       </c>
       <c r="I104">
         <v>0</v>
       </c>
-      <c r="J104">
-        <v>705</v>
+      <c r="J104" t="s">
+        <v>254</v>
       </c>
       <c r="K104" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>248</v>
+      </c>
+      <c r="B105" t="s">
+        <v>254</v>
       </c>
       <c r="C105" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="D105" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E105" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F105" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G105" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H105" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I105">
         <v>0</v>
       </c>
-      <c r="J105">
-        <v>404</v>
+      <c r="J105" t="s">
+        <v>254</v>
       </c>
       <c r="K105" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>248</v>
+      </c>
+      <c r="B106" t="s">
+        <v>254</v>
       </c>
       <c r="C106" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="D106" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E106" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F106" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G106" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H106" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="I106">
         <v>0</v>
       </c>
-      <c r="J106">
-        <v>502</v>
+      <c r="J106" t="s">
+        <v>254</v>
       </c>
       <c r="K106" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>248</v>
+      </c>
+      <c r="B107" t="s">
+        <v>249</v>
       </c>
       <c r="C107" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="D107" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E107" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F107" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G107" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H107" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
-      <c r="J107">
-        <v>60</v>
+      <c r="J107" t="s">
+        <v>249</v>
       </c>
       <c r="K107" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="B108" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C108" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="D108" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E108" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F108" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G108" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H108" t="s">
-        <v>238</v>
+        <v>58</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="K108" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="B109" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C109" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="D109" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="E109" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="F109" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G109" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H109" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="K109" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="B110" t="s">
+        <v>254</v>
+      </c>
+      <c r="C110" t="s">
+        <v>261</v>
+      </c>
+      <c r="D110" t="s">
         <v>251</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>252</v>
       </c>
-      <c r="D110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="G110" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H110" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="I110">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="K110" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>248</v>
+      </c>
+      <c r="B111" t="s">
+        <v>262</v>
       </c>
       <c r="C111" t="s">
+        <v>263</v>
+      </c>
+      <c r="D111" t="s">
+        <v>251</v>
+      </c>
+      <c r="E111" t="s">
+        <v>252</v>
+      </c>
+      <c r="F111" t="s">
         <v>253</v>
       </c>
-      <c r="D111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G111" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H111" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="I111">
         <v>0</v>
       </c>
-      <c r="J111">
-        <v>482</v>
+      <c r="J111" t="s">
+        <v>262</v>
       </c>
       <c r="K111" t="s">
-        <v>239</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B112" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="C112" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D112" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E112" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F112" t="s">
-        <v>97</v>
+        <v>253</v>
       </c>
       <c r="G112" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H112" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="K112" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B113" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C113" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="D113" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E113" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F113" t="s">
-        <v>97</v>
+        <v>253</v>
       </c>
       <c r="G113" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H113" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I113">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="K113" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B114" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C114" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D114" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E114" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F114" t="s">
-        <v>97</v>
+        <v>253</v>
       </c>
       <c r="G114" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H114" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="K114" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B115" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C115" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D115" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="E115" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="F115" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G115" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="H115" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="I115">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="K115" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B116" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="C116" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="D116" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="E116" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="F116" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G116" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H116" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="I116">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="K116" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B117" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="C117" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="D117" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="E117" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="F117" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G117" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H117" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I117">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="K117" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B118" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="C118" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="D118" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="E118" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="F118" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G118" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="H118" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I118" t="s">
+        <v>280</v>
       </c>
       <c r="J118" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="K118" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B119" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="C119" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="D119" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="E119" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="F119" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G119" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H119" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>269</v>
+        <v>101</v>
+      </c>
+      <c r="I119" t="s">
+        <v>282</v>
+      </c>
+      <c r="J119">
+        <v>0</v>
       </c>
       <c r="K119" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B120" t="s">
+        <v>284</v>
+      </c>
+      <c r="C120" t="s">
+        <v>285</v>
+      </c>
+      <c r="D120" t="s">
         <v>271</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>272</v>
       </c>
-      <c r="D120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G120" t="s">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="H120" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>602</v>
+        <v>126</v>
+      </c>
+      <c r="I120">
+        <v>0</v>
+      </c>
+      <c r="J120" t="s">
+        <v>284</v>
       </c>
       <c r="K120" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="B121" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="C121" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="D121" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="E121" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="F121" t="s">
-        <v>97</v>
+        <v>273</v>
       </c>
       <c r="G121" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H121" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="K121" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>288</v>
+      </c>
+      <c r="B122">
+        <v>705</v>
       </c>
       <c r="C122" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="D122" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E122" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F122" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G122" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H122" t="s">
-        <v>43</v>
+        <v>293</v>
       </c>
       <c r="I122">
         <v>0</v>
       </c>
-      <c r="J122" t="s">
-        <v>279</v>
+      <c r="J122">
+        <v>705</v>
       </c>
       <c r="K122" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>288</v>
+      </c>
+      <c r="B123">
+        <v>404</v>
       </c>
       <c r="C123" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="D123" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E123" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F123" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G123" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="H123" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I123">
         <v>0</v>
       </c>
-      <c r="J123" t="s">
-        <v>281</v>
+      <c r="J123">
+        <v>404</v>
       </c>
       <c r="K123" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>288</v>
+      </c>
+      <c r="B124">
+        <v>502</v>
       </c>
       <c r="C124" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="D124" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E124" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F124" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G124" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H124" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I124">
         <v>0</v>
       </c>
-      <c r="J124" t="s">
-        <v>283</v>
+      <c r="J124">
+        <v>502</v>
       </c>
       <c r="K124" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>288</v>
+      </c>
+      <c r="B125">
+        <v>60</v>
       </c>
       <c r="C125" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="D125" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E125" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F125" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G125" t="s">
-        <v>287</v>
+        <v>100</v>
       </c>
       <c r="H125" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I125">
         <v>0</v>
       </c>
-      <c r="J125" t="s">
-        <v>285</v>
+      <c r="J125">
+        <v>60</v>
       </c>
       <c r="K125" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>288</v>
+      </c>
+      <c r="B126">
+        <v>705</v>
       </c>
       <c r="C126" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="D126" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E126" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F126" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G126" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H126" t="s">
-        <v>24</v>
+        <v>293</v>
       </c>
       <c r="I126">
         <v>0</v>
       </c>
-      <c r="J126" t="s">
-        <v>275</v>
+      <c r="J126">
+        <v>705</v>
       </c>
       <c r="K126" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>288</v>
+      </c>
+      <c r="B127">
+        <v>404</v>
       </c>
       <c r="C127" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="D127" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E127" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F127" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G127" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H127" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I127">
         <v>0</v>
       </c>
-      <c r="J127" t="s">
-        <v>279</v>
+      <c r="J127">
+        <v>404</v>
       </c>
       <c r="K127" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>288</v>
+      </c>
+      <c r="B128">
+        <v>502</v>
       </c>
       <c r="C128" t="s">
+        <v>300</v>
+      </c>
+      <c r="D128" t="s">
         <v>290</v>
       </c>
-      <c r="D128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F128" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G128" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H128" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I128">
         <v>0</v>
       </c>
-      <c r="J128" t="s">
-        <v>281</v>
+      <c r="J128">
+        <v>502</v>
       </c>
       <c r="K128" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>288</v>
+      </c>
+      <c r="B129">
+        <v>60</v>
       </c>
       <c r="C129" t="s">
+        <v>301</v>
+      </c>
+      <c r="D129" t="s">
+        <v>290</v>
+      </c>
+      <c r="E129" t="s">
         <v>291</v>
       </c>
-      <c r="D129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G129" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="H129" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I129">
         <v>0</v>
       </c>
-      <c r="J129" t="s">
-        <v>283</v>
+      <c r="J129">
+        <v>60</v>
       </c>
       <c r="K129" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="B130" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="C130" t="s">
+        <v>303</v>
+      </c>
+      <c r="D130" t="s">
+        <v>290</v>
+      </c>
+      <c r="E130" t="s">
+        <v>291</v>
+      </c>
+      <c r="F130" t="s">
         <v>292</v>
       </c>
-      <c r="D130" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G130" t="s">
-        <v>287</v>
+        <v>54</v>
       </c>
       <c r="H130" t="s">
-        <v>75</v>
+        <v>293</v>
       </c>
       <c r="I130">
         <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="K130" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="B131" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="C131" t="s">
+        <v>305</v>
+      </c>
+      <c r="D131" t="s">
+        <v>290</v>
+      </c>
+      <c r="E131" t="s">
+        <v>291</v>
+      </c>
+      <c r="F131" t="s">
+        <v>292</v>
+      </c>
+      <c r="G131" t="s">
+        <v>57</v>
+      </c>
+      <c r="H131" t="s">
+        <v>58</v>
+      </c>
+      <c r="I131">
+        <v>0</v>
+      </c>
+      <c r="J131" t="s">
+        <v>304</v>
+      </c>
+      <c r="K131" t="s">
         <v>294</v>
-      </c>
-[...22 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="B132" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="C132" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="D132" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E132" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F132" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G132" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H132" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I132">
         <v>0</v>
       </c>
       <c r="J132" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="K132" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>288</v>
+      </c>
+      <c r="B133">
+        <v>482</v>
       </c>
       <c r="C133" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="D133" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E133" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F133" t="s">
-        <v>97</v>
+        <v>292</v>
       </c>
       <c r="G133" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H133" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I133">
         <v>0</v>
       </c>
-      <c r="J133" t="s">
-        <v>297</v>
+      <c r="J133">
+        <v>482</v>
       </c>
       <c r="K133" t="s">
-        <v>37</v>
+        <v>294</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="B134" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="C134" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="D134" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="E134" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="F134" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G134" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="H134" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="I134">
         <v>0</v>
       </c>
       <c r="J134" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K134" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="B135" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C135" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="D135" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="E135" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="F135" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G135" t="s">
-        <v>287</v>
+        <v>57</v>
       </c>
       <c r="H135" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="I135">
         <v>0</v>
       </c>
       <c r="J135" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="K135" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B136" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="C136" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="D136" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E136" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F136" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G136" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H136" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I136">
         <v>0</v>
       </c>
       <c r="J136" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="K136" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B137" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C137" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="D137" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E137" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F137" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G137" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H137" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="K137" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B138" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C138" t="s">
+        <v>320</v>
+      </c>
+      <c r="D138" t="s">
         <v>312</v>
       </c>
-      <c r="D138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F138" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G138" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="H138" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
       <c r="J138" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="K138" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B139" t="s">
+        <v>316</v>
+      </c>
+      <c r="C139" t="s">
+        <v>321</v>
+      </c>
+      <c r="D139" t="s">
+        <v>312</v>
+      </c>
+      <c r="E139" t="s">
         <v>313</v>
       </c>
-      <c r="C139" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F139" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G139" t="s">
-        <v>315</v>
+        <v>98</v>
       </c>
       <c r="H139" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="K139" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B140" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C140" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="D140" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E140" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F140" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G140" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="K140" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B141" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="C141" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="D141" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E141" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F141" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G141" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H141" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I141">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="K141" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B142" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="C142" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="D142" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E142" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F142" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G142" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H142" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>62</v>
+      </c>
+      <c r="I142" t="s">
+        <v>328</v>
+      </c>
+      <c r="J142">
+        <v>602</v>
       </c>
       <c r="K142" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B143" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="C143" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="D143" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="E143" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="F143" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G143" t="s">
-        <v>315</v>
+        <v>57</v>
       </c>
       <c r="H143" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I143">
         <v>0</v>
       </c>
       <c r="J143" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="K143" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B144" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="C144" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="D144" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="E144" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="F144" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G144" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H144" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I144">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="K144" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B145" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="C145" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
       <c r="D145" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="E145" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="F145" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G145" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H145" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="I145">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="K145" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B146" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="C146" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="D146" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="E146" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="F146" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G146" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="H146" t="s">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="I146">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="K146" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B147" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="C147" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="D147" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="E147" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="F147" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
       <c r="G147" t="s">
-        <v>315</v>
+        <v>342</v>
       </c>
       <c r="H147" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>130</v>
+      </c>
+      <c r="I147">
+        <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="K147" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B148" t="s">
+        <v>330</v>
+      </c>
+      <c r="C148" t="s">
+        <v>343</v>
+      </c>
+      <c r="D148" t="s">
         <v>332</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>333</v>
       </c>
-      <c r="D148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F148" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G148" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H148" t="s">
-        <v>337</v>
+        <v>58</v>
       </c>
       <c r="I148">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="K148" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B149" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C149" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D149" t="s">
+        <v>332</v>
+      </c>
+      <c r="E149" t="s">
+        <v>333</v>
+      </c>
+      <c r="F149" t="s">
+        <v>152</v>
+      </c>
+      <c r="G149" t="s">
+        <v>98</v>
+      </c>
+      <c r="H149" t="s">
+        <v>62</v>
+      </c>
+      <c r="I149">
+        <v>0</v>
+      </c>
+      <c r="J149" t="s">
         <v>334</v>
       </c>
-      <c r="E149" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K149" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B150" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C150" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D150" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E150" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F150" t="s">
+        <v>152</v>
+      </c>
+      <c r="G150" t="s">
+        <v>100</v>
+      </c>
+      <c r="H150" t="s">
+        <v>101</v>
+      </c>
+      <c r="I150">
+        <v>0</v>
+      </c>
+      <c r="J150" t="s">
         <v>336</v>
       </c>
-      <c r="G150" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K150" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B151" t="s">
         <v>338</v>
       </c>
       <c r="C151" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D151" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E151" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F151" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G151" t="s">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="H151" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I151">
         <v>0</v>
       </c>
       <c r="J151" t="s">
         <v>338</v>
       </c>
       <c r="K151" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B152" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C152" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D152" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E152" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F152" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G152" t="s">
-        <v>20</v>
+        <v>342</v>
       </c>
       <c r="H152" t="s">
-        <v>337</v>
+        <v>130</v>
       </c>
       <c r="I152">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="K152" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B153" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C153" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D153" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E153" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F153" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G153" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H153" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>58</v>
+      </c>
+      <c r="I153">
+        <v>0</v>
       </c>
       <c r="J153" t="s">
         <v>348</v>
       </c>
       <c r="K153" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="B154" t="s">
         <v>350</v>
       </c>
       <c r="C154" t="s">
         <v>351</v>
       </c>
       <c r="D154" t="s">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="E154" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="F154" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G154" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="H154" t="s">
-        <v>337</v>
+        <v>62</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
       <c r="J154" t="s">
         <v>350</v>
       </c>
       <c r="K154" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="B155" t="s">
+        <v>352</v>
+      </c>
+      <c r="C155" t="s">
+        <v>353</v>
+      </c>
+      <c r="D155" t="s">
+        <v>332</v>
+      </c>
+      <c r="E155" t="s">
+        <v>333</v>
+      </c>
+      <c r="F155" t="s">
+        <v>152</v>
+      </c>
+      <c r="G155" t="s">
+        <v>100</v>
+      </c>
+      <c r="H155" t="s">
+        <v>101</v>
+      </c>
+      <c r="I155" t="s">
         <v>354</v>
       </c>
-      <c r="C155" t="s">
+      <c r="J155" t="s">
         <v>355</v>
       </c>
-      <c r="D155" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K155" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="B156" t="s">
         <v>356</v>
       </c>
       <c r="C156" t="s">
         <v>357</v>
       </c>
       <c r="D156" t="s">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="E156" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="F156" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G156" t="s">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="H156" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="I156">
         <v>0</v>
       </c>
       <c r="J156" t="s">
         <v>356</v>
       </c>
       <c r="K156" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="B157" t="s">
         <v>358</v>
       </c>
       <c r="C157" t="s">
         <v>359</v>
       </c>
       <c r="D157" t="s">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="E157" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="F157" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G157" t="s">
-        <v>20</v>
+        <v>342</v>
       </c>
       <c r="H157" t="s">
-        <v>337</v>
+        <v>130</v>
       </c>
       <c r="I157">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J157" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="K157" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B158" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="C158" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D158" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="E158" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="F158" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="G158" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H158" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="K158" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B159" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="C159" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="D159" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="E159" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="F159" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="G159" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H159" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I159">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="K159" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B160" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C160" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="D160" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="E160" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="F160" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="G160" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H160" t="s">
-        <v>337</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="I160">
+        <v>0</v>
+      </c>
+      <c r="J160" t="s">
+        <v>369</v>
       </c>
       <c r="K160" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B161" t="s">
+        <v>371</v>
+      </c>
+      <c r="C161" t="s">
+        <v>372</v>
+      </c>
+      <c r="D161" t="s">
         <v>364</v>
       </c>
-      <c r="C161" t="s">
+      <c r="E161" t="s">
         <v>365</v>
       </c>
-      <c r="D161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="G161" t="s">
-        <v>40</v>
+        <v>373</v>
       </c>
       <c r="H161" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I161">
+        <v>0</v>
+      </c>
+      <c r="J161" t="s">
+        <v>371</v>
       </c>
       <c r="K161" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B162" t="s">
+        <v>374</v>
+      </c>
+      <c r="C162" t="s">
+        <v>375</v>
+      </c>
+      <c r="D162" t="s">
+        <v>364</v>
+      </c>
+      <c r="E162" t="s">
+        <v>365</v>
+      </c>
+      <c r="F162" t="s">
         <v>366</v>
       </c>
-      <c r="C162" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G162" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H162" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="I162">
+        <v>0</v>
+      </c>
+      <c r="J162" t="s">
+        <v>374</v>
       </c>
       <c r="K162" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B163" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C163" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="D163" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E163" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="F163" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="G163" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="H163" t="s">
-        <v>374</v>
+        <v>62</v>
       </c>
       <c r="I163">
         <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="K163" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B164" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C164" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D164" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E164" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="F164" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="G164" t="s">
-        <v>377</v>
+        <v>100</v>
       </c>
       <c r="H164" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="K164" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B165" t="s">
+        <v>371</v>
+      </c>
+      <c r="C165" t="s">
         <v>378</v>
       </c>
-      <c r="C165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D165" t="s">
+        <v>364</v>
+      </c>
+      <c r="E165" t="s">
+        <v>365</v>
+      </c>
+      <c r="F165" t="s">
+        <v>366</v>
+      </c>
+      <c r="G165" t="s">
+        <v>373</v>
+      </c>
+      <c r="H165" t="s">
+        <v>126</v>
+      </c>
+      <c r="I165">
+        <v>0</v>
+      </c>
+      <c r="J165" t="s">
         <v>371</v>
       </c>
-      <c r="E165" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K165" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B166" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C166" t="s">
         <v>380</v>
       </c>
       <c r="D166" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E166" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="F166" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="G166" t="s">
-        <v>377</v>
+        <v>57</v>
       </c>
       <c r="H166" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I166">
-        <v>0</v>
+        <v>947</v>
       </c>
       <c r="J166" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="K166" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B167" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C167" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D167" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E167" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="F167" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="G167" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="H167" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I167" t="s">
+        <v>384</v>
       </c>
       <c r="J167" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="K167" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B168" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C168" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D168" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="E168" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="F168" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="G168" t="s">
-        <v>377</v>
+        <v>100</v>
       </c>
       <c r="H168" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I168">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="K168" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="B169" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C169" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D169" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="E169" t="s">
-        <v>389</v>
+        <v>365</v>
       </c>
       <c r="F169" t="s">
+        <v>366</v>
+      </c>
+      <c r="G169" t="s">
+        <v>373</v>
+      </c>
+      <c r="H169" t="s">
+        <v>126</v>
+      </c>
+      <c r="I169" t="s">
         <v>390</v>
       </c>
-      <c r="G169" t="s">
-[...2 lines deleted...]
-      <c r="H169" t="s">
+      <c r="J169" t="s">
         <v>391</v>
       </c>
-      <c r="I169">
-[...4 lines deleted...]
-      </c>
       <c r="K169" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B170" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C170" t="s">
+        <v>394</v>
+      </c>
+      <c r="D170" t="s">
+        <v>395</v>
+      </c>
+      <c r="E170" t="s">
+        <v>396</v>
+      </c>
+      <c r="F170" t="s">
+        <v>50</v>
+      </c>
+      <c r="G170" t="s">
+        <v>54</v>
+      </c>
+      <c r="H170" t="s">
+        <v>397</v>
+      </c>
+      <c r="I170">
+        <v>0</v>
+      </c>
+      <c r="J170" t="s">
         <v>393</v>
       </c>
-      <c r="D170" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K170" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B171" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C171" t="s">
+        <v>399</v>
+      </c>
+      <c r="D171" t="s">
         <v>395</v>
       </c>
-      <c r="D171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E171" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F171" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G171" t="s">
-        <v>396</v>
+        <v>57</v>
       </c>
       <c r="H171" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I171">
         <v>0</v>
       </c>
       <c r="J171" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="K171" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B172" t="s">
+        <v>400</v>
+      </c>
+      <c r="C172" t="s">
+        <v>401</v>
+      </c>
+      <c r="D172" t="s">
+        <v>395</v>
+      </c>
+      <c r="E172" t="s">
+        <v>396</v>
+      </c>
+      <c r="F172" t="s">
+        <v>50</v>
+      </c>
+      <c r="G172" t="s">
+        <v>54</v>
+      </c>
+      <c r="H172" t="s">
         <v>397</v>
       </c>
-      <c r="C172" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I172">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="K172" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B173" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C173" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D173" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E173" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F173" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G173" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H173" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="K173" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B174" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="C174" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D174" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E174" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F174" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G174" t="s">
-        <v>396</v>
+        <v>54</v>
       </c>
       <c r="H174" t="s">
-        <v>43</v>
+        <v>397</v>
       </c>
       <c r="I174">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="K174" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B175" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C175" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D175" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E175" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F175" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G175" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H175" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="I175" t="s">
+        <v>407</v>
       </c>
       <c r="J175" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="K175" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>385</v>
+        <v>409</v>
       </c>
       <c r="B176" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C176" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="D176" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E176" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F176" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G176" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H176" t="s">
-        <v>24</v>
+        <v>397</v>
       </c>
       <c r="I176">
         <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="K176" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>385</v>
+        <v>409</v>
       </c>
       <c r="B177" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C177" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="D177" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E177" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F177" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G177" t="s">
-        <v>396</v>
+        <v>57</v>
       </c>
       <c r="H177" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>58</v>
+      </c>
+      <c r="I177">
+        <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="K177" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
         <v>409</v>
       </c>
       <c r="B178" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C178" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="D178" t="s">
         <v>412</v>
       </c>
       <c r="E178" t="s">
         <v>413</v>
       </c>
       <c r="F178" t="s">
-        <v>414</v>
+        <v>50</v>
       </c>
       <c r="G178" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="H178" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="I178">
         <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="K178" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
         <v>409</v>
       </c>
       <c r="B179" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C179" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D179" t="s">
         <v>412</v>
       </c>
       <c r="E179" t="s">
         <v>413</v>
       </c>
       <c r="F179" t="s">
-        <v>414</v>
+        <v>50</v>
       </c>
       <c r="G179" t="s">
-        <v>149</v>
+        <v>54</v>
       </c>
       <c r="H179" t="s">
-        <v>150</v>
+        <v>397</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="K179" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
         <v>409</v>
       </c>
       <c r="B180" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C180" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D180" t="s">
         <v>412</v>
       </c>
       <c r="E180" t="s">
         <v>413</v>
       </c>
       <c r="F180" t="s">
+        <v>50</v>
+      </c>
+      <c r="G180" t="s">
+        <v>57</v>
+      </c>
+      <c r="H180" t="s">
+        <v>58</v>
+      </c>
+      <c r="I180">
+        <v>0</v>
+      </c>
+      <c r="J180" t="s">
         <v>414</v>
       </c>
-      <c r="G180" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K180" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
         <v>409</v>
       </c>
       <c r="B181" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C181" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D181" t="s">
         <v>412</v>
       </c>
       <c r="E181" t="s">
         <v>413</v>
       </c>
       <c r="F181" t="s">
-        <v>414</v>
+        <v>50</v>
       </c>
       <c r="G181" t="s">
-        <v>149</v>
+        <v>98</v>
       </c>
       <c r="H181" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K181" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
         <v>409</v>
       </c>
       <c r="B182" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C182" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D182" t="s">
         <v>412</v>
       </c>
       <c r="E182" t="s">
         <v>413</v>
       </c>
       <c r="F182" t="s">
-        <v>414</v>
+        <v>50</v>
       </c>
       <c r="G182" t="s">
-        <v>147</v>
+        <v>54</v>
       </c>
       <c r="H182" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>420</v>
+        <v>397</v>
+      </c>
+      <c r="I182" t="s">
+        <v>422</v>
+      </c>
+      <c r="J182">
+        <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
         <v>409</v>
       </c>
       <c r="B183" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C183" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D183" t="s">
         <v>412</v>
       </c>
       <c r="E183" t="s">
         <v>413</v>
       </c>
       <c r="F183" t="s">
-        <v>414</v>
+        <v>50</v>
       </c>
       <c r="G183" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="H183" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>422</v>
+        <v>58</v>
+      </c>
+      <c r="I183" t="s">
+        <v>424</v>
+      </c>
+      <c r="J183">
+        <v>0</v>
       </c>
       <c r="K183" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="B184" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C184" t="s">
+        <v>427</v>
+      </c>
+      <c r="D184" t="s">
+        <v>412</v>
+      </c>
+      <c r="E184" t="s">
+        <v>413</v>
+      </c>
+      <c r="F184" t="s">
+        <v>50</v>
+      </c>
+      <c r="G184" t="s">
+        <v>98</v>
+      </c>
+      <c r="H184" t="s">
+        <v>62</v>
+      </c>
+      <c r="I184" t="s">
         <v>426</v>
       </c>
-      <c r="D184" t="s">
-[...18 lines deleted...]
-        <v>425</v>
+      <c r="J184">
+        <v>0</v>
       </c>
       <c r="K184" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B185" t="s">
         <v>429</v>
       </c>
       <c r="C185" t="s">
         <v>430</v>
       </c>
       <c r="D185" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="E185" t="s">
-        <v>428</v>
+        <v>15</v>
       </c>
       <c r="F185" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G185" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H185" t="s">
-        <v>46</v>
+        <v>431</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
       <c r="J185" t="s">
         <v>429</v>
       </c>
       <c r="K185" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B186" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C186" t="s">
+        <v>433</v>
+      </c>
+      <c r="D186" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" t="s">
+        <v>16</v>
+      </c>
+      <c r="G186" t="s">
+        <v>434</v>
+      </c>
+      <c r="H186" t="s">
+        <v>58</v>
+      </c>
+      <c r="I186">
+        <v>0</v>
+      </c>
+      <c r="J186" t="s">
         <v>432</v>
       </c>
-      <c r="D186" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K186" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B187" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C187" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D187" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="E187" t="s">
-        <v>428</v>
+        <v>15</v>
       </c>
       <c r="F187" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>147</v>
+        <v>54</v>
       </c>
       <c r="H187" t="s">
-        <v>75</v>
+        <v>431</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="K187" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B188" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C188" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D188" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="E188" t="s">
-        <v>428</v>
+        <v>15</v>
       </c>
       <c r="F188" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G188" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="H188" t="s">
-        <v>150</v>
+        <v>58</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="K188" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B189" t="s">
         <v>438</v>
       </c>
       <c r="C189" t="s">
         <v>439</v>
       </c>
       <c r="D189" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="E189" t="s">
-        <v>428</v>
+        <v>15</v>
       </c>
       <c r="F189" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G189" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H189" t="s">
-        <v>43</v>
+        <v>431</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="J189" t="s">
         <v>438</v>
       </c>
       <c r="K189" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B190" t="s">
-        <v>429</v>
+        <v>440</v>
       </c>
       <c r="C190" t="s">
+        <v>441</v>
+      </c>
+      <c r="D190" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" t="s">
+        <v>16</v>
+      </c>
+      <c r="G190" t="s">
+        <v>434</v>
+      </c>
+      <c r="H190" t="s">
+        <v>58</v>
+      </c>
+      <c r="I190">
+        <v>0</v>
+      </c>
+      <c r="J190" t="s">
         <v>440</v>
       </c>
-      <c r="D190" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K190" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B191" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="C191" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D191" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E191" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F191" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G191" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="H191" t="s">
-        <v>71</v>
+        <v>448</v>
       </c>
       <c r="I191">
         <v>0</v>
       </c>
       <c r="J191" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="K191" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B192" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="C192" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="D192" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E192" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F192" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G192" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
       <c r="H192" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="I192">
         <v>0</v>
       </c>
       <c r="J192" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="K192" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B193" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="C193" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="D193" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E193" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F193" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G193" t="s">
-        <v>437</v>
+        <v>453</v>
       </c>
       <c r="H193" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="I193">
         <v>0</v>
       </c>
       <c r="J193" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="K193" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B194" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="C194" t="s">
+        <v>455</v>
+      </c>
+      <c r="D194" t="s">
         <v>445</v>
       </c>
-      <c r="D194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E194" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F194" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G194" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H194" t="s">
-        <v>43</v>
+        <v>448</v>
       </c>
       <c r="I194">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="K194" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B195" t="s">
+        <v>449</v>
+      </c>
+      <c r="C195" t="s">
+        <v>456</v>
+      </c>
+      <c r="D195" t="s">
+        <v>445</v>
+      </c>
+      <c r="E195" t="s">
+        <v>446</v>
+      </c>
+      <c r="F195" t="s">
         <v>447</v>
       </c>
-      <c r="C195" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G195" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="H195" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I195" t="s">
+        <v>58</v>
+      </c>
+      <c r="I195">
+        <v>0</v>
+      </c>
+      <c r="J195" t="s">
         <v>449</v>
       </c>
-      <c r="J195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K195" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B196" t="s">
         <v>451</v>
       </c>
       <c r="C196" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D196" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E196" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F196" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G196" t="s">
-        <v>70</v>
+        <v>453</v>
       </c>
       <c r="H196" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I196">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="K196" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B197" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C197" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D197" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E197" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F197" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G197" t="s">
-        <v>147</v>
+        <v>54</v>
       </c>
       <c r="H197" t="s">
-        <v>75</v>
+        <v>448</v>
       </c>
       <c r="I197">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="K197" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="B198" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C198" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D198" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E198" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="F198" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G198" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="H198" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>58</v>
+      </c>
+      <c r="I198">
+        <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="K198" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="B199" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C199" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D199" t="s">
-        <v>463</v>
+        <v>445</v>
       </c>
       <c r="E199" t="s">
+        <v>446</v>
+      </c>
+      <c r="F199" t="s">
+        <v>447</v>
+      </c>
+      <c r="G199" t="s">
+        <v>453</v>
+      </c>
+      <c r="H199" t="s">
+        <v>62</v>
+      </c>
+      <c r="I199" t="s">
         <v>464</v>
       </c>
-      <c r="F199" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J199" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="K199" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B200" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C200" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D200" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E200" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F200" t="s">
-        <v>336</v>
+        <v>471</v>
       </c>
       <c r="G200" t="s">
+        <v>202</v>
+      </c>
+      <c r="H200" t="s">
+        <v>130</v>
+      </c>
+      <c r="I200">
+        <v>0</v>
+      </c>
+      <c r="J200" t="s">
         <v>467</v>
       </c>
-      <c r="H200" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K200" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B201" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="C201" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D201" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E201" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F201" t="s">
-        <v>336</v>
+        <v>471</v>
       </c>
       <c r="G201" t="s">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="H201" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="I201">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="K201" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B202" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="C202" t="s">
+        <v>475</v>
+      </c>
+      <c r="D202" t="s">
         <v>469</v>
       </c>
-      <c r="D202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E202" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F202" t="s">
-        <v>336</v>
+        <v>471</v>
       </c>
       <c r="G202" t="s">
-        <v>467</v>
+        <v>202</v>
       </c>
       <c r="H202" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="I202">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="K202" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B203" t="s">
+        <v>472</v>
+      </c>
+      <c r="C203" t="s">
+        <v>476</v>
+      </c>
+      <c r="D203" t="s">
+        <v>469</v>
+      </c>
+      <c r="E203" t="s">
         <v>470</v>
       </c>
-      <c r="C203" t="s">
+      <c r="F203" t="s">
         <v>471</v>
       </c>
-      <c r="D203" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G203" t="s">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="H203" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I203" t="s">
+        <v>205</v>
+      </c>
+      <c r="I203">
+        <v>0</v>
+      </c>
+      <c r="J203" t="s">
         <v>472</v>
       </c>
-      <c r="J203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K203" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B204" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C204" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D204" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E204" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F204" t="s">
-        <v>336</v>
+        <v>471</v>
       </c>
       <c r="G204" t="s">
-        <v>467</v>
+        <v>202</v>
       </c>
       <c r="H204" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I204">
+        <v>0</v>
+      </c>
+      <c r="J204" t="s">
+        <v>477</v>
       </c>
       <c r="K204" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="B205" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C205" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D205" t="s">
+        <v>469</v>
+      </c>
+      <c r="E205" t="s">
+        <v>470</v>
+      </c>
+      <c r="F205" t="s">
+        <v>471</v>
+      </c>
+      <c r="G205" t="s">
+        <v>204</v>
+      </c>
+      <c r="H205" t="s">
+        <v>205</v>
+      </c>
+      <c r="I205">
+        <v>0</v>
+      </c>
+      <c r="J205" t="s">
         <v>479</v>
       </c>
-      <c r="E205" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K205" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B206" t="s">
+        <v>482</v>
+      </c>
+      <c r="C206" t="s">
         <v>483</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
         <v>484</v>
       </c>
-      <c r="D206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E206" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F206" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G206" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="H206" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I206">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="K206" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B207" t="s">
+        <v>486</v>
+      </c>
+      <c r="C207" t="s">
+        <v>487</v>
+      </c>
+      <c r="D207" t="s">
+        <v>484</v>
+      </c>
+      <c r="E207" t="s">
         <v>485</v>
       </c>
-      <c r="C207" t="s">
+      <c r="F207" t="s">
+        <v>152</v>
+      </c>
+      <c r="G207" t="s">
+        <v>100</v>
+      </c>
+      <c r="H207" t="s">
+        <v>101</v>
+      </c>
+      <c r="I207">
+        <v>0</v>
+      </c>
+      <c r="J207" t="s">
         <v>486</v>
       </c>
-      <c r="D207" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K207" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B208" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C208" t="s">
+        <v>489</v>
+      </c>
+      <c r="D208" t="s">
+        <v>484</v>
+      </c>
+      <c r="E208" t="s">
+        <v>485</v>
+      </c>
+      <c r="F208" t="s">
+        <v>152</v>
+      </c>
+      <c r="G208" t="s">
+        <v>125</v>
+      </c>
+      <c r="H208" t="s">
+        <v>126</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
+      </c>
+      <c r="J208" t="s">
         <v>488</v>
       </c>
-      <c r="D208" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K208" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B209" t="s">
         <v>490</v>
       </c>
       <c r="C209" t="s">
         <v>491</v>
       </c>
       <c r="D209" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E209" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F209" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G209" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="H209" t="s">
-        <v>482</v>
+        <v>130</v>
       </c>
       <c r="I209">
         <v>0</v>
       </c>
       <c r="J209" t="s">
         <v>490</v>
       </c>
       <c r="K209" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B210" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="C210" t="s">
+        <v>493</v>
+      </c>
+      <c r="D210" t="s">
+        <v>484</v>
+      </c>
+      <c r="E210" t="s">
+        <v>485</v>
+      </c>
+      <c r="F210" t="s">
+        <v>152</v>
+      </c>
+      <c r="G210" t="s">
+        <v>494</v>
+      </c>
+      <c r="H210" t="s">
+        <v>205</v>
+      </c>
+      <c r="I210">
+        <v>0</v>
+      </c>
+      <c r="J210" t="s">
         <v>492</v>
       </c>
-      <c r="D210" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K210" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B211" t="s">
+        <v>495</v>
+      </c>
+      <c r="C211" t="s">
+        <v>496</v>
+      </c>
+      <c r="D211" t="s">
+        <v>484</v>
+      </c>
+      <c r="E211" t="s">
         <v>485</v>
       </c>
-      <c r="C211" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F211" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G211" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H211" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I211">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="K211" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B212" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C212" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D212" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E212" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F212" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G212" t="s">
-        <v>489</v>
+        <v>100</v>
       </c>
       <c r="H212" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I212">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="K212" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B213" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="C213" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D213" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E213" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F213" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G213" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="H213" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>126</v>
+      </c>
+      <c r="I213">
+        <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>309</v>
+        <v>488</v>
       </c>
       <c r="K213" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B214" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C214" t="s">
         <v>499</v>
       </c>
       <c r="D214" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E214" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F214" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G214" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H214" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>130</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="K214" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B215" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="C215" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D215" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E215" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F215" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G215" t="s">
-        <v>42</v>
+        <v>494</v>
       </c>
       <c r="H215" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>205</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>505</v>
+        <v>492</v>
       </c>
       <c r="K215" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B216" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="C216" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="D216" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E216" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F216" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="G216" t="s">
-        <v>489</v>
+        <v>98</v>
       </c>
       <c r="H216" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>62</v>
+      </c>
+      <c r="I216">
+        <v>169</v>
       </c>
       <c r="J216" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="K216" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="B217" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="C217" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="D217" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="E217" t="s">
-        <v>514</v>
+        <v>485</v>
       </c>
       <c r="F217" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G217" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H217" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="I217" t="s">
+        <v>506</v>
       </c>
       <c r="J217" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="K217" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
+        <v>481</v>
+      </c>
+      <c r="B218" t="s">
+        <v>508</v>
+      </c>
+      <c r="C218" t="s">
+        <v>509</v>
+      </c>
+      <c r="D218" t="s">
+        <v>484</v>
+      </c>
+      <c r="E218" t="s">
+        <v>485</v>
+      </c>
+      <c r="F218" t="s">
+        <v>152</v>
+      </c>
+      <c r="G218" t="s">
+        <v>125</v>
+      </c>
+      <c r="H218" t="s">
+        <v>126</v>
+      </c>
+      <c r="I218">
+        <v>536</v>
+      </c>
+      <c r="J218" t="s">
         <v>510</v>
       </c>
-      <c r="B218" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K218" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="B219" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="C219" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="D219" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="E219" t="s">
-        <v>514</v>
+        <v>485</v>
       </c>
       <c r="F219" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G219" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H219" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="K219" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
       <c r="B220" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C220" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="D220" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="E220" t="s">
-        <v>514</v>
+        <v>485</v>
       </c>
       <c r="F220" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G220" t="s">
-        <v>521</v>
+        <v>494</v>
       </c>
       <c r="H220" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I220" t="s">
+        <v>515</v>
       </c>
       <c r="J220" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="K220" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B221" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C221" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="D221" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="E221" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F221" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G221" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H221" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I221">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="K221" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B222" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="C222" t="s">
         <v>523</v>
       </c>
       <c r="D222" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="E222" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F222" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G222" t="s">
-        <v>45</v>
+        <v>524</v>
       </c>
       <c r="H222" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I222">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="K222" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B223" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C223" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D223" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="E223" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F223" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G223" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H223" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I223">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="K223" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B224" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C224" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D224" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="E224" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F224" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G224" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H224" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="I224">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="K224" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B225" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C225" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D225" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="E225" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="F225" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G225" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H225" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I225" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J225" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K225" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B226" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C226" t="s">
+        <v>532</v>
+      </c>
+      <c r="D226" t="s">
+        <v>520</v>
+      </c>
+      <c r="E226" t="s">
+        <v>521</v>
+      </c>
+      <c r="F226" t="s">
+        <v>50</v>
+      </c>
+      <c r="G226" t="s">
+        <v>524</v>
+      </c>
+      <c r="H226" t="s">
+        <v>62</v>
+      </c>
+      <c r="I226" t="s">
         <v>531</v>
       </c>
-      <c r="D226" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J226">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="K226" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>510</v>
+        <v>533</v>
       </c>
       <c r="B227" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C227" t="s">
+        <v>535</v>
+      </c>
+      <c r="D227" t="s">
+        <v>536</v>
+      </c>
+      <c r="E227" t="s">
+        <v>537</v>
+      </c>
+      <c r="F227" t="s">
+        <v>538</v>
+      </c>
+      <c r="G227" t="s">
+        <v>54</v>
+      </c>
+      <c r="H227" t="s">
+        <v>539</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
+      </c>
+      <c r="J227" t="s">
         <v>534</v>
       </c>
-      <c r="D227" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K227" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>510</v>
+        <v>533</v>
       </c>
       <c r="B228" t="s">
+        <v>540</v>
+      </c>
+      <c r="C228" t="s">
+        <v>541</v>
+      </c>
+      <c r="D228" t="s">
         <v>536</v>
       </c>
-      <c r="C228" t="s">
+      <c r="E228" t="s">
         <v>537</v>
       </c>
-      <c r="D228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F228" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G228" t="s">
-        <v>521</v>
+        <v>57</v>
       </c>
       <c r="H228" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>58</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="J228" t="s">
+        <v>540</v>
       </c>
       <c r="K228" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B229" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C229" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D229" t="s">
+        <v>536</v>
+      </c>
+      <c r="E229" t="s">
+        <v>537</v>
+      </c>
+      <c r="F229" t="s">
+        <v>538</v>
+      </c>
+      <c r="G229" t="s">
+        <v>98</v>
+      </c>
+      <c r="H229" t="s">
+        <v>62</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
+      </c>
+      <c r="J229" t="s">
         <v>542</v>
       </c>
-      <c r="E229" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K229" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B230" t="s">
         <v>544</v>
       </c>
       <c r="C230" t="s">
         <v>545</v>
       </c>
       <c r="D230" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E230" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F230" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G230" t="s">
-        <v>45</v>
+        <v>546</v>
       </c>
       <c r="H230" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I230">
         <v>0</v>
       </c>
       <c r="J230" t="s">
         <v>544</v>
       </c>
       <c r="K230" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
+        <v>533</v>
+      </c>
+      <c r="B231" t="s">
+        <v>547</v>
+      </c>
+      <c r="C231" t="s">
+        <v>548</v>
+      </c>
+      <c r="D231" t="s">
+        <v>536</v>
+      </c>
+      <c r="E231" t="s">
+        <v>537</v>
+      </c>
+      <c r="F231" t="s">
+        <v>538</v>
+      </c>
+      <c r="G231" t="s">
+        <v>54</v>
+      </c>
+      <c r="H231" t="s">
         <v>539</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="J231" t="s">
         <v>547</v>
       </c>
-      <c r="D231" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K231" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B232" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="C232" t="s">
         <v>549</v>
       </c>
       <c r="D232" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E232" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F232" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G232" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
       <c r="H232" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="I232">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="K232" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>533</v>
+      </c>
+      <c r="B233" t="s">
+        <v>542</v>
       </c>
       <c r="C233" t="s">
         <v>550</v>
       </c>
       <c r="D233" t="s">
+        <v>536</v>
+      </c>
+      <c r="E233" t="s">
+        <v>537</v>
+      </c>
+      <c r="F233" t="s">
+        <v>538</v>
+      </c>
+      <c r="G233" t="s">
+        <v>98</v>
+      </c>
+      <c r="H233" t="s">
+        <v>62</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
+      </c>
+      <c r="J233" t="s">
         <v>542</v>
       </c>
-      <c r="E233" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K233" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B234" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="C234" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D234" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E234" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F234" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G234" t="s">
-        <v>42</v>
+        <v>546</v>
       </c>
       <c r="H234" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="I234">
         <v>0</v>
       </c>
       <c r="J234" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="K234" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
+        <v>533</v>
+      </c>
+      <c r="B235" t="s">
+        <v>552</v>
+      </c>
+      <c r="C235" t="s">
+        <v>553</v>
+      </c>
+      <c r="D235" t="s">
+        <v>536</v>
+      </c>
+      <c r="E235" t="s">
+        <v>537</v>
+      </c>
+      <c r="F235" t="s">
+        <v>538</v>
+      </c>
+      <c r="G235" t="s">
+        <v>54</v>
+      </c>
+      <c r="H235" t="s">
         <v>539</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="I235" t="s">
         <v>554</v>
       </c>
-      <c r="D235" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J235" t="s">
-        <v>544</v>
+        <v>367</v>
       </c>
       <c r="K235" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B236" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C236" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D236" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E236" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F236" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G236" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H236" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="I236" t="s">
+        <v>557</v>
       </c>
       <c r="J236" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="K236" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B237" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="C237" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="D237" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E237" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F237" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G237" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="H237" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I237" t="s">
+        <v>561</v>
       </c>
       <c r="J237" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="K237" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>533</v>
+      </c>
+      <c r="B238" t="s">
+        <v>563</v>
       </c>
       <c r="C238" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="D238" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E238" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="F238" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G238" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="H238" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>561</v>
+        <v>101</v>
+      </c>
+      <c r="I238" t="s">
+        <v>565</v>
+      </c>
+      <c r="J238" t="s">
+        <v>566</v>
       </c>
       <c r="K238" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="B239" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="C239" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="D239" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="E239" t="s">
-        <v>543</v>
+        <v>571</v>
       </c>
       <c r="F239" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G239" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H239" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I239">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="K239" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="B240" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="C240" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="D240" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="E240" t="s">
-        <v>543</v>
+        <v>571</v>
       </c>
       <c r="F240" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G240" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H240" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>101</v>
+      </c>
+      <c r="I240">
+        <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="K240" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="B241" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="C241" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="D241" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="E241" t="s">
-        <v>543</v>
+        <v>571</v>
       </c>
       <c r="F241" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G241" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H241" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I241">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="K241" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="B242" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="C242" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="D242" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="E242" t="s">
-        <v>543</v>
+        <v>571</v>
       </c>
       <c r="F242" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G242" t="s">
-        <v>147</v>
+        <v>578</v>
       </c>
       <c r="H242" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>569</v>
+        <v>130</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="K242" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="B243" t="s">
+        <v>568</v>
+      </c>
+      <c r="C243" t="s">
+        <v>579</v>
+      </c>
+      <c r="D243" t="s">
+        <v>570</v>
+      </c>
+      <c r="E243" t="s">
         <v>571</v>
       </c>
-      <c r="C243" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F243" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G243" t="s">
-        <v>551</v>
+        <v>98</v>
       </c>
       <c r="H243" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>368</v>
+        <v>62</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="J243" t="s">
+        <v>568</v>
       </c>
       <c r="K243" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B244" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C244" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D244" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E244" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="F244" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G244" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H244" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I244">
         <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="K244" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
+        <v>567</v>
+      </c>
+      <c r="B245" t="s">
         <v>574</v>
       </c>
-      <c r="B245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D245" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E245" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="F245" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G245" t="s">
-        <v>467</v>
+        <v>125</v>
       </c>
       <c r="H245" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="I245">
         <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="K245" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B246" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C246" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D246" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E246" t="s">
+        <v>571</v>
+      </c>
+      <c r="F246" t="s">
+        <v>152</v>
+      </c>
+      <c r="G246" t="s">
         <v>578</v>
       </c>
-      <c r="F246" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H246" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="I246">
         <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="K246" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B247" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="C247" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D247" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E247" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="F247" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G247" t="s">
-        <v>467</v>
+        <v>98</v>
       </c>
       <c r="H247" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I247" t="s">
+        <v>585</v>
       </c>
       <c r="J247" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="K247" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B248" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="C248" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="D248" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E248" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="F248" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G248" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H248" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>583</v>
+        <v>101</v>
+      </c>
+      <c r="I248" t="s">
+        <v>589</v>
+      </c>
+      <c r="J248">
+        <v>19</v>
       </c>
       <c r="K248" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B249" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C249" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="D249" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="E249" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="F249" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G249" t="s">
-        <v>467</v>
+        <v>125</v>
       </c>
       <c r="H249" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="I249" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>592</v>
+      </c>
+      <c r="J249">
+        <v>10</v>
       </c>
       <c r="K249" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>589</v>
+        <v>567</v>
       </c>
       <c r="B250" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C250" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D250" t="s">
-        <v>592</v>
+        <v>570</v>
       </c>
       <c r="E250" t="s">
-        <v>593</v>
+        <v>571</v>
       </c>
       <c r="F250" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G250" t="s">
-        <v>40</v>
+        <v>578</v>
       </c>
       <c r="H250" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>590</v>
+        <v>130</v>
+      </c>
+      <c r="I250" t="s">
+        <v>595</v>
+      </c>
+      <c r="J250">
+        <v>1</v>
       </c>
       <c r="K250" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B251" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C251" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D251" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E251" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F251" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G251" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H251" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I251">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="K251" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B252" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="C252" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D252" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E252" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F252" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G252" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H252" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I252">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="K252" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B253" t="s">
+        <v>603</v>
+      </c>
+      <c r="C253" t="s">
+        <v>604</v>
+      </c>
+      <c r="D253" t="s">
         <v>599</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" t="s">
         <v>600</v>
       </c>
-      <c r="D253" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F253" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G253" t="s">
-        <v>601</v>
+        <v>125</v>
       </c>
       <c r="H253" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I253">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K253" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B254" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="C254" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="D254" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E254" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F254" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G254" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H254" t="s">
-        <v>594</v>
+        <v>130</v>
       </c>
       <c r="I254">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="K254" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <v>596</v>
+      </c>
+      <c r="B255">
+        <v>561</v>
       </c>
       <c r="C255" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="D255" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E255" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F255" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G255" t="s">
-        <v>42</v>
+        <v>608</v>
       </c>
       <c r="H255" t="s">
-        <v>43</v>
+        <v>205</v>
       </c>
       <c r="I255">
         <v>0</v>
       </c>
-      <c r="J255" t="s">
-        <v>595</v>
+      <c r="J255">
+        <v>561</v>
       </c>
       <c r="K255" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B256" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="C256" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="D256" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E256" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F256" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G256" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H256" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I256">
         <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="K256" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B257" t="s">
+        <v>601</v>
+      </c>
+      <c r="C257" t="s">
+        <v>611</v>
+      </c>
+      <c r="D257" t="s">
         <v>599</v>
       </c>
-      <c r="C257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E257" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F257" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G257" t="s">
+        <v>100</v>
+      </c>
+      <c r="H257" t="s">
+        <v>101</v>
+      </c>
+      <c r="I257">
+        <v>0</v>
+      </c>
+      <c r="J257" t="s">
         <v>601</v>
       </c>
-      <c r="H257" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K257" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B258" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C258" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D258" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E258" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F258" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G258" t="s">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="H258" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I258">
+        <v>0</v>
+      </c>
+      <c r="J258" t="s">
+        <v>603</v>
       </c>
       <c r="K258" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B259" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C259" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D259" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E259" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F259" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G259" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="H259" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>130</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
       </c>
       <c r="J259" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="K259" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>596</v>
+      </c>
+      <c r="B260">
+        <v>561</v>
       </c>
       <c r="C260" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D260" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="E260" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F260" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="G260" t="s">
-        <v>45</v>
+        <v>608</v>
       </c>
       <c r="H260" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>615</v>
+        <v>205</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
+      </c>
+      <c r="J260">
+        <v>561</v>
       </c>
       <c r="K260" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B261" t="s">
+        <v>615</v>
+      </c>
+      <c r="C261" t="s">
         <v>616</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>599</v>
+      </c>
+      <c r="E261" t="s">
+        <v>600</v>
+      </c>
+      <c r="F261" t="s">
+        <v>152</v>
+      </c>
+      <c r="G261" t="s">
+        <v>98</v>
+      </c>
+      <c r="H261" t="s">
+        <v>62</v>
+      </c>
+      <c r="I261">
+        <v>15</v>
+      </c>
+      <c r="J261" t="s">
         <v>617</v>
       </c>
-      <c r="D261" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K261" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
+        <v>596</v>
+      </c>
+      <c r="B262" t="s">
         <v>618</v>
       </c>
-      <c r="B262" t="s">
+      <c r="C262" t="s">
         <v>619</v>
       </c>
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>599</v>
+      </c>
+      <c r="E262" t="s">
+        <v>600</v>
+      </c>
+      <c r="F262" t="s">
+        <v>152</v>
+      </c>
+      <c r="G262" t="s">
+        <v>100</v>
+      </c>
+      <c r="H262" t="s">
+        <v>101</v>
+      </c>
+      <c r="I262" t="s">
         <v>620</v>
       </c>
-      <c r="D262" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J262" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="K262" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>618</v>
+        <v>596</v>
       </c>
       <c r="B263" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C263" t="s">
+        <v>623</v>
+      </c>
+      <c r="D263" t="s">
+        <v>599</v>
+      </c>
+      <c r="E263" t="s">
+        <v>600</v>
+      </c>
+      <c r="F263" t="s">
+        <v>152</v>
+      </c>
+      <c r="G263" t="s">
+        <v>125</v>
+      </c>
+      <c r="H263" t="s">
+        <v>126</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
+      </c>
+      <c r="J263" t="s">
         <v>622</v>
       </c>
-      <c r="D263" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K263" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>618</v>
+        <v>596</v>
       </c>
       <c r="B264" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="C264" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D264" t="s">
-        <v>95</v>
+        <v>599</v>
       </c>
       <c r="E264" t="s">
-        <v>96</v>
+        <v>600</v>
       </c>
       <c r="F264" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G264" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="H264" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I264" t="s">
+        <v>626</v>
       </c>
       <c r="J264" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="K264" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>618</v>
+        <v>596</v>
       </c>
       <c r="B265" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C265" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="D265" t="s">
-        <v>95</v>
+        <v>599</v>
       </c>
       <c r="E265" t="s">
-        <v>96</v>
+        <v>600</v>
       </c>
       <c r="F265" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G265" t="s">
-        <v>42</v>
+        <v>608</v>
       </c>
       <c r="H265" t="s">
-        <v>43</v>
+        <v>205</v>
       </c>
       <c r="I265" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>630</v>
+      </c>
+      <c r="J265">
+        <v>257</v>
       </c>
       <c r="K265" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="B266" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C266" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="D266" t="s">
-        <v>95</v>
+        <v>634</v>
       </c>
       <c r="E266" t="s">
-        <v>96</v>
+        <v>635</v>
       </c>
       <c r="F266" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G266" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H266" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I266">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="K266" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="B267" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="C267" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="D267" t="s">
-        <v>95</v>
+        <v>634</v>
       </c>
       <c r="E267" t="s">
-        <v>96</v>
+        <v>635</v>
       </c>
       <c r="F267" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="G267" t="s">
-        <v>42</v>
+        <v>524</v>
       </c>
       <c r="H267" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>62</v>
+      </c>
+      <c r="I267">
+        <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="K267" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B268" t="s">
+        <v>632</v>
+      </c>
+      <c r="C268" t="s">
+        <v>638</v>
+      </c>
+      <c r="D268" t="s">
         <v>634</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" t="s">
         <v>635</v>
       </c>
-      <c r="D268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F268" t="s">
-        <v>638</v>
+        <v>50</v>
       </c>
       <c r="G268" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H268" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I268">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="K268" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B269" t="s">
+        <v>636</v>
+      </c>
+      <c r="C269" t="s">
         <v>639</v>
       </c>
-      <c r="C269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D269" t="s">
+        <v>634</v>
+      </c>
+      <c r="E269" t="s">
+        <v>635</v>
+      </c>
+      <c r="F269" t="s">
+        <v>50</v>
+      </c>
+      <c r="G269" t="s">
+        <v>524</v>
+      </c>
+      <c r="H269" t="s">
+        <v>62</v>
+      </c>
+      <c r="I269">
+        <v>0</v>
+      </c>
+      <c r="J269" t="s">
         <v>636</v>
       </c>
-      <c r="E269" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K269" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B270" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C270" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D270" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E270" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="F270" t="s">
-        <v>638</v>
+        <v>50</v>
       </c>
       <c r="G270" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H270" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I270">
         <v>0</v>
       </c>
       <c r="J270" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="K270" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B271" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="C271" t="s">
+        <v>643</v>
+      </c>
+      <c r="D271" t="s">
+        <v>634</v>
+      </c>
+      <c r="E271" t="s">
+        <v>635</v>
+      </c>
+      <c r="F271" t="s">
+        <v>50</v>
+      </c>
+      <c r="G271" t="s">
+        <v>524</v>
+      </c>
+      <c r="H271" t="s">
+        <v>62</v>
+      </c>
+      <c r="I271" t="s">
         <v>644</v>
       </c>
-      <c r="D271" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J271" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="K271" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="B272" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C272" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D272" t="s">
-        <v>636</v>
+        <v>48</v>
       </c>
       <c r="E272" t="s">
-        <v>637</v>
+        <v>49</v>
       </c>
       <c r="F272" t="s">
-        <v>638</v>
+        <v>50</v>
       </c>
       <c r="G272" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H272" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="I272" t="s">
+        <v>649</v>
+      </c>
+      <c r="I272">
+        <v>0</v>
+      </c>
+      <c r="J272" t="s">
         <v>647</v>
       </c>
-      <c r="J272" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K272" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="B273" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C273" t="s">
+        <v>651</v>
+      </c>
+      <c r="D273" t="s">
+        <v>48</v>
+      </c>
+      <c r="E273" t="s">
+        <v>49</v>
+      </c>
+      <c r="F273" t="s">
+        <v>50</v>
+      </c>
+      <c r="G273" t="s">
+        <v>98</v>
+      </c>
+      <c r="H273" t="s">
+        <v>62</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
+      </c>
+      <c r="J273" t="s">
         <v>650</v>
       </c>
-      <c r="D273" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K273" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="B274" t="s">
         <v>652</v>
       </c>
       <c r="C274" t="s">
         <v>653</v>
       </c>
       <c r="D274" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="E274" t="s">
-        <v>372</v>
+        <v>49</v>
       </c>
       <c r="F274" t="s">
-        <v>373</v>
+        <v>50</v>
       </c>
       <c r="G274" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H274" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>101</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
       </c>
       <c r="J274" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="K274" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="B275" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C275" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D275" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="E275" t="s">
-        <v>372</v>
+        <v>49</v>
       </c>
       <c r="F275" t="s">
-        <v>373</v>
+        <v>50</v>
       </c>
       <c r="G275" t="s">
-        <v>40</v>
+        <v>656</v>
       </c>
       <c r="H275" t="s">
+        <v>126</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="J275" t="s">
         <v>654</v>
       </c>
-      <c r="I275">
-[...4 lines deleted...]
-      </c>
       <c r="K275" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B276" t="s">
-        <v>275</v>
+        <v>647</v>
       </c>
       <c r="C276" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="D276" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E276" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F276" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G276" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H276" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="I276">
         <v>0</v>
       </c>
       <c r="J276" t="s">
-        <v>275</v>
+        <v>647</v>
       </c>
       <c r="K276" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B277" t="s">
-        <v>666</v>
+        <v>650</v>
       </c>
       <c r="C277" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="D277" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E277" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F277" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G277" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H277" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I277">
         <v>0</v>
       </c>
       <c r="J277" t="s">
-        <v>666</v>
+        <v>650</v>
       </c>
       <c r="K277" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B278" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C278" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="D278" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E278" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F278" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G278" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="H278" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I278">
         <v>0</v>
       </c>
       <c r="J278" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="K278" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
+        <v>646</v>
+      </c>
+      <c r="B279" t="s">
+        <v>654</v>
+      </c>
+      <c r="C279" t="s">
         <v>660</v>
       </c>
-      <c r="B279" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D279" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E279" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F279" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G279" t="s">
-        <v>147</v>
+        <v>656</v>
       </c>
       <c r="H279" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I279">
         <v>0</v>
       </c>
       <c r="J279" t="s">
-        <v>670</v>
+        <v>654</v>
       </c>
       <c r="K279" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B280" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="C280" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="D280" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E280" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F280" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G280" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="H280" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>672</v>
+        <v>649</v>
+      </c>
+      <c r="I280" t="s">
+        <v>661</v>
+      </c>
+      <c r="J280">
+        <v>0</v>
       </c>
       <c r="K280" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B281" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="C281" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="D281" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E281" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F281" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G281" t="s">
-        <v>676</v>
+        <v>98</v>
       </c>
       <c r="H281" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I281" t="s">
+        <v>665</v>
       </c>
       <c r="J281" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="K281" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B282" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="C282" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="D282" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E282" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F282" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G282" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H282" t="s">
-        <v>665</v>
+        <v>101</v>
       </c>
       <c r="I282" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="J282" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="K282" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
-        <v>660</v>
+        <v>646</v>
       </c>
       <c r="B283" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="C283" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="D283" t="s">
-        <v>662</v>
+        <v>48</v>
       </c>
       <c r="E283" t="s">
-        <v>663</v>
+        <v>49</v>
       </c>
       <c r="F283" t="s">
-        <v>664</v>
+        <v>50</v>
       </c>
       <c r="G283" t="s">
-        <v>45</v>
+        <v>656</v>
       </c>
       <c r="H283" t="s">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="I283" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
       <c r="B284" t="s">
-        <v>683</v>
+        <v>674</v>
       </c>
       <c r="C284" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="D284" t="s">
-        <v>662</v>
+        <v>150</v>
       </c>
       <c r="E284" t="s">
-        <v>663</v>
+        <v>151</v>
       </c>
       <c r="F284" t="s">
-        <v>664</v>
+        <v>152</v>
       </c>
       <c r="G284" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H284" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I284">
         <v>0</v>
       </c>
       <c r="J284" t="s">
-        <v>683</v>
+        <v>674</v>
       </c>
       <c r="K284" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
       <c r="B285" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="C285" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="D285" t="s">
-        <v>662</v>
+        <v>150</v>
       </c>
       <c r="E285" t="s">
-        <v>663</v>
+        <v>151</v>
       </c>
       <c r="F285" t="s">
-        <v>664</v>
+        <v>152</v>
       </c>
       <c r="G285" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="H285" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="I285">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="K285" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
       <c r="B286" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="C286" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
       <c r="D286" t="s">
-        <v>662</v>
+        <v>150</v>
       </c>
       <c r="E286" t="s">
-        <v>663</v>
+        <v>151</v>
       </c>
       <c r="F286" t="s">
-        <v>664</v>
+        <v>152</v>
       </c>
       <c r="G286" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="H286" t="s">
-        <v>150</v>
+        <v>58</v>
       </c>
       <c r="I286">
         <v>0</v>
       </c>
       <c r="J286" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="K286" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
       <c r="B287" t="s">
-        <v>689</v>
+        <v>676</v>
       </c>
       <c r="C287" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="D287" t="s">
-        <v>662</v>
+        <v>150</v>
       </c>
       <c r="E287" t="s">
-        <v>663</v>
+        <v>151</v>
       </c>
       <c r="F287" t="s">
-        <v>664</v>
+        <v>152</v>
       </c>
       <c r="G287" t="s">
-        <v>676</v>
+        <v>98</v>
       </c>
       <c r="H287" t="s">
-        <v>153</v>
+        <v>62</v>
       </c>
       <c r="I287" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="J287" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="K287" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
-        <v>693</v>
+        <v>673</v>
       </c>
       <c r="B288" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="C288" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="D288" t="s">
-        <v>696</v>
+        <v>150</v>
       </c>
       <c r="E288" t="s">
-        <v>697</v>
+        <v>151</v>
       </c>
       <c r="F288" t="s">
-        <v>698</v>
+        <v>152</v>
       </c>
       <c r="G288" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H288" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I288">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="K288" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
-        <v>693</v>
+        <v>673</v>
       </c>
       <c r="B289" t="s">
-        <v>699</v>
+        <v>684</v>
       </c>
       <c r="C289" t="s">
-        <v>700</v>
+        <v>685</v>
       </c>
       <c r="D289" t="s">
-        <v>696</v>
+        <v>150</v>
       </c>
       <c r="E289" t="s">
-        <v>697</v>
+        <v>151</v>
       </c>
       <c r="F289" t="s">
-        <v>698</v>
+        <v>152</v>
       </c>
       <c r="G289" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="H289" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I289" t="s">
+        <v>686</v>
       </c>
       <c r="J289" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="K289" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
+        <v>688</v>
+      </c>
+      <c r="B290" t="s">
+        <v>689</v>
+      </c>
+      <c r="C290" t="s">
+        <v>690</v>
+      </c>
+      <c r="D290" t="s">
+        <v>691</v>
+      </c>
+      <c r="E290" t="s">
+        <v>692</v>
+      </c>
+      <c r="F290" t="s">
         <v>693</v>
       </c>
-      <c r="B290" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G290" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H290" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I290">
         <v>0</v>
       </c>
       <c r="J290" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="K290" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
+        <v>688</v>
+      </c>
+      <c r="B291" t="s">
+        <v>694</v>
+      </c>
+      <c r="C291" t="s">
+        <v>695</v>
+      </c>
+      <c r="D291" t="s">
+        <v>691</v>
+      </c>
+      <c r="E291" t="s">
+        <v>692</v>
+      </c>
+      <c r="F291" t="s">
         <v>693</v>
       </c>
-      <c r="B291" t="s">
-[...5 lines deleted...]
-      <c r="D291" t="s">
+      <c r="G291" t="s">
         <v>696</v>
       </c>
-      <c r="E291" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H291" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I291">
         <v>0</v>
       </c>
       <c r="J291" t="s">
-        <v>703</v>
+        <v>694</v>
       </c>
       <c r="K291" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
+        <v>688</v>
+      </c>
+      <c r="B292" t="s">
+        <v>697</v>
+      </c>
+      <c r="C292" t="s">
+        <v>698</v>
+      </c>
+      <c r="D292" t="s">
+        <v>691</v>
+      </c>
+      <c r="E292" t="s">
+        <v>692</v>
+      </c>
+      <c r="F292" t="s">
         <v>693</v>
       </c>
-      <c r="B292" t="s">
-[...8 lines deleted...]
-      <c r="E292" t="s">
+      <c r="G292" t="s">
+        <v>98</v>
+      </c>
+      <c r="H292" t="s">
+        <v>62</v>
+      </c>
+      <c r="I292">
+        <v>0</v>
+      </c>
+      <c r="J292" t="s">
         <v>697</v>
       </c>
-      <c r="F292" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K292" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
+        <v>688</v>
+      </c>
+      <c r="B293" t="s">
+        <v>694</v>
+      </c>
+      <c r="C293" t="s">
+        <v>699</v>
+      </c>
+      <c r="D293" t="s">
+        <v>691</v>
+      </c>
+      <c r="E293" t="s">
+        <v>692</v>
+      </c>
+      <c r="F293" t="s">
         <v>693</v>
       </c>
-      <c r="B293" t="s">
-[...5 lines deleted...]
-      <c r="D293" t="s">
+      <c r="G293" t="s">
         <v>696</v>
       </c>
-      <c r="E293" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H293" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
       <c r="I293">
         <v>0</v>
       </c>
       <c r="J293" t="s">
-        <v>707</v>
+        <v>694</v>
       </c>
       <c r="K293" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
+        <v>688</v>
+      </c>
+      <c r="B294" t="s">
+        <v>700</v>
+      </c>
+      <c r="C294" t="s">
+        <v>701</v>
+      </c>
+      <c r="D294" t="s">
+        <v>691</v>
+      </c>
+      <c r="E294" t="s">
+        <v>692</v>
+      </c>
+      <c r="F294" t="s">
         <v>693</v>
       </c>
-      <c r="B294" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G294" t="s">
-        <v>711</v>
+        <v>98</v>
       </c>
       <c r="H294" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="I294" t="s">
+        <v>702</v>
       </c>
       <c r="J294" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="K294" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
+        <v>688</v>
+      </c>
+      <c r="B295" t="s">
+        <v>704</v>
+      </c>
+      <c r="C295" t="s">
+        <v>705</v>
+      </c>
+      <c r="D295" t="s">
+        <v>691</v>
+      </c>
+      <c r="E295" t="s">
+        <v>692</v>
+      </c>
+      <c r="F295" t="s">
         <v>693</v>
       </c>
-      <c r="B295" t="s">
-[...5 lines deleted...]
-      <c r="D295" t="s">
+      <c r="G295" t="s">
         <v>696</v>
       </c>
-      <c r="E295" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H295" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>713</v>
+        <v>101</v>
+      </c>
+      <c r="I295" t="s">
+        <v>704</v>
+      </c>
+      <c r="J295">
+        <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>706</v>
+      </c>
+      <c r="B296" t="s">
+        <v>707</v>
       </c>
       <c r="C296" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="D296" t="s">
-        <v>696</v>
+        <v>14</v>
       </c>
       <c r="E296" t="s">
-        <v>697</v>
+        <v>15</v>
       </c>
       <c r="F296" t="s">
-        <v>698</v>
+        <v>16</v>
       </c>
       <c r="G296" t="s">
-        <v>718</v>
+        <v>57</v>
       </c>
       <c r="H296" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>456</v>
+        <v>709</v>
+      </c>
+      <c r="I296" t="s">
+        <v>710</v>
+      </c>
+      <c r="J296" t="s">
+        <v>711</v>
       </c>
       <c r="K296" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>706</v>
+      </c>
+      <c r="B297" t="s">
+        <v>712</v>
       </c>
       <c r="C297" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="D297" t="s">
-        <v>696</v>
+        <v>14</v>
       </c>
       <c r="E297" t="s">
-        <v>697</v>
+        <v>15</v>
       </c>
       <c r="F297" t="s">
-        <v>698</v>
+        <v>16</v>
       </c>
       <c r="G297" t="s">
-        <v>721</v>
+        <v>57</v>
       </c>
       <c r="H297" t="s">
-        <v>722</v>
+        <v>709</v>
       </c>
       <c r="I297">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>334</v>
+      </c>
+      <c r="J297" t="s">
+        <v>714</v>
       </c>
       <c r="K297" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B298" t="s">
-        <v>723</v>
+        <v>330</v>
       </c>
       <c r="C298" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="D298" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E298" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F298" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G298" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H298" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>720</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
+      </c>
+      <c r="J298" t="s">
+        <v>330</v>
       </c>
       <c r="K298" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B299" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C299" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="D299" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E299" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F299" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G299" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H299" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
+      </c>
+      <c r="J299" t="s">
+        <v>721</v>
       </c>
       <c r="K299" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B300" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="C300" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="D300" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E300" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F300" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G300" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H300" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="J300" t="s">
+        <v>723</v>
       </c>
       <c r="K300" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B301" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C301" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="D301" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E301" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F301" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G301" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="H301" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I301">
+        <v>0</v>
+      </c>
+      <c r="J301" t="s">
+        <v>725</v>
       </c>
       <c r="K301" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B302" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="C302" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="D302" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E302" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F302" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G302" t="s">
-        <v>149</v>
+        <v>204</v>
       </c>
       <c r="H302" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>205</v>
+      </c>
+      <c r="I302">
+        <v>0</v>
       </c>
       <c r="J302" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="K302" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B303" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="C303" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="D303" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E303" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F303" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G303" t="s">
-        <v>152</v>
+        <v>731</v>
       </c>
       <c r="H303" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>208</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
       </c>
       <c r="J303" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="K303" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B304" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="C304" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="D304" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E304" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F304" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G304" t="s">
-        <v>711</v>
+        <v>98</v>
       </c>
       <c r="H304" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="I304" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>734</v>
+      </c>
+      <c r="J304" t="s">
+        <v>735</v>
       </c>
       <c r="K304" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B305" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="C305" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="D305" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E305" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F305" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G305" t="s">
-        <v>715</v>
+        <v>100</v>
       </c>
       <c r="H305" t="s">
-        <v>716</v>
+        <v>101</v>
       </c>
       <c r="I305" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
       <c r="K305" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
       <c r="B306" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="C306" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="D306" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E306" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F306" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G306" t="s">
-        <v>718</v>
+        <v>125</v>
       </c>
       <c r="H306" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I306">
+        <v>0</v>
+      </c>
+      <c r="J306" t="s">
+        <v>738</v>
       </c>
       <c r="K306" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>715</v>
+      </c>
+      <c r="B307" t="s">
+        <v>740</v>
       </c>
       <c r="C307" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="D307" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="E307" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
       <c r="F307" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="G307" t="s">
-        <v>721</v>
+        <v>202</v>
       </c>
       <c r="H307" t="s">
-        <v>722</v>
+        <v>130</v>
       </c>
       <c r="I307">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="J307" t="s">
+        <v>740</v>
       </c>
       <c r="K307" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" t="s">
-        <v>746</v>
+        <v>715</v>
       </c>
       <c r="B308" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="C308" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="D308" t="s">
-        <v>334</v>
+        <v>717</v>
       </c>
       <c r="E308" t="s">
-        <v>335</v>
+        <v>718</v>
       </c>
       <c r="F308" t="s">
-        <v>336</v>
+        <v>719</v>
       </c>
       <c r="G308" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="H308" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>205</v>
+      </c>
+      <c r="I308">
+        <v>0</v>
       </c>
       <c r="J308" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="K308" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" t="s">
+        <v>715</v>
+      </c>
+      <c r="B309" t="s">
+        <v>744</v>
+      </c>
+      <c r="C309" t="s">
+        <v>745</v>
+      </c>
+      <c r="D309" t="s">
+        <v>717</v>
+      </c>
+      <c r="E309" t="s">
+        <v>718</v>
+      </c>
+      <c r="F309" t="s">
+        <v>719</v>
+      </c>
+      <c r="G309" t="s">
+        <v>731</v>
+      </c>
+      <c r="H309" t="s">
+        <v>208</v>
+      </c>
+      <c r="I309" t="s">
         <v>746</v>
       </c>
-      <c r="B309" t="s">
-[...24 lines deleted...]
-        <v>0</v>
+      <c r="J309" t="s">
+        <v>747</v>
       </c>
       <c r="K309" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B310" t="s">
+        <v>749</v>
+      </c>
+      <c r="C310" t="s">
+        <v>750</v>
+      </c>
+      <c r="D310" t="s">
+        <v>751</v>
+      </c>
+      <c r="E310" t="s">
+        <v>752</v>
+      </c>
+      <c r="F310" t="s">
         <v>753</v>
       </c>
-      <c r="C310" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G310" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H310" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>62</v>
+      </c>
+      <c r="I310">
+        <v>0</v>
       </c>
       <c r="J310" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="K310" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B311" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C311" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D311" t="s">
-        <v>334</v>
+        <v>751</v>
       </c>
       <c r="E311" t="s">
-        <v>335</v>
+        <v>752</v>
       </c>
       <c r="F311" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G311" t="s">
-        <v>759</v>
+        <v>100</v>
       </c>
       <c r="H311" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>101</v>
+      </c>
+      <c r="I311">
+        <v>0</v>
       </c>
       <c r="J311" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="K311" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B312" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
       <c r="C312" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
       <c r="D312" t="s">
-        <v>334</v>
+        <v>751</v>
       </c>
       <c r="E312" t="s">
-        <v>335</v>
+        <v>752</v>
       </c>
       <c r="F312" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G312" t="s">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="H312" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>126</v>
+      </c>
+      <c r="I312">
+        <v>0</v>
+      </c>
+      <c r="J312" t="s">
+        <v>756</v>
       </c>
       <c r="K312" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B313" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="C313" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="D313" t="s">
-        <v>334</v>
+        <v>751</v>
       </c>
       <c r="E313" t="s">
-        <v>335</v>
+        <v>752</v>
       </c>
       <c r="F313" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G313" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="H313" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="J313" t="s">
+        <v>758</v>
       </c>
       <c r="K313" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B314" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="C314" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="D314" t="s">
-        <v>334</v>
+        <v>751</v>
       </c>
       <c r="E314" t="s">
-        <v>335</v>
+        <v>752</v>
       </c>
       <c r="F314" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G314" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H314" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>205</v>
+      </c>
+      <c r="I314">
+        <v>0</v>
       </c>
       <c r="J314" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="K314" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B315" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="C315" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="D315" t="s">
-        <v>334</v>
+        <v>751</v>
       </c>
       <c r="E315" t="s">
-        <v>335</v>
+        <v>752</v>
       </c>
       <c r="F315" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G315" t="s">
-        <v>759</v>
+        <v>207</v>
       </c>
       <c r="H315" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>208</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
+      </c>
+      <c r="J315" t="s">
+        <v>762</v>
       </c>
       <c r="K315" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="B316" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="C316" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="D316" t="s">
-        <v>352</v>
+        <v>751</v>
       </c>
       <c r="E316" t="s">
-        <v>353</v>
+        <v>752</v>
       </c>
       <c r="F316" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G316" t="s">
-        <v>45</v>
+        <v>766</v>
       </c>
       <c r="H316" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="I316">
+        <v>0</v>
+      </c>
+      <c r="J316" t="s">
+        <v>764</v>
       </c>
       <c r="K316" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="B317" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="C317" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="D317" t="s">
-        <v>352</v>
+        <v>751</v>
       </c>
       <c r="E317" t="s">
-        <v>353</v>
+        <v>752</v>
       </c>
       <c r="F317" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G317" t="s">
-        <v>70</v>
+        <v>770</v>
       </c>
       <c r="H317" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>771</v>
+      </c>
+      <c r="I317">
+        <v>0</v>
+      </c>
+      <c r="J317" t="s">
+        <v>768</v>
       </c>
       <c r="K317" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" t="s">
+        <v>748</v>
+      </c>
+      <c r="B318">
+        <v>456</v>
+      </c>
+      <c r="C318" t="s">
+        <v>772</v>
+      </c>
+      <c r="D318" t="s">
+        <v>751</v>
+      </c>
+      <c r="E318" t="s">
+        <v>752</v>
+      </c>
+      <c r="F318" t="s">
+        <v>753</v>
+      </c>
+      <c r="G318" t="s">
         <v>773</v>
       </c>
-      <c r="B318" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H318" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>778</v>
+        <v>774</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
       </c>
       <c r="J318">
-        <v>0</v>
+        <v>456</v>
       </c>
       <c r="K318" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>748</v>
+      </c>
+      <c r="B319">
+        <v>68</v>
       </c>
       <c r="C319" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="D319" t="s">
-        <v>352</v>
+        <v>751</v>
       </c>
       <c r="E319" t="s">
-        <v>353</v>
+        <v>752</v>
       </c>
       <c r="F319" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G319" t="s">
-        <v>45</v>
+        <v>776</v>
       </c>
       <c r="H319" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>777</v>
+      </c>
+      <c r="I319">
+        <v>0</v>
       </c>
       <c r="J319">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="K319" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="B320" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="C320" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="D320" t="s">
-        <v>352</v>
+        <v>751</v>
       </c>
       <c r="E320" t="s">
-        <v>353</v>
+        <v>752</v>
       </c>
       <c r="F320" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G320" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H320" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I320" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="J320">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="B321" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="C321" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="D321" t="s">
-        <v>352</v>
+        <v>751</v>
       </c>
       <c r="E321" t="s">
-        <v>353</v>
+        <v>752</v>
       </c>
       <c r="F321" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G321" t="s">
+        <v>100</v>
+      </c>
+      <c r="H321" t="s">
+        <v>101</v>
+      </c>
+      <c r="I321" t="s">
         <v>780</v>
       </c>
-      <c r="H321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B322" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="C322" t="s">
-        <v>789</v>
+        <v>783</v>
       </c>
       <c r="D322" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E322" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F322" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G322" t="s">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="H322" t="s">
-        <v>790</v>
+        <v>126</v>
       </c>
       <c r="I322" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="J322">
         <v>0</v>
       </c>
       <c r="K322" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B323" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="C323" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="D323" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E323" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F323" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G323" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="H323" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I323" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="J323">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" t="s">
+        <v>748</v>
+      </c>
+      <c r="B324" t="s">
+        <v>786</v>
+      </c>
+      <c r="C324" t="s">
         <v>787</v>
       </c>
-      <c r="B324" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D324" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E324" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F324" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G324" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H324" t="s">
-        <v>71</v>
+        <v>205</v>
       </c>
       <c r="I324" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>788</v>
+      </c>
+      <c r="J324" t="s">
+        <v>789</v>
       </c>
       <c r="K324" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B325" t="s">
-        <v>796</v>
+        <v>790</v>
       </c>
       <c r="C325" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="D325" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E325" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F325" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G325" t="s">
-        <v>798</v>
+        <v>207</v>
       </c>
       <c r="H325" t="s">
-        <v>75</v>
+        <v>208</v>
       </c>
       <c r="I325" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="J325" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="K325" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B326" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="C326" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="D326" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E326" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F326" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G326" t="s">
-        <v>42</v>
+        <v>766</v>
       </c>
       <c r="H326" t="s">
-        <v>790</v>
+        <v>767</v>
       </c>
       <c r="I326" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>794</v>
+      </c>
+      <c r="J326">
+        <v>0</v>
       </c>
       <c r="K326" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B327" t="s">
-        <v>805</v>
+        <v>796</v>
       </c>
       <c r="C327" t="s">
-        <v>806</v>
+        <v>797</v>
       </c>
       <c r="D327" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E327" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F327" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G327" t="s">
-        <v>45</v>
+        <v>770</v>
       </c>
       <c r="H327" t="s">
-        <v>46</v>
+        <v>771</v>
       </c>
       <c r="I327" t="s">
-        <v>807</v>
+        <v>796</v>
       </c>
       <c r="J327">
-        <v>202</v>
+        <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B328" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="C328" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
       <c r="D328" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E328" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F328" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G328" t="s">
-        <v>70</v>
+        <v>773</v>
       </c>
       <c r="H328" t="s">
-        <v>71</v>
+        <v>774</v>
       </c>
       <c r="I328" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="J328">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K328" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>748</v>
+      </c>
+      <c r="B329">
+        <v>382</v>
       </c>
       <c r="C329" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="D329" t="s">
-        <v>463</v>
+        <v>751</v>
       </c>
       <c r="E329" t="s">
-        <v>464</v>
+        <v>752</v>
       </c>
       <c r="F329" t="s">
-        <v>336</v>
+        <v>753</v>
       </c>
       <c r="G329" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
       <c r="H329" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>777</v>
+      </c>
+      <c r="I329">
+        <v>382</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
       <c r="K329" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B330" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="C330" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="D330" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E330" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F330" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G330" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H330" t="s">
-        <v>790</v>
+        <v>62</v>
       </c>
       <c r="I330" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>804</v>
+      </c>
+      <c r="J330" t="s">
+        <v>805</v>
       </c>
       <c r="K330" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B331" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="C331" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
       <c r="D331" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E331" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F331" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G331" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H331" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I331" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
       <c r="K331" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B332" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="C332" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
       <c r="D332" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E332" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F332" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G332" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H332" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I332" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="J332" t="s">
+        <v>811</v>
       </c>
       <c r="K332" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" t="s">
+        <v>801</v>
+      </c>
+      <c r="B333" t="s">
+        <v>812</v>
+      </c>
+      <c r="C333" t="s">
         <v>813</v>
       </c>
-      <c r="B333" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D333" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E333" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F333" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G333" t="s">
-        <v>798</v>
+        <v>814</v>
       </c>
       <c r="H333" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I333" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="J333" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="K333" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B334" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="C334" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
       <c r="D334" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E334" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F334" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G334" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H334" t="s">
-        <v>790</v>
+        <v>62</v>
       </c>
       <c r="I334" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>817</v>
+      </c>
+      <c r="J334">
+        <v>0</v>
       </c>
       <c r="K334" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B335" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="C335" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="D335" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E335" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F335" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G335" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H335" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I335" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="J335">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K335" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B336" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
       <c r="C336" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="D336" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E336" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F336" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G336" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H336" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I336" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>823</v>
+      </c>
+      <c r="J336" t="s">
+        <v>824</v>
       </c>
       <c r="K336" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B337" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="C337" t="s">
-        <v>834</v>
+        <v>826</v>
       </c>
       <c r="D337" t="s">
-        <v>577</v>
+        <v>395</v>
       </c>
       <c r="E337" t="s">
-        <v>578</v>
+        <v>396</v>
       </c>
       <c r="F337" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="G337" t="s">
-        <v>798</v>
+        <v>814</v>
       </c>
       <c r="H337" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="I337" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="B338" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="C338" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="D338" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E338" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F338" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G338" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H338" t="s">
-        <v>838</v>
+        <v>101</v>
       </c>
       <c r="I338" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
       <c r="K338" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="B339" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="C339" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="D339" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E339" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F339" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G339" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="H339" t="s">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="I339" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="J339">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="K339" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="B340" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="C340" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="D340" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E340" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F340" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G340" t="s">
-        <v>70</v>
+        <v>834</v>
       </c>
       <c r="H340" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>842</v>
+        <v>130</v>
+      </c>
+      <c r="I340" t="s">
+        <v>832</v>
+      </c>
+      <c r="J340">
+        <v>0</v>
       </c>
       <c r="K340" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" t="s">
+        <v>827</v>
+      </c>
+      <c r="B341" t="s">
         <v>835</v>
       </c>
-      <c r="B341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="D341" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E341" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F341" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G341" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H341" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>844</v>
+        <v>101</v>
+      </c>
+      <c r="I341" t="s">
+        <v>835</v>
+      </c>
+      <c r="J341">
+        <v>0</v>
       </c>
       <c r="K341" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="B342" t="s">
-        <v>846</v>
+        <v>837</v>
       </c>
       <c r="C342" t="s">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="D342" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E342" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F342" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G342" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H342" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>846</v>
+        <v>126</v>
+      </c>
+      <c r="I342" t="s">
+        <v>837</v>
+      </c>
+      <c r="J342">
+        <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="B343" t="s">
-        <v>848</v>
+        <v>839</v>
       </c>
       <c r="C343" t="s">
-        <v>849</v>
+        <v>840</v>
       </c>
       <c r="D343" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="E343" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="F343" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G343" t="s">
-        <v>152</v>
+        <v>834</v>
       </c>
       <c r="H343" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>848</v>
+        <v>130</v>
+      </c>
+      <c r="I343" t="s">
+        <v>839</v>
+      </c>
+      <c r="J343">
+        <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B344" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="C344" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="D344" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E344" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F344" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G344" t="s">
-        <v>711</v>
+        <v>98</v>
       </c>
       <c r="H344" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>850</v>
+        <v>844</v>
+      </c>
+      <c r="I344" t="s">
+        <v>842</v>
+      </c>
+      <c r="J344">
+        <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B345" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="C345" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="D345" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E345" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F345" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G345" t="s">
-        <v>715</v>
+        <v>100</v>
       </c>
       <c r="H345" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>852</v>
+        <v>101</v>
+      </c>
+      <c r="I345" t="s">
+        <v>845</v>
+      </c>
+      <c r="J345">
+        <v>0</v>
       </c>
       <c r="K345" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B346" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
       <c r="C346" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="D346" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E346" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F346" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G346" t="s">
-        <v>718</v>
+        <v>125</v>
       </c>
       <c r="H346" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>854</v>
+        <v>126</v>
+      </c>
+      <c r="I346" t="s">
+        <v>849</v>
+      </c>
+      <c r="J346">
+        <v>1</v>
       </c>
       <c r="K346" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B347" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="C347" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
       <c r="D347" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E347" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F347" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G347" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="H347" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I347" t="s">
+        <v>853</v>
       </c>
       <c r="J347" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="K347" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B348" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="C348" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="D348" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E348" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F348" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G348" t="s">
-        <v>861</v>
+        <v>98</v>
       </c>
       <c r="H348" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>844</v>
+      </c>
+      <c r="I348" t="s">
+        <v>857</v>
       </c>
       <c r="J348" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="K348" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B349" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="C349" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="D349" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E349" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F349" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G349" t="s">
-        <v>865</v>
+        <v>100</v>
       </c>
       <c r="H349" t="s">
-        <v>866</v>
-[...5 lines deleted...]
-        <v>863</v>
+        <v>101</v>
+      </c>
+      <c r="I349" t="s">
+        <v>859</v>
+      </c>
+      <c r="J349">
+        <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B350" t="s">
-        <v>867</v>
+        <v>861</v>
       </c>
       <c r="C350" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
       <c r="D350" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E350" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F350" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G350" t="s">
-        <v>42</v>
+        <v>125</v>
       </c>
       <c r="H350" t="s">
-        <v>838</v>
+        <v>126</v>
       </c>
       <c r="I350" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="J350">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="K350" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B351" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="C351" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="D351" t="s">
-        <v>388</v>
+        <v>520</v>
       </c>
       <c r="E351" t="s">
-        <v>389</v>
+        <v>521</v>
       </c>
       <c r="F351" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G351" t="s">
-        <v>45</v>
+        <v>852</v>
       </c>
       <c r="H351" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I351" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>864</v>
+      </c>
+      <c r="J351">
+        <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B352" t="s">
-        <v>873</v>
+        <v>867</v>
       </c>
       <c r="C352" t="s">
-        <v>874</v>
+        <v>868</v>
       </c>
       <c r="D352" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E352" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F352" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G352" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H352" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>873</v>
+        <v>844</v>
+      </c>
+      <c r="I352" t="s">
+        <v>867</v>
+      </c>
+      <c r="J352">
+        <v>0</v>
       </c>
       <c r="K352" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B353" t="s">
-        <v>875</v>
+        <v>869</v>
       </c>
       <c r="C353" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="D353" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E353" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F353" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G353" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H353" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>875</v>
+        <v>101</v>
+      </c>
+      <c r="I353" t="s">
+        <v>869</v>
+      </c>
+      <c r="J353">
+        <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B354" t="s">
-        <v>877</v>
+        <v>871</v>
       </c>
       <c r="C354" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="D354" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E354" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F354" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G354" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H354" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>877</v>
+        <v>126</v>
+      </c>
+      <c r="I354" t="s">
+        <v>871</v>
+      </c>
+      <c r="J354">
+        <v>0</v>
       </c>
       <c r="K354" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B355" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="C355" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="D355" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E355" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F355" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G355" t="s">
-        <v>152</v>
+        <v>852</v>
       </c>
       <c r="H355" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I355" t="s">
+        <v>875</v>
       </c>
       <c r="J355" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="K355" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B356" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="C356" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D356" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E356" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F356" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G356" t="s">
-        <v>711</v>
+        <v>98</v>
       </c>
       <c r="H356" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>844</v>
+      </c>
+      <c r="I356" t="s">
+        <v>879</v>
       </c>
       <c r="J356" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="K356" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B357" t="s">
+        <v>881</v>
+      </c>
+      <c r="C357" t="s">
+        <v>882</v>
+      </c>
+      <c r="D357" t="s">
+        <v>634</v>
+      </c>
+      <c r="E357" t="s">
+        <v>635</v>
+      </c>
+      <c r="F357" t="s">
+        <v>50</v>
+      </c>
+      <c r="G357" t="s">
+        <v>100</v>
+      </c>
+      <c r="H357" t="s">
+        <v>101</v>
+      </c>
+      <c r="I357" t="s">
         <v>883</v>
       </c>
-      <c r="C357" t="s">
-[...21 lines deleted...]
-        <v>883</v>
+      <c r="J357">
+        <v>500</v>
       </c>
       <c r="K357" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B358" t="s">
+        <v>884</v>
+      </c>
+      <c r="C358" t="s">
         <v>885</v>
       </c>
-      <c r="C358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D358" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E358" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F358" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G358" t="s">
-        <v>718</v>
+        <v>125</v>
       </c>
       <c r="H358" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>885</v>
+        <v>126</v>
+      </c>
+      <c r="I358" t="s">
+        <v>884</v>
+      </c>
+      <c r="J358">
+        <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="B359" t="s">
+        <v>886</v>
+      </c>
+      <c r="C359" t="s">
         <v>887</v>
       </c>
-      <c r="C359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D359" t="s">
-        <v>388</v>
+        <v>634</v>
       </c>
       <c r="E359" t="s">
-        <v>389</v>
+        <v>635</v>
       </c>
       <c r="F359" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G359" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="H359" t="s">
-        <v>722</v>
-[...5 lines deleted...]
-        <v>887</v>
+        <v>130</v>
+      </c>
+      <c r="I359" t="s">
+        <v>886</v>
+      </c>
+      <c r="J359">
+        <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" t="s">
-        <v>835</v>
+        <v>888</v>
       </c>
       <c r="B360" t="s">
         <v>889</v>
       </c>
       <c r="C360" t="s">
         <v>890</v>
       </c>
       <c r="D360" t="s">
-        <v>388</v>
+        <v>445</v>
       </c>
       <c r="E360" t="s">
-        <v>389</v>
+        <v>446</v>
       </c>
       <c r="F360" t="s">
-        <v>390</v>
+        <v>447</v>
       </c>
       <c r="G360" t="s">
-        <v>861</v>
+        <v>98</v>
       </c>
       <c r="H360" t="s">
-        <v>862</v>
-[...4 lines deleted...]
-      <c r="J360" t="s">
+        <v>891</v>
+      </c>
+      <c r="I360" t="s">
         <v>889</v>
       </c>
+      <c r="J360">
+        <v>0</v>
+      </c>
       <c r="K360" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
-        <v>835</v>
+        <v>888</v>
       </c>
       <c r="B361" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C361" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D361" t="s">
-        <v>388</v>
+        <v>445</v>
       </c>
       <c r="E361" t="s">
-        <v>389</v>
+        <v>446</v>
       </c>
       <c r="F361" t="s">
-        <v>390</v>
+        <v>447</v>
       </c>
       <c r="G361" t="s">
-        <v>865</v>
+        <v>100</v>
       </c>
       <c r="H361" t="s">
-        <v>866</v>
-[...5 lines deleted...]
-        <v>891</v>
+        <v>101</v>
+      </c>
+      <c r="I361" t="s">
+        <v>894</v>
+      </c>
+      <c r="J361">
+        <v>426</v>
       </c>
       <c r="K361" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B362" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C362" t="s">
+        <v>896</v>
+      </c>
+      <c r="D362" t="s">
+        <v>445</v>
+      </c>
+      <c r="E362" t="s">
+        <v>446</v>
+      </c>
+      <c r="F362" t="s">
+        <v>447</v>
+      </c>
+      <c r="G362" t="s">
+        <v>125</v>
+      </c>
+      <c r="H362" t="s">
+        <v>126</v>
+      </c>
+      <c r="I362">
+        <v>0</v>
+      </c>
+      <c r="J362" t="s">
         <v>895</v>
       </c>
-      <c r="D362" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K362" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B363" t="s">
+        <v>897</v>
+      </c>
+      <c r="C363" t="s">
         <v>898</v>
       </c>
-      <c r="C363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D363" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E363" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F363" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G363" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H363" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>130</v>
+      </c>
+      <c r="I363">
+        <v>0</v>
       </c>
       <c r="J363" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="K363" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B364" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C364" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="D364" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E364" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F364" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G364" t="s">
-        <v>147</v>
+        <v>204</v>
       </c>
       <c r="H364" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I364">
+        <v>0</v>
+      </c>
+      <c r="J364" t="s">
+        <v>899</v>
       </c>
       <c r="K364" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B365" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C365" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D365" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E365" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F365" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G365" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="H365" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="I365">
         <v>0</v>
       </c>
       <c r="J365" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="K365" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B366" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="C366" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="D366" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E366" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F366" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G366" t="s">
-        <v>908</v>
+        <v>766</v>
       </c>
       <c r="H366" t="s">
-        <v>153</v>
+        <v>767</v>
       </c>
       <c r="I366">
         <v>0</v>
       </c>
       <c r="J366" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="K366" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B367" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="C367" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="D367" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E367" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F367" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G367" t="s">
-        <v>45</v>
+        <v>770</v>
       </c>
       <c r="H367" t="s">
-        <v>641</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>771</v>
+      </c>
+      <c r="I367">
+        <v>0</v>
+      </c>
+      <c r="J367" t="s">
+        <v>905</v>
       </c>
       <c r="K367" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B368" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="C368" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D368" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E368" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F368" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G368" t="s">
-        <v>70</v>
+        <v>773</v>
       </c>
       <c r="H368" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>774</v>
+      </c>
+      <c r="I368">
+        <v>0</v>
+      </c>
+      <c r="J368" t="s">
+        <v>907</v>
       </c>
       <c r="K368" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B369" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="C369" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="D369" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="E369" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="F369" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="G369" t="s">
-        <v>147</v>
+        <v>911</v>
       </c>
       <c r="H369" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>777</v>
+      </c>
+      <c r="I369">
+        <v>0</v>
+      </c>
+      <c r="J369" t="s">
+        <v>909</v>
       </c>
       <c r="K369" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B370" t="s">
+        <v>912</v>
+      </c>
+      <c r="C370" t="s">
+        <v>913</v>
+      </c>
+      <c r="D370" t="s">
+        <v>445</v>
+      </c>
+      <c r="E370" t="s">
+        <v>446</v>
+      </c>
+      <c r="F370" t="s">
+        <v>447</v>
+      </c>
+      <c r="G370" t="s">
+        <v>914</v>
+      </c>
+      <c r="H370" t="s">
         <v>915</v>
       </c>
-      <c r="C370" t="s">
-[...21 lines deleted...]
-        <v>0</v>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="J370" t="s">
+        <v>912</v>
       </c>
       <c r="K370" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="B371" t="s">
+        <v>916</v>
+      </c>
+      <c r="C371" t="s">
         <v>917</v>
       </c>
-      <c r="C371" t="s">
+      <c r="D371" t="s">
+        <v>445</v>
+      </c>
+      <c r="E371" t="s">
+        <v>446</v>
+      </c>
+      <c r="F371" t="s">
+        <v>447</v>
+      </c>
+      <c r="G371" t="s">
         <v>918</v>
       </c>
-      <c r="D371" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H371" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="I371" t="s">
         <v>919</v>
       </c>
+      <c r="I371">
+        <v>0</v>
+      </c>
       <c r="J371" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="K371" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" t="s">
+        <v>888</v>
+      </c>
+      <c r="B372" t="s">
+        <v>920</v>
+      </c>
+      <c r="C372" t="s">
         <v>921</v>
       </c>
-      <c r="B372" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D372" t="s">
-        <v>371</v>
+        <v>445</v>
       </c>
       <c r="E372" t="s">
-        <v>372</v>
+        <v>446</v>
       </c>
       <c r="F372" t="s">
-        <v>373</v>
+        <v>447</v>
       </c>
       <c r="G372" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H372" t="s">
-        <v>924</v>
+        <v>891</v>
       </c>
       <c r="I372" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>926</v>
+        <v>920</v>
+      </c>
+      <c r="J372">
+        <v>0</v>
       </c>
       <c r="K372" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" t="s">
-        <v>921</v>
+        <v>888</v>
       </c>
       <c r="B373" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="C373" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="D373" t="s">
-        <v>371</v>
+        <v>445</v>
       </c>
       <c r="E373" t="s">
-        <v>372</v>
+        <v>446</v>
       </c>
       <c r="F373" t="s">
-        <v>373</v>
+        <v>447</v>
       </c>
       <c r="G373" t="s">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="H373" t="s">
+        <v>101</v>
+      </c>
+      <c r="I373" t="s">
         <v>924</v>
       </c>
-      <c r="I373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J373" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="K373" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B374" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="C374" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="D374" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E374" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F374" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G374" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="H374" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I374">
+        <v>0</v>
+      </c>
+      <c r="J374" t="s">
+        <v>926</v>
       </c>
       <c r="K374" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B375" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="C375" t="s">
-        <v>935</v>
+        <v>929</v>
       </c>
       <c r="D375" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E375" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F375" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G375" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H375" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I375">
+        <v>0</v>
+      </c>
+      <c r="J375" t="s">
+        <v>928</v>
       </c>
       <c r="K375" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" t="s">
+        <v>888</v>
+      </c>
+      <c r="B376" t="s">
+        <v>930</v>
+      </c>
+      <c r="C376" t="s">
         <v>931</v>
       </c>
-      <c r="B376" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D376" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E376" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F376" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G376" t="s">
-        <v>147</v>
+        <v>204</v>
       </c>
       <c r="H376" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="J376" t="s">
+        <v>930</v>
       </c>
       <c r="K376" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B377" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="C377" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="D377" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E377" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F377" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G377" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="H377" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>208</v>
+      </c>
+      <c r="I377">
+        <v>0</v>
+      </c>
+      <c r="J377" t="s">
+        <v>932</v>
       </c>
       <c r="K377" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B378" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="C378" t="s">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="D378" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E378" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F378" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G378" t="s">
-        <v>942</v>
+        <v>766</v>
       </c>
       <c r="H378" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
+      </c>
+      <c r="J378" t="s">
+        <v>934</v>
       </c>
       <c r="K378" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B379" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="C379" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="D379" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E379" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F379" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G379" t="s">
-        <v>45</v>
+        <v>770</v>
       </c>
       <c r="H379" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>771</v>
+      </c>
+      <c r="I379">
+        <v>0</v>
+      </c>
+      <c r="J379" t="s">
+        <v>936</v>
       </c>
       <c r="K379" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B380" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="C380" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="D380" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E380" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F380" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G380" t="s">
-        <v>70</v>
+        <v>773</v>
       </c>
       <c r="H380" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>774</v>
+      </c>
+      <c r="I380">
+        <v>0</v>
+      </c>
+      <c r="J380" t="s">
+        <v>938</v>
       </c>
       <c r="K380" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B381" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="C381" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="D381" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E381" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F381" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G381" t="s">
-        <v>147</v>
+        <v>911</v>
       </c>
       <c r="H381" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>777</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="J381" t="s">
+        <v>940</v>
       </c>
       <c r="K381" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B382" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="C382" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="D382" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E382" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F382" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G382" t="s">
-        <v>149</v>
+        <v>914</v>
       </c>
       <c r="H382" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>915</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
+      </c>
+      <c r="J382" t="s">
+        <v>942</v>
       </c>
       <c r="K382" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B383" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="C383" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="D383" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="E383" t="s">
-        <v>96</v>
+        <v>446</v>
       </c>
       <c r="F383" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G383" t="s">
-        <v>942</v>
+        <v>918</v>
       </c>
       <c r="H383" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>919</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="J383" t="s">
+        <v>944</v>
       </c>
       <c r="K383" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="B384" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="C384" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="D384" t="s">
-        <v>592</v>
+        <v>536</v>
       </c>
       <c r="E384" t="s">
-        <v>593</v>
+        <v>537</v>
       </c>
       <c r="F384" t="s">
-        <v>336</v>
+        <v>538</v>
       </c>
       <c r="G384" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H384" t="s">
-        <v>46</v>
+        <v>696</v>
       </c>
       <c r="I384" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>949</v>
+      </c>
+      <c r="J384" t="s">
+        <v>950</v>
       </c>
       <c r="K384" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" t="s">
+        <v>946</v>
+      </c>
+      <c r="B385" t="s">
+        <v>951</v>
+      </c>
+      <c r="C385" t="s">
+        <v>952</v>
+      </c>
+      <c r="D385" t="s">
+        <v>536</v>
+      </c>
+      <c r="E385" t="s">
+        <v>537</v>
+      </c>
+      <c r="F385" t="s">
+        <v>538</v>
+      </c>
+      <c r="G385" t="s">
+        <v>125</v>
+      </c>
+      <c r="H385" t="s">
+        <v>126</v>
+      </c>
+      <c r="I385" t="s">
+        <v>953</v>
+      </c>
+      <c r="J385" t="s">
         <v>954</v>
       </c>
-      <c r="B385" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K385" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="B386" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="C386" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="D386" t="s">
-        <v>592</v>
+        <v>536</v>
       </c>
       <c r="E386" t="s">
-        <v>593</v>
+        <v>537</v>
       </c>
       <c r="F386" t="s">
-        <v>336</v>
+        <v>538</v>
       </c>
       <c r="G386" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="H386" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I386" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="J386">
         <v>0</v>
       </c>
       <c r="K386" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="B387" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="C387" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="D387" t="s">
-        <v>592</v>
+        <v>536</v>
       </c>
       <c r="E387" t="s">
-        <v>593</v>
+        <v>537</v>
       </c>
       <c r="F387" t="s">
-        <v>336</v>
+        <v>538</v>
       </c>
       <c r="G387" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H387" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I387">
+        <v>0</v>
+      </c>
+      <c r="J387" t="s">
+        <v>957</v>
       </c>
       <c r="K387" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B388" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="C388" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="D388" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E388" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F388" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G388" t="s">
-        <v>45</v>
+        <v>961</v>
       </c>
       <c r="H388" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>208</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
+      </c>
+      <c r="J388" t="s">
+        <v>959</v>
       </c>
       <c r="K388" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" t="s">
+        <v>946</v>
+      </c>
+      <c r="B389" t="s">
+        <v>962</v>
+      </c>
+      <c r="C389" t="s">
         <v>963</v>
       </c>
-      <c r="B389" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D389" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E389" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F389" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G389" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="H389" t="s">
-        <v>71</v>
+        <v>696</v>
       </c>
       <c r="I389" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="J389">
         <v>0</v>
       </c>
       <c r="K389" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B390" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C390" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D390" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E390" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F390" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G390" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="H390" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I390" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="J390">
         <v>0</v>
       </c>
       <c r="K390" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B391" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C391" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="D391" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E391" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F391" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G391" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="H391" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="I391" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="J391">
         <v>0</v>
       </c>
       <c r="K391" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B392" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="C392" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="D392" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E392" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F392" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G392" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="H392" t="s">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="I392" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="J392">
         <v>0</v>
       </c>
       <c r="K392" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B393" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="C393" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="D393" t="s">
-        <v>257</v>
+        <v>536</v>
       </c>
       <c r="E393" t="s">
-        <v>258</v>
+        <v>537</v>
       </c>
       <c r="F393" t="s">
-        <v>97</v>
+        <v>538</v>
       </c>
       <c r="G393" t="s">
-        <v>711</v>
+        <v>961</v>
       </c>
       <c r="H393" t="s">
-        <v>712</v>
+        <v>208</v>
       </c>
       <c r="I393" t="s">
-        <v>974</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>972</v>
+      </c>
+      <c r="J393" t="s">
+        <v>973</v>
       </c>
       <c r="K393" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="B394" t="s">
+        <v>975</v>
+      </c>
+      <c r="C394" t="s">
         <v>976</v>
       </c>
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" t="s">
+        <v>15</v>
+      </c>
+      <c r="F394" t="s">
+        <v>16</v>
+      </c>
+      <c r="G394" t="s">
+        <v>98</v>
+      </c>
+      <c r="H394" t="s">
         <v>977</v>
       </c>
-      <c r="D394" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I394" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>978</v>
+      </c>
+      <c r="J394" t="s">
+        <v>979</v>
       </c>
       <c r="K394" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="B395" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C395" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D395" t="s">
-        <v>257</v>
+        <v>14</v>
       </c>
       <c r="E395" t="s">
-        <v>258</v>
+        <v>15</v>
       </c>
       <c r="F395" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G395" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H395" t="s">
-        <v>71</v>
+        <v>977</v>
       </c>
       <c r="I395" t="s">
-        <v>978</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>982</v>
+      </c>
+      <c r="J395" t="s">
+        <v>983</v>
       </c>
       <c r="K395" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="B396" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="C396" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="D396" t="s">
-        <v>257</v>
+        <v>150</v>
       </c>
       <c r="E396" t="s">
-        <v>258</v>
+        <v>151</v>
       </c>
       <c r="F396" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G396" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H396" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I396" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="J396">
         <v>0</v>
       </c>
       <c r="K396" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="B397" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="C397" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="D397" t="s">
-        <v>257</v>
+        <v>150</v>
       </c>
       <c r="E397" t="s">
-        <v>258</v>
+        <v>151</v>
       </c>
       <c r="F397" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G397" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H397" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="I397" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="J397">
         <v>0</v>
       </c>
       <c r="K397" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="B398" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="C398" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="D398" t="s">
-        <v>257</v>
+        <v>150</v>
       </c>
       <c r="E398" t="s">
-        <v>258</v>
+        <v>151</v>
       </c>
       <c r="F398" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G398" t="s">
-        <v>152</v>
+        <v>202</v>
       </c>
       <c r="H398" t="s">
-        <v>153</v>
+        <v>130</v>
       </c>
       <c r="I398" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
       <c r="K398" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="B399" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="C399" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="D399" t="s">
-        <v>257</v>
+        <v>150</v>
       </c>
       <c r="E399" t="s">
-        <v>258</v>
+        <v>151</v>
       </c>
       <c r="F399" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="G399" t="s">
-        <v>711</v>
+        <v>204</v>
       </c>
       <c r="H399" t="s">
-        <v>712</v>
+        <v>205</v>
       </c>
       <c r="I399" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
       <c r="K399" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B400" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="C400" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="D400" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E400" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F400" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G400" t="s">
-        <v>70</v>
+        <v>995</v>
       </c>
       <c r="H400" t="s">
-        <v>991</v>
-[...5 lines deleted...]
-        <v>989</v>
+        <v>208</v>
+      </c>
+      <c r="I400" t="s">
+        <v>993</v>
+      </c>
+      <c r="J400">
+        <v>0</v>
       </c>
       <c r="K400" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B401" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="C401" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="D401" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E401" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F401" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G401" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H401" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I401" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="J401">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K401" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B402" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="C402" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="D402" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E402" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F402" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G402" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H402" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>994</v>
+        <v>126</v>
+      </c>
+      <c r="I402" t="s">
+        <v>999</v>
+      </c>
+      <c r="J402">
+        <v>0</v>
       </c>
       <c r="K402" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B403" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="C403" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="D403" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E403" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F403" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G403" t="s">
-        <v>152</v>
+        <v>202</v>
       </c>
       <c r="H403" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>996</v>
+        <v>130</v>
+      </c>
+      <c r="I403" t="s">
+        <v>1001</v>
+      </c>
+      <c r="J403">
+        <v>0</v>
       </c>
       <c r="K403" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B404" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="C404" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D404" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E404" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F404" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G404" t="s">
-        <v>711</v>
+        <v>204</v>
       </c>
       <c r="H404" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>998</v>
+        <v>205</v>
+      </c>
+      <c r="I404" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J404">
+        <v>0</v>
       </c>
       <c r="K404" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="B405" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="C405" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="D405" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="E405" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="F405" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G405" t="s">
-        <v>715</v>
+        <v>995</v>
       </c>
       <c r="H405" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>1000</v>
+        <v>208</v>
+      </c>
+      <c r="I405" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J405">
+        <v>0</v>
       </c>
       <c r="K405" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>1007</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1008</v>
       </c>
       <c r="C406" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="D406" t="s">
-        <v>196</v>
+        <v>48</v>
       </c>
       <c r="E406" t="s">
-        <v>197</v>
+        <v>49</v>
       </c>
       <c r="F406" t="s">
-        <v>198</v>
+        <v>50</v>
       </c>
       <c r="G406" t="s">
-        <v>718</v>
+        <v>100</v>
       </c>
       <c r="H406" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="I406" t="s">
+        <v>1008</v>
       </c>
       <c r="J406">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="K406" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" t="s">
-        <v>988</v>
+        <v>1007</v>
       </c>
       <c r="B407" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="C407" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="D407" t="s">
-        <v>196</v>
+        <v>48</v>
       </c>
       <c r="E407" t="s">
-        <v>197</v>
+        <v>49</v>
       </c>
       <c r="F407" t="s">
-        <v>198</v>
+        <v>50</v>
       </c>
       <c r="G407" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H407" t="s">
-        <v>991</v>
+        <v>126</v>
       </c>
       <c r="I407" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="J407">
         <v>0</v>
       </c>
       <c r="K407" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" t="s">
-        <v>988</v>
+        <v>1007</v>
       </c>
       <c r="B408" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="C408" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="D408" t="s">
-        <v>196</v>
+        <v>48</v>
       </c>
       <c r="E408" t="s">
-        <v>197</v>
+        <v>49</v>
       </c>
       <c r="F408" t="s">
-        <v>198</v>
+        <v>50</v>
       </c>
       <c r="G408" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H408" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I408" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="J408">
         <v>0</v>
       </c>
       <c r="K408" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" t="s">
-        <v>988</v>
+        <v>1007</v>
       </c>
       <c r="B409" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="C409" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="D409" t="s">
-        <v>196</v>
+        <v>48</v>
       </c>
       <c r="E409" t="s">
-        <v>197</v>
+        <v>49</v>
       </c>
       <c r="F409" t="s">
-        <v>198</v>
+        <v>50</v>
       </c>
       <c r="G409" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H409" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="I409" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="J409">
         <v>0</v>
       </c>
       <c r="K409" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" t="s">
-        <v>988</v>
+        <v>1016</v>
       </c>
       <c r="B410" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="C410" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="D410" t="s">
-        <v>196</v>
+        <v>312</v>
       </c>
       <c r="E410" t="s">
-        <v>197</v>
+        <v>313</v>
       </c>
       <c r="F410" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G410" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
       <c r="H410" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
       <c r="I410" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
       <c r="K410" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" t="s">
-        <v>988</v>
+        <v>1016</v>
       </c>
       <c r="B411" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="C411" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="D411" t="s">
-        <v>196</v>
+        <v>312</v>
       </c>
       <c r="E411" t="s">
-        <v>197</v>
+        <v>313</v>
       </c>
       <c r="F411" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G411" t="s">
-        <v>711</v>
+        <v>125</v>
       </c>
       <c r="H411" t="s">
-        <v>712</v>
+        <v>126</v>
       </c>
       <c r="I411" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>1014</v>
+        <v>1019</v>
+      </c>
+      <c r="J411">
+        <v>0</v>
       </c>
       <c r="K411" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" t="s">
-        <v>988</v>
+        <v>1016</v>
       </c>
       <c r="B412" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="C412" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="D412" t="s">
-        <v>196</v>
+        <v>312</v>
       </c>
       <c r="E412" t="s">
-        <v>197</v>
+        <v>313</v>
       </c>
       <c r="F412" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G412" t="s">
-        <v>715</v>
+        <v>202</v>
       </c>
       <c r="H412" t="s">
-        <v>716</v>
+        <v>130</v>
       </c>
       <c r="I412" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>1018</v>
+        <v>1021</v>
+      </c>
+      <c r="J412">
+        <v>0</v>
       </c>
       <c r="K412" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" t="s">
-        <v>988</v>
+        <v>1016</v>
       </c>
       <c r="B413" t="s">
-        <v>713</v>
+        <v>1023</v>
       </c>
       <c r="C413" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="D413" t="s">
-        <v>196</v>
+        <v>312</v>
       </c>
       <c r="E413" t="s">
-        <v>197</v>
+        <v>313</v>
       </c>
       <c r="F413" t="s">
-        <v>198</v>
+        <v>152</v>
       </c>
       <c r="G413" t="s">
-        <v>718</v>
+        <v>204</v>
       </c>
       <c r="H413" t="s">
-        <v>719</v>
+        <v>205</v>
       </c>
       <c r="I413" t="s">
-        <v>713</v>
+        <v>1023</v>
       </c>
       <c r="J413">
         <v>0</v>
       </c>
       <c r="K413" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B414" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C414" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="D414" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E414" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F414" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G414" t="s">
-        <v>70</v>
+        <v>207</v>
       </c>
       <c r="H414" t="s">
-        <v>991</v>
-[...5 lines deleted...]
-        <v>1021</v>
+        <v>208</v>
+      </c>
+      <c r="I414" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J414">
+        <v>0</v>
       </c>
       <c r="K414" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B415" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="C415" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="D415" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E415" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F415" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G415" t="s">
-        <v>147</v>
+        <v>766</v>
       </c>
       <c r="H415" t="s">
-        <v>75</v>
+        <v>767</v>
       </c>
       <c r="I415" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="J415">
         <v>0</v>
       </c>
       <c r="K415" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B416" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C416" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="D416" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E416" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F416" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G416" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="H416" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>1025</v>
+        <v>101</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J416">
+        <v>0</v>
       </c>
       <c r="K416" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B417" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C417" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D417" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E417" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F417" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G417" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="H417" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>1027</v>
+        <v>126</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J417">
+        <v>0</v>
       </c>
       <c r="K417" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>970</v>
+        <v>1016</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1033</v>
       </c>
       <c r="C418" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D418" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E418" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F418" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G418" t="s">
-        <v>711</v>
+        <v>202</v>
       </c>
       <c r="H418" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I418" t="s">
+        <v>1033</v>
       </c>
       <c r="J418">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="K418" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>1016</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1035</v>
       </c>
       <c r="C419" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="D419" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E419" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F419" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G419" t="s">
-        <v>715</v>
+        <v>204</v>
       </c>
       <c r="H419" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1035</v>
       </c>
       <c r="J419">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="K419" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>1016</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1037</v>
       </c>
       <c r="C420" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="D420" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E420" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F420" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G420" t="s">
-        <v>718</v>
+        <v>207</v>
       </c>
       <c r="H420" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>208</v>
+      </c>
+      <c r="I420" t="s">
+        <v>1037</v>
       </c>
       <c r="J420">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="K420" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="B421" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="C421" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="D421" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="E421" t="s">
-        <v>34</v>
+        <v>313</v>
       </c>
       <c r="F421" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="G421" t="s">
-        <v>70</v>
+        <v>766</v>
       </c>
       <c r="H421" t="s">
-        <v>991</v>
+        <v>767</v>
       </c>
       <c r="I421" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="J421">
         <v>0</v>
       </c>
       <c r="K421" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B422" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="C422" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="D422" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E422" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F422" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G422" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="H422" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1044</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="J422" t="s">
+        <v>1042</v>
       </c>
       <c r="K422" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B423" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="C423" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="D423" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E423" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F423" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G423" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="H423" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="I423" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="J423">
         <v>0</v>
       </c>
       <c r="K423" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B424" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="C424" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="D424" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E424" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F424" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G424" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="H424" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I424">
+        <v>0</v>
+      </c>
+      <c r="J424" t="s">
+        <v>1047</v>
       </c>
       <c r="K424" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B425" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="C425" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="D425" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E425" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F425" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G425" t="s">
-        <v>711</v>
+        <v>207</v>
       </c>
       <c r="H425" t="s">
-        <v>712</v>
+        <v>208</v>
       </c>
       <c r="I425">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="J425" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="K425" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
       <c r="B426" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="C426" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="D426" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E426" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F426" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G426" t="s">
-        <v>715</v>
+        <v>766</v>
       </c>
       <c r="H426" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>364</v>
+        <v>767</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="J426" t="s">
+        <v>1051</v>
       </c>
       <c r="K426" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>1041</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1053</v>
       </c>
       <c r="C427" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="D427" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="E427" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="F427" t="s">
-        <v>35</v>
+        <v>253</v>
       </c>
       <c r="G427" t="s">
-        <v>718</v>
+        <v>770</v>
       </c>
       <c r="H427" t="s">
-        <v>719</v>
+        <v>771</v>
       </c>
       <c r="I427">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="J427" t="s">
+        <v>1053</v>
       </c>
       <c r="K427" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" t="s">
-        <v>1047</v>
-[...2 lines deleted...]
-        <v>1048</v>
+        <v>1041</v>
+      </c>
+      <c r="B428">
+        <v>210</v>
       </c>
       <c r="C428" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="D428" t="s">
-        <v>1050</v>
+        <v>251</v>
       </c>
       <c r="E428" t="s">
-        <v>1051</v>
+        <v>252</v>
       </c>
       <c r="F428" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G428" t="s">
-        <v>45</v>
+        <v>773</v>
       </c>
       <c r="H428" t="s">
-        <v>46</v>
+        <v>774</v>
       </c>
       <c r="I428">
         <v>0</v>
       </c>
-      <c r="J428" t="s">
-        <v>1048</v>
+      <c r="J428">
+        <v>210</v>
       </c>
       <c r="K428" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="B429" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="C429" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D429" t="s">
-        <v>1050</v>
+        <v>251</v>
       </c>
       <c r="E429" t="s">
-        <v>1051</v>
+        <v>252</v>
       </c>
       <c r="F429" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G429" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H429" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>1053</v>
+        <v>1044</v>
+      </c>
+      <c r="I429" t="s">
+        <v>1056</v>
+      </c>
+      <c r="J429">
+        <v>0</v>
       </c>
       <c r="K429" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="B430" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="C430" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="D430" t="s">
-        <v>1050</v>
+        <v>251</v>
       </c>
       <c r="E430" t="s">
-        <v>1051</v>
+        <v>252</v>
       </c>
       <c r="F430" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G430" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="H430" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I430" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="J430">
         <v>0</v>
       </c>
       <c r="K430" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="B431" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="C431" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="D431" t="s">
-        <v>1050</v>
+        <v>251</v>
       </c>
       <c r="E431" t="s">
-        <v>1051</v>
+        <v>252</v>
       </c>
       <c r="F431" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G431" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H431" t="s">
-        <v>71</v>
+        <v>205</v>
       </c>
       <c r="I431" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="J431">
         <v>0</v>
       </c>
       <c r="K431" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="B432" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C432" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D432" t="s">
+        <v>251</v>
+      </c>
+      <c r="E432" t="s">
+        <v>252</v>
+      </c>
+      <c r="F432" t="s">
+        <v>253</v>
+      </c>
+      <c r="G432" t="s">
+        <v>207</v>
+      </c>
+      <c r="H432" t="s">
+        <v>208</v>
+      </c>
+      <c r="I432" t="s">
         <v>1062</v>
       </c>
-      <c r="E432" t="s">
-[...15 lines deleted...]
-        <v>1060</v>
+      <c r="J432">
+        <v>0</v>
       </c>
       <c r="K432" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="B433" t="s">
         <v>1064</v>
       </c>
       <c r="C433" t="s">
         <v>1065</v>
       </c>
       <c r="D433" t="s">
-        <v>1062</v>
+        <v>251</v>
       </c>
       <c r="E433" t="s">
-        <v>1063</v>
+        <v>252</v>
       </c>
       <c r="F433" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G433" t="s">
-        <v>70</v>
+        <v>766</v>
       </c>
       <c r="H433" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1066</v>
       </c>
       <c r="J433" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="K433" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="B434" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C434" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D434" t="s">
-        <v>1062</v>
+        <v>251</v>
       </c>
       <c r="E434" t="s">
-        <v>1063</v>
+        <v>252</v>
       </c>
       <c r="F434" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G434" t="s">
-        <v>147</v>
+        <v>770</v>
       </c>
       <c r="H434" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>771</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1070</v>
       </c>
       <c r="J434" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="K434" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="B435" t="s">
-        <v>1066</v>
+        <v>768</v>
       </c>
       <c r="C435" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="D435" t="s">
-        <v>1062</v>
+        <v>251</v>
       </c>
       <c r="E435" t="s">
-        <v>1063</v>
+        <v>252</v>
       </c>
       <c r="F435" t="s">
-        <v>1052</v>
+        <v>253</v>
       </c>
       <c r="G435" t="s">
-        <v>149</v>
+        <v>773</v>
       </c>
       <c r="H435" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>1066</v>
+        <v>774</v>
+      </c>
+      <c r="I435" t="s">
+        <v>768</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
       </c>
       <c r="K435" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B436" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="C436" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="D436" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E436" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F436" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G436" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="H436" t="s">
-        <v>153</v>
+        <v>1044</v>
       </c>
       <c r="I436">
         <v>0</v>
       </c>
       <c r="J436" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="K436" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B437" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="C437" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="D437" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E437" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F437" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G437" t="s">
-        <v>711</v>
+        <v>202</v>
       </c>
       <c r="H437" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>1066</v>
+        <v>130</v>
+      </c>
+      <c r="I437" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J437">
+        <v>0</v>
       </c>
       <c r="K437" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B438" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="C438" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="D438" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E438" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F438" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G438" t="s">
-        <v>715</v>
+        <v>204</v>
       </c>
       <c r="H438" t="s">
-        <v>716</v>
+        <v>205</v>
       </c>
       <c r="I438">
         <v>0</v>
       </c>
       <c r="J438" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="K438" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B439" t="s">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="C439" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="D439" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E439" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F439" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G439" t="s">
-        <v>718</v>
+        <v>207</v>
       </c>
       <c r="H439" t="s">
-        <v>719</v>
+        <v>208</v>
       </c>
       <c r="I439">
         <v>0</v>
       </c>
       <c r="J439" t="s">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="K439" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>1073</v>
+      </c>
+      <c r="B440">
+        <v>970</v>
       </c>
       <c r="C440" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="D440" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E440" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F440" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G440" t="s">
-        <v>858</v>
+        <v>766</v>
       </c>
       <c r="H440" t="s">
-        <v>722</v>
+        <v>767</v>
       </c>
       <c r="I440">
         <v>0</v>
       </c>
-      <c r="J440" t="s">
-        <v>1066</v>
+      <c r="J440">
+        <v>970</v>
       </c>
       <c r="K440" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>1073</v>
+      </c>
+      <c r="B441">
+        <v>435</v>
       </c>
       <c r="C441" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="D441" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E441" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F441" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G441" t="s">
-        <v>861</v>
+        <v>770</v>
       </c>
       <c r="H441" t="s">
-        <v>862</v>
+        <v>771</v>
       </c>
       <c r="I441">
         <v>0</v>
       </c>
-      <c r="J441" t="s">
-        <v>1066</v>
+      <c r="J441">
+        <v>435</v>
       </c>
       <c r="K441" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>1073</v>
+      </c>
+      <c r="B442">
+        <v>75</v>
       </c>
       <c r="C442" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="D442" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E442" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F442" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G442" t="s">
-        <v>1076</v>
+        <v>773</v>
       </c>
       <c r="H442" t="s">
-        <v>866</v>
+        <v>774</v>
       </c>
       <c r="I442">
         <v>0</v>
       </c>
-      <c r="J442" t="s">
-        <v>1066</v>
+      <c r="J442">
+        <v>75</v>
       </c>
       <c r="K442" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B443" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="C443" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="D443" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E443" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F443" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G443" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="H443" t="s">
-        <v>46</v>
+        <v>1044</v>
       </c>
       <c r="I443" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="J443">
-        <v>723</v>
+        <v>0</v>
       </c>
       <c r="K443" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B444" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="C444" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="D444" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E444" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F444" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G444" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H444" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="I444" t="s">
-        <v>1082</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>1087</v>
+      </c>
+      <c r="J444">
+        <v>0</v>
       </c>
       <c r="K444" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B445" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="C445" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="D445" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E445" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F445" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G445" t="s">
-        <v>147</v>
+        <v>204</v>
       </c>
       <c r="H445" t="s">
-        <v>75</v>
+        <v>205</v>
       </c>
       <c r="I445" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-        <v>1087</v>
+        <v>1089</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
       </c>
       <c r="K445" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B446" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="C446" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="D446" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E446" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F446" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G446" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="H446" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="I446" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="J446">
         <v>0</v>
       </c>
       <c r="K446" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B447" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="C447" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="D447" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E447" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F447" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G447" t="s">
-        <v>152</v>
+        <v>766</v>
       </c>
       <c r="H447" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="I447">
+        <v>79</v>
+      </c>
+      <c r="J447" t="s">
+        <v>1095</v>
       </c>
       <c r="K447" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="B448" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="C448" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="D448" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E448" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F448" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G448" t="s">
-        <v>711</v>
+        <v>770</v>
       </c>
       <c r="H448" t="s">
-        <v>712</v>
+        <v>771</v>
       </c>
       <c r="I448" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>1098</v>
+      </c>
+      <c r="J448">
+        <v>364</v>
       </c>
       <c r="K448" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-        <v>1084</v>
+        <v>1073</v>
+      </c>
+      <c r="B449">
+        <v>424</v>
       </c>
       <c r="C449" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="D449" t="s">
-        <v>1062</v>
+        <v>91</v>
       </c>
       <c r="E449" t="s">
-        <v>1063</v>
+        <v>92</v>
       </c>
       <c r="F449" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="G449" t="s">
-        <v>715</v>
+        <v>773</v>
       </c>
       <c r="H449" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>1095</v>
+        <v>774</v>
+      </c>
+      <c r="I449">
+        <v>424</v>
+      </c>
+      <c r="J449">
+        <v>0</v>
       </c>
       <c r="K449" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" t="s">
-        <v>1059</v>
+        <v>1100</v>
       </c>
       <c r="B450" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="C450" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="D450" t="s">
-        <v>1062</v>
+        <v>1103</v>
       </c>
       <c r="E450" t="s">
-        <v>1063</v>
+        <v>1104</v>
       </c>
       <c r="F450" t="s">
-        <v>1052</v>
+        <v>1105</v>
       </c>
       <c r="G450" t="s">
-        <v>718</v>
+        <v>100</v>
       </c>
       <c r="H450" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>1091</v>
+        <v>101</v>
+      </c>
+      <c r="I450">
+        <v>0</v>
       </c>
       <c r="J450" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="K450" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" t="s">
-        <v>1059</v>
+        <v>1100</v>
       </c>
       <c r="B451" t="s">
-        <v>1084</v>
+        <v>1106</v>
       </c>
       <c r="C451" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="D451" t="s">
-        <v>1062</v>
+        <v>1103</v>
       </c>
       <c r="E451" t="s">
-        <v>1063</v>
+        <v>1104</v>
       </c>
       <c r="F451" t="s">
-        <v>1052</v>
+        <v>1105</v>
       </c>
       <c r="G451" t="s">
-        <v>858</v>
+        <v>125</v>
       </c>
       <c r="H451" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>1091</v>
+        <v>126</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
       </c>
       <c r="J451" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="K451" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" t="s">
-        <v>1059</v>
+        <v>1100</v>
       </c>
       <c r="B452" t="s">
-        <v>1084</v>
+        <v>1108</v>
       </c>
       <c r="C452" t="s">
-        <v>1098</v>
+        <v>1109</v>
       </c>
       <c r="D452" t="s">
-        <v>1062</v>
+        <v>1103</v>
       </c>
       <c r="E452" t="s">
-        <v>1063</v>
+        <v>1104</v>
       </c>
       <c r="F452" t="s">
-        <v>1052</v>
+        <v>1105</v>
       </c>
       <c r="G452" t="s">
-        <v>861</v>
+        <v>100</v>
       </c>
       <c r="H452" t="s">
-        <v>862</v>
+        <v>101</v>
       </c>
       <c r="I452" t="s">
-        <v>1099</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>1108</v>
+      </c>
+      <c r="J452">
+        <v>0</v>
       </c>
       <c r="K452" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" t="s">
-        <v>1059</v>
+        <v>1100</v>
       </c>
       <c r="B453" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="C453" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="D453" t="s">
-        <v>1062</v>
+        <v>1103</v>
       </c>
       <c r="E453" t="s">
-        <v>1063</v>
+        <v>1104</v>
       </c>
       <c r="F453" t="s">
-        <v>1052</v>
+        <v>1105</v>
       </c>
       <c r="G453" t="s">
-        <v>1076</v>
+        <v>125</v>
       </c>
       <c r="H453" t="s">
-        <v>866</v>
+        <v>126</v>
       </c>
       <c r="I453" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>1104</v>
+        <v>1110</v>
+      </c>
+      <c r="J453">
+        <v>0</v>
       </c>
       <c r="K453" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F454" t="s">
         <v>1105</v>
       </c>
-      <c r="B454" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G454" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H454" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I454">
         <v>0</v>
       </c>
       <c r="J454" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="K454" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F455" t="s">
         <v>1105</v>
       </c>
-      <c r="B455" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G455" t="s">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="H455" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="I455">
         <v>0</v>
       </c>
       <c r="J455" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="K455" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F456" t="s">
         <v>1105</v>
       </c>
-      <c r="B456" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G456" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="H456" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="J456" t="s">
+        <v>1119</v>
       </c>
       <c r="K456" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F457" t="s">
         <v>1105</v>
       </c>
-      <c r="B457" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G457" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="H457" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>100</v>
+        <v>205</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="J457" t="s">
+        <v>1119</v>
       </c>
       <c r="K457" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B458" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C458" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G458" t="s">
+        <v>207</v>
+      </c>
+      <c r="H458" t="s">
+        <v>208</v>
+      </c>
+      <c r="I458">
+        <v>0</v>
+      </c>
+      <c r="J458" t="s">
         <v>1119</v>
       </c>
-      <c r="D458" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K458" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B459" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="C459" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D459" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E459" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F459" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G459" t="s">
-        <v>152</v>
+        <v>766</v>
       </c>
       <c r="H459" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="J459" t="s">
+        <v>1119</v>
       </c>
       <c r="K459" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B460" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="C460" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D460" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E460" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F460" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G460" t="s">
-        <v>711</v>
+        <v>770</v>
       </c>
       <c r="H460" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>771</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="J460" t="s">
+        <v>1119</v>
       </c>
       <c r="K460" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B461" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="C461" t="s">
         <v>1125</v>
       </c>
       <c r="D461" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E461" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F461" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G461" t="s">
-        <v>715</v>
+        <v>773</v>
       </c>
       <c r="H461" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>199</v>
+        <v>774</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="J461" t="s">
+        <v>1119</v>
       </c>
       <c r="K461" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B462" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
       <c r="C462" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D462" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E462" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F462" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G462" t="s">
-        <v>718</v>
+        <v>911</v>
       </c>
       <c r="H462" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>777</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="J462" t="s">
+        <v>1119</v>
       </c>
       <c r="K462" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B463" t="s">
-        <v>1129</v>
+        <v>1119</v>
       </c>
       <c r="C463" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="D463" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E463" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F463" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G463" t="s">
-        <v>858</v>
+        <v>914</v>
       </c>
       <c r="H463" t="s">
-        <v>722</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>915</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="J463" t="s">
+        <v>1119</v>
       </c>
       <c r="K463" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:11">
       <c r="A464" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B464" t="s">
-        <v>1131</v>
+        <v>1119</v>
       </c>
       <c r="C464" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="D464" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E464" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F464" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G464" t="s">
-        <v>861</v>
+        <v>1129</v>
       </c>
       <c r="H464" t="s">
-        <v>862</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>919</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="J464" t="s">
+        <v>1119</v>
       </c>
       <c r="K464" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B465" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="C465" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="D465" t="s">
-        <v>388</v>
+        <v>1115</v>
       </c>
       <c r="E465" t="s">
-        <v>389</v>
+        <v>1116</v>
       </c>
       <c r="F465" t="s">
-        <v>390</v>
+        <v>1105</v>
       </c>
       <c r="G465" t="s">
-        <v>865</v>
+        <v>100</v>
       </c>
       <c r="H465" t="s">
-        <v>866</v>
+        <v>101</v>
       </c>
       <c r="I465" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="J465">
-        <v>0</v>
+        <v>706</v>
       </c>
       <c r="K465" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G466" t="s">
+        <v>125</v>
+      </c>
+      <c r="H466" t="s">
+        <v>126</v>
+      </c>
+      <c r="I466" t="s">
         <v>1135</v>
       </c>
-      <c r="B466">
-[...2 lines deleted...]
-      <c r="C466" t="s">
+      <c r="J466" t="s">
         <v>1136</v>
       </c>
-      <c r="D466" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K466" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1112</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1137</v>
       </c>
       <c r="C467" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G467" t="s">
+        <v>202</v>
+      </c>
+      <c r="H467" t="s">
+        <v>130</v>
+      </c>
+      <c r="I467" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J467" t="s">
         <v>1140</v>
       </c>
-      <c r="D467" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K467" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1112</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1137</v>
       </c>
       <c r="C468" t="s">
         <v>1141</v>
       </c>
       <c r="D468" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G468" t="s">
+        <v>204</v>
+      </c>
+      <c r="H468" t="s">
+        <v>205</v>
+      </c>
+      <c r="I468" t="s">
         <v>1137</v>
       </c>
-      <c r="E468" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J468">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K468" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1112</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1137</v>
       </c>
       <c r="C469" t="s">
         <v>1142</v>
       </c>
       <c r="D469" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G469" t="s">
+        <v>207</v>
+      </c>
+      <c r="H469" t="s">
+        <v>208</v>
+      </c>
+      <c r="I469" t="s">
         <v>1137</v>
       </c>
-      <c r="E469" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J469">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K469" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1112</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1137</v>
       </c>
       <c r="C470" t="s">
         <v>1143</v>
       </c>
       <c r="D470" t="s">
-        <v>1137</v>
+        <v>1115</v>
       </c>
       <c r="E470" t="s">
-        <v>1138</v>
+        <v>1116</v>
       </c>
       <c r="F470" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G470" t="s">
-        <v>711</v>
+        <v>766</v>
       </c>
       <c r="H470" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>767</v>
+      </c>
+      <c r="I470" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J470" t="s">
+        <v>1145</v>
       </c>
       <c r="K470" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>1112</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1137</v>
       </c>
       <c r="C471" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D471" t="s">
-        <v>1137</v>
+        <v>1115</v>
       </c>
       <c r="E471" t="s">
-        <v>1138</v>
+        <v>1116</v>
       </c>
       <c r="F471" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G471" t="s">
-        <v>715</v>
+        <v>770</v>
       </c>
       <c r="H471" t="s">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>771</v>
+      </c>
+      <c r="I471" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J471" t="s">
+        <v>1148</v>
       </c>
       <c r="K471" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>1112</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1137</v>
       </c>
       <c r="C472" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G472" t="s">
+        <v>773</v>
+      </c>
+      <c r="H472" t="s">
+        <v>774</v>
+      </c>
+      <c r="I472" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J472" t="s">
         <v>1145</v>
       </c>
-      <c r="D472" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K472" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>1112</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1137</v>
       </c>
       <c r="C473" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="D473" t="s">
-        <v>1137</v>
+        <v>1115</v>
       </c>
       <c r="E473" t="s">
-        <v>1138</v>
+        <v>1116</v>
       </c>
       <c r="F473" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G473" t="s">
-        <v>858</v>
+        <v>911</v>
       </c>
       <c r="H473" t="s">
-        <v>722</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>777</v>
+      </c>
+      <c r="I473" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J473" t="s">
+        <v>1145</v>
       </c>
       <c r="K473" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>1112</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1137</v>
       </c>
       <c r="C474" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="D474" t="s">
-        <v>1137</v>
+        <v>1115</v>
       </c>
       <c r="E474" t="s">
-        <v>1138</v>
+        <v>1116</v>
       </c>
       <c r="F474" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G474" t="s">
-        <v>861</v>
+        <v>914</v>
       </c>
       <c r="H474" t="s">
-        <v>862</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>915</v>
+      </c>
+      <c r="I474" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J474" t="s">
+        <v>1153</v>
       </c>
       <c r="K474" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>1112</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1154</v>
       </c>
       <c r="C475" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="D475" t="s">
-        <v>1137</v>
+        <v>1115</v>
       </c>
       <c r="E475" t="s">
-        <v>1138</v>
+        <v>1116</v>
       </c>
       <c r="F475" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G475" t="s">
-        <v>70</v>
+        <v>1129</v>
       </c>
       <c r="H475" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-        <v>876</v>
+        <v>919</v>
+      </c>
+      <c r="I475" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J475" t="s">
+        <v>1157</v>
       </c>
       <c r="K475" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>1158</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1159</v>
       </c>
       <c r="C476" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
       <c r="D476" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="E476" t="s">
-        <v>1138</v>
+        <v>1162</v>
       </c>
       <c r="F476" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G476" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="H476" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I476">
         <v>0</v>
       </c>
-      <c r="J476">
-        <v>876</v>
+      <c r="J476" t="s">
+        <v>1159</v>
       </c>
       <c r="K476" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>1158</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1163</v>
       </c>
       <c r="C477" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="D477" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="E477" t="s">
-        <v>1138</v>
+        <v>1162</v>
       </c>
       <c r="F477" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G477" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H477" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="I477">
         <v>0</v>
       </c>
-      <c r="J477">
-        <v>876</v>
+      <c r="J477" t="s">
+        <v>1163</v>
       </c>
       <c r="K477" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>1158</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1165</v>
       </c>
       <c r="C478" t="s">
-        <v>1151</v>
+        <v>1166</v>
       </c>
       <c r="D478" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="E478" t="s">
-        <v>1138</v>
+        <v>1162</v>
       </c>
       <c r="F478" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G478" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
       <c r="H478" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="I478" t="s">
+        <v>1165</v>
       </c>
       <c r="J478">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="K478" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>1158</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1167</v>
       </c>
       <c r="C479" t="s">
-        <v>1152</v>
+        <v>1168</v>
       </c>
       <c r="D479" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="E479" t="s">
-        <v>1138</v>
+        <v>1162</v>
       </c>
       <c r="F479" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="G479" t="s">
-        <v>711</v>
+        <v>125</v>
       </c>
       <c r="H479" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>126</v>
+      </c>
+      <c r="I479" t="s">
+        <v>1169</v>
       </c>
       <c r="J479">
-        <v>343</v>
+        <v>100</v>
       </c>
       <c r="K479" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>1170</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1171</v>
       </c>
       <c r="C480" t="s">
-        <v>1153</v>
+        <v>1172</v>
       </c>
       <c r="D480" t="s">
-        <v>1137</v>
+        <v>445</v>
       </c>
       <c r="E480" t="s">
-        <v>1138</v>
+        <v>446</v>
       </c>
       <c r="F480" t="s">
-        <v>1138</v>
+        <v>447</v>
       </c>
       <c r="G480" t="s">
-        <v>715</v>
+        <v>204</v>
       </c>
       <c r="H480" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>205</v>
+      </c>
+      <c r="I480" t="s">
+        <v>1171</v>
       </c>
       <c r="J480">
         <v>0</v>
       </c>
       <c r="K480" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>1170</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1173</v>
       </c>
       <c r="C481" t="s">
-        <v>1154</v>
+        <v>1174</v>
       </c>
       <c r="D481" t="s">
-        <v>1137</v>
+        <v>445</v>
       </c>
       <c r="E481" t="s">
-        <v>1138</v>
+        <v>446</v>
       </c>
       <c r="F481" t="s">
-        <v>1138</v>
+        <v>447</v>
       </c>
       <c r="G481" t="s">
-        <v>718</v>
+        <v>207</v>
       </c>
       <c r="H481" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>208</v>
+      </c>
+      <c r="I481" t="s">
+        <v>1173</v>
       </c>
       <c r="J481">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="K481" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>1170</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1175</v>
       </c>
       <c r="C482" t="s">
-        <v>1155</v>
+        <v>1176</v>
       </c>
       <c r="D482" t="s">
-        <v>1137</v>
+        <v>445</v>
       </c>
       <c r="E482" t="s">
-        <v>1138</v>
+        <v>446</v>
       </c>
       <c r="F482" t="s">
-        <v>1138</v>
+        <v>447</v>
       </c>
       <c r="G482" t="s">
-        <v>858</v>
+        <v>766</v>
       </c>
       <c r="H482" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>767</v>
+      </c>
+      <c r="I482" t="s">
+        <v>1175</v>
       </c>
       <c r="J482">
         <v>0</v>
       </c>
       <c r="K482" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>1170</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1177</v>
       </c>
       <c r="C483" t="s">
-        <v>1156</v>
+        <v>1178</v>
       </c>
       <c r="D483" t="s">
-        <v>1137</v>
+        <v>445</v>
       </c>
       <c r="E483" t="s">
-        <v>1138</v>
+        <v>446</v>
       </c>
       <c r="F483" t="s">
-        <v>1138</v>
+        <v>447</v>
       </c>
       <c r="G483" t="s">
-        <v>861</v>
+        <v>770</v>
       </c>
       <c r="H483" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>771</v>
+      </c>
+      <c r="I483" t="s">
+        <v>1179</v>
       </c>
       <c r="J483">
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="K483" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" t="s">
-        <v>46</v>
+        <v>1170</v>
       </c>
       <c r="B484" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="C484" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="D484" t="s">
-        <v>257</v>
+        <v>445</v>
       </c>
       <c r="E484" t="s">
-        <v>258</v>
+        <v>446</v>
       </c>
       <c r="F484" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G484" t="s">
-        <v>70</v>
+        <v>773</v>
       </c>
       <c r="H484" t="s">
-        <v>71</v>
+        <v>774</v>
       </c>
       <c r="I484" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="J484">
         <v>0</v>
       </c>
       <c r="K484" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" t="s">
-        <v>46</v>
+        <v>1170</v>
       </c>
       <c r="B485" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="C485" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="D485" t="s">
-        <v>257</v>
+        <v>445</v>
       </c>
       <c r="E485" t="s">
-        <v>258</v>
+        <v>446</v>
       </c>
       <c r="F485" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G485" t="s">
-        <v>147</v>
+        <v>911</v>
       </c>
       <c r="H485" t="s">
-        <v>75</v>
+        <v>777</v>
       </c>
       <c r="I485" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="J485">
         <v>0</v>
       </c>
       <c r="K485" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" t="s">
-        <v>46</v>
+        <v>1170</v>
       </c>
       <c r="B486" t="s">
-        <v>1161</v>
+        <v>1184</v>
       </c>
       <c r="C486" t="s">
-        <v>1162</v>
+        <v>1185</v>
       </c>
       <c r="D486" t="s">
-        <v>257</v>
+        <v>445</v>
       </c>
       <c r="E486" t="s">
-        <v>258</v>
+        <v>446</v>
       </c>
       <c r="F486" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G486" t="s">
-        <v>149</v>
+        <v>914</v>
       </c>
       <c r="H486" t="s">
-        <v>150</v>
+        <v>915</v>
       </c>
       <c r="I486" t="s">
-        <v>1161</v>
+        <v>1184</v>
       </c>
       <c r="J486">
         <v>0</v>
       </c>
       <c r="K486" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" t="s">
-        <v>46</v>
+        <v>1170</v>
       </c>
       <c r="B487" t="s">
-        <v>1163</v>
+        <v>1186</v>
       </c>
       <c r="C487" t="s">
-        <v>1164</v>
+        <v>1187</v>
       </c>
       <c r="D487" t="s">
-        <v>257</v>
+        <v>445</v>
       </c>
       <c r="E487" t="s">
-        <v>258</v>
+        <v>446</v>
       </c>
       <c r="F487" t="s">
-        <v>97</v>
+        <v>447</v>
       </c>
       <c r="G487" t="s">
-        <v>152</v>
+        <v>918</v>
       </c>
       <c r="H487" t="s">
-        <v>153</v>
+        <v>919</v>
       </c>
       <c r="I487" t="s">
-        <v>1163</v>
+        <v>1186</v>
       </c>
       <c r="J487">
         <v>0</v>
       </c>
       <c r="K487" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1165</v>
+        <v>1188</v>
+      </c>
+      <c r="B488">
+        <v>155</v>
       </c>
       <c r="C488" t="s">
-        <v>1166</v>
+        <v>1189</v>
       </c>
       <c r="D488" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E488" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F488" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G488" t="s">
-        <v>711</v>
+        <v>125</v>
       </c>
       <c r="H488" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>1165</v>
+        <v>1192</v>
+      </c>
+      <c r="I488">
+        <v>0</v>
       </c>
       <c r="J488">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="K488" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1188</v>
+      </c>
+      <c r="B489">
+        <v>155</v>
       </c>
       <c r="C489" t="s">
-        <v>1168</v>
+        <v>1193</v>
       </c>
       <c r="D489" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E489" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F489" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G489" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H489" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>130</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
       </c>
       <c r="J489">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="K489" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1169</v>
+        <v>1188</v>
+      </c>
+      <c r="B490">
+        <v>155</v>
       </c>
       <c r="C490" t="s">
-        <v>1170</v>
+        <v>1194</v>
       </c>
       <c r="D490" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E490" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F490" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G490" t="s">
-        <v>147</v>
+        <v>204</v>
       </c>
       <c r="H490" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1169</v>
+        <v>205</v>
+      </c>
+      <c r="I490">
+        <v>0</v>
       </c>
       <c r="J490">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="K490" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1171</v>
+        <v>1188</v>
+      </c>
+      <c r="B491">
+        <v>155</v>
       </c>
       <c r="C491" t="s">
-        <v>1172</v>
+        <v>1195</v>
       </c>
       <c r="D491" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E491" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F491" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G491" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="H491" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>1171</v>
+        <v>208</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
       </c>
       <c r="J491">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="K491" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1173</v>
+        <v>1188</v>
+      </c>
+      <c r="B492">
+        <v>155</v>
       </c>
       <c r="C492" t="s">
-        <v>1174</v>
+        <v>1196</v>
       </c>
       <c r="D492" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E492" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F492" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G492" t="s">
-        <v>152</v>
+        <v>766</v>
       </c>
       <c r="H492" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>1173</v>
+        <v>767</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
       </c>
       <c r="J492">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="K492" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1175</v>
+        <v>1188</v>
+      </c>
+      <c r="B493">
+        <v>112</v>
       </c>
       <c r="C493" t="s">
-        <v>1176</v>
+        <v>1197</v>
       </c>
       <c r="D493" t="s">
-        <v>257</v>
+        <v>1190</v>
       </c>
       <c r="E493" t="s">
-        <v>258</v>
+        <v>1191</v>
       </c>
       <c r="F493" t="s">
-        <v>97</v>
+        <v>1191</v>
       </c>
       <c r="G493" t="s">
-        <v>711</v>
+        <v>770</v>
       </c>
       <c r="H493" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>1175</v>
+        <v>771</v>
+      </c>
+      <c r="I493">
+        <v>0</v>
       </c>
       <c r="J493">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="K493" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>1188</v>
+      </c>
+      <c r="B494">
+        <v>104</v>
       </c>
       <c r="C494" t="s">
-        <v>1179</v>
+        <v>1198</v>
       </c>
       <c r="D494" t="s">
-        <v>1050</v>
+        <v>1190</v>
       </c>
       <c r="E494" t="s">
-        <v>1051</v>
+        <v>1191</v>
       </c>
       <c r="F494" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G494" t="s">
-        <v>1076</v>
+        <v>773</v>
       </c>
       <c r="H494" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>774</v>
+      </c>
+      <c r="I494">
+        <v>0</v>
       </c>
       <c r="J494">
-        <v>0</v>
+        <v>104</v>
       </c>
       <c r="K494" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-        <v>1181</v>
+        <v>1188</v>
+      </c>
+      <c r="B495">
+        <v>97</v>
       </c>
       <c r="C495" t="s">
-        <v>1182</v>
+        <v>1199</v>
       </c>
       <c r="D495" t="s">
-        <v>371</v>
+        <v>1190</v>
       </c>
       <c r="E495" t="s">
-        <v>372</v>
+        <v>1191</v>
       </c>
       <c r="F495" t="s">
-        <v>373</v>
+        <v>1191</v>
       </c>
       <c r="G495" t="s">
-        <v>1183</v>
+        <v>911</v>
       </c>
       <c r="H495" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>1181</v>
+        <v>777</v>
+      </c>
+      <c r="I495">
+        <v>0</v>
       </c>
       <c r="J495">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="K495" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>1188</v>
+      </c>
+      <c r="B496">
+        <v>80</v>
       </c>
       <c r="C496" t="s">
-        <v>1185</v>
+        <v>1200</v>
       </c>
       <c r="D496" t="s">
-        <v>371</v>
+        <v>1190</v>
       </c>
       <c r="E496" t="s">
-        <v>372</v>
+        <v>1191</v>
       </c>
       <c r="F496" t="s">
-        <v>373</v>
+        <v>1191</v>
       </c>
       <c r="G496" t="s">
-        <v>1183</v>
+        <v>914</v>
       </c>
       <c r="H496" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>915</v>
+      </c>
+      <c r="I496">
+        <v>0</v>
       </c>
       <c r="J496">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="K496" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>1188</v>
+      </c>
+      <c r="B497">
+        <v>876</v>
       </c>
       <c r="C497" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="D497" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E497" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F497" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G497" t="s">
-        <v>711</v>
+        <v>125</v>
       </c>
       <c r="H497" t="s">
-        <v>71</v>
+        <v>1192</v>
       </c>
       <c r="I497">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>1191</v>
+        <v>0</v>
+      </c>
+      <c r="J497">
+        <v>876</v>
       </c>
       <c r="K497" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1192</v>
+        <v>1188</v>
+      </c>
+      <c r="B498">
+        <v>876</v>
       </c>
       <c r="C498" t="s">
-        <v>1193</v>
+        <v>1202</v>
       </c>
       <c r="D498" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E498" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F498" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G498" t="s">
-        <v>70</v>
+        <v>202</v>
       </c>
       <c r="H498" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1192</v>
+        <v>130</v>
+      </c>
+      <c r="I498">
+        <v>0</v>
       </c>
       <c r="J498">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K498" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>1188</v>
+      </c>
+      <c r="B499">
+        <v>876</v>
       </c>
       <c r="C499" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="D499" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E499" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F499" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G499" t="s">
-        <v>147</v>
+        <v>204</v>
       </c>
       <c r="H499" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>205</v>
+      </c>
+      <c r="I499">
+        <v>0</v>
       </c>
       <c r="J499">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K499" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1196</v>
+        <v>1188</v>
+      </c>
+      <c r="B500">
+        <v>876</v>
       </c>
       <c r="C500" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="D500" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E500" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F500" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G500" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="H500" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>1196</v>
+        <v>208</v>
+      </c>
+      <c r="I500">
+        <v>0</v>
       </c>
       <c r="J500">
-        <v>0</v>
+        <v>267</v>
       </c>
       <c r="K500" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1198</v>
+        <v>1188</v>
+      </c>
+      <c r="B501">
+        <v>876</v>
       </c>
       <c r="C501" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D501" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E501" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F501" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G501" t="s">
-        <v>152</v>
+        <v>766</v>
       </c>
       <c r="H501" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>1198</v>
+        <v>767</v>
+      </c>
+      <c r="I501">
+        <v>533</v>
       </c>
       <c r="J501">
-        <v>0</v>
+        <v>343</v>
       </c>
       <c r="K501" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1200</v>
+        <v>1188</v>
+      </c>
+      <c r="B502">
+        <v>635</v>
       </c>
       <c r="C502" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="D502" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E502" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F502" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G502" t="s">
-        <v>711</v>
+        <v>770</v>
       </c>
       <c r="H502" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>1200</v>
+        <v>771</v>
+      </c>
+      <c r="I502">
+        <v>635</v>
       </c>
       <c r="J502">
         <v>0</v>
       </c>
       <c r="K502" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1203</v>
+        <v>1188</v>
+      </c>
+      <c r="B503">
+        <v>589</v>
       </c>
       <c r="C503" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="D503" t="s">
-        <v>1205</v>
+        <v>1190</v>
       </c>
       <c r="E503" t="s">
-        <v>1206</v>
+        <v>1191</v>
       </c>
       <c r="F503" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G503" t="s">
-        <v>711</v>
+        <v>773</v>
       </c>
       <c r="H503" t="s">
-        <v>71</v>
+        <v>774</v>
       </c>
       <c r="I503">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1203</v>
+        <v>533</v>
+      </c>
+      <c r="J503">
+        <v>56</v>
       </c>
       <c r="K503" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1207</v>
+        <v>1188</v>
+      </c>
+      <c r="B504">
+        <v>549</v>
       </c>
       <c r="C504" t="s">
         <v>1208</v>
       </c>
       <c r="D504" t="s">
-        <v>1205</v>
+        <v>1190</v>
       </c>
       <c r="E504" t="s">
-        <v>1206</v>
+        <v>1191</v>
       </c>
       <c r="F504" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G504" t="s">
-        <v>70</v>
+        <v>911</v>
       </c>
       <c r="H504" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>1210</v>
+        <v>777</v>
+      </c>
+      <c r="I504">
+        <v>549</v>
+      </c>
+      <c r="J504">
+        <v>0</v>
       </c>
       <c r="K504" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>1188</v>
+      </c>
+      <c r="B505">
+        <v>452</v>
       </c>
       <c r="C505" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="D505" t="s">
-        <v>1205</v>
+        <v>1190</v>
       </c>
       <c r="E505" t="s">
-        <v>1206</v>
+        <v>1191</v>
       </c>
       <c r="F505" t="s">
-        <v>1052</v>
+        <v>1191</v>
       </c>
       <c r="G505" t="s">
-        <v>147</v>
+        <v>914</v>
       </c>
       <c r="H505" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>915</v>
+      </c>
+      <c r="I505">
+        <v>452</v>
       </c>
       <c r="J505">
         <v>0</v>
       </c>
       <c r="K505" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" t="s">
-        <v>1202</v>
+        <v>101</v>
       </c>
       <c r="B506" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="C506" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="D506" t="s">
-        <v>1205</v>
+        <v>312</v>
       </c>
       <c r="E506" t="s">
-        <v>1206</v>
+        <v>313</v>
       </c>
       <c r="F506" t="s">
-        <v>1052</v>
+        <v>152</v>
       </c>
       <c r="G506" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="H506" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="I506" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="J506">
         <v>0</v>
       </c>
       <c r="K506" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" t="s">
-        <v>1202</v>
+        <v>101</v>
       </c>
       <c r="B507" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="C507" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="D507" t="s">
-        <v>1205</v>
+        <v>312</v>
       </c>
       <c r="E507" t="s">
-        <v>1206</v>
+        <v>313</v>
       </c>
       <c r="F507" t="s">
-        <v>1052</v>
+        <v>152</v>
       </c>
       <c r="G507" t="s">
-        <v>152</v>
+        <v>202</v>
       </c>
       <c r="H507" t="s">
-        <v>153</v>
+        <v>130</v>
       </c>
       <c r="I507" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="J507">
         <v>0</v>
       </c>
       <c r="K507" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" t="s">
-        <v>1202</v>
+        <v>101</v>
       </c>
       <c r="B508" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="C508" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="D508" t="s">
-        <v>1205</v>
+        <v>312</v>
       </c>
       <c r="E508" t="s">
-        <v>1206</v>
+        <v>313</v>
       </c>
       <c r="F508" t="s">
-        <v>1052</v>
+        <v>152</v>
       </c>
       <c r="G508" t="s">
-        <v>711</v>
+        <v>204</v>
       </c>
       <c r="H508" t="s">
-        <v>712</v>
+        <v>205</v>
       </c>
       <c r="I508" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="J508">
         <v>0</v>
       </c>
       <c r="K508" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B509" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="C509" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="D509" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E509" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F509" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G509" t="s">
-        <v>1076</v>
+        <v>207</v>
       </c>
       <c r="H509" t="s">
-        <v>1222</v>
+        <v>208</v>
       </c>
       <c r="I509" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="J509">
         <v>0</v>
       </c>
       <c r="K509" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" t="s">
+        <v>101</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C510" t="s">
         <v>1219</v>
       </c>
-      <c r="B510" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D510" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E510" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F510" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G510" t="s">
-        <v>70</v>
+        <v>766</v>
       </c>
       <c r="H510" t="s">
-        <v>1222</v>
+        <v>767</v>
       </c>
       <c r="I510" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="J510">
         <v>0</v>
       </c>
       <c r="K510" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B511" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="C511" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="D511" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E511" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F511" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G511" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="H511" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="I511" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="J511">
         <v>0</v>
       </c>
       <c r="K511" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B512" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="C512" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="D512" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E512" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F512" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G512" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="H512" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="I512" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="J512">
         <v>0</v>
       </c>
       <c r="K512" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B513" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="C513" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="D513" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E513" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F513" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G513" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="H513" t="s">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="I513" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="J513">
         <v>0</v>
       </c>
       <c r="K513" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B514" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="C514" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="D514" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E514" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F514" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G514" t="s">
-        <v>711</v>
+        <v>207</v>
       </c>
       <c r="H514" t="s">
-        <v>712</v>
+        <v>208</v>
       </c>
       <c r="I514" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="J514">
         <v>0</v>
       </c>
       <c r="K514" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" t="s">
-        <v>1219</v>
+        <v>101</v>
       </c>
       <c r="B515" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="C515" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="D515" t="s">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="E515" t="s">
-        <v>372</v>
+        <v>313</v>
       </c>
       <c r="F515" t="s">
-        <v>373</v>
+        <v>152</v>
       </c>
       <c r="G515" t="s">
-        <v>715</v>
+        <v>766</v>
       </c>
       <c r="H515" t="s">
-        <v>716</v>
+        <v>767</v>
       </c>
       <c r="I515" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="J515">
         <v>0</v>
       </c>
       <c r="K515" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" t="s">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="B516" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="C516" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="D516" t="s">
-        <v>371</v>
+        <v>1103</v>
       </c>
       <c r="E516" t="s">
-        <v>372</v>
+        <v>1104</v>
       </c>
       <c r="F516" t="s">
-        <v>373</v>
+        <v>1105</v>
       </c>
       <c r="G516" t="s">
-        <v>718</v>
+        <v>1129</v>
       </c>
       <c r="H516" t="s">
-        <v>719</v>
+        <v>205</v>
       </c>
       <c r="I516" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="J516">
         <v>0</v>
       </c>
       <c r="K516" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="B517" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="C517" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="D517" t="s">
-        <v>371</v>
+        <v>14</v>
       </c>
       <c r="E517" t="s">
-        <v>372</v>
+        <v>15</v>
       </c>
       <c r="F517" t="s">
-        <v>373</v>
+        <v>16</v>
       </c>
       <c r="G517" t="s">
-        <v>858</v>
+        <v>1236</v>
       </c>
       <c r="H517" t="s">
-        <v>722</v>
+        <v>546</v>
       </c>
       <c r="I517" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="J517">
         <v>0</v>
       </c>
       <c r="K517" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="B518" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="C518" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D518" t="s">
-        <v>371</v>
+        <v>14</v>
       </c>
       <c r="E518" t="s">
-        <v>372</v>
+        <v>15</v>
       </c>
       <c r="F518" t="s">
-        <v>373</v>
+        <v>16</v>
       </c>
       <c r="G518" t="s">
-        <v>861</v>
+        <v>1236</v>
       </c>
       <c r="H518" t="s">
-        <v>862</v>
+        <v>546</v>
       </c>
       <c r="I518" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="J518">
         <v>0</v>
       </c>
       <c r="K518" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>1239</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1240</v>
       </c>
       <c r="C519" t="s">
         <v>1241</v>
       </c>
       <c r="D519" t="s">
-        <v>371</v>
+        <v>1242</v>
       </c>
       <c r="E519" t="s">
-        <v>372</v>
+        <v>1243</v>
       </c>
       <c r="F519" t="s">
-        <v>373</v>
+        <v>1105</v>
       </c>
       <c r="G519" t="s">
-        <v>1076</v>
+        <v>766</v>
       </c>
       <c r="H519" t="s">
-        <v>866</v>
+        <v>126</v>
       </c>
       <c r="I519">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>117</v>
+      </c>
+      <c r="J519" t="s">
+        <v>1244</v>
       </c>
       <c r="K519" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D520" t="s">
         <v>1242</v>
       </c>
-      <c r="B520" t="s">
+      <c r="E520" t="s">
         <v>1243</v>
       </c>
-      <c r="C520" t="s">
-[...2 lines deleted...]
-      <c r="D520" t="s">
+      <c r="F520" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G520" t="s">
+        <v>125</v>
+      </c>
+      <c r="H520" t="s">
+        <v>126</v>
+      </c>
+      <c r="I520" t="s">
         <v>1245</v>
       </c>
-      <c r="E520" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J520">
         <v>0</v>
       </c>
       <c r="K520" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D521" t="s">
         <v>1242</v>
       </c>
-      <c r="B521" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E521" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="F521" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G521" t="s">
+        <v>202</v>
+      </c>
+      <c r="H521" t="s">
+        <v>130</v>
+      </c>
+      <c r="I521" t="s">
         <v>1247</v>
       </c>
-      <c r="G521" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J521">
         <v>0</v>
       </c>
       <c r="K521" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D522" t="s">
         <v>1242</v>
       </c>
-      <c r="B522" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E522" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="F522" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G522" t="s">
-        <v>1248</v>
+        <v>204</v>
       </c>
       <c r="H522" t="s">
-        <v>1253</v>
+        <v>205</v>
       </c>
       <c r="I522" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="J522">
         <v>0</v>
       </c>
       <c r="K522" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D523" t="s">
         <v>1242</v>
       </c>
-      <c r="B523" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E523" t="s">
-        <v>1258</v>
+        <v>1243</v>
       </c>
       <c r="F523" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G523" t="s">
-        <v>1259</v>
+        <v>207</v>
       </c>
       <c r="H523" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>208</v>
+      </c>
+      <c r="I523" t="s">
+        <v>1251</v>
       </c>
       <c r="J523">
         <v>0</v>
       </c>
       <c r="K523" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D524" t="s">
         <v>1242</v>
       </c>
-      <c r="B524" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E524" t="s">
-        <v>1258</v>
+        <v>1243</v>
       </c>
       <c r="F524" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G524" t="s">
-        <v>1076</v>
+        <v>766</v>
       </c>
       <c r="H524" t="s">
-        <v>75</v>
+        <v>767</v>
       </c>
       <c r="I524" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
       <c r="J524">
         <v>0</v>
       </c>
       <c r="K524" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" t="s">
-        <v>1242</v>
+        <v>1255</v>
       </c>
       <c r="B525" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
       <c r="C525" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="D525" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="E525" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="F525" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G525" t="s">
-        <v>1259</v>
+        <v>766</v>
       </c>
       <c r="H525" t="s">
-        <v>1253</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I525">
+        <v>0</v>
+      </c>
+      <c r="J525" t="s">
+        <v>1256</v>
       </c>
       <c r="K525" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" t="s">
-        <v>1265</v>
+        <v>1255</v>
       </c>
       <c r="B526" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="C526" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="D526" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="E526" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="F526" t="s">
-        <v>1270</v>
+        <v>1105</v>
       </c>
       <c r="G526" t="s">
-        <v>1271</v>
+        <v>125</v>
       </c>
       <c r="H526" t="s">
-        <v>1272</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="I526" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J526" t="s">
+        <v>1263</v>
       </c>
       <c r="K526" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C527" t="s">
         <v>1265</v>
       </c>
-      <c r="B527" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D527" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="E527" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="F527" t="s">
-        <v>1270</v>
+        <v>1105</v>
       </c>
       <c r="G527" t="s">
-        <v>1271</v>
+        <v>202</v>
       </c>
       <c r="H527" t="s">
-        <v>1272</v>
+        <v>130</v>
       </c>
       <c r="I527" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="J527">
         <v>0</v>
       </c>
       <c r="K527" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
       <c r="B528" t="s">
-        <v>1276</v>
+        <v>1266</v>
       </c>
       <c r="C528" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="D528" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="E528" t="s">
-        <v>1279</v>
+        <v>1259</v>
       </c>
       <c r="F528" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G528" t="s">
-        <v>1280</v>
+        <v>204</v>
       </c>
       <c r="H528" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>205</v>
+      </c>
+      <c r="I528" t="s">
+        <v>1266</v>
       </c>
       <c r="J528">
         <v>0</v>
       </c>
       <c r="K528" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
       <c r="B529" t="s">
-        <v>1281</v>
+        <v>1268</v>
       </c>
       <c r="C529" t="s">
-        <v>1282</v>
+        <v>1269</v>
       </c>
       <c r="D529" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="E529" t="s">
-        <v>1279</v>
+        <v>1259</v>
       </c>
       <c r="F529" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G529" t="s">
-        <v>1076</v>
+        <v>207</v>
       </c>
       <c r="H529" t="s">
-        <v>75</v>
+        <v>208</v>
       </c>
       <c r="I529" t="s">
-        <v>1281</v>
+        <v>1268</v>
       </c>
       <c r="J529">
         <v>0</v>
       </c>
       <c r="K529" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" t="s">
-        <v>1275</v>
+        <v>1255</v>
       </c>
       <c r="B530" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="C530" t="s">
-        <v>1284</v>
+        <v>1271</v>
       </c>
       <c r="D530" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="E530" t="s">
-        <v>1279</v>
+        <v>1259</v>
       </c>
       <c r="F530" t="s">
-        <v>1247</v>
+        <v>1105</v>
       </c>
       <c r="G530" t="s">
-        <v>1280</v>
+        <v>766</v>
       </c>
       <c r="H530" t="s">
-        <v>1253</v>
+        <v>767</v>
       </c>
       <c r="I530" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="J530">
         <v>0</v>
       </c>
       <c r="K530" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B531" t="s">
-        <v>1286</v>
+        <v>1273</v>
       </c>
       <c r="C531" t="s">
-        <v>1287</v>
+        <v>1274</v>
       </c>
       <c r="D531" t="s">
-        <v>1288</v>
+        <v>14</v>
       </c>
       <c r="E531" t="s">
-        <v>1289</v>
+        <v>15</v>
       </c>
       <c r="F531" t="s">
-        <v>1290</v>
+        <v>16</v>
       </c>
       <c r="G531" t="s">
-        <v>1291</v>
+        <v>1129</v>
       </c>
       <c r="H531" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1275</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1273</v>
       </c>
       <c r="J531">
         <v>0</v>
       </c>
       <c r="K531" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B532" t="s">
-        <v>1293</v>
+        <v>1276</v>
       </c>
       <c r="C532" t="s">
-        <v>1294</v>
+        <v>1277</v>
       </c>
       <c r="D532" t="s">
-        <v>1288</v>
+        <v>14</v>
       </c>
       <c r="E532" t="s">
-        <v>1289</v>
+        <v>15</v>
       </c>
       <c r="F532" t="s">
-        <v>1290</v>
+        <v>16</v>
       </c>
       <c r="G532" t="s">
-        <v>1076</v>
+        <v>125</v>
       </c>
       <c r="H532" t="s">
-        <v>1292</v>
+        <v>1275</v>
       </c>
       <c r="I532" t="s">
-        <v>1293</v>
+        <v>1276</v>
       </c>
       <c r="J532">
         <v>0</v>
       </c>
       <c r="K532" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B533" t="s">
-        <v>1295</v>
+        <v>1278</v>
       </c>
       <c r="C533" t="s">
-        <v>1296</v>
+        <v>1279</v>
       </c>
       <c r="D533" t="s">
-        <v>1288</v>
+        <v>14</v>
       </c>
       <c r="E533" t="s">
-        <v>1289</v>
+        <v>15</v>
       </c>
       <c r="F533" t="s">
-        <v>1290</v>
+        <v>16</v>
       </c>
       <c r="G533" t="s">
-        <v>1291</v>
+        <v>202</v>
       </c>
       <c r="H533" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="I533" t="s">
+        <v>1278</v>
       </c>
       <c r="J533">
         <v>0</v>
       </c>
       <c r="K533" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" t="s">
-        <v>1297</v>
+        <v>1272</v>
       </c>
       <c r="B534" t="s">
-        <v>1298</v>
+        <v>1280</v>
       </c>
       <c r="C534" t="s">
-        <v>1299</v>
+        <v>1281</v>
       </c>
       <c r="D534" t="s">
-        <v>1108</v>
+        <v>14</v>
       </c>
       <c r="E534" t="s">
-        <v>1109</v>
+        <v>15</v>
       </c>
       <c r="F534" t="s">
-        <v>1052</v>
+        <v>16</v>
       </c>
       <c r="G534" t="s">
-        <v>1300</v>
+        <v>204</v>
       </c>
       <c r="H534" t="s">
-        <v>75</v>
+        <v>205</v>
       </c>
       <c r="I534" t="s">
-        <v>1298</v>
+        <v>1280</v>
       </c>
       <c r="J534">
         <v>0</v>
       </c>
       <c r="K534" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" t="s">
-        <v>1297</v>
+        <v>1272</v>
       </c>
       <c r="B535" t="s">
-        <v>1301</v>
+        <v>1282</v>
       </c>
       <c r="C535" t="s">
-        <v>1302</v>
+        <v>1283</v>
       </c>
       <c r="D535" t="s">
-        <v>1108</v>
+        <v>14</v>
       </c>
       <c r="E535" t="s">
-        <v>1109</v>
+        <v>15</v>
       </c>
       <c r="F535" t="s">
-        <v>1052</v>
+        <v>16</v>
       </c>
       <c r="G535" t="s">
-        <v>1300</v>
+        <v>207</v>
       </c>
       <c r="H535" t="s">
-        <v>75</v>
+        <v>208</v>
       </c>
       <c r="I535" t="s">
-        <v>1301</v>
+        <v>1282</v>
       </c>
       <c r="J535">
         <v>0</v>
       </c>
       <c r="K535" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" t="s">
-        <v>1303</v>
+        <v>1272</v>
       </c>
       <c r="B536" t="s">
-        <v>1304</v>
+        <v>1284</v>
       </c>
       <c r="C536" t="s">
-        <v>1305</v>
+        <v>1285</v>
       </c>
       <c r="D536" t="s">
-        <v>1062</v>
+        <v>14</v>
       </c>
       <c r="E536" t="s">
-        <v>1063</v>
+        <v>15</v>
       </c>
       <c r="F536" t="s">
-        <v>1052</v>
+        <v>16</v>
       </c>
       <c r="G536" t="s">
-        <v>1076</v>
+        <v>766</v>
       </c>
       <c r="H536" t="s">
-        <v>75</v>
+        <v>767</v>
       </c>
       <c r="I536" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>1307</v>
+        <v>1284</v>
+      </c>
+      <c r="J536">
+        <v>0</v>
       </c>
       <c r="K536" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" t="s">
-        <v>1303</v>
+        <v>1272</v>
       </c>
       <c r="B537" t="s">
-        <v>1308</v>
+        <v>1286</v>
       </c>
       <c r="C537" t="s">
-        <v>1309</v>
+        <v>1287</v>
       </c>
       <c r="D537" t="s">
-        <v>1062</v>
+        <v>14</v>
       </c>
       <c r="E537" t="s">
-        <v>1063</v>
+        <v>15</v>
       </c>
       <c r="F537" t="s">
-        <v>1052</v>
+        <v>16</v>
       </c>
       <c r="G537" t="s">
-        <v>1076</v>
+        <v>770</v>
       </c>
       <c r="H537" t="s">
-        <v>75</v>
+        <v>771</v>
       </c>
       <c r="I537" t="s">
-        <v>1308</v>
+        <v>1286</v>
       </c>
       <c r="J537">
         <v>0</v>
       </c>
       <c r="K537" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" t="s">
-        <v>1310</v>
+        <v>1272</v>
       </c>
       <c r="B538" t="s">
-        <v>1311</v>
+        <v>1288</v>
       </c>
       <c r="C538" t="s">
-        <v>1312</v>
+        <v>1289</v>
       </c>
       <c r="D538" t="s">
-        <v>388</v>
+        <v>14</v>
       </c>
       <c r="E538" t="s">
-        <v>389</v>
+        <v>15</v>
       </c>
       <c r="F538" t="s">
-        <v>390</v>
+        <v>16</v>
       </c>
       <c r="G538" t="s">
-        <v>865</v>
+        <v>773</v>
       </c>
       <c r="H538" t="s">
-        <v>1313</v>
-[...5 lines deleted...]
-        <v>1311</v>
+        <v>774</v>
+      </c>
+      <c r="I538" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J538">
+        <v>0</v>
       </c>
       <c r="K538" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" t="s">
-        <v>1310</v>
+        <v>1272</v>
       </c>
       <c r="B539" t="s">
-        <v>1314</v>
+        <v>1290</v>
       </c>
       <c r="C539" t="s">
-        <v>1315</v>
+        <v>1291</v>
       </c>
       <c r="D539" t="s">
-        <v>388</v>
+        <v>14</v>
       </c>
       <c r="E539" t="s">
-        <v>389</v>
+        <v>15</v>
       </c>
       <c r="F539" t="s">
-        <v>390</v>
+        <v>16</v>
       </c>
       <c r="G539" t="s">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="H539" t="s">
-        <v>1313</v>
+        <v>777</v>
       </c>
       <c r="I539" t="s">
-        <v>1314</v>
+        <v>1290</v>
       </c>
       <c r="J539">
         <v>0</v>
       </c>
       <c r="K539" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" t="s">
-        <v>1316</v>
+        <v>1272</v>
       </c>
       <c r="B540" t="s">
-        <v>1317</v>
+        <v>1292</v>
       </c>
       <c r="C540" t="s">
-        <v>1318</v>
+        <v>1293</v>
       </c>
       <c r="D540" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="E540" t="s">
-        <v>1320</v>
+        <v>15</v>
       </c>
       <c r="F540" t="s">
-        <v>1321</v>
+        <v>16</v>
       </c>
       <c r="G540" t="s">
-        <v>866</v>
+        <v>914</v>
       </c>
       <c r="H540" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>1317</v>
+        <v>915</v>
+      </c>
+      <c r="I540" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J540">
+        <v>0</v>
       </c>
       <c r="K540" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-        <v>1322</v>
+        <v>1272</v>
+      </c>
+      <c r="B541">
+        <v>95</v>
       </c>
       <c r="C541" t="s">
-        <v>1323</v>
+        <v>1294</v>
       </c>
       <c r="D541" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="E541" t="s">
-        <v>1320</v>
+        <v>15</v>
       </c>
       <c r="F541" t="s">
-        <v>1321</v>
+        <v>16</v>
       </c>
       <c r="G541" t="s">
-        <v>866</v>
+        <v>1129</v>
       </c>
       <c r="H541" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>1324</v>
+        <v>919</v>
+      </c>
+      <c r="I541">
+        <v>95</v>
       </c>
       <c r="J541">
         <v>0</v>
       </c>
       <c r="K541" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" t="s">
-        <v>1316</v>
+        <v>1295</v>
       </c>
       <c r="B542" t="s">
-        <v>1325</v>
+        <v>1296</v>
       </c>
       <c r="C542" t="s">
-        <v>1326</v>
+        <v>1297</v>
       </c>
       <c r="D542" t="s">
-        <v>1327</v>
+        <v>1298</v>
       </c>
       <c r="E542" t="s">
-        <v>1328</v>
+        <v>1299</v>
       </c>
       <c r="F542" t="s">
-        <v>1329</v>
+        <v>1300</v>
       </c>
       <c r="G542" t="s">
-        <v>1330</v>
+        <v>1301</v>
       </c>
       <c r="H542" t="s">
-        <v>1331</v>
+        <v>130</v>
       </c>
       <c r="I542">
         <v>0</v>
       </c>
       <c r="J542">
         <v>0</v>
       </c>
       <c r="K542" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" t="s">
-        <v>1316</v>
+        <v>1295</v>
       </c>
       <c r="B543" t="s">
-        <v>1332</v>
+        <v>1302</v>
       </c>
       <c r="C543" t="s">
-        <v>1333</v>
+        <v>1303</v>
       </c>
       <c r="D543" t="s">
-        <v>1327</v>
+        <v>1298</v>
       </c>
       <c r="E543" t="s">
-        <v>1328</v>
+        <v>1299</v>
       </c>
       <c r="F543" t="s">
-        <v>1329</v>
+        <v>1300</v>
       </c>
       <c r="G543" t="s">
-        <v>1076</v>
+        <v>1129</v>
       </c>
       <c r="H543" t="s">
-        <v>1331</v>
+        <v>130</v>
       </c>
       <c r="I543" t="s">
-        <v>1332</v>
+        <v>1302</v>
       </c>
       <c r="J543">
         <v>0</v>
       </c>
       <c r="K543" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>1295</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1304</v>
       </c>
       <c r="C544" t="s">
-        <v>1334</v>
+        <v>1305</v>
       </c>
       <c r="D544" t="s">
-        <v>1327</v>
+        <v>1298</v>
       </c>
       <c r="E544" t="s">
-        <v>1328</v>
+        <v>1299</v>
       </c>
       <c r="F544" t="s">
-        <v>1329</v>
+        <v>1300</v>
       </c>
       <c r="G544" t="s">
-        <v>1330</v>
+        <v>1301</v>
       </c>
       <c r="H544" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1306</v>
+      </c>
+      <c r="I544" t="s">
+        <v>1307</v>
       </c>
       <c r="J544">
         <v>0</v>
       </c>
       <c r="K544" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" t="s">
-        <v>1335</v>
+        <v>1295</v>
       </c>
       <c r="B545" t="s">
-        <v>1336</v>
+        <v>1308</v>
       </c>
       <c r="C545" t="s">
-        <v>1337</v>
+        <v>1309</v>
       </c>
       <c r="D545" t="s">
-        <v>1050</v>
+        <v>1310</v>
       </c>
       <c r="E545" t="s">
-        <v>1051</v>
+        <v>1311</v>
       </c>
       <c r="F545" t="s">
-        <v>1052</v>
+        <v>1300</v>
       </c>
       <c r="G545" t="s">
-        <v>1076</v>
+        <v>1312</v>
       </c>
       <c r="H545" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>1336</v>
+        <v>130</v>
+      </c>
+      <c r="I545">
+        <v>0</v>
       </c>
       <c r="J545">
         <v>0</v>
       </c>
       <c r="K545" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G546" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H546" t="s">
+        <v>130</v>
+      </c>
+      <c r="I546" t="s">
+        <v>1313</v>
+      </c>
+      <c r="J546">
+        <v>0</v>
+      </c>
+      <c r="K546" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="547" spans="1:11">
+      <c r="A547" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F547" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G547" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I547" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J547">
+        <v>0</v>
+      </c>
+      <c r="K547" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="548" spans="1:11">
+      <c r="A548" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1323</v>
+      </c>
+      <c r="G548" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I548">
+        <v>0</v>
+      </c>
+      <c r="J548">
+        <v>0</v>
+      </c>
+      <c r="K548" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="549" spans="1:11">
+      <c r="A549" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1323</v>
+      </c>
+      <c r="G549" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I549" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J549">
+        <v>0</v>
+      </c>
+      <c r="K549" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="550" spans="1:11">
+      <c r="A550" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G550" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H550" t="s">
+        <v>130</v>
+      </c>
+      <c r="I550">
+        <v>0</v>
+      </c>
+      <c r="J550">
+        <v>0</v>
+      </c>
+      <c r="K550" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="551" spans="1:11">
+      <c r="A551" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C551" t="s">
         <v>1335</v>
       </c>
-      <c r="B546" t="s">
+      <c r="D551" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F551" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G551" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H551" t="s">
+        <v>130</v>
+      </c>
+      <c r="I551" t="s">
+        <v>1334</v>
+      </c>
+      <c r="J551">
+        <v>0</v>
+      </c>
+      <c r="K551" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="552" spans="1:11">
+      <c r="A552" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G552" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I552" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J552">
+        <v>0</v>
+      </c>
+      <c r="K552" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="553" spans="1:11">
+      <c r="A553" t="s">
         <v>1338</v>
       </c>
-      <c r="C546" t="s">
+      <c r="B553" t="s">
         <v>1339</v>
       </c>
-      <c r="D546" t="s">
-[...14 lines deleted...]
-      <c r="I546" t="s">
+      <c r="C553" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G553" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I553">
+        <v>0</v>
+      </c>
+      <c r="J553">
+        <v>0</v>
+      </c>
+      <c r="K553" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="554" spans="1:11">
+      <c r="A554" t="s">
         <v>1338</v>
       </c>
-      <c r="J546">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B554" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F554" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G554" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I554" t="s">
+        <v>1346</v>
+      </c>
+      <c r="J554">
+        <v>0</v>
+      </c>
+      <c r="K554" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="555" spans="1:11">
+      <c r="A555" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F555" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G555" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I555">
+        <v>0</v>
+      </c>
+      <c r="J555">
+        <v>0</v>
+      </c>
+      <c r="K555" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="556" spans="1:11">
+      <c r="A556" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F556" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G556" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H556" t="s">
+        <v>130</v>
+      </c>
+      <c r="I556" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J556">
+        <v>0</v>
+      </c>
+      <c r="K556" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="557" spans="1:11">
+      <c r="A557" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G557" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H557" t="s">
+        <v>130</v>
+      </c>
+      <c r="I557" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J557">
+        <v>0</v>
+      </c>
+      <c r="K557" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="558" spans="1:11">
+      <c r="A558" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G558" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H558" t="s">
+        <v>130</v>
+      </c>
+      <c r="I558" t="s">
+        <v>1359</v>
+      </c>
+      <c r="J558" t="s">
+        <v>1360</v>
+      </c>
+      <c r="K558" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="559" spans="1:11">
+      <c r="A559" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G559" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H559" t="s">
+        <v>130</v>
+      </c>
+      <c r="I559" t="s">
+        <v>1361</v>
+      </c>
+      <c r="J559">
+        <v>0</v>
+      </c>
+      <c r="K559" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="560" spans="1:11">
+      <c r="A560" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D560" t="s">
+        <v>445</v>
+      </c>
+      <c r="E560" t="s">
+        <v>446</v>
+      </c>
+      <c r="F560" t="s">
+        <v>447</v>
+      </c>
+      <c r="G560" t="s">
+        <v>918</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I560">
+        <v>0</v>
+      </c>
+      <c r="J560" t="s">
+        <v>1364</v>
+      </c>
+      <c r="K560" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="561" spans="1:11">
+      <c r="A561" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D561" t="s">
+        <v>445</v>
+      </c>
+      <c r="E561" t="s">
+        <v>446</v>
+      </c>
+      <c r="F561" t="s">
+        <v>447</v>
+      </c>
+      <c r="G561" t="s">
+        <v>918</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I561" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J561">
+        <v>0</v>
+      </c>
+      <c r="K561" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="562" spans="1:11">
+      <c r="A562" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F562" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G562" t="s">
+        <v>919</v>
+      </c>
+      <c r="H562" t="s">
+        <v>205</v>
+      </c>
+      <c r="I562">
+        <v>0</v>
+      </c>
+      <c r="J562" t="s">
+        <v>1370</v>
+      </c>
+      <c r="K562" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="563" spans="1:11">
+      <c r="A563" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G563" t="s">
+        <v>919</v>
+      </c>
+      <c r="H563" t="s">
+        <v>205</v>
+      </c>
+      <c r="I563" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J563">
+        <v>0</v>
+      </c>
+      <c r="K563" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="564" spans="1:11">
+      <c r="A564" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G564" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I564">
+        <v>0</v>
+      </c>
+      <c r="J564">
+        <v>0</v>
+      </c>
+      <c r="K564" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="565" spans="1:11">
+      <c r="A565" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G565" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I565" t="s">
+        <v>1385</v>
+      </c>
+      <c r="J565">
+        <v>0</v>
+      </c>
+      <c r="K565" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="566" spans="1:11">
+      <c r="A566" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B566">
+        <v>877</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G566" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I566">
+        <v>0</v>
+      </c>
+      <c r="J566">
+        <v>0</v>
+      </c>
+      <c r="K566" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="567" spans="1:11">
+      <c r="A567" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G567" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H567" t="s">
+        <v>130</v>
+      </c>
+      <c r="I567" t="s">
+        <v>1389</v>
+      </c>
+      <c r="J567">
+        <v>0</v>
+      </c>
+      <c r="K567" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="568" spans="1:11">
+      <c r="A568" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G568" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H568" t="s">
+        <v>130</v>
+      </c>
+      <c r="I568" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J568">
+        <v>0</v>
+      </c>
+      <c r="K568" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">