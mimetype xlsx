--- v1 (2025-11-08)
+++ v2 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1415">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -149,89 +149,149 @@
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>4,384</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-R-2303-2312-0000001-0004384</t>
   </si>
   <si>
     <t>2023-03-30</t>
   </si>
   <si>
     <t>71,663</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-2-2401-2410-0000001-0071663</t>
   </si>
   <si>
     <t>39,461</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-2-2303-2312-0000001-0039461</t>
   </si>
   <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>15,933</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-220101-241231-0000001-0015933</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005</t>
+  </si>
+  <si>
+    <t>CO2Bio P2-2</t>
+  </si>
+  <si>
+    <t>FUNDACION CATARUBEN</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>15,528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-220101-241231-0000001-0015528</t>
+  </si>
+  <si>
+    <t>18,889</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-220101-241231-0000001-0018889</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-220101-241231-0000001-0015933</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-220101-241231-0000001-0015528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-220101-241231-0000001-0018889</t>
+  </si>
+  <si>
+    <t>127,472</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0127472</t>
+  </si>
+  <si>
+    <t>124,230</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0124230</t>
+  </si>
+  <si>
+    <t>151,114</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0151114</t>
+  </si>
+  <si>
     <t>2025-08-21</t>
   </si>
   <si>
     <t>63,008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2401-2408-0000001-0063008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001</t>
   </si>
   <si>
     <t>DABUCURY REDD+</t>
   </si>
   <si>
     <t>Terra Commodities S.A.S.</t>
   </si>
   <si>
     <t>2024-08-31</t>
   </si>
   <si>
     <t>90,039</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2301-2312-0000001-0090039</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>61,888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2201-2212-0000001-0061888</t>
   </si>
   <si>
-    <t>2022-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>15,280</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0015280</t>
   </si>
   <si>
     <t>2021-01-10</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2401-2408-0000001-0063008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2301-2312-0000001-0090039</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2212-0000001-0061888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0015280</t>
@@ -239,50 +299,56 @@
   <si>
     <t>504,068</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2401-2408-0000001-0504068</t>
   </si>
   <si>
     <t>720,318</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2301-2312-0000001-0720318</t>
   </si>
   <si>
     <t>495,104</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2212-0000001-0495104</t>
   </si>
   <si>
     <t>122,246</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0122246</t>
   </si>
   <si>
+    <t>83,462</t>
+  </si>
+  <si>
+    <t>38,784</t>
+  </si>
+  <si>
     <t>2025-08-14</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2401-2408-0000001-0000301</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001</t>
   </si>
   <si>
     <t>Helios Santa Rosa Solar PV Plant</t>
   </si>
   <si>
     <t>Tassaroli S.A.</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2301-2312-0000001-0000379</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2204-2212-0000001-0000320</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>2,717</t>
@@ -470,53 +536,50 @@
   <si>
     <t>1,343,430</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-1804-1812-0000001-1343430</t>
   </si>
   <si>
     <t>1,343,413</t>
   </si>
   <si>
     <t>2025-07-24</t>
   </si>
   <si>
     <t>26,570</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2301-2312-0000001-0026570</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002</t>
   </si>
   <si>
     <t>CO2Bio Proyecto 2</t>
   </si>
   <si>
-    <t>FUNDACION CATARUBEN</t>
-[...1 lines deleted...]
-  <si>
     <t>24,172</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2201-2212-0000001-0024172</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2301-2312-0000001-0026570</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2201-2212-0000001-0024172</t>
   </si>
   <si>
     <t>212,560</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2301-2312-0000001-0212560</t>
   </si>
   <si>
     <t>193,385</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2201-2212-0000001-0193385</t>
   </si>
   <si>
     <t>2025-06-12</t>
@@ -854,74 +917,80 @@
   <si>
     <t>Proyecto REDD+ MARENA ICHENA- NAG+MA ENOYE RAFUE</t>
   </si>
   <si>
     <t>MAGUARES ZOMAC S.A.S</t>
   </si>
   <si>
     <t>157,901</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-3-1801-1812-0000001-0157901</t>
   </si>
   <si>
     <t>1,612,561</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2201-2212-0000001-1612561</t>
   </si>
   <si>
     <t>1,610,770</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0000001-1610770</t>
   </si>
   <si>
-    <t>721,496</t>
-[...2 lines deleted...]
-    <t>889,274</t>
+    <t>771,496</t>
+  </si>
+  <si>
+    <t>839,274</t>
   </si>
   <si>
     <t>1,565,469</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2001-2012-0000001-1565469</t>
   </si>
   <si>
     <t>1,492,551</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1901-1912-0000001-1492551</t>
   </si>
   <si>
     <t>1,294,791</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1801-1812-0000001-1294791</t>
   </si>
   <si>
+    <t>4,525</t>
+  </si>
+  <si>
+    <t>1,290,266</t>
+  </si>
+  <si>
     <t>2025-03-07</t>
   </si>
   <si>
     <t>BCR-PY-451-14-001-R-2301-2305-0000001-0000705</t>
   </si>
   <si>
     <t>BCR-PY-451-14-001</t>
   </si>
   <si>
     <t>Mixed planting of native and non-native species in Paraguay-I</t>
   </si>
   <si>
     <t>Desarrollos Madereros S.A.</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>BCR-PY-451-14-001-R-2201-2212-0000001-0000404</t>
   </si>
   <si>
     <t>BCR-PY-451-14-001-R-2101-2112-0000001-0000502</t>
@@ -998,53 +1067,50 @@
   <si>
     <t>PCR-CO-635-141-001-3-2201-2212-0000001-0002729</t>
   </si>
   <si>
     <t>PCR-CO-635-141-001-3-2101-2112-0000001-0002686</t>
   </si>
   <si>
     <t>18,772</t>
   </si>
   <si>
     <t>PCR-CO-635-141-001-2-2301-2312-0000001-0018772</t>
   </si>
   <si>
     <t>21,828</t>
   </si>
   <si>
     <t>PCR-CO-635-141-001-2-2201-2212-0000001-0021828</t>
   </si>
   <si>
     <t>21,485</t>
   </si>
   <si>
     <t>PCR-CO-635-141-001-2-2101-2112-0000001-0021485</t>
   </si>
   <si>
-    <t>20,883</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-23</t>
   </si>
   <si>
     <t>15,832</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-R-2201-2212-0000001-0015832</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006</t>
   </si>
   <si>
     <t>ORINOCO2</t>
   </si>
   <si>
     <t>15,647</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-R-2101-2112-0000001-0015647</t>
   </si>
   <si>
     <t>15,408</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-R-2001-2012-0000001-0015408</t>
@@ -1070,50 +1136,56 @@
   <si>
     <t>BCR-CO-635-14-006-3-2101-2112-0000001-0015647</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-2001-2012-0000001-0015408</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-1901-1912-0000001-0015122</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-1810-1812-0000001-0003699</t>
   </si>
   <si>
     <t>126,658</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2201-2212-0000001-0126658</t>
   </si>
   <si>
     <t>125,174</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2101-2112-0000001-0125174</t>
   </si>
   <si>
+    <t>1,405</t>
+  </si>
+  <si>
+    <t>123,769</t>
+  </si>
+  <si>
     <t>123,266</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2001-2012-0000001-0123266</t>
   </si>
   <si>
     <t>1,838</t>
   </si>
   <si>
     <t>121,428</t>
   </si>
   <si>
     <t>120,975</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1901-1912-0000001-0120975</t>
   </si>
   <si>
     <t>29,593</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1810-1812-0000001-0029593</t>
   </si>
   <si>
     <t>29,586</t>
@@ -1157,81 +1229,81 @@
   <si>
     <t>2019-01-02</t>
   </si>
   <si>
     <t>44,848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2201-2212-0000001-0044848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2001-2012-0000001-0029173</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-1901-1912-0000001-0053279</t>
   </si>
   <si>
     <t>358,786</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0358786</t>
   </si>
   <si>
-    <t>357,839</t>
+    <t>357,819</t>
   </si>
   <si>
     <t>197,685</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0197685</t>
   </si>
   <si>
-    <t>17,000</t>
-[...2 lines deleted...]
-    <t>180,685</t>
+    <t>34,000</t>
+  </si>
+  <si>
+    <t>163,685</t>
   </si>
   <si>
     <t>233,381</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
   </si>
   <si>
     <t>426,229</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0426229</t>
   </si>
   <si>
-    <t>2,081</t>
-[...2 lines deleted...]
-    <t>424,148</t>
+    <t>2,148</t>
+  </si>
+  <si>
+    <t>424,081</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>143,120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-R-2301-2306-0000001-0143120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005</t>
   </si>
   <si>
     <t>CRIMA Predio Putumayo y Andoque de Aduche REDD+ Project</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>237,570</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-R-2201-2212-0000001-0237570</t>
   </si>
@@ -1400,60 +1472,66 @@
   <si>
     <t>3,085</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-2301-2302-0000001-0003085</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-2201-2212-0000001-0021153</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-2103-2112-0000001-0016624</t>
   </si>
   <si>
     <t>24,676</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2301-2302-0000001-0024676</t>
   </si>
   <si>
     <t>169,220</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2201-2212-0000001-0169220</t>
   </si>
   <si>
+    <t>41,306</t>
+  </si>
+  <si>
+    <t>127,914</t>
+  </si>
+  <si>
     <t>132,995</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-2-2103-2112-0000001-0132995</t>
   </si>
   <si>
-    <t>79,876</t>
-[...2 lines deleted...]
-    <t>53,119</t>
+    <t>86,671</t>
+  </si>
+  <si>
+    <t>46,324</t>
   </si>
   <si>
     <t>2024-04-25</t>
   </si>
   <si>
     <t>72,688</t>
   </si>
   <si>
     <t>BCR-CO-173-14-002-R-1801-1812-0000001-0072688</t>
   </si>
   <si>
     <t>BCR-CO-116-14-001</t>
   </si>
   <si>
     <t>REDD Project of the indigenous peoples of Vaupés YUTUCU and Others</t>
   </si>
   <si>
     <t>Asociación de Autoridades indígenas Tradicionales Yiriti del Vaupés - ASATRAIYUVA</t>
   </si>
   <si>
     <t>49,862</t>
   </si>
   <si>
     <t>BCR-CO-173-14-002-R-1701-1712-0000001-0049862</t>
   </si>
@@ -1523,90 +1601,93 @@
   <si>
     <t>11,477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2101-2112-0000001-0011477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2001-2012-0000001-0011347</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1901-1912-0000001-0011093</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1801-1812-0000001-0010668</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1708-1712-0000001-0003177</t>
   </si>
   <si>
     <t>91,818</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0000001-0091818</t>
   </si>
   <si>
-    <t>91,649</t>
+    <t>8,846</t>
+  </si>
+  <si>
+    <t>82,972</t>
   </si>
   <si>
     <t>90,778</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0000001-0090778</t>
   </si>
   <si>
-    <t>11,832</t>
-[...2 lines deleted...]
-    <t>78,946</t>
+    <t>14,329</t>
+  </si>
+  <si>
+    <t>76,449</t>
   </si>
   <si>
     <t>88,743</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1901-1912-0000001-0088743</t>
   </si>
   <si>
     <t>88,207</t>
   </si>
   <si>
     <t>85,343</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1801-1812-0000001-0085343</t>
   </si>
   <si>
     <t>25,418</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1708-1712-0000001-0025418</t>
   </si>
   <si>
-    <t>4,449</t>
-[...2 lines deleted...]
-    <t>20,969</t>
+    <t>4,619</t>
+  </si>
+  <si>
+    <t>20,799</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>85,728</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-R-2201-2212-0000001-0085728</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003</t>
   </si>
   <si>
     <t>Aire de Vida “FIIVO JAAGAVA KOMUYA JAG+Y+” Monochoa REDD+</t>
   </si>
   <si>
     <t>41,709</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-R-2107-2112-0000001-0041709</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
@@ -1724,56 +1805,50 @@
   <si>
     <t>137,105</t>
   </si>
   <si>
     <t>86,650</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-2010-2012-0000001-0086650</t>
   </si>
   <si>
     <t>56,659</t>
   </si>
   <si>
     <t>29,991</t>
   </si>
   <si>
     <t>2023-12-22</t>
   </si>
   <si>
     <t>21,268</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-2101-2112-0000001-0021268</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005</t>
-[...4 lines deleted...]
-  <si>
     <t>20,726</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-2001-2012-0000001-0020726</t>
   </si>
   <si>
     <t>20,058</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-1901-1912-0000001-0020058</t>
   </si>
   <si>
     <t>18,443</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-1801-1812-0000001-0018443</t>
   </si>
   <si>
     <t>2018-01-15</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-2101-2112-0000001-0021268</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-2001-2012-0000001-0020726</t>
@@ -1781,71 +1856,65 @@
   <si>
     <t>BCR-CO-635-14-005-3-1901-1912-0000001-0020058</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-1801-1812-0000001-0018443</t>
   </si>
   <si>
     <t>170,146</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2101-2112-0000001-0170146</t>
   </si>
   <si>
     <t>22,691</t>
   </si>
   <si>
     <t>147,455</t>
   </si>
   <si>
     <t>165,810</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0000001-0165810</t>
   </si>
   <si>
-    <t>165,791</t>
+    <t>165,809</t>
   </si>
   <si>
     <t>160,465</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-1901-1912-0000001-0160465</t>
   </si>
   <si>
-    <t>160,455</t>
-[...1 lines deleted...]
-  <si>
     <t>147,540</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-1801-1812-0000001-0147540</t>
   </si>
   <si>
-    <t>147,539</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-11-30</t>
   </si>
   <si>
     <t>1,054</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-R-2101-2112-0000001-0001054</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004</t>
   </si>
   <si>
     <t>CultivO2 Project 1</t>
   </si>
   <si>
     <t>1,042</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-R-2001-2012-0000001-0001042</t>
   </si>
   <si>
     <t>1,024</t>
   </si>
   <si>
     <t>BCR-CO-635-14-004-R-1901-1912-0000001-0001024</t>
@@ -1991,135 +2060,141 @@
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>19,157</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2001-2012-0000001-0019157</t>
   </si>
   <si>
     <t>18,125</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>2019-01-15</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0076194</t>
   </si>
   <si>
+    <t>76,193</t>
+  </si>
+  <si>
     <t>PCR-CO-319-141-001-3-2001-2012-0000001-0019157</t>
   </si>
   <si>
+    <t>19,156</t>
+  </si>
+  <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>311,653</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0000001-0311653</t>
   </si>
   <si>
     <t>609,554</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0609554</t>
   </si>
   <si>
-    <t>579,469</t>
-[...2 lines deleted...]
-    <t>30,085</t>
+    <t>584,962</t>
+  </si>
+  <si>
+    <t>24,592</t>
   </si>
   <si>
     <t>153,259</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0000001-0153259</t>
   </si>
   <si>
     <t>122,842</t>
   </si>
   <si>
     <t>30,417</t>
   </si>
   <si>
     <t>144,998</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0000001-0144998</t>
   </si>
   <si>
     <t>2023-05-18</t>
   </si>
   <si>
     <t>9,988</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2201-2212-0000001-0009988</t>
   </si>
   <si>
     <t>34,557</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2101-2112-0000001-0034557</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2201-2212-0000001-0009988</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2101-2112-0000001-0034557</t>
   </si>
   <si>
-    <t>2,039</t>
-[...2 lines deleted...]
-    <t>32,518</t>
+    <t>9,665</t>
+  </si>
+  <si>
+    <t>24,892</t>
   </si>
   <si>
     <t>79,903</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2201-2212-0000001-0079903</t>
   </si>
   <si>
     <t>276,456</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2101-2112-0000001-0276456</t>
   </si>
   <si>
-    <t>185,716</t>
-[...2 lines deleted...]
-    <t>90,740</t>
+    <t>203,692</t>
+  </si>
+  <si>
+    <t>72,764</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>10,650</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-R-2101-2112-0000001-0010650</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001</t>
   </si>
   <si>
     <t>Putumayo REDD+</t>
   </si>
   <si>
     <t>Fondo FORE</t>
   </si>
   <si>
     <t>10,411</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-R-2010-2012-0000001-0010411</t>
   </si>
@@ -2216,56 +2291,50 @@
   <si>
     <t>BCR-CO-656-14-001-3-1801-1812-0000001-0011746</t>
   </si>
   <si>
     <t>10,766</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-3-1701-1712-0000001-0010766</t>
   </si>
   <si>
     <t>14,467</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-3-1603-1612-0000001-0014467</t>
   </si>
   <si>
     <t>2016-03-23</t>
   </si>
   <si>
     <t>89,716</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2101-2109-0000001-0089716</t>
   </si>
   <si>
-    <t>57,874</t>
-[...4 lines deleted...]
-  <si>
     <t>81,845</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2001-2012-0000001-0081845</t>
   </si>
   <si>
     <t>73,838</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1901-1912-0000001-0073838</t>
   </si>
   <si>
     <t>66,558</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1801-1812-0000001-0066558</t>
   </si>
   <si>
     <t>61,008</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1701-1712-0000001-0061008</t>
   </si>
   <si>
     <t>81,982</t>
@@ -2426,54 +2495,54 @@
   <si>
     <t>6,730</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1401-1412-0000001-0006730</t>
   </si>
   <si>
     <t>2,584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1301-1312-0000001-0002584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1206-1212-0000001-0000382</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
-    <t>287,684</t>
-[...2 lines deleted...]
-    <t>35,379</t>
+    <t>293,992</t>
+  </si>
+  <si>
+    <t>29,071</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>295,934</t>
   </si>
   <si>
     <t>4,324</t>
   </si>
   <si>
     <t>285,843</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1801-1812-0000001-0285843</t>
   </si>
@@ -2930,54 +2999,54 @@
   <si>
     <t>870,007</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1901-1912-0000001-0870007</t>
   </si>
   <si>
     <t>750,020</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1801-1812-0000001-0750020</t>
   </si>
   <si>
     <t>616,416</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1701-1712-0000001-0616416</t>
   </si>
   <si>
     <t>472,522</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0000001-0472522</t>
   </si>
   <si>
-    <t>38,390</t>
-[...2 lines deleted...]
-    <t>434,132</t>
+    <t>41,220</t>
+  </si>
+  <si>
+    <t>431,302</t>
   </si>
   <si>
     <t>2022-01-27</t>
   </si>
   <si>
     <t>14,577</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2101-2110-0000001-0014577</t>
   </si>
   <si>
     <t>2021-10-02</t>
   </si>
   <si>
     <t>10,030</t>
   </si>
   <si>
     <t>4,547</t>
   </si>
   <si>
     <t>82,601</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2101-2110-0000001-0082601</t>
   </si>
@@ -3008,53 +3077,50 @@
   <si>
     <t>PCR-CO-635-141-002-3-1801-1812-0000001-0043658</t>
   </si>
   <si>
     <t>18,457</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-1701-1712-0000001-0018457</t>
   </si>
   <si>
     <t>12,336</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-1605-1612-0000001-0012336</t>
   </si>
   <si>
     <t>2016-05-06</t>
   </si>
   <si>
     <t>255,650</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2001-2012-0000001-0255650</t>
   </si>
   <si>
-    <t>255,642</t>
-[...1 lines deleted...]
-  <si>
     <t>252,520</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-1901-1912-0000001-0252520</t>
   </si>
   <si>
     <t>247,392</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-1801-1812-0000001-0247392</t>
   </si>
   <si>
     <t>104,589</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-1701-1712-0000001-0104589</t>
   </si>
   <si>
     <t>69,902</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-1605-1612-0000001-0069902</t>
   </si>
   <si>
     <t>2021-10-20</t>
@@ -3410,51 +3476,51 @@
   <si>
     <t>PCR-CO-BFX-14-002-3-1401-1412-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1301-1312-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1201-1212-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1101-1112-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1001-1012-0000001-0002259</t>
   </si>
   <si>
     <t>2010-01-01</t>
   </si>
   <si>
     <t>203,230</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-2001-2012-0000001-0203230</t>
   </si>
   <si>
-    <t>202,524</t>
+    <t>202,731</t>
   </si>
   <si>
     <t>204,898</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1901-1912-0000001-0204898</t>
   </si>
   <si>
     <t>203,570</t>
   </si>
   <si>
     <t>1,328</t>
   </si>
   <si>
     <t>12,803</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1801-1812-0000001-0012803</t>
   </si>
   <si>
     <t>1,533</t>
   </si>
   <si>
     <t>11,270</t>
   </si>
@@ -4538,54 +4604,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K568"/>
+  <dimension ref="A1:K577"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C568" sqref="C568"/>
+      <selection activeCell="C577" sqref="C577"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -4951,19522 +5017,19837 @@
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H13" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H14" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>55</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H15" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>50</v>
       </c>
       <c r="G16" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="K16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17" t="s">
         <v>50</v>
       </c>
       <c r="G17" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H18" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="K18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H19" t="s">
+        <v>52</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="J19" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="K19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C20" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="K20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
         <v>69</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>70</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G21" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
+        <v>73</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>69</v>
+      </c>
+      <c r="E22" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" t="s">
         <v>71</v>
       </c>
-      <c r="C22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H22" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="K22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="E23" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G23" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H23" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>66</v>
+      </c>
+      <c r="B24" t="s">
+        <v>79</v>
       </c>
       <c r="C24" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E24" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" t="s">
+        <v>81</v>
+      </c>
+      <c r="H24" t="s">
+        <v>82</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="J24" t="s">
         <v>79</v>
       </c>
-      <c r="G24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K24" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>66</v>
+      </c>
+      <c r="B25" t="s">
+        <v>67</v>
       </c>
       <c r="C25" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F25" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G25" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
-      <c r="J25">
-        <v>379</v>
+      <c r="J25" t="s">
+        <v>67</v>
       </c>
       <c r="K25" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>70</v>
+      </c>
+      <c r="F26" t="s">
+        <v>71</v>
+      </c>
+      <c r="G26" t="s">
         <v>75</v>
       </c>
-      <c r="B26">
-[...16 lines deleted...]
-      </c>
       <c r="H26" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
-      <c r="J26">
-        <v>320</v>
+      <c r="J26" t="s">
+        <v>73</v>
       </c>
       <c r="K26" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
+        <v>70</v>
+      </c>
+      <c r="F27" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" t="s">
+        <v>51</v>
+      </c>
+      <c r="H27" t="s">
         <v>78</v>
       </c>
-      <c r="F27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="K27" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>86</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" t="s">
+        <v>81</v>
+      </c>
+      <c r="H28" t="s">
+        <v>82</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
+      </c>
+      <c r="J28" t="s">
         <v>79</v>
       </c>
-      <c r="G28" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K28" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>87</v>
       </c>
       <c r="C29" t="s">
         <v>88</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="E29" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G29" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="H29" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29" t="s">
         <v>87</v>
       </c>
       <c r="K29" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="C30" t="s">
         <v>90</v>
       </c>
       <c r="D30" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="E30" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="F30" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="G30" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H30" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
-      <c r="J30">
-        <v>546</v>
+      <c r="J30" t="s">
+        <v>89</v>
       </c>
       <c r="K30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
+        <v>70</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" t="s">
+        <v>51</v>
+      </c>
+      <c r="H31" t="s">
+        <v>78</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
+      </c>
+      <c r="J31" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
       <c r="K31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" t="s">
+        <v>70</v>
+      </c>
+      <c r="F32" t="s">
+        <v>71</v>
+      </c>
+      <c r="G32" t="s">
+        <v>81</v>
+      </c>
+      <c r="H32" t="s">
+        <v>82</v>
+      </c>
+      <c r="I32" t="s">
         <v>95</v>
       </c>
-      <c r="C32" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>97</v>
+      </c>
+      <c r="B33">
+        <v>301</v>
       </c>
       <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
         <v>99</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F33" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G33" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
-      <c r="J33" t="s">
-        <v>95</v>
+      <c r="J33">
+        <v>301</v>
       </c>
       <c r="K33" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B34">
-        <v>546</v>
+        <v>379</v>
       </c>
       <c r="C34" t="s">
         <v>102</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E34" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G34" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H34" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
-        <v>546</v>
+        <v>379</v>
       </c>
       <c r="K34" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>97</v>
+      </c>
+      <c r="B35">
+        <v>320</v>
       </c>
       <c r="C35" t="s">
         <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E35" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F35" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G35" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="H35" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
-      <c r="J35" t="s">
-        <v>95</v>
+      <c r="J35">
+        <v>320</v>
       </c>
       <c r="K35" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E36" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F36" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G36" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="H36" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K36" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E37" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F37" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G37" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="H37" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="K37" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D38" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E38" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F38" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G38" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="H38" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="K38" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>111</v>
+      </c>
+      <c r="B39">
+        <v>546</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E39" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F39" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G39" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H39" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
-      <c r="J39" t="s">
-        <v>108</v>
+      <c r="J39">
+        <v>546</v>
       </c>
       <c r="K39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G40" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H40" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="B41" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E41" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F41" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G41" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H41" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B42" t="s">
+        <v>117</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42" t="s">
         <v>113</v>
       </c>
-      <c r="C42" t="s">
+      <c r="E42" t="s">
         <v>114</v>
       </c>
-      <c r="D42" t="s">
+      <c r="F42" t="s">
         <v>115</v>
       </c>
-      <c r="E42" t="s">
-[...2 lines deleted...]
-      <c r="F42" t="s">
+      <c r="G42" t="s">
+        <v>122</v>
+      </c>
+      <c r="H42" t="s">
+        <v>123</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42" t="s">
         <v>117</v>
       </c>
-      <c r="G42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K42" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>111</v>
+      </c>
+      <c r="B43">
+        <v>546</v>
       </c>
       <c r="C43" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
+        <v>113</v>
+      </c>
+      <c r="E43" t="s">
+        <v>114</v>
+      </c>
+      <c r="F43" t="s">
         <v>115</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" t="s">
+        <v>75</v>
+      </c>
+      <c r="H43" t="s">
         <v>116</v>
       </c>
-      <c r="F43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I43">
         <v>0</v>
       </c>
-      <c r="J43" t="s">
-        <v>119</v>
+      <c r="J43">
+        <v>546</v>
       </c>
       <c r="K43" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C44" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
+        <v>113</v>
+      </c>
+      <c r="E44" t="s">
+        <v>114</v>
+      </c>
+      <c r="F44" t="s">
         <v>115</v>
       </c>
-      <c r="E44" t="s">
-[...2 lines deleted...]
-      <c r="F44" t="s">
+      <c r="G44" t="s">
+        <v>51</v>
+      </c>
+      <c r="H44" t="s">
+        <v>78</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="J44" t="s">
         <v>117</v>
       </c>
-      <c r="G44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K44" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
+        <v>113</v>
+      </c>
+      <c r="E45" t="s">
+        <v>114</v>
+      </c>
+      <c r="F45" t="s">
         <v>115</v>
       </c>
-      <c r="E45" t="s">
-[...2 lines deleted...]
-      <c r="F45" t="s">
+      <c r="G45" t="s">
+        <v>120</v>
+      </c>
+      <c r="H45" t="s">
+        <v>82</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45" t="s">
         <v>117</v>
       </c>
-      <c r="G45" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B46" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" t="s">
         <v>127</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E46" t="s">
+        <v>114</v>
+      </c>
+      <c r="F46" t="s">
         <v>115</v>
       </c>
-      <c r="E46" t="s">
-[...2 lines deleted...]
-      <c r="F46" t="s">
+      <c r="G46" t="s">
+        <v>122</v>
+      </c>
+      <c r="H46" t="s">
+        <v>123</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="J46" t="s">
         <v>117</v>
       </c>
-      <c r="G46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K46" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B47" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" t="s">
         <v>113</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
+        <v>114</v>
+      </c>
+      <c r="F47" t="s">
         <v>115</v>
       </c>
-      <c r="E47" t="s">
+      <c r="G47" t="s">
+        <v>75</v>
+      </c>
+      <c r="H47" t="s">
         <v>116</v>
       </c>
-      <c r="F47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="K47" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
+        <v>113</v>
+      </c>
+      <c r="E48" t="s">
+        <v>114</v>
+      </c>
+      <c r="F48" t="s">
         <v>115</v>
       </c>
-      <c r="E48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H48" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="K48" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D49" t="s">
+        <v>113</v>
+      </c>
+      <c r="E49" t="s">
+        <v>114</v>
+      </c>
+      <c r="F49" t="s">
         <v>115</v>
       </c>
-      <c r="E49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H49" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="K49" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B50" t="s">
+        <v>130</v>
+      </c>
+      <c r="C50" t="s">
+        <v>133</v>
+      </c>
+      <c r="D50" t="s">
+        <v>113</v>
+      </c>
+      <c r="E50" t="s">
+        <v>114</v>
+      </c>
+      <c r="F50" t="s">
+        <v>115</v>
+      </c>
+      <c r="G50" t="s">
+        <v>122</v>
+      </c>
+      <c r="H50" t="s">
         <v>123</v>
       </c>
-      <c r="C50" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I50">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="K50" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="C51" t="s">
+        <v>136</v>
+      </c>
+      <c r="D51" t="s">
+        <v>137</v>
+      </c>
+      <c r="E51" t="s">
+        <v>138</v>
+      </c>
+      <c r="F51" t="s">
+        <v>139</v>
+      </c>
+      <c r="G51" t="s">
+        <v>51</v>
+      </c>
+      <c r="H51" t="s">
+        <v>78</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="J51" t="s">
         <v>135</v>
       </c>
-      <c r="D51" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K51" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B52" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C52" t="s">
+        <v>142</v>
+      </c>
+      <c r="D52" t="s">
         <v>137</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="F52" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G52" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H52" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I52">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="K52" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B53" t="s">
+        <v>143</v>
+      </c>
+      <c r="C53" t="s">
+        <v>144</v>
+      </c>
+      <c r="D53" t="s">
+        <v>137</v>
+      </c>
+      <c r="E53" t="s">
         <v>138</v>
       </c>
-      <c r="C53" t="s">
+      <c r="F53" t="s">
         <v>139</v>
       </c>
-      <c r="D53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G53" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H53" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="K53" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B54" t="s">
+        <v>145</v>
+      </c>
+      <c r="C54" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" t="s">
+        <v>137</v>
+      </c>
+      <c r="E54" t="s">
+        <v>138</v>
+      </c>
+      <c r="F54" t="s">
+        <v>139</v>
+      </c>
+      <c r="G54" t="s">
+        <v>147</v>
+      </c>
+      <c r="H54" t="s">
+        <v>148</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="J54" t="s">
+        <v>145</v>
+      </c>
+      <c r="K54" t="s">
         <v>140</v>
-      </c>
-[...25 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C55" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D55" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="E55" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="F55" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G55" t="s">
-        <v>125</v>
+        <v>151</v>
       </c>
       <c r="H55" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="K55" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="D56" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="F56" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G56" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
       <c r="H56" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I56">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
       <c r="K56" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B57" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C57" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D57" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="E57" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="F57" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="G57" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="H57" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="I57">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="K57" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D58" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="E58" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="F58" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="G58" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H58" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I58">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="K58" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59" t="s">
+        <v>145</v>
+      </c>
+      <c r="C59" t="s">
+        <v>156</v>
+      </c>
+      <c r="D59" t="s">
+        <v>137</v>
+      </c>
+      <c r="E59" t="s">
+        <v>138</v>
+      </c>
+      <c r="F59" t="s">
+        <v>139</v>
+      </c>
+      <c r="G59" t="s">
         <v>147</v>
       </c>
-      <c r="B59" t="s">
+      <c r="H59" t="s">
         <v>148</v>
       </c>
-      <c r="C59" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="K59" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D60" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="E60" t="s">
+        <v>138</v>
+      </c>
+      <c r="F60" t="s">
+        <v>139</v>
+      </c>
+      <c r="G60" t="s">
         <v>151</v>
       </c>
-      <c r="F60" t="s">
+      <c r="H60" t="s">
         <v>152</v>
       </c>
-      <c r="G60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="K60" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B61" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C61" t="s">
+        <v>159</v>
+      </c>
+      <c r="D61" t="s">
+        <v>137</v>
+      </c>
+      <c r="E61" t="s">
+        <v>138</v>
+      </c>
+      <c r="F61" t="s">
+        <v>139</v>
+      </c>
+      <c r="G61" t="s">
+        <v>51</v>
+      </c>
+      <c r="H61" t="s">
+        <v>78</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61" t="s">
         <v>158</v>
       </c>
-      <c r="D61" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K61" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
+        <v>161</v>
+      </c>
+      <c r="D62" t="s">
+        <v>137</v>
+      </c>
+      <c r="E62" t="s">
+        <v>138</v>
+      </c>
+      <c r="F62" t="s">
+        <v>139</v>
+      </c>
+      <c r="G62" t="s">
+        <v>120</v>
+      </c>
+      <c r="H62" t="s">
+        <v>82</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="J62" t="s">
         <v>160</v>
       </c>
-      <c r="D62" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K62" t="s">
-        <v>19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="B63" t="s">
         <v>162</v>
       </c>
       <c r="C63" t="s">
         <v>163</v>
       </c>
       <c r="D63" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="E63" t="s">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="F63" t="s">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="G63" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H63" t="s">
-        <v>167</v>
+        <v>123</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="J63" t="s">
         <v>162</v>
       </c>
       <c r="K63" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C64" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D64" t="s">
+        <v>137</v>
+      </c>
+      <c r="E64" t="s">
+        <v>138</v>
+      </c>
+      <c r="F64" t="s">
+        <v>139</v>
+      </c>
+      <c r="G64" t="s">
+        <v>147</v>
+      </c>
+      <c r="H64" t="s">
+        <v>148</v>
+      </c>
+      <c r="I64">
+        <v>0</v>
+      </c>
+      <c r="J64" t="s">
         <v>164</v>
       </c>
-      <c r="E64" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K64" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C65" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D65" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="E65" t="s">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="F65" t="s">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="G65" t="s">
-        <v>100</v>
+        <v>151</v>
       </c>
       <c r="H65" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="I65">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="J65" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="K65" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B66" t="s">
+        <v>170</v>
+      </c>
+      <c r="C66" t="s">
+        <v>171</v>
+      </c>
+      <c r="D66" t="s">
         <v>172</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
         <v>173</v>
       </c>
-      <c r="D66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G66" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="H66" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="I66">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="K66" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>169</v>
+      </c>
+      <c r="B67" t="s">
+        <v>174</v>
       </c>
       <c r="C67" t="s">
+        <v>175</v>
+      </c>
+      <c r="D67" t="s">
+        <v>172</v>
+      </c>
+      <c r="E67" t="s">
+        <v>173</v>
+      </c>
+      <c r="F67" t="s">
+        <v>50</v>
+      </c>
+      <c r="G67" t="s">
+        <v>51</v>
+      </c>
+      <c r="H67" t="s">
+        <v>78</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
+      </c>
+      <c r="J67" t="s">
         <v>174</v>
       </c>
-      <c r="D67" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K67" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B68" t="s">
+        <v>170</v>
+      </c>
+      <c r="C68" t="s">
         <v>176</v>
       </c>
-      <c r="C68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="E68" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="F68" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G68" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H68" t="s">
-        <v>167</v>
+        <v>23</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="K68" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B69" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C69" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D69" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="E69" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="F69" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G69" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H69" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="K69" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B70" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C70" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D70" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="E70" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="F70" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G70" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="H70" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="K70" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C71" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D71" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="E71" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="F71" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G71" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="H71" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="I71">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="K71" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="B72" t="s">
+        <v>183</v>
+      </c>
+      <c r="C72" t="s">
         <v>184</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>185</v>
       </c>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>165</v>
+        <v>186</v>
       </c>
       <c r="F72" t="s">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c r="G72" t="s">
-        <v>175</v>
+        <v>51</v>
       </c>
       <c r="H72" t="s">
-        <v>130</v>
+        <v>188</v>
       </c>
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="K72" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
+        <v>182</v>
+      </c>
+      <c r="B73" t="s">
+        <v>189</v>
+      </c>
+      <c r="C73" t="s">
+        <v>190</v>
+      </c>
+      <c r="D73" t="s">
+        <v>185</v>
+      </c>
+      <c r="E73" t="s">
         <v>186</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
         <v>187</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73" t="s">
+      <c r="G73" t="s">
+        <v>120</v>
+      </c>
+      <c r="H73" t="s">
+        <v>82</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
+      </c>
+      <c r="J73" t="s">
         <v>189</v>
       </c>
-      <c r="E73" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K73" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
+        <v>182</v>
+      </c>
+      <c r="B74" t="s">
+        <v>191</v>
+      </c>
+      <c r="C74" t="s">
+        <v>192</v>
+      </c>
+      <c r="D74" t="s">
+        <v>185</v>
+      </c>
+      <c r="E74" t="s">
         <v>186</v>
       </c>
-      <c r="B74" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" t="s">
+        <v>187</v>
+      </c>
+      <c r="G74" t="s">
+        <v>122</v>
+      </c>
+      <c r="H74" t="s">
+        <v>123</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
+      </c>
+      <c r="J74" t="s">
         <v>191</v>
       </c>
-      <c r="G74" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K74" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
+        <v>182</v>
+      </c>
+      <c r="B75" t="s">
+        <v>193</v>
+      </c>
+      <c r="C75" t="s">
+        <v>194</v>
+      </c>
+      <c r="D75" t="s">
+        <v>185</v>
+      </c>
+      <c r="E75" t="s">
         <v>186</v>
       </c>
-      <c r="B75" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G75" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
       <c r="H75" t="s">
-        <v>62</v>
+        <v>148</v>
       </c>
       <c r="I75">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="K75" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
+        <v>182</v>
+      </c>
+      <c r="B76">
+        <v>952</v>
+      </c>
+      <c r="C76" t="s">
+        <v>195</v>
+      </c>
+      <c r="D76" t="s">
+        <v>185</v>
+      </c>
+      <c r="E76" t="s">
         <v>186</v>
       </c>
-      <c r="B76" t="s">
+      <c r="F76" t="s">
+        <v>187</v>
+      </c>
+      <c r="G76" t="s">
         <v>196</v>
       </c>
-      <c r="C76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H76" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
-      <c r="J76" t="s">
-        <v>196</v>
+      <c r="J76">
+        <v>952</v>
       </c>
       <c r="K76" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>182</v>
+      </c>
+      <c r="B77" t="s">
+        <v>197</v>
+      </c>
+      <c r="C77" t="s">
+        <v>198</v>
+      </c>
+      <c r="D77" t="s">
+        <v>185</v>
+      </c>
+      <c r="E77" t="s">
         <v>186</v>
       </c>
-      <c r="B77" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G77" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="H77" t="s">
-        <v>126</v>
+        <v>188</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="K77" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
+        <v>182</v>
+      </c>
+      <c r="B78" t="s">
+        <v>199</v>
+      </c>
+      <c r="C78" t="s">
+        <v>200</v>
+      </c>
+      <c r="D78" t="s">
+        <v>185</v>
+      </c>
+      <c r="E78" t="s">
         <v>186</v>
       </c>
-      <c r="B78" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G78" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H78" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="K78" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>182</v>
+      </c>
+      <c r="B79" t="s">
+        <v>201</v>
+      </c>
+      <c r="C79" t="s">
+        <v>202</v>
+      </c>
+      <c r="D79" t="s">
+        <v>185</v>
+      </c>
+      <c r="E79" t="s">
         <v>186</v>
       </c>
-      <c r="B79">
-[...10 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G79" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="H79" t="s">
-        <v>205</v>
+        <v>123</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
-      <c r="J79">
-        <v>487</v>
+      <c r="J79" t="s">
+        <v>201</v>
       </c>
       <c r="K79" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
+        <v>182</v>
+      </c>
+      <c r="B80" t="s">
+        <v>203</v>
+      </c>
+      <c r="C80" t="s">
+        <v>204</v>
+      </c>
+      <c r="D80" t="s">
+        <v>185</v>
+      </c>
+      <c r="E80" t="s">
         <v>186</v>
       </c>
-      <c r="B80">
-[...10 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G80" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="H80" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="I80">
         <v>0</v>
       </c>
-      <c r="J80">
-        <v>71</v>
+      <c r="J80" t="s">
+        <v>203</v>
       </c>
       <c r="K80" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>182</v>
+      </c>
+      <c r="B81" t="s">
+        <v>205</v>
+      </c>
+      <c r="C81" t="s">
+        <v>206</v>
+      </c>
+      <c r="D81" t="s">
+        <v>185</v>
+      </c>
+      <c r="E81" t="s">
         <v>186</v>
       </c>
-      <c r="B81" t="s">
+      <c r="F81" t="s">
         <v>187</v>
       </c>
-      <c r="C81" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G81" t="s">
-        <v>54</v>
+        <v>196</v>
       </c>
       <c r="H81" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>187</v>
+        <v>205</v>
       </c>
       <c r="K81" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B82" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C82" t="s">
+        <v>209</v>
+      </c>
+      <c r="D82" t="s">
         <v>210</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F82" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G82" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H82" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="K82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B83" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="C83" t="s">
+        <v>214</v>
+      </c>
+      <c r="D83" t="s">
+        <v>210</v>
+      </c>
+      <c r="E83" t="s">
         <v>211</v>
       </c>
-      <c r="D83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G83" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H83" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="K83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B84" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="C84" t="s">
+        <v>216</v>
+      </c>
+      <c r="D84" t="s">
+        <v>210</v>
+      </c>
+      <c r="E84" t="s">
+        <v>211</v>
+      </c>
+      <c r="F84" t="s">
         <v>212</v>
       </c>
-      <c r="D84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H84" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="K84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B85" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="C85" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D85" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E85" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F85" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G85" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H85" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I85">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="K85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B86" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="C86" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="D86" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E86" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F86" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G86" t="s">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="H86" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="K86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>207</v>
+      </c>
+      <c r="B87" t="s">
+        <v>221</v>
       </c>
       <c r="C87" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D87" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E87" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F87" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G87" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="H87" t="s">
-        <v>205</v>
+        <v>152</v>
       </c>
       <c r="I87">
         <v>0</v>
       </c>
-      <c r="J87">
-        <v>487</v>
+      <c r="J87" t="s">
+        <v>221</v>
       </c>
       <c r="K87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B88">
-        <v>71</v>
+        <v>487</v>
       </c>
       <c r="C88" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="D88" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E88" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F88" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G88" t="s">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="H88" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
       <c r="J88">
-        <v>71</v>
+        <v>487</v>
       </c>
       <c r="K88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>207</v>
+      </c>
+      <c r="B89">
+        <v>71</v>
       </c>
       <c r="C89" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="D89" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E89" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F89" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G89" t="s">
-        <v>54</v>
+        <v>228</v>
       </c>
       <c r="H89" t="s">
-        <v>94</v>
+        <v>229</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
-      <c r="J89" t="s">
-        <v>217</v>
+      <c r="J89">
+        <v>71</v>
       </c>
       <c r="K89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B90" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D90" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E90" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F90" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G90" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H90" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="K90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B91" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C91" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="D91" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E91" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F91" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G91" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H91" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="K91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B92" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C92" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="D92" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E92" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F92" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G92" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H92" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I92">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="K92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B93" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C93" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="D93" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E93" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F93" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G93" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H93" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="K93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B94" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="C94" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D94" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E94" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F94" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G94" t="s">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="H94" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="K94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B95" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="C95" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D95" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E95" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F95" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G95" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="H95" t="s">
-        <v>205</v>
+        <v>152</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="K95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="B96">
-        <v>575</v>
+        <v>487</v>
       </c>
       <c r="C96" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D96" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="E96" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="F96" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="G96" t="s">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="H96" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="I96">
         <v>0</v>
       </c>
       <c r="J96">
-        <v>575</v>
+        <v>487</v>
       </c>
       <c r="K96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>207</v>
+      </c>
+      <c r="B97">
+        <v>71</v>
       </c>
       <c r="C97" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D97" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
       <c r="E97" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="F97" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="G97" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="H97" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
-      <c r="J97" t="s">
-        <v>233</v>
+      <c r="J97">
+        <v>71</v>
       </c>
       <c r="K97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="B98" t="s">
         <v>238</v>
       </c>
       <c r="C98" t="s">
         <v>239</v>
       </c>
       <c r="D98" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
       <c r="E98" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="F98" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="G98" t="s">
-        <v>202</v>
+        <v>75</v>
       </c>
       <c r="H98" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98" t="s">
         <v>238</v>
       </c>
       <c r="K98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="B99" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C99" t="s">
+        <v>241</v>
+      </c>
+      <c r="D99" t="s">
+        <v>210</v>
+      </c>
+      <c r="E99" t="s">
+        <v>211</v>
+      </c>
+      <c r="F99" t="s">
+        <v>212</v>
+      </c>
+      <c r="G99" t="s">
+        <v>51</v>
+      </c>
+      <c r="H99" t="s">
+        <v>78</v>
+      </c>
+      <c r="I99">
+        <v>0</v>
+      </c>
+      <c r="J99" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>233</v>
       </c>
       <c r="K99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="B100" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C100" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D100" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
       <c r="E100" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="F100" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="G100" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H100" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="I100">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="K100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="B101" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C101" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D101" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
       <c r="E101" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="F101" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="G101" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H101" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
+      </c>
+      <c r="J101" t="s">
+        <v>244</v>
       </c>
       <c r="K101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="B102" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C102" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D102" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
       <c r="E102" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="F102" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="G102" t="s">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="H102" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="I102" t="s">
+        <v>148</v>
+      </c>
+      <c r="I102">
+        <v>0</v>
+      </c>
+      <c r="J102" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="K102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
+        <v>207</v>
+      </c>
+      <c r="B103" t="s">
         <v>248</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
         <v>249</v>
       </c>
-      <c r="C103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" t="s">
-        <v>251</v>
+        <v>210</v>
       </c>
       <c r="E103" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="F103" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="G103" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="H103" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>248</v>
+        <v>207</v>
       </c>
       <c r="B104" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C104" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D104" t="s">
-        <v>251</v>
+        <v>210</v>
       </c>
       <c r="E104" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="F104" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="G104" t="s">
-        <v>57</v>
+        <v>225</v>
       </c>
       <c r="H104" t="s">
-        <v>58</v>
+        <v>226</v>
       </c>
       <c r="I104">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="K104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>207</v>
+      </c>
+      <c r="B105">
+        <v>575</v>
       </c>
       <c r="C105" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D105" t="s">
-        <v>251</v>
+        <v>210</v>
       </c>
       <c r="E105" t="s">
-        <v>252</v>
+        <v>211</v>
       </c>
       <c r="F105" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="G105" t="s">
-        <v>98</v>
+        <v>228</v>
       </c>
       <c r="H105" t="s">
-        <v>62</v>
+        <v>229</v>
       </c>
       <c r="I105">
         <v>0</v>
       </c>
-      <c r="J105" t="s">
-        <v>254</v>
+      <c r="J105">
+        <v>575</v>
       </c>
       <c r="K105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B106" t="s">
         <v>254</v>
       </c>
       <c r="C106" t="s">
+        <v>255</v>
+      </c>
+      <c r="D106" t="s">
+        <v>256</v>
+      </c>
+      <c r="E106" t="s">
         <v>257</v>
       </c>
-      <c r="D106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G106" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H106" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I106">
         <v>0</v>
       </c>
       <c r="J106" t="s">
         <v>254</v>
       </c>
       <c r="K106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B107" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="C107" t="s">
+        <v>260</v>
+      </c>
+      <c r="D107" t="s">
+        <v>256</v>
+      </c>
+      <c r="E107" t="s">
+        <v>257</v>
+      </c>
+      <c r="F107" t="s">
         <v>258</v>
       </c>
-      <c r="D107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G107" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="H107" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="K107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B108" t="s">
         <v>254</v>
       </c>
       <c r="C108" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D108" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E108" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F108" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G108" t="s">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="H108" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="J108" t="s">
         <v>254</v>
       </c>
       <c r="K108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B109" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C109" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D109" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E109" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F109" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G109" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="H109" t="s">
-        <v>62</v>
+        <v>152</v>
       </c>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="K109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B110" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="C110" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D110" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E110" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F110" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G110" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H110" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>254</v>
+        <v>148</v>
+      </c>
+      <c r="I110" t="s">
+        <v>263</v>
+      </c>
+      <c r="J110">
+        <v>0</v>
       </c>
       <c r="K110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B111" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C111" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D111" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E111" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F111" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G111" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="H111" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I111" t="s">
+        <v>267</v>
       </c>
       <c r="J111" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="K111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>248</v>
+        <v>269</v>
       </c>
       <c r="B112" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C112" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="D112" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E112" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F112" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G112" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H112" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="K112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>248</v>
+        <v>269</v>
       </c>
       <c r="B113" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="C113" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="D113" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E113" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F113" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G113" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H113" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I113">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="K113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>248</v>
+        <v>269</v>
       </c>
       <c r="B114" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="C114" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="D114" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E114" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F114" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G114" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H114" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="K114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B115" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C115" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="D115" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E115" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F115" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G115" t="s">
-        <v>202</v>
+        <v>122</v>
       </c>
       <c r="H115" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="I115">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="K115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B116" t="s">
+        <v>270</v>
+      </c>
+      <c r="C116" t="s">
+        <v>279</v>
+      </c>
+      <c r="D116" t="s">
+        <v>272</v>
+      </c>
+      <c r="E116" t="s">
+        <v>273</v>
+      </c>
+      <c r="F116" t="s">
         <v>274</v>
       </c>
-      <c r="C116" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G116" t="s">
-        <v>202</v>
+        <v>75</v>
       </c>
       <c r="H116" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="I116">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="K116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B117" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C117" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D117" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E117" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F117" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G117" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H117" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I117">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="K117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B118" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C118" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D118" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E118" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F118" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G118" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="H118" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>82</v>
+      </c>
+      <c r="I118">
+        <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="K118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B119" t="s">
+        <v>275</v>
+      </c>
+      <c r="C119" t="s">
         <v>282</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E119" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F119" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G119" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H119" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I119">
+        <v>0</v>
+      </c>
+      <c r="J119" t="s">
+        <v>275</v>
       </c>
       <c r="K119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B120" t="s">
+        <v>283</v>
+      </c>
+      <c r="C120" t="s">
         <v>284</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E120" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F120" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G120" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="H120" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="I120">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="K120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B121" t="s">
+        <v>285</v>
+      </c>
+      <c r="C121" t="s">
         <v>286</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E121" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F121" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G121" t="s">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="H121" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="K121" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>269</v>
+      </c>
+      <c r="B122" t="s">
+        <v>285</v>
       </c>
       <c r="C122" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D122" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="E122" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="F122" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="G122" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="H122" t="s">
-        <v>293</v>
+        <v>82</v>
       </c>
       <c r="I122">
         <v>0</v>
       </c>
-      <c r="J122">
-        <v>705</v>
+      <c r="J122" t="s">
+        <v>285</v>
       </c>
       <c r="K122" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
+        <v>269</v>
+      </c>
+      <c r="B123" t="s">
+        <v>285</v>
+      </c>
+      <c r="C123" t="s">
         <v>288</v>
       </c>
-      <c r="B123">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="E123" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="F123" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="G123" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H123" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I123">
         <v>0</v>
       </c>
-      <c r="J123">
-        <v>404</v>
+      <c r="J123" t="s">
+        <v>285</v>
       </c>
       <c r="K123" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>289</v>
+      </c>
+      <c r="B124" t="s">
+        <v>290</v>
       </c>
       <c r="C124" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D124" t="s">
+        <v>292</v>
+      </c>
+      <c r="E124" t="s">
+        <v>293</v>
+      </c>
+      <c r="F124" t="s">
+        <v>294</v>
+      </c>
+      <c r="G124" t="s">
+        <v>223</v>
+      </c>
+      <c r="H124" t="s">
+        <v>152</v>
+      </c>
+      <c r="I124">
+        <v>0</v>
+      </c>
+      <c r="J124" t="s">
         <v>290</v>
       </c>
-      <c r="E124" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K124" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>289</v>
+      </c>
+      <c r="B125" t="s">
+        <v>295</v>
       </c>
       <c r="C125" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="D125" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E125" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F125" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G125" t="s">
-        <v>100</v>
+        <v>223</v>
       </c>
       <c r="H125" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="I125">
         <v>0</v>
       </c>
-      <c r="J125">
-        <v>60</v>
+      <c r="J125" t="s">
+        <v>295</v>
       </c>
       <c r="K125" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>289</v>
+      </c>
+      <c r="B126" t="s">
+        <v>297</v>
       </c>
       <c r="C126" t="s">
         <v>298</v>
       </c>
       <c r="D126" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E126" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F126" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G126" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H126" t="s">
-        <v>293</v>
+        <v>78</v>
       </c>
       <c r="I126">
         <v>0</v>
       </c>
-      <c r="J126">
-        <v>705</v>
+      <c r="J126" t="s">
+        <v>297</v>
       </c>
       <c r="K126" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>289</v>
+      </c>
+      <c r="B127" t="s">
+        <v>299</v>
       </c>
       <c r="C127" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D127" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E127" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F127" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G127" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H127" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>404</v>
+        <v>82</v>
+      </c>
+      <c r="I127" t="s">
+        <v>301</v>
+      </c>
+      <c r="J127" t="s">
+        <v>302</v>
       </c>
       <c r="K127" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>289</v>
+      </c>
+      <c r="B128" t="s">
+        <v>303</v>
       </c>
       <c r="C128" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D128" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E128" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F128" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G128" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H128" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I128" t="s">
+        <v>303</v>
       </c>
       <c r="J128">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="K128" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>289</v>
+      </c>
+      <c r="B129" t="s">
+        <v>305</v>
       </c>
       <c r="C129" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D129" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E129" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F129" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G129" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H129" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I129">
         <v>0</v>
       </c>
-      <c r="J129">
-        <v>60</v>
+      <c r="J129" t="s">
+        <v>305</v>
       </c>
       <c r="K129" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B130" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C130" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="D130" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E130" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F130" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="G130" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="H130" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I130" t="s">
+        <v>309</v>
       </c>
       <c r="J130" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="K130" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>311</v>
+      </c>
+      <c r="B131">
+        <v>705</v>
       </c>
       <c r="C131" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="D131" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="E131" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="F131" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="G131" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H131" t="s">
-        <v>58</v>
+        <v>316</v>
       </c>
       <c r="I131">
         <v>0</v>
       </c>
-      <c r="J131" t="s">
-        <v>304</v>
+      <c r="J131">
+        <v>705</v>
       </c>
       <c r="K131" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>311</v>
+      </c>
+      <c r="B132">
+        <v>404</v>
       </c>
       <c r="C132" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="D132" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="E132" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="F132" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="G132" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H132" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I132">
         <v>0</v>
       </c>
-      <c r="J132" t="s">
-        <v>306</v>
+      <c r="J132">
+        <v>404</v>
       </c>
       <c r="K132" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
       <c r="B133">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="C133" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="D133" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="E133" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="F133" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="G133" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H133" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I133">
         <v>0</v>
       </c>
       <c r="J133">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="K133" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>311</v>
+      </c>
+      <c r="B134">
+        <v>60</v>
       </c>
       <c r="C134" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="D134" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E134" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F134" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G134" t="s">
-        <v>54</v>
+        <v>122</v>
       </c>
       <c r="H134" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="I134">
         <v>0</v>
       </c>
-      <c r="J134" t="s">
-        <v>310</v>
+      <c r="J134">
+        <v>60</v>
       </c>
       <c r="K134" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="B135" t="s">
+        <v>311</v>
+      </c>
+      <c r="B135">
+        <v>705</v>
+      </c>
+      <c r="C135" t="s">
+        <v>321</v>
+      </c>
+      <c r="D135" t="s">
+        <v>313</v>
+      </c>
+      <c r="E135" t="s">
         <v>314</v>
       </c>
-      <c r="C135" t="s">
+      <c r="F135" t="s">
         <v>315</v>
       </c>
-      <c r="D135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H135" t="s">
-        <v>58</v>
+        <v>316</v>
       </c>
       <c r="I135">
         <v>0</v>
       </c>
-      <c r="J135" t="s">
-        <v>314</v>
+      <c r="J135">
+        <v>705</v>
       </c>
       <c r="K135" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>311</v>
+      </c>
+      <c r="B136">
+        <v>404</v>
       </c>
       <c r="C136" t="s">
+        <v>322</v>
+      </c>
+      <c r="D136" t="s">
+        <v>313</v>
+      </c>
+      <c r="E136" t="s">
+        <v>314</v>
+      </c>
+      <c r="F136" t="s">
+        <v>315</v>
+      </c>
+      <c r="G136" t="s">
+        <v>51</v>
+      </c>
+      <c r="H136" t="s">
+        <v>78</v>
+      </c>
+      <c r="I136">
+        <v>0</v>
+      </c>
+      <c r="J136">
+        <v>404</v>
+      </c>
+      <c r="K136" t="s">
         <v>317</v>
-      </c>
-[...22 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>311</v>
+      </c>
+      <c r="B137">
+        <v>502</v>
       </c>
       <c r="C137" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D137" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E137" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F137" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G137" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="H137" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
-      <c r="J137" t="s">
-        <v>318</v>
+      <c r="J137">
+        <v>502</v>
       </c>
       <c r="K137" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="B138" t="s">
+        <v>311</v>
+      </c>
+      <c r="B138">
+        <v>60</v>
+      </c>
+      <c r="C138" t="s">
+        <v>324</v>
+      </c>
+      <c r="D138" t="s">
+        <v>313</v>
+      </c>
+      <c r="E138" t="s">
         <v>314</v>
       </c>
-      <c r="C138" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G138" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H138" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
-      <c r="J138" t="s">
-        <v>314</v>
+      <c r="J138">
+        <v>60</v>
       </c>
       <c r="K138" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B139" t="s">
+        <v>325</v>
+      </c>
+      <c r="C139" t="s">
+        <v>326</v>
+      </c>
+      <c r="D139" t="s">
+        <v>313</v>
+      </c>
+      <c r="E139" t="s">
+        <v>314</v>
+      </c>
+      <c r="F139" t="s">
+        <v>315</v>
+      </c>
+      <c r="G139" t="s">
+        <v>75</v>
+      </c>
+      <c r="H139" t="s">
         <v>316</v>
       </c>
-      <c r="C139" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I139">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="K139" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B140" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C140" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="D140" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E140" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F140" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G140" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H140" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="K140" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B141" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C141" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D141" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E141" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F141" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G141" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H141" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I141">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="K141" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>311</v>
+      </c>
+      <c r="B142">
+        <v>482</v>
       </c>
       <c r="C142" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D142" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E142" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F142" t="s">
-        <v>152</v>
+        <v>315</v>
       </c>
       <c r="G142" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H142" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>328</v>
+        <v>123</v>
+      </c>
+      <c r="I142">
+        <v>0</v>
       </c>
       <c r="J142">
-        <v>602</v>
+        <v>482</v>
       </c>
       <c r="K142" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B143" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C143" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D143" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E143" t="s">
+        <v>336</v>
+      </c>
+      <c r="F143" t="s">
+        <v>50</v>
+      </c>
+      <c r="G143" t="s">
+        <v>75</v>
+      </c>
+      <c r="H143" t="s">
+        <v>23</v>
+      </c>
+      <c r="I143">
+        <v>0</v>
+      </c>
+      <c r="J143" t="s">
         <v>333</v>
-      </c>
-[...13 lines deleted...]
-        <v>330</v>
       </c>
       <c r="K143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B144" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C144" t="s">
+        <v>338</v>
+      </c>
+      <c r="D144" t="s">
         <v>335</v>
       </c>
-      <c r="D144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F144" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G144" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H144" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I144">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="K144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B145" t="s">
+        <v>339</v>
+      </c>
+      <c r="C145" t="s">
+        <v>340</v>
+      </c>
+      <c r="D145" t="s">
+        <v>335</v>
+      </c>
+      <c r="E145" t="s">
         <v>336</v>
       </c>
-      <c r="C145" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G145" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H145" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I145">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="K145" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B146" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C146" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D146" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E146" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F146" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G146" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="H146" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="I146">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="K146" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B147" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C147" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D147" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E147" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F147" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G147" t="s">
-        <v>342</v>
+        <v>51</v>
       </c>
       <c r="H147" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I147">
         <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="K147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B148" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="C148" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D148" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E148" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F148" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G148" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H148" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I148">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="K148" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B149" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="C149" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D149" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E149" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F149" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G149" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="H149" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="K149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B150" t="s">
+        <v>347</v>
+      </c>
+      <c r="C150" t="s">
+        <v>348</v>
+      </c>
+      <c r="D150" t="s">
+        <v>335</v>
+      </c>
+      <c r="E150" t="s">
         <v>336</v>
       </c>
-      <c r="C150" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F150" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G150" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="H150" t="s">
-        <v>101</v>
+        <v>78</v>
       </c>
       <c r="I150">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="K150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B151" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C151" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D151" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E151" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F151" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G151" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="H151" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>82</v>
+      </c>
+      <c r="I151" t="s">
+        <v>349</v>
+      </c>
+      <c r="J151">
+        <v>0</v>
       </c>
       <c r="K151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B152" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="C152" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D152" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E152" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F152" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G152" t="s">
-        <v>342</v>
+        <v>51</v>
       </c>
       <c r="H152" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I152">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="K152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B153" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C153" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="D153" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E153" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F153" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G153" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H153" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I153">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="K153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B154" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="C154" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="D154" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E154" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F154" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G154" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H154" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
       <c r="J154" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="K154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B155" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="C155" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="D155" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E155" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F155" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G155" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H155" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>148</v>
+      </c>
+      <c r="I155">
+        <v>0</v>
       </c>
       <c r="J155" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="K155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B156" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="C156" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="D156" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E156" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F156" t="s">
+        <v>50</v>
+      </c>
+      <c r="G156" t="s">
+        <v>364</v>
+      </c>
+      <c r="H156" t="s">
         <v>152</v>
       </c>
-      <c r="G156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I156">
         <v>0</v>
       </c>
       <c r="J156" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="K156" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
       <c r="B157" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="C157" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="D157" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="E157" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="F157" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G157" t="s">
-        <v>342</v>
+        <v>51</v>
       </c>
       <c r="H157" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I157">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J157" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="K157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B158" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C158" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D158" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E158" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F158" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G158" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H158" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="K158" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B159" t="s">
+        <v>358</v>
+      </c>
+      <c r="C159" t="s">
         <v>367</v>
       </c>
-      <c r="C159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E159" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F159" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G159" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H159" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I159">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="K159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B160" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="C160" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D160" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E160" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F160" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G160" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H160" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
       <c r="J160" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="K160" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B161" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="C161" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D161" t="s">
+        <v>354</v>
+      </c>
+      <c r="E161" t="s">
+        <v>355</v>
+      </c>
+      <c r="F161" t="s">
+        <v>50</v>
+      </c>
+      <c r="G161" t="s">
         <v>364</v>
       </c>
-      <c r="E161" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H161" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="K161" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B162" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C162" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D162" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E162" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F162" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G162" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H162" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="K162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B163" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C163" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D163" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E163" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F163" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G163" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="H163" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="I163" t="s">
+        <v>374</v>
       </c>
       <c r="J163" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="K163" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B164" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C164" t="s">
         <v>377</v>
       </c>
       <c r="D164" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E164" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F164" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G164" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H164" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I164" t="s">
+        <v>378</v>
       </c>
       <c r="J164" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="K164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B165" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="C165" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D165" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="E165" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="F165" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G165" t="s">
-        <v>373</v>
+        <v>147</v>
       </c>
       <c r="H165" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
       <c r="I165">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="K165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="B166" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C166" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D166" t="s">
+        <v>354</v>
+      </c>
+      <c r="E166" t="s">
+        <v>355</v>
+      </c>
+      <c r="F166" t="s">
+        <v>50</v>
+      </c>
+      <c r="G166" t="s">
         <v>364</v>
       </c>
-      <c r="E166" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H166" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="I166">
-        <v>947</v>
+        <v>7</v>
       </c>
       <c r="J166" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="K166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="B167" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C167" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D167" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="E167" t="s">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="F167" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="G167" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H167" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>78</v>
+      </c>
+      <c r="I167">
+        <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="K167" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="B168" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C168" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="D168" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="E168" t="s">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="F168" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="G168" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H168" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I168">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="K168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="B169" t="s">
+        <v>393</v>
+      </c>
+      <c r="C169" t="s">
+        <v>394</v>
+      </c>
+      <c r="D169" t="s">
         <v>388</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>389</v>
       </c>
-      <c r="D169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="G169" t="s">
-        <v>373</v>
+        <v>122</v>
       </c>
       <c r="H169" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>123</v>
+      </c>
+      <c r="I169">
+        <v>0</v>
       </c>
       <c r="J169" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="K169" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B170" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C170" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D170" t="s">
+        <v>388</v>
+      </c>
+      <c r="E170" t="s">
+        <v>389</v>
+      </c>
+      <c r="F170" t="s">
+        <v>390</v>
+      </c>
+      <c r="G170" t="s">
+        <v>397</v>
+      </c>
+      <c r="H170" t="s">
+        <v>148</v>
+      </c>
+      <c r="I170">
+        <v>0</v>
+      </c>
+      <c r="J170" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K170" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B171" t="s">
         <v>398</v>
       </c>
       <c r="C171" t="s">
         <v>399</v>
       </c>
       <c r="D171" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="E171" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="F171" t="s">
-        <v>50</v>
+        <v>390</v>
       </c>
       <c r="G171" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H171" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I171">
         <v>0</v>
       </c>
       <c r="J171" t="s">
         <v>398</v>
       </c>
       <c r="K171" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B172" t="s">
+        <v>391</v>
+      </c>
+      <c r="C172" t="s">
         <v>400</v>
       </c>
-      <c r="C172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="E172" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="F172" t="s">
-        <v>50</v>
+        <v>390</v>
       </c>
       <c r="G172" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="H172" t="s">
-        <v>397</v>
+        <v>82</v>
       </c>
       <c r="I172">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="K172" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B173" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C173" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D173" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="E173" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="F173" t="s">
-        <v>50</v>
+        <v>390</v>
       </c>
       <c r="G173" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H173" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="K173" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B174" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="C174" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D174" t="s">
+        <v>388</v>
+      </c>
+      <c r="E174" t="s">
+        <v>389</v>
+      </c>
+      <c r="F174" t="s">
+        <v>390</v>
+      </c>
+      <c r="G174" t="s">
+        <v>397</v>
+      </c>
+      <c r="H174" t="s">
+        <v>148</v>
+      </c>
+      <c r="I174">
+        <v>0</v>
+      </c>
+      <c r="J174" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>403</v>
       </c>
       <c r="K174" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B175" t="s">
+        <v>403</v>
+      </c>
+      <c r="C175" t="s">
+        <v>404</v>
+      </c>
+      <c r="D175" t="s">
+        <v>388</v>
+      </c>
+      <c r="E175" t="s">
+        <v>389</v>
+      </c>
+      <c r="F175" t="s">
+        <v>390</v>
+      </c>
+      <c r="G175" t="s">
+        <v>51</v>
+      </c>
+      <c r="H175" t="s">
+        <v>78</v>
+      </c>
+      <c r="I175">
+        <v>967</v>
+      </c>
+      <c r="J175" t="s">
         <v>405</v>
-      </c>
-[...22 lines deleted...]
-        <v>408</v>
       </c>
       <c r="K175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
+        <v>385</v>
+      </c>
+      <c r="B176" t="s">
+        <v>406</v>
+      </c>
+      <c r="C176" t="s">
+        <v>407</v>
+      </c>
+      <c r="D176" t="s">
+        <v>388</v>
+      </c>
+      <c r="E176" t="s">
+        <v>389</v>
+      </c>
+      <c r="F176" t="s">
+        <v>390</v>
+      </c>
+      <c r="G176" t="s">
+        <v>120</v>
+      </c>
+      <c r="H176" t="s">
+        <v>82</v>
+      </c>
+      <c r="I176" t="s">
+        <v>408</v>
+      </c>
+      <c r="J176" t="s">
         <v>409</v>
-      </c>
-[...25 lines deleted...]
-        <v>410</v>
       </c>
       <c r="K176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="B177" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C177" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D177" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
       <c r="E177" t="s">
-        <v>413</v>
+        <v>389</v>
       </c>
       <c r="F177" t="s">
-        <v>50</v>
+        <v>390</v>
       </c>
       <c r="G177" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H177" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I177">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="K177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="B178" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C178" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D178" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
       <c r="E178" t="s">
-        <v>413</v>
+        <v>389</v>
       </c>
       <c r="F178" t="s">
-        <v>50</v>
+        <v>390</v>
       </c>
       <c r="G178" t="s">
-        <v>98</v>
+        <v>397</v>
       </c>
       <c r="H178" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>148</v>
+      </c>
+      <c r="I178" t="s">
+        <v>414</v>
       </c>
       <c r="J178" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="K178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B179" t="s">
+        <v>417</v>
+      </c>
+      <c r="C179" t="s">
         <v>418</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>419</v>
       </c>
-      <c r="D179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E179" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F179" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G179" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H179" t="s">
-        <v>397</v>
+        <v>421</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="K179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B180" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="C180" t="s">
+        <v>423</v>
+      </c>
+      <c r="D180" t="s">
+        <v>419</v>
+      </c>
+      <c r="E180" t="s">
         <v>420</v>
       </c>
-      <c r="D180" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F180" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G180" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H180" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I180">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="K180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B181" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="C181" t="s">
+        <v>425</v>
+      </c>
+      <c r="D181" t="s">
+        <v>419</v>
+      </c>
+      <c r="E181" t="s">
+        <v>420</v>
+      </c>
+      <c r="F181" t="s">
+        <v>71</v>
+      </c>
+      <c r="G181" t="s">
+        <v>75</v>
+      </c>
+      <c r="H181" t="s">
         <v>421</v>
       </c>
-      <c r="D181" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="K181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B182" t="s">
         <v>422</v>
       </c>
       <c r="C182" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D182" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E182" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F182" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G182" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H182" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="I182" t="s">
+        <v>78</v>
+      </c>
+      <c r="I182">
+        <v>0</v>
+      </c>
+      <c r="J182" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B183" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C183" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D183" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E183" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F183" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G183" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H183" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>421</v>
+      </c>
+      <c r="I183">
+        <v>0</v>
+      </c>
+      <c r="J183" t="s">
+        <v>427</v>
       </c>
       <c r="K183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="B184" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C184" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D184" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E184" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F184" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G184" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H184" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I184" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>431</v>
+      </c>
+      <c r="J184" t="s">
+        <v>432</v>
       </c>
       <c r="K184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B185" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C185" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D185" t="s">
-        <v>14</v>
+        <v>436</v>
       </c>
       <c r="E185" t="s">
-        <v>15</v>
+        <v>437</v>
       </c>
       <c r="F185" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G185" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H185" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
       <c r="J185" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="K185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B186" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C186" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="D186" t="s">
-        <v>14</v>
+        <v>436</v>
       </c>
       <c r="E186" t="s">
-        <v>15</v>
+        <v>437</v>
       </c>
       <c r="F186" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G186" t="s">
-        <v>434</v>
+        <v>51</v>
       </c>
       <c r="H186" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="K186" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B187" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C187" t="s">
+        <v>441</v>
+      </c>
+      <c r="D187" t="s">
         <v>436</v>
       </c>
-      <c r="D187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E187" t="s">
-        <v>15</v>
+        <v>437</v>
       </c>
       <c r="F187" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G187" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="H187" t="s">
-        <v>431</v>
+        <v>82</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="K187" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B188" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="C188" t="s">
+        <v>443</v>
+      </c>
+      <c r="D188" t="s">
+        <v>436</v>
+      </c>
+      <c r="E188" t="s">
         <v>437</v>
       </c>
-      <c r="D188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F188" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G188" t="s">
-        <v>434</v>
+        <v>75</v>
       </c>
       <c r="H188" t="s">
-        <v>58</v>
+        <v>421</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="K188" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B189" t="s">
         <v>438</v>
       </c>
       <c r="C189" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="D189" t="s">
-        <v>14</v>
+        <v>436</v>
       </c>
       <c r="E189" t="s">
-        <v>15</v>
+        <v>437</v>
       </c>
       <c r="F189" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G189" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H189" t="s">
-        <v>431</v>
+        <v>78</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="J189" t="s">
         <v>438</v>
       </c>
       <c r="K189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B190" t="s">
         <v>440</v>
       </c>
       <c r="C190" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D190" t="s">
-        <v>14</v>
+        <v>436</v>
       </c>
       <c r="E190" t="s">
-        <v>15</v>
+        <v>437</v>
       </c>
       <c r="F190" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="G190" t="s">
-        <v>434</v>
+        <v>120</v>
       </c>
       <c r="H190" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I190">
         <v>0</v>
       </c>
       <c r="J190" t="s">
         <v>440</v>
       </c>
       <c r="K190" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="B191" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C191" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D191" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="E191" t="s">
+        <v>437</v>
+      </c>
+      <c r="F191" t="s">
+        <v>71</v>
+      </c>
+      <c r="G191" t="s">
+        <v>75</v>
+      </c>
+      <c r="H191" t="s">
+        <v>421</v>
+      </c>
+      <c r="I191" t="s">
         <v>446</v>
       </c>
-      <c r="F191" t="s">
-[...12 lines deleted...]
-        <v>443</v>
+      <c r="J191">
+        <v>0</v>
       </c>
       <c r="K191" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="B192" t="s">
+        <v>448</v>
+      </c>
+      <c r="C192" t="s">
         <v>449</v>
       </c>
-      <c r="C192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D192" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="E192" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="F192" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G192" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H192" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>449</v>
+        <v>78</v>
+      </c>
+      <c r="I192" t="s">
+        <v>448</v>
+      </c>
+      <c r="J192">
+        <v>0</v>
       </c>
       <c r="K192" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="B193" t="s">
+        <v>450</v>
+      </c>
+      <c r="C193" t="s">
         <v>451</v>
       </c>
-      <c r="C193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="E193" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="F193" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G193" t="s">
-        <v>453</v>
+        <v>120</v>
       </c>
       <c r="H193" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>82</v>
+      </c>
+      <c r="I193" t="s">
+        <v>450</v>
+      </c>
+      <c r="J193">
+        <v>0</v>
       </c>
       <c r="K193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B194" t="s">
+        <v>453</v>
+      </c>
+      <c r="C194" t="s">
         <v>454</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" t="s">
+        <v>15</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>75</v>
+      </c>
+      <c r="H194" t="s">
         <v>455</v>
       </c>
-      <c r="D194" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I194">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="K194" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B195" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="C195" t="s">
+        <v>457</v>
+      </c>
+      <c r="D195" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>458</v>
+      </c>
+      <c r="H195" t="s">
+        <v>78</v>
+      </c>
+      <c r="I195">
+        <v>0</v>
+      </c>
+      <c r="J195" t="s">
         <v>456</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
       <c r="K195" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B196" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C196" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="D196" t="s">
-        <v>445</v>
+        <v>14</v>
       </c>
       <c r="E196" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="F196" t="s">
-        <v>447</v>
+        <v>16</v>
       </c>
       <c r="G196" t="s">
-        <v>453</v>
+        <v>75</v>
       </c>
       <c r="H196" t="s">
-        <v>62</v>
+        <v>455</v>
       </c>
       <c r="I196">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="K196" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B197" t="s">
+        <v>456</v>
+      </c>
+      <c r="C197" t="s">
+        <v>461</v>
+      </c>
+      <c r="D197" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
         <v>458</v>
       </c>
-      <c r="C197" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H197" t="s">
-        <v>448</v>
+        <v>78</v>
       </c>
       <c r="I197">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="K197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B198" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C198" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D198" t="s">
-        <v>445</v>
+        <v>14</v>
       </c>
       <c r="E198" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="F198" t="s">
-        <v>447</v>
+        <v>16</v>
       </c>
       <c r="G198" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H198" t="s">
-        <v>58</v>
+        <v>455</v>
       </c>
       <c r="I198">
         <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K198" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B199" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C199" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D199" t="s">
-        <v>445</v>
+        <v>14</v>
       </c>
       <c r="E199" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="F199" t="s">
-        <v>447</v>
+        <v>16</v>
       </c>
       <c r="G199" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="H199" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="I199" t="s">
+        <v>78</v>
+      </c>
+      <c r="I199">
+        <v>0</v>
+      </c>
+      <c r="J199" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="K199" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
         <v>466</v>
       </c>
       <c r="B200" t="s">
         <v>467</v>
       </c>
       <c r="C200" t="s">
         <v>468</v>
       </c>
       <c r="D200" t="s">
         <v>469</v>
       </c>
       <c r="E200" t="s">
         <v>470</v>
       </c>
       <c r="F200" t="s">
         <v>471</v>
       </c>
       <c r="G200" t="s">
-        <v>202</v>
+        <v>75</v>
       </c>
       <c r="H200" t="s">
-        <v>130</v>
+        <v>472</v>
       </c>
       <c r="I200">
         <v>0</v>
       </c>
       <c r="J200" t="s">
         <v>467</v>
       </c>
       <c r="K200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
         <v>466</v>
       </c>
       <c r="B201" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C201" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D201" t="s">
         <v>469</v>
       </c>
       <c r="E201" t="s">
         <v>470</v>
       </c>
       <c r="F201" t="s">
         <v>471</v>
       </c>
       <c r="G201" t="s">
-        <v>204</v>
+        <v>51</v>
       </c>
       <c r="H201" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="I201">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K201" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
         <v>466</v>
       </c>
       <c r="B202" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C202" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D202" t="s">
         <v>469</v>
       </c>
       <c r="E202" t="s">
         <v>470</v>
       </c>
       <c r="F202" t="s">
         <v>471</v>
       </c>
       <c r="G202" t="s">
-        <v>202</v>
+        <v>477</v>
       </c>
       <c r="H202" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="I202">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K202" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
         <v>466</v>
       </c>
       <c r="B203" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C203" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D203" t="s">
         <v>469</v>
       </c>
       <c r="E203" t="s">
         <v>470</v>
       </c>
       <c r="F203" t="s">
         <v>471</v>
       </c>
       <c r="G203" t="s">
-        <v>204</v>
+        <v>75</v>
       </c>
       <c r="H203" t="s">
-        <v>205</v>
+        <v>472</v>
       </c>
       <c r="I203">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="K203" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
         <v>466</v>
       </c>
       <c r="B204" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C204" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D204" t="s">
         <v>469</v>
       </c>
       <c r="E204" t="s">
         <v>470</v>
       </c>
       <c r="F204" t="s">
         <v>471</v>
       </c>
       <c r="G204" t="s">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="H204" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="K204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
         <v>466</v>
       </c>
       <c r="B205" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C205" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D205" t="s">
         <v>469</v>
       </c>
       <c r="E205" t="s">
         <v>470</v>
       </c>
       <c r="F205" t="s">
         <v>471</v>
       </c>
       <c r="G205" t="s">
-        <v>204</v>
+        <v>477</v>
       </c>
       <c r="H205" t="s">
-        <v>205</v>
+        <v>82</v>
       </c>
       <c r="I205">
         <v>0</v>
       </c>
       <c r="J205" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="K205" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="B206" t="s">
         <v>482</v>
       </c>
       <c r="C206" t="s">
         <v>483</v>
       </c>
       <c r="D206" t="s">
-        <v>484</v>
+        <v>469</v>
       </c>
       <c r="E206" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="F206" t="s">
-        <v>152</v>
+        <v>471</v>
       </c>
       <c r="G206" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="H206" t="s">
-        <v>62</v>
+        <v>472</v>
       </c>
       <c r="I206">
         <v>0</v>
       </c>
       <c r="J206" t="s">
         <v>482</v>
       </c>
       <c r="K206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="B207" t="s">
+        <v>484</v>
+      </c>
+      <c r="C207" t="s">
+        <v>485</v>
+      </c>
+      <c r="D207" t="s">
+        <v>469</v>
+      </c>
+      <c r="E207" t="s">
+        <v>470</v>
+      </c>
+      <c r="F207" t="s">
+        <v>471</v>
+      </c>
+      <c r="G207" t="s">
+        <v>51</v>
+      </c>
+      <c r="H207" t="s">
+        <v>78</v>
+      </c>
+      <c r="I207" t="s">
         <v>486</v>
       </c>
-      <c r="C207" t="s">
+      <c r="J207" t="s">
         <v>487</v>
-      </c>
-[...19 lines deleted...]
-        <v>486</v>
       </c>
       <c r="K207" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="B208" t="s">
         <v>488</v>
       </c>
       <c r="C208" t="s">
         <v>489</v>
       </c>
       <c r="D208" t="s">
-        <v>484</v>
+        <v>469</v>
       </c>
       <c r="E208" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="F208" t="s">
-        <v>152</v>
+        <v>471</v>
       </c>
       <c r="G208" t="s">
-        <v>125</v>
+        <v>477</v>
       </c>
       <c r="H208" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="I208" t="s">
+        <v>490</v>
       </c>
       <c r="J208" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="K208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B209" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C209" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D209" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E209" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="F209" t="s">
+        <v>497</v>
+      </c>
+      <c r="G209" t="s">
+        <v>223</v>
+      </c>
+      <c r="H209" t="s">
         <v>152</v>
       </c>
-      <c r="G209" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I209">
         <v>0</v>
       </c>
       <c r="J209" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="K209" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B210" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C210" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="D210" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E210" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="F210" t="s">
-        <v>152</v>
+        <v>497</v>
       </c>
       <c r="G210" t="s">
-        <v>494</v>
+        <v>225</v>
       </c>
       <c r="H210" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="I210">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="K210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B211" t="s">
+        <v>500</v>
+      </c>
+      <c r="C211" t="s">
+        <v>501</v>
+      </c>
+      <c r="D211" t="s">
         <v>495</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>496</v>
       </c>
-      <c r="D211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F211" t="s">
+        <v>497</v>
+      </c>
+      <c r="G211" t="s">
+        <v>223</v>
+      </c>
+      <c r="H211" t="s">
         <v>152</v>
       </c>
-      <c r="G211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I211">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="K211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B212" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="C212" t="s">
+        <v>502</v>
+      </c>
+      <c r="D212" t="s">
+        <v>495</v>
+      </c>
+      <c r="E212" t="s">
+        <v>496</v>
+      </c>
+      <c r="F212" t="s">
         <v>497</v>
       </c>
-      <c r="D212" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G212" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H212" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
       <c r="I212">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="K212" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B213" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="C213" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="D213" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E213" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="F213" t="s">
+        <v>497</v>
+      </c>
+      <c r="G213" t="s">
+        <v>223</v>
+      </c>
+      <c r="H213" t="s">
         <v>152</v>
       </c>
-      <c r="G213" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I213">
         <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="K213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B214" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="C214" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="D214" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="E214" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="F214" t="s">
-        <v>152</v>
+        <v>497</v>
       </c>
       <c r="G214" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="H214" t="s">
-        <v>130</v>
+        <v>226</v>
       </c>
       <c r="I214">
         <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="K214" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B215" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="C215" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="D215" t="s">
-        <v>484</v>
+        <v>510</v>
       </c>
       <c r="E215" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
       <c r="F215" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G215" t="s">
-        <v>494</v>
+        <v>120</v>
       </c>
       <c r="H215" t="s">
-        <v>205</v>
+        <v>82</v>
       </c>
       <c r="I215">
         <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="K215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B216" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="C216" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="D216" t="s">
-        <v>484</v>
+        <v>510</v>
       </c>
       <c r="E216" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
       <c r="F216" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G216" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H216" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I216">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="K216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B217" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="C217" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="D217" t="s">
-        <v>484</v>
+        <v>510</v>
       </c>
       <c r="E217" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
       <c r="F217" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G217" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H217" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>148</v>
+      </c>
+      <c r="I217">
+        <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="K217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B218" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="C218" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="D218" t="s">
-        <v>484</v>
+        <v>510</v>
       </c>
       <c r="E218" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
       <c r="F218" t="s">
+        <v>50</v>
+      </c>
+      <c r="G218" t="s">
+        <v>223</v>
+      </c>
+      <c r="H218" t="s">
         <v>152</v>
       </c>
-      <c r="G218" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I218">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="K218" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B219" t="s">
+        <v>518</v>
+      </c>
+      <c r="C219" t="s">
+        <v>519</v>
+      </c>
+      <c r="D219" t="s">
+        <v>510</v>
+      </c>
+      <c r="E219" t="s">
         <v>511</v>
       </c>
-      <c r="C219" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F219" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G219" t="s">
-        <v>202</v>
+        <v>520</v>
       </c>
       <c r="H219" t="s">
-        <v>130</v>
+        <v>226</v>
       </c>
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="K219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="B220" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="C220" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="D220" t="s">
-        <v>484</v>
+        <v>510</v>
       </c>
       <c r="E220" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
       <c r="F220" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G220" t="s">
-        <v>494</v>
+        <v>120</v>
       </c>
       <c r="H220" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>82</v>
+      </c>
+      <c r="I220">
+        <v>0</v>
       </c>
       <c r="J220" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="K220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B221" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C221" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="D221" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E221" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F221" t="s">
         <v>50</v>
       </c>
       <c r="G221" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H221" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I221">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="K221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B222" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="C222" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D222" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E222" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F222" t="s">
         <v>50</v>
       </c>
       <c r="G222" t="s">
-        <v>524</v>
+        <v>147</v>
       </c>
       <c r="H222" t="s">
-        <v>62</v>
+        <v>148</v>
       </c>
       <c r="I222">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="K222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B223" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C223" t="s">
         <v>525</v>
       </c>
       <c r="D223" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E223" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F223" t="s">
         <v>50</v>
       </c>
       <c r="G223" t="s">
-        <v>57</v>
+        <v>223</v>
       </c>
       <c r="H223" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="I223">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="K223" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B224" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C224" t="s">
         <v>526</v>
       </c>
       <c r="D224" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E224" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F224" t="s">
         <v>50</v>
       </c>
       <c r="G224" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="H224" t="s">
-        <v>62</v>
+        <v>226</v>
       </c>
       <c r="I224">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="K224" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B225" t="s">
         <v>527</v>
       </c>
       <c r="C225" t="s">
         <v>528</v>
       </c>
       <c r="D225" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E225" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F225" t="s">
         <v>50</v>
       </c>
       <c r="G225" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H225" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I225" t="s">
         <v>529</v>
       </c>
       <c r="J225" t="s">
         <v>530</v>
       </c>
       <c r="K225" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B226" t="s">
         <v>531</v>
       </c>
       <c r="C226" t="s">
         <v>532</v>
       </c>
       <c r="D226" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="E226" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="F226" t="s">
         <v>50</v>
       </c>
       <c r="G226" t="s">
-        <v>524</v>
+        <v>122</v>
       </c>
       <c r="H226" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I226" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>533</v>
+      </c>
+      <c r="J226" t="s">
+        <v>534</v>
       </c>
       <c r="K226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>533</v>
+        <v>507</v>
       </c>
       <c r="B227" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C227" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D227" t="s">
+        <v>510</v>
+      </c>
+      <c r="E227" t="s">
+        <v>511</v>
+      </c>
+      <c r="F227" t="s">
+        <v>50</v>
+      </c>
+      <c r="G227" t="s">
+        <v>147</v>
+      </c>
+      <c r="H227" t="s">
+        <v>148</v>
+      </c>
+      <c r="I227">
         <v>536</v>
       </c>
-      <c r="E227" t="s">
+      <c r="J227" t="s">
         <v>537</v>
-      </c>
-[...13 lines deleted...]
-        <v>534</v>
       </c>
       <c r="K227" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>533</v>
+        <v>507</v>
       </c>
       <c r="B228" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C228" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D228" t="s">
-        <v>536</v>
+        <v>510</v>
       </c>
       <c r="E228" t="s">
-        <v>537</v>
+        <v>511</v>
       </c>
       <c r="F228" t="s">
+        <v>50</v>
+      </c>
+      <c r="G228" t="s">
+        <v>223</v>
+      </c>
+      <c r="H228" t="s">
+        <v>152</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="J228" t="s">
         <v>538</v>
-      </c>
-[...10 lines deleted...]
-        <v>540</v>
       </c>
       <c r="K228" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>533</v>
+        <v>507</v>
       </c>
       <c r="B229" t="s">
+        <v>540</v>
+      </c>
+      <c r="C229" t="s">
+        <v>541</v>
+      </c>
+      <c r="D229" t="s">
+        <v>510</v>
+      </c>
+      <c r="E229" t="s">
+        <v>511</v>
+      </c>
+      <c r="F229" t="s">
+        <v>50</v>
+      </c>
+      <c r="G229" t="s">
+        <v>520</v>
+      </c>
+      <c r="H229" t="s">
+        <v>226</v>
+      </c>
+      <c r="I229" t="s">
         <v>542</v>
       </c>
-      <c r="C229" t="s">
+      <c r="J229" t="s">
         <v>543</v>
-      </c>
-[...19 lines deleted...]
-        <v>542</v>
       </c>
       <c r="K229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B230" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C230" t="s">
+        <v>546</v>
+      </c>
+      <c r="D230" t="s">
+        <v>547</v>
+      </c>
+      <c r="E230" t="s">
+        <v>548</v>
+      </c>
+      <c r="F230" t="s">
+        <v>71</v>
+      </c>
+      <c r="G230" t="s">
+        <v>51</v>
+      </c>
+      <c r="H230" t="s">
+        <v>78</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
+      </c>
+      <c r="J230" t="s">
         <v>545</v>
-      </c>
-[...19 lines deleted...]
-        <v>544</v>
       </c>
       <c r="K230" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B231" t="s">
+        <v>549</v>
+      </c>
+      <c r="C231" t="s">
+        <v>550</v>
+      </c>
+      <c r="D231" t="s">
         <v>547</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" t="s">
         <v>548</v>
       </c>
-      <c r="D231" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F231" t="s">
-        <v>538</v>
+        <v>71</v>
       </c>
       <c r="G231" t="s">
-        <v>54</v>
+        <v>551</v>
       </c>
       <c r="H231" t="s">
-        <v>539</v>
+        <v>82</v>
       </c>
       <c r="I231">
         <v>0</v>
       </c>
       <c r="J231" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="K231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B232" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C232" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D232" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E232" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F232" t="s">
-        <v>538</v>
+        <v>71</v>
       </c>
       <c r="G232" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H232" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="I232">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="K232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B233" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C233" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="D233" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E233" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F233" t="s">
-        <v>538</v>
+        <v>71</v>
       </c>
       <c r="G233" t="s">
-        <v>98</v>
+        <v>551</v>
       </c>
       <c r="H233" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="I233">
         <v>0</v>
       </c>
       <c r="J233" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="K233" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B234" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="C234" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D234" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E234" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F234" t="s">
-        <v>538</v>
+        <v>71</v>
       </c>
       <c r="G234" t="s">
-        <v>546</v>
+        <v>51</v>
       </c>
       <c r="H234" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="I234" t="s">
+        <v>556</v>
       </c>
       <c r="J234" t="s">
-        <v>544</v>
+        <v>557</v>
       </c>
       <c r="K234" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="B235" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="C235" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="D235" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="E235" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F235" t="s">
-        <v>538</v>
+        <v>71</v>
       </c>
       <c r="G235" t="s">
-        <v>54</v>
+        <v>551</v>
       </c>
       <c r="H235" t="s">
-        <v>539</v>
+        <v>82</v>
       </c>
       <c r="I235" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>558</v>
+      </c>
+      <c r="J235">
+        <v>0</v>
       </c>
       <c r="K235" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>533</v>
+        <v>560</v>
       </c>
       <c r="B236" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="C236" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="D236" t="s">
-        <v>536</v>
+        <v>563</v>
       </c>
       <c r="E236" t="s">
-        <v>537</v>
+        <v>564</v>
       </c>
       <c r="F236" t="s">
-        <v>538</v>
+        <v>565</v>
       </c>
       <c r="G236" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H236" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>566</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
       </c>
       <c r="J236" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="K236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>533</v>
+        <v>560</v>
       </c>
       <c r="B237" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="C237" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="D237" t="s">
-        <v>536</v>
+        <v>563</v>
       </c>
       <c r="E237" t="s">
-        <v>537</v>
+        <v>564</v>
       </c>
       <c r="F237" t="s">
-        <v>538</v>
+        <v>565</v>
       </c>
       <c r="G237" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H237" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>78</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="K237" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>533</v>
+        <v>560</v>
       </c>
       <c r="B238" t="s">
+        <v>569</v>
+      </c>
+      <c r="C238" t="s">
+        <v>570</v>
+      </c>
+      <c r="D238" t="s">
         <v>563</v>
       </c>
-      <c r="C238" t="s">
+      <c r="E238" t="s">
         <v>564</v>
       </c>
-      <c r="D238" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F238" t="s">
-        <v>538</v>
+        <v>565</v>
       </c>
       <c r="G238" t="s">
-        <v>546</v>
+        <v>120</v>
       </c>
       <c r="H238" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>565</v>
+        <v>82</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="K238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B239" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C239" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D239" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E239" t="s">
+        <v>564</v>
+      </c>
+      <c r="F239" t="s">
+        <v>565</v>
+      </c>
+      <c r="G239" t="s">
+        <v>573</v>
+      </c>
+      <c r="H239" t="s">
+        <v>123</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+      <c r="J239" t="s">
         <v>571</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
       <c r="K239" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B240" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C240" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D240" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E240" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F240" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G240" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="H240" t="s">
-        <v>101</v>
+        <v>566</v>
       </c>
       <c r="I240">
         <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="K240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
+        <v>560</v>
+      </c>
+      <c r="B241" t="s">
         <v>567</v>
       </c>
-      <c r="B241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D241" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E241" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F241" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G241" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="H241" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="I241">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="K241" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B242" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="C242" t="s">
         <v>577</v>
       </c>
       <c r="D242" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E242" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F242" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G242" t="s">
-        <v>578</v>
+        <v>120</v>
       </c>
       <c r="H242" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="I242">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="K242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B243" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C243" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D243" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E243" t="s">
+        <v>564</v>
+      </c>
+      <c r="F243" t="s">
+        <v>565</v>
+      </c>
+      <c r="G243" t="s">
+        <v>573</v>
+      </c>
+      <c r="H243" t="s">
+        <v>123</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="J243" t="s">
         <v>571</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
       <c r="K243" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B244" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="C244" t="s">
         <v>580</v>
       </c>
       <c r="D244" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E244" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F244" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G244" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="H244" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>566</v>
+      </c>
+      <c r="I244" t="s">
+        <v>581</v>
       </c>
       <c r="J244" t="s">
-        <v>572</v>
+        <v>391</v>
       </c>
       <c r="K244" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B245" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="C245" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D245" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E245" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F245" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G245" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="H245" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="I245" t="s">
+        <v>584</v>
       </c>
       <c r="J245" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="K245" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B246" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="C246" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D246" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E246" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F246" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G246" t="s">
-        <v>578</v>
+        <v>120</v>
       </c>
       <c r="H246" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="I246" t="s">
+        <v>588</v>
       </c>
       <c r="J246" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="K246" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B247" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C247" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="D247" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E247" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="F247" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G247" t="s">
-        <v>98</v>
+        <v>573</v>
       </c>
       <c r="H247" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I247" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="J247" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="K247" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
       <c r="B248" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="C248" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="D248" t="s">
-        <v>570</v>
+        <v>48</v>
       </c>
       <c r="E248" t="s">
-        <v>571</v>
+        <v>49</v>
       </c>
       <c r="F248" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G248" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H248" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>82</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
+      </c>
+      <c r="J248" t="s">
+        <v>595</v>
       </c>
       <c r="K248" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
       <c r="B249" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C249" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D249" t="s">
-        <v>570</v>
+        <v>48</v>
       </c>
       <c r="E249" t="s">
-        <v>571</v>
+        <v>49</v>
       </c>
       <c r="F249" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G249" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H249" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>123</v>
+      </c>
+      <c r="I249">
+        <v>0</v>
+      </c>
+      <c r="J249" t="s">
+        <v>597</v>
       </c>
       <c r="K249" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
       <c r="B250" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C250" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="D250" t="s">
-        <v>570</v>
+        <v>48</v>
       </c>
       <c r="E250" t="s">
-        <v>571</v>
+        <v>49</v>
       </c>
       <c r="F250" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G250" t="s">
-        <v>578</v>
+        <v>147</v>
       </c>
       <c r="H250" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>148</v>
+      </c>
+      <c r="I250">
+        <v>0</v>
+      </c>
+      <c r="J250" t="s">
+        <v>599</v>
       </c>
       <c r="K250" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B251" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="C251" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D251" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E251" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F251" t="s">
+        <v>50</v>
+      </c>
+      <c r="G251" t="s">
+        <v>603</v>
+      </c>
+      <c r="H251" t="s">
         <v>152</v>
       </c>
-      <c r="G251" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I251">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="K251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B252" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C252" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D252" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E252" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F252" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G252" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H252" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I252">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="K252" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B253" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C253" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D253" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E253" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F253" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G253" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H253" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I253">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="K253" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B254" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C254" t="s">
         <v>606</v>
       </c>
       <c r="D254" t="s">
+        <v>48</v>
+      </c>
+      <c r="E254" t="s">
+        <v>49</v>
+      </c>
+      <c r="F254" t="s">
+        <v>50</v>
+      </c>
+      <c r="G254" t="s">
+        <v>147</v>
+      </c>
+      <c r="H254" t="s">
+        <v>148</v>
+      </c>
+      <c r="I254">
+        <v>0</v>
+      </c>
+      <c r="J254" t="s">
         <v>599</v>
-      </c>
-[...16 lines deleted...]
-        <v>605</v>
       </c>
       <c r="K254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>594</v>
+      </c>
+      <c r="B255" t="s">
+        <v>601</v>
       </c>
       <c r="C255" t="s">
         <v>607</v>
       </c>
       <c r="D255" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E255" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F255" t="s">
+        <v>50</v>
+      </c>
+      <c r="G255" t="s">
+        <v>603</v>
+      </c>
+      <c r="H255" t="s">
         <v>152</v>
       </c>
-      <c r="G255" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I255">
         <v>0</v>
       </c>
-      <c r="J255">
-        <v>561</v>
+      <c r="J255" t="s">
+        <v>601</v>
       </c>
       <c r="K255" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B256" t="s">
+        <v>608</v>
+      </c>
+      <c r="C256" t="s">
         <v>609</v>
       </c>
-      <c r="C256" t="s">
+      <c r="D256" t="s">
+        <v>48</v>
+      </c>
+      <c r="E256" t="s">
+        <v>49</v>
+      </c>
+      <c r="F256" t="s">
+        <v>50</v>
+      </c>
+      <c r="G256" t="s">
+        <v>120</v>
+      </c>
+      <c r="H256" t="s">
+        <v>82</v>
+      </c>
+      <c r="I256" t="s">
         <v>610</v>
       </c>
-      <c r="D256" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J256" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="K256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B257" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="C257" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D257" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E257" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F257" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G257" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H257" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>601</v>
+        <v>123</v>
+      </c>
+      <c r="I257" t="s">
+        <v>614</v>
+      </c>
+      <c r="J257">
+        <v>1</v>
       </c>
       <c r="K257" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B258" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
       <c r="C258" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D258" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E258" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F258" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G258" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="H258" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>603</v>
+        <v>148</v>
+      </c>
+      <c r="I258" t="s">
+        <v>615</v>
+      </c>
+      <c r="J258">
+        <v>0</v>
       </c>
       <c r="K258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B259" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="C259" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D259" t="s">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="E259" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="F259" t="s">
+        <v>50</v>
+      </c>
+      <c r="G259" t="s">
+        <v>603</v>
+      </c>
+      <c r="H259" t="s">
         <v>152</v>
       </c>
-      <c r="G259" t="s">
-[...9 lines deleted...]
-        <v>605</v>
+      <c r="I259" t="s">
+        <v>617</v>
+      </c>
+      <c r="J259">
+        <v>0</v>
       </c>
       <c r="K259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>619</v>
+      </c>
+      <c r="B260" t="s">
+        <v>620</v>
       </c>
       <c r="C260" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="D260" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="E260" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="F260" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G260" t="s">
-        <v>608</v>
+        <v>120</v>
       </c>
       <c r="H260" t="s">
-        <v>205</v>
+        <v>82</v>
       </c>
       <c r="I260">
         <v>0</v>
       </c>
-      <c r="J260">
-        <v>561</v>
+      <c r="J260" t="s">
+        <v>620</v>
       </c>
       <c r="K260" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
       <c r="B261" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C261" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="D261" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="E261" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="F261" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G261" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H261" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I261">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J261" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="K261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
       <c r="B262" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C262" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="D262" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="E262" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="F262" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G262" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H262" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>148</v>
+      </c>
+      <c r="I262">
+        <v>0</v>
       </c>
       <c r="J262" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="K262" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
       <c r="B263" t="s">
+        <v>628</v>
+      </c>
+      <c r="C263" t="s">
+        <v>629</v>
+      </c>
+      <c r="D263" t="s">
         <v>622</v>
       </c>
-      <c r="C263" t="s">
+      <c r="E263" t="s">
         <v>623</v>
       </c>
-      <c r="D263" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F263" t="s">
+        <v>50</v>
+      </c>
+      <c r="G263" t="s">
+        <v>223</v>
+      </c>
+      <c r="H263" t="s">
         <v>152</v>
       </c>
-      <c r="G263" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I263">
         <v>0</v>
       </c>
       <c r="J263" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="K263" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>619</v>
+      </c>
+      <c r="B264">
+        <v>561</v>
       </c>
       <c r="C264" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="D264" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="E264" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="F264" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G264" t="s">
-        <v>202</v>
+        <v>631</v>
       </c>
       <c r="H264" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>627</v>
+        <v>226</v>
+      </c>
+      <c r="I264">
+        <v>0</v>
+      </c>
+      <c r="J264">
+        <v>561</v>
       </c>
       <c r="K264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
       <c r="B265" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C265" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="D265" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="E265" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="F265" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G265" t="s">
-        <v>608</v>
+        <v>120</v>
       </c>
       <c r="H265" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>82</v>
+      </c>
+      <c r="I265">
+        <v>0</v>
+      </c>
+      <c r="J265" t="s">
+        <v>632</v>
       </c>
       <c r="K265" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B266" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="C266" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D266" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E266" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F266" t="s">
         <v>50</v>
       </c>
       <c r="G266" t="s">
-        <v>57</v>
+        <v>122</v>
       </c>
       <c r="H266" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="I266">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="K266" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B267" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="C267" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D267" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E267" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F267" t="s">
         <v>50</v>
       </c>
       <c r="G267" t="s">
-        <v>524</v>
+        <v>147</v>
       </c>
       <c r="H267" t="s">
-        <v>62</v>
+        <v>148</v>
       </c>
       <c r="I267">
         <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="K267" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B268" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C268" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D268" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E268" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F268" t="s">
         <v>50</v>
       </c>
       <c r="G268" t="s">
-        <v>57</v>
+        <v>223</v>
       </c>
       <c r="H268" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="I268">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="K268" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>619</v>
+      </c>
+      <c r="B269">
+        <v>561</v>
       </c>
       <c r="C269" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D269" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E269" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F269" t="s">
         <v>50</v>
       </c>
       <c r="G269" t="s">
-        <v>524</v>
+        <v>631</v>
       </c>
       <c r="H269" t="s">
-        <v>62</v>
+        <v>226</v>
       </c>
       <c r="I269">
         <v>0</v>
       </c>
-      <c r="J269" t="s">
-        <v>636</v>
+      <c r="J269">
+        <v>561</v>
       </c>
       <c r="K269" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B270" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C270" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="D270" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E270" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F270" t="s">
         <v>50</v>
       </c>
       <c r="G270" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H270" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="I270">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="J270" t="s">
         <v>640</v>
       </c>
       <c r="K270" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B271" t="s">
+        <v>641</v>
+      </c>
+      <c r="C271" t="s">
         <v>642</v>
       </c>
-      <c r="C271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D271" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="E271" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="F271" t="s">
         <v>50</v>
       </c>
       <c r="G271" t="s">
-        <v>524</v>
+        <v>122</v>
       </c>
       <c r="H271" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I271" t="s">
+        <v>643</v>
+      </c>
+      <c r="J271" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="K271" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
+        <v>619</v>
+      </c>
+      <c r="B272" t="s">
+        <v>645</v>
+      </c>
+      <c r="C272" t="s">
         <v>646</v>
       </c>
-      <c r="B272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D272" t="s">
-        <v>48</v>
+        <v>622</v>
       </c>
       <c r="E272" t="s">
-        <v>49</v>
+        <v>623</v>
       </c>
       <c r="F272" t="s">
         <v>50</v>
       </c>
       <c r="G272" t="s">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="H272" t="s">
-        <v>649</v>
+        <v>148</v>
       </c>
       <c r="I272">
         <v>0</v>
       </c>
       <c r="J272" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="K272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
-        <v>646</v>
+        <v>619</v>
       </c>
       <c r="B273" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="C273" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D273" t="s">
-        <v>48</v>
+        <v>622</v>
       </c>
       <c r="E273" t="s">
-        <v>49</v>
+        <v>623</v>
       </c>
       <c r="F273" t="s">
         <v>50</v>
       </c>
       <c r="G273" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="H273" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I273" t="s">
+        <v>649</v>
       </c>
       <c r="J273" t="s">
         <v>650</v>
       </c>
       <c r="K273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
-        <v>646</v>
+        <v>619</v>
       </c>
       <c r="B274" t="s">
+        <v>651</v>
+      </c>
+      <c r="C274" t="s">
         <v>652</v>
       </c>
-      <c r="C274" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D274" t="s">
-        <v>48</v>
+        <v>622</v>
       </c>
       <c r="E274" t="s">
-        <v>49</v>
+        <v>623</v>
       </c>
       <c r="F274" t="s">
         <v>50</v>
       </c>
       <c r="G274" t="s">
-        <v>100</v>
+        <v>631</v>
       </c>
       <c r="H274" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>652</v>
+        <v>226</v>
+      </c>
+      <c r="I274" t="s">
+        <v>653</v>
+      </c>
+      <c r="J274">
+        <v>257</v>
       </c>
       <c r="K274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B275" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C275" t="s">
+        <v>656</v>
+      </c>
+      <c r="D275" t="s">
+        <v>657</v>
+      </c>
+      <c r="E275" t="s">
+        <v>658</v>
+      </c>
+      <c r="F275" t="s">
+        <v>71</v>
+      </c>
+      <c r="G275" t="s">
+        <v>51</v>
+      </c>
+      <c r="H275" t="s">
+        <v>78</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="J275" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>654</v>
       </c>
       <c r="K275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B276" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
       <c r="C276" t="s">
+        <v>660</v>
+      </c>
+      <c r="D276" t="s">
         <v>657</v>
       </c>
-      <c r="D276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E276" t="s">
-        <v>49</v>
+        <v>658</v>
       </c>
       <c r="F276" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G276" t="s">
-        <v>57</v>
+        <v>551</v>
       </c>
       <c r="H276" t="s">
-        <v>649</v>
+        <v>82</v>
       </c>
       <c r="I276">
         <v>0</v>
       </c>
       <c r="J276" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
       <c r="K276" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B277" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C277" t="s">
+        <v>661</v>
+      </c>
+      <c r="D277" t="s">
+        <v>657</v>
+      </c>
+      <c r="E277" t="s">
         <v>658</v>
       </c>
-      <c r="D277" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F277" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G277" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H277" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I277">
         <v>0</v>
       </c>
       <c r="J277" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="K277" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B278" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C278" t="s">
+        <v>662</v>
+      </c>
+      <c r="D278" t="s">
+        <v>657</v>
+      </c>
+      <c r="E278" t="s">
+        <v>658</v>
+      </c>
+      <c r="F278" t="s">
+        <v>71</v>
+      </c>
+      <c r="G278" t="s">
+        <v>551</v>
+      </c>
+      <c r="H278" t="s">
+        <v>82</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="J278" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>652</v>
       </c>
       <c r="K278" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B279" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="C279" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D279" t="s">
-        <v>48</v>
+        <v>657</v>
       </c>
       <c r="E279" t="s">
-        <v>49</v>
+        <v>658</v>
       </c>
       <c r="F279" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G279" t="s">
-        <v>656</v>
+        <v>51</v>
       </c>
       <c r="H279" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="I279">
         <v>0</v>
       </c>
       <c r="J279" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="K279" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B280" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C280" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D280" t="s">
-        <v>48</v>
+        <v>657</v>
       </c>
       <c r="E280" t="s">
-        <v>49</v>
+        <v>658</v>
       </c>
       <c r="F280" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G280" t="s">
-        <v>57</v>
+        <v>551</v>
       </c>
       <c r="H280" t="s">
-        <v>649</v>
+        <v>82</v>
       </c>
       <c r="I280" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>667</v>
+      </c>
+      <c r="J280" t="s">
+        <v>668</v>
       </c>
       <c r="K280" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="B281" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C281" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="D281" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="E281" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="F281" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G281" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H281" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>672</v>
+      </c>
+      <c r="I281">
+        <v>0</v>
       </c>
       <c r="J281" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="K281" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="B282" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="C282" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="D282" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="E282" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="F282" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G282" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H282" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>82</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
       </c>
       <c r="J282" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="K282" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="B283" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C283" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D283" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="E283" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="F283" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G283" t="s">
-        <v>656</v>
+        <v>122</v>
       </c>
       <c r="H283" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I283">
+        <v>0</v>
+      </c>
+      <c r="J283" t="s">
+        <v>675</v>
       </c>
       <c r="K283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B284" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C284" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D284" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E284" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F284" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G284" t="s">
-        <v>57</v>
+        <v>679</v>
       </c>
       <c r="H284" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="I284">
         <v>0</v>
       </c>
       <c r="J284" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="K284" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B285" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="C285" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D285" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E285" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F285" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G285" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H285" t="s">
-        <v>62</v>
+        <v>672</v>
       </c>
       <c r="I285">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="K285" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
+        <v>669</v>
+      </c>
+      <c r="B286" t="s">
         <v>673</v>
       </c>
-      <c r="B286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D286" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E286" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F286" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G286" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="H286" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>674</v>
+        <v>82</v>
+      </c>
+      <c r="I286" t="s">
+        <v>682</v>
+      </c>
+      <c r="J286">
+        <v>1</v>
       </c>
       <c r="K286" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B287" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="C287" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="D287" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E287" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F287" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G287" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H287" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I287" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>684</v>
+      </c>
+      <c r="J287">
+        <v>1</v>
       </c>
       <c r="K287" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B288" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="C288" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D288" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E288" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F288" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G288" t="s">
-        <v>57</v>
+        <v>679</v>
       </c>
       <c r="H288" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="I288">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="K288" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B289" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C289" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D289" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="E289" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="F289" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G289" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="H289" t="s">
-        <v>62</v>
+        <v>672</v>
       </c>
       <c r="I289" t="s">
         <v>686</v>
       </c>
-      <c r="J289" t="s">
-        <v>687</v>
+      <c r="J289">
+        <v>0</v>
       </c>
       <c r="K289" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
+        <v>669</v>
+      </c>
+      <c r="B290" t="s">
         <v>688</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
         <v>689</v>
       </c>
-      <c r="C290" t="s">
+      <c r="D290" t="s">
+        <v>69</v>
+      </c>
+      <c r="E290" t="s">
+        <v>70</v>
+      </c>
+      <c r="F290" t="s">
+        <v>71</v>
+      </c>
+      <c r="G290" t="s">
+        <v>120</v>
+      </c>
+      <c r="H290" t="s">
+        <v>82</v>
+      </c>
+      <c r="I290" t="s">
         <v>690</v>
       </c>
-      <c r="D290" t="s">
+      <c r="J290" t="s">
         <v>691</v>
-      </c>
-[...16 lines deleted...]
-        <v>689</v>
       </c>
       <c r="K290" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
-        <v>688</v>
+        <v>669</v>
       </c>
       <c r="B291" t="s">
+        <v>692</v>
+      </c>
+      <c r="C291" t="s">
+        <v>693</v>
+      </c>
+      <c r="D291" t="s">
+        <v>69</v>
+      </c>
+      <c r="E291" t="s">
+        <v>70</v>
+      </c>
+      <c r="F291" t="s">
+        <v>71</v>
+      </c>
+      <c r="G291" t="s">
+        <v>122</v>
+      </c>
+      <c r="H291" t="s">
+        <v>123</v>
+      </c>
+      <c r="I291" t="s">
         <v>694</v>
       </c>
-      <c r="C291" t="s">
+      <c r="J291" t="s">
         <v>695</v>
-      </c>
-[...19 lines deleted...]
-        <v>694</v>
       </c>
       <c r="K291" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
-        <v>688</v>
+        <v>669</v>
       </c>
       <c r="B292" t="s">
+        <v>696</v>
+      </c>
+      <c r="C292" t="s">
         <v>697</v>
       </c>
-      <c r="C292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D292" t="s">
-        <v>691</v>
+        <v>69</v>
       </c>
       <c r="E292" t="s">
-        <v>692</v>
+        <v>70</v>
       </c>
       <c r="F292" t="s">
-        <v>693</v>
+        <v>71</v>
       </c>
       <c r="G292" t="s">
-        <v>98</v>
+        <v>679</v>
       </c>
       <c r="H292" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>697</v>
+        <v>148</v>
+      </c>
+      <c r="I292" t="s">
+        <v>696</v>
+      </c>
+      <c r="J292">
+        <v>0</v>
       </c>
       <c r="K292" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B293" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="C293" t="s">
+        <v>700</v>
+      </c>
+      <c r="D293" t="s">
+        <v>172</v>
+      </c>
+      <c r="E293" t="s">
+        <v>173</v>
+      </c>
+      <c r="F293" t="s">
+        <v>50</v>
+      </c>
+      <c r="G293" t="s">
+        <v>51</v>
+      </c>
+      <c r="H293" t="s">
+        <v>78</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
+      </c>
+      <c r="J293" t="s">
         <v>699</v>
-      </c>
-[...19 lines deleted...]
-        <v>694</v>
       </c>
       <c r="K293" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B294" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C294" t="s">
+        <v>702</v>
+      </c>
+      <c r="D294" t="s">
+        <v>172</v>
+      </c>
+      <c r="E294" t="s">
+        <v>173</v>
+      </c>
+      <c r="F294" t="s">
+        <v>50</v>
+      </c>
+      <c r="G294" t="s">
+        <v>120</v>
+      </c>
+      <c r="H294" t="s">
+        <v>82</v>
+      </c>
+      <c r="I294">
+        <v>0</v>
+      </c>
+      <c r="J294" t="s">
         <v>701</v>
-      </c>
-[...19 lines deleted...]
-        <v>703</v>
       </c>
       <c r="K294" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B295" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="C295" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="D295" t="s">
-        <v>691</v>
+        <v>172</v>
       </c>
       <c r="E295" t="s">
-        <v>692</v>
+        <v>173</v>
       </c>
       <c r="F295" t="s">
-        <v>693</v>
+        <v>50</v>
       </c>
       <c r="G295" t="s">
-        <v>696</v>
+        <v>51</v>
       </c>
       <c r="H295" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
+      </c>
+      <c r="J295" t="s">
+        <v>699</v>
       </c>
       <c r="K295" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s">
+        <v>698</v>
+      </c>
+      <c r="B296" t="s">
+        <v>701</v>
+      </c>
+      <c r="C296" t="s">
+        <v>704</v>
+      </c>
+      <c r="D296" t="s">
+        <v>172</v>
+      </c>
+      <c r="E296" t="s">
+        <v>173</v>
+      </c>
+      <c r="F296" t="s">
+        <v>50</v>
+      </c>
+      <c r="G296" t="s">
+        <v>120</v>
+      </c>
+      <c r="H296" t="s">
+        <v>82</v>
+      </c>
+      <c r="I296" t="s">
+        <v>705</v>
+      </c>
+      <c r="J296" t="s">
         <v>706</v>
-      </c>
-[...25 lines deleted...]
-        <v>711</v>
       </c>
       <c r="K296" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="B297" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="C297" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="D297" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="E297" t="s">
-        <v>15</v>
+        <v>173</v>
       </c>
       <c r="F297" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G297" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H297" t="s">
-        <v>709</v>
+        <v>78</v>
       </c>
       <c r="I297">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="J297" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="K297" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s">
-        <v>715</v>
+        <v>698</v>
       </c>
       <c r="B298" t="s">
-        <v>330</v>
+        <v>709</v>
       </c>
       <c r="C298" t="s">
-        <v>716</v>
+        <v>710</v>
       </c>
       <c r="D298" t="s">
-        <v>717</v>
+        <v>172</v>
       </c>
       <c r="E298" t="s">
-        <v>718</v>
+        <v>173</v>
       </c>
       <c r="F298" t="s">
-        <v>719</v>
+        <v>50</v>
       </c>
       <c r="G298" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="H298" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="I298" t="s">
+        <v>711</v>
       </c>
       <c r="J298" t="s">
-        <v>330</v>
+        <v>712</v>
       </c>
       <c r="K298" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s">
+        <v>713</v>
+      </c>
+      <c r="B299" t="s">
+        <v>714</v>
+      </c>
+      <c r="C299" t="s">
         <v>715</v>
       </c>
-      <c r="B299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D299" t="s">
+        <v>716</v>
+      </c>
+      <c r="E299" t="s">
         <v>717</v>
       </c>
-      <c r="E299" t="s">
+      <c r="F299" t="s">
         <v>718</v>
       </c>
-      <c r="F299" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G299" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H299" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="I299">
         <v>0</v>
       </c>
       <c r="J299" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="K299" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B300" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="C300" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="D300" t="s">
+        <v>716</v>
+      </c>
+      <c r="E300" t="s">
         <v>717</v>
       </c>
-      <c r="E300" t="s">
+      <c r="F300" t="s">
         <v>718</v>
       </c>
-      <c r="F300" t="s">
+      <c r="G300" t="s">
+        <v>721</v>
+      </c>
+      <c r="H300" t="s">
+        <v>123</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="J300" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>723</v>
       </c>
       <c r="K300" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B301" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C301" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="D301" t="s">
+        <v>716</v>
+      </c>
+      <c r="E301" t="s">
         <v>717</v>
       </c>
-      <c r="E301" t="s">
+      <c r="F301" t="s">
         <v>718</v>
       </c>
-      <c r="F301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G301" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H301" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="K301" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B302" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="C302" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="D302" t="s">
+        <v>716</v>
+      </c>
+      <c r="E302" t="s">
         <v>717</v>
       </c>
-      <c r="E302" t="s">
+      <c r="F302" t="s">
         <v>718</v>
       </c>
-      <c r="F302" t="s">
+      <c r="G302" t="s">
+        <v>721</v>
+      </c>
+      <c r="H302" t="s">
+        <v>123</v>
+      </c>
+      <c r="I302">
+        <v>0</v>
+      </c>
+      <c r="J302" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>727</v>
       </c>
       <c r="K302" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B303" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C303" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="D303" t="s">
+        <v>716</v>
+      </c>
+      <c r="E303" t="s">
         <v>717</v>
       </c>
-      <c r="E303" t="s">
+      <c r="F303" t="s">
         <v>718</v>
       </c>
-      <c r="F303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G303" t="s">
-        <v>731</v>
+        <v>120</v>
       </c>
       <c r="H303" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="I303" t="s">
+        <v>727</v>
       </c>
       <c r="J303" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="K303" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B304" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="C304" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="D304" t="s">
+        <v>716</v>
+      </c>
+      <c r="E304" t="s">
         <v>717</v>
       </c>
-      <c r="E304" t="s">
+      <c r="F304" t="s">
         <v>718</v>
       </c>
-      <c r="F304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G304" t="s">
-        <v>98</v>
+        <v>721</v>
       </c>
       <c r="H304" t="s">
-        <v>720</v>
+        <v>123</v>
       </c>
       <c r="I304" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>729</v>
+      </c>
+      <c r="J304">
+        <v>0</v>
       </c>
       <c r="K304" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
       <c r="B305" t="s">
+        <v>732</v>
+      </c>
+      <c r="C305" t="s">
+        <v>733</v>
+      </c>
+      <c r="D305" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" t="s">
+        <v>16</v>
+      </c>
+      <c r="G305" t="s">
+        <v>51</v>
+      </c>
+      <c r="H305" t="s">
+        <v>734</v>
+      </c>
+      <c r="I305" t="s">
+        <v>735</v>
+      </c>
+      <c r="J305" t="s">
         <v>736</v>
-      </c>
-[...22 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K305" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
       <c r="B306" t="s">
+        <v>737</v>
+      </c>
+      <c r="C306" t="s">
         <v>738</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" t="s">
+        <v>16</v>
+      </c>
+      <c r="G306" t="s">
+        <v>51</v>
+      </c>
+      <c r="H306" t="s">
+        <v>734</v>
+      </c>
+      <c r="I306">
+        <v>334</v>
+      </c>
+      <c r="J306" t="s">
         <v>739</v>
-      </c>
-[...19 lines deleted...]
-        <v>738</v>
       </c>
       <c r="K306" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" t="s">
-        <v>715</v>
+        <v>740</v>
       </c>
       <c r="B307" t="s">
-        <v>740</v>
+        <v>352</v>
       </c>
       <c r="C307" t="s">
         <v>741</v>
       </c>
       <c r="D307" t="s">
-        <v>717</v>
+        <v>742</v>
       </c>
       <c r="E307" t="s">
-        <v>718</v>
+        <v>743</v>
       </c>
       <c r="F307" t="s">
-        <v>719</v>
+        <v>744</v>
       </c>
       <c r="G307" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H307" t="s">
-        <v>130</v>
+        <v>745</v>
       </c>
       <c r="I307">
         <v>0</v>
       </c>
       <c r="J307" t="s">
-        <v>740</v>
+        <v>352</v>
       </c>
       <c r="K307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" t="s">
-        <v>715</v>
+        <v>740</v>
       </c>
       <c r="B308" t="s">
+        <v>746</v>
+      </c>
+      <c r="C308" t="s">
+        <v>747</v>
+      </c>
+      <c r="D308" t="s">
         <v>742</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" t="s">
         <v>743</v>
       </c>
-      <c r="D308" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F308" t="s">
-        <v>719</v>
+        <v>744</v>
       </c>
       <c r="G308" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="H308" t="s">
-        <v>205</v>
+        <v>123</v>
       </c>
       <c r="I308">
         <v>0</v>
       </c>
       <c r="J308" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="K308" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" t="s">
-        <v>715</v>
+        <v>740</v>
       </c>
       <c r="B309" t="s">
+        <v>748</v>
+      </c>
+      <c r="C309" t="s">
+        <v>749</v>
+      </c>
+      <c r="D309" t="s">
+        <v>742</v>
+      </c>
+      <c r="E309" t="s">
+        <v>743</v>
+      </c>
+      <c r="F309" t="s">
         <v>744</v>
       </c>
-      <c r="C309" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G309" t="s">
-        <v>731</v>
+        <v>147</v>
       </c>
       <c r="H309" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>148</v>
+      </c>
+      <c r="I309">
+        <v>0</v>
       </c>
       <c r="J309" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K309" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B310" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C310" t="s">
+        <v>751</v>
+      </c>
+      <c r="D310" t="s">
+        <v>742</v>
+      </c>
+      <c r="E310" t="s">
+        <v>743</v>
+      </c>
+      <c r="F310" t="s">
+        <v>744</v>
+      </c>
+      <c r="G310" t="s">
+        <v>223</v>
+      </c>
+      <c r="H310" t="s">
+        <v>152</v>
+      </c>
+      <c r="I310">
+        <v>0</v>
+      </c>
+      <c r="J310" t="s">
         <v>750</v>
-      </c>
-[...19 lines deleted...]
-        <v>749</v>
       </c>
       <c r="K310" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B311" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C311" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="D311" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E311" t="s">
+        <v>743</v>
+      </c>
+      <c r="F311" t="s">
+        <v>744</v>
+      </c>
+      <c r="G311" t="s">
+        <v>225</v>
+      </c>
+      <c r="H311" t="s">
+        <v>226</v>
+      </c>
+      <c r="I311">
+        <v>0</v>
+      </c>
+      <c r="J311" t="s">
         <v>752</v>
-      </c>
-[...13 lines deleted...]
-        <v>754</v>
       </c>
       <c r="K311" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B312" t="s">
+        <v>754</v>
+      </c>
+      <c r="C312" t="s">
+        <v>755</v>
+      </c>
+      <c r="D312" t="s">
+        <v>742</v>
+      </c>
+      <c r="E312" t="s">
+        <v>743</v>
+      </c>
+      <c r="F312" t="s">
+        <v>744</v>
+      </c>
+      <c r="G312" t="s">
         <v>756</v>
       </c>
-      <c r="C312" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H312" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="I312">
         <v>0</v>
       </c>
       <c r="J312" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="K312" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B313" t="s">
+        <v>757</v>
+      </c>
+      <c r="C313" t="s">
         <v>758</v>
       </c>
-      <c r="C313" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D313" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E313" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F313" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G313" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H313" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>758</v>
+        <v>745</v>
+      </c>
+      <c r="I313" t="s">
+        <v>757</v>
+      </c>
+      <c r="J313">
+        <v>0</v>
       </c>
       <c r="K313" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B314" t="s">
+        <v>759</v>
+      </c>
+      <c r="C314" t="s">
         <v>760</v>
       </c>
-      <c r="C314" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D314" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E314" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F314" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G314" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="H314" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>760</v>
+        <v>123</v>
+      </c>
+      <c r="I314" t="s">
+        <v>759</v>
+      </c>
+      <c r="J314">
+        <v>0</v>
       </c>
       <c r="K314" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B315" t="s">
+        <v>761</v>
+      </c>
+      <c r="C315" t="s">
         <v>762</v>
       </c>
-      <c r="C315" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D315" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E315" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F315" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G315" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="H315" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="I315">
         <v>0</v>
       </c>
       <c r="J315" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="K315" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B316" t="s">
+        <v>763</v>
+      </c>
+      <c r="C316" t="s">
         <v>764</v>
       </c>
-      <c r="C316" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D316" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E316" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F316" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G316" t="s">
-        <v>766</v>
+        <v>223</v>
       </c>
       <c r="H316" t="s">
-        <v>767</v>
+        <v>152</v>
       </c>
       <c r="I316">
         <v>0</v>
       </c>
       <c r="J316" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="K316" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B317" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C317" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="D317" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E317" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F317" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G317" t="s">
-        <v>770</v>
+        <v>225</v>
       </c>
       <c r="H317" t="s">
-        <v>771</v>
+        <v>226</v>
       </c>
       <c r="I317">
         <v>0</v>
       </c>
       <c r="J317" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="K317" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>740</v>
+      </c>
+      <c r="B318" t="s">
+        <v>767</v>
       </c>
       <c r="C318" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="D318" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="E318" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F318" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G318" t="s">
-        <v>773</v>
+        <v>756</v>
       </c>
       <c r="H318" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>456</v>
+        <v>229</v>
+      </c>
+      <c r="I318" t="s">
+        <v>769</v>
+      </c>
+      <c r="J318" t="s">
+        <v>770</v>
       </c>
       <c r="K318" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>771</v>
+      </c>
+      <c r="B319" t="s">
+        <v>772</v>
       </c>
       <c r="C319" t="s">
+        <v>773</v>
+      </c>
+      <c r="D319" t="s">
+        <v>774</v>
+      </c>
+      <c r="E319" t="s">
         <v>775</v>
       </c>
-      <c r="D319" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F319" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G319" t="s">
-        <v>776</v>
+        <v>120</v>
       </c>
       <c r="H319" t="s">
-        <v>777</v>
+        <v>82</v>
       </c>
       <c r="I319">
         <v>0</v>
       </c>
-      <c r="J319">
-        <v>68</v>
+      <c r="J319" t="s">
+        <v>772</v>
       </c>
       <c r="K319" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B320" t="s">
+        <v>777</v>
+      </c>
+      <c r="C320" t="s">
         <v>778</v>
       </c>
-      <c r="C320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D320" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E320" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F320" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G320" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H320" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
+      </c>
+      <c r="J320" t="s">
+        <v>777</v>
       </c>
       <c r="K320" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B321" t="s">
+        <v>779</v>
+      </c>
+      <c r="C321" t="s">
         <v>780</v>
       </c>
-      <c r="C321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D321" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E321" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F321" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G321" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H321" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>148</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
+      </c>
+      <c r="J321" t="s">
+        <v>779</v>
       </c>
       <c r="K321" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B322" t="s">
+        <v>781</v>
+      </c>
+      <c r="C322" t="s">
         <v>782</v>
       </c>
-      <c r="C322" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D322" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E322" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F322" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G322" t="s">
-        <v>125</v>
+        <v>223</v>
       </c>
       <c r="H322" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I322">
+        <v>0</v>
+      </c>
+      <c r="J322" t="s">
+        <v>781</v>
       </c>
       <c r="K322" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B323" t="s">
+        <v>783</v>
+      </c>
+      <c r="C323" t="s">
         <v>784</v>
       </c>
-      <c r="C323" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D323" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E323" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F323" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G323" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="H323" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>226</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="J323" t="s">
+        <v>783</v>
       </c>
       <c r="K323" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B324" t="s">
+        <v>785</v>
+      </c>
+      <c r="C324" t="s">
         <v>786</v>
       </c>
-      <c r="C324" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D324" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E324" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F324" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G324" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="H324" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>229</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
       </c>
       <c r="J324" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="K324" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B325" t="s">
+        <v>787</v>
+      </c>
+      <c r="C325" t="s">
+        <v>788</v>
+      </c>
+      <c r="D325" t="s">
+        <v>774</v>
+      </c>
+      <c r="E325" t="s">
+        <v>775</v>
+      </c>
+      <c r="F325" t="s">
+        <v>776</v>
+      </c>
+      <c r="G325" t="s">
+        <v>789</v>
+      </c>
+      <c r="H325" t="s">
         <v>790</v>
       </c>
-      <c r="C325" t="s">
-[...18 lines deleted...]
-        <v>792</v>
+      <c r="I325">
+        <v>0</v>
       </c>
       <c r="J325" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="K325" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B326" t="s">
+        <v>791</v>
+      </c>
+      <c r="C326" t="s">
+        <v>792</v>
+      </c>
+      <c r="D326" t="s">
+        <v>774</v>
+      </c>
+      <c r="E326" t="s">
+        <v>775</v>
+      </c>
+      <c r="F326" t="s">
+        <v>776</v>
+      </c>
+      <c r="G326" t="s">
+        <v>793</v>
+      </c>
+      <c r="H326" t="s">
         <v>794</v>
       </c>
-      <c r="C326" t="s">
-[...21 lines deleted...]
-        <v>0</v>
+      <c r="I326">
+        <v>0</v>
+      </c>
+      <c r="J326" t="s">
+        <v>791</v>
       </c>
       <c r="K326" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="B327" t="s">
+        <v>771</v>
+      </c>
+      <c r="B327">
+        <v>456</v>
+      </c>
+      <c r="C327" t="s">
+        <v>795</v>
+      </c>
+      <c r="D327" t="s">
+        <v>774</v>
+      </c>
+      <c r="E327" t="s">
+        <v>775</v>
+      </c>
+      <c r="F327" t="s">
+        <v>776</v>
+      </c>
+      <c r="G327" t="s">
         <v>796</v>
       </c>
-      <c r="C327" t="s">
+      <c r="H327" t="s">
         <v>797</v>
       </c>
-      <c r="D327" t="s">
-[...15 lines deleted...]
-        <v>796</v>
+      <c r="I327">
+        <v>0</v>
       </c>
       <c r="J327">
-        <v>0</v>
+        <v>456</v>
       </c>
       <c r="K327" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="B328" t="s">
+        <v>771</v>
+      </c>
+      <c r="B328">
+        <v>68</v>
+      </c>
+      <c r="C328" t="s">
         <v>798</v>
       </c>
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>774</v>
+      </c>
+      <c r="E328" t="s">
+        <v>775</v>
+      </c>
+      <c r="F328" t="s">
+        <v>776</v>
+      </c>
+      <c r="G328" t="s">
         <v>799</v>
       </c>
-      <c r="D328" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H328" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>800</v>
+      </c>
+      <c r="I328">
+        <v>0</v>
       </c>
       <c r="J328">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="K328" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>771</v>
+      </c>
+      <c r="B329" t="s">
+        <v>801</v>
       </c>
       <c r="C329" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D329" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="E329" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F329" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="G329" t="s">
-        <v>776</v>
+        <v>120</v>
       </c>
       <c r="H329" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>82</v>
+      </c>
+      <c r="I329" t="s">
+        <v>801</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
       <c r="K329" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B330" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C330" t="s">
+        <v>804</v>
+      </c>
+      <c r="D330" t="s">
+        <v>774</v>
+      </c>
+      <c r="E330" t="s">
+        <v>775</v>
+      </c>
+      <c r="F330" t="s">
+        <v>776</v>
+      </c>
+      <c r="G330" t="s">
+        <v>122</v>
+      </c>
+      <c r="H330" t="s">
+        <v>123</v>
+      </c>
+      <c r="I330" t="s">
         <v>803</v>
       </c>
-      <c r="D330" t="s">
-[...18 lines deleted...]
-        <v>805</v>
+      <c r="J330">
+        <v>0</v>
       </c>
       <c r="K330" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B331" t="s">
+        <v>805</v>
+      </c>
+      <c r="C331" t="s">
         <v>806</v>
       </c>
-      <c r="C331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D331" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E331" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F331" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G331" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H331" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I331" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
       <c r="K331" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B332" t="s">
+        <v>807</v>
+      </c>
+      <c r="C332" t="s">
         <v>808</v>
       </c>
-      <c r="C332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D332" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E332" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F332" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G332" t="s">
-        <v>125</v>
+        <v>223</v>
       </c>
       <c r="H332" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I332" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>807</v>
+      </c>
+      <c r="J332">
+        <v>0</v>
       </c>
       <c r="K332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B333" t="s">
+        <v>809</v>
+      </c>
+      <c r="C333" t="s">
+        <v>810</v>
+      </c>
+      <c r="D333" t="s">
+        <v>774</v>
+      </c>
+      <c r="E333" t="s">
+        <v>775</v>
+      </c>
+      <c r="F333" t="s">
+        <v>776</v>
+      </c>
+      <c r="G333" t="s">
+        <v>225</v>
+      </c>
+      <c r="H333" t="s">
+        <v>226</v>
+      </c>
+      <c r="I333" t="s">
+        <v>811</v>
+      </c>
+      <c r="J333" t="s">
         <v>812</v>
-      </c>
-[...22 lines deleted...]
-        <v>816</v>
       </c>
       <c r="K333" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B334" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="C334" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="D334" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E334" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F334" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G334" t="s">
-        <v>98</v>
+        <v>228</v>
       </c>
       <c r="H334" t="s">
-        <v>62</v>
+        <v>229</v>
       </c>
       <c r="I334" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>815</v>
+      </c>
+      <c r="J334" t="s">
+        <v>816</v>
       </c>
       <c r="K334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B335" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C335" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="D335" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E335" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F335" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G335" t="s">
-        <v>100</v>
+        <v>789</v>
       </c>
       <c r="H335" t="s">
-        <v>101</v>
+        <v>790</v>
       </c>
       <c r="I335" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
       <c r="K335" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B336" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C336" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D336" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E336" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F336" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G336" t="s">
-        <v>125</v>
+        <v>793</v>
       </c>
       <c r="H336" t="s">
-        <v>126</v>
+        <v>794</v>
       </c>
       <c r="I336" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>819</v>
+      </c>
+      <c r="J336">
+        <v>0</v>
       </c>
       <c r="K336" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" t="s">
-        <v>801</v>
+        <v>771</v>
       </c>
       <c r="B337" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="C337" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D337" t="s">
-        <v>395</v>
+        <v>774</v>
       </c>
       <c r="E337" t="s">
-        <v>396</v>
+        <v>775</v>
       </c>
       <c r="F337" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G337" t="s">
-        <v>814</v>
+        <v>796</v>
       </c>
       <c r="H337" t="s">
-        <v>130</v>
+        <v>797</v>
       </c>
       <c r="I337" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>771</v>
+      </c>
+      <c r="B338">
+        <v>382</v>
       </c>
       <c r="C338" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="D338" t="s">
-        <v>412</v>
+        <v>774</v>
       </c>
       <c r="E338" t="s">
-        <v>413</v>
+        <v>775</v>
       </c>
       <c r="F338" t="s">
-        <v>50</v>
+        <v>776</v>
       </c>
       <c r="G338" t="s">
-        <v>100</v>
+        <v>799</v>
       </c>
       <c r="H338" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>800</v>
+      </c>
+      <c r="I338">
+        <v>382</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
       <c r="K338" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" t="s">
+        <v>824</v>
+      </c>
+      <c r="B339" t="s">
+        <v>825</v>
+      </c>
+      <c r="C339" t="s">
+        <v>826</v>
+      </c>
+      <c r="D339" t="s">
+        <v>419</v>
+      </c>
+      <c r="E339" t="s">
+        <v>420</v>
+      </c>
+      <c r="F339" t="s">
+        <v>71</v>
+      </c>
+      <c r="G339" t="s">
+        <v>120</v>
+      </c>
+      <c r="H339" t="s">
+        <v>82</v>
+      </c>
+      <c r="I339" t="s">
         <v>827</v>
       </c>
-      <c r="B339" t="s">
-[...24 lines deleted...]
-        <v>0</v>
+      <c r="J339" t="s">
+        <v>828</v>
       </c>
       <c r="K339" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="B340" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C340" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D340" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E340" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F340" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G340" t="s">
-        <v>834</v>
+        <v>122</v>
       </c>
       <c r="H340" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="I340" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="B341" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="C341" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="D341" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="E341" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="F341" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G341" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H341" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I341" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>833</v>
+      </c>
+      <c r="J341" t="s">
+        <v>834</v>
       </c>
       <c r="K341" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="B342" t="s">
+        <v>835</v>
+      </c>
+      <c r="C342" t="s">
+        <v>836</v>
+      </c>
+      <c r="D342" t="s">
+        <v>419</v>
+      </c>
+      <c r="E342" t="s">
+        <v>420</v>
+      </c>
+      <c r="F342" t="s">
+        <v>71</v>
+      </c>
+      <c r="G342" t="s">
         <v>837</v>
       </c>
-      <c r="C342" t="s">
+      <c r="H342" t="s">
+        <v>152</v>
+      </c>
+      <c r="I342" t="s">
         <v>838</v>
       </c>
-      <c r="D342" t="s">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="J342" t="s">
+        <v>839</v>
       </c>
       <c r="K342" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="B343" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C343" t="s">
+        <v>841</v>
+      </c>
+      <c r="D343" t="s">
+        <v>419</v>
+      </c>
+      <c r="E343" t="s">
+        <v>420</v>
+      </c>
+      <c r="F343" t="s">
+        <v>71</v>
+      </c>
+      <c r="G343" t="s">
+        <v>120</v>
+      </c>
+      <c r="H343" t="s">
+        <v>82</v>
+      </c>
+      <c r="I343" t="s">
         <v>840</v>
-      </c>
-[...16 lines deleted...]
-        <v>839</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="B344" t="s">
         <v>842</v>
       </c>
       <c r="C344" t="s">
         <v>843</v>
       </c>
       <c r="D344" t="s">
-        <v>520</v>
+        <v>419</v>
       </c>
       <c r="E344" t="s">
-        <v>521</v>
+        <v>420</v>
       </c>
       <c r="F344" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G344" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="H344" t="s">
-        <v>844</v>
+        <v>123</v>
       </c>
       <c r="I344" t="s">
         <v>842</v>
       </c>
       <c r="J344">
         <v>0</v>
       </c>
       <c r="K344" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="B345" t="s">
+        <v>844</v>
+      </c>
+      <c r="C345" t="s">
         <v>845</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" t="s">
+        <v>419</v>
+      </c>
+      <c r="E345" t="s">
+        <v>420</v>
+      </c>
+      <c r="F345" t="s">
+        <v>71</v>
+      </c>
+      <c r="G345" t="s">
+        <v>147</v>
+      </c>
+      <c r="H345" t="s">
+        <v>148</v>
+      </c>
+      <c r="I345" t="s">
         <v>846</v>
       </c>
-      <c r="D345" t="s">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="J345" t="s">
+        <v>847</v>
       </c>
       <c r="K345" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="B346" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C346" t="s">
+        <v>849</v>
+      </c>
+      <c r="D346" t="s">
+        <v>419</v>
+      </c>
+      <c r="E346" t="s">
+        <v>420</v>
+      </c>
+      <c r="F346" t="s">
+        <v>71</v>
+      </c>
+      <c r="G346" t="s">
+        <v>837</v>
+      </c>
+      <c r="H346" t="s">
+        <v>152</v>
+      </c>
+      <c r="I346" t="s">
         <v>848</v>
       </c>
-      <c r="D346" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J346">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K346" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B347" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C347" t="s">
+        <v>852</v>
+      </c>
+      <c r="D347" t="s">
+        <v>436</v>
+      </c>
+      <c r="E347" t="s">
+        <v>437</v>
+      </c>
+      <c r="F347" t="s">
+        <v>71</v>
+      </c>
+      <c r="G347" t="s">
+        <v>122</v>
+      </c>
+      <c r="H347" t="s">
+        <v>123</v>
+      </c>
+      <c r="I347" t="s">
         <v>851</v>
       </c>
-      <c r="D347" t="s">
-[...18 lines deleted...]
-        <v>854</v>
+      <c r="J347">
+        <v>0</v>
       </c>
       <c r="K347" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B348" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="C348" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="D348" t="s">
-        <v>520</v>
+        <v>436</v>
       </c>
       <c r="E348" t="s">
-        <v>521</v>
+        <v>437</v>
       </c>
       <c r="F348" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G348" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
       <c r="H348" t="s">
-        <v>844</v>
+        <v>148</v>
       </c>
       <c r="I348" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>858</v>
+        <v>853</v>
+      </c>
+      <c r="J348">
+        <v>0</v>
       </c>
       <c r="K348" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B349" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="C349" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="D349" t="s">
-        <v>520</v>
+        <v>436</v>
       </c>
       <c r="E349" t="s">
-        <v>521</v>
+        <v>437</v>
       </c>
       <c r="F349" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G349" t="s">
-        <v>100</v>
+        <v>857</v>
       </c>
       <c r="H349" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="I349" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="J349">
         <v>0</v>
       </c>
       <c r="K349" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B350" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="C350" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D350" t="s">
-        <v>520</v>
+        <v>436</v>
       </c>
       <c r="E350" t="s">
-        <v>521</v>
+        <v>437</v>
       </c>
       <c r="F350" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G350" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H350" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I350" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="J350">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K350" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B351" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="C351" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="D351" t="s">
-        <v>520</v>
+        <v>436</v>
       </c>
       <c r="E351" t="s">
-        <v>521</v>
+        <v>437</v>
       </c>
       <c r="F351" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G351" t="s">
-        <v>852</v>
+        <v>147</v>
       </c>
       <c r="H351" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I351" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="J351">
         <v>0</v>
       </c>
       <c r="K351" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="B352" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="C352" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="D352" t="s">
-        <v>634</v>
+        <v>436</v>
       </c>
       <c r="E352" t="s">
-        <v>635</v>
+        <v>437</v>
       </c>
       <c r="F352" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G352" t="s">
-        <v>98</v>
+        <v>857</v>
       </c>
       <c r="H352" t="s">
-        <v>844</v>
+        <v>152</v>
       </c>
       <c r="I352" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
       <c r="K352" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" t="s">
+        <v>864</v>
+      </c>
+      <c r="B353" t="s">
+        <v>865</v>
+      </c>
+      <c r="C353" t="s">
         <v>866</v>
       </c>
-      <c r="B353" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D353" t="s">
-        <v>634</v>
+        <v>547</v>
       </c>
       <c r="E353" t="s">
-        <v>635</v>
+        <v>548</v>
       </c>
       <c r="F353" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G353" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H353" t="s">
-        <v>101</v>
+        <v>867</v>
       </c>
       <c r="I353" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="J353">
         <v>0</v>
       </c>
       <c r="K353" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B354" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="C354" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D354" t="s">
-        <v>634</v>
+        <v>547</v>
       </c>
       <c r="E354" t="s">
-        <v>635</v>
+        <v>548</v>
       </c>
       <c r="F354" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G354" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H354" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I354" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
       <c r="K354" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B355" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="C355" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D355" t="s">
-        <v>634</v>
+        <v>547</v>
       </c>
       <c r="E355" t="s">
-        <v>635</v>
+        <v>548</v>
       </c>
       <c r="F355" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G355" t="s">
-        <v>852</v>
+        <v>147</v>
       </c>
       <c r="H355" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I355" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>872</v>
+      </c>
+      <c r="J355">
+        <v>1</v>
       </c>
       <c r="K355" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B356" t="s">
+        <v>873</v>
+      </c>
+      <c r="C356" t="s">
+        <v>874</v>
+      </c>
+      <c r="D356" t="s">
+        <v>547</v>
+      </c>
+      <c r="E356" t="s">
+        <v>548</v>
+      </c>
+      <c r="F356" t="s">
+        <v>71</v>
+      </c>
+      <c r="G356" t="s">
+        <v>875</v>
+      </c>
+      <c r="H356" t="s">
+        <v>152</v>
+      </c>
+      <c r="I356" t="s">
+        <v>876</v>
+      </c>
+      <c r="J356" t="s">
         <v>877</v>
-      </c>
-[...22 lines deleted...]
-        <v>880</v>
       </c>
       <c r="K356" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B357" t="s">
+        <v>878</v>
+      </c>
+      <c r="C357" t="s">
+        <v>879</v>
+      </c>
+      <c r="D357" t="s">
+        <v>547</v>
+      </c>
+      <c r="E357" t="s">
+        <v>548</v>
+      </c>
+      <c r="F357" t="s">
+        <v>71</v>
+      </c>
+      <c r="G357" t="s">
+        <v>120</v>
+      </c>
+      <c r="H357" t="s">
+        <v>867</v>
+      </c>
+      <c r="I357" t="s">
+        <v>880</v>
+      </c>
+      <c r="J357" t="s">
         <v>881</v>
-      </c>
-[...22 lines deleted...]
-        <v>500</v>
       </c>
       <c r="K357" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B358" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C358" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="D358" t="s">
-        <v>634</v>
+        <v>547</v>
       </c>
       <c r="E358" t="s">
-        <v>635</v>
+        <v>548</v>
       </c>
       <c r="F358" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G358" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H358" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I358" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
       <c r="K358" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B359" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="C359" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="D359" t="s">
-        <v>634</v>
+        <v>547</v>
       </c>
       <c r="E359" t="s">
-        <v>635</v>
+        <v>548</v>
       </c>
       <c r="F359" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G359" t="s">
-        <v>852</v>
+        <v>147</v>
       </c>
       <c r="H359" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I359" t="s">
         <v>886</v>
       </c>
       <c r="J359">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="K359" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" t="s">
+        <v>864</v>
+      </c>
+      <c r="B360" t="s">
+        <v>887</v>
+      </c>
+      <c r="C360" t="s">
         <v>888</v>
       </c>
-      <c r="B360" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D360" t="s">
-        <v>445</v>
+        <v>547</v>
       </c>
       <c r="E360" t="s">
-        <v>446</v>
+        <v>548</v>
       </c>
       <c r="F360" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G360" t="s">
-        <v>98</v>
+        <v>875</v>
       </c>
       <c r="H360" t="s">
-        <v>891</v>
+        <v>152</v>
       </c>
       <c r="I360" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
       <c r="K360" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B361" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="C361" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="D361" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E361" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F361" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G361" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H361" t="s">
-        <v>101</v>
+        <v>867</v>
       </c>
       <c r="I361" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="J361">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="K361" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B362" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="C362" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D362" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E362" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F362" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G362" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H362" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>895</v>
+        <v>123</v>
+      </c>
+      <c r="I362" t="s">
+        <v>892</v>
+      </c>
+      <c r="J362">
+        <v>0</v>
       </c>
       <c r="K362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B363" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="C363" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="D363" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E363" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F363" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G363" t="s">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="H363" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>897</v>
+        <v>148</v>
+      </c>
+      <c r="I363" t="s">
+        <v>894</v>
+      </c>
+      <c r="J363">
+        <v>0</v>
       </c>
       <c r="K363" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B364" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="C364" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="D364" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E364" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F364" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G364" t="s">
-        <v>204</v>
+        <v>875</v>
       </c>
       <c r="H364" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I364" t="s">
+        <v>898</v>
       </c>
       <c r="J364" t="s">
         <v>899</v>
       </c>
       <c r="K364" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B365" t="s">
+        <v>900</v>
+      </c>
+      <c r="C365" t="s">
         <v>901</v>
       </c>
-      <c r="C365" t="s">
+      <c r="D365" t="s">
+        <v>657</v>
+      </c>
+      <c r="E365" t="s">
+        <v>658</v>
+      </c>
+      <c r="F365" t="s">
+        <v>71</v>
+      </c>
+      <c r="G365" t="s">
+        <v>120</v>
+      </c>
+      <c r="H365" t="s">
+        <v>867</v>
+      </c>
+      <c r="I365" t="s">
         <v>902</v>
       </c>
-      <c r="D365" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J365" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="K365" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B366" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C366" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D366" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E366" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F366" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G366" t="s">
-        <v>766</v>
+        <v>122</v>
       </c>
       <c r="H366" t="s">
-        <v>767</v>
-[...5 lines deleted...]
-        <v>903</v>
+        <v>123</v>
+      </c>
+      <c r="I366" t="s">
+        <v>906</v>
+      </c>
+      <c r="J366">
+        <v>500</v>
       </c>
       <c r="K366" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B367" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C367" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="D367" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E367" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F367" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G367" t="s">
-        <v>770</v>
+        <v>147</v>
       </c>
       <c r="H367" t="s">
-        <v>771</v>
-[...5 lines deleted...]
-        <v>905</v>
+        <v>148</v>
+      </c>
+      <c r="I367" t="s">
+        <v>907</v>
+      </c>
+      <c r="J367">
+        <v>0</v>
       </c>
       <c r="K367" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B368" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C368" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D368" t="s">
-        <v>445</v>
+        <v>657</v>
       </c>
       <c r="E368" t="s">
-        <v>446</v>
+        <v>658</v>
       </c>
       <c r="F368" t="s">
-        <v>447</v>
+        <v>71</v>
       </c>
       <c r="G368" t="s">
-        <v>773</v>
+        <v>875</v>
       </c>
       <c r="H368" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>907</v>
+        <v>152</v>
+      </c>
+      <c r="I368" t="s">
+        <v>909</v>
+      </c>
+      <c r="J368">
+        <v>0</v>
       </c>
       <c r="K368" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B369" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="C369" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D369" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E369" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F369" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G369" t="s">
-        <v>911</v>
+        <v>120</v>
       </c>
       <c r="H369" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>909</v>
+        <v>914</v>
+      </c>
+      <c r="I369" t="s">
+        <v>912</v>
+      </c>
+      <c r="J369">
+        <v>0</v>
       </c>
       <c r="K369" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B370" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="C370" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="D370" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E370" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F370" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G370" t="s">
-        <v>914</v>
+        <v>122</v>
       </c>
       <c r="H370" t="s">
-        <v>915</v>
-[...5 lines deleted...]
-        <v>912</v>
+        <v>123</v>
+      </c>
+      <c r="I370" t="s">
+        <v>917</v>
+      </c>
+      <c r="J370">
+        <v>426</v>
       </c>
       <c r="K370" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B371" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C371" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D371" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E371" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F371" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G371" t="s">
+        <v>147</v>
+      </c>
+      <c r="H371" t="s">
+        <v>148</v>
+      </c>
+      <c r="I371">
+        <v>0</v>
+      </c>
+      <c r="J371" t="s">
         <v>918</v>
-      </c>
-[...7 lines deleted...]
-        <v>916</v>
       </c>
       <c r="K371" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B372" t="s">
         <v>920</v>
       </c>
       <c r="C372" t="s">
         <v>921</v>
       </c>
       <c r="D372" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E372" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F372" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G372" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="H372" t="s">
-        <v>891</v>
-[...1 lines deleted...]
-      <c r="I372" t="s">
+        <v>152</v>
+      </c>
+      <c r="I372">
+        <v>0</v>
+      </c>
+      <c r="J372" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K372" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B373" t="s">
         <v>922</v>
       </c>
       <c r="C373" t="s">
         <v>923</v>
       </c>
       <c r="D373" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E373" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F373" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G373" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H373" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>924</v>
+        <v>226</v>
+      </c>
+      <c r="I373">
+        <v>0</v>
       </c>
       <c r="J373" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="K373" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B374" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="C374" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="D374" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E374" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F374" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G374" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="H374" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="I374">
         <v>0</v>
       </c>
       <c r="J374" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="K374" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B375" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="C375" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="D375" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E375" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F375" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G375" t="s">
-        <v>202</v>
+        <v>789</v>
       </c>
       <c r="H375" t="s">
-        <v>130</v>
+        <v>790</v>
       </c>
       <c r="I375">
         <v>0</v>
       </c>
       <c r="J375" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="K375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B376" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C376" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="D376" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E376" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F376" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G376" t="s">
-        <v>204</v>
+        <v>793</v>
       </c>
       <c r="H376" t="s">
-        <v>205</v>
+        <v>794</v>
       </c>
       <c r="I376">
         <v>0</v>
       </c>
       <c r="J376" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="K376" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B377" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="C377" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="D377" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E377" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F377" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G377" t="s">
-        <v>207</v>
+        <v>796</v>
       </c>
       <c r="H377" t="s">
-        <v>208</v>
+        <v>797</v>
       </c>
       <c r="I377">
         <v>0</v>
       </c>
       <c r="J377" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="K377" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B378" t="s">
+        <v>932</v>
+      </c>
+      <c r="C378" t="s">
+        <v>933</v>
+      </c>
+      <c r="D378" t="s">
+        <v>469</v>
+      </c>
+      <c r="E378" t="s">
+        <v>470</v>
+      </c>
+      <c r="F378" t="s">
+        <v>471</v>
+      </c>
+      <c r="G378" t="s">
         <v>934</v>
       </c>
-      <c r="C378" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H378" t="s">
-        <v>767</v>
+        <v>800</v>
       </c>
       <c r="I378">
         <v>0</v>
       </c>
       <c r="J378" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="K378" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B379" t="s">
+        <v>935</v>
+      </c>
+      <c r="C379" t="s">
         <v>936</v>
       </c>
-      <c r="C379" t="s">
+      <c r="D379" t="s">
+        <v>469</v>
+      </c>
+      <c r="E379" t="s">
+        <v>470</v>
+      </c>
+      <c r="F379" t="s">
+        <v>471</v>
+      </c>
+      <c r="G379" t="s">
         <v>937</v>
       </c>
-      <c r="D379" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H379" t="s">
-        <v>771</v>
+        <v>938</v>
       </c>
       <c r="I379">
         <v>0</v>
       </c>
       <c r="J379" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="K379" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B380" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C380" t="s">
+        <v>940</v>
+      </c>
+      <c r="D380" t="s">
+        <v>469</v>
+      </c>
+      <c r="E380" t="s">
+        <v>470</v>
+      </c>
+      <c r="F380" t="s">
+        <v>471</v>
+      </c>
+      <c r="G380" t="s">
+        <v>941</v>
+      </c>
+      <c r="H380" t="s">
+        <v>942</v>
+      </c>
+      <c r="I380">
+        <v>0</v>
+      </c>
+      <c r="J380" t="s">
         <v>939</v>
-      </c>
-[...19 lines deleted...]
-        <v>938</v>
       </c>
       <c r="K380" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B381" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="C381" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="D381" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E381" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F381" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G381" t="s">
-        <v>911</v>
+        <v>120</v>
       </c>
       <c r="H381" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>914</v>
+      </c>
+      <c r="I381" t="s">
+        <v>943</v>
+      </c>
+      <c r="J381">
+        <v>0</v>
       </c>
       <c r="K381" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B382" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="C382" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="D382" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E382" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F382" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G382" t="s">
-        <v>914</v>
+        <v>122</v>
       </c>
       <c r="H382" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I382" t="s">
+        <v>947</v>
       </c>
       <c r="J382" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="K382" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" t="s">
-        <v>888</v>
+        <v>911</v>
       </c>
       <c r="B383" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="C383" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="D383" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="E383" t="s">
-        <v>446</v>
+        <v>470</v>
       </c>
       <c r="F383" t="s">
-        <v>447</v>
+        <v>471</v>
       </c>
       <c r="G383" t="s">
-        <v>918</v>
+        <v>147</v>
       </c>
       <c r="H383" t="s">
-        <v>919</v>
+        <v>148</v>
       </c>
       <c r="I383">
         <v>0</v>
       </c>
       <c r="J383" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="K383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B384" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C384" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D384" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E384" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F384" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G384" t="s">
-        <v>100</v>
+        <v>223</v>
       </c>
       <c r="H384" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>949</v>
+        <v>152</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
       </c>
       <c r="J384" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="K384" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B385" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C385" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D385" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E385" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F385" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G385" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="H385" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I385" t="s">
+        <v>226</v>
+      </c>
+      <c r="I385">
+        <v>0</v>
+      </c>
+      <c r="J385" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="K385" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B386" t="s">
         <v>955</v>
       </c>
       <c r="C386" t="s">
         <v>956</v>
       </c>
       <c r="D386" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E386" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F386" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G386" t="s">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="H386" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="I386" t="s">
+        <v>229</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
+      </c>
+      <c r="J386" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B387" t="s">
         <v>957</v>
       </c>
       <c r="C387" t="s">
         <v>958</v>
       </c>
       <c r="D387" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E387" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F387" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G387" t="s">
-        <v>204</v>
+        <v>789</v>
       </c>
       <c r="H387" t="s">
-        <v>205</v>
+        <v>790</v>
       </c>
       <c r="I387">
         <v>0</v>
       </c>
       <c r="J387" t="s">
         <v>957</v>
       </c>
       <c r="K387" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B388" t="s">
         <v>959</v>
       </c>
       <c r="C388" t="s">
         <v>960</v>
       </c>
       <c r="D388" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E388" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F388" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G388" t="s">
-        <v>961</v>
+        <v>793</v>
       </c>
       <c r="H388" t="s">
-        <v>208</v>
+        <v>794</v>
       </c>
       <c r="I388">
         <v>0</v>
       </c>
       <c r="J388" t="s">
         <v>959</v>
       </c>
       <c r="K388" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B389" t="s">
+        <v>961</v>
+      </c>
+      <c r="C389" t="s">
         <v>962</v>
       </c>
-      <c r="C389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D389" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E389" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F389" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G389" t="s">
-        <v>100</v>
+        <v>796</v>
       </c>
       <c r="H389" t="s">
-        <v>696</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>797</v>
+      </c>
+      <c r="I389">
+        <v>0</v>
+      </c>
+      <c r="J389" t="s">
+        <v>961</v>
       </c>
       <c r="K389" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B390" t="s">
+        <v>963</v>
+      </c>
+      <c r="C390" t="s">
         <v>964</v>
       </c>
-      <c r="C390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D390" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E390" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F390" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G390" t="s">
-        <v>125</v>
+        <v>934</v>
       </c>
       <c r="H390" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>800</v>
+      </c>
+      <c r="I390">
+        <v>0</v>
+      </c>
+      <c r="J390" t="s">
+        <v>963</v>
       </c>
       <c r="K390" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B391" t="s">
+        <v>965</v>
+      </c>
+      <c r="C391" t="s">
         <v>966</v>
       </c>
-      <c r="C391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D391" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E391" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F391" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G391" t="s">
-        <v>202</v>
+        <v>937</v>
       </c>
       <c r="H391" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>938</v>
+      </c>
+      <c r="I391">
+        <v>0</v>
+      </c>
+      <c r="J391" t="s">
+        <v>965</v>
       </c>
       <c r="K391" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" t="s">
-        <v>946</v>
+        <v>911</v>
       </c>
       <c r="B392" t="s">
+        <v>967</v>
+      </c>
+      <c r="C392" t="s">
         <v>968</v>
       </c>
-      <c r="C392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D392" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="E392" t="s">
-        <v>537</v>
+        <v>470</v>
       </c>
       <c r="F392" t="s">
-        <v>538</v>
+        <v>471</v>
       </c>
       <c r="G392" t="s">
-        <v>204</v>
+        <v>941</v>
       </c>
       <c r="H392" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>942</v>
+      </c>
+      <c r="I392">
+        <v>0</v>
+      </c>
+      <c r="J392" t="s">
+        <v>967</v>
       </c>
       <c r="K392" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="B393" t="s">
         <v>970</v>
       </c>
       <c r="C393" t="s">
         <v>971</v>
       </c>
       <c r="D393" t="s">
-        <v>536</v>
+        <v>563</v>
       </c>
       <c r="E393" t="s">
-        <v>537</v>
+        <v>564</v>
       </c>
       <c r="F393" t="s">
-        <v>538</v>
+        <v>565</v>
       </c>
       <c r="G393" t="s">
-        <v>961</v>
+        <v>122</v>
       </c>
       <c r="H393" t="s">
-        <v>208</v>
+        <v>721</v>
       </c>
       <c r="I393" t="s">
         <v>972</v>
       </c>
       <c r="J393" t="s">
         <v>973</v>
       </c>
       <c r="K393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" t="s">
+        <v>969</v>
+      </c>
+      <c r="B394" t="s">
         <v>974</v>
       </c>
-      <c r="B394" t="s">
+      <c r="C394" t="s">
         <v>975</v>
       </c>
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>563</v>
+      </c>
+      <c r="E394" t="s">
+        <v>564</v>
+      </c>
+      <c r="F394" t="s">
+        <v>565</v>
+      </c>
+      <c r="G394" t="s">
+        <v>147</v>
+      </c>
+      <c r="H394" t="s">
+        <v>148</v>
+      </c>
+      <c r="I394" t="s">
         <v>976</v>
       </c>
-      <c r="D394" t="s">
-[...11 lines deleted...]
-      <c r="H394" t="s">
+      <c r="J394" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
       <c r="K394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="B395" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="C395" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="D395" t="s">
-        <v>14</v>
+        <v>563</v>
       </c>
       <c r="E395" t="s">
-        <v>15</v>
+        <v>564</v>
       </c>
       <c r="F395" t="s">
-        <v>16</v>
+        <v>565</v>
       </c>
       <c r="G395" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="H395" t="s">
-        <v>977</v>
+        <v>152</v>
       </c>
       <c r="I395" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>978</v>
+      </c>
+      <c r="J395">
+        <v>0</v>
       </c>
       <c r="K395" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B396" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="C396" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="D396" t="s">
-        <v>150</v>
+        <v>563</v>
       </c>
       <c r="E396" t="s">
-        <v>151</v>
+        <v>564</v>
       </c>
       <c r="F396" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G396" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H396" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>226</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
+      </c>
+      <c r="J396" t="s">
+        <v>980</v>
       </c>
       <c r="K396" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" t="s">
+        <v>969</v>
+      </c>
+      <c r="B397" t="s">
+        <v>982</v>
+      </c>
+      <c r="C397" t="s">
+        <v>983</v>
+      </c>
+      <c r="D397" t="s">
+        <v>563</v>
+      </c>
+      <c r="E397" t="s">
+        <v>564</v>
+      </c>
+      <c r="F397" t="s">
+        <v>565</v>
+      </c>
+      <c r="G397" t="s">
         <v>984</v>
       </c>
-      <c r="B397" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H397" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>229</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
+      </c>
+      <c r="J397" t="s">
+        <v>982</v>
       </c>
       <c r="K397" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B398" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="C398" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D398" t="s">
-        <v>150</v>
+        <v>563</v>
       </c>
       <c r="E398" t="s">
-        <v>151</v>
+        <v>564</v>
       </c>
       <c r="F398" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G398" t="s">
-        <v>202</v>
+        <v>122</v>
       </c>
       <c r="H398" t="s">
-        <v>130</v>
+        <v>721</v>
       </c>
       <c r="I398" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
       <c r="K398" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B399" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C399" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="D399" t="s">
-        <v>150</v>
+        <v>563</v>
       </c>
       <c r="E399" t="s">
-        <v>151</v>
+        <v>564</v>
       </c>
       <c r="F399" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G399" t="s">
-        <v>204</v>
+        <v>147</v>
       </c>
       <c r="H399" t="s">
-        <v>205</v>
+        <v>148</v>
       </c>
       <c r="I399" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
       <c r="K399" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B400" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="C400" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="D400" t="s">
-        <v>150</v>
+        <v>563</v>
       </c>
       <c r="E400" t="s">
-        <v>151</v>
+        <v>564</v>
       </c>
       <c r="F400" t="s">
+        <v>565</v>
+      </c>
+      <c r="G400" t="s">
+        <v>223</v>
+      </c>
+      <c r="H400" t="s">
         <v>152</v>
       </c>
-      <c r="G400" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I400" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="J400">
         <v>0</v>
       </c>
       <c r="K400" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B401" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="C401" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="D401" t="s">
-        <v>150</v>
+        <v>563</v>
       </c>
       <c r="E401" t="s">
-        <v>151</v>
+        <v>564</v>
       </c>
       <c r="F401" t="s">
-        <v>152</v>
+        <v>565</v>
       </c>
       <c r="G401" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H401" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
       <c r="I401" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="J401">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="K401" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" t="s">
+        <v>969</v>
+      </c>
+      <c r="B402" t="s">
+        <v>993</v>
+      </c>
+      <c r="C402" t="s">
+        <v>994</v>
+      </c>
+      <c r="D402" t="s">
+        <v>563</v>
+      </c>
+      <c r="E402" t="s">
+        <v>564</v>
+      </c>
+      <c r="F402" t="s">
+        <v>565</v>
+      </c>
+      <c r="G402" t="s">
         <v>984</v>
       </c>
-      <c r="B402" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H402" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="I402" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>995</v>
+      </c>
+      <c r="J402" t="s">
+        <v>996</v>
       </c>
       <c r="K402" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="B403" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="C403" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="D403" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="E403" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F403" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="G403" t="s">
-        <v>202</v>
+        <v>120</v>
       </c>
       <c r="H403" t="s">
-        <v>130</v>
+        <v>1000</v>
       </c>
       <c r="I403" t="s">
         <v>1001</v>
       </c>
-      <c r="J403">
-        <v>0</v>
+      <c r="J403" t="s">
+        <v>1002</v>
       </c>
       <c r="K403" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="B404" t="s">
         <v>1003</v>
       </c>
       <c r="C404" t="s">
         <v>1004</v>
       </c>
       <c r="D404" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="E404" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="F404" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="G404" t="s">
-        <v>204</v>
+        <v>120</v>
       </c>
       <c r="H404" t="s">
-        <v>205</v>
+        <v>1000</v>
       </c>
       <c r="I404" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1005</v>
+      </c>
+      <c r="J404" t="s">
+        <v>1006</v>
       </c>
       <c r="K404" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" t="s">
-        <v>984</v>
+        <v>1007</v>
       </c>
       <c r="B405" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="C405" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D405" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="E405" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="F405" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G405" t="s">
-        <v>995</v>
+        <v>122</v>
       </c>
       <c r="H405" t="s">
-        <v>208</v>
+        <v>123</v>
       </c>
       <c r="I405" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
       <c r="K405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" t="s">
         <v>1007</v>
       </c>
       <c r="B406" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C406" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D406" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="E406" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="F406" t="s">
         <v>50</v>
       </c>
       <c r="G406" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H406" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I406" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
       <c r="K406" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" t="s">
         <v>1007</v>
       </c>
       <c r="B407" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C407" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D407" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="E407" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="F407" t="s">
         <v>50</v>
       </c>
       <c r="G407" t="s">
-        <v>125</v>
+        <v>223</v>
       </c>
       <c r="H407" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I407" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="J407">
         <v>0</v>
       </c>
       <c r="K407" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" t="s">
         <v>1007</v>
       </c>
       <c r="B408" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C408" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D408" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="E408" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="F408" t="s">
         <v>50</v>
       </c>
       <c r="G408" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H408" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
       <c r="I408" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="J408">
         <v>0</v>
       </c>
       <c r="K408" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" t="s">
         <v>1007</v>
       </c>
       <c r="B409" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C409" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="D409" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="E409" t="s">
-        <v>49</v>
+        <v>173</v>
       </c>
       <c r="F409" t="s">
         <v>50</v>
       </c>
       <c r="G409" t="s">
-        <v>125</v>
+        <v>1018</v>
       </c>
       <c r="H409" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="I409" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="J409">
         <v>0</v>
       </c>
       <c r="K409" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B410" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C410" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D410" t="s">
-        <v>312</v>
+        <v>172</v>
       </c>
       <c r="E410" t="s">
-        <v>313</v>
+        <v>173</v>
       </c>
       <c r="F410" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G410" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H410" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="I410" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
       <c r="K410" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B411" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C411" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D411" t="s">
-        <v>312</v>
+        <v>172</v>
       </c>
       <c r="E411" t="s">
-        <v>313</v>
+        <v>173</v>
       </c>
       <c r="F411" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G411" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="H411" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
       <c r="I411" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="J411">
         <v>0</v>
       </c>
       <c r="K411" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B412" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C412" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D412" t="s">
-        <v>312</v>
+        <v>172</v>
       </c>
       <c r="E412" t="s">
-        <v>313</v>
+        <v>173</v>
       </c>
       <c r="F412" t="s">
+        <v>50</v>
+      </c>
+      <c r="G412" t="s">
+        <v>223</v>
+      </c>
+      <c r="H412" t="s">
         <v>152</v>
       </c>
-      <c r="G412" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I412" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="J412">
         <v>0</v>
       </c>
       <c r="K412" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B413" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C413" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="D413" t="s">
-        <v>312</v>
+        <v>172</v>
       </c>
       <c r="E413" t="s">
-        <v>313</v>
+        <v>173</v>
       </c>
       <c r="F413" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G413" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="H413" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="I413" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="J413">
         <v>0</v>
       </c>
       <c r="K413" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B414" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C414" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D414" t="s">
-        <v>312</v>
+        <v>172</v>
       </c>
       <c r="E414" t="s">
-        <v>313</v>
+        <v>173</v>
       </c>
       <c r="F414" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G414" t="s">
-        <v>207</v>
+        <v>1018</v>
       </c>
       <c r="H414" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="I414" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="J414">
         <v>0</v>
       </c>
       <c r="K414" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B415" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="C415" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="D415" t="s">
-        <v>312</v>
+        <v>69</v>
       </c>
       <c r="E415" t="s">
-        <v>313</v>
+        <v>70</v>
       </c>
       <c r="F415" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G415" t="s">
-        <v>766</v>
+        <v>122</v>
       </c>
       <c r="H415" t="s">
-        <v>767</v>
+        <v>123</v>
       </c>
       <c r="I415" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="J415">
         <v>0</v>
       </c>
       <c r="K415" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B416" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C416" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="D416" t="s">
-        <v>312</v>
+        <v>69</v>
       </c>
       <c r="E416" t="s">
-        <v>313</v>
+        <v>70</v>
       </c>
       <c r="F416" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G416" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H416" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="I416" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="J416">
         <v>0</v>
       </c>
       <c r="K416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B417" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="C417" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D417" t="s">
-        <v>312</v>
+        <v>69</v>
       </c>
       <c r="E417" t="s">
-        <v>313</v>
+        <v>70</v>
       </c>
       <c r="F417" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G417" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H417" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="I417" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="J417">
         <v>0</v>
       </c>
       <c r="K417" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B418" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C418" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D418" t="s">
-        <v>312</v>
+        <v>69</v>
       </c>
       <c r="E418" t="s">
-        <v>313</v>
+        <v>70</v>
       </c>
       <c r="F418" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="G418" t="s">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="H418" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="I418" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="J418">
         <v>0</v>
       </c>
       <c r="K418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" t="s">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="B419" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="C419" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="D419" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="E419" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="F419" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G419" t="s">
-        <v>204</v>
+        <v>122</v>
       </c>
       <c r="H419" t="s">
-        <v>205</v>
+        <v>123</v>
       </c>
       <c r="I419" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="J419">
         <v>0</v>
       </c>
       <c r="K419" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" t="s">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="B420" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="C420" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="D420" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="E420" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="F420" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G420" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="H420" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="I420" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="J420">
         <v>0</v>
       </c>
       <c r="K420" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" t="s">
-        <v>1016</v>
+        <v>1038</v>
       </c>
       <c r="B421" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="C421" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="D421" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="E421" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="F421" t="s">
+        <v>50</v>
+      </c>
+      <c r="G421" t="s">
+        <v>223</v>
+      </c>
+      <c r="H421" t="s">
         <v>152</v>
       </c>
-      <c r="G421" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I421" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="J421">
         <v>0</v>
       </c>
       <c r="K421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B422" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C422" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D422" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E422" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F422" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G422" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="H422" t="s">
-        <v>1044</v>
-[...5 lines deleted...]
-        <v>1042</v>
+        <v>226</v>
+      </c>
+      <c r="I422" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J422">
+        <v>0</v>
       </c>
       <c r="K422" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B423" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C423" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D423" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E423" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F423" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G423" t="s">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="H423" t="s">
-        <v>130</v>
+        <v>229</v>
       </c>
       <c r="I423" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="J423">
         <v>0</v>
       </c>
       <c r="K423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B424" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C424" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D424" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E424" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F424" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G424" t="s">
-        <v>204</v>
+        <v>789</v>
       </c>
       <c r="H424" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>1047</v>
+        <v>790</v>
+      </c>
+      <c r="I424" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J424">
+        <v>0</v>
       </c>
       <c r="K424" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B425" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C425" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D425" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E425" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F425" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G425" t="s">
-        <v>207</v>
+        <v>122</v>
       </c>
       <c r="H425" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>1049</v>
+        <v>123</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J425">
+        <v>0</v>
       </c>
       <c r="K425" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B426" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C426" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D426" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E426" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F426" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G426" t="s">
-        <v>766</v>
+        <v>147</v>
       </c>
       <c r="H426" t="s">
-        <v>767</v>
-[...5 lines deleted...]
-        <v>1051</v>
+        <v>148</v>
+      </c>
+      <c r="I426" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J426">
+        <v>0</v>
       </c>
       <c r="K426" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B427" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C427" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D427" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E427" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F427" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G427" t="s">
-        <v>770</v>
+        <v>223</v>
       </c>
       <c r="H427" t="s">
-        <v>771</v>
-[...5 lines deleted...]
-        <v>1053</v>
+        <v>152</v>
+      </c>
+      <c r="I427" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J427">
+        <v>0</v>
       </c>
       <c r="K427" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>1038</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1057</v>
       </c>
       <c r="C428" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D428" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E428" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F428" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G428" t="s">
-        <v>773</v>
+        <v>225</v>
       </c>
       <c r="H428" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>226</v>
+      </c>
+      <c r="I428" t="s">
+        <v>1057</v>
       </c>
       <c r="J428">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="K428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B429" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C429" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D429" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E429" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F429" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G429" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="H429" t="s">
-        <v>1044</v>
+        <v>229</v>
       </c>
       <c r="I429" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="J429">
         <v>0</v>
       </c>
       <c r="K429" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B430" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="C430" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D430" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="E430" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="F430" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="G430" t="s">
-        <v>202</v>
+        <v>789</v>
       </c>
       <c r="H430" t="s">
-        <v>130</v>
+        <v>790</v>
       </c>
       <c r="I430" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="J430">
         <v>0</v>
       </c>
       <c r="K430" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B431" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C431" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="D431" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E431" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F431" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G431" t="s">
-        <v>204</v>
+        <v>147</v>
       </c>
       <c r="H431" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1066</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="J431" t="s">
+        <v>1064</v>
       </c>
       <c r="K431" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B432" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="C432" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="D432" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E432" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F432" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G432" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="H432" t="s">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="I432" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="J432">
         <v>0</v>
       </c>
       <c r="K432" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B433" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="C433" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="D433" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E433" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F433" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G433" t="s">
-        <v>766</v>
+        <v>225</v>
       </c>
       <c r="H433" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>226</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
       </c>
       <c r="J433" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="K433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B434" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="C434" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="D434" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E434" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F434" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G434" t="s">
-        <v>770</v>
+        <v>228</v>
       </c>
       <c r="H434" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>229</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
       </c>
       <c r="J434" t="s">
         <v>1071</v>
       </c>
       <c r="K434" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B435" t="s">
-        <v>768</v>
+        <v>1073</v>
       </c>
       <c r="C435" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D435" t="s">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E435" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="F435" t="s">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="G435" t="s">
-        <v>773</v>
+        <v>789</v>
       </c>
       <c r="H435" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>790</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="J435" t="s">
+        <v>1073</v>
       </c>
       <c r="K435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="B436" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C436" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D436" t="s">
+        <v>272</v>
+      </c>
+      <c r="E436" t="s">
+        <v>273</v>
+      </c>
+      <c r="F436" t="s">
+        <v>274</v>
+      </c>
+      <c r="G436" t="s">
+        <v>793</v>
+      </c>
+      <c r="H436" t="s">
+        <v>794</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="J436" t="s">
         <v>1075</v>
-      </c>
-[...19 lines deleted...]
-        <v>1074</v>
       </c>
       <c r="K436" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>1076</v>
+        <v>1063</v>
+      </c>
+      <c r="B437">
+        <v>210</v>
       </c>
       <c r="C437" t="s">
         <v>1077</v>
       </c>
       <c r="D437" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E437" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F437" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G437" t="s">
-        <v>202</v>
+        <v>796</v>
       </c>
       <c r="H437" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1076</v>
+        <v>797</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
       </c>
       <c r="J437">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="K437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="B438" t="s">
         <v>1078</v>
       </c>
       <c r="C438" t="s">
         <v>1079</v>
       </c>
       <c r="D438" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E438" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F438" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G438" t="s">
-        <v>204</v>
+        <v>147</v>
       </c>
       <c r="H438" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="J438" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I438" t="s">
         <v>1078</v>
+      </c>
+      <c r="J438">
+        <v>0</v>
       </c>
       <c r="K438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="B439" t="s">
         <v>1080</v>
       </c>
       <c r="C439" t="s">
         <v>1081</v>
       </c>
       <c r="D439" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E439" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F439" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G439" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="H439" t="s">
-        <v>208</v>
-[...4 lines deleted...]
-      <c r="J439" t="s">
+        <v>152</v>
+      </c>
+      <c r="I439" t="s">
         <v>1080</v>
+      </c>
+      <c r="J439">
+        <v>0</v>
       </c>
       <c r="K439" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>970</v>
+        <v>1063</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1082</v>
       </c>
       <c r="C440" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D440" t="s">
+        <v>272</v>
+      </c>
+      <c r="E440" t="s">
+        <v>273</v>
+      </c>
+      <c r="F440" t="s">
+        <v>274</v>
+      </c>
+      <c r="G440" t="s">
+        <v>225</v>
+      </c>
+      <c r="H440" t="s">
+        <v>226</v>
+      </c>
+      <c r="I440" t="s">
         <v>1082</v>
       </c>
-      <c r="D440" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J440">
-        <v>970</v>
+        <v>0</v>
       </c>
       <c r="K440" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>1063</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1084</v>
       </c>
       <c r="C441" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D441" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E441" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F441" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G441" t="s">
-        <v>770</v>
+        <v>228</v>
       </c>
       <c r="H441" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>229</v>
+      </c>
+      <c r="I441" t="s">
+        <v>1084</v>
       </c>
       <c r="J441">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="K441" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>1063</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1086</v>
       </c>
       <c r="C442" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D442" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E442" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F442" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G442" t="s">
-        <v>773</v>
+        <v>789</v>
       </c>
       <c r="H442" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>790</v>
+      </c>
+      <c r="I442" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J442" t="s">
+        <v>1089</v>
       </c>
       <c r="K442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="B443" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="C443" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="D443" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E443" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F443" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G443" t="s">
-        <v>125</v>
+        <v>793</v>
       </c>
       <c r="H443" t="s">
-        <v>1044</v>
+        <v>794</v>
       </c>
       <c r="I443" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="J443" t="s">
+        <v>1093</v>
       </c>
       <c r="K443" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="B444" t="s">
-        <v>1087</v>
+        <v>791</v>
       </c>
       <c r="C444" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="D444" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E444" t="s">
-        <v>92</v>
+        <v>273</v>
       </c>
       <c r="F444" t="s">
-        <v>93</v>
+        <v>274</v>
       </c>
       <c r="G444" t="s">
-        <v>202</v>
+        <v>796</v>
       </c>
       <c r="H444" t="s">
-        <v>130</v>
+        <v>797</v>
       </c>
       <c r="I444" t="s">
-        <v>1087</v>
+        <v>791</v>
       </c>
       <c r="J444">
         <v>0</v>
       </c>
       <c r="K444" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="B445" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="C445" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
       <c r="D445" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E445" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F445" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G445" t="s">
-        <v>204</v>
+        <v>147</v>
       </c>
       <c r="H445" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1066</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="J445" t="s">
+        <v>1096</v>
       </c>
       <c r="K445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="B446" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="C446" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="D446" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E446" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F446" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G446" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="H446" t="s">
-        <v>208</v>
+        <v>152</v>
       </c>
       <c r="I446" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="J446">
         <v>0</v>
       </c>
       <c r="K446" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="B447" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="C447" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="D447" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E447" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F447" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G447" t="s">
-        <v>766</v>
+        <v>225</v>
       </c>
       <c r="H447" t="s">
-        <v>767</v>
+        <v>226</v>
       </c>
       <c r="I447">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="J447" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="K447" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="B448" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="C448" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="D448" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E448" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F448" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G448" t="s">
-        <v>770</v>
+        <v>228</v>
       </c>
       <c r="H448" t="s">
-        <v>771</v>
-[...5 lines deleted...]
-        <v>364</v>
+        <v>229</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="J448" t="s">
+        <v>1102</v>
       </c>
       <c r="K448" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" t="s">
-        <v>1073</v>
+        <v>1095</v>
       </c>
       <c r="B449">
-        <v>424</v>
+        <v>970</v>
       </c>
       <c r="C449" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="D449" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="E449" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="F449" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="G449" t="s">
-        <v>773</v>
+        <v>789</v>
       </c>
       <c r="H449" t="s">
-        <v>774</v>
+        <v>790</v>
       </c>
       <c r="I449">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="J449">
-        <v>0</v>
+        <v>970</v>
       </c>
       <c r="K449" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-        <v>1101</v>
+        <v>1095</v>
+      </c>
+      <c r="B450">
+        <v>435</v>
       </c>
       <c r="C450" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D450" t="s">
-        <v>1103</v>
+        <v>113</v>
       </c>
       <c r="E450" t="s">
-        <v>1104</v>
+        <v>114</v>
       </c>
       <c r="F450" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G450" t="s">
-        <v>100</v>
+        <v>793</v>
       </c>
       <c r="H450" t="s">
-        <v>101</v>
+        <v>794</v>
       </c>
       <c r="I450">
         <v>0</v>
       </c>
-      <c r="J450" t="s">
-        <v>1101</v>
+      <c r="J450">
+        <v>435</v>
       </c>
       <c r="K450" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" t="s">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="B451" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B451">
+        <v>75</v>
+      </c>
+      <c r="C451" t="s">
         <v>1106</v>
       </c>
-      <c r="C451" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D451" t="s">
-        <v>1103</v>
+        <v>113</v>
       </c>
       <c r="E451" t="s">
-        <v>1104</v>
+        <v>114</v>
       </c>
       <c r="F451" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G451" t="s">
-        <v>125</v>
+        <v>796</v>
       </c>
       <c r="H451" t="s">
-        <v>126</v>
+        <v>797</v>
       </c>
       <c r="I451">
         <v>0</v>
       </c>
-      <c r="J451" t="s">
-        <v>1106</v>
+      <c r="J451">
+        <v>75</v>
       </c>
       <c r="K451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="B452" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C452" t="s">
         <v>1108</v>
       </c>
-      <c r="C452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" t="s">
-        <v>1103</v>
+        <v>113</v>
       </c>
       <c r="E452" t="s">
-        <v>1104</v>
+        <v>114</v>
       </c>
       <c r="F452" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G452" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="H452" t="s">
-        <v>101</v>
+        <v>1066</v>
       </c>
       <c r="I452" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="J452">
         <v>0</v>
       </c>
       <c r="K452" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="B453" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C453" t="s">
         <v>1110</v>
       </c>
-      <c r="C453" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D453" t="s">
-        <v>1103</v>
+        <v>113</v>
       </c>
       <c r="E453" t="s">
-        <v>1104</v>
+        <v>114</v>
       </c>
       <c r="F453" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G453" t="s">
-        <v>125</v>
+        <v>223</v>
       </c>
       <c r="H453" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I453" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="J453">
         <v>0</v>
       </c>
       <c r="K453" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C454" t="s">
         <v>1112</v>
       </c>
-      <c r="B454" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D454" t="s">
-        <v>1115</v>
+        <v>113</v>
       </c>
       <c r="E454" t="s">
-        <v>1116</v>
+        <v>114</v>
       </c>
       <c r="F454" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G454" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="H454" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>1113</v>
+        <v>226</v>
+      </c>
+      <c r="I454" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J454">
+        <v>0</v>
       </c>
       <c r="K454" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" t="s">
-        <v>1112</v>
+        <v>1095</v>
       </c>
       <c r="B455" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="C455" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="D455" t="s">
-        <v>1115</v>
+        <v>113</v>
       </c>
       <c r="E455" t="s">
-        <v>1116</v>
+        <v>114</v>
       </c>
       <c r="F455" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G455" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="H455" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>1117</v>
+        <v>229</v>
+      </c>
+      <c r="I455" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J455">
+        <v>0</v>
       </c>
       <c r="K455" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" t="s">
-        <v>1112</v>
+        <v>1095</v>
       </c>
       <c r="B456" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="C456" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="D456" t="s">
-        <v>1115</v>
+        <v>113</v>
       </c>
       <c r="E456" t="s">
-        <v>1116</v>
+        <v>114</v>
       </c>
       <c r="F456" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G456" t="s">
-        <v>202</v>
+        <v>789</v>
       </c>
       <c r="H456" t="s">
-        <v>130</v>
+        <v>790</v>
       </c>
       <c r="I456">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="J456" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="K456" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" t="s">
-        <v>1112</v>
+        <v>1095</v>
       </c>
       <c r="B457" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C457" t="s">
         <v>1119</v>
       </c>
-      <c r="C457" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457" t="s">
-        <v>1115</v>
+        <v>113</v>
       </c>
       <c r="E457" t="s">
-        <v>1116</v>
+        <v>114</v>
       </c>
       <c r="F457" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G457" t="s">
-        <v>204</v>
+        <v>793</v>
       </c>
       <c r="H457" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>1119</v>
+        <v>794</v>
+      </c>
+      <c r="I457" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J457">
+        <v>364</v>
       </c>
       <c r="K457" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>1119</v>
+        <v>1095</v>
+      </c>
+      <c r="B458">
+        <v>424</v>
       </c>
       <c r="C458" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="D458" t="s">
-        <v>1115</v>
+        <v>113</v>
       </c>
       <c r="E458" t="s">
-        <v>1116</v>
+        <v>114</v>
       </c>
       <c r="F458" t="s">
-        <v>1105</v>
+        <v>115</v>
       </c>
       <c r="G458" t="s">
-        <v>207</v>
+        <v>796</v>
       </c>
       <c r="H458" t="s">
-        <v>208</v>
+        <v>797</v>
       </c>
       <c r="I458">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1119</v>
+        <v>424</v>
+      </c>
+      <c r="J458">
+        <v>0</v>
       </c>
       <c r="K458" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B459" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="C459" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G459" t="s">
+        <v>122</v>
+      </c>
+      <c r="H459" t="s">
+        <v>123</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="J459" t="s">
         <v>1123</v>
-      </c>
-[...19 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="K459" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B460" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="C460" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="D460" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="E460" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="F460" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G460" t="s">
-        <v>770</v>
+        <v>147</v>
       </c>
       <c r="H460" t="s">
-        <v>771</v>
+        <v>148</v>
       </c>
       <c r="I460">
         <v>0</v>
       </c>
       <c r="J460" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="K460" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B461" t="s">
-        <v>1119</v>
+        <v>1130</v>
       </c>
       <c r="C461" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D461" t="s">
         <v>1125</v>
       </c>
-      <c r="D461" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E461" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="F461" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G461" t="s">
-        <v>773</v>
+        <v>122</v>
       </c>
       <c r="H461" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>1119</v>
+        <v>123</v>
+      </c>
+      <c r="I461" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J461">
+        <v>0</v>
       </c>
       <c r="K461" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B462" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
       <c r="C462" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E462" t="s">
         <v>1126</v>
       </c>
-      <c r="D462" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F462" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G462" t="s">
-        <v>911</v>
+        <v>147</v>
       </c>
       <c r="H462" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>1119</v>
+        <v>148</v>
+      </c>
+      <c r="I462" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J462">
+        <v>0</v>
       </c>
       <c r="K462" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B463" t="s">
-        <v>1119</v>
+        <v>1135</v>
       </c>
       <c r="C463" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F463" t="s">
         <v>1127</v>
       </c>
-      <c r="D463" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G463" t="s">
-        <v>914</v>
+        <v>122</v>
       </c>
       <c r="H463" t="s">
-        <v>915</v>
+        <v>123</v>
       </c>
       <c r="I463">
         <v>0</v>
       </c>
       <c r="J463" t="s">
-        <v>1119</v>
+        <v>1135</v>
       </c>
       <c r="K463" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:11">
       <c r="A464" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B464" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="C464" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="D464" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E464" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F464" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G464" t="s">
-        <v>1129</v>
+        <v>147</v>
       </c>
       <c r="H464" t="s">
-        <v>919</v>
+        <v>148</v>
       </c>
       <c r="I464">
         <v>0</v>
       </c>
       <c r="J464" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="K464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B465" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="C465" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="D465" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E465" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F465" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G465" t="s">
-        <v>100</v>
+        <v>223</v>
       </c>
       <c r="H465" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>152</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="J465" t="s">
+        <v>1141</v>
       </c>
       <c r="K465" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B466" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="C466" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="D466" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E466" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F466" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G466" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="H466" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>1135</v>
+        <v>226</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
       </c>
       <c r="J466" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="K466" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B467" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D467" t="s">
         <v>1137</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>1138</v>
       </c>
-      <c r="D467" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F467" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G467" t="s">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="H467" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1139</v>
+        <v>229</v>
+      </c>
+      <c r="I467">
+        <v>0</v>
       </c>
       <c r="J467" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="K467" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B468" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D468" t="s">
         <v>1137</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G468" t="s">
+        <v>789</v>
+      </c>
+      <c r="H468" t="s">
+        <v>790</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="J468" t="s">
         <v>1141</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K468" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B469" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D469" t="s">
         <v>1137</v>
       </c>
-      <c r="C469" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E469" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F469" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G469" t="s">
-        <v>207</v>
+        <v>793</v>
       </c>
       <c r="H469" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>794</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="J469" t="s">
+        <v>1141</v>
       </c>
       <c r="K469" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B470" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D470" t="s">
         <v>1137</v>
       </c>
-      <c r="C470" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E470" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F470" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G470" t="s">
-        <v>766</v>
+        <v>796</v>
       </c>
       <c r="H470" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>797</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
       </c>
       <c r="J470" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="K470" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B471" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D471" t="s">
         <v>1137</v>
       </c>
-      <c r="C471" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E471" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F471" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G471" t="s">
-        <v>770</v>
+        <v>934</v>
       </c>
       <c r="H471" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>1147</v>
+        <v>800</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
       </c>
       <c r="J471" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="K471" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B472" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="C472" t="s">
         <v>1149</v>
       </c>
       <c r="D472" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E472" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F472" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G472" t="s">
-        <v>773</v>
+        <v>937</v>
       </c>
       <c r="H472" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>938</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
       </c>
       <c r="J472" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="K472" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B473" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="C473" t="s">
         <v>1150</v>
       </c>
       <c r="D473" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E473" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F473" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G473" t="s">
-        <v>911</v>
+        <v>1151</v>
       </c>
       <c r="H473" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>942</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
       </c>
       <c r="J473" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="K473" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B474" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D474" t="s">
         <v>1137</v>
       </c>
-      <c r="C474" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E474" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F474" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G474" t="s">
-        <v>914</v>
+        <v>122</v>
       </c>
       <c r="H474" t="s">
-        <v>915</v>
+        <v>123</v>
       </c>
       <c r="I474" t="s">
-        <v>1152</v>
-[...2 lines deleted...]
-        <v>1153</v>
+        <v>1154</v>
+      </c>
+      <c r="J474">
+        <v>499</v>
       </c>
       <c r="K474" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" t="s">
-        <v>1112</v>
+        <v>1134</v>
       </c>
       <c r="B475" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C475" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D475" t="s">
-        <v>1115</v>
+        <v>1137</v>
       </c>
       <c r="E475" t="s">
-        <v>1116</v>
+        <v>1138</v>
       </c>
       <c r="F475" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G475" t="s">
-        <v>1129</v>
+        <v>147</v>
       </c>
       <c r="H475" t="s">
-        <v>919</v>
+        <v>148</v>
       </c>
       <c r="I475" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="J475" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="K475" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B476" t="s">
         <v>1159</v>
       </c>
       <c r="C476" t="s">
         <v>1160</v>
       </c>
       <c r="D476" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G476" t="s">
+        <v>223</v>
+      </c>
+      <c r="H476" t="s">
+        <v>152</v>
+      </c>
+      <c r="I476" t="s">
         <v>1161</v>
       </c>
-      <c r="E476" t="s">
+      <c r="J476" t="s">
         <v>1162</v>
-      </c>
-[...13 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="K476" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B477" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C477" t="s">
         <v>1163</v>
       </c>
-      <c r="C477" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D477" t="s">
-        <v>1161</v>
+        <v>1137</v>
       </c>
       <c r="E477" t="s">
-        <v>1162</v>
+        <v>1138</v>
       </c>
       <c r="F477" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G477" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="H477" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>1163</v>
+        <v>226</v>
+      </c>
+      <c r="I477" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J477">
+        <v>0</v>
       </c>
       <c r="K477" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B478" t="s">
-        <v>1165</v>
+        <v>1159</v>
       </c>
       <c r="C478" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="D478" t="s">
-        <v>1161</v>
+        <v>1137</v>
       </c>
       <c r="E478" t="s">
-        <v>1162</v>
+        <v>1138</v>
       </c>
       <c r="F478" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G478" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="H478" t="s">
-        <v>101</v>
+        <v>229</v>
       </c>
       <c r="I478" t="s">
-        <v>1165</v>
+        <v>1159</v>
       </c>
       <c r="J478">
         <v>0</v>
       </c>
       <c r="K478" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" t="s">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="B479" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G479" t="s">
+        <v>789</v>
+      </c>
+      <c r="H479" t="s">
+        <v>790</v>
+      </c>
+      <c r="I479" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J479" t="s">
         <v>1167</v>
-      </c>
-[...22 lines deleted...]
-        <v>100</v>
       </c>
       <c r="K479" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G480" t="s">
+        <v>793</v>
+      </c>
+      <c r="H480" t="s">
+        <v>794</v>
+      </c>
+      <c r="I480" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J480" t="s">
         <v>1170</v>
-      </c>
-[...25 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" t="s">
-        <v>1170</v>
+        <v>1134</v>
       </c>
       <c r="B481" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="C481" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="D481" t="s">
-        <v>445</v>
+        <v>1137</v>
       </c>
       <c r="E481" t="s">
-        <v>446</v>
+        <v>1138</v>
       </c>
       <c r="F481" t="s">
-        <v>447</v>
+        <v>1127</v>
       </c>
       <c r="G481" t="s">
-        <v>207</v>
+        <v>796</v>
       </c>
       <c r="H481" t="s">
-        <v>208</v>
+        <v>797</v>
       </c>
       <c r="I481" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1166</v>
+      </c>
+      <c r="J481" t="s">
+        <v>1167</v>
       </c>
       <c r="K481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" t="s">
-        <v>1170</v>
+        <v>1134</v>
       </c>
       <c r="B482" t="s">
-        <v>1175</v>
+        <v>1159</v>
       </c>
       <c r="C482" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="D482" t="s">
-        <v>445</v>
+        <v>1137</v>
       </c>
       <c r="E482" t="s">
-        <v>446</v>
+        <v>1138</v>
       </c>
       <c r="F482" t="s">
-        <v>447</v>
+        <v>1127</v>
       </c>
       <c r="G482" t="s">
-        <v>766</v>
+        <v>934</v>
       </c>
       <c r="H482" t="s">
-        <v>767</v>
+        <v>800</v>
       </c>
       <c r="I482" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1166</v>
+      </c>
+      <c r="J482" t="s">
+        <v>1167</v>
       </c>
       <c r="K482" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" t="s">
-        <v>1170</v>
+        <v>1134</v>
       </c>
       <c r="B483" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
       <c r="C483" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="D483" t="s">
-        <v>445</v>
+        <v>1137</v>
       </c>
       <c r="E483" t="s">
-        <v>446</v>
+        <v>1138</v>
       </c>
       <c r="F483" t="s">
-        <v>447</v>
+        <v>1127</v>
       </c>
       <c r="G483" t="s">
-        <v>770</v>
+        <v>937</v>
       </c>
       <c r="H483" t="s">
-        <v>771</v>
+        <v>938</v>
       </c>
       <c r="I483" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>1174</v>
+      </c>
+      <c r="J483" t="s">
+        <v>1175</v>
       </c>
       <c r="K483" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" t="s">
-        <v>1170</v>
+        <v>1134</v>
       </c>
       <c r="B484" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="C484" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="D484" t="s">
-        <v>445</v>
+        <v>1137</v>
       </c>
       <c r="E484" t="s">
-        <v>446</v>
+        <v>1138</v>
       </c>
       <c r="F484" t="s">
-        <v>447</v>
+        <v>1127</v>
       </c>
       <c r="G484" t="s">
-        <v>773</v>
+        <v>1151</v>
       </c>
       <c r="H484" t="s">
-        <v>774</v>
+        <v>942</v>
       </c>
       <c r="I484" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1178</v>
+      </c>
+      <c r="J484" t="s">
+        <v>1179</v>
       </c>
       <c r="K484" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="B485" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C485" t="s">
         <v>1182</v>
       </c>
-      <c r="C485" t="s">
+      <c r="D485" t="s">
         <v>1183</v>
       </c>
-      <c r="D485" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E485" t="s">
-        <v>446</v>
+        <v>1184</v>
       </c>
       <c r="F485" t="s">
-        <v>447</v>
+        <v>1127</v>
       </c>
       <c r="G485" t="s">
-        <v>911</v>
+        <v>122</v>
       </c>
       <c r="H485" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>123</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
+      </c>
+      <c r="J485" t="s">
+        <v>1181</v>
       </c>
       <c r="K485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="B486" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E486" t="s">
         <v>1184</v>
       </c>
-      <c r="C486" t="s">
+      <c r="F486" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G486" t="s">
+        <v>147</v>
+      </c>
+      <c r="H486" t="s">
+        <v>148</v>
+      </c>
+      <c r="I486">
+        <v>0</v>
+      </c>
+      <c r="J486" t="s">
         <v>1185</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K486" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="B487" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C487" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G487" t="s">
+        <v>122</v>
+      </c>
+      <c r="H487" t="s">
+        <v>123</v>
+      </c>
+      <c r="I487" t="s">
         <v>1187</v>
-      </c>
-[...16 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="J487">
         <v>0</v>
       </c>
       <c r="K487" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1180</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1189</v>
       </c>
       <c r="C488" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D488" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="E488" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G488" t="s">
+        <v>147</v>
+      </c>
+      <c r="H488" t="s">
+        <v>148</v>
+      </c>
+      <c r="I488" t="s">
         <v>1191</v>
       </c>
-      <c r="F488" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J488">
-        <v>155</v>
+        <v>100</v>
       </c>
       <c r="K488" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1192</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1193</v>
       </c>
       <c r="C489" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D489" t="s">
+        <v>469</v>
+      </c>
+      <c r="E489" t="s">
+        <v>470</v>
+      </c>
+      <c r="F489" t="s">
+        <v>471</v>
+      </c>
+      <c r="G489" t="s">
+        <v>225</v>
+      </c>
+      <c r="H489" t="s">
+        <v>226</v>
+      </c>
+      <c r="I489" t="s">
         <v>1193</v>
       </c>
-      <c r="D489" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J489">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K489" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1192</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1195</v>
       </c>
       <c r="C490" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="D490" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E490" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F490" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G490" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="H490" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>229</v>
+      </c>
+      <c r="I490" t="s">
+        <v>1195</v>
       </c>
       <c r="J490">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K490" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1192</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1197</v>
       </c>
       <c r="C491" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="D491" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E491" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F491" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G491" t="s">
-        <v>207</v>
+        <v>789</v>
       </c>
       <c r="H491" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>790</v>
+      </c>
+      <c r="I491" t="s">
+        <v>1197</v>
       </c>
       <c r="J491">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K491" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1192</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1199</v>
       </c>
       <c r="C492" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="D492" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E492" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F492" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G492" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="H492" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>794</v>
+      </c>
+      <c r="I492" t="s">
+        <v>1201</v>
       </c>
       <c r="J492">
-        <v>155</v>
+        <v>199</v>
       </c>
       <c r="K492" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>1192</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1202</v>
       </c>
       <c r="C493" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="D493" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E493" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F493" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G493" t="s">
-        <v>770</v>
+        <v>796</v>
       </c>
       <c r="H493" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>797</v>
+      </c>
+      <c r="I493" t="s">
+        <v>1202</v>
       </c>
       <c r="J493">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="K493" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>1192</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1204</v>
       </c>
       <c r="C494" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="D494" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E494" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F494" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G494" t="s">
-        <v>773</v>
+        <v>934</v>
       </c>
       <c r="H494" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>800</v>
+      </c>
+      <c r="I494" t="s">
+        <v>1204</v>
       </c>
       <c r="J494">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="K494" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>1192</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1206</v>
       </c>
       <c r="C495" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="D495" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E495" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F495" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G495" t="s">
-        <v>911</v>
+        <v>937</v>
       </c>
       <c r="H495" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>938</v>
+      </c>
+      <c r="I495" t="s">
+        <v>1206</v>
       </c>
       <c r="J495">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="K495" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>1192</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1208</v>
       </c>
       <c r="C496" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
       <c r="D496" t="s">
-        <v>1190</v>
+        <v>469</v>
       </c>
       <c r="E496" t="s">
-        <v>1191</v>
+        <v>470</v>
       </c>
       <c r="F496" t="s">
-        <v>1191</v>
+        <v>471</v>
       </c>
       <c r="G496" t="s">
-        <v>914</v>
+        <v>941</v>
       </c>
       <c r="H496" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>942</v>
+      </c>
+      <c r="I496" t="s">
+        <v>1208</v>
       </c>
       <c r="J496">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="K496" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B497">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C497" t="s">
-        <v>1201</v>
+        <v>1211</v>
       </c>
       <c r="D497" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E497" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F497" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G497" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="H497" t="s">
-        <v>1192</v>
+        <v>1214</v>
       </c>
       <c r="I497">
         <v>0</v>
       </c>
       <c r="J497">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K497" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B498">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C498" t="s">
-        <v>1202</v>
+        <v>1215</v>
       </c>
       <c r="D498" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E498" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F498" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G498" t="s">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="H498" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="I498">
         <v>0</v>
       </c>
       <c r="J498">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K498" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B499">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C499" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="D499" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E499" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F499" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G499" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="H499" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="I499">
         <v>0</v>
       </c>
       <c r="J499">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K499" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B500">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C500" t="s">
-        <v>1204</v>
+        <v>1217</v>
       </c>
       <c r="D500" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E500" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F500" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G500" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="H500" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="I500">
         <v>0</v>
       </c>
       <c r="J500">
-        <v>267</v>
+        <v>155</v>
       </c>
       <c r="K500" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B501">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C501" t="s">
-        <v>1205</v>
+        <v>1218</v>
       </c>
       <c r="D501" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E501" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F501" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G501" t="s">
-        <v>766</v>
+        <v>789</v>
       </c>
       <c r="H501" t="s">
-        <v>767</v>
+        <v>790</v>
       </c>
       <c r="I501">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="J501">
-        <v>343</v>
+        <v>155</v>
       </c>
       <c r="K501" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B502">
-        <v>635</v>
+        <v>112</v>
       </c>
       <c r="C502" t="s">
-        <v>1206</v>
+        <v>1219</v>
       </c>
       <c r="D502" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E502" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F502" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G502" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
       <c r="H502" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
       <c r="I502">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="J502">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="K502" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B503">
-        <v>589</v>
+        <v>104</v>
       </c>
       <c r="C503" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="D503" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E503" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F503" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G503" t="s">
-        <v>773</v>
+        <v>796</v>
       </c>
       <c r="H503" t="s">
-        <v>774</v>
+        <v>797</v>
       </c>
       <c r="I503">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="J503">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="K503" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B504">
-        <v>549</v>
+        <v>97</v>
       </c>
       <c r="C504" t="s">
-        <v>1208</v>
+        <v>1221</v>
       </c>
       <c r="D504" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E504" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F504" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G504" t="s">
-        <v>911</v>
+        <v>934</v>
       </c>
       <c r="H504" t="s">
-        <v>777</v>
+        <v>800</v>
       </c>
       <c r="I504">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="J504">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="K504" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B505">
-        <v>452</v>
+        <v>80</v>
       </c>
       <c r="C505" t="s">
-        <v>1209</v>
+        <v>1222</v>
       </c>
       <c r="D505" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
       <c r="E505" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="F505" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="G505" t="s">
-        <v>914</v>
+        <v>937</v>
       </c>
       <c r="H505" t="s">
-        <v>915</v>
+        <v>938</v>
       </c>
       <c r="I505">
-        <v>452</v>
+        <v>0</v>
       </c>
       <c r="J505">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="K505" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B506" t="s">
         <v>1210</v>
       </c>
+      <c r="B506">
+        <v>876</v>
+      </c>
       <c r="C506" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="D506" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E506" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F506" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G506" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="H506" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1214</v>
+      </c>
+      <c r="I506">
+        <v>0</v>
       </c>
       <c r="J506">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K506" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B507" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B507">
+        <v>876</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D507" t="s">
         <v>1212</v>
       </c>
-      <c r="C507" t="s">
+      <c r="E507" t="s">
         <v>1213</v>
       </c>
-      <c r="D507" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F507" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G507" t="s">
+        <v>223</v>
+      </c>
+      <c r="H507" t="s">
         <v>152</v>
       </c>
-      <c r="G507" t="s">
-[...6 lines deleted...]
-        <v>1212</v>
+      <c r="I507">
+        <v>0</v>
       </c>
       <c r="J507">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K507" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>1210</v>
+      </c>
+      <c r="B508">
+        <v>876</v>
       </c>
       <c r="C508" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="D508" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E508" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F508" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G508" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="H508" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>226</v>
+      </c>
+      <c r="I508">
+        <v>0</v>
       </c>
       <c r="J508">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1216</v>
+        <v>1210</v>
+      </c>
+      <c r="B509">
+        <v>876</v>
       </c>
       <c r="C509" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="D509" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E509" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F509" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G509" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="H509" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>1216</v>
+        <v>229</v>
+      </c>
+      <c r="I509">
+        <v>0</v>
       </c>
       <c r="J509">
-        <v>0</v>
+        <v>267</v>
       </c>
       <c r="K509" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>1210</v>
+      </c>
+      <c r="B510">
+        <v>876</v>
       </c>
       <c r="C510" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="D510" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E510" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F510" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G510" t="s">
-        <v>766</v>
+        <v>789</v>
       </c>
       <c r="H510" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>790</v>
+      </c>
+      <c r="I510">
+        <v>533</v>
       </c>
       <c r="J510">
-        <v>0</v>
+        <v>343</v>
       </c>
       <c r="K510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>1210</v>
+      </c>
+      <c r="B511">
+        <v>635</v>
       </c>
       <c r="C511" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="D511" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E511" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F511" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G511" t="s">
-        <v>125</v>
+        <v>793</v>
       </c>
       <c r="H511" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>1220</v>
+        <v>794</v>
+      </c>
+      <c r="I511">
+        <v>635</v>
       </c>
       <c r="J511">
         <v>0</v>
       </c>
       <c r="K511" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1222</v>
+        <v>1210</v>
+      </c>
+      <c r="B512">
+        <v>589</v>
       </c>
       <c r="C512" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="D512" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E512" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F512" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G512" t="s">
-        <v>202</v>
+        <v>796</v>
       </c>
       <c r="H512" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1222</v>
+        <v>797</v>
+      </c>
+      <c r="I512">
+        <v>533</v>
       </c>
       <c r="J512">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="K512" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1224</v>
+        <v>1210</v>
+      </c>
+      <c r="B513">
+        <v>549</v>
       </c>
       <c r="C513" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="D513" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E513" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F513" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G513" t="s">
-        <v>204</v>
+        <v>934</v>
       </c>
       <c r="H513" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1224</v>
+        <v>800</v>
+      </c>
+      <c r="I513">
+        <v>549</v>
       </c>
       <c r="J513">
         <v>0</v>
       </c>
       <c r="K513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1226</v>
+        <v>1210</v>
+      </c>
+      <c r="B514">
+        <v>452</v>
       </c>
       <c r="C514" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D514" t="s">
-        <v>312</v>
+        <v>1212</v>
       </c>
       <c r="E514" t="s">
-        <v>313</v>
+        <v>1213</v>
       </c>
       <c r="F514" t="s">
-        <v>152</v>
+        <v>1213</v>
       </c>
       <c r="G514" t="s">
-        <v>207</v>
+        <v>937</v>
       </c>
       <c r="H514" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>1226</v>
+        <v>938</v>
+      </c>
+      <c r="I514">
+        <v>452</v>
       </c>
       <c r="J514">
         <v>0</v>
       </c>
       <c r="K514" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="B515" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="C515" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="D515" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="E515" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="F515" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="G515" t="s">
-        <v>766</v>
+        <v>147</v>
       </c>
       <c r="H515" t="s">
-        <v>767</v>
+        <v>148</v>
       </c>
       <c r="I515" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="J515">
         <v>0</v>
       </c>
       <c r="K515" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" t="s">
-        <v>1230</v>
+        <v>123</v>
       </c>
       <c r="B516" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="C516" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="D516" t="s">
-        <v>1103</v>
+        <v>335</v>
       </c>
       <c r="E516" t="s">
-        <v>1104</v>
+        <v>336</v>
       </c>
       <c r="F516" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G516" t="s">
-        <v>1129</v>
+        <v>223</v>
       </c>
       <c r="H516" t="s">
-        <v>205</v>
+        <v>152</v>
       </c>
       <c r="I516" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="J516">
         <v>0</v>
       </c>
       <c r="K516" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" t="s">
-        <v>1233</v>
+        <v>123</v>
       </c>
       <c r="B517" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C517" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="D517" t="s">
-        <v>14</v>
+        <v>335</v>
       </c>
       <c r="E517" t="s">
-        <v>15</v>
+        <v>336</v>
       </c>
       <c r="F517" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G517" t="s">
+        <v>225</v>
+      </c>
+      <c r="H517" t="s">
+        <v>226</v>
+      </c>
+      <c r="I517" t="s">
         <v>1236</v>
-      </c>
-[...4 lines deleted...]
-        <v>1234</v>
       </c>
       <c r="J517">
         <v>0</v>
       </c>
       <c r="K517" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" t="s">
-        <v>1233</v>
+        <v>123</v>
       </c>
       <c r="B518" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C518" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D518" t="s">
+        <v>335</v>
+      </c>
+      <c r="E518" t="s">
+        <v>336</v>
+      </c>
+      <c r="F518" t="s">
+        <v>50</v>
+      </c>
+      <c r="G518" t="s">
+        <v>228</v>
+      </c>
+      <c r="H518" t="s">
+        <v>229</v>
+      </c>
+      <c r="I518" t="s">
         <v>1238</v>
-      </c>
-[...16 lines deleted...]
-        <v>1237</v>
       </c>
       <c r="J518">
         <v>0</v>
       </c>
       <c r="K518" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B519" t="s">
         <v>1240</v>
       </c>
       <c r="C519" t="s">
         <v>1241</v>
       </c>
       <c r="D519" t="s">
-        <v>1242</v>
+        <v>335</v>
       </c>
       <c r="E519" t="s">
-        <v>1243</v>
+        <v>336</v>
       </c>
       <c r="F519" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G519" t="s">
-        <v>766</v>
+        <v>789</v>
       </c>
       <c r="H519" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>1244</v>
+        <v>790</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1240</v>
+      </c>
+      <c r="J519">
+        <v>0</v>
       </c>
       <c r="K519" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B520" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C520" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="D520" t="s">
+        <v>335</v>
+      </c>
+      <c r="E520" t="s">
+        <v>336</v>
+      </c>
+      <c r="F520" t="s">
+        <v>50</v>
+      </c>
+      <c r="G520" t="s">
+        <v>147</v>
+      </c>
+      <c r="H520" t="s">
+        <v>148</v>
+      </c>
+      <c r="I520" t="s">
         <v>1242</v>
-      </c>
-[...13 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="J520">
         <v>0</v>
       </c>
       <c r="K520" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B521" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="C521" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="D521" t="s">
-        <v>1242</v>
+        <v>335</v>
       </c>
       <c r="E521" t="s">
-        <v>1243</v>
+        <v>336</v>
       </c>
       <c r="F521" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G521" t="s">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="H521" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="I521" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="J521">
         <v>0</v>
       </c>
       <c r="K521" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B522" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="C522" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D522" t="s">
-        <v>1242</v>
+        <v>335</v>
       </c>
       <c r="E522" t="s">
-        <v>1243</v>
+        <v>336</v>
       </c>
       <c r="F522" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G522" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="H522" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="I522" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="J522">
         <v>0</v>
       </c>
       <c r="K522" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B523" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="C523" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="D523" t="s">
-        <v>1242</v>
+        <v>335</v>
       </c>
       <c r="E523" t="s">
-        <v>1243</v>
+        <v>336</v>
       </c>
       <c r="F523" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G523" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="H523" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="I523" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="J523">
         <v>0</v>
       </c>
       <c r="K523" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" t="s">
-        <v>1239</v>
+        <v>123</v>
       </c>
       <c r="B524" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="C524" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="D524" t="s">
-        <v>1242</v>
+        <v>335</v>
       </c>
       <c r="E524" t="s">
-        <v>1243</v>
+        <v>336</v>
       </c>
       <c r="F524" t="s">
-        <v>1105</v>
+        <v>50</v>
       </c>
       <c r="G524" t="s">
-        <v>766</v>
+        <v>789</v>
       </c>
       <c r="H524" t="s">
-        <v>767</v>
+        <v>790</v>
       </c>
       <c r="I524" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="J524">
         <v>0</v>
       </c>
       <c r="K524" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="B525" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="C525" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="D525" t="s">
-        <v>1258</v>
+        <v>1125</v>
       </c>
       <c r="E525" t="s">
-        <v>1259</v>
+        <v>1126</v>
       </c>
       <c r="F525" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G525" t="s">
-        <v>766</v>
+        <v>1151</v>
       </c>
       <c r="H525" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>1256</v>
+        <v>226</v>
+      </c>
+      <c r="I525" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J525">
+        <v>0</v>
       </c>
       <c r="K525" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" t="s">
         <v>1255</v>
       </c>
       <c r="B526" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="C526" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="D526" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" t="s">
+        <v>15</v>
+      </c>
+      <c r="F526" t="s">
+        <v>16</v>
+      </c>
+      <c r="G526" t="s">
         <v>1258</v>
       </c>
-      <c r="E526" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H526" t="s">
-        <v>126</v>
+        <v>573</v>
       </c>
       <c r="I526" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-        <v>1263</v>
+        <v>1256</v>
+      </c>
+      <c r="J526">
+        <v>0</v>
       </c>
       <c r="K526" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" t="s">
         <v>1255</v>
       </c>
       <c r="B527" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
       <c r="C527" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="D527" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" t="s">
+        <v>15</v>
+      </c>
+      <c r="F527" t="s">
+        <v>16</v>
+      </c>
+      <c r="G527" t="s">
         <v>1258</v>
       </c>
-      <c r="E527" t="s">
+      <c r="H527" t="s">
+        <v>573</v>
+      </c>
+      <c r="I527" t="s">
         <v>1259</v>
-      </c>
-[...10 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="J527">
         <v>0</v>
       </c>
       <c r="K527" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B528" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G528" t="s">
+        <v>789</v>
+      </c>
+      <c r="H528" t="s">
+        <v>148</v>
+      </c>
+      <c r="I528">
+        <v>117</v>
+      </c>
+      <c r="J528" t="s">
         <v>1266</v>
-      </c>
-[...22 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K528" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B529" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C529" t="s">
         <v>1268</v>
       </c>
-      <c r="C529" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D529" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="E529" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="F529" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G529" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="H529" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="I529" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="J529">
         <v>0</v>
       </c>
       <c r="K529" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B530" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C530" t="s">
         <v>1270</v>
       </c>
-      <c r="C530" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D530" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="E530" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="F530" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G530" t="s">
-        <v>766</v>
+        <v>223</v>
       </c>
       <c r="H530" t="s">
-        <v>767</v>
+        <v>152</v>
       </c>
       <c r="I530" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="J530">
         <v>0</v>
       </c>
       <c r="K530" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C531" t="s">
         <v>1272</v>
       </c>
-      <c r="B531" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D531" t="s">
-        <v>14</v>
+        <v>1264</v>
       </c>
       <c r="E531" t="s">
-        <v>15</v>
+        <v>1265</v>
       </c>
       <c r="F531" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G531" t="s">
-        <v>1129</v>
+        <v>225</v>
       </c>
       <c r="H531" t="s">
-        <v>1275</v>
+        <v>226</v>
       </c>
       <c r="I531" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="J531">
         <v>0</v>
       </c>
       <c r="K531" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="B532" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="C532" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="D532" t="s">
-        <v>14</v>
+        <v>1264</v>
       </c>
       <c r="E532" t="s">
-        <v>15</v>
+        <v>1265</v>
       </c>
       <c r="F532" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G532" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="H532" t="s">
-        <v>1275</v>
+        <v>229</v>
       </c>
       <c r="I532" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="J532">
         <v>0</v>
       </c>
       <c r="K532" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="B533" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="C533" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="D533" t="s">
-        <v>14</v>
+        <v>1264</v>
       </c>
       <c r="E533" t="s">
-        <v>15</v>
+        <v>1265</v>
       </c>
       <c r="F533" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G533" t="s">
-        <v>202</v>
+        <v>789</v>
       </c>
       <c r="H533" t="s">
-        <v>130</v>
+        <v>790</v>
       </c>
       <c r="I533" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="J533">
         <v>0</v>
       </c>
       <c r="K533" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B534" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D534" t="s">
         <v>1280</v>
       </c>
-      <c r="C534" t="s">
+      <c r="E534" t="s">
         <v>1281</v>
       </c>
-      <c r="D534" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F534" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G534" t="s">
-        <v>204</v>
+        <v>789</v>
       </c>
       <c r="H534" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>148</v>
+      </c>
+      <c r="I534">
+        <v>0</v>
+      </c>
+      <c r="J534" t="s">
+        <v>1278</v>
       </c>
       <c r="K534" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B535" t="s">
         <v>1282</v>
       </c>
       <c r="C535" t="s">
         <v>1283</v>
       </c>
       <c r="D535" t="s">
-        <v>14</v>
+        <v>1280</v>
       </c>
       <c r="E535" t="s">
-        <v>15</v>
+        <v>1281</v>
       </c>
       <c r="F535" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G535" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="H535" t="s">
-        <v>208</v>
+        <v>148</v>
       </c>
       <c r="I535" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1284</v>
+      </c>
+      <c r="J535" t="s">
+        <v>1285</v>
       </c>
       <c r="K535" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B536" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="C536" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D536" t="s">
-        <v>14</v>
+        <v>1280</v>
       </c>
       <c r="E536" t="s">
-        <v>15</v>
+        <v>1281</v>
       </c>
       <c r="F536" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G536" t="s">
-        <v>766</v>
+        <v>223</v>
       </c>
       <c r="H536" t="s">
-        <v>767</v>
+        <v>152</v>
       </c>
       <c r="I536" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="J536">
         <v>0</v>
       </c>
       <c r="K536" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B537" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C537" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D537" t="s">
-        <v>14</v>
+        <v>1280</v>
       </c>
       <c r="E537" t="s">
-        <v>15</v>
+        <v>1281</v>
       </c>
       <c r="F537" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G537" t="s">
-        <v>770</v>
+        <v>225</v>
       </c>
       <c r="H537" t="s">
-        <v>771</v>
+        <v>226</v>
       </c>
       <c r="I537" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="J537">
         <v>0</v>
       </c>
       <c r="K537" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B538" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="C538" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D538" t="s">
-        <v>14</v>
+        <v>1280</v>
       </c>
       <c r="E538" t="s">
-        <v>15</v>
+        <v>1281</v>
       </c>
       <c r="F538" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G538" t="s">
-        <v>773</v>
+        <v>228</v>
       </c>
       <c r="H538" t="s">
-        <v>774</v>
+        <v>229</v>
       </c>
       <c r="I538" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="J538">
         <v>0</v>
       </c>
       <c r="K538" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B539" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C539" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="D539" t="s">
-        <v>14</v>
+        <v>1280</v>
       </c>
       <c r="E539" t="s">
-        <v>15</v>
+        <v>1281</v>
       </c>
       <c r="F539" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="G539" t="s">
-        <v>911</v>
+        <v>789</v>
       </c>
       <c r="H539" t="s">
-        <v>777</v>
+        <v>790</v>
       </c>
       <c r="I539" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="J539">
         <v>0</v>
       </c>
       <c r="K539" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
       <c r="B540" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C540" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="D540" t="s">
         <v>14</v>
       </c>
       <c r="E540" t="s">
         <v>15</v>
       </c>
       <c r="F540" t="s">
         <v>16</v>
       </c>
       <c r="G540" t="s">
-        <v>914</v>
+        <v>1151</v>
       </c>
       <c r="H540" t="s">
-        <v>915</v>
+        <v>1297</v>
       </c>
       <c r="I540" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="J540">
         <v>0</v>
       </c>
       <c r="K540" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" t="s">
-        <v>1272</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>1294</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1298</v>
       </c>
       <c r="C541" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="D541" t="s">
         <v>14</v>
       </c>
       <c r="E541" t="s">
         <v>15</v>
       </c>
       <c r="F541" t="s">
         <v>16</v>
       </c>
       <c r="G541" t="s">
-        <v>1129</v>
+        <v>147</v>
       </c>
       <c r="H541" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>1297</v>
+      </c>
+      <c r="I541" t="s">
+        <v>1298</v>
       </c>
       <c r="J541">
         <v>0</v>
       </c>
       <c r="K541" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B542" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C542" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="D542" t="s">
-        <v>1298</v>
+        <v>14</v>
       </c>
       <c r="E542" t="s">
-        <v>1299</v>
+        <v>15</v>
       </c>
       <c r="F542" t="s">
+        <v>16</v>
+      </c>
+      <c r="G542" t="s">
+        <v>223</v>
+      </c>
+      <c r="H542" t="s">
+        <v>152</v>
+      </c>
+      <c r="I542" t="s">
         <v>1300</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="J542">
         <v>0</v>
       </c>
       <c r="K542" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B543" t="s">
         <v>1302</v>
       </c>
       <c r="C543" t="s">
         <v>1303</v>
       </c>
       <c r="D543" t="s">
-        <v>1298</v>
+        <v>14</v>
       </c>
       <c r="E543" t="s">
-        <v>1299</v>
+        <v>15</v>
       </c>
       <c r="F543" t="s">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G543" t="s">
-        <v>1129</v>
+        <v>225</v>
       </c>
       <c r="H543" t="s">
-        <v>130</v>
+        <v>226</v>
       </c>
       <c r="I543" t="s">
         <v>1302</v>
       </c>
       <c r="J543">
         <v>0</v>
       </c>
       <c r="K543" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B544" t="s">
         <v>1304</v>
       </c>
       <c r="C544" t="s">
         <v>1305</v>
       </c>
       <c r="D544" t="s">
-        <v>1298</v>
+        <v>14</v>
       </c>
       <c r="E544" t="s">
-        <v>1299</v>
+        <v>15</v>
       </c>
       <c r="F544" t="s">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G544" t="s">
-        <v>1301</v>
+        <v>228</v>
       </c>
       <c r="H544" t="s">
-        <v>1306</v>
+        <v>229</v>
       </c>
       <c r="I544" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="J544">
         <v>0</v>
       </c>
       <c r="K544" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B545" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="C545" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="D545" t="s">
-        <v>1310</v>
+        <v>14</v>
       </c>
       <c r="E545" t="s">
-        <v>1311</v>
+        <v>15</v>
       </c>
       <c r="F545" t="s">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G545" t="s">
-        <v>1312</v>
+        <v>789</v>
       </c>
       <c r="H545" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>790</v>
+      </c>
+      <c r="I545" t="s">
+        <v>1306</v>
       </c>
       <c r="J545">
         <v>0</v>
       </c>
       <c r="K545" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B546" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="C546" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="D546" t="s">
-        <v>1310</v>
+        <v>14</v>
       </c>
       <c r="E546" t="s">
-        <v>1311</v>
+        <v>15</v>
       </c>
       <c r="F546" t="s">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G546" t="s">
-        <v>1129</v>
+        <v>793</v>
       </c>
       <c r="H546" t="s">
-        <v>130</v>
+        <v>794</v>
       </c>
       <c r="I546" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="J546">
         <v>0</v>
       </c>
       <c r="K546" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="547" spans="1:11">
       <c r="A547" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B547" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="C547" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="D547" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" t="s">
+        <v>15</v>
+      </c>
+      <c r="F547" t="s">
+        <v>16</v>
+      </c>
+      <c r="G547" t="s">
+        <v>796</v>
+      </c>
+      <c r="H547" t="s">
+        <v>797</v>
+      </c>
+      <c r="I547" t="s">
         <v>1310</v>
-      </c>
-[...13 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="J547">
         <v>0</v>
       </c>
       <c r="K547" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:11">
       <c r="A548" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
       <c r="B548" t="s">
-        <v>1319</v>
+        <v>1312</v>
       </c>
       <c r="C548" t="s">
-        <v>1320</v>
+        <v>1313</v>
       </c>
       <c r="D548" t="s">
-        <v>1321</v>
+        <v>14</v>
       </c>
       <c r="E548" t="s">
-        <v>1322</v>
+        <v>15</v>
       </c>
       <c r="F548" t="s">
-        <v>1323</v>
+        <v>16</v>
       </c>
       <c r="G548" t="s">
-        <v>1324</v>
+        <v>934</v>
       </c>
       <c r="H548" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>800</v>
+      </c>
+      <c r="I548" t="s">
+        <v>1312</v>
       </c>
       <c r="J548">
         <v>0</v>
       </c>
       <c r="K548" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="549" spans="1:11">
       <c r="A549" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
       <c r="B549" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="C549" t="s">
-        <v>1327</v>
+        <v>1315</v>
       </c>
       <c r="D549" t="s">
-        <v>1321</v>
+        <v>14</v>
       </c>
       <c r="E549" t="s">
-        <v>1322</v>
+        <v>15</v>
       </c>
       <c r="F549" t="s">
-        <v>1323</v>
+        <v>16</v>
       </c>
       <c r="G549" t="s">
-        <v>1324</v>
+        <v>937</v>
       </c>
       <c r="H549" t="s">
-        <v>1325</v>
+        <v>938</v>
       </c>
       <c r="I549" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="J549">
         <v>0</v>
       </c>
       <c r="K549" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>1329</v>
+        <v>1294</v>
+      </c>
+      <c r="B550">
+        <v>95</v>
       </c>
       <c r="C550" t="s">
-        <v>1330</v>
+        <v>1316</v>
       </c>
       <c r="D550" t="s">
-        <v>1331</v>
+        <v>14</v>
       </c>
       <c r="E550" t="s">
-        <v>1332</v>
+        <v>15</v>
       </c>
       <c r="F550" t="s">
-        <v>1300</v>
+        <v>16</v>
       </c>
       <c r="G550" t="s">
-        <v>1333</v>
+        <v>1151</v>
       </c>
       <c r="H550" t="s">
-        <v>130</v>
+        <v>942</v>
       </c>
       <c r="I550">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="J550">
         <v>0</v>
       </c>
       <c r="K550" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" t="s">
-        <v>1328</v>
+        <v>1317</v>
       </c>
       <c r="B551" t="s">
-        <v>1334</v>
+        <v>1318</v>
       </c>
       <c r="C551" t="s">
-        <v>1335</v>
+        <v>1319</v>
       </c>
       <c r="D551" t="s">
-        <v>1331</v>
+        <v>1320</v>
       </c>
       <c r="E551" t="s">
-        <v>1332</v>
+        <v>1321</v>
       </c>
       <c r="F551" t="s">
-        <v>1300</v>
+        <v>1322</v>
       </c>
       <c r="G551" t="s">
-        <v>1129</v>
+        <v>1323</v>
       </c>
       <c r="H551" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1334</v>
+        <v>152</v>
+      </c>
+      <c r="I551">
+        <v>0</v>
       </c>
       <c r="J551">
         <v>0</v>
       </c>
       <c r="K551" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" t="s">
-        <v>1328</v>
+        <v>1317</v>
       </c>
       <c r="B552" t="s">
-        <v>1336</v>
+        <v>1324</v>
       </c>
       <c r="C552" t="s">
-        <v>1337</v>
+        <v>1325</v>
       </c>
       <c r="D552" t="s">
-        <v>1331</v>
+        <v>1320</v>
       </c>
       <c r="E552" t="s">
-        <v>1332</v>
+        <v>1321</v>
       </c>
       <c r="F552" t="s">
-        <v>1300</v>
+        <v>1322</v>
       </c>
       <c r="G552" t="s">
-        <v>1333</v>
+        <v>1151</v>
       </c>
       <c r="H552" t="s">
-        <v>1306</v>
+        <v>152</v>
       </c>
       <c r="I552" t="s">
-        <v>1336</v>
+        <v>1324</v>
       </c>
       <c r="J552">
         <v>0</v>
       </c>
       <c r="K552" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="553" spans="1:11">
       <c r="A553" t="s">
-        <v>1338</v>
+        <v>1317</v>
       </c>
       <c r="B553" t="s">
-        <v>1339</v>
+        <v>1326</v>
       </c>
       <c r="C553" t="s">
-        <v>1340</v>
+        <v>1327</v>
       </c>
       <c r="D553" t="s">
-        <v>1341</v>
+        <v>1320</v>
       </c>
       <c r="E553" t="s">
-        <v>1342</v>
+        <v>1321</v>
       </c>
       <c r="F553" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="G553" t="s">
-        <v>1344</v>
+        <v>1323</v>
       </c>
       <c r="H553" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1328</v>
+      </c>
+      <c r="I553" t="s">
+        <v>1329</v>
       </c>
       <c r="J553">
         <v>0</v>
       </c>
       <c r="K553" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="554" spans="1:11">
       <c r="A554" t="s">
-        <v>1338</v>
+        <v>1317</v>
       </c>
       <c r="B554" t="s">
-        <v>1346</v>
+        <v>1330</v>
       </c>
       <c r="C554" t="s">
-        <v>1347</v>
+        <v>1331</v>
       </c>
       <c r="D554" t="s">
-        <v>1341</v>
+        <v>1332</v>
       </c>
       <c r="E554" t="s">
-        <v>1342</v>
+        <v>1333</v>
       </c>
       <c r="F554" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="G554" t="s">
-        <v>1129</v>
+        <v>1334</v>
       </c>
       <c r="H554" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>152</v>
+      </c>
+      <c r="I554">
+        <v>0</v>
       </c>
       <c r="J554">
         <v>0</v>
       </c>
       <c r="K554" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" t="s">
-        <v>1338</v>
+        <v>1317</v>
       </c>
       <c r="B555" t="s">
-        <v>1348</v>
+        <v>1335</v>
       </c>
       <c r="C555" t="s">
-        <v>1349</v>
+        <v>1336</v>
       </c>
       <c r="D555" t="s">
-        <v>1341</v>
+        <v>1332</v>
       </c>
       <c r="E555" t="s">
-        <v>1342</v>
+        <v>1333</v>
       </c>
       <c r="F555" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="G555" t="s">
-        <v>1344</v>
+        <v>1151</v>
       </c>
       <c r="H555" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I555" t="s">
+        <v>1335</v>
       </c>
       <c r="J555">
         <v>0</v>
       </c>
       <c r="K555" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" t="s">
-        <v>1350</v>
+        <v>1317</v>
       </c>
       <c r="B556" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
       <c r="C556" t="s">
-        <v>1352</v>
+        <v>1338</v>
       </c>
       <c r="D556" t="s">
-        <v>1161</v>
+        <v>1332</v>
       </c>
       <c r="E556" t="s">
-        <v>1162</v>
+        <v>1333</v>
       </c>
       <c r="F556" t="s">
-        <v>1105</v>
+        <v>1322</v>
       </c>
       <c r="G556" t="s">
-        <v>1353</v>
+        <v>1334</v>
       </c>
       <c r="H556" t="s">
-        <v>130</v>
+        <v>1328</v>
       </c>
       <c r="I556" t="s">
-        <v>1351</v>
+        <v>1339</v>
       </c>
       <c r="J556">
         <v>0</v>
       </c>
       <c r="K556" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="557" spans="1:11">
       <c r="A557" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="B557" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="C557" t="s">
-        <v>1355</v>
+        <v>1342</v>
       </c>
       <c r="D557" t="s">
-        <v>1161</v>
+        <v>1343</v>
       </c>
       <c r="E557" t="s">
-        <v>1162</v>
+        <v>1344</v>
       </c>
       <c r="F557" t="s">
-        <v>1105</v>
+        <v>1345</v>
       </c>
       <c r="G557" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
       <c r="H557" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1354</v>
+        <v>1347</v>
+      </c>
+      <c r="I557">
+        <v>0</v>
       </c>
       <c r="J557">
         <v>0</v>
       </c>
       <c r="K557" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" t="s">
-        <v>1356</v>
+        <v>1340</v>
       </c>
       <c r="B558" t="s">
-        <v>1357</v>
+        <v>1348</v>
       </c>
       <c r="C558" t="s">
-        <v>1358</v>
+        <v>1349</v>
       </c>
       <c r="D558" t="s">
-        <v>1115</v>
+        <v>1343</v>
       </c>
       <c r="E558" t="s">
-        <v>1116</v>
+        <v>1344</v>
       </c>
       <c r="F558" t="s">
-        <v>1105</v>
+        <v>1345</v>
       </c>
       <c r="G558" t="s">
-        <v>1129</v>
+        <v>1346</v>
       </c>
       <c r="H558" t="s">
-        <v>130</v>
+        <v>1347</v>
       </c>
       <c r="I558" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>1360</v>
+        <v>1348</v>
+      </c>
+      <c r="J558">
+        <v>0</v>
       </c>
       <c r="K558" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="B559" t="s">
-        <v>1361</v>
+        <v>1351</v>
       </c>
       <c r="C559" t="s">
-        <v>1362</v>
+        <v>1352</v>
       </c>
       <c r="D559" t="s">
-        <v>1115</v>
+        <v>1353</v>
       </c>
       <c r="E559" t="s">
-        <v>1116</v>
+        <v>1354</v>
       </c>
       <c r="F559" t="s">
-        <v>1105</v>
+        <v>1322</v>
       </c>
       <c r="G559" t="s">
-        <v>1129</v>
+        <v>1355</v>
       </c>
       <c r="H559" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>1361</v>
+        <v>152</v>
+      </c>
+      <c r="I559">
+        <v>0</v>
       </c>
       <c r="J559">
         <v>0</v>
       </c>
       <c r="K559" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:11">
       <c r="A560" t="s">
-        <v>1363</v>
+        <v>1350</v>
       </c>
       <c r="B560" t="s">
-        <v>1364</v>
+        <v>1356</v>
       </c>
       <c r="C560" t="s">
-        <v>1365</v>
+        <v>1357</v>
       </c>
       <c r="D560" t="s">
-        <v>445</v>
+        <v>1353</v>
       </c>
       <c r="E560" t="s">
-        <v>446</v>
+        <v>1354</v>
       </c>
       <c r="F560" t="s">
-        <v>447</v>
+        <v>1322</v>
       </c>
       <c r="G560" t="s">
-        <v>918</v>
+        <v>1151</v>
       </c>
       <c r="H560" t="s">
-        <v>1366</v>
-[...5 lines deleted...]
-        <v>1364</v>
+        <v>152</v>
+      </c>
+      <c r="I560" t="s">
+        <v>1356</v>
+      </c>
+      <c r="J560">
+        <v>0</v>
       </c>
       <c r="K560" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:11">
       <c r="A561" t="s">
-        <v>1363</v>
+        <v>1350</v>
       </c>
       <c r="B561" t="s">
-        <v>1367</v>
+        <v>1358</v>
       </c>
       <c r="C561" t="s">
-        <v>1368</v>
+        <v>1359</v>
       </c>
       <c r="D561" t="s">
-        <v>445</v>
+        <v>1353</v>
       </c>
       <c r="E561" t="s">
-        <v>446</v>
+        <v>1354</v>
       </c>
       <c r="F561" t="s">
-        <v>447</v>
+        <v>1322</v>
       </c>
       <c r="G561" t="s">
-        <v>918</v>
+        <v>1355</v>
       </c>
       <c r="H561" t="s">
-        <v>1366</v>
+        <v>1328</v>
       </c>
       <c r="I561" t="s">
-        <v>1367</v>
+        <v>1358</v>
       </c>
       <c r="J561">
         <v>0</v>
       </c>
       <c r="K561" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:11">
       <c r="A562" t="s">
-        <v>1369</v>
+        <v>1360</v>
       </c>
       <c r="B562" t="s">
-        <v>1370</v>
+        <v>1361</v>
       </c>
       <c r="C562" t="s">
-        <v>1371</v>
+        <v>1362</v>
       </c>
       <c r="D562" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="E562" t="s">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="F562" t="s">
-        <v>1374</v>
+        <v>1365</v>
       </c>
       <c r="G562" t="s">
-        <v>919</v>
+        <v>1366</v>
       </c>
       <c r="H562" t="s">
-        <v>205</v>
+        <v>1367</v>
       </c>
       <c r="I562">
         <v>0</v>
       </c>
-      <c r="J562" t="s">
-        <v>1370</v>
+      <c r="J562">
+        <v>0</v>
       </c>
       <c r="K562" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:11">
       <c r="A563" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C563" t="s">
         <v>1369</v>
       </c>
-      <c r="B563" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D563" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="E563" t="s">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="F563" t="s">
-        <v>1374</v>
+        <v>1365</v>
       </c>
       <c r="G563" t="s">
-        <v>919</v>
+        <v>1151</v>
       </c>
       <c r="H563" t="s">
-        <v>205</v>
+        <v>1367</v>
       </c>
       <c r="I563" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="J563">
         <v>0</v>
       </c>
       <c r="K563" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:11">
       <c r="A564" t="s">
-        <v>1369</v>
+        <v>1360</v>
       </c>
       <c r="B564" t="s">
-        <v>1378</v>
+        <v>1370</v>
       </c>
       <c r="C564" t="s">
-        <v>1379</v>
+        <v>1371</v>
       </c>
       <c r="D564" t="s">
-        <v>1380</v>
+        <v>1363</v>
       </c>
       <c r="E564" t="s">
-        <v>1381</v>
+        <v>1364</v>
       </c>
       <c r="F564" t="s">
-        <v>1382</v>
+        <v>1365</v>
       </c>
       <c r="G564" t="s">
-        <v>1383</v>
+        <v>1366</v>
       </c>
       <c r="H564" t="s">
-        <v>1384</v>
+        <v>1328</v>
       </c>
       <c r="I564">
         <v>0</v>
       </c>
       <c r="J564">
         <v>0</v>
       </c>
       <c r="K564" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:11">
       <c r="A565" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="B565" t="s">
-        <v>1385</v>
+        <v>1373</v>
       </c>
       <c r="C565" t="s">
-        <v>1386</v>
+        <v>1374</v>
       </c>
       <c r="D565" t="s">
-        <v>1380</v>
+        <v>1183</v>
       </c>
       <c r="E565" t="s">
-        <v>1381</v>
+        <v>1184</v>
       </c>
       <c r="F565" t="s">
-        <v>1382</v>
+        <v>1127</v>
       </c>
       <c r="G565" t="s">
-        <v>1129</v>
+        <v>1375</v>
       </c>
       <c r="H565" t="s">
-        <v>1384</v>
+        <v>152</v>
       </c>
       <c r="I565" t="s">
-        <v>1385</v>
+        <v>1373</v>
       </c>
       <c r="J565">
         <v>0</v>
       </c>
       <c r="K565" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:11">
       <c r="A566" t="s">
-        <v>1369</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>1372</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1376</v>
       </c>
       <c r="C566" t="s">
-        <v>1387</v>
+        <v>1377</v>
       </c>
       <c r="D566" t="s">
-        <v>1380</v>
+        <v>1183</v>
       </c>
       <c r="E566" t="s">
-        <v>1381</v>
+        <v>1184</v>
       </c>
       <c r="F566" t="s">
-        <v>1382</v>
+        <v>1127</v>
       </c>
       <c r="G566" t="s">
-        <v>1383</v>
+        <v>1375</v>
       </c>
       <c r="H566" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>152</v>
+      </c>
+      <c r="I566" t="s">
+        <v>1376</v>
       </c>
       <c r="J566">
         <v>0</v>
       </c>
       <c r="K566" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:11">
       <c r="A567" t="s">
-        <v>1388</v>
+        <v>1378</v>
       </c>
       <c r="B567" t="s">
-        <v>1389</v>
+        <v>1379</v>
       </c>
       <c r="C567" t="s">
-        <v>1390</v>
+        <v>1380</v>
       </c>
       <c r="D567" t="s">
-        <v>1103</v>
+        <v>1137</v>
       </c>
       <c r="E567" t="s">
-        <v>1104</v>
+        <v>1138</v>
       </c>
       <c r="F567" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="G567" t="s">
-        <v>1129</v>
+        <v>1151</v>
       </c>
       <c r="H567" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="I567" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1381</v>
+      </c>
+      <c r="J567" t="s">
+        <v>1382</v>
       </c>
       <c r="K567" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:11">
       <c r="A568" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G568" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H568" t="s">
+        <v>152</v>
+      </c>
+      <c r="I568" t="s">
+        <v>1383</v>
+      </c>
+      <c r="J568">
+        <v>0</v>
+      </c>
+      <c r="K568" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="569" spans="1:11">
+      <c r="A569" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D569" t="s">
+        <v>469</v>
+      </c>
+      <c r="E569" t="s">
+        <v>470</v>
+      </c>
+      <c r="F569" t="s">
+        <v>471</v>
+      </c>
+      <c r="G569" t="s">
+        <v>941</v>
+      </c>
+      <c r="H569" t="s">
         <v>1388</v>
       </c>
-      <c r="B568" t="s">
+      <c r="I569">
+        <v>0</v>
+      </c>
+      <c r="J569" t="s">
+        <v>1386</v>
+      </c>
+      <c r="K569" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="570" spans="1:11">
+      <c r="A570" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D570" t="s">
+        <v>469</v>
+      </c>
+      <c r="E570" t="s">
+        <v>470</v>
+      </c>
+      <c r="F570" t="s">
+        <v>471</v>
+      </c>
+      <c r="G570" t="s">
+        <v>941</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I570" t="s">
+        <v>1389</v>
+      </c>
+      <c r="J570">
+        <v>0</v>
+      </c>
+      <c r="K570" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="571" spans="1:11">
+      <c r="A571" t="s">
         <v>1391</v>
       </c>
-      <c r="C568" t="s">
+      <c r="B571" t="s">
         <v>1392</v>
       </c>
-      <c r="D568" t="s">
-[...14 lines deleted...]
-      <c r="I568" t="s">
+      <c r="C571" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1396</v>
+      </c>
+      <c r="G571" t="s">
+        <v>942</v>
+      </c>
+      <c r="H571" t="s">
+        <v>226</v>
+      </c>
+      <c r="I571">
+        <v>0</v>
+      </c>
+      <c r="J571" t="s">
+        <v>1392</v>
+      </c>
+      <c r="K571" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="572" spans="1:11">
+      <c r="A572" t="s">
         <v>1391</v>
       </c>
-      <c r="J568">
-[...2 lines deleted...]
-      <c r="K568" t="s">
+      <c r="B572" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1396</v>
+      </c>
+      <c r="G572" t="s">
+        <v>942</v>
+      </c>
+      <c r="H572" t="s">
+        <v>226</v>
+      </c>
+      <c r="I572" t="s">
+        <v>1399</v>
+      </c>
+      <c r="J572">
+        <v>0</v>
+      </c>
+      <c r="K572" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="573" spans="1:11">
+      <c r="A573" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G573" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I573">
+        <v>0</v>
+      </c>
+      <c r="J573">
+        <v>0</v>
+      </c>
+      <c r="K573" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="574" spans="1:11">
+      <c r="A574" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F574" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G574" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I574" t="s">
+        <v>1407</v>
+      </c>
+      <c r="J574">
+        <v>0</v>
+      </c>
+      <c r="K574" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="575" spans="1:11">
+      <c r="A575" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B575">
+        <v>877</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F575" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G575" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I575">
+        <v>0</v>
+      </c>
+      <c r="J575">
+        <v>0</v>
+      </c>
+      <c r="K575" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="576" spans="1:11">
+      <c r="A576" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F576" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G576" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H576" t="s">
+        <v>152</v>
+      </c>
+      <c r="I576" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J576">
+        <v>0</v>
+      </c>
+      <c r="K576" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="577" spans="1:11">
+      <c r="A577" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F577" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G577" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H577" t="s">
+        <v>152</v>
+      </c>
+      <c r="I577" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J577">
+        <v>0</v>
+      </c>
+      <c r="K577" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>