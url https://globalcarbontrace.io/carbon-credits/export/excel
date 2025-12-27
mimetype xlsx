--- v2 (2025-12-06)
+++ v3 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1435">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -152,203 +152,245 @@
   <si>
     <t>4,384</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-R-2303-2312-0000001-0004384</t>
   </si>
   <si>
     <t>2023-03-30</t>
   </si>
   <si>
     <t>71,663</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-2-2401-2410-0000001-0071663</t>
   </si>
   <si>
     <t>39,461</t>
   </si>
   <si>
     <t>BCR-AR-755-1-001-2-2303-2312-0000001-0039461</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
+    <t>8,214</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2401-2409-0000001-0008214</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002</t>
+  </si>
+  <si>
+    <t>El Tigre REDD+</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>5,515</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-R-2307-2312-0000001-0005515</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-3-2401-2409-0000001-0008214</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-3-2307-2312-0000001-0005515</t>
+  </si>
+  <si>
+    <t>65,712</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-2-2401-2409-0000001-0065712</t>
+  </si>
+  <si>
+    <t>44,127</t>
+  </si>
+  <si>
+    <t>BCR-CO-259-14-002-2-2307-2312-0000001-0044127</t>
+  </si>
+  <si>
     <t>15,933</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005-R-220101-241231-0000001-0015933</t>
+    <t>BCR-CO-635-14-005-R-2401-2412-0000001-0015933</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005</t>
   </si>
   <si>
     <t>CO2Bio P2-2</t>
   </si>
   <si>
     <t>FUNDACION CATARUBEN</t>
   </si>
   <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>15,528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2301-2312-0000001-0015528</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>18,889</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-R-2201-2212-0000001-0018889</t>
+  </si>
+  <si>
     <t>2022-01-01</t>
   </si>
   <si>
-    <t>2024-12-31</t>
-[...20 lines deleted...]
-    <t>BCR-CO-635-14-005-3-220101-241231-0000001-0018889</t>
+    <t>2022-12-31</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-2401-2412-0000001-0015933</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-2301-2312-0000001-0015528</t>
+  </si>
+  <si>
+    <t>BCR-CO-635-14-005-3-2201-2212-0000001-0018889</t>
   </si>
   <si>
     <t>127,472</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0127472</t>
+    <t>BCR-CO-635-14-005-2-2401-2412-0000001-0127472</t>
   </si>
   <si>
     <t>124,230</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0124230</t>
+    <t>BCR-CO-635-14-005-2-2301-2312-0000001-0124230</t>
   </si>
   <si>
     <t>151,114</t>
   </si>
   <si>
-    <t>BCR-CO-635-14-005-2-220101-241231-0000001-0151114</t>
+    <t>BCR-CO-635-14-005-2-2201-2212-0000001-0151114</t>
   </si>
   <si>
     <t>2025-08-21</t>
   </si>
   <si>
     <t>63,008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2401-2408-0000001-0063008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001</t>
   </si>
   <si>
     <t>DABUCURY REDD+</t>
   </si>
   <si>
-    <t>Terra Commodities S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-08-31</t>
   </si>
   <si>
     <t>90,039</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2301-2312-0000001-0090039</t>
   </si>
   <si>
-    <t>2023-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>61,888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2201-2212-0000001-0061888</t>
   </si>
   <si>
-    <t>2022-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t>15,280</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0015280</t>
   </si>
   <si>
     <t>2021-01-10</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2401-2408-0000001-0063008</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2301-2312-0000001-0090039</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2212-0000001-0061888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0015280</t>
   </si>
   <si>
     <t>504,068</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2401-2408-0000001-0504068</t>
   </si>
   <si>
     <t>720,318</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2301-2312-0000001-0720318</t>
   </si>
   <si>
     <t>495,104</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2212-0000001-0495104</t>
   </si>
   <si>
+    <t>158,474</t>
+  </si>
+  <si>
+    <t>336,630</t>
+  </si>
+  <si>
     <t>122,246</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0122246</t>
   </si>
   <si>
-    <t>83,462</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-08-14</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2401-2408-0000001-0000301</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001</t>
   </si>
   <si>
     <t>Helios Santa Rosa Solar PV Plant</t>
   </si>
   <si>
     <t>Tassaroli S.A.</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2301-2312-0000001-0000379</t>
   </si>
   <si>
     <t>BCR-AR-211-1-001-R-2204-2212-0000001-0000320</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>2,717</t>
@@ -500,69 +542,72 @@
   <si>
     <t>BCR-PA-22-14-001-3-2101-2112-0000001-0249153</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-3-2001-2012-0000001-0245810</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-3-1901-1912-0000001-0231116</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-3-1804-1812-0000001-0167928</t>
   </si>
   <si>
     <t>1,952,039</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-2201-2212-0000001-1952039</t>
   </si>
   <si>
     <t>1,993,224</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-2101-2112-0000001-1993224</t>
   </si>
   <si>
+    <t>1,993,162</t>
+  </si>
+  <si>
     <t>1,966,480</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-2001-2012-0000001-1966480</t>
   </si>
   <si>
     <t>1,848,936</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-1901-1912-0000001-1848936</t>
   </si>
   <si>
     <t>1,343,430</t>
   </si>
   <si>
     <t>BCR-PA-22-14-001-2-1804-1812-0000001-1343430</t>
   </si>
   <si>
-    <t>1,343,413</t>
+    <t>1,343,308</t>
   </si>
   <si>
     <t>2025-07-24</t>
   </si>
   <si>
     <t>26,570</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2301-2312-0000001-0026570</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002</t>
   </si>
   <si>
     <t>CO2Bio Proyecto 2</t>
   </si>
   <si>
     <t>24,172</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2201-2212-0000001-0024172</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2301-2312-0000001-0026570</t>
   </si>
@@ -917,54 +962,54 @@
   <si>
     <t>Proyecto REDD+ MARENA ICHENA- NAG+MA ENOYE RAFUE</t>
   </si>
   <si>
     <t>MAGUARES ZOMAC S.A.S</t>
   </si>
   <si>
     <t>157,901</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-3-1801-1812-0000001-0157901</t>
   </si>
   <si>
     <t>1,612,561</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2201-2212-0000001-1612561</t>
   </si>
   <si>
     <t>1,610,770</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2101-2112-0000001-1610770</t>
   </si>
   <si>
-    <t>771,496</t>
-[...2 lines deleted...]
-    <t>839,274</t>
+    <t>826,496</t>
+  </si>
+  <si>
+    <t>784,274</t>
   </si>
   <si>
     <t>1,565,469</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-2001-2012-0000001-1565469</t>
   </si>
   <si>
     <t>1,492,551</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1901-1912-0000001-1492551</t>
   </si>
   <si>
     <t>1,294,791</t>
   </si>
   <si>
     <t>BCR-CO-338-14-001-2-1801-1812-0000001-1294791</t>
   </si>
   <si>
     <t>4,525</t>
   </si>
   <si>
     <t>1,290,266</t>
   </si>
@@ -1136,74 +1181,80 @@
   <si>
     <t>BCR-CO-635-14-006-3-2101-2112-0000001-0015647</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-2001-2012-0000001-0015408</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-1901-1912-0000001-0015122</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-3-1810-1812-0000001-0003699</t>
   </si>
   <si>
     <t>126,658</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2201-2212-0000001-0126658</t>
   </si>
   <si>
     <t>125,174</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2101-2112-0000001-0125174</t>
   </si>
   <si>
-    <t>1,405</t>
-[...2 lines deleted...]
-    <t>123,769</t>
+    <t>2,750</t>
+  </si>
+  <si>
+    <t>122,424</t>
   </si>
   <si>
     <t>123,266</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-2001-2012-0000001-0123266</t>
   </si>
   <si>
-    <t>1,838</t>
-[...2 lines deleted...]
-    <t>121,428</t>
+    <t>7,681</t>
+  </si>
+  <si>
+    <t>115,585</t>
   </si>
   <si>
     <t>120,975</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1901-1912-0000001-0120975</t>
   </si>
   <si>
+    <t>110,000</t>
+  </si>
+  <si>
+    <t>10,975</t>
+  </si>
+  <si>
     <t>29,593</t>
   </si>
   <si>
     <t>BCR-CO-635-14-006-2-1810-1812-0000001-0029593</t>
   </si>
   <si>
     <t>29,586</t>
   </si>
   <si>
     <t>2024-11-01</t>
   </si>
   <si>
     <t>44,845</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-R-2201-2212-0000001-0044845</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001</t>
   </si>
   <si>
     <t>REDD+ JIGRANTU Project</t>
   </si>
   <si>
     <t>Biotrade SAS</t>
@@ -1238,62 +1289,68 @@
   <si>
     <t>BCR-CO-296-14-001-3-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2001-2012-0000001-0029173</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-1901-1912-0000001-0053279</t>
   </si>
   <si>
     <t>358,786</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0358786</t>
   </si>
   <si>
     <t>357,819</t>
   </si>
   <si>
     <t>197,685</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0197685</t>
   </si>
   <si>
-    <t>34,000</t>
-[...2 lines deleted...]
-    <t>163,685</t>
+    <t>94,000</t>
+  </si>
+  <si>
+    <t>103,685</t>
   </si>
   <si>
     <t>233,381</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
   </si>
   <si>
+    <t>17,000</t>
+  </si>
+  <si>
+    <t>216,381</t>
+  </si>
+  <si>
     <t>426,229</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0426229</t>
   </si>
   <si>
     <t>2,148</t>
   </si>
   <si>
     <t>424,081</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>143,120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-R-2301-2306-0000001-0143120</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005</t>
   </si>
   <si>
     <t>CRIMA Predio Putumayo y Andoque de Aduche REDD+ Project</t>
@@ -1322,56 +1379,50 @@
   <si>
     <t>BCR-CO-259-14-005-2-2301-2306-0000001-1144965</t>
   </si>
   <si>
     <t>1,900,558</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2201-2212-0000001-1900558</t>
   </si>
   <si>
     <t>106,014</t>
   </si>
   <si>
     <t>1,794,544</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
     <t>6,592</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-R-2301-2306-0000001-0006592</t>
   </si>
   <si>
-    <t>BCR-CO-259-14-002</t>
-[...4 lines deleted...]
-  <si>
     <t>15,218</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-R-2201-2212-0000001-0015218</t>
   </si>
   <si>
     <t>14,408</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-R-2101-2112-0000001-0014408</t>
   </si>
   <si>
     <t>6,593</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-3-2301-2306-0000001-0006593</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-3-2201-2212-0000001-0015218</t>
   </si>
   <si>
     <t>BCR-CO-259-14-002-3-2101-2112-0000001-0014408</t>
   </si>
   <si>
     <t>52,743</t>
@@ -1601,54 +1652,54 @@
   <si>
     <t>11,477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2101-2112-0000001-0011477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2001-2012-0000001-0011347</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1901-1912-0000001-0011093</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1801-1812-0000001-0010668</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1708-1712-0000001-0003177</t>
   </si>
   <si>
     <t>91,818</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0000001-0091818</t>
   </si>
   <si>
-    <t>8,846</t>
-[...2 lines deleted...]
-    <t>82,972</t>
+    <t>17,901</t>
+  </si>
+  <si>
+    <t>73,917</t>
   </si>
   <si>
     <t>90,778</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0000001-0090778</t>
   </si>
   <si>
     <t>14,329</t>
   </si>
   <si>
     <t>76,449</t>
   </si>
   <si>
     <t>88,743</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1901-1912-0000001-0088743</t>
   </si>
   <si>
     <t>88,207</t>
   </si>
   <si>
     <t>85,343</t>
   </si>
@@ -1838,50 +1889,53 @@
   <si>
     <t>BCR-CO-635-14-005-R-1901-1912-0000001-0020058</t>
   </si>
   <si>
     <t>18,443</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-R-1801-1812-0000001-0018443</t>
   </si>
   <si>
     <t>2018-01-15</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-2101-2112-0000001-0021268</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-2001-2012-0000001-0020726</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-1901-1912-0000001-0020058</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-3-1801-1812-0000001-0018443</t>
   </si>
   <si>
+    <t>17,848</t>
+  </si>
+  <si>
     <t>170,146</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2101-2112-0000001-0170146</t>
   </si>
   <si>
     <t>22,691</t>
   </si>
   <si>
     <t>147,455</t>
   </si>
   <si>
     <t>165,810</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-2001-2012-0000001-0165810</t>
   </si>
   <si>
     <t>165,809</t>
   </si>
   <si>
     <t>160,465</t>
   </si>
   <si>
     <t>BCR-CO-635-14-005-2-1901-1912-0000001-0160465</t>
@@ -2072,50 +2126,56 @@
   <si>
     <t>PCR-CO-319-141-001-R-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>2019-01-15</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>76,193</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2001-2012-0000001-0019157</t>
   </si>
   <si>
     <t>19,156</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0000001-0018125</t>
   </si>
   <si>
+    <t>1,638</t>
+  </si>
+  <si>
+    <t>16,487</t>
+  </si>
+  <si>
     <t>311,653</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0000001-0311653</t>
   </si>
   <si>
     <t>609,554</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0609554</t>
   </si>
   <si>
     <t>584,962</t>
   </si>
   <si>
     <t>24,592</t>
   </si>
   <si>
     <t>153,259</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0000001-0153259</t>
   </si>
   <si>
     <t>122,842</t>
@@ -2129,144 +2189,144 @@
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0000001-0144998</t>
   </si>
   <si>
     <t>2023-05-18</t>
   </si>
   <si>
     <t>9,988</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2201-2212-0000001-0009988</t>
   </si>
   <si>
     <t>34,557</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-R-2101-2112-0000001-0034557</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2201-2212-0000001-0009988</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-3-2101-2112-0000001-0034557</t>
   </si>
   <si>
-    <t>9,665</t>
-[...2 lines deleted...]
-    <t>24,892</t>
+    <t>10,107</t>
+  </si>
+  <si>
+    <t>24,450</t>
   </si>
   <si>
     <t>79,903</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2201-2212-0000001-0079903</t>
   </si>
   <si>
     <t>276,456</t>
   </si>
   <si>
     <t>PCR-CO-635-141-002-2-2101-2112-0000001-0276456</t>
   </si>
   <si>
-    <t>203,692</t>
-[...2 lines deleted...]
-    <t>72,764</t>
+    <t>229,613</t>
+  </si>
+  <si>
+    <t>46,843</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>10,650</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-R-2101-2112-0000001-0010650</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001</t>
   </si>
   <si>
     <t>Putumayo REDD+</t>
   </si>
   <si>
     <t>Fondo FORE</t>
   </si>
   <si>
     <t>10,411</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-R-2010-2012-0000001-0010411</t>
   </si>
   <si>
     <t>2020-10-01</t>
   </si>
   <si>
     <t>10,651</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-3-2101-2112-0000001-0010651</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-3-2010-2012-0000001-0010411</t>
   </si>
   <si>
     <t>85,206</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-2-2101-2112-0000001-0085206</t>
   </si>
   <si>
-    <t>53,617</t>
-[...2 lines deleted...]
-    <t>31,589</t>
+    <t>74,110</t>
+  </si>
+  <si>
+    <t>11,096</t>
   </si>
   <si>
     <t>83,287</t>
   </si>
   <si>
     <t>BCR-CO-665-14-001-2-2010-2012-0000001-0083287</t>
   </si>
   <si>
     <t>2023-02-27</t>
   </si>
   <si>
     <t>21,628</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2201-2210-0000001-0021628</t>
   </si>
   <si>
     <t>2022-10-02</t>
   </si>
   <si>
-    <t>8,223</t>
-[...2 lines deleted...]
-    <t>13,405</t>
+    <t>8,285</t>
+  </si>
+  <si>
+    <t>13,343</t>
   </si>
   <si>
     <t>122,560</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2201-2210-0000001-0122560</t>
   </si>
   <si>
     <t>122,226</t>
   </si>
   <si>
     <t>2022-12-13</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-3-2101-2109-0000001-0015832</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001</t>
   </si>
   <si>
     <t>Commercial reforestation on lands dedicated to extensive cattle grazing activities in the region of Magdalena Bajo Seco</t>
   </si>
   <si>
     <t>ONF INTERNATIONAL</t>
   </si>
@@ -2495,54 +2555,54 @@
   <si>
     <t>6,730</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1401-1412-0000001-0006730</t>
   </si>
   <si>
     <t>2,584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1301-1312-0000001-0002584</t>
   </si>
   <si>
     <t>BCR-CO-173-14-001-2-1206-1212-0000001-0000382</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
-    <t>293,992</t>
-[...2 lines deleted...]
-    <t>29,071</t>
+    <t>298,041</t>
+  </si>
+  <si>
+    <t>25,022</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>295,934</t>
   </si>
   <si>
     <t>4,324</t>
   </si>
   <si>
     <t>285,843</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1801-1812-0000001-0285843</t>
   </si>
@@ -3476,51 +3536,51 @@
   <si>
     <t>PCR-CO-BFX-14-002-3-1401-1412-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1301-1312-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1201-1212-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1101-1112-0000001-0002259</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-3-1001-1012-0000001-0002259</t>
   </si>
   <si>
     <t>2010-01-01</t>
   </si>
   <si>
     <t>203,230</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-2001-2012-0000001-0203230</t>
   </si>
   <si>
-    <t>202,731</t>
+    <t>202,971</t>
   </si>
   <si>
     <t>204,898</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1901-1912-0000001-0204898</t>
   </si>
   <si>
     <t>203,570</t>
   </si>
   <si>
     <t>1,328</t>
   </si>
   <si>
     <t>12,803</t>
   </si>
   <si>
     <t>PCR-CO-BFX-14-002-2-1801-1812-0000001-0012803</t>
   </si>
   <si>
     <t>1,533</t>
   </si>
   <si>
     <t>11,270</t>
   </si>
@@ -3617,51 +3677,51 @@
   <si>
     <t>31,095</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1701-1712-0000001-0031095</t>
   </si>
   <si>
     <t>30,238</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1601-1612-0000001-0030238</t>
   </si>
   <si>
     <t>29,381</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1501-1512-0000001-0029381</t>
   </si>
   <si>
     <t>28,524</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1401-1412-0000001-0028524</t>
   </si>
   <si>
-    <t>28,325</t>
+    <t>28,342</t>
   </si>
   <si>
     <t>27,667</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1301-1312-0000001-0027667</t>
   </si>
   <si>
     <t>26,810</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1201-1212-0000001-0026810</t>
   </si>
   <si>
     <t>25,953</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1101-1112-0000001-0025953</t>
   </si>
   <si>
     <t>25,096</t>
   </si>
   <si>
     <t>PCR-CO-FU-14-001-3-1009-1012-0000001-0025096</t>
   </si>
@@ -4604,54 +4664,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K577"/>
+  <dimension ref="A1:K583"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C577" sqref="C577"/>
+      <selection activeCell="C583" sqref="C583"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -5017,19837 +5077,20047 @@
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>50</v>
       </c>
       <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" t="s">
         <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H13" t="s">
+        <v>23</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>49</v>
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" t="s">
         <v>51</v>
       </c>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H15" t="s">
+        <v>23</v>
+      </c>
+      <c r="I15">
+        <v>0</v>
+      </c>
+      <c r="J15" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>50</v>
       </c>
       <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" t="s">
         <v>51</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="K16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17" t="s">
         <v>50</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H17" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="K17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" t="s">
+        <v>66</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18" t="s">
         <v>61</v>
-      </c>
-[...19 lines deleted...]
-        <v>60</v>
       </c>
       <c r="K18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
         <v>63</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F19" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="H19" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="K19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
         <v>64</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
         <v>65</v>
       </c>
-      <c r="D20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H20" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="K20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="K21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H22" t="s">
         <v>23</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" t="s">
         <v>76</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E23" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" t="s">
+        <v>65</v>
+      </c>
+      <c r="G23" t="s">
+        <v>72</v>
+      </c>
+      <c r="H23" t="s">
+        <v>73</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="J23" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
       <c r="K23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" t="s">
+        <v>77</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F24" t="s">
+        <v>65</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" t="s">
         <v>66</v>
       </c>
-      <c r="B24" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>65</v>
+      </c>
+      <c r="G25" t="s">
         <v>69</v>
       </c>
-      <c r="E25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H25" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="K25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>65</v>
+      </c>
+      <c r="G26" t="s">
+        <v>72</v>
+      </c>
+      <c r="H26" t="s">
         <v>73</v>
       </c>
-      <c r="C26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="K26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="C27" t="s">
         <v>85</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F27" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G27" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="K27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C28" t="s">
+        <v>90</v>
+      </c>
+      <c r="D28" t="s">
         <v>86</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
+        <v>87</v>
+      </c>
+      <c r="F28" t="s">
+        <v>50</v>
+      </c>
+      <c r="G28" t="s">
         <v>69</v>
       </c>
-      <c r="E28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="K28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B29" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29" t="s">
+        <v>86</v>
+      </c>
+      <c r="E29" t="s">
         <v>87</v>
       </c>
-      <c r="C29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G29" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="H29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="K29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D30" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E30" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F30" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G30" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="H30" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="K30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D31" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G31" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="H31" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="K31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D32" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" t="s">
+        <v>87</v>
+      </c>
+      <c r="F32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G32" t="s">
         <v>69</v>
       </c>
-      <c r="E32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>23</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
       </c>
       <c r="J32" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="K32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>83</v>
+      </c>
+      <c r="B33" t="s">
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D33" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="F33" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="G33" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="H33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
-      <c r="J33">
-        <v>301</v>
+      <c r="J33" t="s">
+        <v>91</v>
       </c>
       <c r="K33" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>83</v>
+      </c>
+      <c r="B34" t="s">
+        <v>93</v>
       </c>
       <c r="C34" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E34" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="F34" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="G34" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="H34" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
-      <c r="J34">
-        <v>379</v>
+      <c r="J34" t="s">
+        <v>93</v>
       </c>
       <c r="K34" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>83</v>
+      </c>
+      <c r="B35" t="s">
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E35" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="F35" t="s">
+        <v>50</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" t="s">
+        <v>88</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35" t="s">
         <v>101</v>
       </c>
-      <c r="G35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D36" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E36" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="F36" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="G36" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="H36" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="K36" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="B37" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" t="s">
+        <v>86</v>
+      </c>
+      <c r="E37" t="s">
+        <v>87</v>
+      </c>
+      <c r="F37" t="s">
+        <v>50</v>
+      </c>
+      <c r="G37" t="s">
+        <v>72</v>
+      </c>
+      <c r="H37" t="s">
+        <v>73</v>
+      </c>
+      <c r="I37" t="s">
         <v>107</v>
       </c>
-      <c r="C37" t="s">
+      <c r="J37" t="s">
         <v>108</v>
       </c>
-      <c r="D37" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K37" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" t="s">
         <v>110</v>
       </c>
       <c r="D38" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E38" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="G38" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="H38" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="J38" t="s">
+        <v>96</v>
+      </c>
+      <c r="I38" t="s">
         <v>109</v>
       </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
       <c r="K38" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>111</v>
       </c>
       <c r="B39">
-        <v>546</v>
+        <v>301</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>113</v>
       </c>
       <c r="E39" t="s">
         <v>114</v>
       </c>
       <c r="F39" t="s">
         <v>115</v>
       </c>
       <c r="G39" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="H39" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
-        <v>546</v>
+        <v>301</v>
       </c>
       <c r="K39" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>111</v>
       </c>
-      <c r="B40" t="s">
-        <v>117</v>
+      <c r="B40">
+        <v>379</v>
       </c>
       <c r="C40" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
         <v>113</v>
       </c>
       <c r="E40" t="s">
         <v>114</v>
       </c>
       <c r="F40" t="s">
         <v>115</v>
       </c>
       <c r="G40" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
-      <c r="J40" t="s">
-        <v>117</v>
+      <c r="J40">
+        <v>379</v>
       </c>
       <c r="K40" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>111</v>
       </c>
-      <c r="B41" t="s">
+      <c r="B41">
+        <v>320</v>
+      </c>
+      <c r="C41" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D41" t="s">
         <v>113</v>
       </c>
       <c r="E41" t="s">
         <v>114</v>
       </c>
       <c r="F41" t="s">
         <v>115</v>
       </c>
       <c r="G41" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="H41" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
-      <c r="J41" t="s">
-        <v>117</v>
+      <c r="J41">
+        <v>320</v>
       </c>
       <c r="K41" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D42" t="s">
         <v>113</v>
       </c>
       <c r="E42" t="s">
         <v>114</v>
       </c>
       <c r="F42" t="s">
         <v>115</v>
       </c>
       <c r="G42" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="H42" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="K42" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>111</v>
       </c>
-      <c r="B43">
-        <v>546</v>
+      <c r="B43" t="s">
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
         <v>113</v>
       </c>
       <c r="E43" t="s">
         <v>114</v>
       </c>
       <c r="F43" t="s">
         <v>115</v>
       </c>
       <c r="G43" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H43" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
-      <c r="J43">
-        <v>546</v>
+      <c r="J43" t="s">
+        <v>121</v>
       </c>
       <c r="K43" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C44" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D44" t="s">
         <v>113</v>
       </c>
       <c r="E44" t="s">
         <v>114</v>
       </c>
       <c r="F44" t="s">
         <v>115</v>
       </c>
       <c r="G44" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="H44" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I44">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="K44" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>125</v>
+      </c>
+      <c r="B45">
+        <v>546</v>
       </c>
       <c r="C45" t="s">
         <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E45" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F45" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G45" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H45" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
-      <c r="J45" t="s">
-        <v>117</v>
+      <c r="J45">
+        <v>546</v>
       </c>
       <c r="K45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
+        <v>132</v>
+      </c>
+      <c r="D46" t="s">
         <v>127</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F46" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G46" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H46" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="K46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="B47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" t="s">
+        <v>133</v>
+      </c>
+      <c r="D47" t="s">
+        <v>127</v>
+      </c>
+      <c r="E47" t="s">
         <v>128</v>
       </c>
-      <c r="C47" t="s">
+      <c r="F47" t="s">
         <v>129</v>
       </c>
-      <c r="D47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H47" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="K47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" t="s">
+        <v>127</v>
+      </c>
+      <c r="E48" t="s">
+        <v>128</v>
+      </c>
+      <c r="F48" t="s">
+        <v>129</v>
+      </c>
+      <c r="G48" t="s">
+        <v>136</v>
+      </c>
+      <c r="H48" t="s">
+        <v>137</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="J48" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
       <c r="K48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="B49" t="s">
+        <v>125</v>
+      </c>
+      <c r="B49">
+        <v>546</v>
+      </c>
+      <c r="C49" t="s">
+        <v>138</v>
+      </c>
+      <c r="D49" t="s">
+        <v>127</v>
+      </c>
+      <c r="E49" t="s">
+        <v>128</v>
+      </c>
+      <c r="F49" t="s">
+        <v>129</v>
+      </c>
+      <c r="G49" t="s">
+        <v>69</v>
+      </c>
+      <c r="H49" t="s">
         <v>130</v>
       </c>
-      <c r="C49" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I49">
         <v>0</v>
       </c>
-      <c r="J49" t="s">
-        <v>130</v>
+      <c r="J49">
+        <v>546</v>
       </c>
       <c r="K49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="B50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C50" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D50" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E50" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F50" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G50" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H50" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I50">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" t="s">
+        <v>140</v>
+      </c>
+      <c r="D51" t="s">
+        <v>127</v>
+      </c>
+      <c r="E51" t="s">
+        <v>128</v>
+      </c>
+      <c r="F51" t="s">
+        <v>129</v>
+      </c>
+      <c r="G51" t="s">
         <v>134</v>
       </c>
-      <c r="B51" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H51" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="I51">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="K51" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B52" t="s">
+        <v>131</v>
+      </c>
+      <c r="C52" t="s">
         <v>141</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
+        <v>127</v>
+      </c>
+      <c r="E52" t="s">
+        <v>128</v>
+      </c>
+      <c r="F52" t="s">
+        <v>129</v>
+      </c>
+      <c r="G52" t="s">
+        <v>136</v>
+      </c>
+      <c r="H52" t="s">
         <v>137</v>
       </c>
-      <c r="E52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I52">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="K52" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B53" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" t="s">
         <v>143</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="E53" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="F53" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="G53" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="H53" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K53" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B54" t="s">
+        <v>144</v>
+      </c>
+      <c r="C54" t="s">
         <v>145</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="E54" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="F54" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="G54" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="H54" t="s">
-        <v>148</v>
+        <v>73</v>
       </c>
       <c r="I54">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K54" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
+        <v>125</v>
+      </c>
+      <c r="B55" t="s">
+        <v>144</v>
+      </c>
+      <c r="C55" t="s">
+        <v>146</v>
+      </c>
+      <c r="D55" t="s">
+        <v>127</v>
+      </c>
+      <c r="E55" t="s">
+        <v>128</v>
+      </c>
+      <c r="F55" t="s">
+        <v>129</v>
+      </c>
+      <c r="G55" t="s">
         <v>134</v>
       </c>
-      <c r="B55" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H55" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="K55" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B56" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="C56" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D56" t="s">
+        <v>127</v>
+      </c>
+      <c r="E56" t="s">
+        <v>128</v>
+      </c>
+      <c r="F56" t="s">
+        <v>129</v>
+      </c>
+      <c r="G56" t="s">
+        <v>136</v>
+      </c>
+      <c r="H56" t="s">
         <v>137</v>
       </c>
-      <c r="E56" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I56">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="K56" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="C57" t="s">
+        <v>150</v>
+      </c>
+      <c r="D57" t="s">
+        <v>151</v>
+      </c>
+      <c r="E57" t="s">
+        <v>152</v>
+      </c>
+      <c r="F57" t="s">
+        <v>153</v>
+      </c>
+      <c r="G57" t="s">
+        <v>72</v>
+      </c>
+      <c r="H57" t="s">
+        <v>73</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57" t="s">
+        <v>149</v>
+      </c>
+      <c r="K57" t="s">
         <v>154</v>
-      </c>
-[...22 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
+        <v>148</v>
+      </c>
+      <c r="B58" t="s">
+        <v>155</v>
+      </c>
+      <c r="C58" t="s">
+        <v>156</v>
+      </c>
+      <c r="D58" t="s">
+        <v>151</v>
+      </c>
+      <c r="E58" t="s">
+        <v>152</v>
+      </c>
+      <c r="F58" t="s">
+        <v>153</v>
+      </c>
+      <c r="G58" t="s">
         <v>134</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="H58" t="s">
+        <v>96</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58" t="s">
         <v>155</v>
       </c>
-      <c r="D58" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="C59" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D59" t="s">
+        <v>151</v>
+      </c>
+      <c r="E59" t="s">
+        <v>152</v>
+      </c>
+      <c r="F59" t="s">
+        <v>153</v>
+      </c>
+      <c r="G59" t="s">
+        <v>136</v>
+      </c>
+      <c r="H59" t="s">
         <v>137</v>
       </c>
-      <c r="E59" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="K59" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B60" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C60" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D60" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="E60" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="F60" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="G60" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="H60" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="K60" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B61" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C61" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D61" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="E61" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="F61" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="G61" t="s">
-        <v>51</v>
+        <v>165</v>
       </c>
       <c r="H61" t="s">
-        <v>78</v>
+        <v>166</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="K61" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="C62" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D62" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="E62" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="F62" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="G62" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H62" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="K62" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
+        <v>148</v>
+      </c>
+      <c r="B63" t="s">
+        <v>155</v>
+      </c>
+      <c r="C63" t="s">
+        <v>168</v>
+      </c>
+      <c r="D63" t="s">
+        <v>151</v>
+      </c>
+      <c r="E63" t="s">
+        <v>152</v>
+      </c>
+      <c r="F63" t="s">
+        <v>153</v>
+      </c>
+      <c r="G63" t="s">
         <v>134</v>
       </c>
-      <c r="B63" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H63" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="K63" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B64" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C64" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D64" t="s">
+        <v>151</v>
+      </c>
+      <c r="E64" t="s">
+        <v>152</v>
+      </c>
+      <c r="F64" t="s">
+        <v>153</v>
+      </c>
+      <c r="G64" t="s">
+        <v>136</v>
+      </c>
+      <c r="H64" t="s">
         <v>137</v>
       </c>
-      <c r="E64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="K64" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="B65" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D65" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="E65" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="F65" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="G65" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="H65" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I65">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="K65" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B66" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="C66" t="s">
         <v>171</v>
       </c>
       <c r="D66" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="E66" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="F66" t="s">
-        <v>50</v>
+        <v>153</v>
       </c>
       <c r="G66" t="s">
-        <v>75</v>
+        <v>165</v>
       </c>
       <c r="H66" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="I66">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="K66" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B67" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C67" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D67" t="s">
+        <v>151</v>
+      </c>
+      <c r="E67" t="s">
+        <v>152</v>
+      </c>
+      <c r="F67" t="s">
+        <v>153</v>
+      </c>
+      <c r="G67" t="s">
+        <v>72</v>
+      </c>
+      <c r="H67" t="s">
+        <v>73</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
+      </c>
+      <c r="J67" t="s">
         <v>172</v>
       </c>
-      <c r="E67" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K67" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B68" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C68" t="s">
+        <v>175</v>
+      </c>
+      <c r="D68" t="s">
+        <v>151</v>
+      </c>
+      <c r="E68" t="s">
+        <v>152</v>
+      </c>
+      <c r="F68" t="s">
+        <v>153</v>
+      </c>
+      <c r="G68" t="s">
+        <v>134</v>
+      </c>
+      <c r="H68" t="s">
+        <v>96</v>
+      </c>
+      <c r="I68">
+        <v>62</v>
+      </c>
+      <c r="J68" t="s">
         <v>176</v>
       </c>
-      <c r="D68" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K68" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
+        <v>178</v>
+      </c>
+      <c r="D69" t="s">
+        <v>151</v>
+      </c>
+      <c r="E69" t="s">
+        <v>152</v>
+      </c>
+      <c r="F69" t="s">
+        <v>153</v>
+      </c>
+      <c r="G69" t="s">
+        <v>136</v>
+      </c>
+      <c r="H69" t="s">
+        <v>137</v>
+      </c>
+      <c r="I69">
+        <v>0</v>
+      </c>
+      <c r="J69" t="s">
         <v>177</v>
       </c>
-      <c r="D69" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K69" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C70" t="s">
+        <v>180</v>
+      </c>
+      <c r="D70" t="s">
+        <v>151</v>
+      </c>
+      <c r="E70" t="s">
+        <v>152</v>
+      </c>
+      <c r="F70" t="s">
+        <v>153</v>
+      </c>
+      <c r="G70" t="s">
+        <v>161</v>
+      </c>
+      <c r="H70" t="s">
+        <v>162</v>
+      </c>
+      <c r="I70">
+        <v>0</v>
+      </c>
+      <c r="J70" t="s">
         <v>179</v>
       </c>
-      <c r="D70" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K70" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C71" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D71" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="E71" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="F71" t="s">
-        <v>50</v>
+        <v>153</v>
       </c>
       <c r="G71" t="s">
-        <v>51</v>
+        <v>165</v>
       </c>
       <c r="H71" t="s">
-        <v>78</v>
+        <v>166</v>
       </c>
       <c r="I71">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="J71" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="K71" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B72" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D72" t="s">
+        <v>187</v>
+      </c>
+      <c r="E72" t="s">
+        <v>188</v>
+      </c>
+      <c r="F72" t="s">
+        <v>65</v>
+      </c>
+      <c r="G72" t="s">
+        <v>69</v>
+      </c>
+      <c r="H72" t="s">
+        <v>23</v>
+      </c>
+      <c r="I72">
+        <v>0</v>
+      </c>
+      <c r="J72" t="s">
         <v>185</v>
       </c>
-      <c r="E72" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K72" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B73" t="s">
         <v>189</v>
       </c>
       <c r="C73" t="s">
         <v>190</v>
       </c>
       <c r="D73" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E73" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F73" t="s">
-        <v>187</v>
+        <v>65</v>
       </c>
       <c r="G73" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H73" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I73">
         <v>0</v>
       </c>
       <c r="J73" t="s">
         <v>189</v>
       </c>
       <c r="K73" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B74" t="s">
+        <v>185</v>
+      </c>
+      <c r="C74" t="s">
         <v>191</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
+        <v>187</v>
+      </c>
+      <c r="E74" t="s">
+        <v>188</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+      <c r="G74" t="s">
+        <v>69</v>
+      </c>
+      <c r="H74" t="s">
+        <v>23</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
+      </c>
+      <c r="J74" t="s">
         <v>185</v>
       </c>
-      <c r="E74" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K74" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B75" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C75" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D75" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E75" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F75" t="s">
-        <v>187</v>
+        <v>65</v>
       </c>
       <c r="G75" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="H75" t="s">
-        <v>148</v>
+        <v>73</v>
       </c>
       <c r="I75">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="K75" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>184</v>
+      </c>
+      <c r="B76" t="s">
+        <v>193</v>
       </c>
       <c r="C76" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D76" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E76" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F76" t="s">
-        <v>187</v>
+        <v>65</v>
       </c>
       <c r="G76" t="s">
-        <v>196</v>
+        <v>69</v>
       </c>
       <c r="H76" t="s">
-        <v>152</v>
+        <v>23</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
-      <c r="J76">
-        <v>952</v>
+      <c r="J76" t="s">
+        <v>193</v>
       </c>
       <c r="K76" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B77" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C77" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D77" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E77" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F77" t="s">
-        <v>187</v>
+        <v>65</v>
       </c>
       <c r="G77" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H77" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="K77" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B78" t="s">
+        <v>198</v>
+      </c>
+      <c r="C78" t="s">
         <v>199</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>200</v>
       </c>
-      <c r="D78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="F78" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="G78" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H78" t="s">
-        <v>82</v>
+        <v>203</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K78" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B79" t="s">
+        <v>204</v>
+      </c>
+      <c r="C79" t="s">
+        <v>205</v>
+      </c>
+      <c r="D79" t="s">
+        <v>200</v>
+      </c>
+      <c r="E79" t="s">
         <v>201</v>
       </c>
-      <c r="C79" t="s">
+      <c r="F79" t="s">
         <v>202</v>
       </c>
-      <c r="D79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H79" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="K79" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B80" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C80" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="E80" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="F80" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="G80" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H80" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I80">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="K80" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B81" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C81" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D81" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="E81" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="F81" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="G81" t="s">
-        <v>196</v>
+        <v>161</v>
       </c>
       <c r="H81" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="K81" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>197</v>
+      </c>
+      <c r="B82">
+        <v>952</v>
       </c>
       <c r="C82" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D82" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E82" t="s">
+        <v>201</v>
+      </c>
+      <c r="F82" t="s">
+        <v>202</v>
+      </c>
+      <c r="G82" t="s">
         <v>211</v>
       </c>
-      <c r="F82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H82" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
-      <c r="J82" t="s">
-        <v>208</v>
+      <c r="J82">
+        <v>952</v>
       </c>
       <c r="K82" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B83" t="s">
+        <v>212</v>
+      </c>
+      <c r="C83" t="s">
         <v>213</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E83" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="F83" t="s">
+        <v>202</v>
+      </c>
+      <c r="G83" t="s">
+        <v>72</v>
+      </c>
+      <c r="H83" t="s">
+        <v>203</v>
+      </c>
+      <c r="I83">
+        <v>0</v>
+      </c>
+      <c r="J83" t="s">
         <v>212</v>
       </c>
-      <c r="G83" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K83" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B84" t="s">
+        <v>214</v>
+      </c>
+      <c r="C84" t="s">
         <v>215</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E84" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="F84" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G84" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H84" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="K84" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B85" t="s">
+        <v>216</v>
+      </c>
+      <c r="C85" t="s">
         <v>217</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E85" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="F85" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G85" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H85" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="I85">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="K85" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B86" t="s">
+        <v>218</v>
+      </c>
+      <c r="C86" t="s">
         <v>219</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E86" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="F86" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G86" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H86" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="K86" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B87" t="s">
+        <v>220</v>
+      </c>
+      <c r="C87" t="s">
         <v>221</v>
       </c>
-      <c r="C87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E87" t="s">
+        <v>201</v>
+      </c>
+      <c r="F87" t="s">
+        <v>202</v>
+      </c>
+      <c r="G87" t="s">
         <v>211</v>
       </c>
-      <c r="F87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H87" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I87">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="K87" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>222</v>
+      </c>
+      <c r="B88" t="s">
+        <v>223</v>
       </c>
       <c r="C88" t="s">
         <v>224</v>
       </c>
       <c r="D88" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E88" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F88" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G88" t="s">
-        <v>225</v>
+        <v>69</v>
       </c>
       <c r="H88" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
-      <c r="J88">
-        <v>487</v>
+      <c r="J88" t="s">
+        <v>223</v>
       </c>
       <c r="K88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>222</v>
+      </c>
+      <c r="B89" t="s">
+        <v>228</v>
       </c>
       <c r="C89" t="s">
+        <v>229</v>
+      </c>
+      <c r="D89" t="s">
+        <v>225</v>
+      </c>
+      <c r="E89" t="s">
+        <v>226</v>
+      </c>
+      <c r="F89" t="s">
         <v>227</v>
       </c>
-      <c r="D89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G89" t="s">
+        <v>72</v>
+      </c>
+      <c r="H89" t="s">
+        <v>73</v>
+      </c>
+      <c r="I89">
+        <v>0</v>
+      </c>
+      <c r="J89" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="K89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B90" t="s">
-        <v>208</v>
+        <v>230</v>
       </c>
       <c r="C90" t="s">
+        <v>231</v>
+      </c>
+      <c r="D90" t="s">
+        <v>225</v>
+      </c>
+      <c r="E90" t="s">
+        <v>226</v>
+      </c>
+      <c r="F90" t="s">
+        <v>227</v>
+      </c>
+      <c r="G90" t="s">
+        <v>134</v>
+      </c>
+      <c r="H90" t="s">
+        <v>96</v>
+      </c>
+      <c r="I90">
+        <v>0</v>
+      </c>
+      <c r="J90" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>208</v>
       </c>
       <c r="K90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B91" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="C91" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D91" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E91" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F91" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G91" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H91" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="K91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B92" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="C92" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D92" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E92" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F92" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G92" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H92" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I92">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="K92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B93" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="C93" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D93" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E93" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F93" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G93" t="s">
-        <v>122</v>
+        <v>238</v>
       </c>
       <c r="H93" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="K93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>222</v>
+      </c>
+      <c r="B94">
+        <v>487</v>
       </c>
       <c r="C94" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D94" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E94" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F94" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G94" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="H94" t="s">
-        <v>148</v>
+        <v>241</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
-      <c r="J94" t="s">
-        <v>219</v>
+      <c r="J94">
+        <v>487</v>
       </c>
       <c r="K94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>222</v>
+      </c>
+      <c r="B95">
+        <v>71</v>
       </c>
       <c r="C95" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="D95" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E95" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F95" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G95" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="H95" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
-      <c r="J95" t="s">
-        <v>221</v>
+      <c r="J95">
+        <v>71</v>
       </c>
       <c r="K95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>222</v>
+      </c>
+      <c r="B96" t="s">
+        <v>223</v>
       </c>
       <c r="C96" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="D96" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E96" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F96" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G96" t="s">
-        <v>225</v>
+        <v>69</v>
       </c>
       <c r="H96" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="I96">
         <v>0</v>
       </c>
-      <c r="J96">
-        <v>487</v>
+      <c r="J96" t="s">
+        <v>223</v>
       </c>
       <c r="K96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>222</v>
+      </c>
+      <c r="B97" t="s">
+        <v>228</v>
       </c>
       <c r="C97" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="D97" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E97" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F97" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G97" t="s">
+        <v>72</v>
+      </c>
+      <c r="H97" t="s">
+        <v>73</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
+      </c>
+      <c r="J97" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="K97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B98" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="C98" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D98" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E98" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F98" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G98" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H98" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="K98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B99" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="C99" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="D99" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E99" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F99" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G99" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H99" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="K99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B100" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="C100" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="D100" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E100" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F100" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G100" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H100" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I100">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="K100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B101" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="C101" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D101" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E101" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F101" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G101" t="s">
-        <v>122</v>
+        <v>238</v>
       </c>
       <c r="H101" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I101">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="K101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>222</v>
+      </c>
+      <c r="B102">
+        <v>487</v>
       </c>
       <c r="C102" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D102" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E102" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F102" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G102" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="H102" t="s">
-        <v>148</v>
+        <v>241</v>
       </c>
       <c r="I102">
         <v>0</v>
       </c>
-      <c r="J102" t="s">
-        <v>246</v>
+      <c r="J102">
+        <v>487</v>
       </c>
       <c r="K102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>222</v>
+      </c>
+      <c r="B103">
+        <v>71</v>
       </c>
       <c r="C103" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D103" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E103" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F103" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G103" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="H103" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
-      <c r="J103" t="s">
-        <v>248</v>
+      <c r="J103">
+        <v>71</v>
       </c>
       <c r="K103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="B104" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C104" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D104" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E104" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F104" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G104" t="s">
-        <v>225</v>
+        <v>69</v>
       </c>
       <c r="H104" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="I104">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="K104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>222</v>
+      </c>
+      <c r="B105" t="s">
+        <v>255</v>
       </c>
       <c r="C105" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D105" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E105" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="F105" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="G105" t="s">
-        <v>228</v>
+        <v>72</v>
       </c>
       <c r="H105" t="s">
-        <v>229</v>
+        <v>73</v>
       </c>
       <c r="I105">
         <v>0</v>
       </c>
-      <c r="J105">
-        <v>575</v>
+      <c r="J105" t="s">
+        <v>255</v>
       </c>
       <c r="K105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="B106" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C106" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D106" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="E106" t="s">
+        <v>226</v>
+      </c>
+      <c r="F106" t="s">
+        <v>227</v>
+      </c>
+      <c r="G106" t="s">
+        <v>134</v>
+      </c>
+      <c r="H106" t="s">
+        <v>96</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
+      </c>
+      <c r="J106" t="s">
         <v>257</v>
-      </c>
-[...13 lines deleted...]
-        <v>254</v>
       </c>
       <c r="K106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="B107" t="s">
         <v>259</v>
       </c>
       <c r="C107" t="s">
         <v>260</v>
       </c>
       <c r="D107" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="E107" t="s">
-        <v>257</v>
+        <v>226</v>
       </c>
       <c r="F107" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="G107" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H107" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107" t="s">
         <v>259</v>
       </c>
       <c r="K107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="B108" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C108" t="s">
+        <v>262</v>
+      </c>
+      <c r="D108" t="s">
+        <v>225</v>
+      </c>
+      <c r="E108" t="s">
+        <v>226</v>
+      </c>
+      <c r="F108" t="s">
+        <v>227</v>
+      </c>
+      <c r="G108" t="s">
+        <v>161</v>
+      </c>
+      <c r="H108" t="s">
+        <v>162</v>
+      </c>
+      <c r="I108">
+        <v>0</v>
+      </c>
+      <c r="J108" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>254</v>
       </c>
       <c r="K108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="B109" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C109" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D109" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="E109" t="s">
-        <v>257</v>
+        <v>226</v>
       </c>
       <c r="F109" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="G109" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H109" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="K109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="B110" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C110" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D110" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="E110" t="s">
-        <v>257</v>
+        <v>226</v>
       </c>
       <c r="F110" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="G110" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="H110" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="I110">
+        <v>0</v>
+      </c>
+      <c r="J110" t="s">
+        <v>265</v>
       </c>
       <c r="K110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>222</v>
+      </c>
+      <c r="B111">
+        <v>575</v>
       </c>
       <c r="C111" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D111" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="E111" t="s">
-        <v>257</v>
+        <v>226</v>
       </c>
       <c r="F111" t="s">
-        <v>258</v>
+        <v>227</v>
       </c>
       <c r="G111" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="H111" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>268</v>
+        <v>244</v>
+      </c>
+      <c r="I111">
+        <v>0</v>
+      </c>
+      <c r="J111">
+        <v>575</v>
       </c>
       <c r="K111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
+        <v>268</v>
+      </c>
+      <c r="B112" t="s">
         <v>269</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
         <v>270</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>271</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>272</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>273</v>
       </c>
-      <c r="F112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="H112" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="K112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B113" t="s">
+        <v>274</v>
+      </c>
+      <c r="C113" t="s">
         <v>275</v>
       </c>
-      <c r="C113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" t="s">
+        <v>271</v>
+      </c>
+      <c r="E113" t="s">
         <v>272</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>273</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
+        <v>238</v>
+      </c>
+      <c r="H113" t="s">
+        <v>166</v>
+      </c>
+      <c r="I113">
+        <v>0</v>
+      </c>
+      <c r="J113" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
       <c r="K113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
+        <v>268</v>
+      </c>
+      <c r="B114" t="s">
         <v>269</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D114" t="s">
+        <v>271</v>
+      </c>
+      <c r="E114" t="s">
         <v>272</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>273</v>
       </c>
-      <c r="F114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H114" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B115" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C115" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D115" t="s">
+        <v>271</v>
+      </c>
+      <c r="E115" t="s">
         <v>272</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>273</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s">
+        <v>238</v>
+      </c>
+      <c r="H115" t="s">
+        <v>166</v>
+      </c>
+      <c r="I115">
+        <v>0</v>
+      </c>
+      <c r="J115" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
       <c r="K115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B116" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="C116" t="s">
         <v>279</v>
       </c>
       <c r="D116" t="s">
+        <v>271</v>
+      </c>
+      <c r="E116" t="s">
         <v>272</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>273</v>
       </c>
-      <c r="F116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="H116" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>162</v>
+      </c>
+      <c r="I116" t="s">
+        <v>278</v>
+      </c>
+      <c r="J116">
+        <v>0</v>
       </c>
       <c r="K116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B117" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C117" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D117" t="s">
+        <v>271</v>
+      </c>
+      <c r="E117" t="s">
         <v>272</v>
       </c>
-      <c r="E117" t="s">
+      <c r="F117" t="s">
         <v>273</v>
       </c>
-      <c r="F117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="H117" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>166</v>
+      </c>
+      <c r="I117" t="s">
+        <v>282</v>
       </c>
       <c r="J117" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="K117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B118" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C118" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D118" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E118" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F118" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G118" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H118" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="I118">
         <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="K118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B119" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="C119" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="D119" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E119" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F119" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G119" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H119" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I119">
         <v>0</v>
       </c>
       <c r="J119" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="K119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B120" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C120" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D120" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E120" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F120" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G120" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H120" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="I120">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="K120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B121" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C121" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="D121" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E121" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F121" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G121" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H121" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="K121" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B122" t="s">
         <v>285</v>
       </c>
       <c r="C122" t="s">
+        <v>294</v>
+      </c>
+      <c r="D122" t="s">
         <v>287</v>
       </c>
-      <c r="D122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F122" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G122" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H122" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="I122">
         <v>0</v>
       </c>
       <c r="J122" t="s">
         <v>285</v>
       </c>
       <c r="K122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B123" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C123" t="s">
+        <v>295</v>
+      </c>
+      <c r="D123" t="s">
+        <v>287</v>
+      </c>
+      <c r="E123" t="s">
         <v>288</v>
       </c>
-      <c r="D123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G123" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H123" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I123">
         <v>0</v>
       </c>
       <c r="J123" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="K123" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B124" t="s">
         <v>290</v>
       </c>
       <c r="C124" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D124" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="E124" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="F124" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="G124" t="s">
-        <v>223</v>
+        <v>134</v>
       </c>
       <c r="H124" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="I124">
         <v>0</v>
       </c>
       <c r="J124" t="s">
         <v>290</v>
       </c>
       <c r="K124" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
+        <v>284</v>
+      </c>
+      <c r="B125" t="s">
+        <v>290</v>
+      </c>
+      <c r="C125" t="s">
+        <v>297</v>
+      </c>
+      <c r="D125" t="s">
+        <v>287</v>
+      </c>
+      <c r="E125" t="s">
+        <v>288</v>
+      </c>
+      <c r="F125" t="s">
         <v>289</v>
       </c>
-      <c r="B125" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G125" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H125" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I125">
         <v>0</v>
       </c>
       <c r="J125" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="K125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
+        <v>284</v>
+      </c>
+      <c r="B126" t="s">
+        <v>298</v>
+      </c>
+      <c r="C126" t="s">
+        <v>299</v>
+      </c>
+      <c r="D126" t="s">
+        <v>287</v>
+      </c>
+      <c r="E126" t="s">
+        <v>288</v>
+      </c>
+      <c r="F126" t="s">
         <v>289</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="G126" t="s">
+        <v>69</v>
+      </c>
+      <c r="H126" t="s">
+        <v>130</v>
+      </c>
+      <c r="I126">
+        <v>0</v>
+      </c>
+      <c r="J126" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
       <c r="K126" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
+        <v>284</v>
+      </c>
+      <c r="B127" t="s">
+        <v>300</v>
+      </c>
+      <c r="C127" t="s">
+        <v>301</v>
+      </c>
+      <c r="D127" t="s">
+        <v>287</v>
+      </c>
+      <c r="E127" t="s">
+        <v>288</v>
+      </c>
+      <c r="F127" t="s">
         <v>289</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="G127" t="s">
+        <v>72</v>
+      </c>
+      <c r="H127" t="s">
+        <v>73</v>
+      </c>
+      <c r="I127">
+        <v>0</v>
+      </c>
+      <c r="J127" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
       <c r="K127" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
+        <v>284</v>
+      </c>
+      <c r="B128" t="s">
+        <v>300</v>
+      </c>
+      <c r="C128" t="s">
+        <v>302</v>
+      </c>
+      <c r="D128" t="s">
+        <v>287</v>
+      </c>
+      <c r="E128" t="s">
+        <v>288</v>
+      </c>
+      <c r="F128" t="s">
         <v>289</v>
       </c>
-      <c r="B128" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G128" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H128" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I128">
+        <v>0</v>
+      </c>
+      <c r="J128" t="s">
+        <v>300</v>
       </c>
       <c r="K128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
+        <v>284</v>
+      </c>
+      <c r="B129" t="s">
+        <v>300</v>
+      </c>
+      <c r="C129" t="s">
+        <v>303</v>
+      </c>
+      <c r="D129" t="s">
+        <v>287</v>
+      </c>
+      <c r="E129" t="s">
+        <v>288</v>
+      </c>
+      <c r="F129" t="s">
         <v>289</v>
       </c>
-      <c r="B129" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G129" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H129" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I129">
         <v>0</v>
       </c>
       <c r="J129" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="K129" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="B130" t="s">
+        <v>305</v>
+      </c>
+      <c r="C130" t="s">
+        <v>306</v>
+      </c>
+      <c r="D130" t="s">
         <v>307</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>308</v>
       </c>
-      <c r="D130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="G130" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H130" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>166</v>
+      </c>
+      <c r="I130">
+        <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="K130" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
+        <v>304</v>
+      </c>
+      <c r="B131" t="s">
+        <v>310</v>
+      </c>
+      <c r="C131" t="s">
         <v>311</v>
       </c>
-      <c r="B131">
-[...4 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E131" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F131" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G131" t="s">
-        <v>75</v>
+        <v>238</v>
       </c>
       <c r="H131" t="s">
-        <v>316</v>
+        <v>166</v>
       </c>
       <c r="I131">
         <v>0</v>
       </c>
-      <c r="J131">
-        <v>705</v>
+      <c r="J131" t="s">
+        <v>310</v>
       </c>
       <c r="K131" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>304</v>
+      </c>
+      <c r="B132" t="s">
+        <v>312</v>
       </c>
       <c r="C132" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="D132" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E132" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F132" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G132" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H132" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I132">
         <v>0</v>
       </c>
-      <c r="J132">
-        <v>404</v>
+      <c r="J132" t="s">
+        <v>312</v>
       </c>
       <c r="K132" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>304</v>
+      </c>
+      <c r="B133" t="s">
+        <v>314</v>
       </c>
       <c r="C133" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D133" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E133" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F133" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G133" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H133" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>96</v>
+      </c>
+      <c r="I133" t="s">
+        <v>316</v>
+      </c>
+      <c r="J133" t="s">
+        <v>317</v>
       </c>
       <c r="K133" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>304</v>
+      </c>
+      <c r="B134" t="s">
+        <v>318</v>
       </c>
       <c r="C134" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D134" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E134" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F134" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G134" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H134" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I134" t="s">
+        <v>318</v>
       </c>
       <c r="J134">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="K134" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>705</v>
+        <v>304</v>
+      </c>
+      <c r="B135" t="s">
+        <v>320</v>
       </c>
       <c r="C135" t="s">
         <v>321</v>
       </c>
       <c r="D135" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E135" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F135" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G135" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="H135" t="s">
-        <v>316</v>
+        <v>162</v>
       </c>
       <c r="I135">
         <v>0</v>
       </c>
-      <c r="J135">
-        <v>705</v>
+      <c r="J135" t="s">
+        <v>320</v>
       </c>
       <c r="K135" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>304</v>
+      </c>
+      <c r="B136" t="s">
+        <v>322</v>
       </c>
       <c r="C136" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D136" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E136" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F136" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G136" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="H136" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>404</v>
+        <v>166</v>
+      </c>
+      <c r="I136" t="s">
+        <v>324</v>
+      </c>
+      <c r="J136" t="s">
+        <v>325</v>
       </c>
       <c r="K136" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="B137">
-        <v>502</v>
+        <v>705</v>
       </c>
       <c r="C137" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D137" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="E137" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F137" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="G137" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H137" t="s">
-        <v>82</v>
+        <v>331</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137">
-        <v>502</v>
+        <v>705</v>
       </c>
       <c r="K137" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="B138">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="C138" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="D138" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="E138" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F138" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="G138" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H138" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
       <c r="J138">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="K138" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>326</v>
+      </c>
+      <c r="B139">
+        <v>502</v>
       </c>
       <c r="C139" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="D139" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="E139" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F139" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="G139" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H139" t="s">
-        <v>316</v>
+        <v>96</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
-      <c r="J139" t="s">
-        <v>325</v>
+      <c r="J139">
+        <v>502</v>
       </c>
       <c r="K139" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>326</v>
+      </c>
+      <c r="B140">
+        <v>60</v>
       </c>
       <c r="C140" t="s">
+        <v>335</v>
+      </c>
+      <c r="D140" t="s">
         <v>328</v>
       </c>
-      <c r="D140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F140" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="G140" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H140" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
-      <c r="J140" t="s">
-        <v>327</v>
+      <c r="J140">
+        <v>60</v>
       </c>
       <c r="K140" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="B141" t="s">
+        <v>326</v>
+      </c>
+      <c r="B141">
+        <v>705</v>
+      </c>
+      <c r="C141" t="s">
+        <v>336</v>
+      </c>
+      <c r="D141" t="s">
+        <v>328</v>
+      </c>
+      <c r="E141" t="s">
         <v>329</v>
       </c>
-      <c r="C141" t="s">
+      <c r="F141" t="s">
         <v>330</v>
       </c>
-      <c r="D141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G141" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H141" t="s">
-        <v>82</v>
+        <v>331</v>
       </c>
       <c r="I141">
         <v>0</v>
       </c>
-      <c r="J141" t="s">
-        <v>329</v>
+      <c r="J141">
+        <v>705</v>
       </c>
       <c r="K141" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="B142">
-        <v>482</v>
+        <v>404</v>
       </c>
       <c r="C142" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="D142" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="E142" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F142" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="G142" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H142" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I142">
         <v>0</v>
       </c>
       <c r="J142">
-        <v>482</v>
+        <v>404</v>
       </c>
       <c r="K142" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
+        <v>326</v>
+      </c>
+      <c r="B143">
+        <v>502</v>
+      </c>
+      <c r="C143" t="s">
+        <v>338</v>
+      </c>
+      <c r="D143" t="s">
+        <v>328</v>
+      </c>
+      <c r="E143" t="s">
+        <v>329</v>
+      </c>
+      <c r="F143" t="s">
+        <v>330</v>
+      </c>
+      <c r="G143" t="s">
+        <v>134</v>
+      </c>
+      <c r="H143" t="s">
+        <v>96</v>
+      </c>
+      <c r="I143">
+        <v>0</v>
+      </c>
+      <c r="J143">
+        <v>502</v>
+      </c>
+      <c r="K143" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
+        <v>326</v>
+      </c>
+      <c r="B144">
+        <v>60</v>
+      </c>
+      <c r="C144" t="s">
+        <v>339</v>
+      </c>
+      <c r="D144" t="s">
+        <v>328</v>
+      </c>
+      <c r="E144" t="s">
+        <v>329</v>
+      </c>
+      <c r="F144" t="s">
+        <v>330</v>
+      </c>
+      <c r="G144" t="s">
+        <v>136</v>
+      </c>
+      <c r="H144" t="s">
+        <v>137</v>
+      </c>
+      <c r="I144">
+        <v>0</v>
+      </c>
+      <c r="J144">
+        <v>60</v>
+      </c>
+      <c r="K144" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
+        <v>326</v>
+      </c>
+      <c r="B145" t="s">
+        <v>340</v>
+      </c>
+      <c r="C145" t="s">
+        <v>341</v>
+      </c>
+      <c r="D145" t="s">
+        <v>328</v>
+      </c>
+      <c r="E145" t="s">
+        <v>329</v>
+      </c>
+      <c r="F145" t="s">
+        <v>330</v>
+      </c>
+      <c r="G145" t="s">
+        <v>69</v>
+      </c>
+      <c r="H145" t="s">
+        <v>331</v>
+      </c>
+      <c r="I145">
+        <v>0</v>
+      </c>
+      <c r="J145" t="s">
+        <v>340</v>
+      </c>
+      <c r="K145" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
+        <v>326</v>
+      </c>
+      <c r="B146" t="s">
+        <v>342</v>
+      </c>
+      <c r="C146" t="s">
+        <v>343</v>
+      </c>
+      <c r="D146" t="s">
+        <v>328</v>
+      </c>
+      <c r="E146" t="s">
+        <v>329</v>
+      </c>
+      <c r="F146" t="s">
+        <v>330</v>
+      </c>
+      <c r="G146" t="s">
+        <v>72</v>
+      </c>
+      <c r="H146" t="s">
+        <v>73</v>
+      </c>
+      <c r="I146">
+        <v>0</v>
+      </c>
+      <c r="J146" t="s">
+        <v>342</v>
+      </c>
+      <c r="K146" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
+        <v>326</v>
+      </c>
+      <c r="B147" t="s">
+        <v>344</v>
+      </c>
+      <c r="C147" t="s">
+        <v>345</v>
+      </c>
+      <c r="D147" t="s">
+        <v>328</v>
+      </c>
+      <c r="E147" t="s">
+        <v>329</v>
+      </c>
+      <c r="F147" t="s">
+        <v>330</v>
+      </c>
+      <c r="G147" t="s">
+        <v>134</v>
+      </c>
+      <c r="H147" t="s">
+        <v>96</v>
+      </c>
+      <c r="I147">
+        <v>0</v>
+      </c>
+      <c r="J147" t="s">
+        <v>344</v>
+      </c>
+      <c r="K147" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
+        <v>326</v>
+      </c>
+      <c r="B148">
+        <v>482</v>
+      </c>
+      <c r="C148" t="s">
+        <v>346</v>
+      </c>
+      <c r="D148" t="s">
+        <v>328</v>
+      </c>
+      <c r="E148" t="s">
+        <v>329</v>
+      </c>
+      <c r="F148" t="s">
+        <v>330</v>
+      </c>
+      <c r="G148" t="s">
+        <v>136</v>
+      </c>
+      <c r="H148" t="s">
+        <v>137</v>
+      </c>
+      <c r="I148">
+        <v>2</v>
+      </c>
+      <c r="J148">
+        <v>480</v>
+      </c>
+      <c r="K148" t="s">
         <v>332</v>
-      </c>
-[...28 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="B149" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C149" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D149" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E149" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F149" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G149" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="K149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="B150" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C150" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D150" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E150" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F150" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G150" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H150" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I150">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="K150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="B151" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C151" t="s">
+        <v>355</v>
+      </c>
+      <c r="D151" t="s">
         <v>350</v>
       </c>
-      <c r="D151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E151" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F151" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G151" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H151" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I151">
+        <v>0</v>
+      </c>
+      <c r="J151" t="s">
+        <v>354</v>
       </c>
       <c r="K151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
+        <v>347</v>
+      </c>
+      <c r="B152" t="s">
+        <v>356</v>
+      </c>
+      <c r="C152" t="s">
+        <v>357</v>
+      </c>
+      <c r="D152" t="s">
+        <v>350</v>
+      </c>
+      <c r="E152" t="s">
         <v>351</v>
       </c>
-      <c r="B152" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G152" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="H152" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I152">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="K152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
+        <v>347</v>
+      </c>
+      <c r="B153" t="s">
+        <v>352</v>
+      </c>
+      <c r="C153" t="s">
+        <v>358</v>
+      </c>
+      <c r="D153" t="s">
+        <v>350</v>
+      </c>
+      <c r="E153" t="s">
         <v>351</v>
       </c>
-      <c r="B153" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F153" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G153" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H153" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I153">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="K153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B154" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C154" t="s">
         <v>359</v>
       </c>
       <c r="D154" t="s">
+        <v>350</v>
+      </c>
+      <c r="E154" t="s">
+        <v>351</v>
+      </c>
+      <c r="F154" t="s">
+        <v>65</v>
+      </c>
+      <c r="G154" t="s">
+        <v>134</v>
+      </c>
+      <c r="H154" t="s">
+        <v>96</v>
+      </c>
+      <c r="I154">
+        <v>0</v>
+      </c>
+      <c r="J154" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>358</v>
       </c>
       <c r="K154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B155" t="s">
         <v>360</v>
       </c>
       <c r="C155" t="s">
         <v>361</v>
       </c>
       <c r="D155" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E155" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F155" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G155" t="s">
-        <v>147</v>
+        <v>69</v>
       </c>
       <c r="H155" t="s">
-        <v>148</v>
+        <v>23</v>
       </c>
       <c r="I155">
         <v>0</v>
       </c>
       <c r="J155" t="s">
         <v>360</v>
       </c>
       <c r="K155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B156" t="s">
         <v>362</v>
       </c>
       <c r="C156" t="s">
         <v>363</v>
       </c>
       <c r="D156" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E156" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F156" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G156" t="s">
-        <v>364</v>
+        <v>72</v>
       </c>
       <c r="H156" t="s">
-        <v>152</v>
+        <v>73</v>
       </c>
       <c r="I156">
         <v>0</v>
       </c>
       <c r="J156" t="s">
         <v>362</v>
       </c>
       <c r="K156" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B157" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="C157" t="s">
         <v>365</v>
       </c>
       <c r="D157" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E157" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F157" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G157" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="H157" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>352</v>
+        <v>96</v>
+      </c>
+      <c r="I157" t="s">
+        <v>364</v>
+      </c>
+      <c r="J157">
+        <v>0</v>
       </c>
       <c r="K157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B158" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="C158" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D158" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E158" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F158" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G158" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H158" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="K158" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B159" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="C159" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D159" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E159" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F159" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G159" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H159" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I159">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="K159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B160" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="C160" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D160" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E160" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F160" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G160" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H160" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
       <c r="J160" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="K160" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B161" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="C161" t="s">
+        <v>376</v>
+      </c>
+      <c r="D161" t="s">
         <v>369</v>
       </c>
-      <c r="D161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E161" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F161" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G161" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="H161" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="K161" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B162" t="s">
+        <v>377</v>
+      </c>
+      <c r="C162" t="s">
+        <v>378</v>
+      </c>
+      <c r="D162" t="s">
+        <v>369</v>
+      </c>
+      <c r="E162" t="s">
         <v>370</v>
       </c>
-      <c r="C162" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F162" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G162" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
       <c r="H162" t="s">
-        <v>78</v>
+        <v>166</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="K162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B163" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C163" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="D163" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E163" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F163" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G163" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H163" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>73</v>
+      </c>
+      <c r="I163">
+        <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="K163" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B164" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C164" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D164" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E164" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F164" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G164" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H164" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>96</v>
+      </c>
+      <c r="I164">
+        <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="K164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B165" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C165" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D165" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E165" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F165" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G165" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H165" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I165">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="K165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="B166" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="C166" t="s">
         <v>383</v>
       </c>
       <c r="D166" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="E166" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F166" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G166" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="H166" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I166">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J166" t="s">
-        <v>384</v>
+        <v>375</v>
       </c>
       <c r="K166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="B167" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="C167" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D167" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E167" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="F167" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G167" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
       <c r="H167" t="s">
-        <v>78</v>
+        <v>166</v>
       </c>
       <c r="I167">
         <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="K167" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
+        <v>366</v>
+      </c>
+      <c r="B168" t="s">
         <v>385</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="D168" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E168" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="F168" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G168" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H168" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I168">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="K168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="B169" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C169" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D169" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E169" t="s">
+        <v>370</v>
+      </c>
+      <c r="F169" t="s">
+        <v>65</v>
+      </c>
+      <c r="G169" t="s">
+        <v>134</v>
+      </c>
+      <c r="H169" t="s">
+        <v>96</v>
+      </c>
+      <c r="I169" t="s">
         <v>389</v>
       </c>
-      <c r="F169" t="s">
+      <c r="J169" t="s">
         <v>390</v>
-      </c>
-[...10 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K169" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="B170" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C170" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D170" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E170" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="F170" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G170" t="s">
-        <v>397</v>
+        <v>136</v>
       </c>
       <c r="H170" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I170" t="s">
+        <v>393</v>
       </c>
       <c r="J170" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="K170" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="B171" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C171" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D171" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E171" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="F171" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G171" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="H171" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="I171" t="s">
+        <v>397</v>
       </c>
       <c r="J171" t="s">
         <v>398</v>
       </c>
       <c r="K171" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="B172" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="C172" t="s">
         <v>400</v>
       </c>
       <c r="D172" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="E172" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="F172" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="G172" t="s">
-        <v>120</v>
+        <v>379</v>
       </c>
       <c r="H172" t="s">
-        <v>82</v>
+        <v>166</v>
       </c>
       <c r="I172">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J172" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="K172" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B173" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="C173" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D173" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="E173" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="F173" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="G173" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H173" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="K173" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B174" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="C174" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D174" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="E174" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="F174" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="G174" t="s">
-        <v>397</v>
+        <v>134</v>
       </c>
       <c r="H174" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I174">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="K174" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B175" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C175" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="D175" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="E175" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="F175" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="G175" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H175" t="s">
-        <v>78</v>
+        <v>137</v>
       </c>
       <c r="I175">
-        <v>967</v>
+        <v>0</v>
       </c>
       <c r="J175" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="K175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B176" t="s">
+        <v>412</v>
+      </c>
+      <c r="C176" t="s">
+        <v>413</v>
+      </c>
+      <c r="D176" t="s">
+        <v>405</v>
+      </c>
+      <c r="E176" t="s">
         <v>406</v>
       </c>
-      <c r="C176" t="s">
+      <c r="F176" t="s">
         <v>407</v>
       </c>
-      <c r="D176" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G176" t="s">
-        <v>120</v>
+        <v>414</v>
       </c>
       <c r="H176" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>162</v>
+      </c>
+      <c r="I176">
+        <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="K176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B177" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C177" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D177" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="E177" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="F177" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="G177" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H177" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I177">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="K177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="B178" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C178" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="D178" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="E178" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="F178" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="G178" t="s">
-        <v>397</v>
+        <v>134</v>
       </c>
       <c r="H178" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>96</v>
+      </c>
+      <c r="I178">
+        <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="K178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B179" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="C179" t="s">
         <v>418</v>
       </c>
       <c r="D179" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E179" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F179" t="s">
-        <v>71</v>
+        <v>407</v>
       </c>
       <c r="G179" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="H179" t="s">
-        <v>421</v>
+        <v>137</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="K179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B180" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="C180" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D180" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E180" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F180" t="s">
-        <v>71</v>
+        <v>407</v>
       </c>
       <c r="G180" t="s">
-        <v>51</v>
+        <v>414</v>
       </c>
       <c r="H180" t="s">
-        <v>78</v>
+        <v>162</v>
       </c>
       <c r="I180">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="K180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B181" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C181" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D181" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E181" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F181" t="s">
-        <v>71</v>
+        <v>407</v>
       </c>
       <c r="G181" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="H181" t="s">
-        <v>421</v>
+        <v>73</v>
       </c>
       <c r="I181">
-        <v>0</v>
+        <v>967</v>
       </c>
       <c r="J181" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="K181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B182" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C182" t="s">
+        <v>424</v>
+      </c>
+      <c r="D182" t="s">
+        <v>405</v>
+      </c>
+      <c r="E182" t="s">
+        <v>406</v>
+      </c>
+      <c r="F182" t="s">
+        <v>407</v>
+      </c>
+      <c r="G182" t="s">
+        <v>134</v>
+      </c>
+      <c r="H182" t="s">
+        <v>96</v>
+      </c>
+      <c r="I182" t="s">
+        <v>425</v>
+      </c>
+      <c r="J182" t="s">
         <v>426</v>
-      </c>
-[...19 lines deleted...]
-        <v>422</v>
       </c>
       <c r="K182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B183" t="s">
         <v>427</v>
       </c>
       <c r="C183" t="s">
         <v>428</v>
       </c>
       <c r="D183" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E183" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F183" t="s">
-        <v>71</v>
+        <v>407</v>
       </c>
       <c r="G183" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="H183" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I183" t="s">
+        <v>429</v>
       </c>
       <c r="J183" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="K183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B184" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C184" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D184" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E184" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F184" t="s">
-        <v>71</v>
+        <v>407</v>
       </c>
       <c r="G184" t="s">
-        <v>51</v>
+        <v>414</v>
       </c>
       <c r="H184" t="s">
-        <v>78</v>
+        <v>162</v>
       </c>
       <c r="I184" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="J184" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="K184" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B185" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C185" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D185" t="s">
+        <v>438</v>
+      </c>
+      <c r="E185" t="s">
+        <v>439</v>
+      </c>
+      <c r="F185" t="s">
+        <v>50</v>
+      </c>
+      <c r="G185" t="s">
+        <v>69</v>
+      </c>
+      <c r="H185" t="s">
+        <v>440</v>
+      </c>
+      <c r="I185">
+        <v>0</v>
+      </c>
+      <c r="J185" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>434</v>
       </c>
       <c r="K185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B186" t="s">
+        <v>441</v>
+      </c>
+      <c r="C186" t="s">
+        <v>442</v>
+      </c>
+      <c r="D186" t="s">
         <v>438</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" t="s">
         <v>439</v>
       </c>
-      <c r="D186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F186" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G186" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H186" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="K186" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B187" t="s">
+        <v>443</v>
+      </c>
+      <c r="C187" t="s">
+        <v>444</v>
+      </c>
+      <c r="D187" t="s">
+        <v>438</v>
+      </c>
+      <c r="E187" t="s">
+        <v>439</v>
+      </c>
+      <c r="F187" t="s">
+        <v>50</v>
+      </c>
+      <c r="G187" t="s">
+        <v>69</v>
+      </c>
+      <c r="H187" t="s">
         <v>440</v>
       </c>
-      <c r="C187" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="K187" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B188" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C188" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D188" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E188" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F188" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G188" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="H188" t="s">
-        <v>421</v>
+        <v>73</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="K188" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B189" t="s">
+        <v>446</v>
+      </c>
+      <c r="C189" t="s">
+        <v>447</v>
+      </c>
+      <c r="D189" t="s">
         <v>438</v>
       </c>
-      <c r="C189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E189" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F189" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G189" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="H189" t="s">
-        <v>78</v>
+        <v>440</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="J189" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="K189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B190" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="C190" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D190" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E190" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F190" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G190" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H190" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>73</v>
+      </c>
+      <c r="I190" t="s">
+        <v>450</v>
       </c>
       <c r="J190" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="K190" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="B191" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="C191" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="D191" t="s">
-        <v>436</v>
+        <v>48</v>
       </c>
       <c r="E191" t="s">
-        <v>437</v>
+        <v>49</v>
       </c>
       <c r="F191" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G191" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H191" t="s">
-        <v>421</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>440</v>
+      </c>
+      <c r="I191">
+        <v>0</v>
+      </c>
+      <c r="J191" t="s">
+        <v>453</v>
       </c>
       <c r="K191" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="B192" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="C192" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="D192" t="s">
-        <v>436</v>
+        <v>48</v>
       </c>
       <c r="E192" t="s">
-        <v>437</v>
+        <v>49</v>
       </c>
       <c r="F192" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G192" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H192" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>73</v>
+      </c>
+      <c r="I192">
+        <v>0</v>
+      </c>
+      <c r="J192" t="s">
+        <v>455</v>
       </c>
       <c r="K192" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="B193" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C193" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="D193" t="s">
-        <v>436</v>
+        <v>48</v>
       </c>
       <c r="E193" t="s">
-        <v>437</v>
+        <v>49</v>
       </c>
       <c r="F193" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G193" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H193" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I193">
+        <v>0</v>
+      </c>
+      <c r="J193" t="s">
+        <v>457</v>
       </c>
       <c r="K193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
         <v>452</v>
       </c>
       <c r="B194" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="C194" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="D194" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E194" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F194" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G194" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H194" t="s">
-        <v>455</v>
+        <v>440</v>
       </c>
       <c r="I194">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="K194" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
         <v>452</v>
       </c>
       <c r="B195" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="C195" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D195" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E195" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F195" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G195" t="s">
-        <v>458</v>
+        <v>72</v>
       </c>
       <c r="H195" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I195">
         <v>0</v>
       </c>
       <c r="J195" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="K195" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
         <v>452</v>
       </c>
       <c r="B196" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C196" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D196" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E196" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F196" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G196" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H196" t="s">
-        <v>455</v>
+        <v>96</v>
       </c>
       <c r="I196">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="K196" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
         <v>452</v>
       </c>
       <c r="B197" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="C197" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D197" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E197" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F197" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G197" t="s">
-        <v>458</v>
+        <v>69</v>
       </c>
       <c r="H197" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>456</v>
+        <v>440</v>
+      </c>
+      <c r="I197" t="s">
+        <v>463</v>
+      </c>
+      <c r="J197">
+        <v>0</v>
       </c>
       <c r="K197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
         <v>452</v>
       </c>
       <c r="B198" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C198" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D198" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E198" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F198" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G198" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="H198" t="s">
-        <v>455</v>
-[...5 lines deleted...]
-        <v>462</v>
+        <v>73</v>
+      </c>
+      <c r="I198" t="s">
+        <v>465</v>
+      </c>
+      <c r="J198">
+        <v>0</v>
       </c>
       <c r="K198" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
         <v>452</v>
       </c>
       <c r="B199" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C199" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D199" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="E199" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F199" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G199" t="s">
-        <v>458</v>
+        <v>134</v>
       </c>
       <c r="H199" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>464</v>
+        <v>96</v>
+      </c>
+      <c r="I199" t="s">
+        <v>467</v>
+      </c>
+      <c r="J199">
+        <v>0</v>
       </c>
       <c r="K199" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B200" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C200" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D200" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="E200" t="s">
-        <v>470</v>
+        <v>15</v>
       </c>
       <c r="F200" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="G200" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H200" t="s">
         <v>472</v>
       </c>
       <c r="I200">
         <v>0</v>
       </c>
       <c r="J200" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="K200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B201" t="s">
         <v>473</v>
       </c>
       <c r="C201" t="s">
         <v>474</v>
       </c>
       <c r="D201" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="E201" t="s">
-        <v>470</v>
+        <v>15</v>
       </c>
       <c r="F201" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="G201" t="s">
-        <v>51</v>
+        <v>475</v>
       </c>
       <c r="H201" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I201">
         <v>0</v>
       </c>
       <c r="J201" t="s">
         <v>473</v>
       </c>
       <c r="K201" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B202" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C202" t="s">
+        <v>477</v>
+      </c>
+      <c r="D202" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" t="s">
+        <v>16</v>
+      </c>
+      <c r="G202" t="s">
+        <v>69</v>
+      </c>
+      <c r="H202" t="s">
+        <v>472</v>
+      </c>
+      <c r="I202">
+        <v>0</v>
+      </c>
+      <c r="J202" t="s">
         <v>476</v>
-      </c>
-[...19 lines deleted...]
-        <v>475</v>
       </c>
       <c r="K202" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B203" t="s">
+        <v>473</v>
+      </c>
+      <c r="C203" t="s">
         <v>478</v>
       </c>
-      <c r="C203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="E203" t="s">
-        <v>470</v>
+        <v>15</v>
       </c>
       <c r="F203" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="G203" t="s">
-        <v>75</v>
+        <v>475</v>
       </c>
       <c r="H203" t="s">
-        <v>472</v>
+        <v>73</v>
       </c>
       <c r="I203">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="K203" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B204" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="C204" t="s">
         <v>480</v>
       </c>
       <c r="D204" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="E204" t="s">
-        <v>470</v>
+        <v>15</v>
       </c>
       <c r="F204" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="H204" t="s">
-        <v>78</v>
+        <v>472</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="K204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B205" t="s">
+        <v>481</v>
+      </c>
+      <c r="C205" t="s">
+        <v>482</v>
+      </c>
+      <c r="D205" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" t="s">
+        <v>16</v>
+      </c>
+      <c r="G205" t="s">
         <v>475</v>
       </c>
-      <c r="C205" t="s">
+      <c r="H205" t="s">
+        <v>73</v>
+      </c>
+      <c r="I205">
+        <v>0</v>
+      </c>
+      <c r="J205" t="s">
         <v>481</v>
-      </c>
-[...19 lines deleted...]
-        <v>475</v>
       </c>
       <c r="K205" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>466</v>
+        <v>483</v>
       </c>
       <c r="B206" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C206" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D206" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E206" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F206" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G206" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="H206" t="s">
-        <v>472</v>
+        <v>489</v>
       </c>
       <c r="I206">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="K206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>466</v>
+        <v>483</v>
       </c>
       <c r="B207" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="C207" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="D207" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E207" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F207" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G207" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H207" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>73</v>
+      </c>
+      <c r="I207">
+        <v>0</v>
       </c>
       <c r="J207" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="K207" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>466</v>
+        <v>483</v>
       </c>
       <c r="B208" t="s">
+        <v>492</v>
+      </c>
+      <c r="C208" t="s">
+        <v>493</v>
+      </c>
+      <c r="D208" t="s">
+        <v>486</v>
+      </c>
+      <c r="E208" t="s">
+        <v>487</v>
+      </c>
+      <c r="F208" t="s">
         <v>488</v>
       </c>
-      <c r="C208" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G208" t="s">
-        <v>477</v>
+        <v>494</v>
       </c>
       <c r="H208" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>96</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
       </c>
       <c r="J208" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="K208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="B209" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C209" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D209" t="s">
+        <v>486</v>
+      </c>
+      <c r="E209" t="s">
+        <v>487</v>
+      </c>
+      <c r="F209" t="s">
+        <v>488</v>
+      </c>
+      <c r="G209" t="s">
+        <v>69</v>
+      </c>
+      <c r="H209" t="s">
+        <v>489</v>
+      </c>
+      <c r="I209">
+        <v>0</v>
+      </c>
+      <c r="J209" t="s">
         <v>495</v>
-      </c>
-[...16 lines deleted...]
-        <v>493</v>
       </c>
       <c r="K209" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="B210" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C210" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="D210" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="E210" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="F210" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G210" t="s">
-        <v>225</v>
+        <v>72</v>
       </c>
       <c r="H210" t="s">
-        <v>226</v>
+        <v>73</v>
       </c>
       <c r="I210">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="K210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
+        <v>483</v>
+      </c>
+      <c r="B211" t="s">
         <v>492</v>
       </c>
-      <c r="B211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D211" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="E211" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="F211" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G211" t="s">
-        <v>223</v>
+        <v>494</v>
       </c>
       <c r="H211" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="I211">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="K211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="B212" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C212" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D212" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="E212" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="F212" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G212" t="s">
-        <v>225</v>
+        <v>69</v>
       </c>
       <c r="H212" t="s">
-        <v>226</v>
+        <v>489</v>
       </c>
       <c r="I212">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="K212" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="B213" t="s">
+        <v>501</v>
+      </c>
+      <c r="C213" t="s">
+        <v>502</v>
+      </c>
+      <c r="D213" t="s">
+        <v>486</v>
+      </c>
+      <c r="E213" t="s">
+        <v>487</v>
+      </c>
+      <c r="F213" t="s">
+        <v>488</v>
+      </c>
+      <c r="G213" t="s">
+        <v>72</v>
+      </c>
+      <c r="H213" t="s">
+        <v>73</v>
+      </c>
+      <c r="I213" t="s">
         <v>503</v>
       </c>
-      <c r="C213" t="s">
+      <c r="J213" t="s">
         <v>504</v>
-      </c>
-[...19 lines deleted...]
-        <v>503</v>
       </c>
       <c r="K213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="B214" t="s">
         <v>505</v>
       </c>
       <c r="C214" t="s">
         <v>506</v>
       </c>
       <c r="D214" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="E214" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="F214" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="G214" t="s">
-        <v>225</v>
+        <v>494</v>
       </c>
       <c r="H214" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I214" t="s">
+        <v>507</v>
       </c>
       <c r="J214" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="K214" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B215" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C215" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D215" t="s">
+        <v>512</v>
+      </c>
+      <c r="E215" t="s">
+        <v>513</v>
+      </c>
+      <c r="F215" t="s">
+        <v>514</v>
+      </c>
+      <c r="G215" t="s">
+        <v>238</v>
+      </c>
+      <c r="H215" t="s">
+        <v>166</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
+      </c>
+      <c r="J215" t="s">
         <v>510</v>
-      </c>
-[...16 lines deleted...]
-        <v>508</v>
       </c>
       <c r="K215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B216" t="s">
+        <v>515</v>
+      </c>
+      <c r="C216" t="s">
+        <v>516</v>
+      </c>
+      <c r="D216" t="s">
         <v>512</v>
       </c>
-      <c r="C216" t="s">
+      <c r="E216" t="s">
         <v>513</v>
       </c>
-      <c r="D216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F216" t="s">
-        <v>50</v>
+        <v>514</v>
       </c>
       <c r="G216" t="s">
-        <v>122</v>
+        <v>240</v>
       </c>
       <c r="H216" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
       <c r="I216">
         <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="K216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B217" t="s">
+        <v>517</v>
+      </c>
+      <c r="C217" t="s">
+        <v>518</v>
+      </c>
+      <c r="D217" t="s">
+        <v>512</v>
+      </c>
+      <c r="E217" t="s">
+        <v>513</v>
+      </c>
+      <c r="F217" t="s">
         <v>514</v>
       </c>
-      <c r="C217" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G217" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H217" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="I217">
         <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="K217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B218" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="C218" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D218" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E218" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F218" t="s">
-        <v>50</v>
+        <v>514</v>
       </c>
       <c r="G218" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="H218" t="s">
-        <v>152</v>
+        <v>241</v>
       </c>
       <c r="I218">
         <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="K218" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B219" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C219" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D219" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E219" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F219" t="s">
-        <v>50</v>
+        <v>514</v>
       </c>
       <c r="G219" t="s">
+        <v>238</v>
+      </c>
+      <c r="H219" t="s">
+        <v>166</v>
+      </c>
+      <c r="I219">
+        <v>0</v>
+      </c>
+      <c r="J219" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>518</v>
       </c>
       <c r="K219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B220" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C220" t="s">
+        <v>523</v>
+      </c>
+      <c r="D220" t="s">
+        <v>512</v>
+      </c>
+      <c r="E220" t="s">
+        <v>513</v>
+      </c>
+      <c r="F220" t="s">
+        <v>514</v>
+      </c>
+      <c r="G220" t="s">
+        <v>240</v>
+      </c>
+      <c r="H220" t="s">
+        <v>241</v>
+      </c>
+      <c r="I220">
+        <v>0</v>
+      </c>
+      <c r="J220" t="s">
         <v>522</v>
-      </c>
-[...19 lines deleted...]
-        <v>521</v>
       </c>
       <c r="K220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B221" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="C221" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D221" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E221" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F221" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G221" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H221" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I221">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="K221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B222" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="C222" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="D222" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E222" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F222" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G222" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H222" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I222">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="K222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B223" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="C223" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="D223" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E223" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F223" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G223" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H223" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I223">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="K223" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B224" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="C224" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D224" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E224" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F224" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G224" t="s">
-        <v>520</v>
+        <v>238</v>
       </c>
       <c r="H224" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="I224">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="K224" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B225" t="s">
+        <v>535</v>
+      </c>
+      <c r="C225" t="s">
+        <v>536</v>
+      </c>
+      <c r="D225" t="s">
         <v>527</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" t="s">
         <v>528</v>
       </c>
-      <c r="D225" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F225" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G225" t="s">
-        <v>120</v>
+        <v>537</v>
       </c>
       <c r="H225" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>241</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
       </c>
       <c r="J225" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="K225" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B226" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="C226" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="D226" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E226" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F226" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G226" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H226" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>96</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
       </c>
       <c r="J226" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="K226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B227" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="C227" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="D227" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E227" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F227" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G227" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H227" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I227">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="J227" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="K227" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B228" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="C228" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D228" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E228" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F228" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G228" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H228" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I228">
         <v>0</v>
       </c>
       <c r="J228" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="K228" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B229" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="C229" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D229" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="E229" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
       <c r="F229" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G229" t="s">
-        <v>520</v>
+        <v>238</v>
       </c>
       <c r="H229" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>542</v>
+        <v>166</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
       </c>
       <c r="J229" t="s">
-        <v>543</v>
+        <v>533</v>
       </c>
       <c r="K229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="B230" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="C230" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="D230" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="E230" t="s">
-        <v>548</v>
+        <v>528</v>
       </c>
       <c r="F230" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G230" t="s">
-        <v>51</v>
+        <v>537</v>
       </c>
       <c r="H230" t="s">
-        <v>78</v>
+        <v>241</v>
       </c>
       <c r="I230">
         <v>0</v>
       </c>
       <c r="J230" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="K230" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
+        <v>524</v>
+      </c>
+      <c r="B231" t="s">
         <v>544</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="D231" t="s">
+        <v>527</v>
+      </c>
+      <c r="E231" t="s">
+        <v>528</v>
+      </c>
+      <c r="F231" t="s">
+        <v>65</v>
+      </c>
+      <c r="G231" t="s">
+        <v>134</v>
+      </c>
+      <c r="H231" t="s">
+        <v>96</v>
+      </c>
+      <c r="I231" t="s">
+        <v>546</v>
+      </c>
+      <c r="J231" t="s">
         <v>547</v>
-      </c>
-[...16 lines deleted...]
-        <v>549</v>
       </c>
       <c r="K231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="B232" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C232" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D232" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="E232" t="s">
-        <v>548</v>
+        <v>528</v>
       </c>
       <c r="F232" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G232" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H232" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I232" t="s">
+        <v>550</v>
       </c>
       <c r="J232" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="K232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="B233" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C233" t="s">
         <v>553</v>
       </c>
       <c r="D233" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="E233" t="s">
-        <v>548</v>
+        <v>528</v>
       </c>
       <c r="F233" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G233" t="s">
-        <v>551</v>
+        <v>161</v>
       </c>
       <c r="H233" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I233">
-        <v>0</v>
+        <v>536</v>
       </c>
       <c r="J233" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="K233" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="B234" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C234" t="s">
+        <v>556</v>
+      </c>
+      <c r="D234" t="s">
+        <v>527</v>
+      </c>
+      <c r="E234" t="s">
+        <v>528</v>
+      </c>
+      <c r="F234" t="s">
+        <v>65</v>
+      </c>
+      <c r="G234" t="s">
+        <v>238</v>
+      </c>
+      <c r="H234" t="s">
+        <v>166</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+      <c r="J234" t="s">
         <v>555</v>
-      </c>
-[...19 lines deleted...]
-        <v>557</v>
       </c>
       <c r="K234" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="B235" t="s">
+        <v>557</v>
+      </c>
+      <c r="C235" t="s">
         <v>558</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" t="s">
+        <v>527</v>
+      </c>
+      <c r="E235" t="s">
+        <v>528</v>
+      </c>
+      <c r="F235" t="s">
+        <v>65</v>
+      </c>
+      <c r="G235" t="s">
+        <v>537</v>
+      </c>
+      <c r="H235" t="s">
+        <v>241</v>
+      </c>
+      <c r="I235" t="s">
         <v>559</v>
       </c>
-      <c r="D235" t="s">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="J235" t="s">
+        <v>560</v>
       </c>
       <c r="K235" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B236" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C236" t="s">
+        <v>563</v>
+      </c>
+      <c r="D236" t="s">
+        <v>564</v>
+      </c>
+      <c r="E236" t="s">
+        <v>565</v>
+      </c>
+      <c r="F236" t="s">
+        <v>50</v>
+      </c>
+      <c r="G236" t="s">
+        <v>72</v>
+      </c>
+      <c r="H236" t="s">
+        <v>73</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+      <c r="J236" t="s">
         <v>562</v>
-      </c>
-[...19 lines deleted...]
-        <v>561</v>
       </c>
       <c r="K236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B237" t="s">
+        <v>566</v>
+      </c>
+      <c r="C237" t="s">
         <v>567</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
+        <v>564</v>
+      </c>
+      <c r="E237" t="s">
+        <v>565</v>
+      </c>
+      <c r="F237" t="s">
+        <v>50</v>
+      </c>
+      <c r="G237" t="s">
         <v>568</v>
       </c>
-      <c r="D237" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H237" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="I237">
         <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="K237" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B238" t="s">
+        <v>562</v>
+      </c>
+      <c r="C238" t="s">
         <v>569</v>
       </c>
-      <c r="C238" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D238" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E238" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F238" t="s">
-        <v>565</v>
+        <v>50</v>
       </c>
       <c r="G238" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H238" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I238">
         <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="K238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B239" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="C239" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="D239" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E239" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F239" t="s">
-        <v>565</v>
+        <v>50</v>
       </c>
       <c r="G239" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="H239" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I239">
         <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="K239" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B240" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C240" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D240" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E240" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F240" t="s">
-        <v>565</v>
+        <v>50</v>
       </c>
       <c r="G240" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="H240" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>73</v>
+      </c>
+      <c r="I240" t="s">
+        <v>573</v>
       </c>
       <c r="J240" t="s">
         <v>574</v>
       </c>
       <c r="K240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B241" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="C241" t="s">
         <v>576</v>
       </c>
       <c r="D241" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E241" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F241" t="s">
-        <v>565</v>
+        <v>50</v>
       </c>
       <c r="G241" t="s">
-        <v>51</v>
+        <v>568</v>
       </c>
       <c r="H241" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>567</v>
+        <v>96</v>
+      </c>
+      <c r="I241" t="s">
+        <v>575</v>
+      </c>
+      <c r="J241">
+        <v>0</v>
       </c>
       <c r="K241" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B242" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="C242" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D242" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E242" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F242" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G242" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H242" t="s">
-        <v>82</v>
+        <v>583</v>
       </c>
       <c r="I242">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="K242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B243" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="C243" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="D243" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E243" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F243" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G243" t="s">
-        <v>573</v>
+        <v>72</v>
       </c>
       <c r="H243" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I243">
         <v>0</v>
       </c>
       <c r="J243" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="K243" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B244" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C244" t="s">
+        <v>587</v>
+      </c>
+      <c r="D244" t="s">
         <v>580</v>
       </c>
-      <c r="D244" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E244" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F244" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G244" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="H244" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>96</v>
+      </c>
+      <c r="I244">
+        <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>391</v>
+        <v>586</v>
       </c>
       <c r="K244" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B245" t="s">
+        <v>588</v>
+      </c>
+      <c r="C245" t="s">
+        <v>589</v>
+      </c>
+      <c r="D245" t="s">
+        <v>580</v>
+      </c>
+      <c r="E245" t="s">
+        <v>581</v>
+      </c>
+      <c r="F245" t="s">
         <v>582</v>
       </c>
-      <c r="C245" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G245" t="s">
-        <v>51</v>
+        <v>590</v>
       </c>
       <c r="H245" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>137</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="K245" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B246" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C246" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="D246" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E246" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F246" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G246" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="H246" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>583</v>
+      </c>
+      <c r="I246">
+        <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="K246" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="B247" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="C247" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D247" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E247" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F247" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G247" t="s">
-        <v>573</v>
+        <v>72</v>
       </c>
       <c r="H247" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>73</v>
+      </c>
+      <c r="I247">
+        <v>0</v>
       </c>
       <c r="J247" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="K247" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
+        <v>577</v>
+      </c>
+      <c r="B248" t="s">
+        <v>586</v>
+      </c>
+      <c r="C248" t="s">
         <v>594</v>
       </c>
-      <c r="B248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D248" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="E248" t="s">
-        <v>49</v>
+        <v>581</v>
       </c>
       <c r="F248" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G248" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H248" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I248">
         <v>0</v>
       </c>
       <c r="J248" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="K248" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="B249" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="C249" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="D249" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="E249" t="s">
-        <v>49</v>
+        <v>581</v>
       </c>
       <c r="F249" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G249" t="s">
-        <v>122</v>
+        <v>590</v>
       </c>
       <c r="H249" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="I249">
         <v>0</v>
       </c>
       <c r="J249" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="K249" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="B250" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="C250" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="D250" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="E250" t="s">
-        <v>49</v>
+        <v>581</v>
       </c>
       <c r="F250" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G250" t="s">
-        <v>147</v>
+        <v>69</v>
       </c>
       <c r="H250" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>583</v>
+      </c>
+      <c r="I250" t="s">
+        <v>598</v>
       </c>
       <c r="J250" t="s">
-        <v>599</v>
+        <v>408</v>
       </c>
       <c r="K250" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="B251" t="s">
+        <v>599</v>
+      </c>
+      <c r="C251" t="s">
+        <v>600</v>
+      </c>
+      <c r="D251" t="s">
+        <v>580</v>
+      </c>
+      <c r="E251" t="s">
+        <v>581</v>
+      </c>
+      <c r="F251" t="s">
+        <v>582</v>
+      </c>
+      <c r="G251" t="s">
+        <v>72</v>
+      </c>
+      <c r="H251" t="s">
+        <v>73</v>
+      </c>
+      <c r="I251" t="s">
         <v>601</v>
       </c>
-      <c r="C251" t="s">
+      <c r="J251" t="s">
         <v>602</v>
-      </c>
-[...19 lines deleted...]
-        <v>601</v>
       </c>
       <c r="K251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="B252" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="C252" t="s">
         <v>604</v>
       </c>
       <c r="D252" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="E252" t="s">
-        <v>49</v>
+        <v>581</v>
       </c>
       <c r="F252" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G252" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H252" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I252" t="s">
+        <v>605</v>
       </c>
       <c r="J252" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="K252" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="B253" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="C253" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D253" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="E253" t="s">
-        <v>49</v>
+        <v>581</v>
       </c>
       <c r="F253" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G253" t="s">
-        <v>122</v>
+        <v>590</v>
       </c>
       <c r="H253" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I253" t="s">
+        <v>609</v>
       </c>
       <c r="J253" t="s">
-        <v>597</v>
+        <v>610</v>
       </c>
       <c r="K253" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B254" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="C254" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="D254" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E254" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F254" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G254" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H254" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I254">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="K254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B255" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="C255" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="D255" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E255" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F255" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G255" t="s">
-        <v>603</v>
+        <v>136</v>
       </c>
       <c r="H255" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I255">
         <v>0</v>
       </c>
       <c r="J255" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="K255" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B256" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="C256" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="D256" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E256" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F256" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G256" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H256" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>162</v>
+      </c>
+      <c r="I256">
+        <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="K256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B257" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="C257" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="D257" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E257" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F257" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G257" t="s">
-        <v>122</v>
+        <v>620</v>
       </c>
       <c r="H257" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>166</v>
+      </c>
+      <c r="I257">
+        <v>0</v>
+      </c>
+      <c r="J257" t="s">
+        <v>618</v>
       </c>
       <c r="K257" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B258" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C258" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="D258" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E258" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F258" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G258" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H258" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I258">
+        <v>0</v>
+      </c>
+      <c r="J258" t="s">
+        <v>612</v>
       </c>
       <c r="K258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B259" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="C259" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D259" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="E259" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F259" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G259" t="s">
-        <v>603</v>
+        <v>136</v>
       </c>
       <c r="H259" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
+      </c>
+      <c r="J259" t="s">
+        <v>614</v>
       </c>
       <c r="K259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B260" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="C260" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D260" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="E260" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
       <c r="F260" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G260" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H260" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I260">
         <v>0</v>
       </c>
       <c r="J260" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="K260" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B261" t="s">
+        <v>618</v>
+      </c>
+      <c r="C261" t="s">
         <v>624</v>
       </c>
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>63</v>
+      </c>
+      <c r="E261" t="s">
+        <v>64</v>
+      </c>
+      <c r="F261" t="s">
+        <v>65</v>
+      </c>
+      <c r="G261" t="s">
+        <v>620</v>
+      </c>
+      <c r="H261" t="s">
+        <v>166</v>
+      </c>
+      <c r="I261">
+        <v>595</v>
+      </c>
+      <c r="J261" t="s">
         <v>625</v>
-      </c>
-[...19 lines deleted...]
-        <v>624</v>
       </c>
       <c r="K261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B262" t="s">
         <v>626</v>
       </c>
       <c r="C262" t="s">
         <v>627</v>
       </c>
       <c r="D262" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="E262" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
       <c r="F262" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G262" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H262" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I262" t="s">
+        <v>628</v>
       </c>
       <c r="J262" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="K262" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B263" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C263" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D263" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="E263" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
       <c r="F263" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G263" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H263" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>137</v>
+      </c>
+      <c r="I263" t="s">
+        <v>632</v>
+      </c>
+      <c r="J263">
+        <v>1</v>
       </c>
       <c r="K263" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>611</v>
+      </c>
+      <c r="B264" t="s">
+        <v>633</v>
       </c>
       <c r="C264" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D264" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="E264" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
       <c r="F264" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G264" t="s">
-        <v>631</v>
+        <v>161</v>
       </c>
       <c r="H264" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="I264" t="s">
+        <v>633</v>
       </c>
       <c r="J264">
-        <v>561</v>
+        <v>0</v>
       </c>
       <c r="K264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B265" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C265" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="D265" t="s">
-        <v>622</v>
+        <v>63</v>
       </c>
       <c r="E265" t="s">
-        <v>623</v>
+        <v>64</v>
       </c>
       <c r="F265" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G265" t="s">
-        <v>120</v>
+        <v>620</v>
       </c>
       <c r="H265" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>632</v>
+        <v>166</v>
+      </c>
+      <c r="I265" t="s">
+        <v>635</v>
+      </c>
+      <c r="J265">
+        <v>0</v>
       </c>
       <c r="K265" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B266" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="C266" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="D266" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E266" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F266" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G266" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H266" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I266">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="K266" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B267" t="s">
-        <v>626</v>
+        <v>642</v>
       </c>
       <c r="C267" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="D267" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E267" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F267" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G267" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H267" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I267">
         <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>626</v>
+        <v>642</v>
       </c>
       <c r="K267" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B268" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="C268" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="D268" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E268" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F268" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G268" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H268" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I268">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="K268" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>637</v>
+      </c>
+      <c r="B269" t="s">
+        <v>646</v>
       </c>
       <c r="C269" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="D269" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E269" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F269" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G269" t="s">
-        <v>631</v>
+        <v>238</v>
       </c>
       <c r="H269" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="I269">
         <v>0</v>
       </c>
-      <c r="J269">
-        <v>561</v>
+      <c r="J269" t="s">
+        <v>646</v>
       </c>
       <c r="K269" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>637</v>
+      </c>
+      <c r="B270">
+        <v>561</v>
       </c>
       <c r="C270" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="D270" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E270" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F270" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G270" t="s">
-        <v>120</v>
+        <v>649</v>
       </c>
       <c r="H270" t="s">
-        <v>82</v>
+        <v>241</v>
       </c>
       <c r="I270">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>0</v>
+      </c>
+      <c r="J270">
+        <v>561</v>
       </c>
       <c r="K270" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B271" t="s">
+        <v>650</v>
+      </c>
+      <c r="C271" t="s">
+        <v>651</v>
+      </c>
+      <c r="D271" t="s">
+        <v>640</v>
+      </c>
+      <c r="E271" t="s">
         <v>641</v>
       </c>
-      <c r="C271" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F271" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G271" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="H271" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>96</v>
+      </c>
+      <c r="I271">
+        <v>0</v>
       </c>
       <c r="J271" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="K271" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B272" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C272" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="D272" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E272" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F272" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G272" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H272" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I272">
         <v>0</v>
       </c>
       <c r="J272" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="K272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B273" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C273" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="D273" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E273" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F273" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G273" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H273" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>162</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
       </c>
       <c r="J273" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="K273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="B274" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="C274" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D274" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="E274" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F274" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G274" t="s">
-        <v>631</v>
+        <v>238</v>
       </c>
       <c r="H274" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>166</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
+      </c>
+      <c r="J274" t="s">
+        <v>646</v>
       </c>
       <c r="K274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="B275" t="s">
+        <v>637</v>
+      </c>
+      <c r="B275">
+        <v>561</v>
+      </c>
+      <c r="C275" t="s">
         <v>655</v>
       </c>
-      <c r="C275" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D275" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E275" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="F275" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G275" t="s">
-        <v>51</v>
+        <v>649</v>
       </c>
       <c r="H275" t="s">
-        <v>78</v>
+        <v>241</v>
       </c>
       <c r="I275">
         <v>0</v>
       </c>
-      <c r="J275" t="s">
-        <v>655</v>
+      <c r="J275">
+        <v>561</v>
       </c>
       <c r="K275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B276" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="C276" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D276" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E276" t="s">
+        <v>641</v>
+      </c>
+      <c r="F276" t="s">
+        <v>65</v>
+      </c>
+      <c r="G276" t="s">
+        <v>134</v>
+      </c>
+      <c r="H276" t="s">
+        <v>96</v>
+      </c>
+      <c r="I276">
+        <v>15</v>
+      </c>
+      <c r="J276" t="s">
         <v>658</v>
-      </c>
-[...13 lines deleted...]
-        <v>659</v>
       </c>
       <c r="K276" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B277" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C277" t="s">
+        <v>660</v>
+      </c>
+      <c r="D277" t="s">
+        <v>640</v>
+      </c>
+      <c r="E277" t="s">
+        <v>641</v>
+      </c>
+      <c r="F277" t="s">
+        <v>65</v>
+      </c>
+      <c r="G277" t="s">
+        <v>136</v>
+      </c>
+      <c r="H277" t="s">
+        <v>137</v>
+      </c>
+      <c r="I277" t="s">
         <v>661</v>
       </c>
-      <c r="D277" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J277" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="K277" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B278" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C278" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D278" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E278" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="F278" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G278" t="s">
-        <v>551</v>
+        <v>161</v>
       </c>
       <c r="H278" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I278">
         <v>0</v>
       </c>
       <c r="J278" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="K278" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B279" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C279" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D279" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E279" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="F279" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G279" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="H279" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>166</v>
+      </c>
+      <c r="I279" t="s">
+        <v>667</v>
       </c>
       <c r="J279" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="K279" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B280" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C280" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D280" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E280" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="F280" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G280" t="s">
-        <v>551</v>
+        <v>649</v>
       </c>
       <c r="H280" t="s">
-        <v>82</v>
+        <v>241</v>
       </c>
       <c r="I280" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>671</v>
+      </c>
+      <c r="J280">
+        <v>257</v>
       </c>
       <c r="K280" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B281" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C281" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D281" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="E281" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
       <c r="F281" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G281" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H281" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="I281">
         <v>0</v>
       </c>
       <c r="J281" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="K281" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B282" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C282" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D282" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="E282" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
       <c r="F282" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G282" t="s">
-        <v>120</v>
+        <v>568</v>
       </c>
       <c r="H282" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I282">
         <v>0</v>
       </c>
       <c r="J282" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="K282" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B283" t="s">
+        <v>673</v>
+      </c>
+      <c r="C283" t="s">
+        <v>679</v>
+      </c>
+      <c r="D283" t="s">
         <v>675</v>
       </c>
-      <c r="C283" t="s">
+      <c r="E283" t="s">
         <v>676</v>
       </c>
-      <c r="D283" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F283" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G283" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H283" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="I283">
         <v>0</v>
       </c>
       <c r="J283" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="K283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B284" t="s">
         <v>677</v>
       </c>
       <c r="C284" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D284" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="E284" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
       <c r="F284" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G284" t="s">
-        <v>679</v>
+        <v>568</v>
       </c>
       <c r="H284" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I284">
         <v>0</v>
       </c>
       <c r="J284" t="s">
         <v>677</v>
       </c>
       <c r="K284" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B285" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="C285" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D285" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="E285" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
       <c r="F285" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G285" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H285" t="s">
-        <v>672</v>
+        <v>73</v>
       </c>
       <c r="I285">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="K285" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B286" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="C286" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D286" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="E286" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
       <c r="F286" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G286" t="s">
-        <v>120</v>
+        <v>568</v>
       </c>
       <c r="H286" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I286" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>685</v>
+      </c>
+      <c r="J286" t="s">
+        <v>686</v>
       </c>
       <c r="K286" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B287" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
       <c r="C287" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="D287" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E287" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F287" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G287" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H287" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>690</v>
+      </c>
+      <c r="I287">
+        <v>0</v>
+      </c>
+      <c r="J287" t="s">
+        <v>688</v>
       </c>
       <c r="K287" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B288" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="C288" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="D288" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E288" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F288" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G288" t="s">
-        <v>679</v>
+        <v>134</v>
       </c>
       <c r="H288" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I288">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="K288" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B289" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="C289" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D289" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E289" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F289" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G289" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H289" t="s">
-        <v>672</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I289">
+        <v>0</v>
+      </c>
+      <c r="J289" t="s">
+        <v>693</v>
       </c>
       <c r="K289" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B290" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C290" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D290" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E290" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F290" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G290" t="s">
-        <v>120</v>
+        <v>697</v>
       </c>
       <c r="H290" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>690</v>
+        <v>162</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
       </c>
       <c r="J290" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="K290" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B291" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C291" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="D291" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E291" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F291" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G291" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H291" t="s">
-        <v>123</v>
+        <v>690</v>
       </c>
       <c r="I291" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>695</v>
+        <v>688</v>
+      </c>
+      <c r="J291">
+        <v>0</v>
       </c>
       <c r="K291" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="B292" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="C292" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D292" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E292" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="F292" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G292" t="s">
-        <v>679</v>
+        <v>134</v>
       </c>
       <c r="H292" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I292" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="J292">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K292" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B293" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="C293" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D293" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E293" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F293" t="s">
         <v>50</v>
       </c>
       <c r="G293" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H293" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>699</v>
+        <v>137</v>
+      </c>
+      <c r="I293" t="s">
+        <v>702</v>
+      </c>
+      <c r="J293">
+        <v>1</v>
       </c>
       <c r="K293" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B294" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="C294" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D294" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E294" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F294" t="s">
         <v>50</v>
       </c>
       <c r="G294" t="s">
-        <v>120</v>
+        <v>697</v>
       </c>
       <c r="H294" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="I294" t="s">
+        <v>704</v>
       </c>
       <c r="J294" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="K294" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B295" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="C295" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="D295" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E295" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F295" t="s">
         <v>50</v>
       </c>
       <c r="G295" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="H295" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>699</v>
+        <v>690</v>
+      </c>
+      <c r="I295" t="s">
+        <v>706</v>
+      </c>
+      <c r="J295">
+        <v>0</v>
       </c>
       <c r="K295" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B296" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="C296" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="D296" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E296" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F296" t="s">
         <v>50</v>
       </c>
       <c r="G296" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H296" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I296" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="J296" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="K296" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B297" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C297" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D297" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E297" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F297" t="s">
         <v>50</v>
       </c>
       <c r="G297" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="H297" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I297" t="s">
+        <v>714</v>
       </c>
       <c r="J297" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="K297" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="B298" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="C298" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="D298" t="s">
-        <v>172</v>
+        <v>86</v>
       </c>
       <c r="E298" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="F298" t="s">
         <v>50</v>
       </c>
       <c r="G298" t="s">
-        <v>120</v>
+        <v>697</v>
       </c>
       <c r="H298" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="I298" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>712</v>
+        <v>716</v>
+      </c>
+      <c r="J298">
+        <v>0</v>
       </c>
       <c r="K298" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B299" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C299" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="D299" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E299" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F299" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G299" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H299" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I299">
         <v>0</v>
       </c>
       <c r="J299" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="K299" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B300" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C300" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D300" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E300" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F300" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G300" t="s">
+        <v>134</v>
+      </c>
+      <c r="H300" t="s">
+        <v>96</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="J300" t="s">
         <v>721</v>
-      </c>
-[...7 lines deleted...]
-        <v>719</v>
       </c>
       <c r="K300" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B301" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="C301" t="s">
         <v>723</v>
       </c>
       <c r="D301" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E301" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F301" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G301" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H301" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="K301" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B302" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C302" t="s">
         <v>724</v>
       </c>
       <c r="D302" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E302" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F302" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G302" t="s">
-        <v>721</v>
+        <v>134</v>
       </c>
       <c r="H302" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I302" t="s">
+        <v>725</v>
       </c>
       <c r="J302" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="K302" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B303" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C303" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D303" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E303" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F303" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G303" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H303" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="I303" t="s">
+        <v>73</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
+      </c>
+      <c r="J303" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="K303" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="B304" t="s">
         <v>729</v>
       </c>
       <c r="C304" t="s">
         <v>730</v>
       </c>
       <c r="D304" t="s">
-        <v>716</v>
+        <v>187</v>
       </c>
       <c r="E304" t="s">
-        <v>717</v>
+        <v>188</v>
       </c>
       <c r="F304" t="s">
-        <v>718</v>
+        <v>65</v>
       </c>
       <c r="G304" t="s">
-        <v>721</v>
+        <v>134</v>
       </c>
       <c r="H304" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="I304" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>731</v>
+      </c>
+      <c r="J304" t="s">
+        <v>732</v>
       </c>
       <c r="K304" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B305" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C305" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D305" t="s">
-        <v>14</v>
+        <v>736</v>
       </c>
       <c r="E305" t="s">
-        <v>15</v>
+        <v>737</v>
       </c>
       <c r="F305" t="s">
-        <v>16</v>
+        <v>738</v>
       </c>
       <c r="G305" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="H305" t="s">
+        <v>96</v>
+      </c>
+      <c r="I305">
+        <v>0</v>
+      </c>
+      <c r="J305" t="s">
         <v>734</v>
-      </c>
-[...4 lines deleted...]
-        <v>736</v>
       </c>
       <c r="K305" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B306" t="s">
+        <v>739</v>
+      </c>
+      <c r="C306" t="s">
+        <v>740</v>
+      </c>
+      <c r="D306" t="s">
+        <v>736</v>
+      </c>
+      <c r="E306" t="s">
         <v>737</v>
       </c>
-      <c r="C306" t="s">
+      <c r="F306" t="s">
         <v>738</v>
       </c>
-      <c r="D306" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G306" t="s">
-        <v>51</v>
+        <v>741</v>
       </c>
       <c r="H306" t="s">
-        <v>734</v>
+        <v>137</v>
       </c>
       <c r="I306">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="J306" t="s">
         <v>739</v>
       </c>
       <c r="K306" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B307" t="s">
-        <v>352</v>
+        <v>742</v>
       </c>
       <c r="C307" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D307" t="s">
+        <v>736</v>
+      </c>
+      <c r="E307" t="s">
+        <v>737</v>
+      </c>
+      <c r="F307" t="s">
+        <v>738</v>
+      </c>
+      <c r="G307" t="s">
+        <v>134</v>
+      </c>
+      <c r="H307" t="s">
+        <v>96</v>
+      </c>
+      <c r="I307">
+        <v>0</v>
+      </c>
+      <c r="J307" t="s">
         <v>742</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
       <c r="K307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B308" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="C308" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="D308" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="E308" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="F308" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="G308" t="s">
-        <v>122</v>
+        <v>741</v>
       </c>
       <c r="H308" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="I308">
         <v>0</v>
       </c>
       <c r="J308" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="K308" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B309" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C309" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D309" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="E309" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="F309" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="G309" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H309" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="I309" t="s">
+        <v>747</v>
       </c>
       <c r="J309" t="s">
         <v>748</v>
       </c>
       <c r="K309" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B310" t="s">
+        <v>749</v>
+      </c>
+      <c r="C310" t="s">
         <v>750</v>
       </c>
-      <c r="C310" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D310" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="E310" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="F310" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="G310" t="s">
-        <v>223</v>
+        <v>741</v>
       </c>
       <c r="H310" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>750</v>
+        <v>137</v>
+      </c>
+      <c r="I310" t="s">
+        <v>749</v>
+      </c>
+      <c r="J310">
+        <v>0</v>
       </c>
       <c r="K310" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="B311" t="s">
         <v>752</v>
       </c>
       <c r="C311" t="s">
         <v>753</v>
       </c>
       <c r="D311" t="s">
-        <v>742</v>
+        <v>14</v>
       </c>
       <c r="E311" t="s">
-        <v>743</v>
+        <v>15</v>
       </c>
       <c r="F311" t="s">
-        <v>744</v>
+        <v>16</v>
       </c>
       <c r="G311" t="s">
-        <v>225</v>
+        <v>72</v>
       </c>
       <c r="H311" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>754</v>
+      </c>
+      <c r="I311" t="s">
+        <v>755</v>
       </c>
       <c r="J311" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="K311" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="B312" t="s">
+        <v>757</v>
+      </c>
+      <c r="C312" t="s">
+        <v>758</v>
+      </c>
+      <c r="D312" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" t="s">
+        <v>15</v>
+      </c>
+      <c r="F312" t="s">
+        <v>16</v>
+      </c>
+      <c r="G312" t="s">
+        <v>72</v>
+      </c>
+      <c r="H312" t="s">
         <v>754</v>
       </c>
-      <c r="C312" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I312">
-        <v>0</v>
+        <v>334</v>
       </c>
       <c r="J312" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="K312" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B313" t="s">
-        <v>757</v>
+        <v>367</v>
       </c>
       <c r="C313" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D313" t="s">
-        <v>742</v>
+        <v>762</v>
       </c>
       <c r="E313" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
       <c r="F313" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
       <c r="G313" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H313" t="s">
-        <v>745</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>765</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="J313" t="s">
+        <v>367</v>
       </c>
       <c r="K313" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B314" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="C314" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="D314" t="s">
-        <v>742</v>
+        <v>762</v>
       </c>
       <c r="E314" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
       <c r="F314" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
       <c r="G314" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H314" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I314">
+        <v>0</v>
+      </c>
+      <c r="J314" t="s">
+        <v>766</v>
       </c>
       <c r="K314" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B315" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="C315" t="s">
+        <v>769</v>
+      </c>
+      <c r="D315" t="s">
         <v>762</v>
       </c>
-      <c r="D315" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E315" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
       <c r="F315" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
       <c r="G315" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H315" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I315">
         <v>0</v>
       </c>
       <c r="J315" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="K315" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B316" t="s">
+        <v>770</v>
+      </c>
+      <c r="C316" t="s">
+        <v>771</v>
+      </c>
+      <c r="D316" t="s">
+        <v>762</v>
+      </c>
+      <c r="E316" t="s">
         <v>763</v>
       </c>
-      <c r="C316" t="s">
+      <c r="F316" t="s">
         <v>764</v>
       </c>
-      <c r="D316" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G316" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H316" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I316">
         <v>0</v>
       </c>
       <c r="J316" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="K316" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B317" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="C317" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="D317" t="s">
-        <v>742</v>
+        <v>762</v>
       </c>
       <c r="E317" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
       <c r="F317" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
       <c r="G317" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="H317" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I317">
         <v>0</v>
       </c>
       <c r="J317" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="K317" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" t="s">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="B318" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C318" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="D318" t="s">
-        <v>742</v>
+        <v>762</v>
       </c>
       <c r="E318" t="s">
-        <v>743</v>
+        <v>763</v>
       </c>
       <c r="F318" t="s">
-        <v>744</v>
+        <v>764</v>
       </c>
       <c r="G318" t="s">
-        <v>756</v>
+        <v>776</v>
       </c>
       <c r="H318" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>244</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
       </c>
       <c r="J318" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="K318" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B319" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C319" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D319" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E319" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F319" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="G319" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="H319" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>772</v>
+        <v>765</v>
+      </c>
+      <c r="I319" t="s">
+        <v>777</v>
+      </c>
+      <c r="J319">
+        <v>0</v>
       </c>
       <c r="K319" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B320" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C320" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D320" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E320" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F320" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="G320" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H320" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>777</v>
+        <v>137</v>
+      </c>
+      <c r="I320" t="s">
+        <v>779</v>
+      </c>
+      <c r="J320">
+        <v>0</v>
       </c>
       <c r="K320" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B321" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C321" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D321" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E321" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F321" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="G321" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H321" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I321">
         <v>0</v>
       </c>
       <c r="J321" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="K321" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B322" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C322" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D322" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E322" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F322" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="G322" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H322" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I322">
         <v>0</v>
       </c>
       <c r="J322" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="K322" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B323" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C323" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D323" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E323" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F323" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
       <c r="G323" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="H323" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I323">
         <v>0</v>
       </c>
       <c r="J323" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="K323" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B324" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C324" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D324" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="E324" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="F324" t="s">
+        <v>764</v>
+      </c>
+      <c r="G324" t="s">
         <v>776</v>
       </c>
-      <c r="G324" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H324" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>244</v>
+      </c>
+      <c r="I324" t="s">
+        <v>789</v>
       </c>
       <c r="J324" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="K324" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B325" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C325" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="D325" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E325" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F325" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G325" t="s">
-        <v>789</v>
+        <v>134</v>
       </c>
       <c r="H325" t="s">
-        <v>790</v>
+        <v>96</v>
       </c>
       <c r="I325">
         <v>0</v>
       </c>
       <c r="J325" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="K325" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B326" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="C326" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="D326" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E326" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F326" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G326" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H326" t="s">
-        <v>794</v>
+        <v>137</v>
       </c>
       <c r="I326">
         <v>0</v>
       </c>
       <c r="J326" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="K326" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>791</v>
+      </c>
+      <c r="B327" t="s">
+        <v>799</v>
       </c>
       <c r="C327" t="s">
+        <v>800</v>
+      </c>
+      <c r="D327" t="s">
+        <v>794</v>
+      </c>
+      <c r="E327" t="s">
         <v>795</v>
       </c>
-      <c r="D327" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F327" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G327" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H327" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I327">
         <v>0</v>
       </c>
-      <c r="J327">
-        <v>456</v>
+      <c r="J327" t="s">
+        <v>799</v>
       </c>
       <c r="K327" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>791</v>
+      </c>
+      <c r="B328" t="s">
+        <v>801</v>
       </c>
       <c r="C328" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D328" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E328" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F328" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G328" t="s">
-        <v>799</v>
+        <v>238</v>
       </c>
       <c r="H328" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I328">
         <v>0</v>
       </c>
-      <c r="J328">
-        <v>68</v>
+      <c r="J328" t="s">
+        <v>801</v>
       </c>
       <c r="K328" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B329" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C329" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D329" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E329" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F329" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G329" t="s">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="H329" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="I329">
+        <v>0</v>
+      </c>
+      <c r="J329" t="s">
+        <v>803</v>
       </c>
       <c r="K329" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B330" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C330" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D330" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E330" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F330" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G330" t="s">
-        <v>122</v>
+        <v>243</v>
       </c>
       <c r="H330" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>244</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
+      </c>
+      <c r="J330" t="s">
+        <v>805</v>
       </c>
       <c r="K330" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B331" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C331" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D331" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E331" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F331" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G331" t="s">
-        <v>147</v>
+        <v>809</v>
       </c>
       <c r="H331" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I331">
+        <v>0</v>
+      </c>
+      <c r="J331" t="s">
+        <v>807</v>
       </c>
       <c r="K331" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B332" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C332" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D332" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E332" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F332" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G332" t="s">
-        <v>223</v>
+        <v>813</v>
       </c>
       <c r="H332" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>814</v>
+      </c>
+      <c r="I332">
+        <v>0</v>
+      </c>
+      <c r="J332" t="s">
+        <v>811</v>
       </c>
       <c r="K332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>791</v>
+      </c>
+      <c r="B333">
+        <v>456</v>
       </c>
       <c r="C333" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="D333" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E333" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F333" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G333" t="s">
-        <v>225</v>
+        <v>816</v>
       </c>
       <c r="H333" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>812</v>
+        <v>817</v>
+      </c>
+      <c r="I333">
+        <v>0</v>
+      </c>
+      <c r="J333">
+        <v>456</v>
       </c>
       <c r="K333" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>791</v>
+      </c>
+      <c r="B334">
+        <v>68</v>
       </c>
       <c r="C334" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="D334" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E334" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F334" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G334" t="s">
-        <v>228</v>
+        <v>819</v>
       </c>
       <c r="H334" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>816</v>
+        <v>820</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
+      </c>
+      <c r="J334">
+        <v>68</v>
       </c>
       <c r="K334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B335" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="C335" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="D335" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E335" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F335" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G335" t="s">
-        <v>789</v>
+        <v>134</v>
       </c>
       <c r="H335" t="s">
-        <v>790</v>
+        <v>96</v>
       </c>
       <c r="I335" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
       <c r="K335" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B336" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C336" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D336" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E336" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F336" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G336" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H336" t="s">
-        <v>794</v>
+        <v>137</v>
       </c>
       <c r="I336" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="J336">
         <v>0</v>
       </c>
       <c r="K336" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B337" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C337" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="D337" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E337" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F337" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G337" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H337" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I337" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>791</v>
+      </c>
+      <c r="B338" t="s">
+        <v>827</v>
       </c>
       <c r="C338" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="D338" t="s">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="E338" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F338" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="G338" t="s">
-        <v>799</v>
+        <v>238</v>
       </c>
       <c r="H338" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>166</v>
+      </c>
+      <c r="I338" t="s">
+        <v>827</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
       <c r="K338" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" t="s">
-        <v>824</v>
+        <v>791</v>
       </c>
       <c r="B339" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C339" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="D339" t="s">
-        <v>419</v>
+        <v>794</v>
       </c>
       <c r="E339" t="s">
-        <v>420</v>
+        <v>795</v>
       </c>
       <c r="F339" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="G339" t="s">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="H339" t="s">
-        <v>82</v>
+        <v>241</v>
       </c>
       <c r="I339" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="J339" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="K339" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" t="s">
-        <v>824</v>
+        <v>791</v>
       </c>
       <c r="B340" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C340" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D340" t="s">
-        <v>419</v>
+        <v>794</v>
       </c>
       <c r="E340" t="s">
-        <v>420</v>
+        <v>795</v>
       </c>
       <c r="F340" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="G340" t="s">
-        <v>122</v>
+        <v>243</v>
       </c>
       <c r="H340" t="s">
-        <v>123</v>
+        <v>244</v>
       </c>
       <c r="I340" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>835</v>
+      </c>
+      <c r="J340" t="s">
+        <v>836</v>
       </c>
       <c r="K340" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" t="s">
-        <v>824</v>
+        <v>791</v>
       </c>
       <c r="B341" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="C341" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D341" t="s">
-        <v>419</v>
+        <v>794</v>
       </c>
       <c r="E341" t="s">
-        <v>420</v>
+        <v>795</v>
       </c>
       <c r="F341" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="G341" t="s">
-        <v>147</v>
+        <v>809</v>
       </c>
       <c r="H341" t="s">
-        <v>148</v>
+        <v>810</v>
       </c>
       <c r="I341" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>837</v>
+      </c>
+      <c r="J341">
+        <v>0</v>
       </c>
       <c r="K341" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" t="s">
-        <v>824</v>
+        <v>791</v>
       </c>
       <c r="B342" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C342" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D342" t="s">
-        <v>419</v>
+        <v>794</v>
       </c>
       <c r="E342" t="s">
-        <v>420</v>
+        <v>795</v>
       </c>
       <c r="F342" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="G342" t="s">
-        <v>837</v>
+        <v>813</v>
       </c>
       <c r="H342" t="s">
-        <v>152</v>
+        <v>814</v>
       </c>
       <c r="I342" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="J342" t="s">
         <v>839</v>
+      </c>
+      <c r="J342">
+        <v>0</v>
       </c>
       <c r="K342" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" t="s">
-        <v>824</v>
+        <v>791</v>
       </c>
       <c r="B343" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C343" t="s">
+        <v>842</v>
+      </c>
+      <c r="D343" t="s">
+        <v>794</v>
+      </c>
+      <c r="E343" t="s">
+        <v>795</v>
+      </c>
+      <c r="F343" t="s">
+        <v>796</v>
+      </c>
+      <c r="G343" t="s">
+        <v>816</v>
+      </c>
+      <c r="H343" t="s">
+        <v>817</v>
+      </c>
+      <c r="I343" t="s">
         <v>841</v>
-      </c>
-[...16 lines deleted...]
-        <v>840</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>791</v>
+      </c>
+      <c r="B344">
+        <v>382</v>
       </c>
       <c r="C344" t="s">
         <v>843</v>
       </c>
       <c r="D344" t="s">
-        <v>419</v>
+        <v>794</v>
       </c>
       <c r="E344" t="s">
-        <v>420</v>
+        <v>795</v>
       </c>
       <c r="F344" t="s">
-        <v>71</v>
+        <v>796</v>
       </c>
       <c r="G344" t="s">
-        <v>122</v>
+        <v>819</v>
       </c>
       <c r="H344" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>820</v>
+      </c>
+      <c r="I344">
+        <v>382</v>
       </c>
       <c r="J344">
         <v>0</v>
       </c>
       <c r="K344" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" t="s">
-        <v>824</v>
+        <v>844</v>
       </c>
       <c r="B345" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C345" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D345" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="E345" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="F345" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G345" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H345" t="s">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="I345" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="J345" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="K345" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" t="s">
-        <v>824</v>
+        <v>844</v>
       </c>
       <c r="B346" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C346" t="s">
+        <v>850</v>
+      </c>
+      <c r="D346" t="s">
+        <v>438</v>
+      </c>
+      <c r="E346" t="s">
+        <v>439</v>
+      </c>
+      <c r="F346" t="s">
+        <v>50</v>
+      </c>
+      <c r="G346" t="s">
+        <v>136</v>
+      </c>
+      <c r="H346" t="s">
+        <v>137</v>
+      </c>
+      <c r="I346" t="s">
         <v>849</v>
-      </c>
-[...16 lines deleted...]
-        <v>848</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
       <c r="K346" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B347" t="s">
         <v>851</v>
       </c>
       <c r="C347" t="s">
         <v>852</v>
       </c>
       <c r="D347" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E347" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F347" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G347" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="H347" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="I347" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>853</v>
+      </c>
+      <c r="J347" t="s">
+        <v>854</v>
       </c>
       <c r="K347" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B348" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C348" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D348" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E348" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F348" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G348" t="s">
-        <v>147</v>
+        <v>857</v>
       </c>
       <c r="H348" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="I348" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>858</v>
+      </c>
+      <c r="J348" t="s">
+        <v>859</v>
       </c>
       <c r="K348" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B349" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="C349" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D349" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E349" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F349" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G349" t="s">
-        <v>857</v>
+        <v>134</v>
       </c>
       <c r="H349" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="I349" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="J349">
         <v>0</v>
       </c>
       <c r="K349" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B350" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C350" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D350" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E350" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F350" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G350" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H350" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="I350" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="J350">
         <v>0</v>
       </c>
       <c r="K350" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B351" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="C351" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="D351" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E351" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F351" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G351" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H351" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I351" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>866</v>
+      </c>
+      <c r="J351" t="s">
+        <v>867</v>
       </c>
       <c r="K351" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B352" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C352" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="D352" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E352" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F352" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G352" t="s">
         <v>857</v>
       </c>
       <c r="H352" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I352" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
       <c r="K352" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B353" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="C353" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="D353" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E353" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F353" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G353" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="H353" t="s">
-        <v>867</v>
+        <v>137</v>
       </c>
       <c r="I353" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="J353">
         <v>0</v>
       </c>
       <c r="K353" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B354" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C354" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="D354" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E354" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F354" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G354" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="H354" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="I354" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
       <c r="K354" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B355" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="C355" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D355" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E355" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F355" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G355" t="s">
-        <v>147</v>
+        <v>877</v>
       </c>
       <c r="H355" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="I355" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="J355">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K355" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B356" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C356" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D356" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E356" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F356" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G356" t="s">
-        <v>875</v>
+        <v>136</v>
       </c>
       <c r="H356" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I356" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>878</v>
+      </c>
+      <c r="J356">
+        <v>0</v>
       </c>
       <c r="K356" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B357" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C357" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D357" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E357" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F357" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G357" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H357" t="s">
-        <v>867</v>
+        <v>162</v>
       </c>
       <c r="I357" t="s">
         <v>880</v>
       </c>
-      <c r="J357" t="s">
-        <v>881</v>
+      <c r="J357">
+        <v>0</v>
       </c>
       <c r="K357" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B358" t="s">
         <v>882</v>
       </c>
       <c r="C358" t="s">
         <v>883</v>
       </c>
       <c r="D358" t="s">
-        <v>547</v>
+        <v>48</v>
       </c>
       <c r="E358" t="s">
-        <v>548</v>
+        <v>49</v>
       </c>
       <c r="F358" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G358" t="s">
-        <v>122</v>
+        <v>877</v>
       </c>
       <c r="H358" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I358" t="s">
         <v>882</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
       <c r="K358" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" t="s">
-        <v>864</v>
+        <v>884</v>
       </c>
       <c r="B359" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C359" t="s">
+        <v>886</v>
+      </c>
+      <c r="D359" t="s">
+        <v>564</v>
+      </c>
+      <c r="E359" t="s">
+        <v>565</v>
+      </c>
+      <c r="F359" t="s">
+        <v>50</v>
+      </c>
+      <c r="G359" t="s">
+        <v>134</v>
+      </c>
+      <c r="H359" t="s">
+        <v>887</v>
+      </c>
+      <c r="I359" t="s">
         <v>885</v>
       </c>
-      <c r="D359" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J359">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K359" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" t="s">
-        <v>864</v>
+        <v>884</v>
       </c>
       <c r="B360" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C360" t="s">
+        <v>889</v>
+      </c>
+      <c r="D360" t="s">
+        <v>564</v>
+      </c>
+      <c r="E360" t="s">
+        <v>565</v>
+      </c>
+      <c r="F360" t="s">
+        <v>50</v>
+      </c>
+      <c r="G360" t="s">
+        <v>136</v>
+      </c>
+      <c r="H360" t="s">
+        <v>137</v>
+      </c>
+      <c r="I360" t="s">
         <v>888</v>
-      </c>
-[...16 lines deleted...]
-        <v>887</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
       <c r="K360" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B361" t="s">
         <v>890</v>
       </c>
       <c r="C361" t="s">
         <v>891</v>
       </c>
       <c r="D361" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E361" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F361" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G361" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H361" t="s">
-        <v>867</v>
+        <v>162</v>
       </c>
       <c r="I361" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="J361">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K361" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B362" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C362" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D362" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E362" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F362" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G362" t="s">
-        <v>122</v>
+        <v>895</v>
       </c>
       <c r="H362" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I362" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>896</v>
+      </c>
+      <c r="J362" t="s">
+        <v>897</v>
       </c>
       <c r="K362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B363" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C363" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="D363" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E363" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F363" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G363" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H363" t="s">
-        <v>148</v>
+        <v>887</v>
       </c>
       <c r="I363" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>900</v>
+      </c>
+      <c r="J363" t="s">
+        <v>901</v>
       </c>
       <c r="K363" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B364" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C364" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="D364" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E364" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F364" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G364" t="s">
-        <v>875</v>
+        <v>136</v>
       </c>
       <c r="H364" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I364" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>899</v>
+        <v>902</v>
+      </c>
+      <c r="J364">
+        <v>0</v>
       </c>
       <c r="K364" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B365" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="C365" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="D365" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E365" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F365" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G365" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H365" t="s">
-        <v>867</v>
+        <v>162</v>
       </c>
       <c r="I365" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>903</v>
+        <v>906</v>
+      </c>
+      <c r="J365">
+        <v>500</v>
       </c>
       <c r="K365" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="B366" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="C366" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="D366" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E366" t="s">
-        <v>658</v>
+        <v>565</v>
       </c>
       <c r="F366" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G366" t="s">
-        <v>122</v>
+        <v>895</v>
       </c>
       <c r="H366" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I366" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="J366">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="K366" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="B367" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C367" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D367" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="E367" t="s">
-        <v>658</v>
+        <v>676</v>
       </c>
       <c r="F367" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G367" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H367" t="s">
-        <v>148</v>
+        <v>887</v>
       </c>
       <c r="I367" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="J367">
         <v>0</v>
       </c>
       <c r="K367" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="B368" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="C368" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D368" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="E368" t="s">
-        <v>658</v>
+        <v>676</v>
       </c>
       <c r="F368" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G368" t="s">
-        <v>875</v>
+        <v>136</v>
       </c>
       <c r="H368" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I368" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="J368">
         <v>0</v>
       </c>
       <c r="K368" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B369" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C369" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="D369" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E369" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F369" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G369" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="H369" t="s">
+        <v>162</v>
+      </c>
+      <c r="I369" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
       <c r="J369">
         <v>0</v>
       </c>
       <c r="K369" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B370" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C370" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D370" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E370" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F370" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G370" t="s">
-        <v>122</v>
+        <v>895</v>
       </c>
       <c r="H370" t="s">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="I370" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>918</v>
+      </c>
+      <c r="J370" t="s">
+        <v>919</v>
       </c>
       <c r="K370" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B371" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C371" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D371" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E371" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F371" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G371" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H371" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>887</v>
+      </c>
+      <c r="I371" t="s">
+        <v>922</v>
       </c>
       <c r="J371" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="K371" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B372" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C372" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="D372" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E372" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F372" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G372" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H372" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>920</v>
+        <v>137</v>
+      </c>
+      <c r="I372" t="s">
+        <v>926</v>
+      </c>
+      <c r="J372">
+        <v>500</v>
       </c>
       <c r="K372" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B373" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="C373" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="D373" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E373" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F373" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G373" t="s">
-        <v>225</v>
+        <v>161</v>
       </c>
       <c r="H373" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>922</v>
+        <v>162</v>
+      </c>
+      <c r="I373" t="s">
+        <v>927</v>
+      </c>
+      <c r="J373">
+        <v>0</v>
       </c>
       <c r="K373" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B374" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="C374" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="D374" t="s">
-        <v>469</v>
+        <v>675</v>
       </c>
       <c r="E374" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
       <c r="F374" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G374" t="s">
-        <v>228</v>
+        <v>895</v>
       </c>
       <c r="H374" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>924</v>
+        <v>166</v>
+      </c>
+      <c r="I374" t="s">
+        <v>929</v>
+      </c>
+      <c r="J374">
+        <v>0</v>
       </c>
       <c r="K374" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B375" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="C375" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="D375" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E375" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F375" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G375" t="s">
-        <v>789</v>
+        <v>134</v>
       </c>
       <c r="H375" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>926</v>
+        <v>934</v>
+      </c>
+      <c r="I375" t="s">
+        <v>932</v>
+      </c>
+      <c r="J375">
+        <v>0</v>
       </c>
       <c r="K375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B376" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="C376" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="D376" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E376" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F376" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G376" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H376" t="s">
-        <v>794</v>
-[...5 lines deleted...]
-        <v>928</v>
+        <v>137</v>
+      </c>
+      <c r="I376" t="s">
+        <v>937</v>
+      </c>
+      <c r="J376">
+        <v>426</v>
       </c>
       <c r="K376" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B377" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="C377" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="D377" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E377" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F377" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G377" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H377" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I377">
         <v>0</v>
       </c>
       <c r="J377" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="K377" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B378" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="C378" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="D378" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E378" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F378" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G378" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H378" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I378">
         <v>0</v>
       </c>
       <c r="J378" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="K378" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B379" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="C379" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="D379" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E379" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F379" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G379" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H379" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I379">
         <v>0</v>
       </c>
       <c r="J379" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="K379" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B380" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="C380" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D380" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E380" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F380" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G380" t="s">
-        <v>941</v>
+        <v>243</v>
       </c>
       <c r="H380" t="s">
-        <v>942</v>
+        <v>244</v>
       </c>
       <c r="I380">
         <v>0</v>
       </c>
       <c r="J380" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="K380" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B381" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C381" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="D381" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E381" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F381" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G381" t="s">
-        <v>120</v>
+        <v>809</v>
       </c>
       <c r="H381" t="s">
-        <v>914</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="J381" t="s">
+        <v>946</v>
       </c>
       <c r="K381" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B382" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C382" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D382" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E382" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F382" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G382" t="s">
-        <v>122</v>
+        <v>813</v>
       </c>
       <c r="H382" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>947</v>
+        <v>814</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
       </c>
       <c r="J382" t="s">
         <v>948</v>
       </c>
       <c r="K382" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B383" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C383" t="s">
+        <v>951</v>
+      </c>
+      <c r="D383" t="s">
+        <v>486</v>
+      </c>
+      <c r="E383" t="s">
+        <v>487</v>
+      </c>
+      <c r="F383" t="s">
+        <v>488</v>
+      </c>
+      <c r="G383" t="s">
+        <v>816</v>
+      </c>
+      <c r="H383" t="s">
+        <v>817</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="J383" t="s">
         <v>950</v>
-      </c>
-[...19 lines deleted...]
-        <v>949</v>
       </c>
       <c r="K383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B384" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C384" t="s">
+        <v>953</v>
+      </c>
+      <c r="D384" t="s">
+        <v>486</v>
+      </c>
+      <c r="E384" t="s">
+        <v>487</v>
+      </c>
+      <c r="F384" t="s">
+        <v>488</v>
+      </c>
+      <c r="G384" t="s">
+        <v>954</v>
+      </c>
+      <c r="H384" t="s">
+        <v>820</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
+      </c>
+      <c r="J384" t="s">
         <v>952</v>
-      </c>
-[...19 lines deleted...]
-        <v>951</v>
       </c>
       <c r="K384" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B385" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C385" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D385" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E385" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F385" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G385" t="s">
-        <v>225</v>
+        <v>957</v>
       </c>
       <c r="H385" t="s">
-        <v>226</v>
+        <v>958</v>
       </c>
       <c r="I385">
         <v>0</v>
       </c>
       <c r="J385" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="K385" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B386" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C386" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="D386" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E386" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F386" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G386" t="s">
-        <v>228</v>
+        <v>961</v>
       </c>
       <c r="H386" t="s">
-        <v>229</v>
+        <v>962</v>
       </c>
       <c r="I386">
         <v>0</v>
       </c>
       <c r="J386" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="K386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B387" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="C387" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="D387" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E387" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F387" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G387" t="s">
-        <v>789</v>
+        <v>134</v>
       </c>
       <c r="H387" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>957</v>
+        <v>934</v>
+      </c>
+      <c r="I387" t="s">
+        <v>963</v>
+      </c>
+      <c r="J387">
+        <v>0</v>
       </c>
       <c r="K387" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B388" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="C388" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="D388" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E388" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F388" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G388" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H388" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I388" t="s">
+        <v>967</v>
       </c>
       <c r="J388" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="K388" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B389" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="C389" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="D389" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E389" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F389" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G389" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H389" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I389">
         <v>0</v>
       </c>
       <c r="J389" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="K389" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B390" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="C390" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="D390" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E390" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F390" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G390" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H390" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I390">
         <v>0</v>
       </c>
       <c r="J390" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="K390" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B391" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="C391" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="D391" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E391" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F391" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G391" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H391" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I391">
         <v>0</v>
       </c>
       <c r="J391" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="K391" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
       <c r="B392" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="C392" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="D392" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E392" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F392" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G392" t="s">
-        <v>941</v>
+        <v>243</v>
       </c>
       <c r="H392" t="s">
-        <v>942</v>
+        <v>244</v>
       </c>
       <c r="I392">
         <v>0</v>
       </c>
       <c r="J392" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="K392" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B393" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="C393" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="D393" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E393" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F393" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G393" t="s">
-        <v>122</v>
+        <v>809</v>
       </c>
       <c r="H393" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>972</v>
+        <v>810</v>
+      </c>
+      <c r="I393">
+        <v>0</v>
       </c>
       <c r="J393" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="K393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B394" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="C394" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="D394" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E394" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F394" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G394" t="s">
-        <v>147</v>
+        <v>813</v>
       </c>
       <c r="H394" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>976</v>
+        <v>814</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
       </c>
       <c r="J394" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="K394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B395" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C395" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="D395" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E395" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F395" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G395" t="s">
-        <v>223</v>
+        <v>816</v>
       </c>
       <c r="H395" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>817</v>
+      </c>
+      <c r="I395">
+        <v>0</v>
+      </c>
+      <c r="J395" t="s">
+        <v>981</v>
       </c>
       <c r="K395" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B396" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="C396" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D396" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E396" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F396" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G396" t="s">
-        <v>225</v>
+        <v>954</v>
       </c>
       <c r="H396" t="s">
-        <v>226</v>
+        <v>820</v>
       </c>
       <c r="I396">
         <v>0</v>
       </c>
       <c r="J396" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="K396" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B397" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="C397" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="D397" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E397" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F397" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G397" t="s">
-        <v>984</v>
+        <v>957</v>
       </c>
       <c r="H397" t="s">
-        <v>229</v>
+        <v>958</v>
       </c>
       <c r="I397">
         <v>0</v>
       </c>
       <c r="J397" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="K397" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" t="s">
-        <v>969</v>
+        <v>931</v>
       </c>
       <c r="B398" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C398" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D398" t="s">
-        <v>563</v>
+        <v>486</v>
       </c>
       <c r="E398" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="F398" t="s">
-        <v>565</v>
+        <v>488</v>
       </c>
       <c r="G398" t="s">
-        <v>122</v>
+        <v>961</v>
       </c>
       <c r="H398" t="s">
-        <v>721</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>962</v>
+      </c>
+      <c r="I398">
+        <v>0</v>
+      </c>
+      <c r="J398" t="s">
+        <v>987</v>
       </c>
       <c r="K398" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
       <c r="B399" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C399" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="D399" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E399" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F399" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G399" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H399" t="s">
-        <v>148</v>
+        <v>741</v>
       </c>
       <c r="I399" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>992</v>
+      </c>
+      <c r="J399" t="s">
+        <v>993</v>
       </c>
       <c r="K399" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
       <c r="B400" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="C400" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="D400" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E400" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F400" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G400" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H400" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I400" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>996</v>
+      </c>
+      <c r="J400" t="s">
+        <v>997</v>
       </c>
       <c r="K400" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
       <c r="B401" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="C401" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="D401" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E401" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F401" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G401" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="H401" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="I401" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="J401">
         <v>0</v>
       </c>
       <c r="K401" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
       <c r="B402" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="C402" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="D402" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="E402" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="F402" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="G402" t="s">
-        <v>984</v>
+        <v>240</v>
       </c>
       <c r="H402" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>241</v>
+      </c>
+      <c r="I402">
+        <v>0</v>
       </c>
       <c r="J402" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="K402" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="B403" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C403" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="D403" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="E403" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F403" t="s">
-        <v>16</v>
+        <v>582</v>
       </c>
       <c r="G403" t="s">
-        <v>120</v>
+        <v>1004</v>
       </c>
       <c r="H403" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>244</v>
+      </c>
+      <c r="I403">
+        <v>0</v>
       </c>
       <c r="J403" t="s">
         <v>1002</v>
       </c>
       <c r="K403" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="B404" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C404" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="D404" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="E404" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F404" t="s">
-        <v>16</v>
+        <v>582</v>
       </c>
       <c r="G404" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="H404" t="s">
-        <v>1000</v>
+        <v>741</v>
       </c>
       <c r="I404" t="s">
         <v>1005</v>
       </c>
-      <c r="J404" t="s">
-        <v>1006</v>
+      <c r="J404">
+        <v>0</v>
       </c>
       <c r="K404" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" t="s">
+        <v>989</v>
+      </c>
+      <c r="B405" t="s">
         <v>1007</v>
       </c>
-      <c r="B405" t="s">
+      <c r="C405" t="s">
         <v>1008</v>
       </c>
-      <c r="C405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D405" t="s">
-        <v>172</v>
+        <v>580</v>
       </c>
       <c r="E405" t="s">
-        <v>173</v>
+        <v>581</v>
       </c>
       <c r="F405" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G405" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="H405" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="I405" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
       <c r="K405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="B406" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C406" t="s">
         <v>1010</v>
       </c>
-      <c r="C406" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D406" t="s">
-        <v>172</v>
+        <v>580</v>
       </c>
       <c r="E406" t="s">
-        <v>173</v>
+        <v>581</v>
       </c>
       <c r="F406" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G406" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H406" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="I406" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
       <c r="K406" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="B407" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C407" t="s">
         <v>1012</v>
       </c>
-      <c r="C407" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D407" t="s">
-        <v>172</v>
+        <v>580</v>
       </c>
       <c r="E407" t="s">
-        <v>173</v>
+        <v>581</v>
       </c>
       <c r="F407" t="s">
-        <v>50</v>
+        <v>582</v>
       </c>
       <c r="G407" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="H407" t="s">
-        <v>152</v>
+        <v>241</v>
       </c>
       <c r="I407" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="J407">
         <v>0</v>
       </c>
       <c r="K407" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="B408" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C408" t="s">
         <v>1014</v>
       </c>
-      <c r="C408" t="s">
+      <c r="D408" t="s">
+        <v>580</v>
+      </c>
+      <c r="E408" t="s">
+        <v>581</v>
+      </c>
+      <c r="F408" t="s">
+        <v>582</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H408" t="s">
+        <v>244</v>
+      </c>
+      <c r="I408" t="s">
         <v>1015</v>
       </c>
-      <c r="D408" t="s">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="J408" t="s">
+        <v>1016</v>
       </c>
       <c r="K408" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="B409" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C409" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D409" t="s">
-        <v>172</v>
+        <v>14</v>
       </c>
       <c r="E409" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F409" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G409" t="s">
-        <v>1018</v>
+        <v>134</v>
       </c>
       <c r="H409" t="s">
-        <v>229</v>
+        <v>1020</v>
       </c>
       <c r="I409" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1021</v>
+      </c>
+      <c r="J409" t="s">
+        <v>1022</v>
       </c>
       <c r="K409" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="B410" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C410" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D410" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" t="s">
+        <v>15</v>
+      </c>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>134</v>
+      </c>
+      <c r="H410" t="s">
         <v>1020</v>
       </c>
-      <c r="D410" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I410" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1025</v>
+      </c>
+      <c r="J410" t="s">
+        <v>1026</v>
       </c>
       <c r="K410" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="B411" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="C411" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="D411" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="E411" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="F411" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G411" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H411" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I411" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="J411">
         <v>0</v>
       </c>
       <c r="K411" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="B412" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="C412" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="D412" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="E412" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="F412" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G412" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H412" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I412" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="J412">
         <v>0</v>
       </c>
       <c r="K412" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="B413" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="C413" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="D413" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="E413" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="F413" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G413" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="H413" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="I413" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="J413">
         <v>0</v>
       </c>
       <c r="K413" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="B414" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="C414" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="D414" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="E414" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="F414" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G414" t="s">
-        <v>1018</v>
+        <v>240</v>
       </c>
       <c r="H414" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="I414" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="J414">
         <v>0</v>
       </c>
       <c r="K414" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B415" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="C415" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="D415" t="s">
-        <v>69</v>
+        <v>187</v>
       </c>
       <c r="E415" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="F415" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G415" t="s">
-        <v>122</v>
+        <v>1038</v>
       </c>
       <c r="H415" t="s">
-        <v>123</v>
+        <v>244</v>
       </c>
       <c r="I415" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="J415">
         <v>0</v>
       </c>
       <c r="K415" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B416" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="C416" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="D416" t="s">
-        <v>69</v>
+        <v>187</v>
       </c>
       <c r="E416" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="F416" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G416" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H416" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="I416" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="J416">
         <v>0</v>
       </c>
       <c r="K416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B417" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="C417" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="D417" t="s">
-        <v>69</v>
+        <v>187</v>
       </c>
       <c r="E417" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="F417" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G417" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="H417" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="I417" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="J417">
         <v>0</v>
       </c>
       <c r="K417" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B418" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="C418" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="D418" t="s">
-        <v>69</v>
+        <v>187</v>
       </c>
       <c r="E418" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="F418" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G418" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H418" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="I418" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="J418">
         <v>0</v>
       </c>
       <c r="K418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" t="s">
-        <v>1038</v>
+        <v>1027</v>
       </c>
       <c r="B419" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="C419" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="D419" t="s">
-        <v>335</v>
+        <v>187</v>
       </c>
       <c r="E419" t="s">
-        <v>336</v>
+        <v>188</v>
       </c>
       <c r="F419" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G419" t="s">
-        <v>122</v>
+        <v>240</v>
       </c>
       <c r="H419" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
       <c r="I419" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="J419">
         <v>0</v>
       </c>
       <c r="K419" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D420" t="s">
+        <v>187</v>
+      </c>
+      <c r="E420" t="s">
+        <v>188</v>
+      </c>
+      <c r="F420" t="s">
+        <v>65</v>
+      </c>
+      <c r="G420" t="s">
         <v>1038</v>
       </c>
-      <c r="B420" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H420" t="s">
-        <v>148</v>
+        <v>244</v>
       </c>
       <c r="I420" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="J420">
         <v>0</v>
       </c>
       <c r="K420" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="B421" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="C421" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="D421" t="s">
-        <v>335</v>
+        <v>86</v>
       </c>
       <c r="E421" t="s">
-        <v>336</v>
+        <v>87</v>
       </c>
       <c r="F421" t="s">
         <v>50</v>
       </c>
       <c r="G421" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H421" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I421" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="J421">
         <v>0</v>
       </c>
       <c r="K421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="B422" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="C422" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="D422" t="s">
-        <v>335</v>
+        <v>86</v>
       </c>
       <c r="E422" t="s">
-        <v>336</v>
+        <v>87</v>
       </c>
       <c r="F422" t="s">
         <v>50</v>
       </c>
       <c r="G422" t="s">
-        <v>225</v>
+        <v>161</v>
       </c>
       <c r="H422" t="s">
-        <v>226</v>
+        <v>162</v>
       </c>
       <c r="I422" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="J422">
         <v>0</v>
       </c>
       <c r="K422" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="B423" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="C423" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="D423" t="s">
-        <v>335</v>
+        <v>86</v>
       </c>
       <c r="E423" t="s">
-        <v>336</v>
+        <v>87</v>
       </c>
       <c r="F423" t="s">
         <v>50</v>
       </c>
       <c r="G423" t="s">
-        <v>228</v>
+        <v>136</v>
       </c>
       <c r="H423" t="s">
-        <v>229</v>
+        <v>137</v>
       </c>
       <c r="I423" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="J423">
         <v>0</v>
       </c>
       <c r="K423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="B424" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="C424" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="D424" t="s">
-        <v>335</v>
+        <v>86</v>
       </c>
       <c r="E424" t="s">
-        <v>336</v>
+        <v>87</v>
       </c>
       <c r="F424" t="s">
         <v>50</v>
       </c>
       <c r="G424" t="s">
-        <v>789</v>
+        <v>161</v>
       </c>
       <c r="H424" t="s">
-        <v>790</v>
+        <v>162</v>
       </c>
       <c r="I424" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="J424">
         <v>0</v>
       </c>
       <c r="K424" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B425" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="C425" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="D425" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E425" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F425" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G425" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="H425" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="I425" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="J425">
         <v>0</v>
       </c>
       <c r="K425" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B426" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="C426" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="D426" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E426" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F426" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G426" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H426" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I426" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="J426">
         <v>0</v>
       </c>
       <c r="K426" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B427" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="C427" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="D427" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E427" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F427" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G427" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H427" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I427" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="J427">
         <v>0</v>
       </c>
       <c r="K427" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B428" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="C428" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="D428" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E428" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F428" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G428" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="H428" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I428" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="J428">
         <v>0</v>
       </c>
       <c r="K428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B429" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="C429" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="D429" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E429" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F429" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G429" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="H429" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="I429" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="J429">
         <v>0</v>
       </c>
       <c r="K429" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="B430" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="C430" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="D430" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E430" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F430" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G430" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="H430" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="I430" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="J430">
         <v>0</v>
       </c>
       <c r="K430" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B431" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="C431" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="D431" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E431" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F431" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G431" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H431" t="s">
-        <v>1066</v>
-[...5 lines deleted...]
-        <v>1064</v>
+        <v>137</v>
+      </c>
+      <c r="I431" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J431">
+        <v>0</v>
       </c>
       <c r="K431" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B432" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="C432" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="D432" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E432" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F432" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G432" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H432" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I432" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="J432">
         <v>0</v>
       </c>
       <c r="K432" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B433" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="C433" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="D433" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E433" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F433" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G433" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="H433" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>1069</v>
+        <v>166</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J433">
+        <v>0</v>
       </c>
       <c r="K433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B434" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="C434" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="D434" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E434" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F434" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G434" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="H434" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>1071</v>
+        <v>241</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1077</v>
+      </c>
+      <c r="J434">
+        <v>0</v>
       </c>
       <c r="K434" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B435" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="C435" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="D435" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E435" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F435" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G435" t="s">
-        <v>789</v>
+        <v>243</v>
       </c>
       <c r="H435" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>1073</v>
+        <v>244</v>
+      </c>
+      <c r="I435" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
       </c>
       <c r="K435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="B436" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="C436" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D436" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="E436" t="s">
-        <v>273</v>
+        <v>351</v>
       </c>
       <c r="F436" t="s">
-        <v>274</v>
+        <v>65</v>
       </c>
       <c r="G436" t="s">
-        <v>793</v>
+        <v>809</v>
       </c>
       <c r="H436" t="s">
-        <v>794</v>
-[...5 lines deleted...]
-        <v>1075</v>
+        <v>810</v>
+      </c>
+      <c r="I436" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J436">
+        <v>0</v>
       </c>
       <c r="K436" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>1083</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1084</v>
       </c>
       <c r="C437" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="D437" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E437" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F437" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G437" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H437" t="s">
-        <v>797</v>
+        <v>1086</v>
       </c>
       <c r="I437">
         <v>0</v>
       </c>
-      <c r="J437">
-        <v>210</v>
+      <c r="J437" t="s">
+        <v>1084</v>
       </c>
       <c r="K437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B438" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="C438" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="D438" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E438" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F438" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G438" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H438" t="s">
-        <v>1066</v>
+        <v>166</v>
       </c>
       <c r="I438" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="J438">
         <v>0</v>
       </c>
       <c r="K438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B439" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="C439" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="D439" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E439" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F439" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G439" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="H439" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="J439" t="s">
+        <v>1089</v>
       </c>
       <c r="K439" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B440" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="C440" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="D440" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E440" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F440" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G440" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="H440" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>244</v>
+      </c>
+      <c r="I440">
+        <v>0</v>
+      </c>
+      <c r="J440" t="s">
+        <v>1091</v>
       </c>
       <c r="K440" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B441" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="C441" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="D441" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E441" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F441" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G441" t="s">
-        <v>228</v>
+        <v>809</v>
       </c>
       <c r="H441" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="J441" t="s">
+        <v>1093</v>
       </c>
       <c r="K441" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B442" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="C442" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
       <c r="D442" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E442" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F442" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G442" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
       <c r="H442" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>814</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
       </c>
       <c r="J442" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="K442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>1090</v>
+        <v>1083</v>
+      </c>
+      <c r="B443">
+        <v>210</v>
       </c>
       <c r="C443" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="D443" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E443" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F443" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G443" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="H443" t="s">
-        <v>794</v>
-[...5 lines deleted...]
-        <v>1093</v>
+        <v>817</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="J443">
+        <v>210</v>
       </c>
       <c r="K443" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="B444" t="s">
-        <v>791</v>
+        <v>1098</v>
       </c>
       <c r="C444" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="D444" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="E444" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F444" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="G444" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H444" t="s">
-        <v>797</v>
+        <v>1086</v>
       </c>
       <c r="I444" t="s">
-        <v>791</v>
+        <v>1098</v>
       </c>
       <c r="J444">
         <v>0</v>
       </c>
       <c r="K444" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="B445" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="C445" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="D445" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E445" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F445" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G445" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H445" t="s">
-        <v>1066</v>
-[...5 lines deleted...]
-        <v>1096</v>
+        <v>166</v>
+      </c>
+      <c r="I445" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
       </c>
       <c r="K445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="B446" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C446" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D446" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E446" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F446" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G446" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="H446" t="s">
-        <v>152</v>
+        <v>241</v>
       </c>
       <c r="I446" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="J446">
         <v>0</v>
       </c>
       <c r="K446" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="B447" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C447" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="D447" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E447" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F447" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G447" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="H447" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>1100</v>
+        <v>244</v>
+      </c>
+      <c r="I447" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J447">
+        <v>0</v>
       </c>
       <c r="K447" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="B448" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="C448" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D448" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E448" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F448" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G448" t="s">
-        <v>228</v>
+        <v>809</v>
       </c>
       <c r="H448" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I448" t="s">
+        <v>1108</v>
       </c>
       <c r="J448" t="s">
-        <v>1102</v>
+        <v>1109</v>
       </c>
       <c r="K448" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>970</v>
+        <v>1083</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1110</v>
       </c>
       <c r="C449" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="D449" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E449" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F449" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G449" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
       <c r="H449" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>970</v>
+        <v>814</v>
+      </c>
+      <c r="I449" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J449" t="s">
+        <v>1113</v>
       </c>
       <c r="K449" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>1083</v>
+      </c>
+      <c r="B450" t="s">
+        <v>811</v>
       </c>
       <c r="C450" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="D450" t="s">
-        <v>113</v>
+        <v>287</v>
       </c>
       <c r="E450" t="s">
-        <v>114</v>
+        <v>288</v>
       </c>
       <c r="F450" t="s">
-        <v>115</v>
+        <v>289</v>
       </c>
       <c r="G450" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="H450" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>817</v>
+      </c>
+      <c r="I450" t="s">
+        <v>811</v>
       </c>
       <c r="J450">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="K450" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>1115</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1116</v>
       </c>
       <c r="C451" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="D451" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E451" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F451" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G451" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H451" t="s">
-        <v>797</v>
+        <v>1086</v>
       </c>
       <c r="I451">
         <v>0</v>
       </c>
-      <c r="J451">
-        <v>75</v>
+      <c r="J451" t="s">
+        <v>1116</v>
       </c>
       <c r="K451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="B452" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="C452" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="D452" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E452" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F452" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G452" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H452" t="s">
-        <v>1066</v>
+        <v>166</v>
       </c>
       <c r="I452" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="J452">
         <v>0</v>
       </c>
       <c r="K452" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="B453" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="C453" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="D453" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E453" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F453" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G453" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="H453" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="J453" t="s">
+        <v>1120</v>
       </c>
       <c r="K453" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="B454" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="C454" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="D454" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E454" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F454" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G454" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="H454" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>244</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="J454" t="s">
+        <v>1122</v>
       </c>
       <c r="K454" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>1113</v>
+        <v>1115</v>
+      </c>
+      <c r="B455">
+        <v>970</v>
       </c>
       <c r="C455" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="D455" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E455" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F455" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G455" t="s">
-        <v>228</v>
+        <v>809</v>
       </c>
       <c r="H455" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>1113</v>
+        <v>810</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
       </c>
       <c r="J455">
-        <v>0</v>
+        <v>970</v>
       </c>
       <c r="K455" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="B456" t="s">
         <v>1115</v>
       </c>
+      <c r="B456">
+        <v>435</v>
+      </c>
       <c r="C456" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="D456" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E456" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F456" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G456" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
       <c r="H456" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
       <c r="I456">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1117</v>
+        <v>0</v>
+      </c>
+      <c r="J456">
+        <v>435</v>
       </c>
       <c r="K456" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>1118</v>
+        <v>1115</v>
+      </c>
+      <c r="B457">
+        <v>75</v>
       </c>
       <c r="C457" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="D457" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E457" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F457" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G457" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="H457" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>1120</v>
+        <v>817</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
       </c>
       <c r="J457">
-        <v>364</v>
+        <v>75</v>
       </c>
       <c r="K457" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>1115</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1127</v>
       </c>
       <c r="C458" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="D458" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="E458" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F458" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="G458" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H458" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>1086</v>
+      </c>
+      <c r="I458" t="s">
+        <v>1127</v>
       </c>
       <c r="J458">
         <v>0</v>
       </c>
       <c r="K458" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B459" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="C459" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="D459" t="s">
-        <v>1125</v>
+        <v>127</v>
       </c>
       <c r="E459" t="s">
-        <v>1126</v>
+        <v>128</v>
       </c>
       <c r="F459" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G459" t="s">
-        <v>122</v>
+        <v>238</v>
       </c>
       <c r="H459" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>1123</v>
+        <v>166</v>
+      </c>
+      <c r="I459" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J459">
+        <v>0</v>
       </c>
       <c r="K459" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B460" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="C460" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D460" t="s">
-        <v>1125</v>
+        <v>127</v>
       </c>
       <c r="E460" t="s">
-        <v>1126</v>
+        <v>128</v>
       </c>
       <c r="F460" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G460" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="H460" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>1128</v>
+        <v>241</v>
+      </c>
+      <c r="I460" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J460">
+        <v>0</v>
       </c>
       <c r="K460" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B461" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="C461" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="D461" t="s">
-        <v>1125</v>
+        <v>127</v>
       </c>
       <c r="E461" t="s">
-        <v>1126</v>
+        <v>128</v>
       </c>
       <c r="F461" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G461" t="s">
-        <v>122</v>
+        <v>243</v>
       </c>
       <c r="H461" t="s">
-        <v>123</v>
+        <v>244</v>
       </c>
       <c r="I461" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="J461">
         <v>0</v>
       </c>
       <c r="K461" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B462" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C462" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D462" t="s">
-        <v>1125</v>
+        <v>127</v>
       </c>
       <c r="E462" t="s">
-        <v>1126</v>
+        <v>128</v>
       </c>
       <c r="F462" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G462" t="s">
-        <v>147</v>
+        <v>809</v>
       </c>
       <c r="H462" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I462">
+        <v>79</v>
+      </c>
+      <c r="J462" t="s">
+        <v>1137</v>
       </c>
       <c r="K462" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" t="s">
-        <v>1134</v>
+        <v>1115</v>
       </c>
       <c r="B463" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="C463" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D463" t="s">
-        <v>1137</v>
+        <v>127</v>
       </c>
       <c r="E463" t="s">
-        <v>1138</v>
+        <v>128</v>
       </c>
       <c r="F463" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G463" t="s">
-        <v>122</v>
+        <v>813</v>
       </c>
       <c r="H463" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>1135</v>
+        <v>814</v>
+      </c>
+      <c r="I463" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J463">
+        <v>364</v>
       </c>
       <c r="K463" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:11">
       <c r="A464" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1139</v>
+        <v>1115</v>
+      </c>
+      <c r="B464">
+        <v>424</v>
       </c>
       <c r="C464" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D464" t="s">
-        <v>1137</v>
+        <v>127</v>
       </c>
       <c r="E464" t="s">
-        <v>1138</v>
+        <v>128</v>
       </c>
       <c r="F464" t="s">
-        <v>1127</v>
+        <v>129</v>
       </c>
       <c r="G464" t="s">
-        <v>147</v>
+        <v>816</v>
       </c>
       <c r="H464" t="s">
-        <v>148</v>
+        <v>817</v>
       </c>
       <c r="I464">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1139</v>
+        <v>424</v>
+      </c>
+      <c r="J464">
+        <v>0</v>
       </c>
       <c r="K464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="B465" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C465" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="D465" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="E465" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="F465" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G465" t="s">
-        <v>223</v>
+        <v>136</v>
       </c>
       <c r="H465" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="I465">
         <v>0</v>
       </c>
       <c r="J465" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="K465" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="B466" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="C466" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="D466" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="E466" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="F466" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G466" t="s">
-        <v>225</v>
+        <v>161</v>
       </c>
       <c r="H466" t="s">
-        <v>226</v>
+        <v>162</v>
       </c>
       <c r="I466">
         <v>0</v>
       </c>
       <c r="J466" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="K466" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="B467" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="C467" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="D467" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="E467" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="F467" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G467" t="s">
-        <v>228</v>
+        <v>136</v>
       </c>
       <c r="H467" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>1141</v>
+        <v>137</v>
+      </c>
+      <c r="I467" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J467">
+        <v>0</v>
       </c>
       <c r="K467" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="B468" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="C468" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D468" t="s">
         <v>1145</v>
       </c>
-      <c r="D468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E468" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="F468" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G468" t="s">
-        <v>789</v>
+        <v>161</v>
       </c>
       <c r="H468" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>1141</v>
+        <v>162</v>
+      </c>
+      <c r="I468" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J468">
+        <v>0</v>
       </c>
       <c r="K468" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B469" t="s">
-        <v>1141</v>
+        <v>1155</v>
       </c>
       <c r="C469" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="D469" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E469" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F469" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G469" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H469" t="s">
-        <v>794</v>
+        <v>137</v>
       </c>
       <c r="I469">
         <v>0</v>
       </c>
       <c r="J469" t="s">
-        <v>1141</v>
+        <v>1155</v>
       </c>
       <c r="K469" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B470" t="s">
-        <v>1141</v>
+        <v>1159</v>
       </c>
       <c r="C470" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F470" t="s">
         <v>1147</v>
       </c>
-      <c r="D470" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G470" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H470" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I470">
         <v>0</v>
       </c>
       <c r="J470" t="s">
-        <v>1141</v>
+        <v>1159</v>
       </c>
       <c r="K470" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B471" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="C471" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="D471" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E471" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F471" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G471" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H471" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I471">
         <v>0</v>
       </c>
       <c r="J471" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="K471" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B472" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="C472" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="D472" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E472" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F472" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G472" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H472" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I472">
         <v>0</v>
       </c>
       <c r="J472" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="K472" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B473" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="C473" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="D473" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E473" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F473" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G473" t="s">
-        <v>1151</v>
+        <v>243</v>
       </c>
       <c r="H473" t="s">
-        <v>942</v>
+        <v>244</v>
       </c>
       <c r="I473">
         <v>0</v>
       </c>
       <c r="J473" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
       <c r="K473" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B474" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="C474" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="D474" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E474" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F474" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G474" t="s">
-        <v>122</v>
+        <v>809</v>
       </c>
       <c r="H474" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>499</v>
+        <v>810</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="J474" t="s">
+        <v>1161</v>
       </c>
       <c r="K474" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B475" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="C475" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="D475" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E475" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F475" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G475" t="s">
-        <v>147</v>
+        <v>813</v>
       </c>
       <c r="H475" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>1157</v>
+        <v>814</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
       </c>
       <c r="J475" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="K475" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B476" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C476" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="D476" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E476" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F476" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G476" t="s">
-        <v>223</v>
+        <v>816</v>
       </c>
       <c r="H476" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="I476" t="s">
+        <v>817</v>
+      </c>
+      <c r="I476">
+        <v>0</v>
+      </c>
+      <c r="J476" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="K476" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B477" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C477" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="D477" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E477" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F477" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G477" t="s">
-        <v>225</v>
+        <v>954</v>
       </c>
       <c r="H477" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>820</v>
+      </c>
+      <c r="I477">
+        <v>0</v>
+      </c>
+      <c r="J477" t="s">
+        <v>1161</v>
       </c>
       <c r="K477" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B478" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C478" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="D478" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E478" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F478" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G478" t="s">
-        <v>228</v>
+        <v>957</v>
       </c>
       <c r="H478" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>958</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="J478" t="s">
+        <v>1161</v>
       </c>
       <c r="K478" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B479" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C479" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="D479" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E479" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F479" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G479" t="s">
-        <v>789</v>
+        <v>1171</v>
       </c>
       <c r="H479" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>1166</v>
+        <v>962</v>
+      </c>
+      <c r="I479">
+        <v>0</v>
       </c>
       <c r="J479" t="s">
-        <v>1167</v>
+        <v>1161</v>
       </c>
       <c r="K479" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B480" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="C480" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="D480" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E480" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F480" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G480" t="s">
-        <v>793</v>
+        <v>136</v>
       </c>
       <c r="H480" t="s">
-        <v>794</v>
+        <v>137</v>
       </c>
       <c r="I480" t="s">
-        <v>1169</v>
-[...2 lines deleted...]
-        <v>1170</v>
+        <v>1174</v>
+      </c>
+      <c r="J480">
+        <v>259</v>
       </c>
       <c r="K480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B481" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="C481" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="D481" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E481" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F481" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G481" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H481" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I481" t="s">
-        <v>1166</v>
+        <v>1177</v>
       </c>
       <c r="J481" t="s">
-        <v>1167</v>
+        <v>1178</v>
       </c>
       <c r="K481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B482" t="s">
-        <v>1159</v>
+        <v>1179</v>
       </c>
       <c r="C482" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="D482" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E482" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F482" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G482" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H482" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I482" t="s">
-        <v>1166</v>
+        <v>1181</v>
       </c>
       <c r="J482" t="s">
-        <v>1167</v>
+        <v>1182</v>
       </c>
       <c r="K482" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B483" t="s">
-        <v>1159</v>
+        <v>1179</v>
       </c>
       <c r="C483" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="D483" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E483" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F483" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G483" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H483" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I483" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>1175</v>
+        <v>1179</v>
+      </c>
+      <c r="J483">
+        <v>0</v>
       </c>
       <c r="K483" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="B484" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="C484" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="D484" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="E484" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="F484" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G484" t="s">
-        <v>1151</v>
+        <v>243</v>
       </c>
       <c r="H484" t="s">
-        <v>942</v>
+        <v>244</v>
       </c>
       <c r="I484" t="s">
-        <v>1178</v>
-[...1 lines deleted...]
-      <c r="J484" t="s">
         <v>1179</v>
+      </c>
+      <c r="J484">
+        <v>0</v>
       </c>
       <c r="K484" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="B485" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="C485" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="D485" t="s">
-        <v>1183</v>
+        <v>1157</v>
       </c>
       <c r="E485" t="s">
-        <v>1184</v>
+        <v>1158</v>
       </c>
       <c r="F485" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G485" t="s">
-        <v>122</v>
+        <v>809</v>
       </c>
       <c r="H485" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I485" t="s">
+        <v>1186</v>
       </c>
       <c r="J485" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="K485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="B486" t="s">
-        <v>1185</v>
+        <v>1179</v>
       </c>
       <c r="C486" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D486" t="s">
-        <v>1183</v>
+        <v>1157</v>
       </c>
       <c r="E486" t="s">
-        <v>1184</v>
+        <v>1158</v>
       </c>
       <c r="F486" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G486" t="s">
-        <v>147</v>
+        <v>813</v>
       </c>
       <c r="H486" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>814</v>
+      </c>
+      <c r="I486" t="s">
+        <v>1189</v>
       </c>
       <c r="J486" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="K486" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="B487" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G487" t="s">
+        <v>816</v>
+      </c>
+      <c r="H487" t="s">
+        <v>817</v>
+      </c>
+      <c r="I487" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J487" t="s">
         <v>1187</v>
-      </c>
-[...22 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K487" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="B488" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="C488" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D488" t="s">
-        <v>1183</v>
+        <v>1157</v>
       </c>
       <c r="E488" t="s">
-        <v>1184</v>
+        <v>1158</v>
       </c>
       <c r="F488" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G488" t="s">
-        <v>147</v>
+        <v>954</v>
       </c>
       <c r="H488" t="s">
-        <v>148</v>
+        <v>820</v>
       </c>
       <c r="I488" t="s">
-        <v>1191</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>1186</v>
+      </c>
+      <c r="J488" t="s">
+        <v>1187</v>
       </c>
       <c r="K488" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" t="s">
-        <v>1192</v>
+        <v>1154</v>
       </c>
       <c r="B489" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C489" t="s">
         <v>1193</v>
       </c>
-      <c r="C489" t="s">
+      <c r="D489" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G489" t="s">
+        <v>957</v>
+      </c>
+      <c r="H489" t="s">
+        <v>958</v>
+      </c>
+      <c r="I489" t="s">
         <v>1194</v>
       </c>
-      <c r="D489" t="s">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="J489" t="s">
+        <v>1195</v>
       </c>
       <c r="K489" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" t="s">
-        <v>1192</v>
+        <v>1154</v>
       </c>
       <c r="B490" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C490" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D490" t="s">
-        <v>469</v>
+        <v>1157</v>
       </c>
       <c r="E490" t="s">
-        <v>470</v>
+        <v>1158</v>
       </c>
       <c r="F490" t="s">
-        <v>471</v>
+        <v>1147</v>
       </c>
       <c r="G490" t="s">
-        <v>228</v>
+        <v>1171</v>
       </c>
       <c r="H490" t="s">
-        <v>229</v>
+        <v>962</v>
       </c>
       <c r="I490" t="s">
-        <v>1195</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1198</v>
+      </c>
+      <c r="J490" t="s">
+        <v>1199</v>
       </c>
       <c r="K490" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B491" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C491" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="D491" t="s">
-        <v>469</v>
+        <v>1203</v>
       </c>
       <c r="E491" t="s">
-        <v>470</v>
+        <v>1204</v>
       </c>
       <c r="F491" t="s">
-        <v>471</v>
+        <v>1147</v>
       </c>
       <c r="G491" t="s">
-        <v>789</v>
+        <v>136</v>
       </c>
       <c r="H491" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
+      </c>
+      <c r="J491" t="s">
+        <v>1201</v>
       </c>
       <c r="K491" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B492" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="C492" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="D492" t="s">
-        <v>469</v>
+        <v>1203</v>
       </c>
       <c r="E492" t="s">
-        <v>470</v>
+        <v>1204</v>
       </c>
       <c r="F492" t="s">
-        <v>471</v>
+        <v>1147</v>
       </c>
       <c r="G492" t="s">
-        <v>793</v>
+        <v>161</v>
       </c>
       <c r="H492" t="s">
-        <v>794</v>
-[...5 lines deleted...]
-        <v>199</v>
+        <v>162</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
+      </c>
+      <c r="J492" t="s">
+        <v>1205</v>
       </c>
       <c r="K492" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B493" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="C493" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D493" t="s">
         <v>1203</v>
       </c>
-      <c r="D493" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E493" t="s">
-        <v>470</v>
+        <v>1204</v>
       </c>
       <c r="F493" t="s">
-        <v>471</v>
+        <v>1147</v>
       </c>
       <c r="G493" t="s">
-        <v>796</v>
+        <v>136</v>
       </c>
       <c r="H493" t="s">
-        <v>797</v>
+        <v>137</v>
       </c>
       <c r="I493" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="J493">
         <v>0</v>
       </c>
       <c r="K493" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B494" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E494" t="s">
         <v>1204</v>
       </c>
-      <c r="C494" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F494" t="s">
-        <v>471</v>
+        <v>1147</v>
       </c>
       <c r="G494" t="s">
-        <v>934</v>
+        <v>161</v>
       </c>
       <c r="H494" t="s">
-        <v>800</v>
+        <v>162</v>
       </c>
       <c r="I494" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="J494">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="K494" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="B495" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="C495" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="D495" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E495" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F495" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G495" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H495" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I495" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="J495">
         <v>0</v>
       </c>
       <c r="K495" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="B496" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="C496" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="D496" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="E496" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="F496" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="G496" t="s">
-        <v>941</v>
+        <v>243</v>
       </c>
       <c r="H496" t="s">
-        <v>942</v>
+        <v>244</v>
       </c>
       <c r="I496" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="J496">
         <v>0</v>
       </c>
       <c r="K496" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1212</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1217</v>
       </c>
       <c r="C497" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="D497" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E497" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F497" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G497" t="s">
-        <v>147</v>
+        <v>809</v>
       </c>
       <c r="H497" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I497" t="s">
+        <v>1217</v>
       </c>
       <c r="J497">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K497" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1212</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1219</v>
       </c>
       <c r="C498" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D498" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E498" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F498" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G498" t="s">
-        <v>223</v>
+        <v>813</v>
       </c>
       <c r="H498" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>814</v>
+      </c>
+      <c r="I498" t="s">
+        <v>1221</v>
       </c>
       <c r="J498">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="K498" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1212</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1222</v>
       </c>
       <c r="C499" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="D499" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E499" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F499" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G499" t="s">
-        <v>225</v>
+        <v>816</v>
       </c>
       <c r="H499" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>817</v>
+      </c>
+      <c r="I499" t="s">
+        <v>1222</v>
       </c>
       <c r="J499">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K499" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1212</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1224</v>
       </c>
       <c r="C500" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="D500" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E500" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F500" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G500" t="s">
-        <v>228</v>
+        <v>954</v>
       </c>
       <c r="H500" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>820</v>
+      </c>
+      <c r="I500" t="s">
+        <v>1224</v>
       </c>
       <c r="J500">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K500" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>1212</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1226</v>
       </c>
       <c r="C501" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="D501" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E501" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F501" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G501" t="s">
-        <v>789</v>
+        <v>957</v>
       </c>
       <c r="H501" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>958</v>
+      </c>
+      <c r="I501" t="s">
+        <v>1226</v>
       </c>
       <c r="J501">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="K501" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>1212</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1228</v>
       </c>
       <c r="C502" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="D502" t="s">
-        <v>1212</v>
+        <v>486</v>
       </c>
       <c r="E502" t="s">
-        <v>1213</v>
+        <v>487</v>
       </c>
       <c r="F502" t="s">
-        <v>1213</v>
+        <v>488</v>
       </c>
       <c r="G502" t="s">
-        <v>793</v>
+        <v>961</v>
       </c>
       <c r="H502" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>962</v>
+      </c>
+      <c r="I502" t="s">
+        <v>1228</v>
       </c>
       <c r="J502">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="K502" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B503">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="C503" t="s">
-        <v>1220</v>
+        <v>1231</v>
       </c>
       <c r="D503" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E503" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F503" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G503" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H503" t="s">
-        <v>797</v>
+        <v>1234</v>
       </c>
       <c r="I503">
         <v>0</v>
       </c>
       <c r="J503">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="K503" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B504">
-        <v>97</v>
+        <v>155</v>
       </c>
       <c r="C504" t="s">
-        <v>1221</v>
+        <v>1235</v>
       </c>
       <c r="D504" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E504" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F504" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G504" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H504" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I504">
         <v>0</v>
       </c>
       <c r="J504">
-        <v>97</v>
+        <v>155</v>
       </c>
       <c r="K504" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B505">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="C505" t="s">
-        <v>1222</v>
+        <v>1236</v>
       </c>
       <c r="D505" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E505" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F505" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G505" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H505" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I505">
         <v>0</v>
       </c>
       <c r="J505">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="K505" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B506">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C506" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D506" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E506" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F506" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G506" t="s">
-        <v>147</v>
+        <v>243</v>
       </c>
       <c r="H506" t="s">
-        <v>1214</v>
+        <v>244</v>
       </c>
       <c r="I506">
         <v>0</v>
       </c>
       <c r="J506">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K506" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B507">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="C507" t="s">
-        <v>1224</v>
+        <v>1238</v>
       </c>
       <c r="D507" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E507" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F507" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G507" t="s">
-        <v>223</v>
+        <v>809</v>
       </c>
       <c r="H507" t="s">
-        <v>152</v>
+        <v>810</v>
       </c>
       <c r="I507">
         <v>0</v>
       </c>
       <c r="J507">
-        <v>876</v>
+        <v>155</v>
       </c>
       <c r="K507" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B508">
-        <v>876</v>
+        <v>112</v>
       </c>
       <c r="C508" t="s">
-        <v>1225</v>
+        <v>1239</v>
       </c>
       <c r="D508" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E508" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F508" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G508" t="s">
-        <v>225</v>
+        <v>813</v>
       </c>
       <c r="H508" t="s">
-        <v>226</v>
+        <v>814</v>
       </c>
       <c r="I508">
         <v>0</v>
       </c>
       <c r="J508">
-        <v>876</v>
+        <v>112</v>
       </c>
       <c r="K508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B509">
-        <v>876</v>
+        <v>104</v>
       </c>
       <c r="C509" t="s">
-        <v>1226</v>
+        <v>1240</v>
       </c>
       <c r="D509" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E509" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F509" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G509" t="s">
-        <v>228</v>
+        <v>816</v>
       </c>
       <c r="H509" t="s">
-        <v>229</v>
+        <v>817</v>
       </c>
       <c r="I509">
         <v>0</v>
       </c>
       <c r="J509">
-        <v>267</v>
+        <v>104</v>
       </c>
       <c r="K509" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B510">
-        <v>876</v>
+        <v>97</v>
       </c>
       <c r="C510" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="D510" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E510" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F510" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G510" t="s">
-        <v>789</v>
+        <v>954</v>
       </c>
       <c r="H510" t="s">
-        <v>790</v>
+        <v>820</v>
       </c>
       <c r="I510">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="J510">
-        <v>343</v>
+        <v>97</v>
       </c>
       <c r="K510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B511">
-        <v>635</v>
+        <v>80</v>
       </c>
       <c r="C511" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="D511" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E511" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F511" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G511" t="s">
-        <v>793</v>
+        <v>957</v>
       </c>
       <c r="H511" t="s">
-        <v>794</v>
+        <v>958</v>
       </c>
       <c r="I511">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="J511">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="K511" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B512">
-        <v>589</v>
+        <v>876</v>
       </c>
       <c r="C512" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="D512" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E512" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F512" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G512" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H512" t="s">
-        <v>797</v>
+        <v>1234</v>
       </c>
       <c r="I512">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="J512">
-        <v>56</v>
+        <v>876</v>
       </c>
       <c r="K512" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B513">
-        <v>549</v>
+        <v>876</v>
       </c>
       <c r="C513" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="D513" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E513" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F513" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G513" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H513" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I513">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="J513">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="B514">
-        <v>452</v>
+        <v>876</v>
       </c>
       <c r="C514" t="s">
-        <v>1231</v>
+        <v>1245</v>
       </c>
       <c r="D514" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="E514" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="F514" t="s">
-        <v>1213</v>
+        <v>1233</v>
       </c>
       <c r="G514" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H514" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I514">
-        <v>452</v>
+        <v>0</v>
       </c>
       <c r="J514">
-        <v>0</v>
+        <v>876</v>
       </c>
       <c r="K514" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="B515" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B515">
+        <v>876</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D515" t="s">
         <v>1232</v>
       </c>
-      <c r="C515" t="s">
+      <c r="E515" t="s">
         <v>1233</v>
       </c>
-      <c r="D515" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F515" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G515" t="s">
-        <v>147</v>
+        <v>243</v>
       </c>
       <c r="H515" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>244</v>
+      </c>
+      <c r="I515">
+        <v>0</v>
       </c>
       <c r="J515">
-        <v>0</v>
+        <v>267</v>
       </c>
       <c r="K515" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>1230</v>
+      </c>
+      <c r="B516">
+        <v>876</v>
       </c>
       <c r="C516" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
       <c r="D516" t="s">
-        <v>335</v>
+        <v>1232</v>
       </c>
       <c r="E516" t="s">
-        <v>336</v>
+        <v>1233</v>
       </c>
       <c r="F516" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G516" t="s">
-        <v>223</v>
+        <v>809</v>
       </c>
       <c r="H516" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>810</v>
+      </c>
+      <c r="I516">
+        <v>533</v>
       </c>
       <c r="J516">
-        <v>0</v>
+        <v>343</v>
       </c>
       <c r="K516" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>1230</v>
+      </c>
+      <c r="B517">
+        <v>635</v>
       </c>
       <c r="C517" t="s">
-        <v>1237</v>
+        <v>1248</v>
       </c>
       <c r="D517" t="s">
-        <v>335</v>
+        <v>1232</v>
       </c>
       <c r="E517" t="s">
-        <v>336</v>
+        <v>1233</v>
       </c>
       <c r="F517" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G517" t="s">
-        <v>225</v>
+        <v>813</v>
       </c>
       <c r="H517" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>814</v>
+      </c>
+      <c r="I517">
+        <v>635</v>
       </c>
       <c r="J517">
         <v>0</v>
       </c>
       <c r="K517" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1238</v>
+        <v>1230</v>
+      </c>
+      <c r="B518">
+        <v>589</v>
       </c>
       <c r="C518" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="D518" t="s">
-        <v>335</v>
+        <v>1232</v>
       </c>
       <c r="E518" t="s">
-        <v>336</v>
+        <v>1233</v>
       </c>
       <c r="F518" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G518" t="s">
-        <v>228</v>
+        <v>816</v>
       </c>
       <c r="H518" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>1238</v>
+        <v>817</v>
+      </c>
+      <c r="I518">
+        <v>533</v>
       </c>
       <c r="J518">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="K518" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>1230</v>
+      </c>
+      <c r="B519">
+        <v>549</v>
       </c>
       <c r="C519" t="s">
-        <v>1241</v>
+        <v>1250</v>
       </c>
       <c r="D519" t="s">
-        <v>335</v>
+        <v>1232</v>
       </c>
       <c r="E519" t="s">
-        <v>336</v>
+        <v>1233</v>
       </c>
       <c r="F519" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G519" t="s">
-        <v>789</v>
+        <v>954</v>
       </c>
       <c r="H519" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>820</v>
+      </c>
+      <c r="I519">
+        <v>549</v>
       </c>
       <c r="J519">
         <v>0</v>
       </c>
       <c r="K519" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1242</v>
+        <v>1230</v>
+      </c>
+      <c r="B520">
+        <v>452</v>
       </c>
       <c r="C520" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="D520" t="s">
-        <v>335</v>
+        <v>1232</v>
       </c>
       <c r="E520" t="s">
-        <v>336</v>
+        <v>1233</v>
       </c>
       <c r="F520" t="s">
-        <v>50</v>
+        <v>1233</v>
       </c>
       <c r="G520" t="s">
-        <v>147</v>
+        <v>957</v>
       </c>
       <c r="H520" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>1242</v>
+        <v>958</v>
+      </c>
+      <c r="I520">
+        <v>452</v>
       </c>
       <c r="J520">
         <v>0</v>
       </c>
       <c r="K520" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="B521" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="C521" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="D521" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E521" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F521" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G521" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="H521" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I521" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="J521">
         <v>0</v>
       </c>
       <c r="K521" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="B522" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
       <c r="C522" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="D522" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E522" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F522" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G522" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="H522" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="I522" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
       <c r="J522">
         <v>0</v>
       </c>
       <c r="K522" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="B523" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="C523" t="s">
-        <v>1249</v>
+        <v>1257</v>
       </c>
       <c r="D523" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E523" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F523" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G523" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="H523" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="I523" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="J523">
         <v>0</v>
       </c>
       <c r="K523" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="B524" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="C524" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="D524" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="E524" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="F524" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G524" t="s">
-        <v>789</v>
+        <v>243</v>
       </c>
       <c r="H524" t="s">
-        <v>790</v>
+        <v>244</v>
       </c>
       <c r="I524" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="J524">
         <v>0</v>
       </c>
       <c r="K524" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" t="s">
-        <v>1252</v>
+        <v>137</v>
       </c>
       <c r="B525" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="C525" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="D525" t="s">
-        <v>1125</v>
+        <v>350</v>
       </c>
       <c r="E525" t="s">
-        <v>1126</v>
+        <v>351</v>
       </c>
       <c r="F525" t="s">
-        <v>1127</v>
+        <v>65</v>
       </c>
       <c r="G525" t="s">
-        <v>1151</v>
+        <v>809</v>
       </c>
       <c r="H525" t="s">
-        <v>226</v>
+        <v>810</v>
       </c>
       <c r="I525" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="J525">
         <v>0</v>
       </c>
       <c r="K525" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" t="s">
-        <v>1255</v>
+        <v>137</v>
       </c>
       <c r="B526" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="C526" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="D526" t="s">
-        <v>14</v>
+        <v>350</v>
       </c>
       <c r="E526" t="s">
-        <v>15</v>
+        <v>351</v>
       </c>
       <c r="F526" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="G526" t="s">
-        <v>1258</v>
+        <v>161</v>
       </c>
       <c r="H526" t="s">
-        <v>573</v>
+        <v>162</v>
       </c>
       <c r="I526" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="J526">
         <v>0</v>
       </c>
       <c r="K526" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" t="s">
-        <v>1255</v>
+        <v>137</v>
       </c>
       <c r="B527" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="C527" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="D527" t="s">
-        <v>14</v>
+        <v>350</v>
       </c>
       <c r="E527" t="s">
-        <v>15</v>
+        <v>351</v>
       </c>
       <c r="F527" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="G527" t="s">
-        <v>1258</v>
+        <v>238</v>
       </c>
       <c r="H527" t="s">
-        <v>573</v>
+        <v>166</v>
       </c>
       <c r="I527" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="J527">
         <v>0</v>
       </c>
       <c r="K527" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" t="s">
-        <v>1261</v>
+        <v>137</v>
       </c>
       <c r="B528" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C528" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="D528" t="s">
-        <v>1264</v>
+        <v>350</v>
       </c>
       <c r="E528" t="s">
-        <v>1265</v>
+        <v>351</v>
       </c>
       <c r="F528" t="s">
-        <v>1127</v>
+        <v>65</v>
       </c>
       <c r="G528" t="s">
-        <v>789</v>
+        <v>240</v>
       </c>
       <c r="H528" t="s">
-        <v>148</v>
-[...4 lines deleted...]
-      <c r="J528" t="s">
+        <v>241</v>
+      </c>
+      <c r="I528" t="s">
         <v>1266</v>
+      </c>
+      <c r="J528">
+        <v>0</v>
       </c>
       <c r="K528" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" t="s">
-        <v>1261</v>
+        <v>137</v>
       </c>
       <c r="B529" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C529" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D529" t="s">
+        <v>350</v>
+      </c>
+      <c r="E529" t="s">
+        <v>351</v>
+      </c>
+      <c r="F529" t="s">
+        <v>65</v>
+      </c>
+      <c r="G529" t="s">
+        <v>243</v>
+      </c>
+      <c r="H529" t="s">
+        <v>244</v>
+      </c>
+      <c r="I529" t="s">
         <v>1268</v>
-      </c>
-[...16 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="J529">
         <v>0</v>
       </c>
       <c r="K529" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" t="s">
-        <v>1261</v>
+        <v>137</v>
       </c>
       <c r="B530" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C530" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D530" t="s">
+        <v>350</v>
+      </c>
+      <c r="E530" t="s">
+        <v>351</v>
+      </c>
+      <c r="F530" t="s">
+        <v>65</v>
+      </c>
+      <c r="G530" t="s">
+        <v>809</v>
+      </c>
+      <c r="H530" t="s">
+        <v>810</v>
+      </c>
+      <c r="I530" t="s">
         <v>1270</v>
-      </c>
-[...16 lines deleted...]
-        <v>1269</v>
       </c>
       <c r="J530">
         <v>0</v>
       </c>
       <c r="K530" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
       <c r="B531" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="C531" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D531" t="s">
-        <v>1264</v>
+        <v>1145</v>
       </c>
       <c r="E531" t="s">
-        <v>1265</v>
+        <v>1146</v>
       </c>
       <c r="F531" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G531" t="s">
-        <v>225</v>
+        <v>1171</v>
       </c>
       <c r="H531" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I531" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="J531">
         <v>0</v>
       </c>
       <c r="K531" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="B532" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="C532" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="D532" t="s">
-        <v>1264</v>
+        <v>14</v>
       </c>
       <c r="E532" t="s">
-        <v>1265</v>
+        <v>15</v>
       </c>
       <c r="F532" t="s">
-        <v>1127</v>
+        <v>16</v>
       </c>
       <c r="G532" t="s">
-        <v>228</v>
+        <v>1278</v>
       </c>
       <c r="H532" t="s">
-        <v>229</v>
+        <v>590</v>
       </c>
       <c r="I532" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="J532">
         <v>0</v>
       </c>
       <c r="K532" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="B533" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="C533" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="D533" t="s">
-        <v>1264</v>
+        <v>14</v>
       </c>
       <c r="E533" t="s">
-        <v>1265</v>
+        <v>15</v>
       </c>
       <c r="F533" t="s">
-        <v>1127</v>
+        <v>16</v>
       </c>
       <c r="G533" t="s">
-        <v>789</v>
+        <v>1278</v>
       </c>
       <c r="H533" t="s">
-        <v>790</v>
+        <v>590</v>
       </c>
       <c r="I533" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="J533">
         <v>0</v>
       </c>
       <c r="K533" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B534" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="C534" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="D534" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E534" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F534" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G534" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="H534" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I534">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="J534" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="K534" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B535" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="C535" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="D535" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E535" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F535" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G535" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H535" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I535" t="s">
-        <v>1284</v>
-[...2 lines deleted...]
-        <v>1285</v>
+        <v>1287</v>
+      </c>
+      <c r="J535">
+        <v>0</v>
       </c>
       <c r="K535" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B536" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C536" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="D536" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E536" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F536" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G536" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H536" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I536" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="J536">
         <v>0</v>
       </c>
       <c r="K536" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B537" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="C537" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D537" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E537" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F537" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G537" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="H537" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I537" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="J537">
         <v>0</v>
       </c>
       <c r="K537" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B538" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="C538" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="D538" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E538" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F538" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G538" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="H538" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="I538" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="J538">
         <v>0</v>
       </c>
       <c r="K538" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B539" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C539" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="D539" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="E539" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="F539" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="G539" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="H539" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="I539" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="J539">
         <v>0</v>
       </c>
       <c r="K539" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B540" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C540" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D540" t="s">
-        <v>14</v>
+        <v>1300</v>
       </c>
       <c r="E540" t="s">
-        <v>15</v>
+        <v>1301</v>
       </c>
       <c r="F540" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G540" t="s">
-        <v>1151</v>
+        <v>809</v>
       </c>
       <c r="H540" t="s">
-        <v>1297</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="I540">
+        <v>0</v>
+      </c>
+      <c r="J540" t="s">
+        <v>1298</v>
       </c>
       <c r="K540" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B541" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="C541" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="D541" t="s">
-        <v>14</v>
+        <v>1300</v>
       </c>
       <c r="E541" t="s">
-        <v>15</v>
+        <v>1301</v>
       </c>
       <c r="F541" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G541" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="H541" t="s">
-        <v>1297</v>
+        <v>162</v>
       </c>
       <c r="I541" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1304</v>
+      </c>
+      <c r="J541" t="s">
+        <v>1305</v>
       </c>
       <c r="K541" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B542" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D542" t="s">
         <v>1300</v>
       </c>
-      <c r="C542" t="s">
+      <c r="E542" t="s">
         <v>1301</v>
       </c>
-      <c r="D542" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F542" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G542" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H542" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I542" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="J542">
         <v>0</v>
       </c>
       <c r="K542" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B543" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="C543" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="D543" t="s">
-        <v>14</v>
+        <v>1300</v>
       </c>
       <c r="E543" t="s">
-        <v>15</v>
+        <v>1301</v>
       </c>
       <c r="F543" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G543" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="H543" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="I543" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="J543">
         <v>0</v>
       </c>
       <c r="K543" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B544" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="C544" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="D544" t="s">
-        <v>14</v>
+        <v>1300</v>
       </c>
       <c r="E544" t="s">
-        <v>15</v>
+        <v>1301</v>
       </c>
       <c r="F544" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G544" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="H544" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="I544" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="J544">
         <v>0</v>
       </c>
       <c r="K544" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B545" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C545" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D545" t="s">
-        <v>14</v>
+        <v>1300</v>
       </c>
       <c r="E545" t="s">
-        <v>15</v>
+        <v>1301</v>
       </c>
       <c r="F545" t="s">
-        <v>16</v>
+        <v>1147</v>
       </c>
       <c r="G545" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="H545" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="I545" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="J545">
         <v>0</v>
       </c>
       <c r="K545" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" t="s">
-        <v>1294</v>
+        <v>1314</v>
       </c>
       <c r="B546" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="C546" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="D546" t="s">
         <v>14</v>
       </c>
       <c r="E546" t="s">
         <v>15</v>
       </c>
       <c r="F546" t="s">
         <v>16</v>
       </c>
       <c r="G546" t="s">
-        <v>793</v>
+        <v>1171</v>
       </c>
       <c r="H546" t="s">
-        <v>794</v>
+        <v>1317</v>
       </c>
       <c r="I546" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="J546">
         <v>0</v>
       </c>
       <c r="K546" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="547" spans="1:11">
       <c r="A547" t="s">
-        <v>1294</v>
+        <v>1314</v>
       </c>
       <c r="B547" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="C547" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="D547" t="s">
         <v>14</v>
       </c>
       <c r="E547" t="s">
         <v>15</v>
       </c>
       <c r="F547" t="s">
         <v>16</v>
       </c>
       <c r="G547" t="s">
-        <v>796</v>
+        <v>161</v>
       </c>
       <c r="H547" t="s">
-        <v>797</v>
+        <v>1317</v>
       </c>
       <c r="I547" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="J547">
         <v>0</v>
       </c>
       <c r="K547" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:11">
       <c r="A548" t="s">
-        <v>1294</v>
+        <v>1314</v>
       </c>
       <c r="B548" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="C548" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="D548" t="s">
         <v>14</v>
       </c>
       <c r="E548" t="s">
         <v>15</v>
       </c>
       <c r="F548" t="s">
         <v>16</v>
       </c>
       <c r="G548" t="s">
-        <v>934</v>
+        <v>238</v>
       </c>
       <c r="H548" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="I548" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="J548">
         <v>0</v>
       </c>
       <c r="K548" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="549" spans="1:11">
       <c r="A549" t="s">
-        <v>1294</v>
+        <v>1314</v>
       </c>
       <c r="B549" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="C549" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="D549" t="s">
         <v>14</v>
       </c>
       <c r="E549" t="s">
         <v>15</v>
       </c>
       <c r="F549" t="s">
         <v>16</v>
       </c>
       <c r="G549" t="s">
-        <v>937</v>
+        <v>240</v>
       </c>
       <c r="H549" t="s">
-        <v>938</v>
+        <v>241</v>
       </c>
       <c r="I549" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="J549">
         <v>0</v>
       </c>
       <c r="K549" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>1314</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1324</v>
       </c>
       <c r="C550" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
       <c r="D550" t="s">
         <v>14</v>
       </c>
       <c r="E550" t="s">
         <v>15</v>
       </c>
       <c r="F550" t="s">
         <v>16</v>
       </c>
       <c r="G550" t="s">
-        <v>1151</v>
+        <v>243</v>
       </c>
       <c r="H550" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>244</v>
+      </c>
+      <c r="I550" t="s">
+        <v>1324</v>
       </c>
       <c r="J550">
         <v>0</v>
       </c>
       <c r="K550" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B551" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="C551" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="D551" t="s">
-        <v>1320</v>
+        <v>14</v>
       </c>
       <c r="E551" t="s">
-        <v>1321</v>
+        <v>15</v>
       </c>
       <c r="F551" t="s">
-        <v>1322</v>
+        <v>16</v>
       </c>
       <c r="G551" t="s">
-        <v>1323</v>
+        <v>809</v>
       </c>
       <c r="H551" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="I551" t="s">
+        <v>1326</v>
       </c>
       <c r="J551">
         <v>0</v>
       </c>
       <c r="K551" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B552" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C552" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="D552" t="s">
-        <v>1320</v>
+        <v>14</v>
       </c>
       <c r="E552" t="s">
-        <v>1321</v>
+        <v>15</v>
       </c>
       <c r="F552" t="s">
-        <v>1322</v>
+        <v>16</v>
       </c>
       <c r="G552" t="s">
-        <v>1151</v>
+        <v>813</v>
       </c>
       <c r="H552" t="s">
-        <v>152</v>
+        <v>814</v>
       </c>
       <c r="I552" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="J552">
         <v>0</v>
       </c>
       <c r="K552" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="553" spans="1:11">
       <c r="A553" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B553" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="C553" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="D553" t="s">
-        <v>1320</v>
+        <v>14</v>
       </c>
       <c r="E553" t="s">
-        <v>1321</v>
+        <v>15</v>
       </c>
       <c r="F553" t="s">
-        <v>1322</v>
+        <v>16</v>
       </c>
       <c r="G553" t="s">
-        <v>1323</v>
+        <v>816</v>
       </c>
       <c r="H553" t="s">
-        <v>1328</v>
+        <v>817</v>
       </c>
       <c r="I553" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="J553">
         <v>0</v>
       </c>
       <c r="K553" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="554" spans="1:11">
       <c r="A554" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B554" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="C554" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D554" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" t="s">
+        <v>15</v>
+      </c>
+      <c r="F554" t="s">
+        <v>16</v>
+      </c>
+      <c r="G554" t="s">
+        <v>954</v>
+      </c>
+      <c r="H554" t="s">
+        <v>820</v>
+      </c>
+      <c r="I554" t="s">
         <v>1332</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="J554">
         <v>0</v>
       </c>
       <c r="K554" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="B555" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C555" t="s">
         <v>1335</v>
       </c>
-      <c r="C555" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D555" t="s">
-        <v>1332</v>
+        <v>14</v>
       </c>
       <c r="E555" t="s">
-        <v>1333</v>
+        <v>15</v>
       </c>
       <c r="F555" t="s">
-        <v>1322</v>
+        <v>16</v>
       </c>
       <c r="G555" t="s">
-        <v>1151</v>
+        <v>957</v>
       </c>
       <c r="H555" t="s">
-        <v>152</v>
+        <v>958</v>
       </c>
       <c r="I555" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="J555">
         <v>0</v>
       </c>
       <c r="K555" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" t="s">
-        <v>1317</v>
-[...2 lines deleted...]
-        <v>1337</v>
+        <v>1314</v>
+      </c>
+      <c r="B556">
+        <v>95</v>
       </c>
       <c r="C556" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="D556" t="s">
-        <v>1332</v>
+        <v>14</v>
       </c>
       <c r="E556" t="s">
-        <v>1333</v>
+        <v>15</v>
       </c>
       <c r="F556" t="s">
-        <v>1322</v>
+        <v>16</v>
       </c>
       <c r="G556" t="s">
-        <v>1334</v>
+        <v>1171</v>
       </c>
       <c r="H556" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>1339</v>
+        <v>962</v>
+      </c>
+      <c r="I556">
+        <v>95</v>
       </c>
       <c r="J556">
         <v>0</v>
       </c>
       <c r="K556" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="557" spans="1:11">
       <c r="A557" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D557" t="s">
         <v>1340</v>
       </c>
-      <c r="B557" t="s">
+      <c r="E557" t="s">
         <v>1341</v>
       </c>
-      <c r="C557" t="s">
+      <c r="F557" t="s">
         <v>1342</v>
       </c>
-      <c r="D557" t="s">
+      <c r="G557" t="s">
         <v>1343</v>
       </c>
-      <c r="E557" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H557" t="s">
-        <v>1347</v>
+        <v>166</v>
       </c>
       <c r="I557">
         <v>0</v>
       </c>
       <c r="J557">
         <v>0</v>
       </c>
       <c r="K557" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D558" t="s">
         <v>1340</v>
       </c>
-      <c r="B558" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E558" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G558" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H558" t="s">
+        <v>166</v>
+      </c>
+      <c r="I558" t="s">
         <v>1344</v>
-      </c>
-[...10 lines deleted...]
-        <v>1348</v>
       </c>
       <c r="J558">
         <v>0</v>
       </c>
       <c r="K558" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="B559" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="C559" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="D559" t="s">
-        <v>1353</v>
+        <v>1340</v>
       </c>
       <c r="E559" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="F559" t="s">
-        <v>1322</v>
+        <v>1342</v>
       </c>
       <c r="G559" t="s">
-        <v>1355</v>
+        <v>1343</v>
       </c>
       <c r="H559" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1348</v>
+      </c>
+      <c r="I559" t="s">
+        <v>1349</v>
       </c>
       <c r="J559">
         <v>0</v>
       </c>
       <c r="K559" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:11">
       <c r="A560" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B560" t="s">
         <v>1350</v>
       </c>
-      <c r="B560" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C560" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="D560" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E560" t="s">
         <v>1353</v>
       </c>
-      <c r="E560" t="s">
+      <c r="F560" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G560" t="s">
         <v>1354</v>
       </c>
-      <c r="F560" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H560" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>1356</v>
+        <v>166</v>
+      </c>
+      <c r="I560">
+        <v>0</v>
       </c>
       <c r="J560">
         <v>0</v>
       </c>
       <c r="K560" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:11">
       <c r="A561" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="B561" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="C561" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="D561" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E561" t="s">
         <v>1353</v>
       </c>
-      <c r="E561" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F561" t="s">
-        <v>1322</v>
+        <v>1342</v>
       </c>
       <c r="G561" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H561" t="s">
+        <v>166</v>
+      </c>
+      <c r="I561" t="s">
         <v>1355</v>
-      </c>
-[...4 lines deleted...]
-        <v>1358</v>
       </c>
       <c r="J561">
         <v>0</v>
       </c>
       <c r="K561" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:11">
       <c r="A562" t="s">
-        <v>1360</v>
+        <v>1337</v>
       </c>
       <c r="B562" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="C562" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
       <c r="D562" t="s">
-        <v>1363</v>
+        <v>1352</v>
       </c>
       <c r="E562" t="s">
-        <v>1364</v>
+        <v>1353</v>
       </c>
       <c r="F562" t="s">
-        <v>1365</v>
+        <v>1342</v>
       </c>
       <c r="G562" t="s">
-        <v>1366</v>
+        <v>1354</v>
       </c>
       <c r="H562" t="s">
-        <v>1367</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1348</v>
+      </c>
+      <c r="I562" t="s">
+        <v>1359</v>
       </c>
       <c r="J562">
         <v>0</v>
       </c>
       <c r="K562" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:11">
       <c r="A563" t="s">
         <v>1360</v>
       </c>
       <c r="B563" t="s">
-        <v>1368</v>
+        <v>1361</v>
       </c>
       <c r="C563" t="s">
-        <v>1369</v>
+        <v>1362</v>
       </c>
       <c r="D563" t="s">
         <v>1363</v>
       </c>
       <c r="E563" t="s">
         <v>1364</v>
       </c>
       <c r="F563" t="s">
         <v>1365</v>
       </c>
       <c r="G563" t="s">
-        <v>1151</v>
+        <v>1366</v>
       </c>
       <c r="H563" t="s">
         <v>1367</v>
       </c>
-      <c r="I563" t="s">
-        <v>1368</v>
+      <c r="I563">
+        <v>0</v>
       </c>
       <c r="J563">
         <v>0</v>
       </c>
       <c r="K563" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:11">
       <c r="A564" t="s">
         <v>1360</v>
       </c>
       <c r="B564" t="s">
-        <v>1370</v>
+        <v>1368</v>
       </c>
       <c r="C564" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="D564" t="s">
         <v>1363</v>
       </c>
       <c r="E564" t="s">
         <v>1364</v>
       </c>
       <c r="F564" t="s">
         <v>1365</v>
       </c>
       <c r="G564" t="s">
         <v>1366</v>
       </c>
       <c r="H564" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1367</v>
+      </c>
+      <c r="I564" t="s">
+        <v>1368</v>
       </c>
       <c r="J564">
         <v>0</v>
       </c>
       <c r="K564" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:11">
       <c r="A565" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C565" t="s">
         <v>1372</v>
       </c>
-      <c r="B565" t="s">
+      <c r="D565" t="s">
         <v>1373</v>
       </c>
-      <c r="C565" t="s">
+      <c r="E565" t="s">
         <v>1374</v>
       </c>
-      <c r="D565" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F565" t="s">
-        <v>1127</v>
+        <v>1342</v>
       </c>
       <c r="G565" t="s">
         <v>1375</v>
       </c>
       <c r="H565" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>1373</v>
+        <v>166</v>
+      </c>
+      <c r="I565">
+        <v>0</v>
       </c>
       <c r="J565">
         <v>0</v>
       </c>
       <c r="K565" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:11">
       <c r="A566" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="B566" t="s">
         <v>1376</v>
       </c>
       <c r="C566" t="s">
         <v>1377</v>
       </c>
       <c r="D566" t="s">
-        <v>1183</v>
+        <v>1373</v>
       </c>
       <c r="E566" t="s">
-        <v>1184</v>
+        <v>1374</v>
       </c>
       <c r="F566" t="s">
-        <v>1127</v>
+        <v>1342</v>
       </c>
       <c r="G566" t="s">
-        <v>1375</v>
+        <v>1171</v>
       </c>
       <c r="H566" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="I566" t="s">
         <v>1376</v>
       </c>
       <c r="J566">
         <v>0</v>
       </c>
       <c r="K566" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:11">
       <c r="A567" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B567" t="s">
         <v>1378</v>
       </c>
-      <c r="B567" t="s">
+      <c r="C567" t="s">
         <v>1379</v>
       </c>
-      <c r="C567" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D567" t="s">
-        <v>1137</v>
+        <v>1373</v>
       </c>
       <c r="E567" t="s">
-        <v>1138</v>
+        <v>1374</v>
       </c>
       <c r="F567" t="s">
-        <v>1127</v>
+        <v>1342</v>
       </c>
       <c r="G567" t="s">
-        <v>1151</v>
+        <v>1375</v>
       </c>
       <c r="H567" t="s">
-        <v>152</v>
+        <v>1348</v>
       </c>
       <c r="I567" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-        <v>1382</v>
+        <v>1378</v>
+      </c>
+      <c r="J567">
+        <v>0</v>
       </c>
       <c r="K567" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:11">
       <c r="A568" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B568" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D568" t="s">
         <v>1383</v>
       </c>
-      <c r="C568" t="s">
+      <c r="E568" t="s">
         <v>1384</v>
       </c>
-      <c r="D568" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F568" t="s">
-        <v>1127</v>
+        <v>1385</v>
       </c>
       <c r="G568" t="s">
-        <v>1151</v>
+        <v>1386</v>
       </c>
       <c r="H568" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>1383</v>
+        <v>1387</v>
+      </c>
+      <c r="I568">
+        <v>0</v>
       </c>
       <c r="J568">
         <v>0</v>
       </c>
       <c r="K568" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="569" spans="1:11">
       <c r="A569" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F569" t="s">
         <v>1385</v>
       </c>
-      <c r="B569" t="s">
-[...2 lines deleted...]
-      <c r="C569" t="s">
+      <c r="G569" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H569" t="s">
         <v>1387</v>
       </c>
-      <c r="D569" t="s">
-[...11 lines deleted...]
-      <c r="H569" t="s">
+      <c r="I569" t="s">
         <v>1388</v>
       </c>
-      <c r="I569">
-[...3 lines deleted...]
-        <v>1386</v>
+      <c r="J569">
+        <v>0</v>
       </c>
       <c r="K569" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="570" spans="1:11">
       <c r="A570" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F570" t="s">
         <v>1385</v>
       </c>
-      <c r="B570" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G570" t="s">
-        <v>941</v>
+        <v>1386</v>
       </c>
       <c r="H570" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-        <v>1389</v>
+        <v>1348</v>
+      </c>
+      <c r="I570">
+        <v>0</v>
       </c>
       <c r="J570">
         <v>0</v>
       </c>
       <c r="K570" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="571" spans="1:11">
       <c r="A571" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B571" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C571" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G571" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H571" t="s">
+        <v>166</v>
+      </c>
+      <c r="I571" t="s">
         <v>1393</v>
       </c>
-      <c r="D571" t="s">
-[...18 lines deleted...]
-        <v>1392</v>
+      <c r="J571">
+        <v>0</v>
       </c>
       <c r="K571" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:11">
       <c r="A572" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B572" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C572" t="s">
         <v>1397</v>
       </c>
-      <c r="C572" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D572" t="s">
-        <v>1394</v>
+        <v>1203</v>
       </c>
       <c r="E572" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G572" t="s">
         <v>1395</v>
       </c>
-      <c r="F572" t="s">
+      <c r="H572" t="s">
+        <v>166</v>
+      </c>
+      <c r="I572" t="s">
         <v>1396</v>
-      </c>
-[...7 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="J572">
         <v>0</v>
       </c>
       <c r="K572" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="573" spans="1:11">
       <c r="A573" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="B573" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C573" t="s">
         <v>1400</v>
       </c>
-      <c r="C573" t="s">
+      <c r="D573" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G573" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H573" t="s">
+        <v>166</v>
+      </c>
+      <c r="I573" t="s">
         <v>1401</v>
       </c>
-      <c r="D573" t="s">
+      <c r="J573" t="s">
         <v>1402</v>
-      </c>
-[...16 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K573" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="574" spans="1:11">
       <c r="A574" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="B574" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="C574" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="D574" t="s">
-        <v>1402</v>
+        <v>1157</v>
       </c>
       <c r="E574" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F574" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G574" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H574" t="s">
+        <v>166</v>
+      </c>
+      <c r="I574" t="s">
         <v>1403</v>
-      </c>
-[...10 lines deleted...]
-        <v>1407</v>
       </c>
       <c r="J574">
         <v>0</v>
       </c>
       <c r="K574" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="575" spans="1:11">
       <c r="A575" t="s">
-        <v>1391</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>1405</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1406</v>
       </c>
       <c r="C575" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
       <c r="D575" t="s">
-        <v>1402</v>
+        <v>486</v>
       </c>
       <c r="E575" t="s">
-        <v>1403</v>
+        <v>487</v>
       </c>
       <c r="F575" t="s">
-        <v>1404</v>
+        <v>488</v>
       </c>
       <c r="G575" t="s">
-        <v>1405</v>
+        <v>961</v>
       </c>
       <c r="H575" t="s">
-        <v>1328</v>
+        <v>1408</v>
       </c>
       <c r="I575">
         <v>0</v>
       </c>
-      <c r="J575">
-        <v>0</v>
+      <c r="J575" t="s">
+        <v>1406</v>
       </c>
       <c r="K575" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="576" spans="1:11">
       <c r="A576" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C576" t="s">
         <v>1410</v>
       </c>
-      <c r="B576" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D576" t="s">
-        <v>1125</v>
+        <v>486</v>
       </c>
       <c r="E576" t="s">
-        <v>1126</v>
+        <v>487</v>
       </c>
       <c r="F576" t="s">
-        <v>1127</v>
+        <v>488</v>
       </c>
       <c r="G576" t="s">
-        <v>1151</v>
+        <v>961</v>
       </c>
       <c r="H576" t="s">
-        <v>152</v>
+        <v>1408</v>
       </c>
       <c r="I576" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="J576">
         <v>0</v>
       </c>
       <c r="K576" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="577" spans="1:11">
       <c r="A577" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B577" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C577" t="s">
         <v>1413</v>
       </c>
-      <c r="C577" t="s">
+      <c r="D577" t="s">
         <v>1414</v>
       </c>
-      <c r="D577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E577" t="s">
-        <v>1126</v>
+        <v>1415</v>
       </c>
       <c r="F577" t="s">
-        <v>1127</v>
+        <v>1416</v>
       </c>
       <c r="G577" t="s">
-        <v>1151</v>
+        <v>962</v>
       </c>
       <c r="H577" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="I577">
+        <v>0</v>
+      </c>
+      <c r="J577" t="s">
+        <v>1412</v>
       </c>
       <c r="K577" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="578" spans="1:11">
+      <c r="A578" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F578" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G578" t="s">
+        <v>962</v>
+      </c>
+      <c r="H578" t="s">
+        <v>241</v>
+      </c>
+      <c r="I578" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J578">
+        <v>0</v>
+      </c>
+      <c r="K578" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="579" spans="1:11">
+      <c r="A579" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F579" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G579" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I579">
+        <v>0</v>
+      </c>
+      <c r="J579">
+        <v>0</v>
+      </c>
+      <c r="K579" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="580" spans="1:11">
+      <c r="A580" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F580" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G580" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I580" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J580">
+        <v>0</v>
+      </c>
+      <c r="K580" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="581" spans="1:11">
+      <c r="A581" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B581">
+        <v>877</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F581" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G581" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I581">
+        <v>0</v>
+      </c>
+      <c r="J581">
+        <v>0</v>
+      </c>
+      <c r="K581" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="582" spans="1:11">
+      <c r="A582" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B582" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F582" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H582" t="s">
+        <v>166</v>
+      </c>
+      <c r="I582" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J582">
+        <v>0</v>
+      </c>
+      <c r="K582" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="583" spans="1:11">
+      <c r="A583" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F583" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G583" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H583" t="s">
+        <v>166</v>
+      </c>
+      <c r="I583" t="s">
+        <v>1433</v>
+      </c>
+      <c r="J583">
+        <v>0</v>
+      </c>
+      <c r="K583" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>