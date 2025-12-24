--- v0 (2025-10-22)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -131,78 +131,87 @@
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>44,848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2201-2212-0000001-0044848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2001-2012-0000001-0029173</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-1901-1912-0000001-0053279</t>
   </si>
   <si>
     <t>358,786</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0358786</t>
   </si>
   <si>
+    <t>357,819</t>
+  </si>
+  <si>
     <t>197,685</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0197685</t>
   </si>
   <si>
+    <t>94,000</t>
+  </si>
+  <si>
+    <t>103,685</t>
+  </si>
+  <si>
+    <t>233,381</t>
+  </si>
+  <si>
+    <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
+  </si>
+  <si>
     <t>17,000</t>
   </si>
   <si>
-    <t>180,685</t>
-[...5 lines deleted...]
-    <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
+    <t>216,381</t>
   </si>
   <si>
     <t>426,229</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0426229</t>
   </si>
   <si>
-    <t>2,080</t>
-[...2 lines deleted...]
-    <t>424,149</t>
+    <t>2,148</t>
+  </si>
+  <si>
+    <t>424,081</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -855,159 +864,159 @@
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>967</v>
       </c>
       <c r="J10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>23</v>
       </c>
       <c r="I11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
         <v>27</v>
       </c>
-      <c r="I12">
-        <v>0</v>
+      <c r="I12" t="s">
+        <v>46</v>
       </c>
       <c r="J12" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>31</v>
       </c>
       <c r="I13" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="J13" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>