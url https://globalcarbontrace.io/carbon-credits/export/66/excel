--- v1 (2025-12-24)
+++ v2 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -131,63 +131,66 @@
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>44,848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2201-2212-0000001-0044848</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2101-2112-0000001-0024711</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-2001-2012-0000001-0029173</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-3-1901-1912-0000001-0053279</t>
   </si>
   <si>
     <t>358,786</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2201-2212-0000001-0358786</t>
   </si>
   <si>
-    <t>357,819</t>
+    <t>130,967</t>
+  </si>
+  <si>
+    <t>227,819</t>
   </si>
   <si>
     <t>197,685</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2101-2112-0000001-0197685</t>
   </si>
   <si>
-    <t>94,000</t>
-[...2 lines deleted...]
-    <t>103,685</t>
+    <t>111,000</t>
+  </si>
+  <si>
+    <t>86,685</t>
   </si>
   <si>
     <t>233,381</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-2001-2012-0000001-0233381</t>
   </si>
   <si>
     <t>17,000</t>
   </si>
   <si>
     <t>216,381</t>
   </si>
   <si>
     <t>426,229</t>
   </si>
   <si>
     <t>BCR-CO-296-14-001-2-1901-1912-0000001-0426229</t>
   </si>
   <si>
     <t>2,148</t>
   </si>
   <si>
     <t>424,081</t>
   </si>
@@ -863,160 +866,160 @@
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
-      <c r="I10">
-        <v>967</v>
+      <c r="I10" t="s">
+        <v>39</v>
       </c>
       <c r="J10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>23</v>
       </c>
       <c r="I11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
         <v>27</v>
       </c>
       <c r="I12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>31</v>
       </c>
       <c r="I13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>