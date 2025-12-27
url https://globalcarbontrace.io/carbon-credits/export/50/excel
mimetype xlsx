--- v0 (2025-10-14)
+++ v1 (2025-12-27)
@@ -930,54 +930,54 @@
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13">
         <v>482</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13" t="s">
         <v>27</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="K13" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>