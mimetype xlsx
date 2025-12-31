--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -146,90 +146,93 @@
   <si>
     <t>11,477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2101-2112-0000001-0011477</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-2001-2012-0000001-0011347</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1901-1912-0000001-0011093</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1801-1812-0000001-0010668</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-3-1708-1712-0000001-0003177</t>
   </si>
   <si>
     <t>91,818</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2101-2112-0000001-0091818</t>
   </si>
   <si>
-    <t>91,649</t>
+    <t>17,901</t>
+  </si>
+  <si>
+    <t>73,917</t>
   </si>
   <si>
     <t>90,778</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-2001-2012-0000001-0090778</t>
   </si>
   <si>
-    <t>10,832</t>
-[...2 lines deleted...]
-    <t>79,946</t>
+    <t>24,245</t>
+  </si>
+  <si>
+    <t>66,533</t>
   </si>
   <si>
     <t>88,743</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1901-1912-0000001-0088743</t>
   </si>
   <si>
     <t>88,207</t>
   </si>
   <si>
     <t>85,343</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1801-1812-0000001-0085343</t>
   </si>
   <si>
     <t>25,418</t>
   </si>
   <si>
     <t>BCR-CO-635-14-003-2-1708-1712-0000001-0025418</t>
   </si>
   <si>
-    <t>4,449</t>
-[...2 lines deleted...]
-    <t>20,969</t>
+    <t>4,619</t>
+  </si>
+  <si>
+    <t>20,799</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -951,195 +954,195 @@
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
-      <c r="I12">
-        <v>169</v>
+      <c r="I12" t="s">
+        <v>44</v>
       </c>
       <c r="J12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13" t="s">
         <v>23</v>
       </c>
       <c r="I13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14" t="s">
         <v>27</v>
       </c>
       <c r="I14">
         <v>536</v>
       </c>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>30</v>
       </c>
       <c r="H15" t="s">
         <v>31</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>34</v>
       </c>
       <c r="H16" t="s">
         <v>35</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K16" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>