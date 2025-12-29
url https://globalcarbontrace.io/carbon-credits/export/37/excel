--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -138,56 +138,50 @@
     <t>BCR-CO-656-14-001-3-1701-1712-0000001-0010766</t>
   </si>
   <si>
     <t>2017-01-01</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>14,467</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-3-1603-1612-0000001-0014467</t>
   </si>
   <si>
     <t>2016-03-23</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>89,716</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2101-2109-0000001-0089716</t>
-  </si>
-[...4 lines deleted...]
-    <t>31,842</t>
   </si>
   <si>
     <t>81,845</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-2001-2012-0000001-0081845</t>
   </si>
   <si>
     <t>73,838</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1901-1912-0000001-0073838</t>
   </si>
   <si>
     <t>66,558</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1801-1812-0000001-0066558</t>
   </si>
   <si>
     <t>61,008</t>
   </si>
   <si>
     <t>BCR-CO-656-14-001-2-1701-1712-0000001-0061008</t>
   </si>
@@ -806,229 +800,229 @@
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8" t="s">
         <v>18</v>
       </c>
       <c r="I8" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>40</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
       </c>
       <c r="K8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10" t="s">
         <v>27</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>30</v>
       </c>
       <c r="H11" t="s">
         <v>31</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12" t="s">
         <v>35</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>39</v>
       </c>
       <c r="I13" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>