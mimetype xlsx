--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -128,111 +128,108 @@
   <si>
     <t>BCR-CO-259-14-005-2-2201-2212-0000001-1900558</t>
   </si>
   <si>
     <t>106,014</t>
   </si>
   <si>
     <t>1,794,544</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
-    <t>287,058</t>
-[...2 lines deleted...]
-    <t>36,005</t>
+    <t>293,992</t>
+  </si>
+  <si>
+    <t>29,071</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>295,934</t>
   </si>
   <si>
     <t>4,324</t>
   </si>
   <si>
     <t>285,843</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1801-1812-0000001-0285843</t>
   </si>
   <si>
     <t>2018-01-05</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
-    <t>136,124</t>
-[...2 lines deleted...]
-    <t>149,719</t>
+    <t>271,845</t>
+  </si>
+  <si>
+    <t>13,998</t>
   </si>
   <si>
     <t>1,830,691</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0000001-1830691</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,830,613</t>
   </si>
   <si>
     <t>1,772,491</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2001-2012-0000001-1772491</t>
   </si>
   <si>
     <t>1,701,459</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-1901-1912-0000001-1701459</t>
   </si>
   <si>
     <t>1,697,407</t>
   </si>
   <si>
     <t>4,052</t>
   </si>
   <si>
     <t>1,619,780</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-1801-1812-0000001-1619780</t>
   </si>
@@ -979,156 +976,156 @@
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J12">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C13" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>42</v>
       </c>
       <c r="H13" t="s">
         <v>43</v>
       </c>
       <c r="I13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>46</v>
       </c>
       <c r="H14" t="s">
         <v>47</v>
       </c>
       <c r="I14" t="s">
+        <v>62</v>
+      </c>
+      <c r="J14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>52</v>
       </c>
       <c r="H15" t="s">
         <v>53</v>
       </c>
       <c r="I15" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>