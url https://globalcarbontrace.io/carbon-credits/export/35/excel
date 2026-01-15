--- v1 (2025-12-06)
+++ v2 (2026-01-15)
@@ -128,54 +128,54 @@
   <si>
     <t>BCR-CO-259-14-005-2-2201-2212-0000001-1900558</t>
   </si>
   <si>
     <t>106,014</t>
   </si>
   <si>
     <t>1,794,544</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
-    <t>293,992</t>
-[...2 lines deleted...]
-    <t>29,071</t>
+    <t>298,041</t>
+  </si>
+  <si>
+    <t>25,022</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>