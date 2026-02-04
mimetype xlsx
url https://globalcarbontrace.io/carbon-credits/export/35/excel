--- v2 (2026-01-15)
+++ v3 (2026-02-04)
@@ -128,102 +128,102 @@
   <si>
     <t>BCR-CO-259-14-005-2-2201-2212-0000001-1900558</t>
   </si>
   <si>
     <t>106,014</t>
   </si>
   <si>
     <t>1,794,544</t>
   </si>
   <si>
     <t>2022-10-15</t>
   </si>
   <si>
     <t>323,063</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2101-2112-0000001-0323063</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
-    <t>298,041</t>
-[...2 lines deleted...]
-    <t>25,022</t>
+    <t>299,580</t>
+  </si>
+  <si>
+    <t>23,483</t>
   </si>
   <si>
     <t>312,793</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-2001-2012-0000001-0312793</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>300,258</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1901-1912-0000001-0300258</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>295,934</t>
   </si>
   <si>
     <t>4,324</t>
   </si>
   <si>
     <t>285,843</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-3-1801-1812-0000001-0285843</t>
   </si>
   <si>
     <t>2018-01-05</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
-    <t>271,845</t>
-[...2 lines deleted...]
-    <t>13,998</t>
+    <t>275,845</t>
+  </si>
+  <si>
+    <t>9,998</t>
   </si>
   <si>
     <t>1,830,691</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2101-2112-0000001-1830691</t>
   </si>
   <si>
     <t>1,772,491</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-2001-2012-0000001-1772491</t>
   </si>
   <si>
     <t>1,701,459</t>
   </si>
   <si>
     <t>BCR-CO-259-14-005-2-1901-1912-0000001-1701459</t>
   </si>
   <si>
     <t>1,697,407</t>
   </si>
   <si>
     <t>4,052</t>
   </si>