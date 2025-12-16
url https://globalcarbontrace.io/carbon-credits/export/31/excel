--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -161,54 +161,54 @@
   <si>
     <t>246,429</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1901-1912-0000001-0246429</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>222,662</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-3-1801-1812-0000001-0222662</t>
   </si>
   <si>
     <t>2018-01-17</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
-    <t>209,578</t>
-[...2 lines deleted...]
-    <t>13,084</t>
+    <t>209,808</t>
+  </si>
+  <si>
+    <t>12,854</t>
   </si>
   <si>
     <t>752,683</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2101-2106-0000001-0752683</t>
   </si>
   <si>
     <t>726,586</t>
   </si>
   <si>
     <t>26,097</t>
   </si>
   <si>
     <t>1,456,591</t>
   </si>
   <si>
     <t>BCR-CO-259-14-004-2-2001-2012-0000001-1456591</t>
   </si>
   <si>
     <t>1,456,091</t>
   </si>
   <si>
     <t>1,396,429</t>
   </si>