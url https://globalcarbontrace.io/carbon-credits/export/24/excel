--- v0 (2025-10-04)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -186,53 +186,50 @@
     <t>2018-12-31</t>
   </si>
   <si>
     <t>98,917</t>
   </si>
   <si>
     <t>5,238</t>
   </si>
   <si>
     <t>350,503</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2101-2106-0000001-0350503</t>
   </si>
   <si>
     <t>347,602</t>
   </si>
   <si>
     <t>2,901</t>
   </si>
   <si>
     <t>678,480</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-2001-2012-0000001-0678480</t>
-  </si>
-[...1 lines deleted...]
-    <t>677,953</t>
   </si>
   <si>
     <t>650,916</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-1901-1912-0000001-0650916</t>
   </si>
   <si>
     <t>650,416</t>
   </si>
   <si>
     <t>590,210</t>
   </si>
   <si>
     <t>BCR-CO-259-14-003-2-1801-1812-0000001-0590210</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1005,121 +1002,121 @@
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J13">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14" t="s">
         <v>44</v>
       </c>
       <c r="I14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J14">
         <v>500</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
         <v>49</v>
       </c>
       <c r="I15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>