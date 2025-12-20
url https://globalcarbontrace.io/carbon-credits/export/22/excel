--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -278,54 +278,54 @@
   <si>
     <t>870,007</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1901-1912-0000001-0870007</t>
   </si>
   <si>
     <t>750,020</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1801-1812-0000001-0750020</t>
   </si>
   <si>
     <t>616,416</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1701-1712-0000001-0616416</t>
   </si>
   <si>
     <t>472,522</t>
   </si>
   <si>
     <t>BCR-CO-261-14-001-2-1602-1612-0000001-0472522</t>
   </si>
   <si>
-    <t>38,390</t>
-[...2 lines deleted...]
-    <t>434,132</t>
+    <t>41,220</t>
+  </si>
+  <si>
+    <t>431,302</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>