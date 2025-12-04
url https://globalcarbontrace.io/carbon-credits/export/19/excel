--- v0 (2025-10-21)
+++ v1 (2025-12-04)
@@ -12,176 +12,269 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Retired</t>
   </si>
   <si>
     <t>Available</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
+    <t>2025-08-21</t>
+  </si>
+  <si>
+    <t>63,008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2401-2408-0000001-0063008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001</t>
+  </si>
+  <si>
+    <t>DABUCURY REDD+</t>
+  </si>
+  <si>
+    <t>Terra Commodities S.A.S.</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>90,039</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2301-2312-0000001-0090039</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>61,888</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2201-2212-0000001-0061888</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>2022-12-31</t>
+  </si>
+  <si>
+    <t>15,280</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-R-2101-2112-0000001-0015280</t>
+  </si>
+  <si>
+    <t>2021-01-10</t>
+  </si>
+  <si>
+    <t>2021-12-31</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2401-2408-0000001-0063008</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2301-2312-0000001-0090039</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2201-2212-0000001-0061888</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-3-2101-2112-0000001-0015280</t>
+  </si>
+  <si>
+    <t>504,068</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2401-2408-0000001-0504068</t>
+  </si>
+  <si>
+    <t>720,318</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2301-2312-0000001-0720318</t>
+  </si>
+  <si>
+    <t>495,104</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2201-2212-0000001-0495104</t>
+  </si>
+  <si>
+    <t>122,246</t>
+  </si>
+  <si>
+    <t>PCR-CO-319-141-001-2-2101-2112-0000001-0122246</t>
+  </si>
+  <si>
+    <t>83,462</t>
+  </si>
+  <si>
+    <t>38,784</t>
+  </si>
+  <si>
     <t>2023-11-03</t>
   </si>
   <si>
     <t>38,957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2201-2206-0000001-0038957</t>
   </si>
   <si>
-    <t>PCR-CO-319-141-001</t>
-[...10 lines deleted...]
-  <si>
     <t>2022-06-30</t>
   </si>
   <si>
-    <t>CO</t>
-[...1 lines deleted...]
-  <si>
     <t>76,194</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
-    <t>2021-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t>19,157</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2001-2012-0000001-0019157</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>18,125</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>2019-01-15</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0076194</t>
   </si>
   <si>
+    <t>76,193</t>
+  </si>
+  <si>
     <t>PCR-CO-319-141-001-3-2001-2012-0000001-0019157</t>
   </si>
   <si>
+    <t>19,156</t>
+  </si>
+  <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0000001-0018125</t>
   </si>
   <si>
     <t>311,653</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0000001-0311653</t>
   </si>
   <si>
     <t>609,554</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0609554</t>
   </si>
   <si>
-    <t>579,469</t>
-[...2 lines deleted...]
-    <t>30,085</t>
+    <t>584,962</t>
+  </si>
+  <si>
+    <t>24,592</t>
   </si>
   <si>
     <t>153,259</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0000001-0153259</t>
   </si>
   <si>
     <t>122,842</t>
   </si>
   <si>
     <t>30,417</t>
   </si>
   <si>
     <t>144,998</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0000001-0144998</t>
   </si>
   <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>76,206</t>
   </si>
@@ -533,54 +626,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K17"/>
+  <dimension ref="A1:K29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C17" sqref="C17"/>
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -881,302 +974,722 @@
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>38</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>23</v>
       </c>
-      <c r="I11" t="s">
-        <v>40</v>
+      <c r="I11">
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
         <v>27</v>
       </c>
-      <c r="I12" t="s">
-        <v>44</v>
+      <c r="I12">
+        <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>31</v>
       </c>
       <c r="I13" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I14" t="s">
         <v>49</v>
       </c>
-      <c r="J14">
-        <v>0</v>
+      <c r="I14">
+        <v>0</v>
+      </c>
+      <c r="J14" t="s">
+        <v>47</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
+        <v>50</v>
+      </c>
+      <c r="C15" t="s">
         <v>51</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
       <c r="H15" t="s">
         <v>31</v>
       </c>
-      <c r="I15" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="I15">
+        <v>0</v>
+      </c>
+      <c r="J15" t="s">
+        <v>50</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16" t="s">
         <v>54</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
         <v>55</v>
       </c>
-      <c r="D16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
       </c>
       <c r="K16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>59</v>
+      </c>
+      <c r="H17" t="s">
+        <v>60</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" t="s">
+        <v>49</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19" t="s">
+        <v>31</v>
+      </c>
+      <c r="I19" t="s">
+        <v>63</v>
+      </c>
+      <c r="J19">
+        <v>1</v>
+      </c>
+      <c r="K19" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20" t="s">
         <v>56</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I20" t="s">
+        <v>65</v>
+      </c>
+      <c r="J20">
+        <v>1</v>
+      </c>
+      <c r="K20" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
         <v>57</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="C21" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+      <c r="G21" t="s">
+        <v>59</v>
+      </c>
+      <c r="H21" t="s">
+        <v>60</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21" t="s">
+        <v>57</v>
+      </c>
+      <c r="K21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>26</v>
+      </c>
+      <c r="H22" t="s">
+        <v>49</v>
+      </c>
+      <c r="I22" t="s">
+        <v>67</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23" t="s">
         <v>31</v>
       </c>
-      <c r="I17" t="s">
+      <c r="I23" t="s">
+        <v>71</v>
+      </c>
+      <c r="J23" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24" t="s">
         <v>56</v>
       </c>
-      <c r="J17">
-[...2 lines deleted...]
-      <c r="K17" t="s">
+      <c r="I24" t="s">
+        <v>75</v>
+      </c>
+      <c r="J24" t="s">
+        <v>76</v>
+      </c>
+      <c r="K24" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>59</v>
+      </c>
+      <c r="H25" t="s">
+        <v>60</v>
+      </c>
+      <c r="I25" t="s">
+        <v>77</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" t="s">
+        <v>80</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26" t="s">
+        <v>56</v>
+      </c>
+      <c r="I26" t="s">
+        <v>80</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" t="s">
+        <v>82</v>
+      </c>
+      <c r="C27" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>84</v>
+      </c>
+      <c r="H27" t="s">
+        <v>60</v>
+      </c>
+      <c r="I27" t="s">
+        <v>82</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>79</v>
+      </c>
+      <c r="B28" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28" t="s">
+        <v>56</v>
+      </c>
+      <c r="I28" t="s">
+        <v>85</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>84</v>
+      </c>
+      <c r="H29" t="s">
+        <v>60</v>
+      </c>
+      <c r="I29" t="s">
+        <v>87</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>