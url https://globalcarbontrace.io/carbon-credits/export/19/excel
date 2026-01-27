--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
@@ -140,62 +140,62 @@
   <si>
     <t>PCR-CO-319-141-001-3-2201-2212-0000001-0061888</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0015280</t>
   </si>
   <si>
     <t>504,068</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2401-2408-0000001-0504068</t>
   </si>
   <si>
     <t>720,318</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2301-2312-0000001-0720318</t>
   </si>
   <si>
     <t>495,104</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2212-0000001-0495104</t>
   </si>
   <si>
+    <t>233,502</t>
+  </si>
+  <si>
+    <t>261,602</t>
+  </si>
+  <si>
     <t>122,246</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0122246</t>
   </si>
   <si>
-    <t>83,462</t>
-[...4 lines deleted...]
-  <si>
     <t>2023-11-03</t>
   </si>
   <si>
     <t>38,957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>76,194</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>19,157</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-R-2001-2012-0000001-0019157</t>
@@ -215,66 +215,72 @@
   <si>
     <t>2019-01-15</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2201-2206-0000001-0038957</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2101-2112-0000001-0076194</t>
   </si>
   <si>
     <t>76,193</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-2001-2012-0000001-0019157</t>
   </si>
   <si>
     <t>19,156</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-3-1901-1912-0000001-0018125</t>
   </si>
   <si>
+    <t>8,111</t>
+  </si>
+  <si>
+    <t>10,014</t>
+  </si>
+  <si>
     <t>311,653</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2201-2206-0000001-0311653</t>
   </si>
   <si>
     <t>609,554</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2101-2112-0000001-0609554</t>
   </si>
   <si>
-    <t>584,962</t>
-[...2 lines deleted...]
-    <t>24,592</t>
+    <t>590,806</t>
+  </si>
+  <si>
+    <t>18,748</t>
   </si>
   <si>
     <t>153,259</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-2001-2012-0000001-0153259</t>
   </si>
   <si>
     <t>122,842</t>
   </si>
   <si>
     <t>30,417</t>
   </si>
   <si>
     <t>144,998</t>
   </si>
   <si>
     <t>PCR-CO-319-141-001-2-1901-1912-0000001-0144998</t>
   </si>
   <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>76,206</t>
   </si>
@@ -1044,90 +1050,90 @@
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
         <v>27</v>
       </c>
-      <c r="I12">
-        <v>0</v>
+      <c r="I12" t="s">
+        <v>42</v>
       </c>
       <c r="J12" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>31</v>
       </c>
       <c r="I13" t="s">
         <v>44</v>
       </c>
-      <c r="J13" t="s">
-        <v>45</v>
+      <c r="J13">
+        <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
       <c r="C14" t="s">
         <v>48</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
@@ -1254,55 +1260,55 @@
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18" t="s">
         <v>49</v>
       </c>
-      <c r="I18">
-[...2 lines deleted...]
-      <c r="J18" t="s">
+      <c r="I18" t="s">
         <v>47</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
       </c>
       <c r="K18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
@@ -1359,332 +1365,332 @@
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" t="s">
         <v>66</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>59</v>
       </c>
       <c r="H21" t="s">
         <v>60</v>
       </c>
-      <c r="I21">
-        <v>0</v>
+      <c r="I21" t="s">
+        <v>67</v>
       </c>
       <c r="J21" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="K21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C22" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D22" t="s">
         <v>14</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
       <c r="H22" t="s">
         <v>49</v>
       </c>
       <c r="I22" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>31</v>
       </c>
       <c r="I23" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J23" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="K23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>46</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24" t="s">
         <v>15</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24" t="s">
         <v>56</v>
       </c>
       <c r="I24" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J24" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25" t="s">
         <v>60</v>
       </c>
       <c r="I25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B26" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26" t="s">
         <v>56</v>
       </c>
       <c r="I26" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C27" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D27" t="s">
         <v>14</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H27" t="s">
         <v>60</v>
       </c>
       <c r="I27" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B28" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>55</v>
       </c>
       <c r="H28" t="s">
         <v>56</v>
       </c>
       <c r="I28" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B29" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C29" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H29" t="s">
         <v>60</v>
       </c>
       <c r="I29" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>