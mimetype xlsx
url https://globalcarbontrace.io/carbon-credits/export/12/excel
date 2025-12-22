--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -12,164 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Issuance Date</t>
   </si>
   <si>
     <t>Amount of Credits</t>
   </si>
   <si>
     <t>Serials</t>
   </si>
   <si>
     <t>Project ID</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project holder</t>
   </si>
   <si>
     <t>Initial Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Final Vintage (AAAA-MM-DD)</t>
   </si>
   <si>
     <t>Retired</t>
   </si>
   <si>
     <t>Available</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>11,069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2401-2410-0000001-0011069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001</t>
+  </si>
+  <si>
+    <t>Proyecto Forestal MAVALLE en plantaciones de Caucho natural</t>
+  </si>
+  <si>
+    <t>Sociedad MAVALLE S.A.S.</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>3,569</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-R-2310-2312-0000001-0003569</t>
+  </si>
+  <si>
+    <t>2023-10-03</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2401-2410-0000001-0011069</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-3-2310-2312-0000001-0003569</t>
+  </si>
+  <si>
+    <t>88,558</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2401-2410-0000001-0088558</t>
+  </si>
+  <si>
+    <t>28,558</t>
+  </si>
+  <si>
+    <t>PCR-CO-164-142-001-2-2310-2312-0000001-0028558</t>
+  </si>
+  <si>
     <t>2024-07-12</t>
   </si>
   <si>
     <t>12,327</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2301-2310-0000001-0012327</t>
   </si>
   <si>
-    <t>PCR-CO-164-142-001</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>2023-10-02</t>
   </si>
   <si>
-    <t>CO</t>
-[...1 lines deleted...]
-  <si>
     <t>3,975</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-R-2210-2212-0000001-0003975</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>12,328</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2301-2310-0000001-0012328</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2210-2212-0000001-0003975</t>
   </si>
   <si>
     <t>98,620</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2301-2310-0000001-0098620</t>
   </si>
   <si>
     <t>31,801</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2210-2212-0000001-0031801</t>
   </si>
   <si>
     <t>2023-02-27</t>
   </si>
   <si>
     <t>21,628</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2201-2210-0000001-0021628</t>
   </si>
   <si>
     <t>2022-01-01</t>
   </si>
   <si>
     <t>2022-10-02</t>
   </si>
   <si>
-    <t>8,223</t>
-[...2 lines deleted...]
-    <t>13,405</t>
+    <t>8,285</t>
+  </si>
+  <si>
+    <t>13,343</t>
   </si>
   <si>
     <t>122,560</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-2-2201-2210-0000001-0122560</t>
   </si>
   <si>
     <t>122,226</t>
   </si>
   <si>
     <t>2022-01-27</t>
   </si>
   <si>
     <t>14,577</t>
   </si>
   <si>
     <t>PCR-CO-164-142-001-3-2101-2110-0000001-0014577</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>2021-10-02</t>
   </si>
@@ -662,54 +707,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K24"/>
+  <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C24" sqref="C24"/>
+      <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -780,777 +825,987 @@
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="K4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>23</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6" t="s">
         <v>18</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>23</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
         <v>31</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
         <v>33</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>34</v>
       </c>
-      <c r="H8" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="I8">
+        <v>0</v>
       </c>
       <c r="J8" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="K8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
         <v>38</v>
       </c>
-      <c r="C9" t="s">
-[...14 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>34</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="K10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="H11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>38</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>34</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
+      <c r="J12" t="s">
+        <v>42</v>
       </c>
       <c r="K12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13" t="s">
+        <v>44</v>
       </c>
       <c r="K13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="H14" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="I14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>51</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
       </c>
       <c r="K14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="H15" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>50</v>
+      </c>
+      <c r="I15">
+        <v>334</v>
+      </c>
+      <c r="J15" t="s">
+        <v>55</v>
       </c>
       <c r="K15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
         <v>59</v>
       </c>
-      <c r="B16" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I16" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="J16" t="s">
+        <v>62</v>
       </c>
       <c r="K16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
         <v>59</v>
       </c>
-      <c r="B17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H17" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="I17" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="J17" t="s">
+        <v>66</v>
       </c>
       <c r="K17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="I18" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="I19" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="I20" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="C21" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="H21" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="I21" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
         <v>14</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="I22" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="H23" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="I23" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="B24">
+        <v>74</v>
+      </c>
+      <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" t="s">
+        <v>93</v>
+      </c>
+      <c r="I24" t="s">
+        <v>90</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" t="s">
         <v>95</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D25" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>96</v>
+      </c>
+      <c r="H25" t="s">
+        <v>97</v>
+      </c>
+      <c r="I25" t="s">
+        <v>94</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" t="s">
         <v>99</v>
       </c>
-      <c r="D24" t="s">
-[...11 lines deleted...]
-      <c r="H24" t="s">
+      <c r="D26" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
         <v>100</v>
       </c>
-      <c r="I24">
+      <c r="H26" t="s">
+        <v>101</v>
+      </c>
+      <c r="I26" t="s">
+        <v>98</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>104</v>
+      </c>
+      <c r="H27" t="s">
+        <v>105</v>
+      </c>
+      <c r="I27" t="s">
+        <v>102</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H28" t="s">
+        <v>109</v>
+      </c>
+      <c r="I28" t="s">
+        <v>106</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>112</v>
+      </c>
+      <c r="H29" t="s">
+        <v>113</v>
+      </c>
+      <c r="I29" t="s">
+        <v>110</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>74</v>
+      </c>
+      <c r="B30">
         <v>95</v>
       </c>
-      <c r="J24">
-[...2 lines deleted...]
-      <c r="K24" t="s">
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>77</v>
+      </c>
+      <c r="H30" t="s">
+        <v>115</v>
+      </c>
+      <c r="I30">
+        <v>95</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>