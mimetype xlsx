--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -12,175 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>holder</t>
   </si>
   <si>
     <t>Monitoring period</t>
   </si>
   <si>
     <t>Increase in net profits</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Activity Type</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>BBS-MX-675-001</t>
+  </si>
+  <si>
+    <t>Restoration and conservation in San Pablo Villa de Mitla: A community model for the conservation of biological and cultural diversity in the Central Valleys of Oaxaca, Mexico.</t>
+  </si>
+  <si>
+    <t>Operadora de Parques Jaguar SAPI de CV</t>
+  </si>
+  <si>
+    <t>2026-01-01 to 2036-01-01</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Preservation, Restoration, Sustainable utilization (use)</t>
+  </si>
+  <si>
+    <t>Isolation of areas, the establishment of living barriers, Isolation of forest fragments, Installation of surveillance and control programs, Reduction of hunting and fishing activities, Other conservation activities – Preservation, Restoration (RE): of a degraded area in relation to its function, structure and/or composition (e.g. soil erosion control), Rehabilitation (REH): of the productivity and/or services of the original ecosystem (e.g. reintroduction/reforestation/revegetation of species from the original ecosystem), Recovery (REC): of the usefulness of the ecosystem and/or environmental services different from those of the original ecosystem, but integrating it ecologically and landscape-wise to its environment (e.g. reintroduction/reforestation/revegetation of species that are not from the original ecosystem), Removal (REM): of the agents causing degradation (e.g. Removal of invasive or non-native species), Other conservation activities - Restoration, Utilización (uso) sostenible*, Limitation on entry and/or actions of the public/tourists to a landscape or ecosystem), Limitation of vehicular transportation access to a landscape or ecosystem, sustainable agriculture, Other conservation activities - Sustainable utilization (use)</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Listed</t>
+  </si>
+  <si>
     <t>BBS-AR-319-001</t>
   </si>
   <si>
     <t>Aponapó Rainforest Reserve</t>
   </si>
   <si>
     <t>Fundación Huellas para un Futuro</t>
   </si>
   <si>
     <t>2019-07-15 to 2029-07-15</t>
   </si>
   <si>
-    <t>-</t>
-[...4 lines deleted...]
-  <si>
     <t>Isolation of areas, the establishment of living barriers, Isolation of forest fragments, Installation of surveillance and control programs, Reduction of hunting and fishing activities, Other conservation activities – Preservation, Restoration (RE): of a degraded area in relation to its function, structure and/or composition (e.g. soil erosion control), Rehabilitation (REH): of the productivity and/or services of the original ecosystem (e.g. reintroduction/reforestation/revegetation of species from the original ecosystem), Recovery (REC): of the usefulness of the ecosystem and/or environmental services different from those of the original ecosystem, but integrating it ecologically and landscape-wise to its environment (e.g. reintroduction/reforestation/revegetation of species that are not from the original ecosystem), Removal (REM): of the agents causing degradation (e.g. Removal of invasive or non-native species), Other conservation activities - Restoration, Utilización (uso) sostenible*, Vedas, Limitation on entry and/or actions of the public/tourists to a landscape or ecosystem), Limitation of vehicular transportation access to a landscape or ecosystem, Limitation of heavy or destructive machinery/tools and/or technology that may cause collateral damage to other elements of the landscape or ecosystem., Recycling/rotation of soil nutrients, sustainable agriculture, Limitation of agrochemicals or fertilizers, Other conservation activities - Sustainable utilization (use)</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
-    <t>Listed</t>
-[...2 lines deleted...]
-    <t>BBS-MX-793-001</t>
+    <t>BBS-MX-165-001</t>
   </si>
   <si>
     <t>Rancho La Onza</t>
   </si>
   <si>
-    <t>CarbonPlus</t>
+    <t>Joel Luis Charre Luna</t>
   </si>
   <si>
     <t>2019-01-01 to 2029-01-01</t>
   </si>
   <si>
     <t>Isolation of forest fragments, Installation of surveillance and control programs, Rehabilitation (REH): of the productivity and/or services of the original ecosystem (e.g. reintroduction/reforestation/revegetation of species from the original ecosystem), Removal (REM): of the agents causing degradation (e.g. Removal of invasive or non-native species), Limitation on entry and/or actions of the public/tourists to a landscape or ecosystem)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mexico</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,167 +441,195 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/biodiversity/initiatives/2" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalcarbontrace.io/biodiversity/initiatives/1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C3" sqref="C3"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
+    <row r="4" spans="1:10">
+      <c r="A4">
+        <v>1</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>